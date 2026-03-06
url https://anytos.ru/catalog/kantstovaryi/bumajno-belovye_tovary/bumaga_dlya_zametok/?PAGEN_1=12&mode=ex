--- v0 (2025-11-01)
+++ v1 (2026-03-06)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3642">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3717">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e70/e70bb88431cec7071eec101e34950ed6.jpg</t>
   </si>
   <si>
     <t>Бокс для бумажного блока 9 9 5, прозрачный: ПЛ61 штр.:  4620000637141</t>
   </si>
   <si>
     <t>Бокс для бумажного блока 9*9*5, прозрачный: ПЛ61</t>
   </si>
   <si>
     <t>Бумага для заметок</t>
@@ -122,4697 +131,4703 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a5d/23769uxlvquilln6dgh6qd7kiz1n2t87.jpg</t>
   </si>
   <si>
     <t>Флажки-закладки Berlingo  quot;Ultra Sticky quot;  quot;Geometry quot;, 18 70мм, бумажные, в книжке, с дизайн., 25л 4 бл</t>
   </si>
   <si>
     <t>Флажки-закладки бумажные самоклеящиеся Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 18*70 мм и повышенной клейкостью 25 Н/м. Каждый блок имеет уникальный современный дизайн и поле для записи, для быстрой и удобной навигации при использовании в докментах, отчетах, выписках и т.д. Изготовлены из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов в картонной стильной книжечке, 4 различных дизайна по 25 листов каждый. Упаковка в прозрачный ПВХ-пакет с европодвесом, с возможностью быстрого открытия. Производство - Германия.</t>
   </si>
   <si>
     <t>428051</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14f/8sopfs1gknpjnlkzdnho6tejmkw2s81z.jpg</t>
   </si>
   <si>
     <t>Флажки-закладки Berlingo  quot;Ultra Sticky quot;  quot;Zigzag quot;, 18 70мм, бумажные, в книжке, с дизайном, 25л 4 бл.</t>
   </si>
   <si>
     <t>428052</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/115/11578d7b0e6399edb2aec14d66569768.jpeg</t>
-[...8 lines deleted...]
-    <t>436718</t>
+    <t>http://anytos.ru//upload/iblock/8ec/6vdsa9cvgnh6asyo2uh38fxrwl1r37ek.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для блок-кубиков РАНТИС КУБ дымчат. пластик тониров. 9x9x4,5 без бл.   РПБ01</t>
+  </si>
+  <si>
+    <t>104055</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/rantis/"&gt;Рантис&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ff/5g9d644pk9mzt3uwwlrpm8ueh7d0lnaq.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для блок-кубиков РАНТИС КУБ дымчат. пластик тониров. для бл. 9x9x9   РПК02</t>
+  </si>
+  <si>
+    <t>Подставка под блок бумаги 9х9х9 см. Изделие выполнено из прочного тонированного пластика.</t>
+  </si>
+  <si>
+    <t>104056</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87d/3thxiriow0dyziwic4c127w736biogk2.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д блок-кубиков РАНТИС КУБ дымчат. пластик тониров. с бл. 9x9x5: РПБ02 штр.: 4607093080900</t>
+  </si>
+  <si>
+    <t>Кубарик с белой бумагой 9*9*4,5 см&amp;lt;Br&amp;gt;&amp;lt;B&amp;gt;&amp;nbsp;&amp;nbsp;Характеристики:&amp;nbsp;&amp;nbsp; &amp;lt;/B&amp;gt;&amp;lt;Br&amp;gt;&amp;lt;table class=&amp;quot;char-table&amp;quot;&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Цвет: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;белый&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Название дизайна, серии, модели, бренда: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;РАНТИС&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Размер: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;9х9х5 см&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Форма блока для записей: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Куб&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Проклейка корешка в блоках для записей: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;не прокл.&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Тип подставки: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;стационарный&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Вид блоков для записей, закладок: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Блок д/зап.&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Наличие подставки: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Да&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Количество цветов: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;1&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;/table&amp;gt;&amp;lt;/div&amp;gt;</t>
+  </si>
+  <si>
+    <t>104057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6a/x3y0ysjtl5ahipl0fggumr5mkvvjmhxr.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д блок-кубиков РАНТИС КУБ прозр. пластик с бл. 9x9x5: РПБ14 штр.: 4607093080948</t>
+  </si>
+  <si>
+    <t>104058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bab/f1ft5pn0trppb251k3k71g44xv0mdouk.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д блок-кубиков РАНТИС КУБ ассорти пластик тониров. с бл. 9x9x5: РПБ08 штр.: 4607093080924</t>
+  </si>
+  <si>
+    <t>104059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/daa/ttwwxhoy823w6o0wi0cxccuf3m08qsyb.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д блок-кубиков РАНТИС КУБ черный пластик тониров. с бл. 9x9x5: РПБ05 штр.: 4607093080917</t>
+  </si>
+  <si>
+    <t>104060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6db/4vrv3etilrnghxl92y00x0kguq100mqg.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. LITE 8х8х5см Куб не прокл. белый 65 г м2: NPNW-885Е штр.: 4602723058700</t>
+  </si>
+  <si>
+    <t>107367</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/306/0tpmvhgtljogpetm0l47xetrh052b9uc.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 8х8х3,5см Куб прокл. 4 цв. 80 г м2: NPG4-808035 штр.: 4602723005285</t>
+  </si>
+  <si>
+    <t>Блок для записи прочно проклеен по корешку. Листы быстро и аккуратно отделяются от стопки блока. Запаян в термопленку. Блок отличается многообразием ярких и сочных цветов, сочетание которых подбиралось индивидуально. Плотность бумаги 80 г/м2.</t>
+  </si>
+  <si>
+    <t>107378</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/839/ah2x2a8coyeiqhcsdy9qtmj54wby2kvk.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 8х8х4см Спираль прокл. 4 цв. 80 г м2: NPS4-808040 штр.: 4602723005247</t>
+  </si>
+  <si>
+    <t>107379</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d74/2yro2k4s83cpor4sixjx0itboiesiey7.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 8х8х5см Куб не прокл. белый 80 г м2: NPNW-885 штр.: 4602723027317</t>
+  </si>
+  <si>
+    <t>Бумага в блоках высокого качества: плотностью 80 г/м2 и белизной 100&amp;#37;. Листки в блоке не проклеены по корешку, что позволяет легко и быстро взять нужное количество бумаги. Идеально подходят для использования с подставкой.</t>
+  </si>
+  <si>
+    <t>107380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f04/crf3t5iux33fm8t1ayl41cnbp6uo7skf.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 8х8х5см Спираль прокл. 2 цв. 80 г м2: NPS2-808050 штр.: 4602723004011</t>
+  </si>
+  <si>
+    <t>Блок для заметок прочно проклеен по спирали по корешку. Листы быстро и аккуратно отделяются от стопки блока. Запаян в термопленку. Плотность бумаги 80 г/м2.</t>
+  </si>
+  <si>
+    <t>107381</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/781/h0pfg5g2ak0l4ucque1v01eqdt7fizza.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 8х8х5см Спираль прокл. 4 цв. 80 г м2: NPS4-808050 штр.: 4602723003366</t>
+  </si>
+  <si>
+    <t>107382</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b6/m105sz2mgc6mzzbjpkrq3fcdbdv4dw8q.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 8х8х5см Спираль прокл. белый 80 г м2: NPS1-808050 штр.: 4602723003359</t>
+  </si>
+  <si>
+    <t>Блок для заметок белый. Прочно проклеен по спирали по корешку. Листы быстро и аккуратно отделяются от стопки блока. Запаян в термопленку. Плотность бумаги 80 г/м2.</t>
+  </si>
+  <si>
+    <t>107383</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/239/rr84flv0pewmswzdaw3kpcyxe4202b15.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 8х8х8см Куб не прокл. белый 80 г м2: NPNW-888 штр.: 4602723027300</t>
+  </si>
+  <si>
+    <t>107384</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24d/3wee66blmiadt1exbkce97jp9hxsfcdt.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 8х8х8см Куб прокл. 4 цв. 80 г м2: NPG4-808080 штр.: 4602723005292</t>
+  </si>
+  <si>
+    <t>107385</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a31/c7wio28gyl1xnx24setp76qb1ejf9988.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 8х8х8см Спираль прокл. 4 цв. 80 г м2: NPS4-808080 штр.: 4602723005254</t>
+  </si>
+  <si>
+    <t>107386</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06f/cqdjprr16qvv6u4zcv2t3dyv31m6d6br.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 9х9х5см Куб не прокл. белый 80 г м2: NPNW-995 штр.: 4602723027294</t>
+  </si>
+  <si>
+    <t>107387</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/026/p1wouzmx0ebl1ogbkaewh9dzgca7fwlu.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 9х9х5см Куб прокл. 4 цв. 80 г м2: NPG4-909050 штр.: 4602723005261</t>
+  </si>
+  <si>
+    <t>Блок изготовлен из офсетной бумаги, прочно проклеен по корешку. Листы быстро и аккуратно отделяются от стопки блока. Запаян в термопленку. Плотность бумаги 80 г/м2.</t>
+  </si>
+  <si>
+    <t>107388</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b05/iua0qrgfeiemr2q5z78v783kpyvpnj0p.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 9х9х5см Куб прокл. белый 80 г м2: NPN1-909050 штр.: 4602723003380</t>
+  </si>
+  <si>
+    <t>107389</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb0/frzc6ejbg3bifsw9k38vmeemta4mzxa3.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 9х9х9см Куб не прокл. белый 80 г м2: NPNW-999 штр.: 4602723027287</t>
+  </si>
+  <si>
+    <t>107390</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfd/e95vvrq2i9d2n311tc57nyzpxg14e0kf.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 9х9х9см Куб прокл. 4 цв. 80 г м2: NPG4-909090 штр.: 4602723005278</t>
+  </si>
+  <si>
+    <t>107391</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/411/foqoqlp0a5nsqp88tk52vbzebr95pj5b.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. inФОРМАТ 9х9х9см Куб прокл. белый 80 г м2: NPN1-909090 штр.: 4602723003373</t>
+  </si>
+  <si>
+    <t>Блоки изготовлены из офсетной бумаги. Запаяны в термопленку. Блоки прочно проклеены по корешку, листы не рассыпаются, быстро и аккуратно отделяются от стопки блока. Плотность бумаги 80 г/м2.</t>
+  </si>
+  <si>
+    <t>107392</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/913/n1apoaslkvsjske6me7d2fidwdid8stu.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ. inФОРМАТ 51х38 мм 2 шт.100 л. желт.: SN5138-Ye штр.: 4602723011163</t>
+  </si>
+  <si>
+    <t>Блок для записи с клейким слоем. Листочки отлично держатся на мониторе, принтере, компьютере. Не скручиваются и не оставляют следов. В упаковке 2 блока по 100 листов.</t>
+  </si>
+  <si>
+    <t>107422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/831/nchykbtx0j0deowl4162m46en1ne81y0.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ. inФОРМАТ 75х75 мм 100 л. желт. неон: NN7575-Ye штр.: 4602723008965</t>
+  </si>
+  <si>
+    <t>107428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/990/efemcwopw8iawfeimmtpw3hmm442zcny.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ. inФОРМАТ 76х76 мм 100 л. зелен. неон: NN7575-Gr штр.: 4602723008934</t>
+  </si>
+  <si>
+    <t>107429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44a/elu7cghuvwys5iapkxrg6d2uvt0wt82i.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ. inФОРМАТ 76х76 мм 100 л. оранж. неон: NN7575-Or штр.: 4602723008958</t>
+  </si>
+  <si>
+    <t>Блок для записи с клейким слоем. Листочки отлично держатся на мониторе, принтере, компьютере. Не скручиваются и не оставляют следов. В блоке 100 листов.</t>
+  </si>
+  <si>
+    <t>107430</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d06/f2myotlcw00w3svilnjsp1jke8j1ljzu.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ. inФОРМАТ 76х76 мм 100 л. роз. неон: NN7575-Pi штр.: 4602723008941</t>
+  </si>
+  <si>
+    <t>107431</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/979/jndz7tih6cwjh8k2ypr8k4w75om3lzl0.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ.inФОРМАТ 51х38 мм 2 шт. 100 л.светло-зел.: SN5138-Gr штр.: 4602723011132</t>
+  </si>
+  <si>
+    <t>107462</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18e/7sdhad84myhth2rhbaobx4hvomywn23v.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ.inФОРМАТ 51х38 мм 2 шт.100 л. гол.: SN5138-Lb штр.: 4602723011125</t>
+  </si>
+  <si>
+    <t>107463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9c/u309dfq5snd20z8f2562wv128pws3sal.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие inФОРМАТ 15х45 мм 50 штх5 цв. неон пластик: ZP1545-5N штр.: 4602723048084</t>
+  </si>
+  <si>
+    <t>Клейкие закладки ярких неоновых цветов надежно фиксируются на бумажной поверхности не оставляя следов. Возможно многократное использование.</t>
+  </si>
+  <si>
+    <t>107482</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52f/l3iebj2yw1bsdxye1d1rlfeamz8yk8r2.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие inФОРМАТ 15х50 мм 40 штх3 цв. неон бумажн.: Z1550-3N штр.: 4602723048039</t>
+  </si>
+  <si>
+    <t>107483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/165/rz12352hqvo2zrgxp4xorl4eh8fat0v8.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие inФОРМАТ 15х50 мм 50 штх3 цв. пастель бумажн.: Z1550-3P штр.: 4602723048046</t>
+  </si>
+  <si>
+    <t>107486</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a9/ioxnvn32umvd0qwrev0n7tedj9sd4psc.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записи 9х9х5 см Куб не прокл. LITE белый  80 г м2   NPNW-995L</t>
+  </si>
+  <si>
+    <t>117551</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/376/wl97szjq6fq74bu3o4klkf72nnrp0zm4.jpg</t>
+  </si>
+  <si>
+    <t>Блок д флипчарта inФОРМАТ 67,5 х96,5см, клетка 20лист: BF67x98-20KШТ штр.: 4602723045038</t>
+  </si>
+  <si>
+    <t>117590</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/966/ktlialv30p1s8ucor18exp7l9ntgyjnb.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. LITE 9х9х9 см Куб не прокл. белый  65 г м2: NPNW-999L штр.: 4602723072447</t>
+  </si>
+  <si>
+    <t>118195</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac7/y927j8drma8g1z3k0065qilos0px8onr.jpg</t>
+  </si>
+  <si>
+    <t>Подставка д блок-кубиков LITE с бел. бум. блоком 9х9х5 см  прозр. пластик: NGB4-909050L штр.: 4602723072454</t>
+  </si>
+  <si>
+    <t>118298</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b63/jcfw9srfm4auwuyb8c6j21p4sfsvbn03.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для блок-кубиков LITE с бел. бум. блоком 9х9х9 см прозр. пластик: NGB4-909090L штр.: 4602723072461</t>
+  </si>
+  <si>
+    <t>Прозрачная подставка LITE с белым бумажным блоком для записей. Блок для записей изготовлен из высококачественной бумаги, плотность - 65 г/м2. Идеально подходит для быстрой фиксации информации.</t>
+  </si>
+  <si>
+    <t>118299</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67a/ti633ngvtc8qrqrn6jfy567r7tit7rtt.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие HOPAX STICK N 20х50 мм 50 штх4 цв. неон бумажн.  21205</t>
+  </si>
+  <si>
+    <t>Закладки клейкие HOPAX STICK&amp;#39;N 20х50 мм 50 штх4 цв. неон бумажн.</t>
+  </si>
+  <si>
+    <t>166945</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hopax/"&gt;Hopax&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/273/27344a8bc231e367d93d5721032d1888.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки 45 12 мм, 35 л. 4 неоновых цвета, в индивидуальных диспенсерах, европодвес: LSz_45124 штр.:  4606782155400</t>
+  </si>
+  <si>
+    <t>Флажки-закладки 45*12 мм, 35 л.*4 неоновых цвета, в индивидуальных диспенсерах, европодвес: LSz_45124 Самоклеящиеся пластиковые полупрозрачные закладки ярких неоновых цветов в индивидуальных диспенсерах на европодвесе. Подходят для крепления на любой поверхности. Легко отклеиваются, не оставляя следов.</t>
+  </si>
+  <si>
+    <t>212819</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d8/1d8939e2e1ed10e6ae2981d0d8e39aeb.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок  quot;Стандарт quot; 76 76 мм, 100 л, голубой: HN7676SB штр.:  4260107473589</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок &amp;quot;Стандарт&amp;quot; 76*76 мм, 100 л, голубой: HN7676SB Блок бумаги для записей с клеевым краем. Изготовлен из бумаги плотностью 60 г/м2 с использованием качественного клеевого состава и специальной основы, позволяющей клею полностью оставаться на отрываемом листке. Листки при отрывании не закручиваются, а качество письма остается одинаковым по всей площади листка.</t>
+  </si>
+  <si>
+    <t>213430</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f53/f53d03e2603e753ea55bfb7d55b9bf39.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки 45 20 мм, 20 л. 3 неоновых цвета, в диспенсере: LSz_45201 штр.:  4260107459293</t>
+  </si>
+  <si>
+    <t>Флажки-закладки 45*20 мм, 20 л.*3 неоновых цвета, в диспенсере: LSz_45201 Самоклеящиеся пластиковые полупрозрачные флажки-закладки ярких неоновых цветов, упакованные в пластиковый диспенсер. Удобно извлекаются одной рукой. Подходят для крепления на любой поверхности. Легко отклеиваются не оставляя следов. В блоке 20 листов.</t>
+  </si>
+  <si>
+    <t>213553</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/212/21286ec0494d36f1381a6ec9f4724cfd.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок  quot;Стандарт quot; 76 76 мм, 100 л, желтый: HN7676SGe штр.:  4260107473565</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок &amp;quot;Стандарт&amp;quot; 76*76 мм, 100 л, желтый: HN7676SGe Блок бумаги для записей с клеевым краем. Изготовлен из бумаги плотностью 60 г/м2 с использованием качественного клеевого состава и специальной основы, позволяющей клею полностью оставаться на отрываемом листке. Листки при отрывании не закручиваются, а качество письма остается одинаковым по всей площади листка.</t>
+  </si>
+  <si>
+    <t>213569</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e6/2e6c479cb28d583b16bfaa5bbaa075ec.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок  quot;Стандарт quot; 76 76 мм, 100 л, зеленый: HN7676SG штр.:  4260107473596</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок &amp;quot;Стандарт&amp;quot; 76*76 мм, 100 л, зеленый: HN7676SG Блок бумаги для записей с клеевым краем. Изготовлен из бумаги плотностью 60 г/м2 с использованием качественного клеевого состава и специальной основы, позволяющей клею полностью оставаться на отрываемом листке. Листки при отрывании не закручиваются, а качество письма остается одинаковым по всей площади листка.</t>
+  </si>
+  <si>
+    <t>214629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d66/d665af31b9fc25448c7cdfb59ddba269.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки 45 12 42 12 мм, 25 л. 8 неоновых цветов, с линейкой, европодвес: LSz_45128 штр.:  4606782155387</t>
+  </si>
+  <si>
+    <t>Флажки-закладки 45*12/42*12 мм, 25 л.*8 неоновых цветов, с линейкой, европодвес: LSz_45128 Самоклеящиеся пластиковые полупрозрачные закладки ярких неоновых цветов на пластиковой подложке с линейкой. Подходят для крепления на любой поверхности. Легко отклеиваются, не оставляя следов. Упаковка в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>215573</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6e/f6e25ff494af9c2a13bab2caa650cbe5.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок 76 76 мм, 400 л, 5 неоновых цветов: LSb_76505 штр.:  4606782155349</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок 76*76 мм, 400 л, 5 неоновых цветов: LSb_76505 Качественная клеевая полоса рассчитана на крепление к любой поверхности, позволяет приклеивать и отклеивать листок неограниченное количество раз, не оставляя следов. Насыщенные неоновые цвета. Размер блока - 76*76 мм. В блоке - 400 л. 5 неоновых цветов. Индивидуальная упаковка в пленку.</t>
+  </si>
+  <si>
+    <t>219372</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4f/a4f2247dc06cc3813f1c38cd060b0e81.jpg</t>
+  </si>
+  <si>
+    <t>Бокс для бумажного блока 9 9 9, прозрачный: ПЛ41 штр.:  4620000637578</t>
+  </si>
+  <si>
+    <t>Бокс для бумажного блока 9*9*9, прозрачный: ПЛ41 Пластиковый бокс для бумажного блока. Вмещает 500 листов бумаги, плотностью 80 г/м. Размер дна бокса: 90 ? 90 мм.</t>
+  </si>
+  <si>
+    <t>219490</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/433/4339ad8a52dc7acb027153e300184033.jpg</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND 12 фр. 105 48 : 2100065 штр.:  4607008182149</t>
+  </si>
+  <si>
+    <t>Белая суперкаландрированная многофункциональная самоклеящаяся бумага разработана для печати на всех видах струйных, лазерных принтеров и копировальных аппаратов с разрешением 720 dpi. Применяется для изготовления этикеток различного назначения на матричных, струйных, лазерных настольных, скоростных лазерных принтерах, копировальных аппаратах, пишущих машинках, офсетных и флексографических машинах.</t>
+  </si>
+  <si>
+    <t>220943</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lomond/"&gt;Lomond&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/168/168062209444a82d6da221558454fd2a.jpg</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND недел ная, 70 г м2: 2100005 штр.:  4607008182088</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND неделёная, 70 г/м2: 2100005</t>
+  </si>
+  <si>
+    <t>235653</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91f/91f11036671c3b91bfda1b28ac73f3a4.jpg</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND 65 фр. 38 21,2 : 2100215 штр.:  4607003956073</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND 65 фр.&amp;#40;38*21,2&amp;#41;: 2100215</t>
+  </si>
+  <si>
+    <t>236002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab2/ab24ab3767cddfc468ae6a46524b0783.jpg</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND 40 фр. 48.5 25.4 : 2100195 штр.:  4607003956066</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND 40 фр.&amp;#40;48.5*25.4&amp;#41;: 2100195</t>
+  </si>
+  <si>
+    <t>236034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdc/fdc12f5f72e05b4988a0b646870c5502.jpg</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND 24 фр. 70 37 : 2100165 штр.:  4607008182132</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND 24 фр.&amp;#40;70*37&amp;#41;: 2100165</t>
+  </si>
+  <si>
+    <t>236125</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70f/70f1513c9a845de0318d702f8d4274ac.jpg</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND 02 фр.  210 148,5 : 2100225</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. LOMOND 02 фр. &amp;#40;210*148,5&amp;#41;: 2100225</t>
+  </si>
+  <si>
+    <t>236213</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/630/630997f327b15aaf7cbe136b66700253.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок фигурный  quot;Сердце quot; 70 70 мм, 50 л, малиновый неон: LSz_76033 штр.:  4260107471004</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок фигурный &amp;quot;Сердце&amp;quot; 70*70 мм, 50 л, малиновый неон: LSz_76033</t>
+  </si>
+  <si>
+    <t>236603</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c16/c16798ab6242920bfc2207ef6cce6588/e8023e71a19eadea39b93a5f62ad4d3d.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 48,5х20,5 мм 56 шт. на листе А4  100л штр.  4607023149745</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 4,85-2,05- Кол-во этикеток на листе: 56- Верхнее поле, см: 0,5- Боковые поля, см: 0,8- Шаг по вертикали, см: 2,05- Шаг по горизонтали, см: 4,85- Высота наклейки, см: 2,05- Ширина наклейки, см: 4,85- Число наклеек по горизонтали: 4- Число наклеек по вертикали: 14.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244638</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mega-label/"&gt;MEGA Label&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac9/ac92c9c8f9191d2df9424437f2285dbd/e516767ca0fef119048f17c714f57b38.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 48,5х25,4 мм 40 шт. на лист.А4  100 ли штр.  4607023146959, 4607047146959</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 4,85-2,54- Кол-во этикеток на листе: 40- Верхнее поле, см: 2,15- Боковые поля, см: 0,8- Шаг по вертикали, см: 2,54- Шаг по горизонтали, см: 4,85- Высота наклейки, см: 2,54- Ширина наклейки, см: 4,85- Число наклеек по горизонтали: 4- Число наклеек по вертикали: 10.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc0/cc0758e9a5e0aafe752a96edfdd32c73/a9353093cb8e8bc793925fdd08543d3e.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 48,5х25,4 мм 40 шт. на лис.А4  25л. штр.  4607122914114</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 4,85-2,54- Кол-во этикеток на листе: 40- Верхнее поле, см: 2,15- Боковые поля, см: 0,8- Шаг по вертикали, см: 2,54- Шаг по горизонтали, см: 4,85- Высота наклейки, см: 2,54- Ширина наклейки, см: 4,85- Число наклеек по горизонтали: 4- Число наклеек по вертикали: 10.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244641</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4a/f4a03f7c4b0a4eeb24c7549866758687/5b4e8e9462108362fa61f069fa328509.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 50х28,5 мм   40 шт. на листе А4  100л. штр.  4607023149738, 4607047149738</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 5,0-2,85- Кол-во этикеток на листе: 40- Верхнее поле, см: 0,6- Боковые поля, см: 0,5- Шаг по вертикали, см: 2,85- Шаг по горизонтали, см: 5,0- Высота наклейки, см: 2,85- Ширина наклейки, см: 5,0- Число наклеек по горизонтали: 4- Число наклеек по вертикали: 10.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244642</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d27/d27385f7a0445aea131a10dfdb32e8fd/7fa3ff35992e0e3f1ebfb1edeb7ee810.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 52,5х21,2 мм 56 шт. на листА4  100 ли штр.  4607023146942</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 5,25-2,12- Кол-во этикеток на листе: 56- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 2,12- Шаг по горизонтали, см: 5,25- Высота наклейки, см: 2,12- Ширина наклейки, см: 5,25- Число наклеек по горизонтали: 4- Число наклеек по вертикали: 14.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/403/403810e2ce2fcd168d15885032c8772d/eb3679e1e4d58c952f163c9d1b05458c.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 52,5х29,7 мм   40 шт. на лис А4  100л. штр.  4601083149721, 4607023149721</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 5,25-2,97- Кол-во этикеток на листе: 40- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 2,97- Шаг по горизонтали, см: 5,25- Высота наклейки, см: 2,97- Ширина наклейки, см: 5,25- Число наклеек по горизонтали: 4- Число наклеек по вертикали: 10.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244646</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb8/cb8b47a17d71eec65b40b4cc7fc684f6/5a48df98aa84753c57d1c1cbaf1b5da2.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 52,5х35 мм 32 шт. на листе А4  25л. штр.  4607122914077</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 5,25-3,5- Кол-во этикеток на листе: 32- Верхнее поле, см: 0,85- Боковые поля, см: 0- Шаг по вертикали, см: 3,5- Шаг по горизонтали, см: 5,25- Высота наклейки, см: 3,5- Ширина наклейки, см: 5,25- Число наклеек по горизонтали: 4- Число наклеек по вертикали: 8.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244649</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eeb/eebbb8e68139c8ede1c63aaac4bd22df/68173dbe449aad48331e692422f9af55.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 64,6х33,8 мм  24 шт. на листА4  100 ли штр.  4607023146928</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 6,46-3,38- Кол-во этикеток на листе: 24- Верхнее поле, см: 1,33- Боковые поля, см: 0,81- Шаг по вертикали, см: 3,38- Шаг по горизонтали, см: 6,46- Высота наклейки, см: 3,38- Ширина наклейки, см: 6,46- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 8.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71b/71b30e0404fdef150ba9f1efad4a1103/dfc6c500b154bd254e80c13adb0156b8.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 64,6х33,8 мм 24 шт. на листе А4  25л. штр.  4607122914046</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 6,46-3,38- Кол-во этикеток на листе: 24- Верхнее поле, см: 1,33- Боковые поля, см: 0,81- Шаг по вертикали, см: 3,38- Шаг по горизонтали, см: 6,46- Высота наклейки, см: 3,38- Ширина наклейки, см: 6,46- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 8.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244651</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5b/a5b54bc37a833e4f8423465db768f989/7e11676f8a14792c3d32c5188630bd98.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 66,7х46 мм 18 шт. на лист А4  100 лист штр.  4607023076898, 4607023146898</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 6,67-4,6 - Кол-во этикеток на листе: 18- Верхнее поле, см: 1,05- Боковые поля, см: 0,295- Шаг по вертикали, см: 4,6- Шаг по горизонтали, см: 6,87- Высота наклейки, см: 4,6- Ширина наклейки, см: 6,67- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 6.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244652</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/adc/adc58430b309fb0fd2b67b661ef8b4b4/7e3b612ab24cd3435043ea82910e88e7.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 67х20,5 мм   42 шт. на листе А4  100л. штр.  4607023149691</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 6,7-2,05- Кол-во этикеток на листе: 42- Верхнее поле, см: 0,5- Боковые поля, см: 0,45- Шаг по вертикали, см: 2,05- Шаг по горизонтали, см: 6,7- Высота наклейки, см: 2,05- Ширина наклейки, см: 6,7- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 14.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244654</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/caa/caabeeef284b2c2912d9856f16076df8/66986dc60ce53776cae6483b8e6337ba.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х16,9 мм   51 шт. на листе А4  100л. штр.  4607023149707</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-1,69- Кол-во этикеток на листе: 51- Верхнее поле, см: 0,485- Боковые поля, см: 0- Шаг по вертикали, см: 1,69- Шаг по горизонтали, см: 7,0- Высота наклейки, см: 1,69- Ширина наклейки, см: 7,0- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 17.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f71/f71b22524d76ffc97713ca87d658e5d7/f79b29558b161b29adf8e1fec6c58e1b.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х25,4 мм   33 шт. на листе А4  100л. штр.  4607023149684</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-2,54- Кол-во этикеток на листе: 33- Верхнее поле, см: 0,88- Боковые поля, см: 0- Шаг по вертикали, см: 2,54- Шаг по горизонтали, см: 7- Высота наклейки, см: 2,54- Ширина наклейки, см: 7,0- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 11.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244658</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d0/1d07b291650de378e0fd90d6d7320aeb/b2ff7060aa404d12bb9b61c8c5bb2d55.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х28,5 мм   30 шт. на листе А4  100л. штр.  4607023149677</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-2,85- Кол-во этикеток на листе: 30- Верхнее поле, см: 0,6- Боковые поля, см: 0- Шаг по вертикали, см: 2,85- Шаг по горизонтали, см: 7- Высота наклейки, см: 2,85- Ширина наклейки, см: 7,0- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 10.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244660</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/267/267e57f398e15d958fdcea7bb7ba72a2/f6ad177e7ef5895ced6bfe9afbee1418.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х32 мм 27шт. на лист.А4  100 лис штр.  4607023146935</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-3,2- Кол-во этикеток на листе: 27- Верхнее поле, см: 0,45- Боковые поля, см: 0- Шаг по вертикали, см: 3,2- Шаг по горизонтали, см: 7- Высота наклейки, см: 3,2- Ширина наклейки, см: 7,0- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 9.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244662</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0a/b0abefdfafbfb925d3cfc849fc3fa0cd/610354ce79da60afe0b3341c79eafdf2.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х33,8 мм   24 шт. на лис А4  100 л. штр.  4607023149660</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-3,38- Кол-во этикеток на листе: 24- Верхнее поле, см: 1,33- Боковые поля, см: 0- Шаг по вертикали, см: 3,38- Шаг по горизонтали, см: 7- Высота наклейки, см: 3,38- Ширина наклейки, см: 7,0- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 8.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244664</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af3/af3950110a2c3a40092f137a2630dd54/80d5c0a6ac74e5c47798199bb9dad539.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х35 мм   24 шт. на листе А4  100 л. штр.  4607023149653</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-3,5- Кол-во этикеток на листе: 24- Верхнее поле, см: 0,85- Боковые поля, см: 0- Шаг по вертикали, см: 3,5- Шаг по горизонтали, см: 7- Высота наклейки, см: 3,5- Ширина наклейки, см: 7,0- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 6.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/575/575f9af8b034958814a25b82bd133388/1b8141a3400693dae8f0ee3b9fcb3a90.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х36 мм 24 шт. на листе А4  100 л. штр.  4607023149554</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-3,6- Кол-во этикеток на листе: 24- Верхнее поле, см: 0,45- Боковые поля, см: 0- Шаг по вертикали, см: 3,6- Шаг по горизонтали, см: 7- Высота наклейки, см: 3,6- Ширина наклейки, см: 7,0- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 6.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/434/434ab1b6469915d000d2faf918bc9e6a/ac787d8c6c80105e7cded461bc11a7b1.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х37 мм 24 шт. на листе А4  100 лист штр.  4607023146911</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-3,7- Кол-во этикеток на листе: 24- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 3,71- Шаг по горизонтали, см: 7- Высота наклейки, см: 3,7- Ширина наклейки, см: 7- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 8.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/884/884567134d13b6931cf952e18af39a1c/e81bbdbeb796e632c5cb733e83ac2925.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х37 мм 24 шт. на листе А4  25л. штр.  4607122914008</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-3,7- Кол-во этикеток на листе: 24- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 3,71- Шаг по горизонтали, см: 7- Высота наклейки, см: 3,7- Ширина наклейки, см: 7- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 8.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c7/2c77842a3de3f53154fc6e25ad160074/a706b34fc8c994127c781bc8007f39f5.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х42,3 мм 21 шт. на лист. А4  100 л. штр.  4607023146904, 7607693146904</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-4,23 - Кол-во этикеток на листе: 21- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 4,24- Шаг по горизонтали, см: 7- Высота наклейки, см: 4,24- Ширина наклейки, см: 7- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 7.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce9/ce9486ce613dee2102e44b42238f773f/63b427c4ec02879f71bf26e54830c87e.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х42,3 мм 21 шт. на листе А4  25л. штр.  4607122913995</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-4,23 - Кол-во этикеток на листе: 21- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 4,24- Шаг по горизонтали, см: 7- Высота наклейки, см: 4,24- Ширина наклейки, см: 7- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 7.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244675</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae9/ae9f83538bdf81a1c3c53a08887ad6a9/4fa77a3fab4b8c68d23cedb8f42792f6.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х49,5 мм  18 шт. на листе А4  100 л. штр.  4368023149646, 4607023149646, 4607047149646</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-4,95- Кол-во этикеток на листе: 18- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 4,95- Шаг по горизонтали, см: 7- Высота наклейки, см: 4,95- Ширина наклейки, см: 7,0- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 6.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244676</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8da/8daae53c4298637d5f7f5e54d3ace99d/4a507bba6325f80ffef2f315fd156961.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х57 мм 15 шт. на листе А4  100 л. штр.  4607023149639, 4607047149639</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-5,7- Кол-во этикеток на листе: 15- Верхнее поле, см: 0,6- Боковые поля, см: 0- Шаг по вертикали, см: 5,7- Шаг по горизонтали, см: 7- Высота наклейки, см: 5,7- Ширина наклейки, см: 7- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 5.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244678</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad4/ad4393a4cbdb5badb68adde3c8aff512/f0cc2147ee3a5258eb930acb110b0f48.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 70х67.7 мм 12 шт. на листе А4  100 л. штр.  4607023149622</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 7,0-6,77 - Кол-во этикеток на листе: 12- Верхнее поле, см: 1,31- Боковые поля, см: 0- Шаг по вертикали, см: 6,77- Шаг по горизонтали, см: 7- Высота наклейки, см: 6,77- Ширина наклейки, см: 7- Число наклеек по горизонтали: 3- Число наклеек по вертикали: 4.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82f/82fc3ac846877f174cbc978ef5686f7c/a5587ca8b34c82ce58b10f30512d5cdc.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 99х34 мм 16 шт. на лис.А4 100 лист. штр.  4607023146881</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 9,9-3,4 - Кол-во этикеток на листе: 16- Верхнее поле, см: 1,25- Боковые поля, см: 0,475- Шаг по вертикали, см: 3,4- Шаг по горизонтали, см: 10,15- Высота наклейки, см: 3,4- Ширина наклейки, см: 9,9- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 8.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e14/e142f2ce9bc07ad911280df86e2c68dd/612781205d984a15baa13ca1e140605a.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label d 60 мм 12 шт. на листе А4  100 л. штр.  4607023146980, 4607053766783</t>
+  </si>
+  <si>
+    <t>Универсальные этикетки для использования на лазерных, струйных принтерах и копировальных аппаратах. &amp;lt;br /&amp;gt;Белизна поверхностного слоя самоклеящихся этикеток - 98&amp;#37;.&amp;lt;br /&amp;gt;Особая технология гарантирует безопасность офисной техники при печати и защиту от склеивания листов при хранении. &amp;lt;br /&amp;gt;Сферы применения - адресные наклейки на конверты, наклейки на товары, штрих-коды, ценники, предупреждения.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244684</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0da/0da08a20d088e1bc016484247843bb33/fc803e50f22e5977c1c969875fedbbf7.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 70г белая  Jetlaser 10 листов уп.  штр.  4680237025517</t>
+  </si>
+  <si>
+    <t>Универсальные этикетки для использования на лазерных, струйных принтерах и копировальных аппаратах. &amp;lt;br /&amp;gt;Белизна поверхностного слоя самоклеящихся этикеток - 98&amp;#37;. Плотность 70г/м2&amp;lt;br /&amp;gt;Особая технология гарантирует безопасность офисной техники при печати и защиту от склеивания листов при хранении. &amp;lt;br /&amp;gt;Сферы применения - адресные наклейки на конверты, наклейки на товары, штрих-коды, ценники, предупреждения.</t>
+  </si>
+  <si>
+    <t>244686</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45e/45ec3c926b764994d40bcbb215137427/6d41b3fb9441d92045026e61f795b172.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 70г белая  Jetlaser   100 лис уп.  штр.  4607023146997, 4607047146997</t>
+  </si>
+  <si>
+    <t>244687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/751/751fe5bffa4defb25eef338e4749197a/aa0d7e7422c851e23638bf4a4dfc28b6.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 80г белая выс.глянц. LASERgloss 10 штр.  4607023147048</t>
+  </si>
+  <si>
+    <t>Универсальные этикетки для использования на лазерных принтерах и копировальных аппаратах. Белизна поверхностного слоя самоклеящихся этикеток - 98&amp;#37;.Особая технология гарантирует безопасность офисной техники при печати и защиту от склеивания листов при хранении. Сферы применения - адресные наклейки на конверты, наклейки на товары, штрих-коды, ценники, предупреждения.</t>
+  </si>
+  <si>
+    <t>244688</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/533/533db86befcc1809e37f415f34f46939/676a558832f30574dc15306ef444c7ea.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 80г белая высокоглянцевая  25л у штр.  4607122914305</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label для копиров, струйных и лазерных принтеров. Изделия белого цвета с высокоглянцевой поверхностью, используются в качестве маркировок, адресных наклеек, ценников или предупреждений. Упаковка включает в себя 25 этикеток по 1 штуке на листах формата А4. Размер одной этикетки составляет 210-297 миллиметров.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244689</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/136/1365bae2f6e5482fba2c2fc3bb4f90dc/12df962849ac67dcd852c83f45aafbcd.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 70г белая  Jetlaser 25л уп.  штр.  4607122716251, 4607122914251</t>
+  </si>
+  <si>
+    <t>Универсальные этикетки для использования на лазерных, струйных принтерах и копировальных аппаратах. &amp;lt;br /&amp;gt;Белизна поверхностного слоя самоклеящихся этикеток - 98&amp;#37;. Плотность 70г/м2&amp;lt;br /&amp;gt;Особая технология гарантирует безопасность офисной техники при печати и защиту от склеивания листов при хранении.&amp;lt;br /&amp;gt;Сферы применения - адресные наклейки на конверты, наклейки на товары, штрих-коды, ценники, предупреждения.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d55/d55d7bb346f6deb677d519d7dfb029ec/628004d0b0a01edb01300bb43d5ef7cb.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 80г голубая  Jetblue 100 лист уп  штр.  4607023147024</t>
+  </si>
+  <si>
+    <t>244700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48e/48e504b2dfc19a7a595db2b9d73ae6ad/1c2c4b9c774d036c44e16df26416c097.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 80г желт. Jetlemon 100 лист уп.  штр.  4607023147031, 7609253147031</t>
+  </si>
+  <si>
+    <t>244702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/001/0011596ca117a02b26e77847a278314e/141a2d385bcbcab12e0227fe7f9b7039.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 80г желтая  Jetlemon   25л. уп.  штр.  09351899, 4607122914299</t>
+  </si>
+  <si>
+    <t>Этикетки Mega Label с самоклеящейся поверхностью для изготовления ценников, адресных наклеек, штрих-кодов и маркировок. Изделия желтого цвета с возможностью оставления надписей, подходят для использования на струйных и лазерных принтерах, копировальных аппаратах.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/128/1286d4b8bdf6dc65c7244f462b20d077/1b7d4d6eb6e602c701d79d1201263242.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 80г зеленая  Jetgreen   100 лис уп. штр.  4607023147000</t>
+  </si>
+  <si>
+    <t>244704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/804/804daf519c4fb9f1361db94284f27af6/0230a20df5c30a580dc23bddf1e876cc.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 80г зеленая  Jetgreen 25л уп.  штр.  4607122914268</t>
+  </si>
+  <si>
+    <t>Этикетки Mega Label с самоклеящейся поверхностью для изготовления ценников, адресных наклеек, штрих-кодов и маркировок. Изделия зеленого цвета с возможностью оставления надписей, подходят для использования на струйных и лазерных принтерах, копировальных аппаратах.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>244705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a1/1a1c6bc407a0c5a00b687da598f7b1ea/232ff499c50eb72331e3e4cff845dd76.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label Всепогодн,бел,99.1х42.3мм.12шт на лисА штр.  4620018333523</t>
+  </si>
+  <si>
+    <t>Всепогодная этикетка из полиэстера размером 99.1-42.3 мм, в упаковке 20 листов. Этикетка устойчива к неблагоприятным условиям - удобна для использования на производстве, складах, под открытым небом и в сырых помещениях. Устойчива к воде, грязеотталкивающая, масло- и UV-стойкая, выдерживают температурные колебания от -20 до &amp;#43;80 градусов Цельсия.&amp;lt;br /&amp;gt;Всепогодная этикетка надежно держится на любой поверхности, сохраняя ее цвет и фактуру.&amp;lt;br /&amp;gt;Для печати на ч/б, цветных лазерных принтерах и копировальных аппаратах.Техническое описание товара составлено с учетом данных сайта производителя.&amp;lt;br /&amp;gt;Внешний вид товара, его комплектация и характеристики могут изменяться производителем без уведомлений.</t>
+  </si>
+  <si>
+    <t>245640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/561/561f01070e8442ac3795bebdc1764579/bf27bfb863a4f5ea18270ef11fd275ba.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label Всепогодные, бел, 210х297 мм, 20 л уп штр.  4680237025562</t>
+  </si>
+  <si>
+    <t>Всепогодная этикетка из полиэстера размеров 210-297 мм &amp;#40;формат А4&amp;#41;, в упаковке 20 листов. Этикетка устойчива к неблагоприятным условиям - удобна для использования на производстве, складах, под открытым небом и в сырых помещениях. Устойчива к воде, грязеотталкивающая, масло- и UV-стойкая, выдерживают температурные колебания от -20 до &amp;#43;80 градусов Цельсия.&amp;lt;br /&amp;gt;Всепогодная этикетка надежно держится на любой поверхности, сохраняя ее цвет и фактуру.&amp;lt;br /&amp;gt;Для печати на ч/б, цветных лазерных принтерах и копировальных аппаратах.Техническое описание товара составлено с учетом данных сайта производителя.&amp;lt;br /&amp;gt;Внешний вид товара, его комплектация и характеристики могут изменяться производителем без уведомлений.</t>
+  </si>
+  <si>
+    <t>245641</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c3/6c3b9d544d79351485d2f0df04d2ee17/6ca91721362ddc27a943744288474ee4.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label Всепогодные,бел,63.5х33.9 мм.24шт на штр.  4680237025579</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся всепогодные этикетки Mega Label изготовлены из полиэстера, цвет белый. Устойчивы к неблагоприятным условиям, удобны для использования на производстве, складах, под открытым небом и в сырых помещениях. Стойкие к воде, грязеотталкивающие, масло- и UV-стойкие, выдерживают температурные колебания от -20 до &amp;#43;100 градусов Цельсия. Всепогодные этикетки надежно держатся на любой поверхности, сохраняя ее цвет и фактуру. В упаковке 20 листов по 24 этикетки размером 63,5-33,9 мм на каждом.&amp;lt;br /&amp;gt;Предназначены для печати на монохромных и цветных лазерных принтерах и копировальных аппаратах.Техническое описание товара составлено с учетом данных сайта производителя.&amp;lt;br /&amp;gt;Внешний вид товара, его комплектация и характеристики могут изменяться производителем без уведомлений.</t>
+  </si>
+  <si>
+    <t>245642</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8a/b8a6fd5f05abdca5a47b2b848d57c427/636e9455a8fe4fea920146bd0bc876c5.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х148 мм 4 шт. на лис.А4  100 лист. штр.  1442023146836, 4607023146836</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-14,8 - Кол-во этикеток на листе: 4- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 14,84- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 14,8- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 2.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5a/e5a7191e5d70b9afb77322a607330a44/1a00bdf5a1e609a913f12eb67a2ba8d3.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х148 мм 4 шт. на листе А4  25л. штр.  4607122913865</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-14,8 - Кол-во этикеток на листе: 4- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 14,84- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 14,8- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 2.&amp;quot;&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/498/49892f660703fae0b2230e28ec9c30fa/154872bbcbe9b43870d74345f6a70776.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х37 мм 16 шт. на лис.А4  100 лист штр.  4607023146874</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-3,7 - Кол-во этикеток на листе: 16- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 3,71- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 3,7- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 8.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d0/2d01e4c1bbe388e89980987648a57698/e44fdab3fb6e6c43972c79d5c3f6e1e3.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х42,4 мм 14 шт. на листе А4  100 л. штр.  4607023149615</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-4,24 - Кол-во этикеток на листе: 14- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 4,24- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 4,24- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 7.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/87c65d5e6cfca4f437f3cebaed3903bb/77641449126a0fde4b32e15ace6eab3b.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х48 мм 12 шт. на листе А4  100 лист штр.  4607023146867</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-4,8 - Кол-во этикеток на листе: 12- Верхнее поле, см: 0,45- Боковые поля, см: 0- Шаг по вертикали, см: 4,8- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 4,8- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 6.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245697</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8d/f8daf5cf3ed18b33c0f372118366a40c/d78528d8d6c7ad0cc2107545731f62d9.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х48 мм 12 шт. на листе А4  25л. штр.  4607122913919</t>
+  </si>
+  <si>
+    <t>Самоклеющиеся этикетки MEGA Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;nbsp;&amp;nbsp; Данные для печати этикеток в ПО Word: Размер этикетки, см.: 10,5-4,8 - Кол-во этикеток на листе: 12- Верхнее поле, см: 0,45- Боковые поля, см: 0- Шаг по вертикали, см: 4,8- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 4,8- Ширина наклейки, см.: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 6.</t>
+  </si>
+  <si>
+    <t>245698</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81e/81e849ff28e58a0ac06af781867c7759/04c33e20d95a4bfb3ca44ba14e2f63c0.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х57 мм 10 шт. на листе А4  100 л. штр.  4607023149608</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-5,7 - Кол-во этикеток на листе: 10- Верхнее поле, см: 0,6- Боковые поля, см: 0- Шаг по вертикали, см: 5,7- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 5,7- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 5.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/658/658a58c1bfaf9570987099d3c844819a/4ea04fd51a2a8bbe158957a00006b495.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Этикетки самоклеящиеся Mega Label белые 105х57 мм  10 штук на листе A4, 25 листов </t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-5,7 - Кол-во этикеток на листе: 10- Верхнее поле, см: 0,6- Боковые поля, см: 0- Шаг по вертикали, см: 5,7- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 5,7- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 5.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/582/5827827fcbb504182543a9158f9203b7/fe3297ddac2d34bbee5ff5d1b6c0d211.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х70 мм 8 шт. на листе А4  100 л. штр.  4607023149592</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-7 - Кол-во этикеток на листе: 8- Верхнее поле, см: 0.85- Боковые поля, см: 0- Шаг по вертикали, см: 7- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 7- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 4.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61d/61d81849a92f0c200746a2d584367bbf/3ff5ce882d2a6edb89843ebc3e097805.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х70 мм   8 шт. на листе А4  25л. штр.  4607122913896</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-7 - Кол-во этикеток на листе: 8- Верхнее поле, см: 0.85- Боковые поля, см: 0- Шаг по вертикали, см: 7- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 7- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 4.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2b/a2bc93a75ec5bfd9c047d4d6d3b38516/277d0f4d378710c8b413aed883bc2b66.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х74 мм 8 шт. на лис.А4  100 лист штр.  4607023146850</t>
+  </si>
+  <si>
+    <t>245703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a2/1a236d8114be67e0711ef94c1ad34062/a150b5581629da83c6c63824f2602baf.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х74 мм   8 шт. на листе А4  25л. штр.  4607122913889</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-7,4 - Кол-во этикеток на листе: 8- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 7,42- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 7,42- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 4.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c31/c311bb358438a1005608635f7fd05853/44db39d5e12a71fb0e46201c18a51096.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 105х99 мм 6 шт.на лис. А4  100 лист штр.  4607023146843, 7607823146873</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 10,5-9,9 - Кол-во этикеток на листе: 6- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 9,9- Шаг по горизонтали, см: 10,5- Высота наклейки, см: 9,9- Ширина наклейки, см: 10,5- Число наклеек по горизонтали: 2- Число наклеек по вертикали: 3.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2b/a2b0f20e8951f91d49295716f75f53d3/9148a0fa3ea3c207069e497297082a32.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 18х12 мм 230шт. на листе А4  100 л. штр.  4607023149561</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 1,8-1,2- Кол-во этикеток на листе: 230- Верхнее поле, см: 1,05- Боковые поля, см: 0,6- Шаг по вертикали, см: 1,2- Шаг по горизонтали, см: 2,0- Высота наклейки, см: 1,2- Ширина наклейки, см: 1,8- Число наклеек по горизонтали: 10- Число наклеек по вертикали: 23.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19d/19d701990f9d622b14a2f3c027911432/9279edab0d1f1a26ec4d63ba2b6cf51d.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 18х12 мм 230шт. на листе А4  25л. штр.  4607122914220</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 1,8-1,2- Кол-во этикеток на листе: 230- Верхнее поле, см: 1,05- Боковые поля, см: 0,6- Шаг по вертикали, см: 1,2- Шаг по горизонтали, см: 2,0- Высота наклейки, см: 1,2- Ширина наклейки, см: 1,8- Число наклеек по горизонтали: 10- Число наклеек по вертикали: 23.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06c/06c951adf88293fd5ecd2e4d020f7068/ff5a4739131aa4f4d6052d185f034a51.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 210х148 мм 2 шт. на лис.А4  100 лист. штр.  4607023146829, 7607273146829</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 21,0-14,8 - Кол-во этикеток на листе: 2- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 14,84- Шаг по горизонтали, см: 0- Высота наклейки, см14,8- Ширина наклейки, см: 21,0- Число наклеек по горизонтали: 1- Число наклеек по вертикали: 2.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1c/f1cc19a2be65f817ecc4fa52d2d4262c/fa557a206d3ac4b7622145df0a0c1ccd.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Этикетки самоклеящиеся Mega Label белые 210х148 мм  2 штуки на листе A4, 25 листов </t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 21,0-14,8 - Кол-во этикеток на листе: 2- Верхнее поле, см: 0- Боковые поля, см: 0- Шаг по вертикали, см: 14,84- Шаг по горизонтали, см: 0- Высота наклейки, см14,8- Ширина наклейки, см: 21,0- Число наклеек по горизонтали: 1- Число наклеек по вертикали: 2.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2eb/2eb4def5bb4a2d0e4df075872ede2105/273fd0604994d8f0f4aa71404bb9a5c1.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 38х16,9 мм 85 шт. на листе А4  100л. штр.  4607023149783, 4607047149783</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 3,8-1,69- Кол-во этикеток на листе: 85- Верхнее поле, см: 0,485- Боковые поля, см: 1,0- Шаг по вертикали, см: 1,69- Шаг по горизонтали, см: 3,8- Высота наклейки, см: 1,69- Ширина наклейки, см: 3,8- Число наклеек по горизонтали: 5- Число наклеек по вертикали: 17.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dcb/dcb44d6803f1a50936aee791bd380134/93fb648eb634c9e03d8c5460845fefbc.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 38х16,9 мм 85 шт. на листе А4  25л. штр.  4607122914213</t>
+  </si>
+  <si>
+    <t>«Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 25 листов.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 3,8-1,69- Кол-во этикеток на листе: 85- Верхнее поле, см: 0,485- Боковые поля, см: 1,0- Шаг по вертикали, см: 1,69- Шаг по горизонтали, см: 3,8- Высота наклейки, см: 1,69- Ширина наклейки, см: 3,8- Число наклеек по горизонтали: 5- Число наклеек по вертикали: 17.»&amp;lt;br&amp;gt;Гарантирована высокая адгезия на широком спектре материалов, при температуре от -20 до &amp;#43;100 градусов. Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/647/647cb0a3f7cdbed920700a2ee15d7467/782c98cdc16468fde4b66679df5dbe91.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 38х19 мм 75 шт. на листе А4  100л. штр.  4607023149776</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 3,8-1,9- Кол-во этикеток на листе: 75- Верхнее поле, см: 0,6- Боковые поля, см: 1,0- Шаг по вертикали, см: 1,9- Шаг по горизонтали, см: 3,8- Высота наклейки, см: 1,9- Ширина наклейки, см: 3,8- Число наклеек по горизонтали: 5- Число наклеек по вертикали: 15.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/9042a49fa413ab2a046354e3f76500a4/974a8406f0063e454d9e054125df9384.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 38х21,2 мм 65 шт. на листе А4  100лист штр.  4607023146973</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 3,38-2,12- Кол-во этикеток на листе: 65- Верхнее поле, см: 1,07- Боковые поля, см: 1,0- Шаг по вертикали, см: 2,12- Шаг по горизонтали, см: 3,8- Высота наклейки, см: 2,12- Ширина наклейки, см: 3,8- Число наклеек по горизонтали: 5- Число наклеек по вертикали: 13.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c90/c905d99bfa00487339848062f44c257e/0fac8ff939d3f1d378ddab7d75ec4ebc.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 38х23,5 мм 60 шт. на листе А4  100л. штр.  4607023149769</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 3,8-2,35- Кол-во этикеток на листе: 60- Верхнее поле, см: 0,75- Боковые поля, см: 1,0- Шаг по вертикали, см: 2,35- Шаг по горизонтали, см: 3,8- Высота наклейки, см: 2,35- Ширина наклейки, см: 3,8- Число наклеек по горизонтали: 5- Число наклеек по вертикали: 12.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245717</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e7/2e7fcffe2c6a8c04f2250436cafa7980/8b059335f1795a5a93901a362bef3306.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 48,5х16,9 мм 64 шт. на листеА4  100 ли штр.  4607023146966</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя этикеток составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;&amp;lt;br&amp;gt;Данные для печати этикеток в ПО Word: Размер этикетки, см: 4,85-1,69- Кол-во этикеток на листе: 64- Верхнее поле, см: 1,33- Боковые поля, см: 0,8- Шаг по вертикали, см: 1,69- Шаг по горизонтали, см: 4,85- Высота наклейки, см: 1,69- Ширина наклейки, см: 4,85- Число наклеек по горизонтали: 4- Число наклеек по вертикали: 16.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d0/2d024964bc0758f906b0ce1987fcde9c/df00e169a90b0fe882c841fb53d6c40e.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label 48,5х19 мм 60 шт. на листе А4  100л. штр.  4607023149752</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;Данные для печати в ПО Word: Размер этикетки, см: 4,85-1,9- Кол-во на листе: 60- Верхнее поле, см: 0,6- Боковые поля, см: 0,8- Шаг по вертикали, см: 1,9- Шаг по горизонтали, см: 4,85- Высота наклейки, см: 1,9- Ширина наклейки, см: 4,85- Число наклеек по горизонтали: 4- Число наклеек по вертикали: 15.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cbb/cbb2ca28fdc7f575f688303d8260b8bb/ae5cd6c2fea22861082b334557b224e8.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 80г красная  Jetred   100 лист уп.  штр.  4607023147017</t>
+  </si>
+  <si>
+    <t>245723</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dab/dab8931c234ac514f3345ba0ec333df4/0ddba45d13192be552d397a70890537f.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label А4 80г красная  Jetred 25л. уп.  штр.  4607122914275</t>
+  </si>
+  <si>
+    <t>Этикетки Mega Label с самоклеящейся поверхностью для изготовления ценников, адресных наклеек, штрих-кодов и маркировок. Изделия красного цвета с возможностью оставления надписей, подходят для использования на струйных и лазерных принтерах, копировальных аппаратах.&amp;lt;br&amp;gt;Шаблон для печати этикетки находится по ссылке «Инструкции».</t>
+  </si>
+  <si>
+    <t>245724</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/843/843bd770ddd5b42f0bdf22aa06b4b6e2/194f5045eb22d4dc209f88e526ef020e.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label Адресные бел,63.5х38.1мм.  21шт на лис штр.  4680237025586</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки Mega Label подходят для печати на лазерных, струйных принтерах и копировальных аппаратах. Белизна верхнего слоя составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Применяются в качестве наклеек на любые поверхности, также используются как наклейки на конверты. В упаковке 100 листов формата А4.&amp;lt;br&amp;gt;Данные для печати в ПО Word: размер этикетки - 63,5-38,1 мм, количество этикеток на листе - 21.</t>
+  </si>
+  <si>
+    <t>245746</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61d/61d90ed8a8caf1b43ba00ec84b6fb28d/21f7609ba4f41713b90f1907593acef4.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label Адресные бел,99.1х38.1мм.14шт на лисА4 штр.  4620018333516</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки А4 формата. Идеальное решение для организации почтовой рассылки.&amp;lt;br /&amp;gt;Размер этикетки 99,1.х38,1 14 штук на листе, в упаковке 100 листов. Этикетка предназначена для печати на цветных и черно-белых лазерных принтерах, а также копировальных аппаратов.Техническое описание товара составлено с учетом данных сайта производителя.&amp;lt;br /&amp;gt;Внешний вид товара, его комплектация и характеристики могут изменяться производителем без уведомлений.</t>
+  </si>
+  <si>
+    <t>245747</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/733/73311cfc80e498bf6945c2a03516879f/38e4101b88771f04f0004fc6293f35bb.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label Адресные бел,99.1х57мм.10шт на лисА4,1 штр.  4620018333509</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки А4 формата. Идеальное решение для организации почтовой рассылки.&amp;lt;br /&amp;gt;Размер этикетки 99,1.х57, 10 штук на листе, в упаковке 100 листов. Этикетка предназначена для печати на цветных и черно-белых лазерных принтерах, а также копировальных аппаратов.Техническое описание товара составлено с учетом данных сайта производителя.&amp;lt;br /&amp;gt;Внешний вид товара, его комплектация и характеристики могут изменяться производителем без уведомлений.</t>
+  </si>
+  <si>
+    <t>245748</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/826/826cf858c64195f29180cce6aac47d00/102ef8f001e60b666a1eabb0d7f8ccc8.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE Fantasy 9х9х5 стакан оранжевый белый блок штр.  4680237010667</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache серии Fanasy для записей выполнен из белой офсетной бумаги. &amp;lt;br /&amp;gt;Оранжевый пластиковый стакан обеспечивает удобство использования и порядок на рабочем столе. &amp;lt;br /&amp;gt;Блок-кубик упакован в термоусадочную пленку.&amp;lt;br /&amp;gt;Размер изделия &amp;#40;ШхДхВ&amp;#41;: 90х90х50 мм&amp;lt;br /&amp;gt;Плотность бумаги: офсет 70-80&amp;nbsp;&amp;nbsp;г/м2.&amp;lt;br /&amp;gt;Белизна: 86-92 &amp;#37;</t>
+  </si>
+  <si>
+    <t>248206</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae6/ae6c26dd90a8dad16c8b2b801bc8c1e1/8f9f7d494310b29c8f00f415ba94371b.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE Fantasy 9х9х5 стакан салатовый белый блок штр.  4680237010636, 4977114401817</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache серии Fanasy для записей выполнен из белой офсетной бумаги. &amp;lt;br /&amp;gt;Салатовый пластиковый стакан обеспечивает удобство использования и порядок на рабочем столе. &amp;lt;br /&amp;gt;Блок-кубик упакован в термоусадочную пленку.&amp;lt;br /&amp;gt;Размер изделия &amp;#40;ШхДхВ&amp;#41;: 90х90х50 мм&amp;lt;br /&amp;gt;Плотность бумаги: офсет 70-80 г/м2.&amp;lt;br /&amp;gt;Белизна: 86-92 &amp;#37;.</t>
+  </si>
+  <si>
+    <t>248208</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/195/19543d3c1ed8b2419216c2505e36db38.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE в стакане 9х9х5 белый блок штр.  4607024010884, 4607122919133</t>
+  </si>
+  <si>
+    <t>Блок: высококачественный офсет.&amp;lt;br /&amp;gt;Плотность 80-100 г/м2,&amp;nbsp;&amp;nbsp;белизна 92-100&amp;#37;.&amp;lt;br /&amp;gt;Размер листов &amp;#40;ШхДхВ&amp;#41;: 90х90х50 мм&amp;lt;br /&amp;gt;Прозрачный пластиковый бокс.&amp;lt;br /&amp;gt;Блок-кубик упакован в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>248209</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3d/c3dd54725cd134ce3f5f610f4d13d75f.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE в стакане 9х9х5 цветной блок штр.  4607024010921, 4690432008710</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache размещен в прозрачном пластиковом боксе. Cостоит из квадратных листочков 9-9 см. Изготовлены из офсета высокого качества, плотностью 80-100 гр/кв.м, в комплекте есть листочки двух цветов. Блок-кубик Attache упакован в герметичную полиэтиленовую пленку.</t>
+  </si>
+  <si>
+    <t>248210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b4/oval1sxu5jham85bgs6q0lnchm0vltcv.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE в стакане 9х9х9 белый блок штр.  4607023141657, 4607024010877</t>
+  </si>
+  <si>
+    <t>Блок: высококачественный офсет.&amp;lt;br /&amp;gt;Плотность&amp;nbsp;&amp;nbsp;80-100 г/м2,&amp;nbsp;&amp;nbsp;белизна 92-100&amp;#37;.&amp;lt;br /&amp;gt;Размер изделия &amp;#40;ШхДхВ&amp;#41;: 90х90х90 мм&amp;lt;br /&amp;gt;Прозрачный пластиковый бокс.&amp;lt;br /&amp;gt;Блок-кубик упакован в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>248211</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b94/b942e215b9481583bff71d3a92294baf/4f92168df36bb8c972f1f0d7cd7007a8.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE в стакане 9х9х9 цветной блок штр.  4607023145204, 4607024010891, 4607024066591</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache поставляется в комплекте с прозрачным пластиковым боксом. Листочки изготовлены из офсетной бумаги высокого качества, плотностью 80-100г/кв.м. В наборе - квадратные листочки &amp;#40;9-9 см&amp;#41; двух цветов. Блок-кубик упакован в герметичную полиэтиленовую пленку.</t>
+  </si>
+  <si>
+    <t>248212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5c/a5c439f62dea17bc272dc116de8058ec/26e5b886c031340880ecd206ea9f6c39.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 8х8 300л  - 5  цветной штр.  4680237006707</t>
+  </si>
+  <si>
+    <t>Блок-кубик, 300 листов &amp;#40;&amp;#43;/- 5&amp;#37;&amp;#41; упакован в термоусадочную пленку.&amp;lt;br /&amp;gt;Размер изделия &amp;#40;ШхД&amp;#41;: 80х80 мм&amp;lt;br /&amp;gt;Плотность 70-80 г/м2.</t>
+  </si>
+  <si>
+    <t>248213</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c64/c641acaf417bd4a81ccd6b9e008eba8e/40723a283d882551755c5fefb7e07bd5.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х5 белый блок штр.  4607024010587, 4607122919140</t>
+  </si>
+  <si>
+    <t>Запасной блок-кубик Attache изготовлен из высококачественной офсетной бумаги &amp;#40;плотность 80-100 г/кв.м&amp;#41;. В блоке высотой 5 см - квадратные листочки 9-9 см, белизна 92-100&amp;#37;, подходят для любых ручек и карандашей, не продавливается. Блок-кубик можно поместить в пластиковый стакан - диспенсер. Блок-кубик поставляется в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>248214</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d8/0s92p6gkvgt0lgmv49zkop5fm4apjyqz.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х5 разноцветный штр.  4680237014160, 4680237018267</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache для диспенсеров. Высота - 5 см, размер листов - 9-9 см. Блок-кубик изготовлен из офсетной бумаги плотностью 70-80 г/кв.м нескольких цветов. Блок-кубик поставляется в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>248215</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c53/c5305952563273918f82a776972de5a4/757febe43febeaf0fa17cd9efef22fd7.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х5 триколор штр.  4680237026156</t>
+  </si>
+  <si>
+    <t>Запасной блок-кубик Attache. &amp;lt;br /&amp;gt;Высота - 5 см, размер листов - 9х9 см. &amp;lt;br /&amp;gt;Изготовлен из офсетной бумаги плотностью 70-80 г/кв.м в виде триколора РФ. &amp;lt;br /&amp;gt;Поставляется в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>248216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/9045f4799fdbcca5413138b93469b30e/b00ee532f261b8b5527d48e73a027dfb.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х5 цветной блок штр.  4607024011607, 4607122914503</t>
+  </si>
+  <si>
+    <t>Высококачественный офсет 80-100 г/м2.&amp;lt;br /&amp;gt;Размер изделия &amp;#40;ШхДхВ&amp;#41;: 90х90х50 мм&amp;lt;br /&amp;gt;Блок-кубик упакован в термоусадочную плёнку.</t>
+  </si>
+  <si>
+    <t>248217</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb8/eb812b0d6e40883db51be1cface25d3e/5b180aecbf9d260593aa0a79bf16572e.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х9 белый блок штр.  4607024010600, 4607122919157</t>
+  </si>
+  <si>
+    <t>Запасной блок-кубик Attache изготовлен из высококачественной офсетной бумаги &amp;#40;плотность 80-100 г/кв.м&amp;#41;. В блоке высотой 9 см - квадратные листочки 9-9 см, белизна 92-100&amp;#37;, подходят для любых ручек и карандашей, не продавливается. Блок-кубик можно поместить в пластиковый стакан - диспенсер. Блок-кубик поставляется в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>248218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/26d/26d30e2f8fd8816ff5b236249b58132e/0fa85fc05639a55e6b243f713d552b53.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х9 разноцветный штр.  4680237014177, 4680237018274</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache для диспенсеров. Высота - 9 см, размер листов - 9-9 см. Блок-кубик изготовлен из офсетной бумаги плотностью 70-80 г/кв.м нескольких цветов. Блок-кубик поставляется в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>248219</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0e/d0edd0db1b5ef9cdd3a65ffda7a95a7b/0468033a4957cf9cdad33d616b7a5fa9.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х9 цветной блок штр.  4605475000010, 4607024011621, 4607122914497</t>
+  </si>
+  <si>
+    <t>Запасной блок-кубик Attache состоит из квадратных цветных листочков 9-9 см. Изготовлены из офсетной бумаги высокого качества, плотностью 80-100г/кв.м. Листочки предназначены для создания закладок, ведения деловых записей. Запасной блок-кубик упакован в герметичную полиэтиленовую пленку, может помещаться в стандартных диспенсерах.</t>
+  </si>
+  <si>
+    <t>248220</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4c/f4c382f77b1bcdc6843171cbefc2a99a/c9ac632300ddf472edb76779429141c1.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE на склейке 9х9х5 белый блок штр.  4680237025975</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE на склейке 9х9х5 бел/бл Плотность бумаги: 80 - 100 г/м2 Белизна 92-100&amp;#37;</t>
+  </si>
+  <si>
+    <t>248221</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/885/885c05a7151cec96e9490ee2f2c9e336/666f5cece00b040b6a17835398a148ed.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE на склейке 9х9х5 цветной блок штр.  4680237025982</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE на склейке 9х9х5 цв/бл Плотность бумаги: 80-100 г/м2</t>
+  </si>
+  <si>
+    <t>248222</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fab/fab223b3e0eb04e4f39c5b2e4061301b/2199ee270a4fe02f4eb399b79236e76c.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE на склейке 9х9х9 белый блок штр.  4607023145198, 4620004200518</t>
+  </si>
+  <si>
+    <t>Блок: высококачественный офсет.&amp;lt;br /&amp;gt;Плотность 80-100 г/м2,&amp;nbsp;&amp;nbsp;белизна 92-100&amp;#37;.&amp;lt;br /&amp;gt;Блок-кубик упакован в термоусадочную плёнку.</t>
+  </si>
+  <si>
+    <t>248223</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f24/lo5kt70m04cglot8dnjcllz0mx3dlar0.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE на склейке 9х9х9 цветной блок штр. 4680237025999</t>
+  </si>
+  <si>
+    <t>Блок для записей Attache предназначен для работы в офисе или дома. Будет полезен в использовании для рабочих процессов и повседневных задач, а также при проведении совещаний, обучений, мозговых штурмов. Идеально подходит для работников офиса . Блок высотой 9 см сложен из квадратных листов размером 9х9 см. Листы склеены между собой. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2. В блоке представлены листы трех цветов: белого, оранжеового, розового. Блок для записей подходит для письма любыми типами ручек и карандашей. Благодаря высокой плотности листы не продавливаются при нажатии. Поставляется в термоусадочной пленке, защищающей блок при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.</t>
+  </si>
+  <si>
+    <t>248224</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a4/8a41c4b63d8d2b7a6f21717e8cb2209c/f05051609cea23b33b809da9dc2ed776.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE спиралевидный 8х8х5 цветной 24шт. уп. штр.  4607024010303</t>
+  </si>
+  <si>
+    <t>Высококачественный цветной офсет.&amp;lt;br /&amp;gt;Плотность 60-80г/м2.&amp;lt;br /&amp;gt;Блок-кубик упакован в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>248225</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90d/90dc3a530289618a0e78db4c25a4d11a/d56cf2cf21146453bc50c45f152574ca.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache в стакане 9х9х5 белый бл., прозр.ст. 24шт уп. штр.  4680237001016</t>
+  </si>
+  <si>
+    <t>Блок-кубик в стакане 9-9-5 белый блок, прозрачный стакан.</t>
+  </si>
+  <si>
+    <t>248226</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07c/07c537303945035d9e771a203638e57f.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache в стакане 9х9х9 белый бл., прозр. ст., 12шт уп. штр.  4680237001023</t>
+  </si>
+  <si>
+    <t>Блок-кубик в стакане 9х9х9 белый Плотность бумаги: 55-60 г/м2 Белизна: 65-70&amp;#37;</t>
+  </si>
+  <si>
+    <t>248227</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/200/200500ed9d555eeaac17635ef4915d75/c69e4716e2176da24a7f333cad1d04b1.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache запасной 9х9х5 белый бл., 24шт уп. штр.  4680237001030</t>
+  </si>
+  <si>
+    <t>Блок-кубик запасной 9х9х5 белый.&amp;lt;br /&amp;gt;Плотность бумаги - 55-60 гр/м2.&amp;lt;br /&amp;gt;Белизна - 65-70&amp;#37;.</t>
+  </si>
+  <si>
+    <t>248228</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/398/398bda77fde635dee3528b9a674d7ac0/43a6848acdbc782aa8be43df7f7f1714.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache запасной 9х9х9 белый бл., 12шт уп. штр.  4680237001047</t>
+  </si>
+  <si>
+    <t>Блок-кубик запасной 9х9х9 белый. 900 листов в блоке. Плотность бумаги: 55-60 г/м2 Белизна: 65-70</t>
+  </si>
+  <si>
+    <t>248229</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f48/f480bdee4c0960b01cab976e1317dd13/21ee64c1866d034954d6ddba738ead8b.jpg</t>
+  </si>
+  <si>
+    <t>Бокс для бумаги 9х9х9 прозрачный штр.  4620000637578</t>
+  </si>
+  <si>
+    <t>Выполнен из высококачественного пластика.&amp;lt;br /&amp;gt;Прозрачный.</t>
+  </si>
+  <si>
+    <t>248231</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd3/fd38e27ebbe1579f40917fe7fafcbf91/d415e243480eaa2666788a7582bdacaf.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 38х51 желтый 100л. 3 шт наб. штр.  4680010100431, 4680237037039, 4690432019709, 4712759907597, 6953070934819, 6953070934826, 6953070934833, 6957723490479</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 38-51 мм, пастельная, желтого цвета. Плотность бумаги составляет 62 г/кв.м, клейкий слой - 18 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248232</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bec/bec838b53acc1b9b32b35a862f46f6ee/d65236193f3c59f4c8716cc9a96caa3e.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х51 желтый 100л. штр.  4680010100424, 4690432019716, 4712759907603, 6953070934840, 6953070934857, 6953070934864, 6953070935601, 6957723490486</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-51 мм, пастельная, желтого цвета. Плотность бумаги составляет 62 г/кв.м, клейкий слой - 18 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248233</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eec/eec81d93c9093d1085e66b19a3c8b8a8/955fa0db8d844d1f30471e3fceaec6e1.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х76 голубой 100л. штр.  6953070958143</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-76 мм, пастельная, голубого цвета. Плотность бумаги составляет 62 г/кв.м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248234</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b33/b3368b05f315cbcd1a545dd6f0c12729/586f4ca28bfe107cfb1f1e2c7b7a9abf.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х76 желтый 100л. штр.  4680010100356, 4690432019723, 4712759907610, 6953070934871, 6953070934888, 6953070934895, 6957723490493, 6957723490806</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-76 мм, пастельная, желтого цвета. Плотность бумаги составляет 62 г/кв.м, клейкий слой - 18 Н/м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83f/83fbfc9f320ada597e7414020f84dcd1/ee73790c55a58c55a9069e695790493f.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х76 розовый 100л. штр.  6953070958174</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-76 мм, пастельная, розового цвета. Плотность бумаги составляет 62 г/кв.м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248236</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/277/277768bd84c572ff266ddc23857c669e/ecfb37699ffaeabcc74578288180b4e6.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х76 салатовый 100л. штр.  6953070958204</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-76 мм, пастельная, салатового цвета. Плотность бумаги составляет 62 г/кв.м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248237</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/332/33210d822e2ecf5aff5ab5e9114e96f0/111f7fad67d0f087f218e77691cd47dd.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем Z-блок 76х76 желтый 100л. штр.  4680010100363, 4690432019754, 4712759907627, 6953070937698, 6953070937704, 6953070937711, 6957723490523</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache подходит для установки в любые Z-диспенсеры. Размер стикеров - 76-76 мм, желтый цвет, пастельный тон. Клейкость составляет 18 Н/м. В упаковке 100 листов.</t>
+  </si>
+  <si>
+    <t>248238</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85b/85b70a182fae9968fccdea49f4610908/3b15cc1b2afdba9b270ccbe2d57ceddb.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection куб 76х76, желтый неон 400 л штр.  4712759907894</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Attache с клейким краем. Размер - 76-76 мм, неоновые, желтого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 400 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248239</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f89/f8934d514bf1f368839586a6bd5f1aa6.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection куб 76х76, зел ный 400 л штр.  4712759907917</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Attache с клейким краем. Размер - 76-76 мм, пастельные, зеленого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 400 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248240</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d0/2d0cd203229b15c809df99c11341de39.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection куб 76х76, клубничный микс 400 л штр.  4712759907948</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Attache с клейким краем. Размер - 76-76 мм, пастельные и неоновые, 5 цветов. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 400 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/728/728bac19b063e64fb5ccd586f0ab6363.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection куб 76х76, радуга 400 л штр.  4712759907887</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Attache с клейким краем. Размер - 76-76 мм, неоновые, 5 цветов. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 400 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d1/2d145a66095810399f09067916cf4ee3/b67044b690c92330cab03aa6a26cf673.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection куб 76х76, розовый 400 л штр.  4712759907900</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Attache с клейким краем. Размер - 76-76 мм, пастельные, розового цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 400 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248243</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e27/e27d711599cf539b5f412fe537f13e90.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection куб 76х76, фреш 400 л штр.  4712759907955</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Attache с клейким краем. Размер - 76-76 мм, пастельные и неоновые, 5 цветов. Плотность бумаги составляет 75&amp;nbsp;&amp;nbsp;г/кв.м, клейкий слой - 20 Н/м. В упаковке 400 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248244</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/708/708b56b82156514dbad1d4ea9d9737d9.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection миникуб 51х51, зел ный 250 л штр.  4712759907870</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Attache с клейким краем. Размер - 51-51 мм, неоновые, зеленого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 250 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248245</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/443/4439ad1081beb9749ec75731b492a312/4d9948318dd1284a1ae0a47ae49f24e9.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection миникуб 51х51, клубничный микс 250 л штр.  4712759907924</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Attache с клейким краем. Размер - 51-51 мм, пастельные и неоновые, 5 цветов. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 250 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248246</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/801/80167c0d9276731cd8026d64b1ce7fd3/6df6a4b26c1e42336e1b4dc82db9e322.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection миникуб 51х51, радуга 250 л штр.  4712759907856</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Attache с клейким краем. Размер - 51-51 мм, неоновые, 5 цветов. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 250 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/201/2018bd0ea934b36305b8e05275532352.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection миникуб 51х51, фреш 250 л штр.  4712759907931</t>
+  </si>
+  <si>
+    <t>248249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cc/3cc60466962f11e6c70cca0febf0f3ae/d295e8842757a100d5bb99ccadc6c544.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 38х51, неон, 4 цвета 50х4 штр.  4712759907849</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 38-51 мм, неоновая, 4 цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 4 блока по 50 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecf/ecf21a3f7ec4815689ca80aa412dd0eb/4c58ccb708c7cc231c39010b5edd88b8.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х51, неон, голубой 100л штр.  4712759907818</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-51 мм, неоновая, голубого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248251</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da0/da05eb7ec38a33658485c9ad14ff583f/05b26e6aced96bd40212d93c977fde41.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х51, неон, желтый 100л штр.  4712759907771, 4712759908464</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-51 мм, неоновая, желтого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248252</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ae/9aea8bf2953e2d939f7c701447f8e1e9.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х51, неон, зеленый 100л штр.  4712759907801</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-51 мм, неоновая, зеленого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248253</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/978/97838a4e0b9d378efae14503c32f8730/56d28014ec2e42bd7489ea76a40047dc.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х51, неон, оранж. 100л штр.  4712759907788</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-51 мм, неоновая, оранжевого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой -20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248254</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/628/62898357de9e18458197947271121a40/01efd93b93d946f23351ef84450e11a7.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х51, неон, пурпур. 100л штр.  4712759907795</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-51 мм, неоновая, пурпурного цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248255</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e03/e038fb117a08c85f64631e50f7447f97/fd976092a78d0ad5e22c3b1e4ac0d53c.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х76, неон, 3 цвета 50х3 штр.  4712759907832</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-76 мм, неоновая, 3 цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой -20 Н/м. В упаковке 3 блока по 50 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248259</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/223/223aff8a03e231125549205ea7d94d1e/edde1736fd7150c343434690d9a6877e.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х76, неон, голубой 100л штр.  4712759907757, 4712759908440</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-76 мм, неоновая, голубого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248260</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ad/3ade414b3655587581ff67b7ed4f9ef3/06df64a16b5cad7ba48685862971318a.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х76, неон, зеленый 100л штр.  4712759901120, 4712759907740</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-76 мм, неоновая, зеленого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248262</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f32/f32897ba56fc37f49b2e7804e53b9790/d3ee1896ebc52c9960f9cc8894aecc66.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х76, неон, оранж. 100л штр.  4712759907726, 4712759908419</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-76 мм, неоновая, оранжевого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/889/88959b1b3a235f32e86f3b3f994f48e9/b30f82ac001954d3dcb6274b46557ef1.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с клеев. краем 76х76, неон, пурпур. 100л штр.  4712759907733, 4712759908426</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Attache. Размер - 76-76 мм, неоновая, пурпурного цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248264</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d44/d44a36ee82562ec95e28dab66273f7d8/4b1fa6baf6ee5dfc64555d66f900cd12.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores блок фигур.  Диалог  5 цветов 250л.  48707 штр.  9023800487070</t>
+  </si>
+  <si>
+    <t>Блок-кубик фигурный Kores с клейким краем выполнен в форме диалогового окна диаметром 70 мм, пять цветов. В упаковке 250 листов, плотность бумаги - 70 г/кв.м. Клейкий слой составляет 27 Н/м.</t>
+  </si>
+  <si>
+    <t>248269</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/932/932ea6d97341bcfb5595574cbeffc2d2/531e87fcbaad02512d621bd6781af0ac.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 100х150 желтая 100л. линейка  46510 штр.  9023800465108</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем. Размер - 100-150 мм, пастельная, желтого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248270</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/066/066c43a95ccf373b2e59b13049f97691/54af21b4a48d083319e238f85a4cfd89.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 100х75 желтая 100л.  46100 штр.  8412029600055, 8412029781006, 9023800461001, 9023800462008</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 100-75 мм, пастельная, желтого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248271</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55c/55c1e37e70c57deb4c68a520847e7211/fcc03788ed6f3dcb550e6d7120668cb1.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 125х75 желтая 100л.  46125 штр.  8412029600024, 8412029781259, 9023800461254, 9023800462251</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 125-75 мм, пастельная, желтого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248272</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be6/be6ea5e0cc568d389f0c326d94ab2dc4/e2c801230177e9160cfbd88a5c998416.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 40х50 неон.гамма 4шт. уп.по 50л.  48450 штр.  3365483424505, 8300483484505, 8412029661209, 9023800484505</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 40-50 мм, неоновая, 4 цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 4 блока по 50 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248273</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cb/9cb85b701916a4b7a04afab83283c6c2/e1807cef17d2beb159d5798a5aae1ab6.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 50х40 желтая 100л. 3шт. уп.  46050 штр.  8412029780504, 9023800460509</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 50-40 мм, пастельная, желтого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 3 блока по 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248274</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/758/758a5da8b72859d175cccd0cde1f6932/8c1d40af94758c6788fc3d3d2ab266bb.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 75х50 желтая 100л.  46057 штр.  9023800460578</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 75-50 мм, пастельная, желтого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248275</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffd/ffd630cee6dd39963fc32d562c70bd19/0276f96086becd8bed54f460228bfa8f.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 75х75 желтая 100л.  46075 штр.  9023800460752</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 75-75 мм, пастельная, желтого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов.&amp;nbsp;&amp;nbsp;После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248276</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/591/59152fa967de4fce099c0dc2b9fa12e3/56493f239a5b2487cebf4d03ab327e9d.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 75х75 неон. гамма 4цв. 450л. 48465 штр.  9023800484659</t>
+  </si>
+  <si>
+    <t>Бумажные стикеры Kores с клейким краем. Размер - 75-75 мм, неоновые, 4 цвета. Плотность бумаги составляет 70 г/кв.м, клейкий слой - 27 Н/м. В упаковке 450 листов. Стикеры отлично держатся на любых поверхностях и предметах. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248277</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/189/1896b110652b13a84e9e27275fcfdd17/e0ae215a16d7b5379185bf10d2bff62b.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 75х75 неоновая желтая 100л.  47076 штр.  9023800470768</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 75-75 мм, неоновая, желтого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248278</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a5/6a5cb7988e6044d4217d4b6fdd350960/bd8af2f1195aef8b8f96012f9a7a0a66.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 75х75 неоновая зеленая 100л.  47077 штр.  9023800470775</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 75-75 мм, неоновая, зеленого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248279</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b6/8b6dd0340ed64f506681f23d4d8d2f08/874515f136f46c44fb460b425ce11890.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 75х75 неоновая оранжевая 100л.  47074 штр.  9023800470744</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 75-75 мм, неоновая, оранжевого цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой 20 Н/м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248280</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e36/e36ba250bae37de1e57e57bcb08c54e0/4e479f35c7ac44e212f6c7487020d0bb.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Kores бум.для зам. 75х75 неоновая розовая 100л.  47075 штр.  9023800470751</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем Kores. Размер - 75-75 мм, неоновая, розового цвета. Плотность бумаги составляет 75 г/кв.м, клейкий слой - 20 Н/м. В упаковке 100 листов. После удаления бумаги на поверхности не остается следов клеевого состава, лист можно крепить повторно.</t>
+  </si>
+  <si>
+    <t>248281</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ed/8edb93a5003b66ab27e92e93ca1d3e17/fedaa8435fd4e2a0b75c3dcf73f4eef5.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection кл. кр. 76х76   76х25   заклад.плас.12х45 штр.  4712759908051</t>
+  </si>
+  <si>
+    <t>Набор Attache Selection в пластиковом диспенсере черного цвета, размер диспенсера - 166 x106 x27 мм&amp;lt;br /&amp;gt;Набор входят стикеры,&amp;nbsp;&amp;nbsp;76x76 мм, стикеры 76x25 мм, &amp;lt;br /&amp;gt;пластиковые закладки 5 цветов по 20 листов, размер одной закладки - 12x45 мм&amp;lt;br /&amp;gt;</t>
+  </si>
+  <si>
+    <t>248390</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/319/31969cad161850b839fa075b996446fb/801e914238803ddcfadbd0e4b6811136.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection с кл. кр. 76х76   кл. заклад. бумажные76х14 штр.  4712759908068</t>
+  </si>
+  <si>
+    <t>Набор Attache Selection в диспенсере: блок-кубикразмером 76-76 мм с клеевым краем&amp;#43; клейкие закладки размером 76-14 мм.&amp;lt;br&amp;gt;Ручка в комплект не входит.</t>
+  </si>
+  <si>
+    <t>248391</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed9/ed9bca7f330f3cca43170a96726063de/e5a09a20060ebd2a07a054b44aa8bd3a.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки бум. 4цв.по 50л. неон 20х50мм Strips Kores  45104 штр.  8412029661001, 9023800451040</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся закладки Kores Index Stripes шириной 20 мм помогают выделить и систематизировать нужную информацию в документах, книгах, журналах. Выполнены из бумаги, подходят для нанесения надписей шариковой ручкой. В упаковке - закладки четырех «неоновых» цветов по 50 штук каждого.</t>
+  </si>
+  <si>
+    <t>248405</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d9/9d9511f14ac21e71373067cf86693e02/c9f33cecff5701292557add7a4532bad.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки бумаж. 4цв.по 50л. 50ммх20 Attache Selection штр.  4712759908112</t>
+  </si>
+  <si>
+    <t>Клейкие закладки бумажые Attache Selection &amp;lt;br /&amp;gt;Количество: 4цв.по 50л. &amp;lt;br /&amp;gt;Размер закладки 20 мм х 50 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.</t>
+  </si>
+  <si>
+    <t>248407</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e4/9e4e34e33cb4bf60c07b81c6de8e02f0/5bbba9181cab6135ea499b7533003ce1.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки бумажные 5цв.по 50л. 14ммх50 Attache штр.  6949662903530, 6953070958099</t>
+  </si>
+  <si>
+    <t>Бумажные клейкие закладки Attache. В упаковке 5 ярких неоновых цветов по 50 листов каждого. Стикеры клейкие, ширина которых составляет 14 мм, могут служить закладками в документах, использоваться для записи краткой информации, для выделения текста. Стикеры клейкие легко удаляются, не оставляя следов и не повреждая бумагу.</t>
+  </si>
+  <si>
+    <t>248408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/515/515567314667699418ea3785c6cad9b5/f09b1511d58ee690d62f378c4c8381b6.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт.  Стрелка  8цв.по 15л. 45ммх12 Attache Selection штр.  4712759908013</t>
+  </si>
+  <si>
+    <t>Клейкие закладки, пластиковые &amp;quot;стрелки&amp;quot;.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 8 ярких цветов по 15 листов.&amp;lt;br /&amp;gt;Размер закладки 12 мм х 45 мм.&amp;lt;br /&amp;gt;Размещены на линейке 12 см.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff8/ff86a21f01ebd74b23a5c28c2d2d0e30/0071b781ea5b209e452f2465caa13c76.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 1цв.по 25л. 25ммх45 желт Attache штр.  4690432006792, 6949662903356, 6957723490530</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся закладки для выделения информации. На клейких закладках можно писать. Клеевой край предназначен для многократного переклеивания. В процессе отклеивания не повреждает бумагу. Клейкие закладки расположены в мини-диспенсере, который позволяет моментально подготовить к работе следующую закладку. Размер клейкой закладки - 25-45 мм.</t>
+  </si>
+  <si>
+    <t>248423</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f93/f93903888f3051bcd4ea6be81ecb29dc/7dc57a6745e050b3f9d1d31f267766bf.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 1цв.по 25л. 25ммх45 зелен Attache штр.  4690432006808, 6949662903387, 6953070935571</t>
+  </si>
+  <si>
+    <t>248424</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/719/7195fdfcf790133df12603127e2e30a7/bd7a39c4dcd0719602ff4500e1ecd1f1.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 1цв.по 25л. 25ммх45 оранж Attache штр.  4690432006839, 6949662903479, 6953070935489, 6957723490745</t>
+  </si>
+  <si>
+    <t>248426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9aa/9aaf767f5c6fcd8a33d87808af03c402/3c2b8da6704d1d9458c0f217387d3014.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 1цв.по 25л. 25ммх45 син Attache штр.  4690432006815, 6949662903417, 6953070935540, 6957723490776</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся закладки для выделения информации. На закладках можно писать. Клеевой край предназначен &amp;lt;br /&amp;gt;для многократного переклеивания. В процессе отклеивания не повреждает бумагу.&amp;nbsp;&amp;nbsp;Расположены в мини-&amp;lt;br /&amp;gt;деспенсере, который позволяет моментально подготовить к работе следующую закладку.&amp;lt;br /&amp;gt;Размер закладки 25 х 45 мм.</t>
+  </si>
+  <si>
+    <t>248427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b69/b69a56a27e0bf64064b53b12efbf09b6/96d728b2921d544944c2c0dc7ea55dd1.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 3цв.по 10л. 37ммх50 Attache Selection   линейка 12с штр.  4712759908105</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пластиковые Attache Selection &amp;lt;br /&amp;gt;Количество: 3цв.по 10л. &amp;lt;br /&amp;gt;Размер: 37мм х 50мм &amp;lt;br /&amp;gt;Размешены на линейке 15 см.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aaf/aafe571846a0f8f0342f1e9ac02f2671/7873463a111f985333f0ec08a1760bf4.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 4цв.по 20л. 38ммх25 Attache Selection штр.  4712759907962</t>
+  </si>
+  <si>
+    <t>Клейкие закладки, пластиковые.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 4 ярких цвета по 20 листов.&amp;lt;br /&amp;gt;Размер закладки 25 мм х 38 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248430</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/770/77038b733e50e5658bda0d8fb900aaf5/d298d9484f342692e356cfb4635608b0.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 5цв.по 20л. 12ммх45 Attache  030951023 штр.  4690432001681, 6949662903325, 6953070934772, 6957723490547</t>
+  </si>
+  <si>
+    <t>Пластиковые клейкие закладки Attache. В упаковке 5 ярких неоновых цветов по 20 листов каждого. Стикеры клейкие, ширина которых составляет 12 мм, могут служить закладками в документах, использоваться для записи краткой информации, для выделения текста. Прозрачный пластик, из которого изготовлены стикеры, не скрывает при этом самого текста. Стикеры клейкие легко удаляются, не оставляя следов и не повреждая бумагу.</t>
+  </si>
+  <si>
+    <t>248435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e5/5e5425fcbd74d02e4eceef1b0f96fbe9/b40a8f33f94b4002eeded6f97935709f.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 5цв.по 20л. 45ммх12 Attache Selection штр.  4712759907993</t>
+  </si>
+  <si>
+    <t>Клейкие закладки, пластиковые.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 5 ярких цветов по 20 листов.&amp;lt;br /&amp;gt;Размер закладки 12 мм х 45 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/207/2079cb1f6ea735241e18f9c8ab3e3283/e806f3c3dc083588ab5857d028df77e2.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 5цв.по 25л. 12ммх45 Attache  PET-01 штр.  4690432008741, 6949662903509, 6953070934802</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся закладки ярких неоновых цветов. Каждый цвет расположен в отдельном мини-диспенсере, возможно отделение каждого мини-диспенсера друг от друга. Клейкие закладки предназначены для выделения информации. На закладках можно писать. Клеевой край предназначен для многократного переклеивания. В процессе отклеивания не повреждает бумагу. Клейкие закладки расположены в мини-диспенсере, который позволяет моментально подготовить к работе следующий стикер. Цвета клейких закладок: розовый, оранжевый, желтый, зеленый, голубой.</t>
+  </si>
+  <si>
+    <t>248437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e8/3e8b6cf5dd9183d86f85fa81fe1a2a9c/e00efe986b11f91a4edf0d173336b539.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 5цв.по 25л. 45ммх12 Attache Selection штр.  4712759907979</t>
+  </si>
+  <si>
+    <t>Клейкие закладки, пластиковые.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 5 ярких цветов по 25 листов.&amp;lt;br /&amp;gt;Размер закладки 12мм х 45 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8cb/8cb35af9bf9aa35d82f391fe4ea7c21a/108104b48a442be205627cf7320f4831.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 5цв.по 25л. Film Kores  45105 штр.  6023060452057, 8412029661018, 9023800451057</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся закладки Kores Film шириной 12 мм помогают выделить и систематизировать нужную информацию в документах, книгах, журналах. Пять ярких цветов. Стикеры клейкие выполнены из тонкого пластика, подходят для нанесения надписей. Могут многократно переклеиваться, не оставляют следов клея, не повреждают бумагу. Стикеры клейкие поставляются в удобной упаковке, 125 штук &amp;#40;по 25 каждого цвета&amp;#41;.</t>
+  </si>
+  <si>
+    <t>248439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55a/55acf3da9407609c397581eed2e02504/5a680ce34177e4e254f6c3ae9cfaff80.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 8цв.по 15л. 45ммх12 Attache Selection штр.  4712759908020</t>
+  </si>
+  <si>
+    <t>Клейкие закладки, пластиковые.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 8 ярких цветов по 15 листов.&amp;lt;br /&amp;gt;Размер закладки 12 мм х 45 мм.&amp;lt;br /&amp;gt;Размещены на линейке 12 см.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248440</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/276/276a4348985c901daf088ddff8dc2a27/567f081dca7c552ee4b855d349bae202.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 8цв.по 15л.12х45мм двухцв.на линейке Kores  45121 штр.  9023800451217</t>
+  </si>
+  <si>
+    <t>Набор клейких закладок на линейке 12 см. В наборе 8 ярких цветов по 15 листочков. Размер закладки 12х45 мм.&amp;lt;br /&amp;gt;Клеевой состав позволяет многократно переклеивать закладку не повреждая бумагу.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.</t>
+  </si>
+  <si>
+    <t>248441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56f/56f53ca933e6aa04f5ad7ba28cba8881/02f3ddd4a08d5cbe5033d57c038d9484.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 8цв.по 20л. 45ммх8 Attache Selection штр.  4712759907986</t>
+  </si>
+  <si>
+    <t>Клейкие закладки, пластиковые.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 8 ярких цветов по 20 листов.&amp;lt;br /&amp;gt;Размер закладки 8 мм х 45 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248442</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/895/895f3db615b11bba19ea5d15a62cc3ae/edf9bc12e2ebbe41c0dd0495668a5f0e.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 8цв.по 25л. 45ммх12 Attache Selection штр.  4712759908006, 4712759908693</t>
+  </si>
+  <si>
+    <t>Клейкие закладки, пластиковые.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 8 ярких цветов по 25 листов.&amp;lt;br /&amp;gt;Размер закладки 12 мм х 45 мм.&amp;lt;br /&amp;gt;Размещены на линейке 12 см.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d29/d29f164dd5fa5df29af81500208735bf/a3bf0fe67a6d52fc16bf4a8d43da93cb.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 8цв.по 25л. Film на линейке Kores  45120 штр.  9023800451200</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся закладки Kores Film шириной 12 мм помогают выделить и систематизировать нужную информацию в документах, книгах, журналах. Стикеры клейкие выполнены из тонкого пластика, подходят для нанесения надписей. Могут многократно переклеиваться, не оставляют следов и не повреждают бумагу. Стикеры клейкие представлены в восьми ярких цветах по 25 штук каждого. Стикеры закреплены на 12-сантиметровой линейке.</t>
+  </si>
+  <si>
+    <t>248444</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/258/258da3fe4b5423ff50c1fb37ddd51b16/76d73153412ed4c61650c33652610add.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. POP-UP 4цв.по 35л. 45ммх12 Attache Selection штр.  4712759908037</t>
+  </si>
+  <si>
+    <t>Клейкие закладки, пластиковые.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 4 ярких цвета по 35 листов.&amp;lt;br /&amp;gt;Размер закладки 12 мм х 45 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248445</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/488/4885f316cfde0c56e42a12b1d010df4d/8d6f5a06c2be1a1313db5d56a39c0339.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. POP-UP 5цв.по 40л. 45ммх12 Attache Selection. штр.  4712759908044</t>
+  </si>
+  <si>
+    <t>Клейкие закладки, пластиковые.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 5 ярких цветов по 40 листов.&amp;lt;br /&amp;gt;Размер закладки 12 мм х 45 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248446</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93d/93dc971c2cc7d95489ad547b779f67fb/36f92723b99ba843d9e48d78516a8493.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 1цв.по 50л. 25ммх45 зелен Attache Selection штр.  4712759909157</t>
+  </si>
+  <si>
+    <t>Клейкие пластиковые в диспенсере. При отрывании одной закладки следующая уже готова к использованию.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;Цвет: зелёный.&amp;lt;br /&amp;gt;Количество закладок: 50 &amp;lt;br /&amp;gt;Размер закладки 25 мм х 45 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba4/ba4a5c0059149d954337e16a75bb7b87/2b7fdbb33cef42ddc4c54b176c545fc3.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 1цв.по 50л. 25ммх45 пурпурн Attache Selection штр.  4712759909164</t>
+  </si>
+  <si>
+    <t>Клейкие пластиковые в диспенсере. При отрывании одной закладки следующая уже готова к использованию.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;Цвет: пурпурный.&amp;lt;br /&amp;gt;Количество закладок: 50 &amp;lt;br /&amp;gt;Размер закладки 25 мм х 45 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3c/a3c3e3fc214d65e4bc7c67bedc4c6544/0541a26ba91016db021f2b9a5bac1bc8.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. POP-UP стрелки 4цв.по 30л. 45ммх12 Attache Selectio штр.  4712759909188</t>
+  </si>
+  <si>
+    <t>Клейкие закладки в виде стрелок пластиковые в диспенсере. При отрывании одной закладки следующая уже готова к использованию.&amp;lt;br /&amp;gt;Легко удаляются, не оставляя следа.&amp;lt;br /&amp;gt;В упаковке 4 цвета по 30 листов.&amp;lt;br /&amp;gt;Размер закладки 12 мм х 45 мм.&amp;lt;br /&amp;gt;На закладках есть возможность оставлять надписи.&amp;lt;br /&amp;gt;Легко переклеиваются.</t>
+  </si>
+  <si>
+    <t>248451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70d/70d0d9c8d641e5cc4879c2674aff1e64/4970c098fdf234fdfab6ce46efc09397.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label для папок-рег,192х38мм 7шт.на л.A4 25л штр.  4630012882651</t>
+  </si>
+  <si>
+    <t>Этикетки бумажные самоклеящиеся Mega Label для маркировки папок-регистраторов подходят для печати на лазерных и струйных принтерах. Белизна верхнего слоя составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Количество на листе: 7 этикеток размером 192-38 мм. В упаковке 25 листов формата А4.</t>
+  </si>
+  <si>
+    <t>250136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04f/04fc89b7857ddd0e67dab93661e7ceaa/e920a3e6ce872654d712092f8b4a09a9.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся ProMEGA Label для пап-рег,192х61мм 4шт.на л.А4,25л штр.  4630012882644</t>
+  </si>
+  <si>
+    <t>Этикетки бумажные самоклеящиеся Mega Label для маркировки папок-регистраторов подходят для печати на лазерных и струйных принтерах. Белизна верхнего слоя составляет 98&amp;#37;. При хранении листы с этикетками не слипаются между собой. Количество на листе: 4 этикетки размером 192-61 мм. В упаковке 25 листов формата А4.</t>
+  </si>
+  <si>
+    <t>250137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/fzd2jepxl4xsdn26oks6u0korcsel6dz.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. LITE 9х9х9 см Куб не прокл.белизна 70-80   65 г м2: NPNW-999LE штр.: 4602723087540</t>
+  </si>
+  <si>
+    <t>Блок для записей LITE изготовлен из высококачественной бумаги. Идеально подходит для быстрой фиксации информации. Предназначен для использования в подставке или настольном органайзере.Основные характеристики:- Плотность бумаги 65 г/м2- Натуральная белизна &amp;#40;70-80&amp;#37;&amp;#41;- Размеры - 9?9х9 см и 9х9х5 см- Непроклеенные блоки- Упакован в термоплёнку.</t>
+  </si>
+  <si>
+    <t>331348</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b12/l7szktat2mfeitjqt83nhoubj5w70ui0.jpg</t>
+  </si>
+  <si>
+    <t>Блок д зап. LITE 9х9х5 см Куб не прокл.белизна 70-80   65 г м2: NPNW-995LE штр.: 4602723087557</t>
+  </si>
+  <si>
+    <t>331349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ee/4ee4f68358205ff515a9555d1d0c90bd.jpg</t>
+  </si>
+  <si>
+    <t>Закладка - ляссе самоклеящаяся для формата А4  quot;Триколор quot;  3 широкие ленты . СзА4_16142</t>
+  </si>
+  <si>
+    <t>Закладки-ляссе представляют собой 3 широкие &amp;#40;шириной 12&amp;nbsp;&amp;nbsp;мм&amp;#41; ленты из ткани разных расцветок формата А4. На конце ленты имеется липкий слой, благодаря которому на заднюю часть обложки с внутренней стороны наклеивается закладка. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>332170</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68d/68d945fa55a16a34e2b36b4c93d9983d/9ddae8f2633bb9ba926d3546fc36fa45.jpg</t>
+  </si>
+  <si>
+    <t>Сменный блок 100л,клетка,А4 968745</t>
+  </si>
+  <si>
+    <t>Сменный блок 100л,клетка,А4</t>
+  </si>
+  <si>
+    <t>334431</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eab/eab6e1c05bb651c899d93b5d9280390a/dae9ae80d6af0a76118a637edb5acf27.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ в стакане 9х9х5 цветной 968760</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ в стакане 9х9х5 цветной</t>
+  </si>
+  <si>
+    <t>334435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/089/0893640065301a2a2b6e6d0a509b5d03/381db4bd808403207fba708b5f819dbe.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ в стакане 9х9х9 цветной 968761</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ в стакане 9х9х9 цветной</t>
+  </si>
+  <si>
+    <t>334436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b80/b80f9ed0d07099044616456a472ac9cb/aca38c1f7b047a541859123394906412.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ запасной 9х9х5 цветной 968762</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ запасной 9х9х5 цветной</t>
+  </si>
+  <si>
+    <t>334437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/314/31436c6a95af45277edc1268e8fefdab.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ запасной 9х9х9 цветной 968763</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ запасной 9х9х9 цветной</t>
+  </si>
+  <si>
+    <t>334438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c9/4c95c08fec697a0dca7c60126a91cc36.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ на склейке 9х9х5 белый 968764</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ на склейке 9х9х5 белый</t>
+  </si>
+  <si>
+    <t>334439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3e/b3eb0ee61f8c9856ea72dc42b7dcb82a/41fef91f1dab842e7062c50bd3e84aaa.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ на склейке 9х9х5 цветной 968765</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ на склейке 9х9х5 цветной</t>
+  </si>
+  <si>
+    <t>334440</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65f/65f1fa4270d2e36b907067e16d7a4e6e.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ на склейке 9х9х9 цветной 968767</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ на склейке 9х9х9 цветной</t>
+  </si>
+  <si>
+    <t>334441</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2a/b2a76e883980230c2aad78ebb9091df4/a405b7cb3f4acda678474127d4f14898.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 38х51 голубой 100л. 3 шт наб. 968776</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 38х51 голубой 100л. 3 шт/наб.</t>
+  </si>
+  <si>
+    <t>334448</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5a/c5a9d1ed974fcfe53fb9beb33c210a62/1e775d75da8d7d8db9beef0ddc534f50.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 38х51 розовый 100л. 3 шт наб. 968777</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 38х51 розовый 100л. 3 шт/наб.</t>
+  </si>
+  <si>
+    <t>334449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae4/ae43d97472e6331f1ce90c6503a20ef0/e35a865b91fc4c8422ab8fb0535c7483.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 38х51 салатовый 100л. 3 шт наб. 968778</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 38х51 салатовый 100л. 3 шт/наб.</t>
+  </si>
+  <si>
+    <t>334450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c8/7c87dd5e22daeea36844e36ae71be318/61f3a50f22b542d4ce1dc4b56f886744.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 51х51 желтый 100л. 968779</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 51х51 желтый 100л.</t>
+  </si>
+  <si>
+    <t>334451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0da/0dae29a4a82a203f3fb36c137bddc909.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х51 голубой 100л. 968780</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х51 голубой 100л.</t>
+  </si>
+  <si>
+    <t>334452</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6e/f6ec0b1065f4457f3ff7adf454834e13/e290d810c8501b34a3f3e323b512312c.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х51 розовый 100л. 968781</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х51 розовый 100л.</t>
+  </si>
+  <si>
+    <t>334453</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5e/a5ed8919a08b493e28594b3ca9716e63.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х51 салатовый 100л. 968782</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х51 салатовый 100л.</t>
+  </si>
+  <si>
+    <t>334454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74e/74e804ef8f7bd475f5256d0ff71e0e18/cc31c70653a9fe30f1baf4aa74e596d8.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 8цв.по 20л. 8ммх45 Attache 969438</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 8цв.по 20л. 8ммх45 Attache</t>
+  </si>
+  <si>
+    <t>334842</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08c/08c3e14d7c55aa428d0c7fdd1456436a.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки Berlingo 12 50мм, 100л 4 пастельных цвета, европодвес LSz_50125</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся бумажные закладки-флажки пастельных&amp;nbsp;&amp;nbsp;цветов. Подходят для крепления на любой поверхности. Легко отклеиваются, не оставляя следов. 4 цвета по 100 листов, 12 х 50 мм. Упаковка в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>346175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/956/956339c05c4f30b47aa8eaf62c7b72a5.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки Berlingo 45 12 мм, 20л 4 неоновых цвета, в диспенсере, европодвес LSz_45125</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся пластиковые закладки ярких неоновых цветов в пластиковом диспенсере. Подходят для крепления на любой поверхности. Легко отклеиваются, не оставляя следов. 4 цвета, размер - 45 х 12 мм. В блоке 20 листов каждого цвета. Упаковка в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>346176</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd4/bd4c794447430846fab2b0690a60707c.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки Berlingo 45 12мм, 20л 5 неоновых цветов, европодвес LSz_45126</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся пластиковые закладки ярких неоновых цветов в пластиковом диспенсере.&amp;nbsp;&amp;nbsp; Подходят для крепления на любой поверхности. Легко отклеиваются, не оставляя следов. 5цветов, размер - 45 х 12 мм. В блоке 20 листов каждого цвета.&amp;nbsp;&amp;nbsp; Z-сложение. Упаковка в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>346177</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53f/53ffde8aaf999d60ff86f350d258b816.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки Berlingo 45 25мм, 20л 2 неоновых цвета, в диспенсере, европодвес LSz_45251</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся пластиковые закладки ярких неоновых цветов в пластиковом диспенсере. Подходят для крепления на любой поверхности. Легко отклеиваются, не оставляя следов. 2 цвета, размер - 45 х 25 мм. В блоке 20 листов каждого цвета. Упаковка в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>346178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/043/0430c39c0a052fb3b012a8c500148e0b.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки Berlingo 45 8мм, 20л 8 неоновых цветов, европодвес LSz_45080</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся пластиковые закладки ярких неоновых цветов на пластиковой подложке. Подходят для крепления на любой поверхности. Легко отклеиваются, не оставляя следов. 8 цветов, размер - 45 х 8 мм. В блоке 20 листов каждого цвета. Упаковка в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>346180</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d09/d0959d4dec257fdf432a7f43862a16a1.jpg</t>
+  </si>
+  <si>
+    <t>Бумага самоклеящаяся А4 50л. OfficeSpace, белая, неделенная, 70г м2 16194</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся предназначены&amp;nbsp;&amp;nbsp;для многофункционального информационного этикетирования, например, адресные этикетки на конверты, ценники на товары, штрихкоды, информационные сообщения. Подходят для струйных и лазерных принтеров, копировальных аппаратов. Перед загрузкой в оргтехнику рекомендуется пролистывать бумагу с четырех сторон.</t>
+  </si>
+  <si>
+    <t>353575</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c2/kk913gpoiokex2pa54c1llkdmv1sd3m3.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ. LITE 76х76 мм желт. 100 л. SN7676L-Ye</t>
+  </si>
+  <si>
+    <t>355023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/620/6202af07a5e129a595036cd35f9bc3e5.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 100 75мм, 100л, пастель, желтый. LSn_39500</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 100*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - желтый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e1e/e1e3680289c697c99f056c860218830e.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 125 75мм, 100л, пастель, голубой. LSn_39302</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 125*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - голубой. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/743/743fa6263ae5d247480ab478690bc074.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 125 75мм, 100л, пастель, желтый. LSn_39300</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 125*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - желтый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355333</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f79/f79ecb10f92cd05438abd05daa1ad8c5.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 125 75мм, 100л, пастель, зеленый. LSn_39301</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 125*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - зеленый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c8/3c8bb383ec84de0df202ab3aeb5ff6cd.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 125 75мм, 100л, пастель, розовый. LSn_39303</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 125*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - розовый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355335</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43d/43d8941bcf1e5911eb1c533de8aa06e7.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 50 40мм, 12 блоков по 100л, пастель, желтый. LSn_39000</t>
+  </si>
+  <si>
+    <t>Набор блоков самоклеящейся бумаги для заметок размером 50*40 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 12 блоков по 100 листов, желтый цвет. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355337</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbe/dbe9a3965c2c9e0e4f6b378a92f58b85.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 50 40мм, 12 блоков по 80л, 3 неоновых цвета. LSn_39002</t>
+  </si>
+  <si>
+    <t>Набор блоков самоклеящейся бумаги для заметок размером 50*40 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 12 блоков по 80 листов, 3 насыщенных неоновых цвета - розовый, зеленый, желтый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/795/795cddc55c777128cec28143f009b161.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 50 50мм, 240л, 4 неоновых цвета. LSn_40102</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 50*50 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 240 листов, 4 неоновых цвета по 60л каждый - желтый, зеленый, розовый, оранжевый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/543/5435d2bcf1593e7e9b5d336aeeafa940.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 100л, 4 неоновых цвета. LSn_39602</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, 4 неоновых цвета по 25 листов каждый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2f/b2f2efc665fa1f31668f70d5d3981f6b.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 320л, 4 неоновых цвета. LSn_40002</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 320 листов, 4 неоновых цвета по 80л каждый - желтый, зеленый, розовый, оранжевый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c17/c17e399c0d762d1be7038fad6c213664.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 400л, 4 пастельных цвета. LSn_40001</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 400 листов, 4 пастельных цвета по 100л каждый - зеленый, желтый, розовый, голубой. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/772/7721c20dac8829d671ddb84a51df84a7.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 400л, пастель, желтый. LSn_40000</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 400 листов, цвет - желтый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ee/4eecfa3bbc187bc62a00fb5d4f22b13b.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 450л, 5 неоновых цветов   1 белый. LSn_40202</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 450 листов, 5 неоновых цветов и белый в красивом миксе. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/737/73728daec2fe512e4e6155e0cd9c9a6e.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 80л, желтый неон. LSn_39200</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - желтый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355347</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cd/9cd27ce48f397bedb3ed1ec500eb36cd.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 80л, зеленый неон. LSn_39201</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - зеленый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355348</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d40/d407feed94f2b3e7a0e0a6c05abd6957.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 80л, оранжевый неон. LSn_39204</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - оранжевый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355349</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40e/40e70a16c77a6f0f5c1eeab247e0bcd7.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 80л, розовый неон. LSn_39203</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - розовый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355350</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e5/5e5916149fc81e2cf83ef708e780742f.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 80л, синий неон. LSn_39202</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - синий неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>355351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0f/e0f54dfc84b03efeb723b61c9983cc51.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки OfficeSpace, 50 14мм, 50л 5 неоновых цветов, европодвес. SN50_21803</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся бумажные флажки-закладки прямоугольной формы 50 х 14 мм. 5 ярких неоновых цветов по 50 закладок. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>359625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9a/c9a2e3b1f1f18132b6b772b6e92ad106.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 100л, пастель, зеленый. LSn_39206</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - зеленый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>366142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c4/5c41f10f470cc85ba88cf8eb463a54d5.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок OfficeSpace, 50 50мм, 100л., желтый. 269560</t>
+  </si>
+  <si>
+    <t>Блок бумаги для записи с клеевым краем. Незаменим для оперативных записей. Размер листа в блоке 50 ? 50 мм. 100 листов в блоке.</t>
+  </si>
+  <si>
+    <t>366143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d08/d08f05d2857dc9fd0b21498106786f40.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок OfficeSpace, 50 50мм, 100л., зеленый. 269561</t>
+  </si>
+  <si>
+    <t>366144</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f84/08lsgj6zmf0tqjcy0i9m3gag6b8kised.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок OfficeSpace, 50 50мм, 100л., розовый. 269562</t>
+  </si>
+  <si>
+    <t>366145</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/003/003f3271e8f090510e7f23a6d3a67ad5.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок OfficeSpace, 50 50мм, 300л., 3 цвета. 269564</t>
+  </si>
+  <si>
+    <t>Блок бумаги для записи с клеевым краем. Незаменим для оперативных записей. Размер листа в блоке 50 ? 50 мм. 300 листов в блоке, 3 цвета ассорти по 100 листов: зеленый, розовый, желтый.</t>
+  </si>
+  <si>
+    <t>366146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b5/3b55a6796f2069ac6f6e9c1f5b05cac8.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок OfficeSpace, 76 76мм, 300л., 3 цвета. 269563</t>
+  </si>
+  <si>
+    <t>Блок бумаги для записи с клеевым краем. Незаменим для оперативных записей. Размер листа в блоке 76 ? 76 мм. 300 листов в блоке, 3 цвета ассорти по 100 листов: зеленый, розовый, желтый.</t>
+  </si>
+  <si>
+    <t>366147</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/052/0522c096bf2d0b91e2db105e5537cd97.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Standard quot;, 76 51мм, 100л, желтый. HN7651SGe</t>
+  </si>
+  <si>
+    <t>Блок бумаги с клеевым краем, рассчитанный на крепление к любой поверхности, не оставляет следов. Спокойные пастельные цвета. Размер блока - 76 ? 51 мм. В блоке 100 листов. Индивидуальная упаковка в пленку.</t>
+  </si>
+  <si>
+    <t>366828</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/469/4693525a12aea5ce20a7d9182e75762f.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Standard quot;, 76 51мм, 100л, зеленый. HN7651SG</t>
+  </si>
+  <si>
+    <t>Блок бумаги с клеевым краем рассчитанный на крепление к любой поверхности, не оставляет следов. Спокойные пастельные цвета. Размер блока - 76 ? 51 мм. В блоке 100 листов. Индивидуальная упаковка в пленку.</t>
+  </si>
+  <si>
+    <t>366829</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45e/45e732b63d1ae1ac867c524046e668f2.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Standard quot;, 76 51мм, 100л, розовый. HN7651SR</t>
+  </si>
+  <si>
+    <t>366830</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e5/5e58a371d21711deb92b92b303aba845/b462d46e49d906976d4fd3091de06f74.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Этикетки самоклеящиеся Office Label 105х148 мм. 4 шт. на лис.А4  100л. уп </t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 105х148 мм./4 шт. на лис.А4 &amp;#40;100л./уп&amp;#41;</t>
+  </si>
+  <si>
+    <t>375874</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/office-label/"&gt;Office Label&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/516/5169352b56ba51ceb8ec7cac971cc0a9/6119c39ac8459cdc3dacbcaf246a4a58.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 105х37 мм 16 шт. на лист.А4  100 ли</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 105х37 мм/16 шт. на лист.А4 &amp;#40;100 ли</t>
+  </si>
+  <si>
+    <t>375875</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea9/ea9fca00c625bd274068d11b6477db78/688f1221121fe9bff77f0d8f3c90b477.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 105х57 мм   10 шт. на листе А4  100л.</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 105х57 мм / 10 шт. на листе А4 &amp;#40;100л.</t>
+  </si>
+  <si>
+    <t>375876</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5be/5bee5b6a7e47a4ffa531571b22f4c681/e3262f062f956035f9affea7946389fc.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 210х148 мм. 2 шт. на лис.А4  100л. уп .</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 210х148 мм./2 шт. на лис.А4 &amp;#40;100л./уп&amp;#41;.</t>
+  </si>
+  <si>
+    <t>375877</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/34a/34a27380c875fdfb15dd4050481a94b8/5faca55280089bbf1ca47c8388add7b6.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Этикетки самоклеящиеся Office Label 210х297мм. белая  100л уп. </t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 210х297мм. белая &amp;#40;100л/уп.&amp;#41;</t>
+  </si>
+  <si>
+    <t>375879</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/377/3776c1642b377d6c9256d1d27b9d1245/630638fae4733a5bf20f1c7eb9ec91a5.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 52,5х29,7 мм   40 шт. на листе А4  100л</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 52,5х29,7 мм / 40 шт. на листе А4 &amp;#40;100л</t>
+  </si>
+  <si>
+    <t>375880</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f0/4f09bf2f77fa89b85ebacfdaa804d779.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 64,6х33,8 мм  24 шт. на листА4  100 ли</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 64,6х33,8 мм /24 шт. на листА4 &amp;#40;100 ли</t>
+  </si>
+  <si>
+    <t>375881</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/456/456f8b78058bf29b1695bf2f8a543c8c/8d4843a5b53b97465b758213b19c11b7.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 66,7х46 мм 18 шт. на лист А4  100 лист</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 66,7х46 мм/18 шт. на лист А4 &amp;#40;100 лист</t>
+  </si>
+  <si>
+    <t>375882</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a09/a096fe0eb6761b8183abb333013f5e81/394eae0b580b2df2642b5321b98a3a9a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Этикетки самоклеящиеся Office Label 70х37 мм. 24шт.на листе А4  100л. уп </t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 70х37 мм./24шт.на листе А4 &amp;#40;100л./уп&amp;#41;</t>
+  </si>
+  <si>
+    <t>375883</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bab/babd586351ea74e1bae2ae5366f4ba9e/28e7f730a6b0d8152bde651bb2c1da68.jpg</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 70х42.3 мм. 21 шт. на лист. А4  100 л.</t>
+  </si>
+  <si>
+    <t>Этикетки самоклеящиеся Office Label 70х42.3 мм./21 шт. на лист. А4 &amp;#40;100 л.</t>
+  </si>
+  <si>
+    <t>375884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4cd/4cd671665b4f7f28028bca2b8406e261/1eefa163bd812920d85ab8f538a38a0e.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей ATTACHE ЭКОНОМ на склейке 9х9х9 белый Т</t>
+  </si>
+  <si>
+    <t>376675</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/808/808e424f64b1a57f5f48155a94043f8b/d33b3dd3097aba9ce3d6ea1343348610.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей Attache Economy запасной 10х10х10 белый</t>
+  </si>
+  <si>
+    <t>376677</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22d/22d5771655ae17e08c2791fa5d97a833/4adc8283356d9a8e9eada295acf7ba83.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ запасной 9х9х4,5 белый</t>
+  </si>
+  <si>
+    <t>376680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da1/da17c68937594a2ab1714ac07008676a/102c4583afaa76ad16f90ccfecd22f65.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев. краем 38x51 комплект 4 цвета 100л.</t>
+  </si>
+  <si>
+    <t>376684</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe0/fe0ed09c3194c0072b6656468b3af901/ea69de641a7d912d1aa963d59c863300.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х127 ж лтый 100л.</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х127 жёлтый 100л.</t>
+  </si>
+  <si>
+    <t>376686</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aba/ababa0fb3b2833bc3f22096f425c91d0/d59a15519ed63849b57c07ce39241bc2.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 76х76 желтый 50л.</t>
+  </si>
+  <si>
+    <t>376687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/030/030cde69557fb6437a956a432e00bde1/5fb2eed9bac5cf1d03550d916966e5ec.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection куб 76х76, неон 7 цв. 400 л</t>
+  </si>
+  <si>
+    <t>376688</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff5/ff5c4b358e2a23f0d2cfbf74492a9507/ee04bce7c861f95f63929d26319c6d62.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 3цв.по 25л. 12ммх45   25ммх45 Attache книжка</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 3цв.по 25л. 12ммх45 &amp;#43; 25ммх45 Attache книжка</t>
+  </si>
+  <si>
+    <t>376772</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7a/f7aad80ee0c6555cb27319a7fe498737/4d5196b7c4a9208809b09471ec2c9eee.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 4цв.по 20л. 12ммх45 Attache диспенсер</t>
+  </si>
+  <si>
+    <t>376773</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ed/7edc0c3c672b4a35ad1185bfe21577b9/2d250def0b4212082a3f06387569ef0e.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пласт. 4цв.по 25л. 12ммх45 Attache</t>
+  </si>
+  <si>
+    <t>376774</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a0/2uflg95rogj7dk0i3el2d1vu8m7kvpwg.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие BRAUBERG бумажные, 75х14 мм, 4 цвета х 100 листов, белые, с цветным краем, 124811</t>
+  </si>
+  <si>
+    <t>Яркие бумажные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор белых бумажных закладок размером 75х14 мм с цветными краями 4 неоновых цветов состоит из 400 листов, по 100 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391938</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e20/mw1pap3l5c6i90o5bc1fw28w7x92z2lk.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие BRAUBERG бумажные, 76х25 мм, 3 цвета х 100 листов, ассорти, европодвес, 124812</t>
+  </si>
+  <si>
+    <t>Яркие бумажные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор бумажных закладок 3 пастельных цветов размером 76х25 мм состоит из 300 листов, по 100 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391939</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e09/fxnr0k6r1ah0u67k88a0miuxqqixei3k.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие BRAUBERG НЕОНОВЫЕ бумажные, 45х15 мм, 5 цветов х 20 листов, в картонной книжке, европодвес, 122734</t>
+  </si>
+  <si>
+    <t>Яркие бумажные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор бумажных закладок 5 неоновых цветов размером 45х15 мм состоит из 100 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены картонной книжке и упакованы в полиэтиленовый пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>391940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c4/38uo1j6q2bbwboubbxmysmlvjg1p0gua.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие BRAUBERG НЕОНОВЫЕ пластиковые, 42х12 мм, 5 цветов х 20 листов, в картонной книжке, 122705</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 5 неоновых цветов размером 42х12 мм состоит из 100 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены в картонной книжке. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391943</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7d/7jdbb58i8ys0u23xghcs9xcfxd5ypo0f.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие BRAUBERG НЕОНОВЫЕ пластиковые, 45х12 мм, 5 цветов х 20 листов, в пластиковой книжке, 122706</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 5 неоновых цветов размером 45х12 мм состоит из 100 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены на пластиковом основании. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391944</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c0/71fiujwk97xyxy5mizi0814fjy2xybe2.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие BRAUBERG НЕОНОВЫЕ пластиковые, 45х12 мм, 8 цветов х 25 листов, на пластиковой линейке 12 см, 126700</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 8 неоновых цветов размером 45х12 мм состоит из 200 листов, по 25 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены на пластиковой линейке длиной 12 см. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391945</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f17/ezufiuc7n2iemsh5p0teuap2v491hhte.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие BRAUBERG НЕОНОВЫЕ пластиковые, 45х8 мм, 8 цветов х 20 листов, в пластиковой книжке, 126699</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 8 неоновых цветов размером 45х8 мм состоит из 160 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены на пластиковом основании. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391946</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f47/2hwvm2nlbkmpggkbmtl9jfx2kwbdjf50.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие BRAUBERG НЕОНОВЫЕ пластиковые, 48х10 мм, 5 цветов х 20 листов, в диспенсере, европодвес, 122735</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 5 неоновых цветов размером 48х10 мм состоит из 100 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены в диспенсере. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d76/8g5eux1tvou8pq4vmbxmqv9vilsn19hf.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие BRAUBERG НЕОНОВЫЕ пластиковые, 48х20 мм, 5 цветов х 20 листов, в диспенсере, европодвес, 122733</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 5 неоновых цветов размером 48х20 мм состоит из 100 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены в диспенсере. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57a/vcjfk37u6fpdyh9r0hcq6vs068e3juza.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие HOPAX НЕОНОВЫЕ, пластиковые, 12х45 мм, 5 цветов х 25 листов, в обложке, европодвес, 21076</t>
+  </si>
+  <si>
+    <t>Клейкие закладки-этикетки удобны для использования в книгах, журналах, ежедневниках. Разные цвета помогут легко найти нужную информацию. Материал закладок позволяет делать на них надписи ручкой или карандашом.</t>
+  </si>
+  <si>
+    <t>391951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6d/n90rrghlt8fxao6utm36aq7epmepal2i.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие STAFF бумажные, 50х12 мм, 4 цвета х 25 листов, европодвес, 127147</t>
+  </si>
+  <si>
+    <t>Яркие бумажные закладки STAFF акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор бумажных закладок 4 пастельных цветов размером 50х12 мм состоит из 100 листов, по 25 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391968</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f5/kob8w1ga8t9hyp25jtzrx3tsrklfyaoh.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие STAFF НЕОНОВЫЕ пластиковые, 45х12 мм, 4 цвета х 25 листов, европодвес, 127148</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки STAFF акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 4 неоновых цветов размером 45х12 мм состоит из 100 листов, по 25 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены на пластиковом основании. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd4/dnmuy3kazt99al72sb7bqu4py2mss2yv.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие STAFF НЕОНОВЫЕ, 50х12 мм, 5 цветов х 20 листов, в картонной книжке, 129358</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки STAFF акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 5 неоновых цветов размером 50х12 мм состоит из 100 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены в картонной книжке. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/214/kvi732425d0v7q7ae0pisnqboxdndbeu.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие STAFF, 45х8 мм, 8 цветов х 20 листов, в пластиковой книжке, 129354</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки STAFF акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 8 неоновых цветов размером 45х8 мм состоит из 160 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены на пластиковом основании. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391972</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc1/q8rspd63kx2qxgw0kh8kkiyjx5t3ntb8.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие STAFF, НЕОНОВЫЕ, 45х12 мм, 5 цветов х 20 листов, в пластиковой книжке, 129355</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки STAFF акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок 5 неоновых цветов размером 45х12 мм состоит из 100 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены на пластиковом основании. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e2/3kz0521ffsovbt2s33ckkkdu8cxa57o4.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие бумажные STAFF, НЕОНОВЫЕ, 50х14 мм, 5 цветов х 50 листов, 129359</t>
+  </si>
+  <si>
+    <t>Яркие бумажные закладки STAFF акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор бумажных закладок 5 неоновых цветов размером 50х14 мм состоит из 250 листов, по 50 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff7/z069hmcm50xiik0a20xjsshurp6giil9.jpg</t>
+  </si>
+  <si>
+    <t>Закладки-выделители листов клейкие BRAUBERG НЕОНОВЫЕ пластиковые, 48х6 мм, 10х20 листов, диспенсер, 123227</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор пластиковых закладок-выделителей 5 неоновых цветов размером 48х6 мм состоит из 200 листов, по 40 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Уложены в диспенсере. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/203/03p2c8tao6gn7nqkbdwtn2t3h9vbtc9y.jpg</t>
+  </si>
+  <si>
+    <t>Закладки-выделители листов клейкие BRAUBERG пластиковые, 38х25 мм, 4 цвета х 20 листов, 126696</t>
+  </si>
+  <si>
+    <t>Яркие пластиковые полупрозрачные закладки BRAUBERG акцентируют внимание на важных страницах книги, журнала, каталога и др. Набор белых пластиковых закладок-выделителей размером 38х25 мм с цветными краями 4 неоновых цветов состоит из 80 листов, по 20 закладок каждого цвета. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности и не оставляют следов. Материал закладок позволяет делать надписи ручкой и карандашом. Поставляются в полиэтиленовом пакете с европодвесом.</t>
+  </si>
+  <si>
+    <t>391979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d81/0j8o7eifmdjpnmqakv8dnizl0x0brik7.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF, 76х76 мм, 100 листов, голубой, 129362</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры голубого пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb9/vysh4c4rw830iejx9twh2iibicg3swgt.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF, НЕОНОВЫЙ, 51х51 мм, 250 листов, 7 цветов, 129348</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры 5 пастельных цветов &amp;#40;желтый, голубой, розовый, зелёный, белый&amp;#41; и 3 неоновых &amp;#40;синий, оранжевый, желтый&amp;#41; в форме куба 51х51 мм состоят из 250 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cb/rl2plfx39wz0g5za9jm6lnar33ifvsb5.jpg</t>
+  </si>
+  <si>
+    <t>Блоки самоклеящиеся  стикеры  STAFF, 38х51 мм, 100 листов, НАБОР 12 шт., 3 пастельных цвета, 129346</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Набор стикеров 3 пастельных цветов &amp;#40;желтый, розовый, голубой&amp;#41; в форме прямоугольника 38х51 мм состоит из 12 блоков по 100 листов каждый. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в картонную коробку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393022</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a3/pbt2z0xy9nsizmbvhdbjrfx2z47rsf23.jpg</t>
+  </si>
+  <si>
+    <t>Блоки самоклеящиеся  стикеры  STAFF, НЕОНОВЫЕ, НАБОР 4 шт., 38х51 мм, 50 листов, цвет ассорти, 129347</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры 4 неоновых цветов &amp;#40;желтый, розовый, голубой, оранжевый&amp;#41; в форме прямоугольника 38х51 мм состоят из 4 блоков по 50 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовый пакет с европодвесом.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bc/ejmehtujpu67bzkacge5sscy75vdmq78.jpg</t>
+  </si>
+  <si>
+    <t>Блок  стикер  и закладки самоклеящиеся BRAUBERG, НЕОНОВЫЕ, набор 51х75 мм, 25х75 мм закладки 12х48 мм, 20 л., европодвес, 122730</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Набор из 2 стикеров пастельного цвета в форме прямоугольников 51х75 и 25х75 мм по 20 листов каждый и 5 закладок неоновых цветов в форме стрелок размером 12х48 мм, каждая по 20 закладок. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Листы уложены в картонную книжку и упакованы в полиэтиленовый пакет с европодвесом.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f6e/l1pv16tjwwntr863s32vc4kiy7pharkg.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей  quot;100 долларов quot;, проклеенный, 15х6х1 см, NH0000013</t>
+  </si>
+  <si>
+    <t>Блок в виде пачки денег, для различных записей. Рисунок - &amp;quot;100 долларов&amp;quot;.</t>
+  </si>
+  <si>
+    <t>393025</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/filkina-gramota/"&gt;Филькина Грамота&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0f/l45ugv8n9k4pt2xf53u8xy1myausufiz.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BESTAR непроклеенный, блок 15х10 см, 200 листов, белый, белизна 90-92 , 123004</t>
+  </si>
+  <si>
+    <t>Листочки блока изготовлены из высококачественного офсета. Размеры блока позволяют использовать его в качестве сменного для настольных наборов BESTAR, а так же для наборов других марок. Блок из 200 листов сложен из прямоуголных листов размером 10х15 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.</t>
+  </si>
+  <si>
+    <t>393031</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bestar/"&gt;Bestar&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5b/zv1k3l41ycd8se99s5s7avb51qocfzof.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG в подставке прозрачной, куб 9х9х5 см, белый, белизна 95-98 , 122224</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG в пластиковой подставке предназначен для организации рабочих процессов и повседневных задач. Идеально подходит для работников офиса и руководителей. Блок высотой 5 см сложен из квадратных листов размером 9 х 9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2 и белизной 95-98&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Когда бумага закончится, можно вставить сменный блок.</t>
+  </si>
+  <si>
+    <t>393032</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da2/z0rpofzup34rolqvdp752cmlc9ehesej.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG в подставке прозрачной, куб 9х9х5 см, цветной, 122226</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG в пластиковой подставке предназначен для организации рабочих процессов и повседневных задач. Идеально подходит для работников офиса и руководителей. Блок высотой 5 см сложен из квадратных листов разной расцветки размером 9 х 9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Когда бумага закончится, можно вставить сменный блок.</t>
+  </si>
+  <si>
+    <t>393033</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52f/4b3i500fjl3zkw89pbvyo9ssfhbfir2o.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG в подставке прозрачной, куб 9х9х9 см, цветной, 122225</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG в пластиковой подставке предназначен для организации рабочих процессов и повседневных задач. Идеально подходит для работников офиса и руководителей. Блок высотой 9 см сложен из квадратных листов разной расцветки размером 9 х 9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Когда бумага закончится, можно вставить сменный блок.</t>
+  </si>
+  <si>
+    <t>393035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e7/j6uzva3y03hm3t3jlmwj36in6w62itxa.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG непроклеенный, куб 9х9х5 см, цветной, 122339</t>
+  </si>
+  <si>
+    <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 5 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.</t>
+  </si>
+  <si>
+    <t>393036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11a/b1a992y1f69hj4mwr9cg4625xxei4g2r.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG непроклеенный, куб 9х9х9 см, цветной, 122341</t>
+  </si>
+  <si>
+    <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 9 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.</t>
+  </si>
+  <si>
+    <t>393037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cab/fgb7b2dqph941pjae2deky7t62rlf7t7.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG, непроклеенный, куб 9х9х5 см, белый, белизна 95-98 , 122338</t>
+  </si>
+  <si>
+    <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Листы не брендированы. Блок высотой 5 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2 и белизной 95-98&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.</t>
+  </si>
+  <si>
+    <t>393039</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/318/36f3oq633xjgx8sgghnh4po1qhobptc4.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG, проклеенный, куб 8х8х4, белый, белизна 90-92 , 121543</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG изготовлен из белой высококачественной бумаги. Идеально подходит для быстрой фиксации информации. Блок высотой 4 см сложен из квадратных листов размером 8х8 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.</t>
+  </si>
+  <si>
+    <t>393041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1f/eu8ca8jdofntu0k3yovgl14o0bed92ag.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF непроклеенный, куб 8х8х4 см, белый, белизна 90-92 , 126368</t>
+  </si>
+  <si>
+    <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 4 см сложен из квадратных листов размером 8х8 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.</t>
+  </si>
+  <si>
+    <t>393046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd1/ij1ewyr360idpep68o1mr0mxwdy7wfbc.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF непроклеенный, куб 9х9х5 см, белый, белизна 90-92 , 126364</t>
+  </si>
+  <si>
+    <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 5 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.</t>
+  </si>
+  <si>
+    <t>393047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7df/2v2icgb1k1zjvvbiu4cywn31pskbxe0s.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF непроклеенный, куб 9х9х5 см, цветной, чередование с белым, 126365</t>
+  </si>
+  <si>
+    <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 5 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 65 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>393048</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/872/subxujd8o2i61z6g57bkfkdd2qvo9vtq.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF непроклеенный, куб 9х9х9 см, белый, белизна 90-92 , 126366</t>
+  </si>
+  <si>
+    <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 9 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.</t>
+  </si>
+  <si>
+    <t>393049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce7/35k88d760grjb214mq0glqjop85duw3r.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF непроклеенный, куб 9х9х9 см, цветной, чередование с белым, 126367</t>
+  </si>
+  <si>
+    <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 9 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 65 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>393050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/999/y1da7t03cdoyhj771aczvsm9pkj9v0pw.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF, непроклеенный, куб 9х9х5 см, белизна 70-80 , 126574</t>
+  </si>
+  <si>
+    <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 5 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 55 г/м2 и белизной 70-80&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>393051</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a19/95dfm4fg3m1vug4j1no64slkag0rdtzg.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF, проклеенный, куб 8х8 см, 350 листов, цветной, чередование с белым, 120384</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF идеально подойдет для быстрой фиксации информации. Блок из 350 листов сложен из квадратных листов размером 8 х 8 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 60 г/м2.&amp;nbsp;&amp;nbsp;Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>393053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3de/mfza86ixfu98c7ai4gxl635egf7y0ka0.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF, проклеенный, куб 8х8 см, 800 листов, цветной, чередование с белым, 120383</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF идеально подойдет для быстрой фиксации информации. Блок из 800 листов сложен из квадратных листов размером 8х8 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 60 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>393054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a2/wyrwtf8e24ayl3njkunybpoy22pssf2n.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF, проклеенный, куб 8х8 см,1000 листов, белый, белизна 90-92 , 120382</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF идеально подойдет для быстрой фиксации информации. Блок из 1000 листов сложен из квадратных листов размером 8х8 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.</t>
+  </si>
+  <si>
+    <t>393055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc3/gqzt52ougvd3ma6pbhmt3cw98glh8kw0.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  BRAUBERG, 38х51 мм, 2х100 л., желтый, 122688</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Набор из 2 стикеров классического жёлтого цвета в форме прямоугольника 38х51 мм состоит из 200 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e98/fg61fc9odg4zhbbgmey8vmpymuq790dq.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  BRAUBERG, 76х102 мм, 100 л., желтый, 122691</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры классического жёлтого цвета в форме прямоугольника 76х102 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393067</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/283/tcd6rwfwzx938z3oxva4d78n81difefz.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  BRAUBERG, 76х51 мм, 100 л., голубой, 122692</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры голубого пастельного цвета в форме прямоугольника 76х51 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f5/e3bicuj6j38dgdejfvm6zwrus3ms3yfo.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  BRAUBERG, 76х51 мм, 100 л., желтый, 122689</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры классического жёлтого цвета в форме прямоугольника 76х51 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdf/cz9jjmcrvbwkscfcq0swqyyu88wplf2r.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  BRAUBERG, 76х51 мм, 100 л., зеленый, 122693</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры зелёного пастельного цвета в форме прямоугольника 76х51 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393070</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/995/wzak7117fxbvqgcbwg26gl2n47i6ktyb.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  BRAUBERG, 76х76 мм, 100 л., голубой, 122695</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры голубого пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/342/wjtp9ng29i6tqdzy1l6lnh7ajtli8b3g.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  BRAUBERG, 76х76 мм, 100 л., желтый, 122690</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры классического жёлтого цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27b/cfoi792nmdktkfg86n1tn3a55o8duh72.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  BRAUBERG, 76х76 мм, 100 л., зеленый, 122696</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры зелёного пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b42/qn090xnzbv5d207zhlndd8yavuypu1ef.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  BRAUBERG, 76х76 мм, 100 л., розовый, 122697</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры розового пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1f/hwwxt2dj3yp1ib8p0b3l3soqi7vpixf8.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  STAFF, 50х50 мм, 100 л., желтый, 127142</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры жёлтого пастельного цвета в форме квадрата 50х50 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались, дольше следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58e/4f435yhwqipavtpdt8wv5g4bftdis33e.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  STAFF, 50х50 мм, 100 л., зеленый, 127144</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры зелёного пастельного цвета в форме квадрата 50х50 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393094</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/851/ywekqftm7xpj58pum17mbu71m0vpqswy.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  STAFF, 50х50 мм, 100 л., розовый, 127143</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры розового пастельного цвета в форме квадрата 50х50 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393095</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ec/h4o32tt0qwy3qdzmdbixa1mjjo107lmh.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  STAFF, 75х75 мм, 300 л., 3 цвета, 127146</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF &amp;quot;PROFIT&amp;quot; рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры 3 пастельных цветов &amp;#40;желтый, зеленый, розовый&amp;#41; в форме куба 75х75 мм состоят из 300 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393097</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b49/23264vukl87l4mowk296bcehpjw7bjtd.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  фигурный BRAUBERG  quot;Ассорти quot;, 3х50 л., европодвес, 122711</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Набор из 3 фигурных стикеров неоновых цветов &amp;#40;желтый, розовый, зеленый&amp;#41; в форме яблока, лимона, сердца 70х70 мм состоит из 3 блоков по 50 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовый пакет с европодвесом.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/256/nxr6r7kof4qim1tucvvpbw4zgyl2ajq3.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер  фигурный BRAUBERG, сердце, 50 л., розовый, европодвес, 122710</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры розового неонового цвета в форме сердца 70х70 мм состоят из 50 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовый пакет с европодвесом.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/468/5tzkktfux85w03fkg3pb6ske2qutuzkn.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, 51х51 мм, 400 л., 4 цвета, 122858</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры 4 пастельных цветов &amp;#40;желтый, розовый, зеленый, голубой&amp;#41; в форме куба 51х51 мм состоят из 400 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70f/p3reqmbof4pi6qm0gzpgc2u20rbliczt.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, 76х76 мм, 400 л., 4 цвета, 122856</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры 4 пастельных цветов &amp;#40;желтый, розовый, зеленый, голубой&amp;#41; в форме куба 76х76 мм состоят из 400 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3e/3ujc2blqco8vn01ak1diymv9byfty16h.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, НЕОНОВЫЙ, 38х51 мм, 2х90 л., желтый, 122698</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Комплект из 2 стикеров жёлтого неонового цвета в форме прямоугольника 38х51 мм состоит из 180 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d67/cmt4qb9vib0vvjfj31xjpy18q0xa918b.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, НЕОНОВЫЙ, 51х51 мм, 400 л., 5 цветов, 122857</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры 5 неоновых цветов &amp;#40;желтый, розовый, зеленый, оранжевый, малиновый&amp;#41; в форме куба 51х51 мм состоят из 400 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393106</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/560/50630ahqn6wq7w5slwgcbkwt0n1yzgtk.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, НЕОНОВЫЙ, 76х51 мм, 90 л., желтый, 122699</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры жёлтого неонового цвета в форме прямоугольника 76х51 мм состоят из 90 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393107</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ab/zg1siyfzmte3vv1kg9bxgokfioxo0rb7.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, НЕОНОВЫЙ, 76х76 мм, 400 л., 5 цветов, 122855</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры 5 неоновых цветов &amp;#40;желтый, розовый, зеленый, оранжевый, малиновый&amp;#41; в форме куба 76х76 мм состоят из 400 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393109</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/620/odp1p4h7d02gjyuc0t08qh8a013l5h3m.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, НЕОНОВЫЙ, 76х76 мм, 400 л., 8 цветов, 126686</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры 8 неоновых цветов &amp;#40;желтый, розовый, зеленый, голубой, фиолетовый оранжевый, малиновый&amp;#41; в форме куба 76х76 мм состоят из 400 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad4/9nkyrxkjf6yshfwqgo32edtbkrh12q3k.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, НЕОНОВЫЙ, 76х76 мм, 90 л., желтый, 122702</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры жёлтого неонового цвета в форме квадрата 76х76 мм состоят из 90 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c79/u5fa2ddztf0rypbjntewguuu4mazhz3p.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, НЕОНОВЫЙ, 76х76 мм, 90 л., зеленый, 122703</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры зелёного неонового цвета в форме квадрата 76х76 мм состоят из 90 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ddb/e5imbg7x3leku1ah1foyusq5vcbmjhfd.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , BRAUBERG, НЕОНОВЫЙ, 76х76 мм, 90 л., розовый, 122704</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры розового неонового цвета в форме квадрата 76х76 мм состоят из 90 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393113</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68f/813pgr59ydi01gyxxd2p7wvgyvj720cu.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , STAFF, 76х76 мм, 100 л., желтый, 126496</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры жёлтого пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393114</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c4/t8wg3qnaxx79hcd10yloeuvqoe78ncjp.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , STAFF, 76х76 мм, 100 л., зеленый, 126498</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры зелёного пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393115</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a5/328lcbx4gmq03dhrx7f1pz5elfjglyk0.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , STAFF, 76х76 мм, 100 л., розовый, 126497</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры розового пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ad/afaqneutwpiutm0tj9nphxjkjfddnko5.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , фигурный, BRAUBERG, НЕОНОВЫЙ, в форме сердца, 67х67 мм, 250 листов, 5 цветов, 126690</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры 5 неоновых цветов &amp;#40;желтый, розовый, зеленый, оранжевый, малиновый&amp;#41; в форме сердца 67х67 мм состоят из 250 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de5/pvn9f1snyzx78e2psr0oss84lui09opg.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикер , фигурный, BRAUBERG, НЕОНОВЫЙ, в форме цветка, 67х67 мм, 250 листов, 5 цветов, 126691</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры 5 неоновых цветов &amp;#40;желтый, розовый, зеленый, оранжевый, малиновый&amp;#41; в форме цветка 67х67 мм состоят из 250 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47e/c6iafi7bk6s0ltd1mz9irt29ghy3jlbj.jpg</t>
+  </si>
+  <si>
+    <t>Блоки самоклеящиеся  стикеры , BRAUBERG, 38х51 мм, 100 листов, комплект 12 блоков, 3 пастельных цвета, 126689</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Набор стикеров 3 пастельных цветов &amp;#40;желтый, розовый, голубой&amp;#41; в форме прямоугольника 38х51 мм состоит из 12 блоков по 100 листов каждый. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в картонную коробку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393126</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d80/x4u4bj3lbc9vy5rmq663t3bf84z6cmpz.jpg</t>
+  </si>
+  <si>
+    <t>Блоки самоклеящиеся  стикеры , BRAUBERG, набор 4 шт., 38х51 мм, 50 л., НЕОНОВЫЕ, ассорти, европодвес, 124807</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем BRAUBERG рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры 4 неоновых цветов &amp;#40;желтый, розовый, голубой, оранжевый&amp;#41; в форме прямоугольника 38х51 мм состоят из 4 блоков по 50 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовый пакет с европодвесом.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f8d/fmmdo9n6sb8bdea3eaeywpb1vx3qqqr7.jpg</t>
+  </si>
+  <si>
+    <t>Блоки-разделители самоклеящиеся BRAUBERG ЛИНОВАННЫЕ, 70х70 мм, ассорти, 4 цвета х 25 листов, 126695</t>
+  </si>
+  <si>
+    <t>Яркие блоки-разделители BRAUBERG используются для выделения тем, заголовков с возможностью нанесения на них надписей. Набор разделителей 4 цветов размером 70х70 мм состоит из 100 листов. Клейкий слой - 22 Н/м. Имеют линованное поле для записей. Легко клеятся к любой поверхности и не оставляют следов. Материал разделителей позволяет делать надписи ручкой и карандашом. Поставляются в блистере с европодвесом.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>393130</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de0/de0776409a5fd7a571741a6d7dbcbd1c.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 50 75мм, 80л, желтый неон. LSn_39410</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 50*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - желтый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>393994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/281/28192c798774dbca79f37266c731992c.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 50 75мм, 80л, зеленый неон. LSn_39411</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 50*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - зеленый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>393995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2d/a2d623d308c35a9098867fc5e02c29c6.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 50 75мм, 80л, оранжевый неон. LSn_39414</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 50*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - оранжевый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>393996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f30/f3020fabd84ef14729fe2ebd13d4f1d9.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 50 75мм, 80л, розовый неон. LSn_39413</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 50*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - розовый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>393997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/842/84245e30bc6577845e984bbd436184a0.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 50 75мм, 80л, синий неон. LSn_39412</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 50*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - синий неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>393998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0d/e0dff13db035aad6fc88ec5938c946fe.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 80л, в клетку, желтый неон. LSn_39700</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 75*75 мм и повышенной клейкостью 25 Н/м. Поле для записи, размеченное тетрадной клеткой. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - желтый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>394000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d1/0d1dc39f392b4b706bb4ee886e1bc52f.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 80л, в клетку, оранжевый неон. LSn_39714</t>
+  </si>
+  <si>
+    <t>Блок самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 75*75 мм и повышенной клейкостью 25 Н/м. Поле для записи, размеченное тетрадной клеткой. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 80 листов, цвет - оранжевый неон. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
+  </si>
+  <si>
+    <t>394002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75f/75fc6bd996aed281c506b7cfba54e0a6.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок OfficeSpace, 76 76мм, 80л., голубой, европодвес. 280504</t>
+  </si>
+  <si>
+    <t>394005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b6/0b64ba933d003637fb576c49b8b4b73f.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок OfficeSpace, 76 76мм, 80л., желтый, европодвес. 280501</t>
+  </si>
+  <si>
+    <t>394006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd6/cd61ee7114882567964e569dacafce64.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок OfficeSpace, 76 76мм, 80л., зеленый, европодвес. 280502</t>
+  </si>
+  <si>
+    <t>394007</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70c/70c91c3fe93e2872ba9a5329daf6ba83.jpeg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки пластик, 5 цветов по 20 листов, 12ммх44. Attache стрелки. 845451</t>
+  </si>
+  <si>
+    <t>Пластиковые клейкие закладки Attache. В упаковке 5 ярких неоновых цветов по 20 листов каждого. Закладки клейкие, ширина которых составляет 12 мм, могут служить закладками в документах, использоваться для записи краткой информации, для выделения текста. Прозрачный пластик, из которого они изготовлены, не скрывает при этом самого текста. Клейкие закладки легко удаляются, не оставляя следов и не повреждая бумагу</t>
+  </si>
+  <si>
+    <t>414215</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/342/342fe15704ce2ed22194d89e4b7751fe/f1c6f344674b8883653c222d458941cc.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки бумажные 3цв.по 100л. 25ммх76 Attache</t>
+  </si>
+  <si>
+    <t>415033</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dff/dfffcd63f797b42d5c61b2f3fb2faa60/3d3f20b1576637f5c50489862b883836.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х5 белый блок, 3штуки спайка</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х5 белый блок, 3штуки/спайка</t>
+  </si>
+  <si>
+    <t>416808</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/269/269c64d9e1abb14c4a7b9182428c2c43/896a572dcf545bf49203a9ca7d87b345.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х9 белый блок, 3штуки спайка</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE запасной 9х9х9 белый блок, 3штуки/спайка</t>
+  </si>
+  <si>
+    <t>416809</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c40/c40b35efe8a7ebb1f048afddfd8d2c29/09ece7e3410be86895a175c9b7764b2b.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE с клеев.краем 51х51 салатовый 100л.</t>
+  </si>
+  <si>
+    <t>416817</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb4/zuk83410rnkw4aqjfy43al474qstkyt7.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG проклеенный, куб 9х9х5 см, белый, белизна 95-98 , 129195</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG изготовлен из белой высококачественной бумаги. Идеально подходит для быстрой фиксации информации. Блок высотой 5 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2 и белизной 95 - 98&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.</t>
+  </si>
+  <si>
+    <t>423251</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35b/3nis0t2d1r31m01b4h0s1yt349lux0ka.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF проклеенный, куб 9х9х5 см, белый, белизна 90-92 , 129196</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF идеально подойдет для быстрой фиксации информации. Блок высотой 5 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.</t>
+  </si>
+  <si>
+    <t>423252</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/045/9dttgrd4lpfztyxrhhamg06mlk57txon.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG проклеенный, куб 9х9х9 см, белый, белизна 95-98 , 129203</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG изготовлен из белой высококачественной бумаги. Идеально подходит для быстрой фиксации информации. Блок высотой 9 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2 и белизной 95-98&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.</t>
+  </si>
+  <si>
+    <t>423254</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/63f/nopo52jha0tw2gx891qglhtxvlnu82af.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG проклеенный, куб 9х9х9 см, цветной, 129207</t>
+  </si>
+  <si>
+    <t>Блок для записей BRAUBERG изготовлен из высококачественной бумаги. Идеально подходит для быстрой фиксации информации. Блок высотой 9 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.</t>
+  </si>
+  <si>
+    <t>423257</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6bf/tj0ljaylq1noo3fybrtjcbkqkunmppx3.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF проклеенный, куб 9х9х9 см, цветной, чередование с белым, 129208</t>
+  </si>
+  <si>
+    <t>Блок для записей STAFF идеально подойдет для быстрой фиксации информации. Блок высотой 9 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 60 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>423258</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c20/c20ee05c21846490935a299626dc2cbe.jpeg</t>
+  </si>
+  <si>
+    <t>Блок для записи Berlingo  quot;Premium quot;, 9 9 9, пластиковый бокс, белый, 100  белизна</t>
+  </si>
+  <si>
+    <t>Блок для оперативных записей в пластиковом боксе, 1000 листов, белый. Размер листа в блоке - 90 ? 90 мм. Бумага плотностью 100 г/м?, 100&amp;#37; белизна. Индивидуальная упаковка в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>427927</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d59/d59c55fafe375fd028573d2220b1c9a3.jpeg</t>
+  </si>
+  <si>
+    <t>Блок для записи декоративный на склейке Berlingo  quot;Haze quot; 8,5 8,5 2, сиреневый голубой, 200л.</t>
+  </si>
+  <si>
+    <t>Декоративный блок для записей. В блоке 200 листов. Бумага офсетная 70 г/м2, с оригинальным двухцветным&amp;nbsp;&amp;nbsp;дизайном. Проклеен по одному краю. Индивидуальная упаковка в термоусадочную плёнку.</t>
+  </si>
+  <si>
+    <t>427929</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8ec/6vdsa9cvgnh6asyo2uh38fxrwl1r37ek.jpg</t>
-[...4582 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d14/d14b451ac591fd5c94c44a971a319882.jpeg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 100 75мм, 100л, пастель, зеленый</t>
   </si>
   <si>
     <t>Блок самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 100*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - зеленый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
   </si>
   <si>
     <t>427935</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afe/afe6e8b1e7effeb0d1f640a8f1b8b36c.jpeg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 100 75мм, 100л, пастель, голубой</t>
   </si>
   <si>
     <t>Блок самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 100*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - голубой. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
   </si>
   <si>
     <t>427936</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bb/7bb5500559afd460df7308882a31900e.jpeg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 50 40 мм, 3 блока по 100л, 3 неоновых цвета</t>
   </si>
   <si>
     <t>Набор блоков самоклеящейся бумаги для заметок Berlingo &amp;quot;Ultra Sticky&amp;quot; размером 50*40 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 3 блока по 100 листов, 3 насыщенных неоновых цвета - оранжевый, розовый, зеленый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
   </si>
   <si>
     <t>427938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/645/wbetof9wpwcf3pr9z5dw994r5sgtbz7u.jpg</t>
   </si>
   <si>
     <t>Блок для записей BRAUBERG проклеенный, 9х9х5 см, цветной, 129199</t>
   </si>
   <si>
     <t>Блок для записей BRAUBERG изготовлен из высококачественной бумаги. Идеально подходит для быстрой фиксации информации. Блок высотой 5 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Может использоваться как в пластиковых подставках для настольных органайзерах, так и без подставок, поскольку листы проклеены по одной стороне, что делает блок устойчивым и листы не рассыпаются.</t>
   </si>
   <si>
     <t>434073</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/001/001591f17e48ab37f35422286ea17320.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Набор закладок для книг формата А5  ляссе с клеевым краем , ArtSpace  4 тонкие ленты </t>
+  </si>
+  <si>
+    <t>Я — красивая закладка. Я нужна вам для порядка. Зря страницы не листай — Где закладка, там читай! Книжная закладка была создана первыми читателями, которые столкнулись с проблемой ориентации в книге.&amp;nbsp;&amp;nbsp;Сегодня закладка, выполняя утилитарную функцию, помогает не только запоминать и быстро находить нужную страницу текста, но и работает на улучшение сохранности экземпляра издания, позволяя не листать читателями страницы без надобности, что может приводить к их загрязнению, быстрому износу и затиранию текста. Закладка ленточка - одна из самых удобных закладок для учебников и других школьных пособий, книг, тетрадей и пр. При помощи липкого слоя крепится к изданию, благодаря чему она не выпадает и не теряется, её использование не занимает много времени, что не мало важно во время учебного процесса. Набор закладок состоит из четырех лент шириной 6мм разных расцветок для изданий формата А5. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>446923</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/680/obf6yu9q6nu57qrl1nz02e2dda7l0aaa.jpg</t>
   </si>
   <si>
     <t>Блок для записей STAFF в подставке прозрачной, куб 9х9х5 см, белый, белизна 90-92 , 129193</t>
   </si>
   <si>
     <t>Блок для записей STAFF в пластиковой подставке предназначен для размещения заметок в удобном и заметном месте, что позволяет не забывать важную информацию, не упустить важные рабочие моменты. Блок высотой 5 см сложен из квадратных листов размером 9 х 9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Когда бумага закончится, можно вставить сменный блок.</t>
   </si>
   <si>
     <t>459248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d9/kpe1k7iizfbwtp9ovujxi4y2j1b5ait9.jpg</t>
   </si>
   <si>
     <t>Блок для записей STAFF в подставке прозрачной, куб 9х9х9 см, белый, белизна 90-92 , 129201</t>
   </si>
   <si>
     <t>Блок для записей STAFF в пластиковой подставке предназначен для размещения заметок в удобном и заметном месте, что позволяет не забывать важную информацию, не упустить важные рабочие моменты. Блок высотой 9 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Когда бумага закончится, можно вставить сменный блок.</t>
   </si>
   <si>
     <t>459250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63e/63efcc853907afd3543351a5dbccd81c/ab46df51c1ed7d4d02c7f834d8ca5df7.jpg</t>
@@ -4829,59 +4844,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bff/bff3a2b95f8d22d1e256cd9a2fbf4844/edabfbb540f4240f4969b540d6f347c0.jpg</t>
   </si>
   <si>
     <t>Блок для записи Berlingo  quot;Premium quot;, 9 9 4,5, белый, 100  белизна</t>
   </si>
   <si>
     <t>Блок для оперативных записей, белый. Размер листа в блоке - 90 ? 45 мм. Бумага плотностью 100 г/м?. 100&amp;#37; белизна бумаги. Походит для бокса Berlingo ZP8607. Индивидуальная упаковка в термоусадочную пленку.</t>
   </si>
   <si>
     <t>557373</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/328/3286c42bedb72192a5ee965eb77bbd67/83ed56ef51a993daae3b69cb98fe550f.jpg</t>
   </si>
   <si>
     <t>Блок для записи Berlingo  quot;Premium quot;, 9 9 4,5, пластиковый бокс, белый, 100  белизна</t>
   </si>
   <si>
     <t>Блок для оперативных записей в удобном пластиковом боксе, 500 листов. Размер - 9х9х4,5 см. Бумага плотностью 100 г/м2, 100&amp;#37; белизна. Индивидуальная упаковка в термоусадочную пленку.</t>
   </si>
   <si>
     <t>557374</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1b4/1b43143dedb4ed72d8786014dcdacc8a/dcf2ae73895d16ea17e902fe05656e9c.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0db/0db0331c97a3117ec9ef8858c97d8bb6/afa8204adeb58bedade866ce898f2601.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 100л, пастель, розовый</t>
   </si>
   <si>
     <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - розовый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
   </si>
   <si>
     <t>557391</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/508/5080f188a528120864e9e1783f510fd4/b034a99789c8a88a89f6a17c700611f3.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 100л, пастель, голубой</t>
   </si>
   <si>
     <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - голубой. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
   </si>
   <si>
     <t>557392</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ca/8ca8a56d9de2efd37a98d44403369dc3/db7aaf3a8a8fac7d59317bc3dbc168aa.jpg</t>
@@ -5003,81 +5009,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/304/jpionkp1dsw8gm532h8cj2faytsqwswf.jpg</t>
   </si>
   <si>
     <t>Блок для записей STAFF непроклеенный, куб 8х8х8 см, белый, белизна 70-80 , 111981</t>
   </si>
   <si>
     <t>Сменные блоки STAFF предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 8 см сложен из квадратных листов размером 8х8 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 55 г/м2 и белизной 70-80&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>563304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44e/6udi4j40fj9xdoby6oi4y5qlv4z104jy.jpg</t>
   </si>
   <si>
     <t>Блок для записей STAFF непроклеенный, куб 8х8х8 см, белый, белизна 90-92 , 111980</t>
   </si>
   <si>
     <t>Сменные блоки STAFF предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 8 см сложен из квадратных листов размером 8х8 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 90-92&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке.</t>
   </si>
   <si>
     <t>563305</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba3/x9jlh9bqr5f2o24v06gu1wjx6vyhmlil.jpg</t>
-[...8 lines deleted...]
-    <t>563776</t>
+    <t>http://anytos.ru//upload/iblock/18f/v9nlah6re21kxr5uodp8p2ims2g62p4h.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF ПАСТЕЛЬНЫЙ, 76х76 мм, 400 листов, 4 цвета, 129352</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры 4 пастельных цветов &amp;#40;желтый, розовый, зелёный, голубой&amp;#41; в форме куба 76х76 мм состоят из 400 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>563321</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e09/e09bf069fee7d75f49ca7de2c205bfe5/9bbbb330e283db92f2a29ad5068a8700.jpg</t>
   </si>
   <si>
     <t>Блок-кубик ATTACHE ЭКОНОМ запасной 8х8х4 белый 65 г 70</t>
   </si>
   <si>
     <t>Блок-кубик ATTACHE ЭКОНОМ запасной 8х8х4 белый 65 г/70</t>
   </si>
   <si>
     <t>581456</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c5/4c5c24de8e3d077f396219076e628be9/f1e298271c4370faa8af08643e7ed72f.jpg</t>
-[...5 lines deleted...]
-    <t>581460</t>
+    <t>http://anytos.ru//upload/iblock/46b/46b1c025846c4285452b7afd206feecd/e3ae12fd129ee9fdfa82a92562ae8b2c.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блок-кубик ATTACHE ЭКОНОМ на склейке 9х9х9 белый 60 г, 65 </t>
+  </si>
+  <si>
+    <t>Блок-кубик ATTACHE ЭКОНОМ на склейке 9х9х9 белый 60 г, 65&amp;#37;</t>
+  </si>
+  <si>
+    <t>581459</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c33/c33abf7e82e866e300ba2a04bd130bec/eee43064bc19f6992bf36db279113e36.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache куб 76х76, пастель 4 цвета 400 л</t>
+  </si>
+  <si>
+    <t>581467</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37d/1y99v7hkwhf6odqvo4ue2dg3f8nnh1nr.jpg</t>
   </si>
   <si>
     <t>Блок для записей LITE 8х8х3,5 см Куб прокл. 4 цв. 65 г м2</t>
   </si>
   <si>
     <t>Блок для записи цветной. Изготовлен из офсетной бумаги, прочно проклеен по корешку. Листы быстро и аккуратно отделяются от стопки блока. Блок состоит из 4 ярких цветов, гармоничное сочетание которых специально подбиралось. Плотность бумаги: 65 г/м2. Размер: 80 х 80 х 35 мм. Форма блока - куб. Упаковка: термопленка.</t>
   </si>
   <si>
     <t>590095</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/deb/shaxg4aesprfoy6q85av1txql8qgq77g.jpg</t>
   </si>
   <si>
     <t>Блок для записей LITE 9х9х5 см Куб прокл. 4 цв. 65 г м2</t>
   </si>
   <si>
     <t>Блок для записи цветной. Изготовлен из офсетной бумаги, прочно проклеен по корешку. Листы быстро и аккуратно отделяются от стопки блока. Блок состоит из 4 ярких цветов, гармоничное сочетание которых специально подбиралось. Плотность бумаги: 65 г/м2. Размер: 90 х 90 х 50 мм. Форма блока - куб. Упаковка: термопленка.</t>
   </si>
   <si>
     <t>590096</t>
   </si>
@@ -5276,53 +5297,50 @@
   <si>
     <t>600483</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88d/pskkybpdyx1crvextgj2zhkfi506l2oo.jpg</t>
   </si>
   <si>
     <t>Закладки клейкие ЮНЛАНДИЯ НЕОНОВЫЕ, 45х12 мм, 5 цветов х 20 листов, в пластиковой книжке, 111354</t>
   </si>
   <si>
     <t>Яркие неоновые закладки ЮНЛАНДИЯ акцентируют внимание на важных страницах книги или журнала. Крепятся к любой поверхности, сохраняют свои свойства даже при многократном применении. В наборе по 20 закладок каждого из 5 цветов. Размер закладки: 45х12 мм. Клейкий слой - 22 Н/м. Материал закладок позволяет делать на них надписи ручкой или карандашом. Поставляются в полиэтиленовом пакете с европодвесом.</t>
   </si>
   <si>
     <t>600486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/743/74357fb5460b5bb863fd3b3816ce5d7a/f5737a10928772a553b3476571900283.jpg</t>
   </si>
   <si>
     <t>Блок для записей Attache Economy запасной 7,5х7,5х3,5, белый, 65 г, 92</t>
   </si>
   <si>
     <t>610781</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>80</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/739/739dcf5f6533a45b93bd3df4824e3135/a5f6d3fe4d9eea1b498e1b96d3a4a16c.jpg</t>
   </si>
   <si>
     <t>Блок для записей Attache Economy запасной 7,5х7,5х7,5, 5 цветов, 65 г</t>
   </si>
   <si>
     <t>610782</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d77/d7743fb595d5789ca1f338f1d72a628a/e973c27a6837a156eee847b9cc146f3b.jpg</t>
   </si>
   <si>
     <t>Блок для записей Attache Economy запасной 7,5х7,5х7,5, белый, 65 г, 92</t>
   </si>
   <si>
     <t>610783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5db/5db6252e2a163240ea1b0f5e4248a837/a9a88bde575eea71d8000e8735f3e679.jpg</t>
   </si>
   <si>
     <t>Блок для записей Attache Economy запасной 8х8х4, 5 цветов, 65 г</t>
@@ -5429,86 +5447,86 @@
   <si>
     <t>Блок для записей Attache Economy проклеенный 7,5х7,5х7,5, белый, 65 г, 92</t>
   </si>
   <si>
     <t>610798</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/431/4314c619f18216ff55f3c9e76f779e99/b8c7439984211f86cbb1e7bfb42117e8.jpg</t>
   </si>
   <si>
     <t>Блок-кубик Attache Selection куб 51х51, неон-1 4 цвета 400 л</t>
   </si>
   <si>
     <t>610800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d64/d64298614d3815b784f891ab2beca95c/d2e51e18d2fd812da38a6b5f7f47b500.jpg</t>
   </si>
   <si>
     <t>Блок-кубик Attache Selection куб 51х51, неон-2 4 цвета 400 л</t>
   </si>
   <si>
     <t>610801</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7e7/7e74ad4ada8a54e42306e2c382ddc8ed/b359c1b6bf394b38599f9208af7a6e75.jpg</t>
-[...5 lines deleted...]
-    <t>610803</t>
+    <t>http://anytos.ru//upload/iblock/e6f/e6f23561608d61fb83bc4fee599b7c76/ce346696f51dee095a490ba4fa159cbd.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache Selection куб 51х51, неон-3 4 цвета 400 л</t>
+  </si>
+  <si>
+    <t>610802</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f99/f99e7be99e0eeb4013d68a3cfce9715f/c860eaef7b4427cb4f8be61693942813.jpg</t>
   </si>
   <si>
     <t>Блок-кубик Attache Selection фигурный яблоко 50 листов</t>
   </si>
   <si>
     <t>610806</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/70e/70e9dbe71e24b792a5b774d5f8cd8194/5a931fbc93c7ee5793966a062b21f0c3.jpg</t>
+  </si>
+  <si>
+    <t>Блок-кубик Attache куб 51х51, пастель 3 цвета 300 л</t>
+  </si>
+  <si>
+    <t>610807</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4da/4daa18a41dec213922659d4a66bb6500/a05051a4b2ab61f230fbe0dc8a501795.jpg</t>
   </si>
   <si>
     <t>Блок-кубик Attache куб 51х51, пастель 4 цвета 400 л</t>
   </si>
   <si>
     <t>610808</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/909/9091e8a8aacfd2c8e1fc48fcd2581d56/e6f84faafd7cb03df8623adf939131bc.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c9c/c9c73d07cff20d1140be4e278d5af047/d7faad4fc7cefe50cd490f7d0ffc537d.jpg</t>
   </si>
   <si>
     <t>Блок-кубик Attache куб 76х76, пастельно ж лтый 400 л</t>
   </si>
   <si>
     <t>Блок-кубик Attache куб 76х76, пастельно жёлтый 400 л</t>
   </si>
   <si>
     <t>610810</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0fb/0fb5e02f9d552579c64bb89565198f92/d0f0aa30bcc73f1a21b9c6534853d398.jpg</t>
   </si>
   <si>
     <t>Блок-кубик Attache с клеев.краем 38х51 желтый 12 блоков</t>
   </si>
   <si>
     <t>610811</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/262/2629a0f86af594a2a08acd1a86e38259/ad4a1804fad1cf3a358072851aeef0f0.jpg</t>
   </si>
   <si>
     <t>Блок-кубик ATTACHE с клеев.краем 76х76 розовый 50л.</t>
@@ -5723,95 +5741,80 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1c8/1c8111df97e2a5dd667ab9ee5f708a3b.jpg</t>
   </si>
   <si>
     <t>Закладки-ляссе фактурные для книг А4  длина 38 см   quot;ШОКОЛАД quot;, клейкий край, 3 ленты, ПИФАГОР, 112966</t>
   </si>
   <si>
     <t>Закладки-ляссе ПИФАГОР &amp;quot;ШОКОЛАД&amp;quot; - одни из самых удобных закладок для учебников, школьных пособий, книг, тетрадей и т.д., сочетающие в себе как практическую, так и декоративную функции. Представляет собой тканевую ленту с липким краем, при помощи которого прикрепляется к верхней части корешка книги, не выпадает и не теряется. Длина закладки составляет 38 см и превышает высоту книги формата А4 - это значит, что она всегда будет выступать за нижний обрез. Ляссе удобно именно тем, что его всегда можно использовать как сверху, так и снизу, чтобы быстро и четко открыть книгу или ежедневник на нужной странице. Такую закладку можно присоединить к корешку любой книги, которую хочется прочесть, а затем отсоединить при завершении чтения. Цвет - ассорти. 3 ленты в комплекте.</t>
   </si>
   <si>
     <t>664671</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a25/e3jfbzhg11orhbptp21prsdbke3lmqs2.jpg</t>
   </si>
   <si>
     <t>Блок для записи Стамм 9 9 9см, белый</t>
   </si>
   <si>
     <t>Блок для записи 9х9х9см, непроклеенный. Бумага белая, плотностью 80гр/м.кв. Упакован в термоусадочную пленку с цветным вкладышем.</t>
   </si>
   <si>
     <t>681506</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/427/ko1b6s501v33hto7q8s3uogkg9bhlhuq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/065/u98wxqoouwj57pwwqqxa55sxwqp0x922.jpg</t>
   </si>
   <si>
     <t>Блок для записи на склейке Стамм  quot;Спираль quot;, 8 8 4см, витой, цветной</t>
   </si>
   <si>
     <t>Блок для записи 8х8х4см. Бумага 5-ти пастельных цветов, плотность 80гр/м.кв. Блок проклеен по одному краю и закручен в спираль. Упакован в термоусадочную пленку с цветным вкладышем.</t>
   </si>
   <si>
     <t>681510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e3/ispzeskbaovjepqb7427254ccwzo9n19.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор закладок для книг формата А4  ляссе с клеевым краем , ArtSpace  quot;Style quot;  3 широкие ленты </t>
   </si>
   <si>
     <t>Я — красивая закладка. Я нужна вам для порядка. Зря страницы не листай — Где закладка, там читай! Книжная закладка была создана первыми читателями, которые столкнулись с проблемой ориентации в книге. Сегодня закладка, выполняя утилитарную функцию, помогает не только запоминать и быстро находить нужную страницу текста, но и работает на улучшение сохранности экземпляра издания, позволяя не листать читателями страницы без надобности, что может приводить к их загрязнению, быстрому износу и затиранию текста. Закладка ленточка - одна из самых удобных закладок для учебников и других школьных пособий, книг, тетрадей и пр. При помощи липкого слоя крепится к изданию, благодаря чему она не выпадает и не теряется, её использование не занимает много времени, что не мало важно во время учебного процесса. Набор закладок состоит из трех лент шириной 12 мм разных расцветок для изданий формата А4. Упакованы в пакет с европодвесом.</t>
   </si>
   <si>
     <t>681585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f4/v7zgztlksn0mx7e9wtrc9fd7x9ydmj21.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор закладок для книг формата А4  ляссе с клеевым краем , ArtSpace  quot;Пастель quot;  3 широкие ленты </t>
   </si>
   <si>
-    <t>Я — красивая закладка. Я нужна вам для порядка. Зря страницы не листай — Где закладка, там читай! Книжная закладка была создана первыми читателями, которые столкнулись с проблемой ориентации в книге.&amp;nbsp;&amp;nbsp;Сегодня закладка, выполняя утилитарную функцию, помогает не только запоминать и быстро находить нужную страницу текста, но и работает на улучшение сохранности экземпляра издания, позволяя не листать читателями страницы без надобности, что может приводить к их загрязнению, быстрому износу и затиранию текста. Закладка ленточка - одна из самых удобных закладок для учебников и других школьных пособий, книг, тетрадей и пр. При помощи липкого слоя крепится к изданию, благодаря чему она не выпадает и не теряется, её использование не занимает много времени, что не мало важно во время учебного процесса. Набор закладок состоит из четырех лент шириной 6мм разных расцветок для изданий формата А5. Упакованы в пакет с европодвесом.</t>
-[...1 lines deleted...]
-  <si>
     <t>681586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ce/ii9i9387kv3f8cj202yk6bz61v4yqlid.jpg</t>
   </si>
   <si>
     <t>Блок для записи Стамм 8 8 8см, белый</t>
   </si>
   <si>
     <t>Блок для записи 8х8х8см, непроклеенный. Бумага белая, плотностью 80гр/м.кв. Упакован в термоусадочную пленку с цветным вкладышем.</t>
   </si>
   <si>
     <t>686630</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21d/qed7yqogguxuv7pnci23qpz71lf6rf18.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky quot;, 75 75мм, 100л, белый</t>
   </si>
   <si>
     <t>Блок самоклеящейся бумаги для заметок размером 75*75 мм и повышенной клейкостью 25 Н/м. Изготовлен из бумаги плотностью 75 г/м2. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Специальное покрытие, предотвращающее закручивание, оптимизированное для комфортного письма. Идеальны для наклеивания на различные типы поверхностей. Упаковка 100 листов, цвет - белый. Упаковка в прозрачную пленку с возможностью быстрого открытия. Производство - Германия.</t>
   </si>
   <si>
     <t>686632</t>
@@ -6038,50 +6041,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2d5/m2m5tdywspvzdswrko1xv23v18bysbjr.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок Erich Krause, 90x90x90 мм, 4 цвета</t>
   </si>
   <si>
     <t>Бумага для заметок предназначена для оперативной записи необходимой информации. Может использоваться в пластиковых подставках и настольных органайзерах. Листы плотно уложены и имеют ровный срез, изготовлены из качественной бумаги плотностью 80 г/м2. Размер листа - 90х90 мм. Высота блока - 90 мм. Цвет бумаги: розовый, желтый, голубой, персиковый. Упаковка - теромоусадочная пленка.</t>
   </si>
   <si>
     <t>696579</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e97/tf34fd23gapykmxwpobkcii21seixflf.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок Erich Krause, 90x90x90 мм, белый</t>
   </si>
   <si>
     <t>Бумага для заметок предназначена для оперативной записи необходимой информации. Может использоваться в пластиковых подставках и настольных органайзерах. Листы плотно уложены и имеют ровный срез, изготовлены из качественной бумаги плотностью 80 г/м2. Размер листа - 90х90 мм. Высота блока - 90 мм. Цвет бумаги: белый. Упаковка - теромоусадочная пленка.</t>
   </si>
   <si>
     <t>696580</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d98/zhkkxujnz6t9lbs2fkophcddpzvdtsaq.jpg</t>
+  </si>
+  <si>
+    <t>Бумага для заметок Erich Krause, 90x90x50 мм, 2 цвета: белый, голубой, в пластиковой подставке</t>
+  </si>
+  <si>
+    <t>Бумага для заметок предназначена для оперативной записи необходимой информации. Подставка из тонированного пластика обеспечивает удобство в использовании и помогает организовать пространство на рабочем столе. Листы плотно уложены и имеют ровный срез, изготовлены из качественной бумаги плотностью 80 г/м2. Размер листа - 90х90 мм. Высота блока - 50 мм. Цвет бумаги: белый, голубой. Упаковка - теромоусадочная пленка.</t>
+  </si>
+  <si>
+    <t>696581</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c29/ckbshils1byvoq21lgd7nqcw0nm4r014.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок Erich Krause, 90x90x50 мм, 2 цвета: белый, желтый, в пластиковой подставке</t>
   </si>
   <si>
     <t>Бумага для заметок предназначена для оперативной записи необходимой информации. Подставка из тонированного пластика обеспечивает удобство в использовании и помогает организовать пространство на рабочем столе. Листы плотно уложены и имеют ровный срез, изготовлены из качественной бумаги плотностью 80 г/м2. Размер листа - 90х90 мм. Высота блока - 50 мм. Цвет бумаги: белый, желтый. Упаковка - теромоусадочная пленка.</t>
   </si>
   <si>
     <t>696582</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/95a/mjmsjoit3myzrvupjfx10t54h21pk5oo.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок Erich Krause, 90x90x50 мм, 2 цвета: белый, персиковый, в пластиковой подставке</t>
   </si>
   <si>
     <t>Бумага для заметок предназначена для оперативной записи необходимой информации. Подставка из тонированного пластика обеспечивает удобство в использовании и помогает организовать пространство на рабочем столе. Листы плотно уложены и имеют ровный срез, изготовлены из качественной бумаги плотностью 80 г/м2. Размер листа - 90х90 мм. Высота блока - 50 мм. Цвет бумаги: белый, персиковый. Упаковка - теромоусадочная пленка.</t>
   </si>
   <si>
     <t>696583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f4e/08jl87za7p86y3fw7aix4mzsb9fmn6yh.jpg</t>
@@ -6122,60 +6137,69 @@
   <si>
     <t>http://anytos.ru//upload/iblock/cd2/owzd79eur5zpgyuebzo88w5kul6a3fx8.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок Erich Krause, 90x90x90 мм, 4 цвета, в пластиковой подставке</t>
   </si>
   <si>
     <t>Бумага для заметок предназначена для оперативной записи необходимой информации. Подставка из тонированного пластика обеспечивает удобство в использовании и помогает организовать пространство на рабочем столе. Листы плотно уложены и имеют ровный срез, изготовлены из качественной бумаги плотностью 80 г/м2. Размер листа - 90х90 мм. Высота блока - 90 мм. Цвет бумаги: розовый, желтый, голубой, персиковый. Упаковка - теромоусадочная пленка.</t>
   </si>
   <si>
     <t>696587</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81e/qbgjwouo5lzry06cg0mqzfy4q7tro9de.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок Erich Krause, 90x90x90 мм, белый, в пластиковой подставке</t>
   </si>
   <si>
     <t>Бумага для заметок предназначена для оперативной записи необходимой информации. Подставка из тонированного пластика обеспечивает удобство в использовании и помогает организовать пространство на рабочем столе. Листы плотно уложены и имеют ровный срез, изготовлены из качественной бумаги плотностью 80 г/м2. Размер листа - 90х90 мм. Высота блока - 90 мм. Цвет бумаги: белый. Упаковка - теромоусадочная пленка.</t>
   </si>
   <si>
     <t>696588</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/359/ajbtvtwfxo0sneh4y13chbgol45f2spx.jpg</t>
-[...8 lines deleted...]
-    <t>696612</t>
+    <t>http://anytos.ru//upload/iblock/9d6/4hc17xc2ysbg2xco9kormlmgcqdye3qq.jpg</t>
+  </si>
+  <si>
+    <t>Подставка металлическая для бумажного блока прямоугольная Erich Krause Compass, серебряный</t>
+  </si>
+  <si>
+    <t>Современный элегантный дизайн. Оптимальное решение для офиса и дома. Материал - сталь с лакокрасочным покрытием. Размер - 99х99х80 мм. Модель 2019 года поставляется с металлическим логотипом ErichKrause®.</t>
+  </si>
+  <si>
+    <t>696596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ca/5u5twevyugtusst9lf5sa9uilgx24uj0.jpg</t>
+  </si>
+  <si>
+    <t>Подставка металлическая для бумажного блока прямоугольная Erich Krause Compass, черный</t>
+  </si>
+  <si>
+    <t>696597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a0/kyytpc9kecryzhs27paqyhklfhjn9mog.jpg</t>
   </si>
   <si>
     <t>Блок д записи липкий 51 76мм  quot;Darvish quot; ассорти</t>
   </si>
   <si>
     <t>Блок д/записи липкий&amp;nbsp;&amp;nbsp;51*76мм &amp;quot;Darvish&amp;quot; ассорти. В упаковке 100 листов.</t>
   </si>
   <si>
     <t>703368</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7f/rd1e09rjqjt9cr357q0nv2v2k6bybr34.jpg</t>
   </si>
   <si>
     <t>Блок д записи липкий 76  76мм  quot;Darvish quot; ассорти</t>
   </si>
   <si>
     <t>Блок д/записи липкий&amp;nbsp;&amp;nbsp;76* 76мм &amp;quot;Darvish&amp;quot; ассорти. В упаковке 100 листов.</t>
   </si>
@@ -6243,62 +6267,50 @@
     <t>703374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/edc/lzwjztrldq54sif4wch7ox75ukaogc3o.jpg</t>
   </si>
   <si>
     <t>Блок для записей  quot;Пуговка quot; силиконовый ассорти цвет</t>
   </si>
   <si>
     <t>Блок для записей &amp;quot;Пуговка&amp;quot; силиконовый &amp;#40;d-9см&amp;#41;, ассорти цвет . Офсет, 80л.,80г/м2. Упаковка - блистер 9,5*9,5*1,7см.</t>
   </si>
   <si>
     <t>703375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a86/7x7l8nua1wsv81l2m1addbg2mmfjy82n.jpg</t>
   </si>
   <si>
     <t>Блок для записей  quot;Шоколадка quot; 10 8,5см, 80л.</t>
   </si>
   <si>
     <t>Блок для записей &amp;quot;Шоколадка&amp;quot; 10*8,5см, ароматизированный. Количество листов 80, офсет, плотность не менее 70г/м2. Упаковка -блистер 10,5*9,5см.</t>
   </si>
   <si>
     <t>703376</t>
-  </si>
-[...10 lines deleted...]
-    <t>703377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0d/nw0fo76j3bx09ul9mexue81ypw0yi50u.jpg</t>
   </si>
   <si>
     <t>Стикеры магнитные  статические  50 75мм 50л из полипропиленовой пленки</t>
   </si>
   <si>
     <t>Для записей и заметок. Держатся без клея на любой сухой гладкой поверхности &amp;#40;дерево, стекло, металл, экран монитора, холодильник. и т.д.&amp;#41;.&lt;br /&gt;
  Поверхность таких стикеров имеет постоянный электростатический заряд, за счет которого они буквально притягиваются к поверхности. Поэтому статические стикеры можно перемещать с места на место, сколько угодно, – их функциональность останется прежней.&lt;br /&gt;
  Подходят для написания карандашом или перманентным маркером на цветной стороне. А маркером для досок на обратной стороне, при этом Вы сможете стирать и писать заново.&lt;br /&gt;
  Для планирования, обучения, презентаций, проектирования, записок и напоминаний.&lt;br /&gt;
  Материал: БОПП-пленка. Цвет: розовый.</t>
   </si>
   <si>
     <t>703379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a54/tnkex1quv2fhmhsnuhzcfa8spxgg09in.jpg</t>
   </si>
   <si>
     <t>Стикеры магнитные  статические  75 100мм 50л из полипропиленовой пленки</t>
   </si>
   <si>
     <t>Для записей и заметок. Держатся без клея на любой сухой гладкой поверхности &amp;#40;дерево, стекло, металл, экран монитора, холодильник. и т.д.&amp;#41;.&lt;br /&gt;
@@ -6521,50 +6533,68 @@
   <si>
     <t>Стикеры Attache Economy с клеев.краем 38x51 мм, 100 лист неоновый желтый</t>
   </si>
   <si>
     <t>717585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5eb/m3z1fyixtnwuxcyap87w8j6kwm8ru29o.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Economy с клеев.краем 38x51 мм, 100 лист неоновый синий</t>
   </si>
   <si>
     <t>717586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/845/d0twrq2tgu1uiclrqen0vbglcmwrlcbb.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Economy с клеев.краем 38x51 мм, 100л в блоке, неон 12 бл</t>
   </si>
   <si>
     <t>717588</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b66/8fsassi3guoxzy24strjoj3jgtpugzqd.jpg</t>
+  </si>
+  <si>
+    <t>Стикеры Attache Economy с клеев.краем 38x51 мм, 400 лист, 5 неоновых цв</t>
+  </si>
+  <si>
+    <t>717589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d5/b5ewzfqnhcotrr7yzi17paau7pdaecau.jpg</t>
+  </si>
+  <si>
+    <t>Стикеры Attache Economy с клеев.краем 38x51 мм, 400 лист, 8 неоновых цв</t>
+  </si>
+  <si>
+    <t>717590</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f8c/xa7te7ll9j7urolng51b11j0s3xzx1q9.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Economy с клеев.краем 38x51 мм,100 лист неоновый зеленый</t>
   </si>
   <si>
     <t>717591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13a/bnv4nr8sqn3w5baj9vfpmq12sz98hftg.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Economy с клеев.краем 38x51 мм,100 лист неоновый розовый</t>
   </si>
   <si>
     <t>717592</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecb/h4wndeam81nw3jg84s3w2md6s08rga4w.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Economy с клеев.краем 51x51 мм 100 лист неоновый желтый</t>
   </si>
   <si>
     <t>717593</t>
@@ -6806,128 +6836,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/664/oy3o8uyz7bbsml2d1vj6mxonalvgzrfq.jpg</t>
   </si>
   <si>
     <t>Флажки-закладки OfficeSpace, 45 12мм, 20л. 4 неоновых цвета, европодвес</t>
   </si>
   <si>
     <t>Самоклеящиеся пластиковые флажки-закладки&amp;nbsp;&amp;nbsp;45 х 12 мм. 4 ярких неоновых цвета по 20 закладок в блоке. Общее количество закладок: 80 шт. Упакованы в пакет с европодвесом.</t>
   </si>
   <si>
     <t>786578</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f7/dzwh7bfdrhwqfdrxw121wwyzv0onhwxz.jpg</t>
   </si>
   <si>
     <t>Флажки-закладки OfficeSpace, 45 12мм, стрелки, 20л 4 неоновых цвета, европодвес</t>
   </si>
   <si>
     <t>Самоклеящиеся пластиковые флажки-закладки в виде &amp;quot;стрелок&amp;quot; 45 х 12 мм. 4 ярких неоновых цвета по 20 закладок в блоке. Общее количество закладок: 80 шт. Упакованы в пакет с европодвесом.</t>
   </si>
   <si>
     <t>786579</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8ea/pi3xrpzjpnu4la4jlfcjlgbj1eu70xuk.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки и самоклеящиеся блоки в наборе OfficeSpace, 48 12мм  5цв., 75 51мм 1цв., 75 25мм  1цв., по 20л., неоновые цвета флажков</t>
+  </si>
+  <si>
+    <t>Набор из 2 самоклеящихся блоков пастельного цвета в форме прямоугольников 75х51 и 75х25 мм и 5 закладок неоновых цветов размером 48х12 мм. 7 цветов по 20 закладок в блоке. Общее количество листов: 140 шт. Упакованы в пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>786580</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a29/fvqvu4zb3l8p7tw1rgbiemkciqw73s1t.jpg</t>
   </si>
   <si>
     <t>Бокс для бумаги 9х9х5 прозрачный пластик</t>
   </si>
   <si>
     <t>787799</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/08f/ffgq8dld1yvsurku2pjcqd06szrxrcpw.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cf7/irgps8kvyssdqmz6x6clfr1mojs3ty4i.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок OfficeSpace, 76 76мм, 400л., 4 пастельных цвета</t>
   </si>
   <si>
     <t>Блок бумаги для записи с клеевым краем. Незаменим для оперативных записей. Размер листа в блоке 76 ? 76 мм. 400 листов в блоке, 4 пастельных цвета. Упакован в полиэтиленовую пленку.</t>
   </si>
   <si>
     <t>798973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/706/f2ujf4zfi7rubv6scmks4ol4wzz5rx2d.jpg</t>
   </si>
   <si>
     <t>Блок для записей СТАММ  quot;Basic quot;, 8 8 4см, белый</t>
   </si>
   <si>
     <t>Блок бумаги Стамм Basic подходит для оперативных записей необходимой информации. Размер листа в блоке - 80?80 мм, высота блока - 40 мм. Может использоваться в пластиковых подставках и настольных органайзерах. Блок для записей представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 80 г/м2</t>
   </si>
   <si>
     <t>833474</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cca/wfi9py0nb4uqkfp3ldkrmmbng2wrp8i5.jpg</t>
   </si>
   <si>
     <t>Блок для записей СТАММ  quot;Basic quot;, 8 8 4см, цветной</t>
   </si>
   <si>
     <t>Блок бумаги Стамм Basic подходит для оперативных записей необходимой информации. Размер листа в блоке - 80?80 мм, высота блока - 40 мм. Может использоваться в пластиковых подставках и настольных органайзерах. Блок для записей представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: ассорти ? Плотность бумаги: 80 г/м2</t>
   </si>
   <si>
     <t>833477</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/88c/r38altab0my0n8rhgihm2wvqll0c1a1o.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/da0/2za5023cemqnfgun2g58mtguxk15xcmt.jpg</t>
   </si>
   <si>
     <t>Блок для записей СТАММ  quot;Basic quot;, 9 9 4,5см, белый</t>
   </si>
   <si>
     <t>Блок бумаги Стамм Basic подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 45 мм. Может использоваться в пластиковых подставках и настольных органайзерах. Блок для записей представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 80 г/м2</t>
   </si>
   <si>
     <t>833480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/160/wnmsxfhbib8u9x6y83tw2mscwm6v3pct.jpg</t>
   </si>
   <si>
     <t>Блок для записей СТАММ  quot;Basic quot;, 9 9 4,5см, пластиковый бокс, белый</t>
   </si>
   <si>
     <t>Блок бумаги в пластиковом прозрачном боксе Стамм Basic подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 45 мм. Блок для записей представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 80 г/м2</t>
   </si>
   <si>
     <t>833481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c46/v7yufoljqrulbp94tyuvl14wndhl807j.jpg</t>
@@ -7136,195 +7145,147 @@
   <si>
     <t>http://anytos.ru//upload/iblock/21a/hgs1yw05sftv1y0it7038y9etwjezm1y.jpg</t>
   </si>
   <si>
     <t>Блок для записей на склейке СТАММ  quot;Basic quot;, 8 8 4см, витой, белый</t>
   </si>
   <si>
     <t>Витой блок бумаги на склейке Стамм Basic подходит для оперативных записей необходимой информации. Размер листа в блоке - 80?80 мм, высота блока - 40 мм. Блок для записей проклеен по одному краю. Представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 80 г/м2 ? Склейка: есть</t>
   </si>
   <si>
     <t>833503</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d50/y44td4w8a46p7grsn5g5z25ao2yfxgz2.jpg</t>
   </si>
   <si>
     <t>Блок для записей на склейке СТАММ  quot;Basic quot;, 9 9 4,5см, белый</t>
   </si>
   <si>
     <t>Блок бумаги на склейке Стамм Basic подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 45 мм. Блок для записей проклеен по одному краю. Представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 80 г/м2 ? Склейка: есть</t>
   </si>
   <si>
     <t>833507</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc8/c2m4ne4c6p7va4g8snh279ldrwxh5e4i.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/878/xjlwejac9t981x32qlpgy0fa0rcg24rx.jpg</t>
   </si>
   <si>
     <t>Блок для записей на склейке СТАММ  quot;Basic quot;, 9 9 9см, белый</t>
   </si>
   <si>
     <t>Блок бумаги на склейке Стамм Basic подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 90 мм. Блок для записей проклеен по одному краю. Представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 80 г/м2 ? Склейка: есть</t>
   </si>
   <si>
     <t>833509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/321/cuwf6lonhuov3v9hhyfq0e1xkm12dlgm.jpg</t>
   </si>
   <si>
     <t>Блок для записей на склейке СТАММ  quot;Basic quot;, 9 9 9см, триколор</t>
   </si>
   <si>
     <t>Блок бумаги на склейке Стамм Basic подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 90 мм. Блок для записей проклеен по одному краю. Представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: триколор ? Плотность бумаги: 80 г/м2 ? Склейка: есть</t>
   </si>
   <si>
     <t>833510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/032/iqssv2v88srd47s9qgw7jwbn46xo5k8n.jpg</t>
   </si>
   <si>
     <t>Блок для записей на склейке СТАММ  quot;Simple quot;, 9 9 4,5см, ассорти</t>
   </si>
   <si>
     <t>Блок бумаги на склейке Стамм Simple подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 45 мм. Блок для записей проклеен по одному краю. Представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: ассорти ? Плотность бумаги: 65-80 г/м2 ? Склейка: есть</t>
   </si>
   <si>
     <t>833515</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/890/m7m89wrvjgcm0q4nis4hhrxw7pmrh7k2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc7/7o98mr8fcpo4vbf1lnsi68itfid610jj.jpg</t>
   </si>
   <si>
     <t>Блок для записей на склейке СТАММ  quot;Simple quot;, 9 9 9см, ассорти</t>
   </si>
   <si>
     <t>Блок бумаги на склейке Стамм Simple подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 90 мм. Блок для записей проклеен по одному краю. Представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: ассорти ? Плотность бумаги: 65-80 г/м2 ? Склейка: есть</t>
   </si>
   <si>
     <t>833517</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ef/jx9sdj1cznvrvv2fy9p9k9kt9bk9s1t7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/076/yenkpbhdq9ovekegeazuoagseatsq3xf.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блок для записей на склейке СТАММ, 9 9 4,5см, белый, белизна 65-70 </t>
   </si>
   <si>
     <t>Блок бумаги на склейке Стамм подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 45 мм. Блок для записей проклеен по одному краю. Блок для записей представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 55-60 г/м2 ? Белизна: 65-70 &amp;#37;</t>
   </si>
   <si>
     <t>833519</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3c/puscnaki0204biterqwq0q2i3me80ga7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блок для записей на склейке СТАММ, 9 9 9см, белый, белизна 65-70 </t>
   </si>
   <si>
     <t>Блок бумаги на склейке Стамм подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 90 мм. Блок для записей проклеен по одному краю. Блок для записей представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 55-60 г/м2 ? Белизна: 65-70 &amp;#37;</t>
   </si>
   <si>
     <t>833520</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0d6/al1a7esf4u0yfma2lsjdi601ph3ucwts.jpg</t>
-[...8 lines deleted...]
-    <t>835997</t>
+    <t>http://anytos.ru//upload/iblock/502/u7jiqa2lfciuqhx0aejdq6tsecj23iek.jpg</t>
+  </si>
+  <si>
+    <t>Самоклеящийся блок фигурный MESHU  quot;Sweet mono quot;, 50л., европодвес</t>
+  </si>
+  <si>
+    <t>Самоклейщийся блок бумаги MESHU для оперативных записей, поможет сохранить важную информацию и интересные идеи. Плотность бумаги составляет 80 г/м2. В упаковке представлен блок в форме кактуса в цветочном горшке в индивидуальной упаковке с европодвесом. • Количество листов: 50, • Цвет бумаги: ассорти, • Плотность бумаги: 80 г/м2.</t>
+  </si>
+  <si>
+    <t>836003</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e68/x4dh0gjpk7jor28y2dzblh7jfcigy0vj.jpg</t>
-[...20 lines deleted...]
-    <t>836003</t>
+    <t>http://anytos.ru//upload/iblock/90f/b2h8ed4i5mitgewscyyc15u7w17ih617.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки и самоклеящиеся блоки в наборе MESHU  quot;Space adventure quot;, 74 74мм, 60 15мм, 25л., европодвес</t>
+  </si>
+  <si>
+    <t>Флажки-закладки и самоклеящиеся блоки в наборе MESHU идеальны для наклеивания на различные типы поверхностей. Размер блока – 74*74 мм, флажков 60*15 мм. В упаковке представлено 25 листов каждого блока. Блоки имеют прямоугольную форму. Праймер слой, удерживающий клей при переклеивании, позволяет не оставлять следов на поверхности и многократно использовать лист. Товар выпускается в пакете с европодвесом. • Размер: 74*74 мм,60*15 мм, • Количество листов: 25, • Цвет бумаги: ассорти.</t>
+  </si>
+  <si>
+    <t>836043</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec2/2jvk6tnm2moiferh7327g2glm53rmw3q.jpg</t>
   </si>
   <si>
     <t>Блок для записей СТАММ  quot;Simple quot;, 9 9 4,5см, белый</t>
   </si>
   <si>
     <t>Блок бумаги Стамм Simple подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 45 мм. Может использоваться в пластиковых подставках и настольных органайзерах. Блок для записей представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 65 г/м?</t>
   </si>
   <si>
     <t>838998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4c/s7mgb9bkil2myo02s38hmcnys2p8ae0o.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блок для записей СТАММ 9 9 4,5см, пластиковый бокс, белый, белизна 65-70 </t>
   </si>
   <si>
     <t>Блок бумаги в пластиковом прозрачном боксе Стамм подходит для оперативных записей необходимой информации. Размер листа в блоке - 90?90 мм, высота блока - 45 мм. Блок для записей представлен в индивидуальной упаковке в термоусадочной пленке. ? Цвет блока: белый ? Плотность бумаги: 55-60 г/м2 ? Белизна: 65-70 &amp;#37;</t>
   </si>
   <si>
     <t>841439</t>
   </si>
@@ -7367,50 +7328,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/daa/urmb2kacmy1wljwm5ff9c1v4wr0uv567.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Berlingo  quot;Green Series quot;, 76 76мм, 100л, крафтовая бумага</t>
   </si>
   <si>
     <t>Блок бумаги для записей с клеевым краем Berlingo &amp;quot;Green Series&amp;#39; отлично подойдёт для сохранения важной информации. 1 рубль от продажи каждого продукта будет направлен на посадку деревьев. Стильные блоки из крафт бумаги, плотностью 64 г/м2. Размер листа в блоке для заметок 76*76 мм. Блок для записей изготовлен с использованием качественного клеевого состава и специальной водной основы, позволяющей клею полностью оставаться на отрываемом стикере. При отрывании листы не закручиваются, а качество письма остается одинаковым по всей площади стикера. Стикер можно прикрепить к любой поверхности, не оставляя следов. • Количество листов: 100, • Цвет блока: крафт, • Склейка: есть</t>
   </si>
   <si>
     <t>844859</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/631/ir306lgunrvfih7pabvn8yivqo933ba6.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся LOREX SQUARE FLUFFY SKY 75х75 мм 50 л. ассорти</t>
   </si>
   <si>
     <t>846887</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a64/0gfbaszqhuzxtcqa62gqx1y8kh8x6675.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие LOREХ PLASTIC SIMPLE 10 цв х 20л пастель   45х10 мм пластик</t>
+  </si>
+  <si>
+    <t>Закладки клейкие LOREХ PLASTIC SIMPLE 10 цв х 20л пастель / 45х10 мм пластик</t>
+  </si>
+  <si>
+    <t>846994</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e6c/4abclfxj3wame2gp4klzvqp6c3yj8jec.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор закладок для книг формата А4  ляссе с клеевым краем , ArtSpace  quot;Coffee quot;  3 широкие ленты </t>
   </si>
   <si>
     <t>Закладки Artspace - отличный помощник при работе с книгой. Закладка ляссе представляет собой атласную ленту с клеевым краем, что позволяет надежно закрепить ее на корешке книги и быть уверенным что она не выпадет и не потеряется. Теперь коллекция закладок ляссе Artspace пополнилась закладками с милыми принтами, которые выполняют не только практическую, но и декоративную функцию.</t>
   </si>
   <si>
     <t>851195</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc0/i0bsn1sxkqvtdju2dxuoe0cxocnaq0ji.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор закладок для книг формата А5  ляссе с клеевым краем , ArtSpace  quot;Be yourself quot;  3 широкие ленты </t>
   </si>
   <si>
     <t>851197</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/089/a0x26itwfin45hahhfmnfok2i6ld408x.jpg</t>
   </si>
   <si>
     <t>Блок для записей СТАММ  quot;Simple quot; 9 9 9см, пластиковый бокс, белый</t>
@@ -7418,59 +7391,50 @@
   <si>
     <t>Блок бумаги СТАММ Simple подходит для оперативных записей необходимой информации. Размер листа в блоке: 90*90 мм, высота блока – 90 мм. Блок для записей представлен в индивидуальной упаковке в термоусадочной плёнке. Идёт в комплекте с пластиковым прозрачным боксом. • Белизна блока: 90-92&amp;#37;, • Размер: 90*90*90 мм, • Цвет бумаги блока: белый, • Плотность бумаги: 65 г/кв. м.</t>
   </si>
   <si>
     <t>852850</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f9e/mr3gk0tcm75ymtgvmd8tnsfhii51jtwg.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок с клеевым краем Economy 38x51 мм, 400 л, 5 цветов в ассортименте</t>
   </si>
   <si>
     <t>879016</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cf/dov7cv6zeb031ns292sesluzqrps07qo.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок с клеевым краем Economy 38x51 мм, 400 л, 8 цветов в ассортименте</t>
   </si>
   <si>
     <t>879017</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cbe/dhsdlrdgco38p6vtpb3cscglamlfzcri.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7c5/1ql0srvl3ikudxqa3gipq0rabieem5x4.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок с клеевым краем Economy 51x51 мм, 400 л, 8 цветов в ассортименте</t>
   </si>
   <si>
     <t>879019</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a1/7n3jfdhsfh1yieic96rle3sfg4p494hc.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок с клеевым краем Economy 76x51 мм, 400 л, 5 цветов в ассортименте</t>
   </si>
   <si>
     <t>879020</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ef/8cts6puso418h725qcdk0d7cd9gn6cf2.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок с клеевым краем Economy 76x51 мм, 400 л, 8 цветов в ассортименте</t>
   </si>
   <si>
     <t>879021</t>
@@ -7625,86 +7589,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/0c6/tbbal11cl818zbody1sj54sc742hafgl.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеевым краем 38х51 розовый 100л. 3 шт наб</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеевым краем 38х51 розовый 100л. 3 шт/наб</t>
   </si>
   <si>
     <t>879042</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b2/ypbd83ql3adwz27ljyrtorevpv45i917.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеевым краем 38х51 фиолетовый 100л 3 шт наб</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеевым краем 38х51 фиолетовый 100л 3 шт/наб</t>
   </si>
   <si>
     <t>879044</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f09/19mtpos4d54sedtr0mkvfpm3ng0atd43.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/091/gpd6tnimux51du7gexv12s10lcyns99d.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеевым краем 76х51 желтый 100л</t>
   </si>
   <si>
     <t>879046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b99/7mq3drae31d1tiao133r1ujgfk3qgi1e.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеевым краем 76х51 розовый 100л</t>
   </si>
   <si>
     <t>879047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/827/rqasih1xrcx0tqtixnozs0iu02olv160.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеевым краем 76х51 фиолетовый 100л</t>
   </si>
   <si>
     <t>879049</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/623/91g3j3hfswgd2eh1xf47c588287zau5r.jpg</t>
+  </si>
+  <si>
+    <t>Стикеры ATTACHE Bright colours с клеевым краем 76х76 голубой 100л</t>
+  </si>
+  <si>
+    <t>879050</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9c7/8mra071jnvw51o5e68l21fuq579cd1bd.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеевым краем 76х76 розовый 100л</t>
   </si>
   <si>
     <t>879051</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da6/8qzbet82zvmlql5ecxj09dn8wlwcrpy5.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеевым краем 76х76 фиолетовый 100л</t>
   </si>
   <si>
     <t>879053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/600/1ibrvjbdfosgf8we6s2x29xpp48p053u.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Economy 38x51 мм, 100 л, цвет в ассортименте, 12 бл уп, 1408011</t>
   </si>
   <si>
     <t>Стикеры Attache Economy 38x51 мм, 100 л, цвет в ассортименте, 12 бл/уп, 1408011</t>
@@ -7925,122 +7889,155 @@
   <si>
     <t>879078</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/00d/6r1hgdx0p56e36e34kvr18q2nlg3pyv4.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки бумажные 45х15 мм,30 листов x 5 бл,цвет в асс</t>
   </si>
   <si>
     <t>879484</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/947/68j1wfcpn54ikyxwe7wg0b98cuv0l9pz.jpg</t>
   </si>
   <si>
     <t>Подставка для бумажного блока BRAUBERG CLASSIC пластиковая, 90х90х50 мм, прозрачная, 238091, ПЛ61</t>
   </si>
   <si>
     <t>Подставка для бумажного блока BRAUBERG выполнена в современном дизайне и предназначена для хранения бумажного блока. Подставка размером 90х90х50 мм вмещает 500 листов бумаги плотностью 80 г/м2. Состоит из одного отделения.</t>
   </si>
   <si>
     <t>883653</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c8c/tnicdyon6t77e202zo2xpb7r5f4tzdjf.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для бумажного блока BRAUBERG CLASSIC пластиковая, 90х90х90 мм, прозрачная, 238092, ПЛ41</t>
+  </si>
+  <si>
+    <t>Подставка для бумажного блока BRAUBERG выполнена в современном дизайне и предназначена для хранения бумажного блока. Подставка размером 90х90х90 мм вмещает до 1000 листов бумаги плотностью 80 г/м2. Состоит из одного отделения. Поставляется без наполнения.</t>
+  </si>
+  <si>
+    <t>883654</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5fe/xs3c0htvohmnnv7u2y7hpcg2e12tj7tq.jpg</t>
   </si>
   <si>
     <t>Подставка для визиток настольная BRAUBERG CLASSIC 40х100х55 мм, на 50 визиток, прозрачная, 238103, ВТ01</t>
   </si>
   <si>
     <t>Настольная подставка BRAUBERG предназначена для размещения на столе визитных карточек. Современный дизайн отлично вписывается в офисный интерьер. Изготовлена из высококачественного пластика. Имеет размеры 40х100х55 мм. Поставляется в защитной пленке.</t>
   </si>
   <si>
     <t>883655</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2f2/s2vreyihb0eoxokmmi3vxuedhqcqhi03.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся Stick n ECO 51x76 мм, 1 штука, 100 листов, 1 цвет, голубой, пастель</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся Stick`n ECO 51x76 мм, 1 штука, 100 листов, 1 цвет, голубой, пастель</t>
+  </si>
+  <si>
+    <t>885456</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stickn/"&gt;STICK`N&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a91/u65qfq2ruttvsv0swj1ta3n3n6h4asve.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся Stick n ECO 51x76 мм, 1 штука, 100 листов, 1 цвет, зеленый, пастель</t>
   </si>
   <si>
     <t>Блок самоклеящийся Stick`n ECO 51x76 мм, 1 штука, 100 листов, 1 цвет, зеленый, пастель</t>
   </si>
   <si>
     <t>885457</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/stickn/"&gt;STICK`N&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/812/7c0oi5xdzkii1we5lbzsejfdxzqdhyf8.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок с клеевым краем Economy 76x76 мм 100 л пастельный желтый</t>
   </si>
   <si>
     <t>898372</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c79/420tdb1p1nkpkdvc6k24a3ejxi04jlo4.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours 76х76 клубничн.радуга 100 л.</t>
   </si>
   <si>
     <t>898375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f2/2ztlojbzrll6m1tgel5nyuh0ayodu791.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours куб 76х76 мармелад 400л.</t>
   </si>
   <si>
     <t>898376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f3/qlov4sxf50zjmo2qhr3dd2fnckn00j6t.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache с клеев. краем 38х51, неон, 4 цвета 50х4</t>
   </si>
   <si>
     <t>898378</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c26/y3n63xkcjau3od519ojv93hiiy05oztz.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache с клеев. краем 76х76, неон, 3 цвета 50х3</t>
   </si>
   <si>
     <t>898379</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/58e/75zjhtw91us89ddbi2b0n1ssxr2mvw5m.jpg</t>
+  </si>
+  <si>
+    <t>Стикеры ATTACHE Bright colours с клеев.краем 51х51 желтый 100л.</t>
+  </si>
+  <si>
+    <t>907361</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/08c/nug25elo8dboccjfxokchabfsgxyug3f.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеев.краем 76х101 желтый 100л.</t>
   </si>
   <si>
     <t>907362</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74e/d0patu7zffvh1o3c7mm7nnrhuwe2mror.jpg</t>
   </si>
   <si>
     <t>Стикеры ATTACHE Bright colours с клеев.краем 76х127 желт 100л.</t>
   </si>
   <si>
     <t>907363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/525/t0qmflqiqc6hn9k5rud981t3c85umt78.jpg</t>
   </si>
   <si>
     <t>Блок для записей СТАММ  quot;Стандарт quot;, 8 8 4см, ассорти</t>
   </si>
   <si>
     <t>Блок бумаги СТАММ Стандарт подходит для оперативных записей необходимой информации. Размер листа в блоке: 80*80 мм, высота блока – 40 мм. Может использоваться в пластиковых подставках и настольных органайзерах. Блок для записей представлен в индивидуальной упаковке в термоусадочной плёнке. • Размер: 80*80*40 мм; • Цвет бумаги блока: ассорти; • Плотность бумаги: 65-80 г/м.</t>
@@ -8069,50 +8066,62 @@
   <si>
     <t>Блок бумаги СТАММ Стандарт в прозрачном пластиковом боксе подходит для оперативных записей необходимой информации. Размер листа в блоке: 90*90 мм, высота блока – 90 мм. Блок для записей представлен в индивидуальной упаковке в термоусадочной плёнке.&amp;nbsp;&amp;nbsp;• Размер: 90*90*90 мм; • Цвет бумаги блока: ассорти; • Плотность бумаги: 65-80 г/м.</t>
   </si>
   <si>
     <t>926014</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/606/6xd90j6x61pvkkssvwsqz8hxpxaob62s.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Simple куб 76х76, желтый неон 400 л.</t>
   </si>
   <si>
     <t>932116</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdb/06hs1fo655685hcn9luee5jlztclfshi.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Simple миникуб 51х51, радуга 250 л.</t>
   </si>
   <si>
     <t>932117</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c0e/as3apkx83tukhlaifz2f04sc1ru0a7bq.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ. Stick n 51x38 мм 100 л. ассорти пастель 12 штук</t>
+  </si>
+  <si>
+    <t>Блок самоклеящ. Stick`n 51x38 мм 100 л. ассорти пастель 12 штук</t>
+  </si>
+  <si>
+    <t>938923</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/539/njraf4lffkfvqezc43rp424nj1ov2s2f.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky. Balance quot;, 75 75мм, 50л, с рисунком</t>
   </si>
   <si>
     <t>Стильный блок бумаги для записей с клеевым краем Berlingo Ultra Sticky.Balance отлично подойдёт для сохранения важной информации. Входит в ассортимент трендовой лимитированной коллекции Berlingo &amp;quot;Balance&amp;quot;. Плотность бумаги для заметок составляет 75 г/м2. Размер стикера в блоке для заметок 75*75 мм. В блоке 50 листов с красочным дизайном. Блок квадратной формы изготовлен с использованием качественного клеевого состава, который позволяет не оставлять следов на поверхности и многократно использовать стикер. Повышенная клейкость – 25 Н/м. Блок для записей упакован в прозрачную пленку с возможностью быстрого открытия. Произведён в Польше.</t>
   </si>
   <si>
     <t>939891</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33f/7nyxpj21gpal09jv4x7dyu058qigcddp.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Berlingo  quot;Ultra Sticky. Glitch quot;, 75 75мм, 50л, с рисунком</t>
   </si>
   <si>
     <t>Стильный блок бумаги для записей с клеевым краем Berlingo Ultra Sticky.Glitch отлично подойдёт для сохранения важной информации. Входит в ассортимент трендовой лимитированной коллекции Berlingo &amp;quot;Glitch&amp;quot;. Плотность бумаги для заметок составляет 75 г/м2. Размер стикера в блоке для заметок 75*75 мм. В блоке 50 листов с красочным дизайном. Блок квадратной формы изготовлен с использованием качественного клеевого состава, который позволяет не оставлять следов на поверхности и многократно использовать стикер. Повышенная клейкость – 25 Н/м. Блок для записей упакован в прозрачную пленку с возможностью быстрого открытия. Произведён в Польше.</t>
   </si>
   <si>
     <t>939892</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/470/99u56s9peg5huw28uzv00z3k1xezbr82.jpg</t>
@@ -8234,107 +8243,146 @@
   <si>
     <t>Стикеры Attache Selection Extra с клеевым краем 76х76, неон, оранж. 100л</t>
   </si>
   <si>
     <t>950124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/645/2l5676yqn7074s67mvqtuzw5d8sepfmr.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Selection Extra с клеевым краем 76х76, неон, пурпур. 100л</t>
   </si>
   <si>
     <t>950125</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a8/mk81i1b87vl8tt1uv8cbwag3p2gf3htc.jpg</t>
   </si>
   <si>
     <t>Стикеры Attache Selection Extra с клеевым краем 76х76, неон, фиолет. 100л</t>
   </si>
   <si>
     <t>950126</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1a2/tn0lzif3pw1mq9l9qflcwn05gd09l9pr.jpg</t>
-[...5 lines deleted...]
-    <t>955152</t>
+    <t>http://anytos.ru//upload/iblock/928/qw5yoqs33jt2aozum2ewdwrr1vt47z3g.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Стикеры Attache Simple 51х51 мм пастельные розовые  1 блок,100 листов </t>
+  </si>
+  <si>
+    <t>Стикеры Attache Simple 51х51 мм пастельные розовые &amp;#40;1 блок,100 листов&amp;#41;</t>
+  </si>
+  <si>
+    <t>950128</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/600/o33fpq54p5eaqhqr2gfzsvp45ielejdm.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся INFORMAT 51х38 мм 2 шт 100 л. желт. неон 1 цв. без линовки</t>
+  </si>
+  <si>
+    <t>955153</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;INFORMAT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/600/o33fpq54p5eaqhqr2gfzsvp45ielejdm.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/673/5uida871fsnm28mwq8croawk5bxc8jf8.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 51х38 мм 2 шт 100 л. зелен. неон 1 цв. без линовки</t>
   </si>
   <si>
     <t>955154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fc/kso73tlkspep5kodz3k9uygyevam2068.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 51х38 мм 2 шт 100 л. оранж. неон 1 цв. без линовки</t>
   </si>
   <si>
     <t>955155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e02/yp3w0xz29wb7m2bkgr766gpy6iwyj6l1.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 51х38 мм 2 шт 100 л. роз. неон 1 цв. без линовки</t>
   </si>
   <si>
     <t>955156</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c88/l8kf3t79zk508i742trclyjqo263cjb0.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся INFORMAT 51х38 мм 4 шт 50 л. ассорти неон 4 цв.</t>
+  </si>
+  <si>
+    <t>955157</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/338/rtiamx51y3bd4ervjab9g36dnuhso8yu.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 51х51 мм 1 шт 400 л. ассорти пастель 4 цв. без линовки</t>
   </si>
   <si>
     <t>955160</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4ef/b6dslhj8509aq2ur6q27ncrgjr06gvlr.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся INFORMAT 51х76 мм 1 шт 100 л. голуб. пастель 1 цв. без линовки</t>
+  </si>
+  <si>
+    <t>955161</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/217/qo55wj31hqm39pgxlw9wvj0l26a6e64y.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся INFORMAT 51х76 мм 1 шт 100 л. желт. пастель 1 цв. без линовки</t>
+  </si>
+  <si>
+    <t>955162</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/889/6xsmy4brbhgva8ez8lg8jfjv1l59jut9.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся INFORMAT 51х76 мм 1 шт 100 л. зелен. пастель 1 цв. без линовки</t>
+  </si>
+  <si>
+    <t>955163</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/409/tins1yl57nivs6gvyl1x47tidg4o0znc.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 51х76 мм 1 шт 100 л. роз. пастель 1 цв. без линовки</t>
   </si>
   <si>
     <t>955164</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33b/hsitc7s9dadnn2u5agunic6nlkbqj0hg.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 76х76 мм 1 шт 100 л. голуб. пастель 1 цв. без линовки</t>
   </si>
   <si>
     <t>955165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6cd/wqi33pyf2a6lglim1u5bo75mcf7ia8nu.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 76х76 мм 1 шт 100 л. желт. пастель 1 цв. без линовки</t>
   </si>
   <si>
     <t>955166</t>
@@ -8402,50 +8450,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a80/vg4np5jtyps56exx7ywvq7h2p9h3wfsg.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся крафтовая бумага  стикеры  BRAUBERG KRAFT, 76х76 мм, 100 листов, 115203</t>
   </si>
   <si>
     <t>Крафтовая бумага для заметок с клейким краем BRAUBERG KRAFT отлично подойдёт для сохранения важной информации. Идеальна как для офиса, так и для дома. Блок стикеров из крафтовой бумаги в форме квадрата 76х76 мм состоит из 100 листов. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Блок упакован в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на клеевой поверхности перед приклеиванием. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
   </si>
   <si>
     <t>959642</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/435/8jv5ml1564dzz2xnvpu9fqrppep4w798.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся крафтовый  стикеры  BRAUBERG, MULTI KRAFT 76х76 мм, 300 листов, 115209</t>
   </si>
   <si>
     <t>Крафтовая бумага для заметок с клейким краем BRAUBERG MULTI KRAFT отлично подойдёт для сохранения важной информации. Идеальна как для офиса, так и для дома. Блок стикеров из бумаги шести видов в форме квадрата размером 76х76 мм состоит из 300 листов по 50 листов каждого вида: крафт, белая, крафт в клетку, крафт в линейку, белая в клетку, белая в линейку. Плотность бумаги составляет 75 г/м2. Клейкий слой - 35 Н/м. Стикеры легко клеятся к любой поверхности. Не оставляют следов. Блок упакован в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на клеевой поверхности перед приклеиванием. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
   </si>
   <si>
     <t>959643</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a15/egxwprjqe60e82ibta2wmherzxju9axi.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся пластиковый  стикеры  4 цвета BRAUBERG MULTI COLOUR 76х76 мм, 100 листов, 115208</t>
+  </si>
+  <si>
+    <t>Пластиковые прозрачные стикеры BRAUBERG MULTI COLOUR акцентируют внимание на важных страницах книги, журнала, каталога и др. Отлично подходят для письма шариковой ручкой, карандашом, фломастером, не портят бумагу и не оставляют следов, не боятся влаги. Блок пластиковых полупрозрачных стикеров четырех цветов в форме квадрата размером 76х76 мм состоит из 100 листов, по 25 листов каждого цвета. Листы легко клеятся к любой поверхности. Возможно многоразовое использование. Не оставляют следов, водостойкие. Сохраняют свои клейкие качества в независимости от способа отделения от блока.</t>
+  </si>
+  <si>
+    <t>959644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/251/rnoofu1qdc6sn660nzkapyqrhf6wrrxg.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся прозрачно-желтый  стикеры  BRAUBERG TRANSPARENT 76х76 мм, 100 листов, 115207</t>
+  </si>
+  <si>
+    <t>Пластиковые прозрачные стикеры BRAUBERG TRANSPARENT акцентируют внимание на важных страницах книги, журнала, каталога и др. Отлично подходят для письма шариковой ручкой, карандашом, фломастером, не портят бумагу и не оставляют следов, не боятся влаги. Блок пластиковых полупрозрачных стикеров желтого цвета в форме квадрата размером 76х76 мм состоит из 100 листов. Стикеры легко клеятся к любой поверхности. Возможно многоразовое использование. Не оставляют следов, водостойкие. Сохраняют свои клейкие качества в независимости от способа отделения от блока.</t>
+  </si>
+  <si>
+    <t>959645</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c7e/5jgoyfb38r2lekrkxj4x5tczv7hekk76.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный  стикеры  BRAUBERG TRANSPARENT 76х76 мм, 100 листов, 115205</t>
   </si>
   <si>
     <t>Пластиковые прозрачные стикеры BRAUBERG TRANSPARENT акцентируют внимание на важных страницах книги, журнала, каталога и др. Отлично подходят для письма шариковой ручкой, карандашом, фломастером, не портят бумагу и не оставляют следов, не боятся влаги. Блок пластиковых прозрачных стикеров в форме квадрата размером 76х76 мм состоит из 100 листов. Стикеры легко клеятся к любой поверхности. Возможно многоразовое использование. Не оставляют следов, водостойкие. Сохраняют свои клейкие качества в независимости от способа отделения от блока.</t>
   </si>
   <si>
     <t>959646</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f08/9mj5wfqmw7mkmeu4ww8ou6b9jsa0cj6t.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный  стикеры  BRAUBERG TRANSPARENT 90х70 мм, 50 листов, 115206</t>
   </si>
   <si>
     <t>Пластиковые прозрачные стикеры BRAUBERG TRANSPARENT акцентируют внимание на важных страницах книги, журнала, каталога и др. Отлично подходят для письма шариковой ручкой, карандашом, фломастером, не портят бумагу и не оставляют следов, не боятся влаги. Блок пластиковых прозрачных стикеров в форме прямоугольника размером 70х90 мм состоит из 50 листов. Стикеры легко клеятся к любой поверхности. Возможно многоразовое использование. Не оставляют следов, водостойкие. Сохраняют свои клейкие качества в независимости от способа отделения от блока.</t>
   </si>
   <si>
     <t>959647</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4d/ydre3dx7jxuogrngwyloelzvxlo3gm28.jpg</t>
@@ -8567,60 +8639,96 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6ac/m4cnej1dm4z58lqnrp3yz8wuyoe4xei2.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки бумажные Kores 12х45мм неоновые 8цв по 25листов 45125</t>
   </si>
   <si>
     <t>962565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/602/2hvz52jv521woock1sunbeot31375k7d.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок Мульти-Пульти  quot;Чебурашка quot;, 50л., европодвес</t>
   </si>
   <si>
     <t>Самоклеящийся блок Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 50л., европодвес</t>
   </si>
   <si>
     <t>966057</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/aad/0yxhd0c3i701tq9wxqiyg6oqt43yjble.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для бумажного блока пластиковая Erich Krause Forte, Classic, черный</t>
+  </si>
+  <si>
+    <t>970316</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffe/juveogqckjrflmzy8m48oda990rxarx8.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для бумажного блока пластиковая Erich Krause Forte, Manga, голубой с розовым</t>
+  </si>
+  <si>
+    <t>970317</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03b/6y95bg59rp3xayf0dmq3fu519bfwgndk.jpg</t>
+  </si>
+  <si>
+    <t>Стикеры Z-сложения КОМУС с клеевым краем Z-блок 76х76 желтый, 100 листов</t>
+  </si>
+  <si>
+    <t>973008</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e7b/3ibxqe7m7los9o7mtsvnmy4et9jhotmy.jpg</t>
   </si>
   <si>
     <t>Стикеры КОМУС с клеевым краем 38х51 желтый 12 блоков</t>
   </si>
   <si>
     <t>973009</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/efe/xx6bxwgide0b60d413io3avpsbhp4ihs.jpg</t>
+  </si>
+  <si>
+    <t>Стикеры КОМУС с клеевым краем 38х51 неон.цвета 12 блоков</t>
+  </si>
+  <si>
+    <t>973010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f22/2bv2xxjflgmr29x592eqc6eppnfm8h5f.jpg</t>
   </si>
   <si>
     <t>Стикеры КОМУС с клеевым краем 76х127 желтый, 100 листов</t>
   </si>
   <si>
     <t>973011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f60/bhamlgydweq6691pm0zoceyaef4jcgqd.jpg</t>
   </si>
   <si>
     <t>Стикеры КОМУС с клеевым краем 76х51 желтый, 100 листов</t>
   </si>
   <si>
     <t>973012</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8af/olrsjigu3m5wohq0x680tvwj23cyg4nt.jpg</t>
   </si>
   <si>
     <t>Стикеры КОМУС с клеевым краем 76х76 голубой, 100 листов</t>
   </si>
@@ -8633,50 +8741,59 @@
   <si>
     <t>Стикеры КОМУС с клеевым краем 76х76 желтый, 100 листов</t>
   </si>
   <si>
     <t>973014</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8cf/443fhru9mz4vummp5g5x2qqnk0na84oj.jpg</t>
   </si>
   <si>
     <t>Стикеры КОМУС с клеевым краем 76х76 салатовый, 100 листов</t>
   </si>
   <si>
     <t>973015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a1/a5hwta51cpko581ctxnlbcnbx5ko4gxa.jpg</t>
   </si>
   <si>
     <t>Стикеры КОМУС с клеевым краем Куб 76х76 желтый, 400 листов</t>
   </si>
   <si>
     <t>973016</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ed8/9b5jw5zk88iw1x6gwpea2y8jevok59e8.jpg</t>
+  </si>
+  <si>
+    <t>Стикеры КОМУС с клеевым краем Куб 76х76 неон.цвета, 400 листов</t>
+  </si>
+  <si>
+    <t>973017</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1a3/5vg49truno2619njytk58ixx6147bfac.jpg</t>
   </si>
   <si>
     <t>Стикеры с клеевым краем M G Heart, фигурные, 71х68 мм, 60 листов, цвет в ассортименте</t>
   </si>
   <si>
     <t>Стикеры с клеевым краем M&amp;G Heart, фигурные, 71х68 мм, 60 листов, цвет в ассортименте</t>
   </si>
   <si>
     <t>973019</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7fb/sxiaaeuzvhgp27a7kqzk8xpb4r79f220.jpg</t>
   </si>
   <si>
     <t>Бумага для заметок на склейке Erich Krause, 90x90x50 мм, 4 цвета</t>
   </si>
   <si>
     <t>Бумага для заметок предназначена для оперативной записи необходимой информации. Листы надежно склеены по одной стороне и имеют ровный срез, изготовлены из качественной бумаги плотностью 80 г/м2. Размер листа - 90х90 мм. Высота блока - 50 мм. Цвет бумаги: розовый, желтый, голубой, персиковый. Упаковка - теромоусадочная пленка.</t>
   </si>
   <si>
     <t>974643</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a0/ccu4jcm5i4p8egh63w3pu0nsd85gfrcn.jpg</t>
@@ -8822,263 +8939,257 @@
   <si>
     <t>http://anytos.ru//upload/iblock/164/h2v54135ptq52726a96l5hlnpu1ho5p7.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause 100х75 мм, 100 листов, розовый</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 100х75 мм. В упаковке 100 листов розового цвета.</t>
   </si>
   <si>
     <t>978703</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d2/iy48ylhepfxg7rxmtd7jkc736vjx924p.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause 40х50 мм, 300 листов, голубой</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 50х40 мм. В упаковке 300 листов голубого цвета.</t>
   </si>
   <si>
     <t>978704</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0f6/irdg669iowibhjf1m9zcf9xzrbzt7x4x.jpg</t>
-[...2 lines deleted...]
-    <t>Блок самоклеящийся бумажный Erich Krause 40х50 мм, 300 листов, желтый</t>
+    <t>http://anytos.ru//upload/iblock/1af/xynzxweyljty7v6aris9lijlcp5pi1y7.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause 40х50 мм, 300 листов, зеленый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 50х40 мм. В упаковке 300 листов зеленого цвета.</t>
+  </si>
+  <si>
+    <t>978706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0eb/4gd4n2t16rqzthkwoudae7a5y9fkv26d.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause 40х50 мм, 300 листов, розовый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 50х40 мм. В упаковке 300 листов розового цвета цвета.</t>
+  </si>
+  <si>
+    <t>978707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/737/cd0du9g083b1mm2cwaqnj9swfqtzqnc0.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause 75х50 мм, 100 листов, голубой</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 50х75 мм. В упаковке 100 листов голубого цвета.</t>
+  </si>
+  <si>
+    <t>978710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/49b/ndhbe00aya4xq916flijbk54h3xrjsxq.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause 75х50 мм, 100 листов, желтый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 50х75 мм. В упаковке 100 листов желтого цвета.</t>
+  </si>
+  <si>
+    <t>978711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c9/j0264k01r640jcml9u8vo7olwuyafrzs.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause 75х50 мм, 100 листов, зеленый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 50х75 мм. В упаковке 100 листов зеленого цвета.</t>
+  </si>
+  <si>
+    <t>978712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98e/usopi8svhtct7ur2aqt033hq9v4kwqb0.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause 75х50 мм, 100 листов, розовый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 50х75 мм. В упаковке 100 листов розовго цвета.</t>
+  </si>
+  <si>
+    <t>978713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e79/q1nkula61aijo2scy56mo7az2nr1rt25.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause 75х75 мм, 100 листов, желтый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 75х75 мм. В упаковке 100 листов желтого цвета.</t>
+  </si>
+  <si>
+    <t>978715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d47/2q03691s2jbv5u0eltfw2hkked1td2sk.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause 75х75 мм, 100 листов, розовый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 75х75 мм. В упаковке 100 листов розового цвета.</t>
+  </si>
+  <si>
+    <t>978716</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb7/fsvzmykssh0t6qh0i0z1aj5zaxmc8fms.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause Heart Neon, 50 листов, желтый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. В упаковке 50 листов желтого цвета.</t>
+  </si>
+  <si>
+    <t>978717</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf5/2yte9zmikjljdhul26mfo2nywavlwxc8.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause Heart Neon, 50 листов, зеленый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. В упаковке 50 листов зеленого цвета.</t>
+  </si>
+  <si>
+    <t>978718</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef9/gopqdajmo49zj4utdzk7m49a2thjdoiv.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause Heart Neon, 50 листов, оранжевый</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. В упаковке 50 листов оранжевого цвета.</t>
+  </si>
+  <si>
+    <t>978719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f74/uc6wn7hord9lwiodcotd1v6r77lormei.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause Manga, 75х75 мм, 50 листов</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 75х75 мм. В упаковке 50 разноцветных листов.</t>
+  </si>
+  <si>
+    <t>978720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/baa/upuog2hr6v2d48qqmt6ixpf1e99nr0jr.jpg</t>
+  </si>
+  <si>
+    <t>978721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/572/cluoq09thsdlitstya3yoipczo4s6q2p.jpg</t>
+  </si>
+  <si>
+    <t>978722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4da/uy7erfgjiwoe6kt2jcmhxv2xe8cqpu5v.jpg</t>
+  </si>
+  <si>
+    <t>978723</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f9d/wrn14rhh61zl4lukm91c5vkkhi19p2nv.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause Neon, 100х75 мм, 100 листов, голубой</t>
+  </si>
+  <si>
+    <t>978724</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e2/bo9hgjsl0xqal2m1k1ng9753etgokvdg.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause Neon, 100х75 мм, 100 листов, зеленый</t>
+  </si>
+  <si>
+    <t>978726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b7/mxqsqvatnk88chip80hwjpgpar38zasb.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause Neon, 100х75 мм, 100 листов, розовый</t>
+  </si>
+  <si>
+    <t>978727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ebb/j9cqp5qgewzs5oe1no9tld2vjihlbzvt.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause Neon, 40х50 мм, 300 листов, голубой</t>
+  </si>
+  <si>
+    <t>978728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d85/59rqfn7jue6d31jmsjh1vue1h1xn9n82.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся бумажный Erich Krause Neon, 40х50 мм, 300 листов, желтый</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 50х40 мм. В упаковке 300 листов желтого цвета.</t>
   </si>
   <si>
-    <t>978705</t>
-[...202 lines deleted...]
-  <si>
     <t>978729</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e05/92e9whdk1cpn4d2dn98hspaq1ufomg47.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause Neon, 40х50 мм, 300 листов, зеленый</t>
   </si>
   <si>
     <t>978730</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/304/ybxh66cjelaazhy8ociioylzpftqxkvh.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause Neon, 40х50 мм, 300 листов, розовый</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. Размер листа - 50х40 мм. В упаковке 300 листов розового цвета.</t>
   </si>
   <si>
     <t>978731</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fb/8z48s66duz4csapo6ivi30xe0z6jd3z5.jpg</t>
@@ -9179,113 +9290,95 @@
   <si>
     <t>978746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2c/o49y44l2yrnfn5g3z1ibg30ke7hh7sdy.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause Phone Neon, 50 листов, розовый</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause удобен для записи напоминаний и коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Используется высококачественная бумага плотностью 75 г/м2. В упаковке 50 листов розового цвета.</t>
   </si>
   <si>
     <t>978747</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88f/t0jv4hgnwb5csx3wp1qrk8ojgmf5n9wm.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause 75х75 мм, 100 листов, зеленый</t>
   </si>
   <si>
     <t>979196</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b2/z0igaxfszdxjsvqkuru2dr6pfbddnkog.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/65d/pzwsd1zbdq6f344e14w3pd6cvtjlfoic.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause Heart Neon, 50 листов, розовый</t>
   </si>
   <si>
     <t>979198</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a83/x53r67or1iyfn5i7v10cptllzfa385hh.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause Manga, 75х75 мм, 400 листов, 4 цвета</t>
   </si>
   <si>
     <t>979199</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/420/e5x1grv9trkcwd3dx5pcd3taeigy4dey.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause Neon, 75х75 мм, 100 листов, зеленый</t>
   </si>
   <si>
     <t>979200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d9/sg09ohz6ikaau52zciid74c3hz3vi83l.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный Erich Krause Pastel Bloom, 75х75 мм, 400 листов, 4 цвета</t>
   </si>
   <si>
     <t>979202</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e8b/w4arp53wyuya8gukd9ga7poj83htdvof.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся пластиковый Erich Krause Clear, 40х50 мм, 50 листов, прозрачный</t>
   </si>
   <si>
     <t>979203</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d10/plqojzkvemevr3yk225btaqim2x6g9za.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a78/hpnn0f7oo2wga8eqpf8mrk9v4wok33m9.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся пластиковый Erich Krause Neon, 75X75 мм, 50 листов, ассорти</t>
   </si>
   <si>
     <t>979205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b4/07gpcfr6ysxphahnwjl1i6ozto4pjxeq.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся пластиковый Erich Krause Pastel Bloom, 75X75 мм, 50 листов, ассорти</t>
   </si>
   <si>
     <t>979206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/081/n66pyclxws6u9vxxjyrhz5y0l2s3018l.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки бумажные Erich Krause Neon, 15x50 мм, 500 листов, 5 цветов</t>
   </si>
   <si>
     <t>979211</t>
@@ -9449,110 +9542,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e62/9a00ghoipfsy73g3kh0oaeczhvm8y4h1.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок OfficeSpace, 51 51мм, 250л., 5 неоновых цветов</t>
   </si>
   <si>
     <t>Самоклеящийся блок OfficeSpace, 51*51мм, 250л., 5 неоновых цветов</t>
   </si>
   <si>
     <t>981783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/941/vxcfiouueosi06n31swnc33emkyppqxr.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок OfficeSpace, 51 51мм, 250л., 5 пастельных цветов</t>
   </si>
   <si>
     <t>Самоклеящийся блок OfficeSpace, 51*51мм, 250л., 5 пастельных цветов</t>
   </si>
   <si>
     <t>981784</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e73/tudon9g9j365nu2o8qxy2lgkwkxhhew9.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0fd/mpmy0p6s8wx0tuoxuy9u5nbu07dcdel3.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок OfficeSpace, 76 76мм, 400л., пастельный желтый</t>
   </si>
   <si>
     <t>Самоклеящийся блок OfficeSpace, 76*76мм, 400л., пастельный желтый</t>
   </si>
   <si>
     <t>981787</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b5/9euis3oxu3g7sklfwvcm4c4s9adzdmb9.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок фигурный MESHU  quot;Anime girl quot;, 40л., европодвес, ассорти</t>
   </si>
   <si>
     <t>Самоклеящийся блок фигурный MESHU &amp;quot;Anime girl&amp;quot;, 40л., европодвес, ассорти</t>
   </si>
   <si>
     <t>981788</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/180/1hdtqongbpi0i2we2h6v019jtw5kfu5m.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f0e/b44hpjs18pn2vlz2exom2xzizogd3602.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок фигурный MESHU  quot;Paws quot;, 40л., европодвеc, ассорти</t>
   </si>
   <si>
     <t>Самоклеящийся блок фигурный MESHU &amp;quot;Paws&amp;quot;, 40л., европодвеc, ассорти</t>
   </si>
   <si>
     <t>981790</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/585/rpjeuodary479u1pln0vbvn6ic6rosys.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок фигурный MESHU  quot;Soft pillows quot;, 40л., европодвес</t>
   </si>
   <si>
     <t>Самоклеящийся блок фигурный MESHU &amp;quot;Soft pillows&amp;quot;, 40л., европодвес</t>
   </si>
   <si>
     <t>981791</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b3/v43im39njfa8vwxer7fgru4yo7iwpot7.jpg</t>
@@ -9569,84 +9626,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/df5/38f9pzf8vl88ica7m9h5hurx9l71eadn.jpg</t>
   </si>
   <si>
     <t>Флажки-закладки MESHU  quot;Meow paw quot;, 20л., европодвес</t>
   </si>
   <si>
     <t>Флажки-закладки MESHU &amp;quot;Meow paw&amp;quot;, 20л., европодвес</t>
   </si>
   <si>
     <t>982154</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be0/v2rseyqh4wwngbeowl2vx1zt1xx98y8h.jpg</t>
   </si>
   <si>
     <t>Флажки-закладки OfficeSpace, 12 45мм, 20л. 4 неоновых цвета, европодвес</t>
   </si>
   <si>
     <t>Флажки-закладки OfficeSpace, 12*45мм, 20л.*4 неоновых цвета, европодвес</t>
   </si>
   <si>
     <t>982155</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f6a/f4ztghyhzjkqqa68s83eyq5qbzg7jda2.jpg</t>
-[...32 lines deleted...]
-    <t>982159</t>
+    <t>http://anytos.ru//upload/iblock/262/gellxko126hpys18639yerhaysooxkxv.jpg</t>
+  </si>
+  <si>
+    <t>Флажки-закладки OfficeSpace, 20 50мм, 50л. 4 неоновых цвета, европодвес</t>
+  </si>
+  <si>
+    <t>Флажки-закладки OfficeSpace, 20*50мм, 50л.*4 неоновых цвета, европодвес</t>
+  </si>
+  <si>
+    <t>982156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc7/wja5xnw56txgl4uhq1b50ggh2a4wggg6.jpg</t>
   </si>
   <si>
     <t>Флажки-закладки OfficeSpace, 25 45мм, 25л., оранжевый, в диспенсере, европодвес</t>
   </si>
   <si>
     <t>Флажки-закладки OfficeSpace, 25*45мм, 25л., оранжевый, в диспенсере, европодвес</t>
   </si>
   <si>
     <t>982160</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee7/jwsee53dbcn0z58q3a4s2tslo6o6o427.jpg</t>
   </si>
   <si>
     <t>Флажки-закладки OfficeSpace, 25 45мм, 25л., розовый, в диспенсере, европодвес</t>
   </si>
   <si>
     <t>Флажки-закладки OfficeSpace, 25*45мм, 25л., розовый, в диспенсере, европодвес</t>
   </si>
   <si>
     <t>982161</t>
   </si>
@@ -9905,59 +9938,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1c1/etzppv5ml40x5k0a9vmc41q0gy0kxn9o.jpg</t>
   </si>
   <si>
     <t>Стикеры с клеевым краем M G Animal Planet, 76x101мм, 40 л, цвет в ассортименте</t>
   </si>
   <si>
     <t>Стикеры с клеевым краем M&amp;G Animal Planet, 76x101мм, 40 л, цвет в ассортименте</t>
   </si>
   <si>
     <t>992753</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c0/wbalqeaaqq61aaaq8fcns9bowac869h4.jpg</t>
   </si>
   <si>
     <t>Стикеры с клеевым краем M G Adorable Pet, 76x100 мм, 40 л, в ассортименте</t>
   </si>
   <si>
     <t>Стикеры с клеевым краем M&amp;G Adorable Pet, 76x100 мм, 40 л, в ассортименте</t>
   </si>
   <si>
     <t>992754</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1b7/k70rdc1g77fcw66s1hpq1lw0mr198l7v.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e55/lmnr5f47c2jpkak8tmv9vlqasqmkr7ht.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки бумажные Erich Krause Manga, 4X12X45 мм, 1X45X45 мм, 100 листов, 5 цветов</t>
   </si>
   <si>
     <t>Клейкие закладки бумажные Erich Krause удобны для выделения страниц и записи коротких сообщений. Клеевой слой на водной основе обеспечивает надежную фиксацию и возможность многократного переклеивания, не оставляя следов. Закладки изготовлены из высококачественной бумаги плотностью 75 г/м2. Размер закладок - 12X45 мм, 45X45 мм. В упаковке 5 цветов коллекции Manga по 20 листов.</t>
   </si>
   <si>
     <t>992885</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e66/2u2trtx5r1b7qmoksc79ilaprj4zeo5r.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся  стикеры , STAFF НЕОНОВЫЙ, 76х76 мм, 100 листов, желтый, 115584</t>
   </si>
   <si>
     <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для работников офиса и руководителей. Стикеры пастельного жёлтого цвета в форме куба 76х76 мм состоят из 100 листов. Плотность бумаги составляет 75 г/м2. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше следуйте следующим рекомендациям по использованию:- отделяйте листы от блока вдоль клеевой полосы в горизонтальном направлении – это поможет избежать скручивания и последующего отклеивания стикера;- убедитесь в отсутствии пыли и грязи на поверхности для приклеивания – так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
   </si>
   <si>
     <t>993554</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d95/qdkh9zlcjuv7j5vtkpt6uilpo1msnsm0.jpg</t>
@@ -10025,179 +10049,131 @@
   <si>
     <t>996308</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6af/mea72prxkff5q3ect6z84ejyfof0z741.jpg</t>
   </si>
   <si>
     <t>Закладки для книг с клеевым краем Schoolformat 12 штук, сирен. с глиттером и зелен. с европодвесом</t>
   </si>
   <si>
     <t>996309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d4/9db6jsmrs9t915ltpyt2zm5lssn7lijo.jpg</t>
   </si>
   <si>
     <t>Закладки для книг с клеевым краем Schoolformat 12 штук, сирен. с глиттером с европодвесом</t>
   </si>
   <si>
     <t>996310</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b5b/4v725kbcth4aahy5uuangd53zeq1rytr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/df9/6nyj57txfxj0nbb1h01ijx2w865c0mep.jpg</t>
   </si>
   <si>
     <t>Блок для записей СТАММ  quot;Имидж  quot;, 9 9 4,5см, пластиковый бокс, розовый</t>
   </si>
   <si>
     <t>Блок для записей СТАММ &amp;quot;Имидж &amp;#43;&amp;quot;, 9*9*4,5см, пластиковый бокс, розовый</t>
   </si>
   <si>
     <t>1000935</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5da/bcuatdfdnxwse40ew06jufy8twworowu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc6/uy7mspjrtd019p32818a4c13hotk4cjp.jpg</t>
   </si>
   <si>
     <t>Подставка для бумажного блока СТАММ, 9 9 5см, металлическая, черная</t>
   </si>
   <si>
     <t>Подставка для бумажного блока СТАММ, 9*9*5см, металлическая, черная</t>
   </si>
   <si>
     <t>1000937</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d86/fetu1a67437m00wqjqg1h7ghv9irt4vm.jpg</t>
   </si>
   <si>
     <t>Самоклеящийся блок фигурный Berlingo  quot;Яблоко quot;, 70 70мм, 50л., зеленый неон, европодвес</t>
   </si>
   <si>
     <t>Самоклеящийся блок фигурный Berlingo &amp;quot;Яблоко&amp;quot;, 70*70мм, 50л., зеленый неон, европодвес</t>
   </si>
   <si>
     <t>1000938</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d2/evpffi1pkwrkjrad97gii9b2mhgqgrmq.jpg</t>
-[...17 lines deleted...]
-    <t>1004347</t>
+    <t>http://anytos.ru//upload/iblock/4c2/2s0gm4lyxohimw5gvpmjd3q9w4frfwo9.jpg</t>
+  </si>
+  <si>
+    <t>Клейкие закладки бумажные ErichKrause Happy Capy, 25X67 мм, 80 листов</t>
+  </si>
+  <si>
+    <t>1004349</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3b/i1mdwxdhm33fga53kyu5n2pjcfn5ckcb.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки пластиковые ErichKrause Neon, 12х45 мм, 20x45 мм, 150 листов, 5 цветов</t>
   </si>
   <si>
     <t>1004350</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf3/ec5zh54swbd46n3psh68x9o2kcxhgihi.jpg</t>
   </si>
   <si>
     <t>Блок статический  магнитный  ErichKrause Neon, 75х75, 50 листов, желтый</t>
   </si>
   <si>
     <t>Блок статический &amp;#40;магнитный&amp;#41; ErichKrause удобен для записи напоминаний и коротких сообщений. В блоках используется статический заряд вместо клея, чтобы цепляться практически к любой поверхности &amp;#40;по ней они могут перемещаться без разъединения&amp;#41;, обратная сторона - многоразовая. Размер блока - 75х75. В упаковке 50 листов желтого цвета.</t>
   </si>
   <si>
     <t>1004949</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d5e/sh0o8mgt8w3ijdu2mwg11qaoc8jrna37.jpg</t>
-[...8 lines deleted...]
-    <t>1005191</t>
+    <t>http://anytos.ru//upload/iblock/1ce/jxhxsxti89bb9yqlsishumtrirey2d19.jpg</t>
+  </si>
+  <si>
+    <t>Блок для записей ОФИСМАГ в подставке прозрачной, куб 9х9х9 см, белый, белизна 95-98 , 127798</t>
+  </si>
+  <si>
+    <t>Блок для записей ОФИСМАГ в пластиковой подставке поможет обеспечить удобство и порядок на рабочем столе. Блок высотой 9 см сложен из квадратных листов размером 9 х 9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2 и белизной 95-98&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Когда бумага закончится, можно вставить сменный блок.</t>
+  </si>
+  <si>
+    <t>1005192</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1ce/jxhxsxti89bb9yqlsishumtrirey2d19.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/114/5htbgsbhp6dxejma8ivxvrcawon3al1z.jpg</t>
   </si>
   <si>
     <t>Блок для записей ОФИСМАГ в подставке прозрачной, куб 9х9х9 см, цветной, 127799</t>
   </si>
   <si>
     <t>Блок для записей ОФИСМАГ в пластиковой подставке поможет обеспечить удобство и порядок на рабочем столе. Блок высотой 9 см сложен из квадратных листов разной расцветки размером 9 х 9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Когда бумага закончится, можно вставить сменный блок.</t>
   </si>
   <si>
     <t>1005193</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/997/hpjsxqnr2o7mkxb37xvwyz7l1vjk56q3.jpg</t>
   </si>
   <si>
     <t>Блок для записей ОФИСМАГ непроклеенный, куб 9х9х5 см, белый, белизна 95-98 , 127800</t>
   </si>
   <si>
     <t>Сменные блоки предназначены для использования в пластиковых подставках и настольных органайзерах. Блок высотой 5 см сложен из квадратных листов размером 9х9 см. Листы изготовлены из высококачественной офсетной бумаги плотностью 80 г/м2 и белизной 95-98&amp;#37;. Блок для записей подходит для письма любыми типами ручек и карандашей, листы благодаря высокой плотности не продавливаются при нажатии. Поставляется в плотной термоусадочной пленке, защищающей при транспортировке. Для повышения удобства рекомендуется использование в пластиковых подставках и настольных органайзерах.</t>
   </si>
   <si>
     <t>1005194</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a92/wd44r43fnesv3024p1buafu0uoa0thih.jpg</t>
@@ -10259,62 +10235,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c59/xwmz878h59r5hpxm77xts45n9vvw9lrg.jpg</t>
   </si>
   <si>
     <t>Блок для записей INFORMAT 9х9х9 см Куб непроклеенный ассорти триколор пастель 3 цв. 80 г м2</t>
   </si>
   <si>
     <t>Блок для записей INFORMAT 9х9х9 см Куб непроклеенный ассорти триколор пастель 3 цв. 80 г/м2</t>
   </si>
   <si>
     <t>1006686</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb6/25xa8uy0t91fev1oxev58fazxn69gbkr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блок для записей LITE 8х8х4 см Куб непроклеенный белый 1 цв. 55-65 г м2 белизна 70 </t>
   </si>
   <si>
     <t>Блок для записей LITE 8х8х4 см Куб непроклеенный белый 1 цв. 55-65 г/м2 белизна 70&amp;#37;</t>
   </si>
   <si>
     <t>1006687</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f79/z64edwc9sbwl3uym1fkgx5wys4i42pt1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блок для записей LITE 9х9х5 см Куб проклееннный белый 1 цв. 55-65 г м2 белизна 70 </t>
+  </si>
+  <si>
+    <t>Блок для записей LITE 9х9х5 см Куб проклееннный белый 1 цв. 55-65 г/м2 белизна 70&amp;#37;</t>
+  </si>
+  <si>
+    <t>1006689</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b5d/3qlxmnwa64aqy0xbkpe5gc2jr343fn1q.jpg</t>
   </si>
   <si>
     <t>Блок для записей LITE 9х9х9 см Куб непроклеенный ассорти 4 цв. 65 г м2</t>
   </si>
   <si>
     <t>Блок для записей LITE 9х9х9 см Куб непроклеенный ассорти 4 цв. 65 г/м2</t>
   </si>
   <si>
     <t>1006690</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f5a/ilzh33ub761ti38eh13398l1astrdber.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Блок для записей LITE 9х9х9 см Куб проклееннный белый 1 цв. 55-65 г м2 белизна 70 </t>
+  </si>
+  <si>
+    <t>Блок для записей LITE 9х9х9 см Куб проклееннный белый 1 цв. 55-65 г/м2 белизна 70&amp;#37;</t>
+  </si>
+  <si>
+    <t>1006691</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c4a/qc2edpxxiu8vgbrpjttksk4xnv4rn8c1.jpg</t>
   </si>
   <si>
     <t>Блок для записей в подставке INFORMAT 9х9х5 см белый 1 цв. 80 г м2, цвет подставки прозр.</t>
   </si>
   <si>
     <t>Блок для записей в подставке INFORMAT 9х9х5 см белый 1 цв. 80 г/м2, цвет подставки прозр.</t>
   </si>
   <si>
     <t>1006692</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a9/y4c8achd89gjf9yhwqudcbmhdmbch29c.jpg</t>
   </si>
   <si>
     <t>Блок для записей в подставке INFORMAT 9х9х9 см белый 1 цв. 80 г м2, цвет подставки прозр.</t>
   </si>
   <si>
     <t>Блок для записей в подставке INFORMAT 9х9х9 см белый 1 цв. 80 г/м2, цвет подставки прозр.</t>
   </si>
   <si>
     <t>1006693</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb0/05d3jfi8lpcplj608t6qvm2yfz13ichu.jpg</t>
@@ -10376,141 +10376,147 @@
   <si>
     <t>Блок самоклеящийся INFORMAT 102х76 мм 1 шт 100 л. зелен. пастель 1 цв. без линовки</t>
   </si>
   <si>
     <t>1006699</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd3/lx61cwl1rxuhltwq25rbj4k1quzkl2pv.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 102х76 мм 1 шт 100 л. роз. пастель 1 цв. без линовки</t>
   </si>
   <si>
     <t>1006700</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/baf/bupzweyu8gjv2le5r3qj1anqejprjxnw.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 51х51 мм 1 шт 250 л. ассорти неон 5 цв. без линовки</t>
   </si>
   <si>
     <t>1006701</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f49/7df8w9aezbxkl73a61uwas4w72uqh990.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся INFORMAT 51х51 мм 1 шт 400 л. ассорти неон 4 цв. без линовки</t>
+  </si>
+  <si>
+    <t>1006702</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/207/6q5ylp0zhtirvifo1q3weigyul34awaw.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 76х76 мм 1 шт 100 л. зелен. пастель 1 цв. без линовки</t>
   </si>
   <si>
     <t>1006703</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68e/4uc1f9q6mlszncciiy8e7w8vp1g9i8yh.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся LITE 76х76 мм 1 шт 100 л. голуб. 1 цв.</t>
   </si>
   <si>
     <t>1006704</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/446/334pvv8uybgjdt0v94vldmanql5t8il1.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся LITE 76х76 мм 1 шт 100 л. зелен. 1 цв.</t>
   </si>
   <si>
     <t>1006705</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1b9/19u2wsg7ptr0ezrx59v04t2fi1qr9zj6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f4a/cuyg1bdnuiuekxk9x1g4bbpctkn855al.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT MIX 75х75 мм 3 шт 50 л. ассорти 3 цв. 0,05 мм</t>
   </si>
   <si>
     <t>1006707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32d/8ieugvvae9wy6uymnspmpftgyqvlx92s.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT MONO 180x125 мм 1 шт 50 л. прозр. 1 цв. 0,05 мм</t>
   </si>
   <si>
     <t>1006708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/958/mr89t4dhq8r38yiqxwoenq5l3xzsf66k.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT MONO 75x95 мм 1 шт 50 л. прозр. 1 цв. 0,05 мм</t>
   </si>
   <si>
     <t>1006709</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/412/k3n05aelvny64uh6bkacw3z8mpt7l7ak.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT MONO 75х75 мм 1 шт 50 л. прозр. 1 цв. 0,05 мм</t>
   </si>
   <si>
     <t>1006710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/296/19nq9lxudncino1p1b7m98t8vlt0qnud.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT MONO BIG 75x95 мм 1 шт 100 л. прозр. 1 цв. 0,05 мм</t>
   </si>
   <si>
     <t>1006711</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d0c/6yz2s5as4w2hr3emv2v0mlr5sagvhe2t.jpg</t>
-[...5 lines deleted...]
-    <t>1006712</t>
+    <t>http://anytos.ru//upload/iblock/991/89yrgufu9wzgxaa5187remdva7zefrbb.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT MONO LILAC 75х75 мм 1 шт 50 л. фиол. 1 цв. 0,05 мм</t>
+  </si>
+  <si>
+    <t>1006713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05a/a3joh57h9sznwz3gyx6ein3hi7fup8nn.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT MONO MINT 75х75 мм 1 шт 50 л. мятный 1 цв. 0,05 мм</t>
+  </si>
+  <si>
+    <t>1006714</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/070/coy0on7mdpjphfabpr6mlpc5iuam0xxq.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT SET 180x125 мм, 75x75 мм 2 шт 50 л. прозр. 1 цв. 0,05 мм</t>
   </si>
   <si>
     <t>1006715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7e/fjsiuomif83hc5d3e7kdurua7m3iog34.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT SET 180x125 мм, 95x75 мм, 75x75 мм 3 шт 50 л. прозр. 1 цв. 0,05 мм</t>
   </si>
   <si>
     <t>1006716</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e0/ii5klxj45ghv9efbeqvpx8ktcs9bv23u.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся прозрачный LOREX TRANSPARENT SET 75x75 мм, 75x50 мм 2 шт 50 л. прозр. 1 цв. 0,05 мм</t>
   </si>
@@ -10559,50 +10565,62 @@
   <si>
     <t>Закладки клейкие INFORMAT 15х50 мм 50 шт 5 цв. ассорти пастель бумажн.</t>
   </si>
   <si>
     <t>1006807</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8be/wbuyxtnawmuu7r9d7ldwdlax482jsevx.jpg</t>
   </si>
   <si>
     <t>Закладки клейкие INFORMAT 8х44 мм 20 шт 7 цв. ассорти неон пластик 140 шт</t>
   </si>
   <si>
     <t>1006808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b9/145fzhtvhuuqqcvtak9ywaqxanv9418u.jpg</t>
   </si>
   <si>
     <t>Закладки клейкие LOREX PLASTIC SIMPLE 45x25 мм 20 шт 6 цв. ассорти пастель пластик</t>
   </si>
   <si>
     <t>1006809</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c8f/v6e7tnm3temf8a7bhzdb2up4z9rrre29.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие Stick n 45х25 мм 25 шт 2 цв. ассорти неон пластик</t>
+  </si>
+  <si>
+    <t>Закладки клейкие Stick`n 45х25 мм 25 шт 2 цв. ассорти неон пластик</t>
+  </si>
+  <si>
+    <t>1006810</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/246/kk55t3k4m18adrj16t28im8r1yybg383.jpg</t>
   </si>
   <si>
     <t>Блок статический  магнитный  ErichKrause REEF, 75х75 мм, 50 листов, розовый</t>
   </si>
   <si>
     <t>Блок статический &amp;#40;магнитный&amp;#41; ErichKrause REEF, 75х75 мм, 50 листов, розовый</t>
   </si>
   <si>
     <t>1008828</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/444/swqio5w4b5st9or0udbusn1t29u6bsae.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся бумажный ErichKrause Floral Soul To do list, 68х88 мм, 60 листов, белый</t>
   </si>
   <si>
     <t>1008829</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bf/fjje3gyqyd3s5ilrs1k0pprqhmq5mfva.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Блок самоклеящийся бумажный ErichKrause Neon, 75х75 мм, 80 листов, желтый  в пластиковой коробке </t>
@@ -10655,62 +10673,50 @@
   <si>
     <t>1008834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d7/dw7jmwpde6jb6p1p3ocq4occwcey6xx0.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся пластиковый ErichKrause Neon, 75х75 мм, 40 листов, 4 цвета</t>
   </si>
   <si>
     <t>1008835</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a2/4zkn66rbnh9tyi4qc6na3b1lhn1nidc0.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся пластиковый ErichKrause Pastel  quot;To do list quot;, 73X73 мм, 20 листов, белый</t>
   </si>
   <si>
     <t>Блок самоклеящийся пластиковый ErichKrause Pastel &amp;quot;To do list&amp;quot;, 73X73 мм, 20 листов, белый</t>
   </si>
   <si>
     <t>1008836</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1bb/16o24dlhdq0kammiqywtaaleg3i15631.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/61c/2lxs8gx1lo0uu568gskltch1uqqnsukd.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки бумажные ErichKrause Big City Cats, 70X52 мм, 20X70 мм, 70X20 мм, 80 листов</t>
   </si>
   <si>
     <t>1008838</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef8/cqa0xyeuj37raywg0sa1hl5lyxky15za.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки бумажные ErichKrause Floral Soul, 70X52 мм, 20X70 мм, 70X20 мм, 80 листов</t>
   </si>
   <si>
     <t>1008839</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/027/5a3qt122e5shn31f1rzoaib51cx5ai4g.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки бумажные ErichKrause Galactic, 45x12 мм, 140 листов</t>
   </si>
   <si>
     <t>1008840</t>
@@ -10808,50 +10814,77 @@
   <si>
     <t>1008850</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d19/4aac3nl083admi6dy6abcqbot6sjfohl.jpg</t>
   </si>
   <si>
     <t>Блок для записей INFORMAT 9х9х5 см Куб непроклеенный ассорти пастель 5 цв. 80 г м2</t>
   </si>
   <si>
     <t>Блок для записей INFORMAT 9х9х5 см Куб непроклеенный ассорти пастель 5 цв. 80 г/м2</t>
   </si>
   <si>
     <t>1009619</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df1/p7inyc9fn31yq7u6mh4y76bnmowm4b5x.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся INFORMAT 51х38 мм 2 шт 100 л. роз. 1 цв.</t>
   </si>
   <si>
     <t>1009620</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/973/h26bhoh8afuuc9n3x0bmj4csx1k6vlpj.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся INFORMAT 76х76 мм 1 шт 400 л. ассорти неон 5 цв. без линовки</t>
+  </si>
+  <si>
+    <t>1009621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ed/xeukaagtq4hbvi55kcuxav8kinqsdhxc.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся INFORMAT 76х76 мм 1 шт 400 л. ассорти пастель 3 цв. без линовки</t>
+  </si>
+  <si>
+    <t>1009622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/560/9xnd5rkifg7bxk8gf97jvvt0bckbprnk.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся INFORMAT 76х76 мм 1 шт 400 л. ассорти пастель 4 цв. без линовки</t>
+  </si>
+  <si>
+    <t>1009623</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dc6/h4vjhr6rbbv4hszlw09eok9eaqgplep3.jpg</t>
   </si>
   <si>
     <t>Блок самоклеящийся LITE 76х76 мм 1 шт 100 л. роз. 1 цв.</t>
   </si>
   <si>
     <t>1009624</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9a7/0cb4te1j8asdaq8e3x6hczw38q4o87xc.jpg</t>
   </si>
   <si>
     <t>Закладки клейкие INFORMAT 12х45 мм, 25 штук, 5 цветов, ассорти неон пластик диспенсер</t>
   </si>
   <si>
     <t>1009653</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd1/53m0xx6ztlo60gg65o9atgxpz3vwxt88.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки пластиковые ErichKrause Reef, 45x20 мм, 100 листов, 5 цветов</t>
   </si>
   <si>
     <t>1010993</t>
@@ -10943,57 +10976,249 @@
   <si>
     <t>1011295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10b/mufggzddljz1i52crkaah3epk9gpzj3s.jpg</t>
   </si>
   <si>
     <t>Клейкие закладки пластиковые ErichKrause Reef, 5х144 мм, 20х45 мм, 140 листов, 5 цветов</t>
   </si>
   <si>
     <t>1011296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b17/iq577gqf5axlrej2pdjbko519v0zjqpx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Клейкие закладки пластиковые ErichKrause Yummy, 19x45 мм, 60 листов, 3 цвета,  в диспенсере </t>
   </si>
   <si>
     <t>Клейкие закладки пластиковые ErichKrause Yummy, 19x45 мм, 60 листов, 3 цвета, &amp;#40;в диспенсере&amp;#41;</t>
   </si>
   <si>
     <t>1011297</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/42d/nnb0g51ek2uhuff5jjkv0s6abfufq83i.jpg</t>
-[...5 lines deleted...]
-    <t>1012659</t>
+    <t>http://anytos.ru//upload/iblock/ef3/1iwerw4dqmyiobbd1cia1l421sze619g.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для бумажного блока прямоугольная металлическая ErichKrause Compass, Reef, ассорти</t>
+  </si>
+  <si>
+    <t>1013501</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/110/ezhmi25mnta785ysri8dd567ddvkzu7z.jpg</t>
+  </si>
+  <si>
+    <t>Подставка для визитных карточек металлическая ErichKrause Compass, Reef, ассорти</t>
+  </si>
+  <si>
+    <t>1013502</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bcf/wgat4ix8r8hgyor2wmftqmf95ak74lts.jpg</t>
+  </si>
+  <si>
+    <t>Закладки пластиковые c клеевым краем ErichKrause Neon, 25х44 мм, 40 листов, 2 цвета: желтый, розовый</t>
+  </si>
+  <si>
+    <t>1013640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7c/f3fsu898hanjq6vcncqzxrg32c1tqchu.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 51х51 мм, 4 цвета, 400 листов, 116585</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры пастельных цветов в форме квадрата 51х51 мм состоят из 400 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014003</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53c/6h6iw3st28mukfvif05i6c0m83s10f7f.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 51х51 мм, голубой, 100 листов, 116578</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры голубого пастельного цвета в форме квадрата 51х51 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 18 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014004</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/420/cbiiza1x5cv58orbjzhexiyn5fcxjcv2.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 51х51 мм, желтый, 100 листов, 116577</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры жёлтого пастельного цвета в форме квадрата 51х51 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 18 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c37/tinp1282zgr6simeih33hnjlv6ktsusx.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 51х51 мм, зеленый, 100 листов, 116579</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры зеленого пастельного цвета в форме квадрата 51х51 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 18 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d1/e1a6wiri60brata3kl325c3ak8bg1xo3.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 51х51 мм, розовый, 100 листов, 116580</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры розового пастельного цвета в форме квадрата 51х51 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 18 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014007</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d76/xk5tatg3xqjunj5jobo46n5pcdhni1o1.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 76х51 мм, голубой, 100 листов, 116582</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры голубого пастельного цвета в форме квадрата 76х51 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 18 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014008</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72c/mtt5kgae1dxe8zu5mnm3vthn5gnimih9.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 76х51 мм, желтый, 100 листов, 116581</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры жёлтого пастельного цвета в форме квадрата 76х51 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 18 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/468/5d3t9mqnx5u1i1pap9v5w8tbv7egf0tt.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 76х51 мм, зеленый, 100 листов, 116583</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры зеленого пастельного цвета в форме квадрата 76х51 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 18 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5a/l3mzg7x6yjjb47zjzt1f69kymd6xjutx.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 76х51 мм, розовый, 100 листов, 116584</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры розового пастельного цвета в форме квадрата 76х51 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 18 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014011</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54a/1hu8rll1twpq1qd0ammuws9qs3l8v55i.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 76х76 мм, голубой, 100 листов, 116574</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры голубого пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d40/xtc9kl9vc420fglw4adtqdlpsd9068bd.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 76х76 мм, желтый, 400 листов, 116586</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры желтого пастельного цвета в форме квадрата 76х76 мм состоят из 400 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/113/53nbej9l3kinh0ios1x31qhwi1myosy6.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 76х76 мм, зеленый, 100 листов, 116575</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры зеленого пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014015</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/281/fedjgenn5rdut1eefyh1dv2j366c41nc.jpg</t>
+  </si>
+  <si>
+    <t>Блок самоклеящийся  стикеры  STAFF STANDARD, ПАСТЕЛЬНЫЙ 76х76 мм, розовый, 100 листов, 116576</t>
+  </si>
+  <si>
+    <t>Бумага для заметок с клейким краем STAFF рекомендуется для использования в процессе совещаний, обучения, мозговых штурмов. Идеально подойдет для использования как в офисе, так и дома. Стикеры розового пастельного цвета в форме квадрата 76х76 мм состоят из 100 листов. Плотность бумаги составляет 65 г/м2. Клейкий слой - 22 Н/м. Легко клеятся к любой поверхности. Не оставляют следов. Упакованы в полиэтиленовую пленку.Чтобы стикеры держались дольше, следуйте рекомендациям по использованию:- Отделяйте листы от блока вдоль клеевой полосы, в горизонтальном направлении. Это поможет избежать скручивания и последующего отклеивания стикера.- Убедитесь в отсутствии пыли и грязи на поверхности для приклеивания. Так вы обеспечите наиболее продолжительный срок службы клеевого слоя.</t>
+  </si>
+  <si>
+    <t>1014016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d1/jcebq4ikbiu183f48brdvrz2kkobocp3.jpg</t>
+  </si>
+  <si>
+    <t>Закладки клейкие бумажные  quot;Капибара quot; с печатью  6 видов х 15 листов , ассорти, 81278</t>
+  </si>
+  <si>
+    <t>Клейкие бумажные закладки &amp;quot;Капибара&amp;quot; с печатью. Оригинальный формат привлечет внимание, заметно преобразив рабочее пространство. Бумажные стикеры удобны для маркировки абсолютно любой поверхности. Бумага с легкостью отделяется от блока, при удалении с поверхности не оставляет следов клея, благодаря чему подходит для многократного переклеивания. Бумажная поверхность позволяет использовать их для краткой записи. Для нанесения информации подойдут любые пишущие принадлежности. В наборе 6 блоков, различных по размеру и дизайну. В каждом блоке 15 листов. Размер – 105х80 мм.</t>
+  </si>
+  <si>
+    <t>1014313</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/centrum/"&gt;CENTRUM&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -11320,22392 +11545,22908 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J976"/>
+  <dimension ref="A1:M998"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G976" sqref="G976"/>
+      <selection pane="bottomRight" activeCell="G998" sqref="G998"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...85 lines deleted...]
-      <c r="B10" s="1" t="s">
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="C10" s="1"/>
-[...54 lines deleted...]
-      </c>
       <c r="G12" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>65</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G16" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G18" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...18 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G25" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F26" s="3" t="s">
         <v>65</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G26" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G29" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>65</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      </c>
       <c r="G30" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="C31" s="1"/>
+        <v>123</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>124</v>
+      </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="C33" s="1"/>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="C34" s="1"/>
+        <v>133</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>134</v>
+      </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="C35" s="1"/>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="C36" s="1"/>
+        <v>140</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>124</v>
+      </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="C37" s="1" t="s">
         <v>143</v>
       </c>
+      <c r="C37" s="1"/>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>144</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>145</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C38" s="1"/>
+      <c r="C38" s="1" t="s">
+        <v>147</v>
+      </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="F38" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C39" s="1"/>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>156</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>161</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="C43" s="1" t="s">
         <v>164</v>
       </c>
+      <c r="C43" s="1"/>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>165</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="C44" s="1"/>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="F44" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="F44" s="3" t="s">
+      <c r="B45" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="G44" s="3" t="s">
+      <c r="C45" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>65</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C45" s="1" t="s">
+      <c r="G45" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="B46" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="F45" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="3" t="s">
+      <c r="C46" s="1" t="s">
         <v>175</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="F46" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="G46" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="B47" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G46" s="3" t="s">
+      <c r="C47" s="1" t="s">
         <v>180</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="F47" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G47" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="C47" s="1" t="s">
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="B48" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="3" t="s">
+      <c r="C48" s="1" t="s">
         <v>185</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="F48" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G48" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="C48" s="1" t="s">
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="B49" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="F49" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G49" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="B50" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="F50" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G50" s="3" t="s">
+      <c r="B51" s="1" t="s">
         <v>198</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="F51" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="B52" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="F52" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="B53" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="F53" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G53" s="3" t="s">
         <v>209</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="F53" s="3" t="s">
+      <c r="B54" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="G53" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="F54" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G54" s="3" t="s">
+      <c r="B55" s="1" t="s">
         <v>216</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="C55" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="F55" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="G55" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G55" s="3" t="s">
+      <c r="B56" s="1" t="s">
         <v>221</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="C56" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="F56" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="B57" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="F57" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="B58" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="C58" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="F58" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="B59" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="C59" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="F59" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="B60" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="B61" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="F61" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G61" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="F62" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="F62" s="3" t="s">
+      <c r="G62" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="G62" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="F63" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="F64" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G64" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G64" s="3" t="s">
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>259</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="C65" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="F65" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="F66" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="B67" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="C67" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="F67" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="B68" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C68" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="F68" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C69" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="F69" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="B70" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="F70" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="B71" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="C71" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="F71" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="C72" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="F72" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A73" s="1" t="s">
+      <c r="B73" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="3" t="s">
+      <c r="F73" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="B74" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C74" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="F74" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+      <c r="F75" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="B76" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="C76" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="F76" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="B77" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="F77" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="B78" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="F78" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="B79" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="F79" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="B80" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="F80" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="F81" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="B82" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="F82" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="B83" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="C83" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="F83" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="B84" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="C84" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="F84" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>342</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="F85" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="B86" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="C86" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="F86" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="B87" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="F88" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="F89" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="C90" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="F91" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="B92" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>368</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="F92" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="F93" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="F94" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="B95" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="C95" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="F95" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="C95" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="B96" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="C96" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="C96" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="F96" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="C97" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="F97" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="B98" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F98" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="B99" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="F99" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B100" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="F101" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="B102" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="B103" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C103" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="F103" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F103" s="3" t="s">
+      <c r="B104" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="G103" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="C104" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="F104" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="B105" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="F105" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="B106" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="B107" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="C107" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="D107" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="B108" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="F108" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="B109" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="C109" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="C109" s="1" t="s">
+      <c r="F109" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="D109" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="B110" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A110" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="C110" s="1" t="s">
+      <c r="F110" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="3" t="s">
+      <c r="B111" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="F110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="C111" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="F111" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="3" t="s">
+      <c r="B112" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="F111" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A112" s="1" t="s">
+      <c r="C112" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="F112" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="B113" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="C113" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A113" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="F113" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="B114" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="C114" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="F114" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="C114" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="B115" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="F115" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="B116" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="F115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="F116" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="B117" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>465</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="F117" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="B118" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="F118" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="B119" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="C119" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="F119" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="B120" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="C120" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="F120" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="B121" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="F121" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="B122" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="F122" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="B123" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="F123" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="B124" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>493</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="F124" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="B125" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="F125" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="B126" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="C127" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="F127" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="C128" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="F128" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="C128" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="B129" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>512</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="B130" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="C130" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="F130" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="B131" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="C131" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="F131" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="G131" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="B132" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="C132" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="F132" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C133" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>529</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="F133" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="F133" s="3" t="s">
+      <c r="B134" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="G133" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="C134" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="B135" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="C135" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="B136" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="C136" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="B137" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="C137" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G137" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="3" t="s">
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G137" s="3" t="s">
+      <c r="B138" s="1" t="s">
         <v>548</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="C138" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="F138" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="B139" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="C139" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="F139" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="B140" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="C140" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="B141" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="C141" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="F141" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="B142" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="C142" s="1" t="s">
+      <c r="F142" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="B143" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="C143" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="C143" s="1" t="s">
+      <c r="F143" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="D143" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="B144" s="1" t="s">
         <v>572</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="C144" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="F144" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="B145" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="C145" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="C145" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="D145" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="B146" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="C146" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="C146" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="D146" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="B147" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="C147" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>586</v>
       </c>
-      <c r="C147" s="1" t="s">
+      <c r="F147" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="B148" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="C148" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="C148" s="1" t="s">
+      <c r="F148" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="B149" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="C149" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="B150" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="C150" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>598</v>
       </c>
-      <c r="C150" s="1" t="s">
+      <c r="F150" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="B151" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="F150" s="3" t="s">
+      <c r="C151" s="1" t="s">
         <v>601</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="F151" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="B152" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="F151" s="3" t="s">
+      <c r="C152" s="1" t="s">
         <v>605</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="F152" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="B153" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="C153" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="F153" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="C153" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="D153" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="C154" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="F154" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="C154" s="1" t="s">
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="B155" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="C155" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="F155" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="B156" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>623</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="F156" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="B157" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G156" s="3" t="s">
+      <c r="C157" s="1" t="s">
         <v>626</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="C158" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="F157" s="3" t="s">
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="G157" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="F158" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="C159" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>635</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="B160" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="C160" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="F160" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G160" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="B160" s="1" t="s">
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="C161" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="F161" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="C162" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="F162" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="G162" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="B163" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="C163" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="F163" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="B164" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G163" s="3" t="s">
+      <c r="C164" s="1" t="s">
         <v>656</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="F164" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="C165" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>661</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="B166" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="C166" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>665</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="F166" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="B167" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="C167" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="F167" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="C168" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>673</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="F168" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G168" s="3" t="s">
         <v>674</v>
       </c>
-      <c r="C168" s="1" t="s">
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="B169" s="1" t="s">
         <v>676</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="C169" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="F169" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="B170" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="C170" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="B171" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="C171" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="C172" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="C173" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="F172" s="3" t="s">
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="G172" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="B175" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="F175" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>709</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G176" s="3" t="s">
+      <c r="F177" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>710</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="F178" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C179" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>717</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="F179" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C180" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="F183" s="3" t="s">
         <v>734</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="G183" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="B184" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="C184" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>738</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="F184" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="B185" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="C185" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>742</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="F185" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="C186" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="F186" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="F187" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G187" s="3" t="s">
         <v>751</v>
       </c>
-      <c r="B187" s="1" t="s">
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="C188" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>755</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="F188" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="C188" s="1" t="s">
+      <c r="B189" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="C189" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>759</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="C189" s="1" t="s">
+      <c r="B190" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="C190" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="C190" s="1" t="s">
+      <c r="B191" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="C191" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>767</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="B192" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="C192" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="C192" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="B193" s="1" t="s">
         <v>773</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="C193" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>775</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="F193" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="B194" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>779</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>531</v>
+        <v>734</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
         <v>780</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>781</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>782</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>783</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>631</v>
+        <v>734</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>784</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>785</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>786</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>787</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="G196" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>788</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C197" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="F197" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="C198" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="C198" s="1" t="s">
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="D198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="F198" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="C200" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="F200" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="C201" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F201" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C202" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="C202" s="1" t="s">
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="F202" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="C203" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="B204" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="C204" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>817</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="C205" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>821</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="F205" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="C205" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="C206" s="1" t="s">
         <v>824</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>825</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="F206" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="C207" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>829</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="F207" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G207" s="3" t="s">
         <v>830</v>
       </c>
-      <c r="C207" s="1" t="s">
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="D207" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="B208" s="1" t="s">
         <v>832</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>834</v>
       </c>
-      <c r="C208" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="B209" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="C209" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="B210" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="C210" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="C210" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="D210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="B211" s="1" t="s">
         <v>844</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="C211" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>846</v>
       </c>
-      <c r="C211" s="1" t="s">
+      <c r="F211" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="B212" s="1" t="s">
         <v>848</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="C212" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>850</v>
       </c>
-      <c r="C212" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="B213" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>854</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="F213" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="B214" s="1" t="s">
         <v>856</v>
       </c>
-      <c r="F213" s="3" t="s">
+      <c r="C214" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="G213" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>858</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="C214" s="1"/>
-[...3 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="B215" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>862</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="F215" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="B216" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="F215" s="3" t="s">
+      <c r="C216" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="G215" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>866</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="B217" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="C217" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>870</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="C218" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="C219" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>878</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="C220" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>882</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="C221" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="D221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="C222" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="B223" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="C223" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="C224" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="F224" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="C225" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="F225" s="3" t="s">
         <v>903</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="G225" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="B226" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="C226" s="1"/>
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="C227" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="F227" s="3" t="s">
         <v>911</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="G227" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="B228" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="C228" s="1" t="s">
         <v>914</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>915</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="B229" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>919</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="B230" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="C230" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="F230" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="B231" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="C231" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>927</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="F231" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="B232" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>931</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="F232" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>935</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="F233" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="C234" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>939</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="F234" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="C235" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>943</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="F235" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="B236" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="C236" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>947</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="F236" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="C237" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="C237" s="1" t="s">
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>951</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="F237" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="C238" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>955</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="F238" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="C239" s="1" t="s">
         <v>958</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>959</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="F239" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="B240" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="C240" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>963</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="F240" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="B241" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="C241" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="C241" s="1" t="s">
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>967</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="F241" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="B242" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="C242" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="C242" s="1" t="s">
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>971</v>
       </c>
-      <c r="D242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="F242" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="B243" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="C243" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="C243" s="1" t="s">
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>975</v>
       </c>
-      <c r="D243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="F243" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="B244" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>979</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="F244" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="C245" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="C245" s="1" t="s">
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>983</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="F245" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="C246" s="1" t="s">
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>987</v>
       </c>
-      <c r="D246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="F246" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="C247" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>991</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="F247" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="C248" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="C248" s="1" t="s">
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>995</v>
       </c>
-      <c r="D248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="F248" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="C249" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="F249" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="B250" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="C250" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="B251" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="C251" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="B252" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="C252" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>1010</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="B253" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="C253" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>1014</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="B254" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="B255" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>1022</v>
       </c>
-      <c r="C255" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="F255" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="C256" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="C256" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D256" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
         <v>1031</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>1033</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="C259" s="1" t="s">
         <v>1037</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
         <v>1038</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
         <v>1039</v>
       </c>
       <c r="B260" s="1" t="s">
         <v>1040</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>1042</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>412</v>
+        <v>29</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>412</v>
+        <v>29</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>412</v>
+        <v>29</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>412</v>
+        <v>29</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>412</v>
+        <v>29</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>1070</v>
+        <v>29</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="C268" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
         <v>1074</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>1070</v>
+        <v>29</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
         <v>1075</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="C269" s="1" t="s">
         <v>1077</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
         <v>1078</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>1070</v>
+        <v>23</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="B270" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
         <v>1082</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>1070</v>
+        <v>29</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="B271" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="C271" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
         <v>1086</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>1070</v>
+        <v>23</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
         <v>1087</v>
       </c>
       <c r="B272" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="C272" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>1089</v>
       </c>
-      <c r="D272" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="F272" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="B273" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="C273" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1092</v>
       </c>
-      <c r="C273" s="1" t="s">
+      <c r="F273" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="B274" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="C274" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1096</v>
       </c>
-      <c r="C274" s="1" t="s">
+      <c r="F274" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="B275" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="C275" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1100</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="C276" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1104</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="B277" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="C277" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1108</v>
       </c>
-      <c r="C277" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="F277" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1110</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="C278" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1111</v>
       </c>
-      <c r="C278" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="F278" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>1114</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>1115</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>531</v>
+        <v>1116</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F280" s="3" t="s">
         <v>1116</v>
       </c>
-      <c r="B280" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G280" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>531</v>
+        <v>1116</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>531</v>
+        <v>1116</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>631</v>
+        <v>1116</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>531</v>
+        <v>1116</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>531</v>
+        <v>1116</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1136</v>
+        <v>1141</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>531</v>
+        <v>1116</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1139</v>
+        <v>1145</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1140</v>
+        <v>1146</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>1143</v>
+        <v>1116</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>1143</v>
+        <v>1116</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>1143</v>
+        <v>521</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>1143</v>
+        <v>521</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>1143</v>
+        <v>521</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>1143</v>
+        <v>521</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>1143</v>
+        <v>521</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
         <v>1171</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>1143</v>
+        <v>521</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="B295" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="C295" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1174</v>
       </c>
-      <c r="D295" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="F295" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="B296" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1178</v>
       </c>
-      <c r="D296" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="F296" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="B297" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C297" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1181</v>
       </c>
-      <c r="C297" s="1" t="s">
+      <c r="F297" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="D297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="B298" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="C298" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1184</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="C298" s="1" t="s">
+      <c r="B299" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="D298" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="C299" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="F298" s="3" t="s">
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1188</v>
       </c>
-      <c r="G298" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="F299" s="3" t="s">
         <v>1189</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="G299" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1190</v>
       </c>
-      <c r="C299" s="1" t="s">
+      <c r="B300" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="D299" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="C300" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1193</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="F300" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1194</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="D300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="C301" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1197</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="F301" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="C302" s="1" t="s">
         <v>1200</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1201</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="F302" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="C302" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="D302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="C303" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1205</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="F303" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1206</v>
       </c>
-      <c r="C303" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="D303" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="C304" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1209</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="F304" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1210</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="C305" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1213</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="C305" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="D305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="C306" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1217</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="F306" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1218</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="C307" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1221</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="F307" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="C308" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1225</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="F308" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="C308" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="D308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="C309" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1229</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="F309" s="3" t="s">
         <v>1230</v>
       </c>
-      <c r="C309" s="1" t="s">
+      <c r="G309" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="D309" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="B310" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="C310" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="C310" s="1" t="s">
+      <c r="F310" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="D310" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="B311" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="C311" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1238</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="F311" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="D311" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="B312" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="C312" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1242</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="F312" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="B313" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1246</v>
       </c>
-      <c r="C313" s="1" t="s">
+      <c r="F313" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="D313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="B314" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="F313" s="3" t="s">
+      <c r="C314" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="G313" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="F314" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="B315" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="C315" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1254</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="F315" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="C315" s="1" t="s">
+      <c r="B316" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="D315" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="C316" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="F315" s="3" t="s">
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1258</v>
       </c>
-      <c r="G315" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="F316" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="B317" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="D316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1262</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="F317" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="C317" s="1" t="s">
+      <c r="C318" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="D317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1266</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="F318" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="B319" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="C318" s="1" t="s">
+      <c r="C319" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="D318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1270</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="F319" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="B320" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="C319" s="1" t="s">
+      <c r="C320" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="D319" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1274</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="F320" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="B321" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="C321" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1278</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="F321" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="B322" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="C321" s="1" t="s">
+      <c r="C322" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="D321" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1282</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="F322" s="3" t="s">
         <v>1283</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="G322" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="C322" s="1" t="s">
+      <c r="B323" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="D322" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="C323" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="1" t="s">
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="F323" s="3" t="s">
         <v>1288</v>
       </c>
-      <c r="C323" s="1" t="s">
+      <c r="G323" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="D323" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="B324" s="1" t="s">
         <v>1290</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A324" s="1" t="s">
+      <c r="C324" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1292</v>
       </c>
-      <c r="C324" s="1" t="s">
+      <c r="F324" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="D324" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="B325" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="C325" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1296</v>
       </c>
-      <c r="C325" s="1" t="s">
+      <c r="F325" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="D325" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="B326" s="1" t="s">
         <v>1298</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="C326" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1300</v>
       </c>
-      <c r="C326" s="1" t="s">
+      <c r="F326" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="D326" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="B327" s="1" t="s">
         <v>1302</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="C327" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1304</v>
       </c>
-      <c r="C327" s="1" t="s">
+      <c r="F327" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="D327" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="B328" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G327" s="3" t="s">
+      <c r="C328" s="1" t="s">
         <v>1307</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1308</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="F328" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1309</v>
       </c>
-      <c r="C328" s="1" t="s">
+      <c r="B329" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="D328" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="C329" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="F328" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1312</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="F329" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="C329" s="1" t="s">
+      <c r="B330" s="1" t="s">
         <v>1314</v>
       </c>
-      <c r="D329" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="C330" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1316</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="F330" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1317</v>
       </c>
-      <c r="C330" s="1" t="s">
+      <c r="B331" s="1" t="s">
         <v>1318</v>
       </c>
-      <c r="D330" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="C331" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1320</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="F331" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1321</v>
       </c>
-      <c r="C331" s="1" t="s">
+      <c r="B332" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="D331" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="C332" s="1" t="s">
         <v>1323</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1324</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="F332" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
         <v>1325</v>
       </c>
-      <c r="C332" s="1" t="s">
+      <c r="B333" s="1" t="s">
         <v>1326</v>
       </c>
-      <c r="D332" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="C333" s="1" t="s">
         <v>1327</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1328</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="F333" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G333" s="3" t="s">
         <v>1329</v>
       </c>
-      <c r="C333" s="1" t="s">
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
         <v>1330</v>
       </c>
-      <c r="D333" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="B334" s="1" t="s">
         <v>1331</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="C334" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1333</v>
       </c>
-      <c r="C334" s="1" t="s">
+      <c r="F334" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1334</v>
       </c>
-      <c r="D334" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E334" s="3" t="s">
+      <c r="B335" s="1" t="s">
         <v>1335</v>
       </c>
-      <c r="F334" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A335" s="1" t="s">
+      <c r="C335" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1337</v>
       </c>
-      <c r="C335" s="1" t="s">
+      <c r="F335" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
         <v>1338</v>
       </c>
-      <c r="D335" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="B336" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="F335" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="C336" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1341</v>
       </c>
-      <c r="C336" s="1" t="s">
+      <c r="F336" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
         <v>1342</v>
       </c>
-      <c r="D336" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E336" s="3" t="s">
+      <c r="B337" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="F336" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A337" s="1" t="s">
+      <c r="C337" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="D337" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1345</v>
       </c>
-      <c r="C337" s="1" t="s">
+      <c r="F337" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="D337" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E337" s="3" t="s">
+      <c r="B338" s="1" t="s">
         <v>1347</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="C338" s="1" t="s">
         <v>1348</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="D338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1349</v>
       </c>
-      <c r="C338" s="1" t="s">
+      <c r="F338" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="D338" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E338" s="3" t="s">
+      <c r="B339" s="1" t="s">
         <v>1351</v>
       </c>
-      <c r="F338" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A339" s="1" t="s">
+      <c r="C339" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="B339" s="1" t="s">
+      <c r="D339" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E339" s="3" t="s">
         <v>1353</v>
       </c>
-      <c r="C339" s="1" t="s">
+      <c r="F339" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G339" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
         <v>1354</v>
       </c>
-      <c r="D339" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E339" s="3" t="s">
+      <c r="B340" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="F339" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A340" s="1" t="s">
+      <c r="C340" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="B340" s="1" t="s">
+      <c r="D340" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1357</v>
       </c>
-      <c r="C340" s="1" t="s">
+      <c r="F340" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G340" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A341" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="D340" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E340" s="3" t="s">
+      <c r="B341" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="F340" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A341" s="1" t="s">
+      <c r="C341" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="B341" s="1" t="s">
+      <c r="D341" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1361</v>
       </c>
-      <c r="C341" s="1" t="s">
+      <c r="F341" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
         <v>1362</v>
       </c>
-      <c r="D341" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E341" s="3" t="s">
+      <c r="B342" s="1" t="s">
         <v>1363</v>
       </c>
-      <c r="F341" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A342" s="1" t="s">
+      <c r="C342" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="B342" s="1" t="s">
+      <c r="D342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1365</v>
       </c>
-      <c r="C342" s="1" t="s">
+      <c r="F342" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="D342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E342" s="3" t="s">
+      <c r="B343" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="F342" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A343" s="1" t="s">
+      <c r="C343" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="B343" s="1" t="s">
+      <c r="D343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1369</v>
       </c>
-      <c r="C343" s="1" t="s">
+      <c r="F343" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
         <v>1370</v>
       </c>
-      <c r="D343" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E343" s="3" t="s">
+      <c r="B344" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="F343" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A344" s="1" t="s">
+      <c r="C344" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="B344" s="1" t="s">
+      <c r="D344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1373</v>
       </c>
-      <c r="C344" s="1" t="s">
+      <c r="F344" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
         <v>1374</v>
       </c>
-      <c r="D344" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E344" s="3" t="s">
+      <c r="B345" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="F344" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A345" s="1" t="s">
+      <c r="C345" s="1" t="s">
         <v>1376</v>
       </c>
-      <c r="B345" s="1" t="s">
+      <c r="D345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E345" s="3" t="s">
         <v>1377</v>
       </c>
-      <c r="C345" s="1" t="s">
+      <c r="F345" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
         <v>1378</v>
       </c>
-      <c r="D345" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E345" s="3" t="s">
+      <c r="B346" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="F345" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A346" s="1" t="s">
+      <c r="C346" s="1" t="s">
         <v>1380</v>
       </c>
-      <c r="B346" s="1" t="s">
+      <c r="D346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
         <v>1381</v>
       </c>
-      <c r="C346" s="1" t="s">
+      <c r="F346" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
         <v>1382</v>
       </c>
-      <c r="D346" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E346" s="3" t="s">
+      <c r="B347" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="F346" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A347" s="1" t="s">
+      <c r="C347" s="1" t="s">
         <v>1384</v>
       </c>
-      <c r="B347" s="1" t="s">
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
         <v>1385</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="F347" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
         <v>1386</v>
       </c>
-      <c r="D347" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E347" s="3" t="s">
+      <c r="B348" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="F347" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A348" s="1" t="s">
+      <c r="C348" s="1" t="s">
         <v>1388</v>
       </c>
-      <c r="B348" s="1" t="s">
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1389</v>
       </c>
-      <c r="C348" s="1" t="s">
+      <c r="F348" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
         <v>1390</v>
       </c>
-      <c r="D348" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E348" s="3" t="s">
+      <c r="B349" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="F348" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A349" s="1" t="s">
+      <c r="C349" s="1" t="s">
         <v>1392</v>
       </c>
-      <c r="B349" s="1" t="s">
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
         <v>1393</v>
       </c>
-      <c r="C349" s="1" t="s">
+      <c r="F349" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
         <v>1394</v>
       </c>
-      <c r="D349" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E349" s="3" t="s">
+      <c r="B350" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="F349" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A350" s="1" t="s">
+      <c r="C350" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="B350" s="1" t="s">
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1397</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="F350" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="D350" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E350" s="3" t="s">
+      <c r="B351" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="F350" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A351" s="1" t="s">
+      <c r="C351" s="1" t="s">
         <v>1400</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1401</v>
       </c>
-      <c r="C351" s="1" t="s">
+      <c r="F351" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="D351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E351" s="3" t="s">
+      <c r="B352" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="F351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A352" s="1" t="s">
+      <c r="C352" s="1" t="s">
         <v>1404</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1405</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="F352" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E352" s="3" t="s">
+      <c r="B353" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A353" s="1" t="s">
+      <c r="C353" s="1" t="s">
         <v>1408</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1409</v>
       </c>
-      <c r="C353" s="1" t="s">
+      <c r="F353" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="B354" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="C354" s="1" t="s">
         <v>1412</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1413</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="F354" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="D354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="B355" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1416</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1417</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="F355" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="B356" s="1" t="s">
         <v>1419</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1420</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1421</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="F356" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="B357" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="C357" s="1" t="s">
         <v>1424</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1425</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="F357" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
         <v>1426</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="B358" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A358" s="1" t="s">
+      <c r="C358" s="1" t="s">
         <v>1428</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1429</v>
       </c>
-      <c r="C358" s="1" t="s">
+      <c r="F358" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
         <v>1430</v>
       </c>
-      <c r="D358" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E358" s="3" t="s">
+      <c r="B359" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="F358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A359" s="1" t="s">
+      <c r="C359" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1433</v>
       </c>
-      <c r="C359" s="1" t="s">
+      <c r="F359" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
         <v>1434</v>
       </c>
-      <c r="D359" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E359" s="3" t="s">
+      <c r="B360" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="F359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A360" s="1" t="s">
+      <c r="C360" s="1" t="s">
         <v>1436</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1437</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="F360" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
         <v>1438</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E360" s="3" t="s">
+      <c r="B361" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A361" s="1" t="s">
+      <c r="C361" s="1" t="s">
         <v>1440</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1441</v>
       </c>
-      <c r="C361" s="1" t="s">
+      <c r="F361" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1442</v>
       </c>
-      <c r="D361" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E361" s="3" t="s">
+      <c r="B362" s="1" t="s">
         <v>1443</v>
       </c>
-      <c r="F361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="C362" s="1" t="s">
         <v>1444</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1445</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="F362" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1446</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="B363" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="C363" s="1" t="s">
         <v>1448</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1449</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="F363" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1450</v>
       </c>
-      <c r="D363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="B364" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="C364" s="1" t="s">
         <v>1452</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1453</v>
       </c>
-      <c r="C364" s="1" t="s">
+      <c r="F364" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
         <v>1454</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="B365" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A365" s="1" t="s">
+      <c r="C365" s="1" t="s">
         <v>1456</v>
       </c>
-      <c r="B365" s="1" t="s">
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1457</v>
       </c>
-      <c r="C365" s="1" t="s">
+      <c r="F365" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
         <v>1458</v>
       </c>
-      <c r="D365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E365" s="3" t="s">
+      <c r="B366" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="F365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A366" s="1" t="s">
+      <c r="C366" s="1" t="s">
         <v>1460</v>
       </c>
-      <c r="B366" s="1" t="s">
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1461</v>
       </c>
-      <c r="C366" s="1" t="s">
+      <c r="F366" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
         <v>1462</v>
       </c>
-      <c r="D366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E366" s="3" t="s">
+      <c r="B367" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="F366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A367" s="1" t="s">
+      <c r="C367" s="1" t="s">
         <v>1464</v>
       </c>
-      <c r="B367" s="1" t="s">
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1465</v>
       </c>
-      <c r="C367" s="1" t="s">
+      <c r="F367" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
         <v>1466</v>
       </c>
-      <c r="D367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E367" s="3" t="s">
+      <c r="B368" s="1" t="s">
         <v>1467</v>
       </c>
-      <c r="F367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A368" s="1" t="s">
+      <c r="C368" s="1" t="s">
         <v>1468</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1469</v>
       </c>
-      <c r="C368" s="1" t="s">
+      <c r="F368" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
         <v>1470</v>
       </c>
-      <c r="D368" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E368" s="3" t="s">
+      <c r="B369" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="F368" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A369" s="1" t="s">
+      <c r="C369" s="1" t="s">
         <v>1472</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1473</v>
       </c>
-      <c r="C369" s="1" t="s">
+      <c r="F369" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
         <v>1474</v>
       </c>
-      <c r="D369" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E369" s="3" t="s">
+      <c r="B370" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="F369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A370" s="1" t="s">
+      <c r="C370" s="1" t="s">
         <v>1476</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1477</v>
       </c>
-      <c r="C370" s="1" t="s">
+      <c r="F370" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
         <v>1478</v>
       </c>
-      <c r="D370" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E370" s="3" t="s">
+      <c r="B371" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="F370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A371" s="1" t="s">
+      <c r="C371" s="1" t="s">
         <v>1480</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1481</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="F371" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
         <v>1482</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E371" s="3" t="s">
+      <c r="B372" s="1" t="s">
         <v>1483</v>
       </c>
-      <c r="F371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A372" s="1" t="s">
+      <c r="C372" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1485</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="F372" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
         <v>1486</v>
       </c>
-      <c r="D372" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E372" s="3" t="s">
+      <c r="B373" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="F372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A373" s="1" t="s">
+      <c r="C373" s="1" t="s">
         <v>1488</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
         <v>1489</v>
       </c>
-      <c r="C373" s="1" t="s">
+      <c r="F373" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
         <v>1490</v>
       </c>
-      <c r="D373" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E373" s="3" t="s">
+      <c r="B374" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="F373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A374" s="1" t="s">
+      <c r="C374" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="B374" s="1" t="s">
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
         <v>1493</v>
       </c>
-      <c r="C374" s="1" t="s">
+      <c r="F374" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
         <v>1494</v>
       </c>
-      <c r="D374" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E374" s="3" t="s">
+      <c r="B375" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="F374" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A375" s="1" t="s">
+      <c r="C375" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="B375" s="1" t="s">
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
         <v>1497</v>
       </c>
-      <c r="C375" s="1" t="s">
+      <c r="F375" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="D375" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E375" s="3" t="s">
+      <c r="B376" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="F375" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A376" s="1" t="s">
+      <c r="C376" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="B376" s="1" t="s">
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
         <v>1501</v>
       </c>
-      <c r="C376" s="1" t="s">
+      <c r="F376" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="D376" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E376" s="3" t="s">
+      <c r="B377" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="F376" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A377" s="1" t="s">
+      <c r="C377" s="1" t="s">
         <v>1504</v>
       </c>
-      <c r="B377" s="1" t="s">
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
         <v>1505</v>
       </c>
-      <c r="C377" s="1" t="s">
+      <c r="F377" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="D377" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E377" s="3" t="s">
+      <c r="B378" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="F377" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A378" s="1" t="s">
+      <c r="C378" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="B378" s="1" t="s">
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
         <v>1509</v>
       </c>
-      <c r="C378" s="1" t="s">
+      <c r="F378" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="D378" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E378" s="3" t="s">
+      <c r="B379" s="1" t="s">
         <v>1511</v>
       </c>
-      <c r="F378" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A379" s="1" t="s">
+      <c r="C379" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="B379" s="1" t="s">
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
         <v>1513</v>
       </c>
-      <c r="C379" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E379" s="3" t="s">
+      <c r="F379" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
         <v>1514</v>
       </c>
-      <c r="F379" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G379" s="3" t="s">
+      <c r="B380" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C380" s="1" t="s">
         <v>21</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B380" s="1" t="s">
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
         <v>1516</v>
       </c>
-      <c r="C380" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E380" s="3" t="s">
+      <c r="F380" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="F380" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G380" s="3" t="s">
+      <c r="B381" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C381" s="1" t="s">
         <v>21</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B381" s="1" t="s">
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1519</v>
       </c>
-      <c r="C381" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E381" s="3" t="s">
+      <c r="F381" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="F381" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G381" s="3" t="s">
+      <c r="B382" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C382" s="1" t="s">
         <v>21</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B382" s="1" t="s">
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1522</v>
       </c>
-      <c r="C382" s="1" t="s">
+      <c r="F382" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="D382" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E382" s="3" t="s">
+      <c r="B383" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="F382" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A383" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
         <v>1526</v>
       </c>
-      <c r="C383" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E383" s="3" t="s">
+      <c r="F383" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="F383" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A384" s="1" t="s">
+      <c r="B384" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="B384" s="1" t="s">
+      <c r="C384" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
         <v>1529</v>
       </c>
-      <c r="C384" s="1" t="s">
+      <c r="F384" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
         <v>1530</v>
       </c>
-      <c r="D384" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E384" s="3" t="s">
+      <c r="B385" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="F384" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A385" s="1" t="s">
+      <c r="C385" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="B385" s="1" t="s">
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
         <v>1533</v>
       </c>
-      <c r="C385" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E385" s="3" t="s">
+      <c r="F385" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
         <v>1534</v>
       </c>
-      <c r="F385" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A386" s="1" t="s">
+      <c r="B386" s="1" t="s">
         <v>1535</v>
-      </c>
-[...1 lines deleted...]
-        <v>1536</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>1536</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>1537</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
         <v>1538</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>1539</v>
       </c>
       <c r="C387" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
         <v>1540</v>
       </c>
-      <c r="D387" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E387" s="3" t="s">
+      <c r="F387" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="F387" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A388" s="1" t="s">
+      <c r="B388" s="1" t="s">
         <v>1542</v>
       </c>
-      <c r="B388" s="1" t="s">
+      <c r="C388" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="C388" s="1" t="s">
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
         <v>1544</v>
       </c>
-      <c r="D388" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E388" s="3" t="s">
+      <c r="F388" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="F388" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A389" s="1" t="s">
+      <c r="B389" s="1" t="s">
         <v>1546</v>
       </c>
-      <c r="B389" s="1" t="s">
+      <c r="C389" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="C389" s="1" t="s">
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
         <v>1548</v>
       </c>
-      <c r="D389" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E389" s="3" t="s">
+      <c r="F389" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="F389" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A390" s="1" t="s">
+      <c r="B390" s="1" t="s">
         <v>1550</v>
       </c>
-      <c r="B390" s="1" t="s">
+      <c r="C390" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="C390" s="1" t="s">
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1552</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="F390" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1554</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="C391" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1556</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="F391" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="B392" s="1" t="s">
         <v>1558</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="C392" s="1" t="s">
         <v>1559</v>
       </c>
-      <c r="C392" s="1" t="s">
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1560</v>
       </c>
-      <c r="D392" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="F392" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="C393" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="C393" s="1" t="s">
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1564</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="F393" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1566</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="C394" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="C394" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D394" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>1568</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>1143</v>
+        <v>1189</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>1307</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F399" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F400" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F401" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F402" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F403" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F404" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F405" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F406" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F407" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F408" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F409" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F410" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F411" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F412" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F413" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F414" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F415" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1654</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>1656</v>
+      </c>
+      <c r="F416" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F417" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F418" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F419" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>1672</v>
+      </c>
+      <c r="F420" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>1676</v>
+      </c>
+      <c r="F421" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1679</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F422" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F423" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F424" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F425" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
+        <v>1696</v>
+      </c>
+      <c r="F426" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F427" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F428" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F429" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F430" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F431" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F432" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F433" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F434" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
+        <v>1730</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F435" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F436" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F437" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F438" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
+        <v>1746</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F439" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C440" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F440" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F441" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
+        <v>1760</v>
+      </c>
+      <c r="F442" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F443" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F444" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
+        <v>1770</v>
+      </c>
+      <c r="F445" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
+        <v>1773</v>
+      </c>
+      <c r="F446" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F447" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E448" s="3" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F448" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G448" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A449" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E449" s="3" t="s">
+        <v>1782</v>
+      </c>
+      <c r="F449" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G449" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A450" s="1" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C450" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="D450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E450" s="3" t="s">
+        <v>1786</v>
+      </c>
+      <c r="F450" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G450" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A451" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C451" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D451" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E451" s="3" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F451" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G451" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A452" s="1" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E452" s="3" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F452" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G452" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A453" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B453" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C453" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E453" s="3" t="s">
+        <v>1798</v>
+      </c>
+      <c r="F453" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G453" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A454" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E454" s="3" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F454" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G454" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A455" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B455" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E455" s="3" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F455" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G455" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A456" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B456" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C456" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D456" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E456" s="3" t="s">
+        <v>1807</v>
+      </c>
+      <c r="F456" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G456" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A457" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E457" s="3" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F457" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G457" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A458" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B458" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C458" s="1" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D458" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E458" s="3" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F458" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G458" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A459" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E459" s="3" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F459" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G459" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A460" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E460" s="3" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F460" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G460" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A461" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D461" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E461" s="3" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F461" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G461" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A462" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E462" s="3" t="s">
+        <v>1826</v>
+      </c>
+      <c r="F462" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G462" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A463" s="1" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E463" s="3" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F463" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G463" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A464" s="1" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E464" s="3" t="s">
+        <v>1832</v>
+      </c>
+      <c r="F464" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G464" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A465" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E465" s="3" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F465" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G465" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A466" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E466" s="3" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F466" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G466" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A467" s="1" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C467" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E467" s="3" t="s">
+        <v>1841</v>
+      </c>
+      <c r="F467" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G467" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A468" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C468" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E468" s="3" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F468" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G468" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A469" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C469" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E469" s="3" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F469" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C470" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F470" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C471" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E471" s="3" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F471" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F472" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F473" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F474" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C475" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E475" s="3" t="s">
+        <v>1866</v>
+      </c>
+      <c r="F475" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
+        <v>1869</v>
+      </c>
+      <c r="F476" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G476" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
+        <v>1872</v>
+      </c>
+      <c r="F477" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F478" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="3" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F479" s="3" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C480" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D480" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="3" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F480" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G480" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="3" t="s">
+        <v>1888</v>
+      </c>
+      <c r="F481" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
+        <v>1892</v>
+      </c>
+      <c r="F482" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G482" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="3" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F483" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F484" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G484" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="3" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F485" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="G485" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F486" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G486" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A487" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="3" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F487" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G487" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A488" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="3" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F488" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="G488" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A489" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C489" s="1" t="s">
         <v>1588</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...2059 lines deleted...]
-      </c>
       <c r="D489" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>865</v>
+        <v>911</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G495" s="3" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G496" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G500" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>1968</v>
+      </c>
+      <c r="F501" s="3" t="s">
         <v>1964</v>
       </c>
-      <c r="B501" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G501" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G502" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G503" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G504" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G505" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G506" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G507" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G508" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="F509" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G509" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G510" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="511" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A511" s="1" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="F511" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G511" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="512" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="F512" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G512" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="513" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="F513" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G513" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="514" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A514" s="1" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F514" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G514" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="515" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A515" s="1" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F515" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G515" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="516" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A516" s="1" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="F516" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G516" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="517" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A517" s="1" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="F517" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G517" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="518" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A518" s="1" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="F518" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G518" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="519" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A519" s="1" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="F519" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G519" s="3" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="520" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A520" s="1" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="F520" s="3" t="s">
-        <v>2044</v>
+        <v>1964</v>
       </c>
       <c r="G520" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="521" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A521" s="1" t="s">
         <v>2045</v>
       </c>
       <c r="B521" s="1" t="s">
         <v>2046</v>
       </c>
       <c r="C521" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E521" s="3" t="s">
         <v>2047</v>
       </c>
-      <c r="D521" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E521" s="3" t="s">
+      <c r="F521" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G521" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A522" s="1" t="s">
         <v>2048</v>
       </c>
-      <c r="F521" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A522" s="1" t="s">
+      <c r="B522" s="1" t="s">
         <v>2049</v>
       </c>
-      <c r="B522" s="1" t="s">
+      <c r="C522" s="1" t="s">
         <v>2050</v>
       </c>
-      <c r="C522" s="1" t="s">
+      <c r="D522" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E522" s="3" t="s">
         <v>2051</v>
       </c>
-      <c r="D522" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E522" s="3" t="s">
+      <c r="F522" s="3" t="s">
         <v>2052</v>
       </c>
-      <c r="F522" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G522" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="523" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A523" s="1" t="s">
         <v>2053</v>
       </c>
       <c r="B523" s="1" t="s">
         <v>2054</v>
       </c>
       <c r="C523" s="1" t="s">
         <v>2055</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E523" s="3" t="s">
         <v>2056</v>
       </c>
       <c r="F523" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G523" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="524" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A524" s="1" t="s">
         <v>2057</v>
       </c>
       <c r="B524" s="1" t="s">
         <v>2058</v>
       </c>
       <c r="C524" s="1" t="s">
         <v>2059</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E524" s="3" t="s">
         <v>2060</v>
       </c>
       <c r="F524" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="525" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2052</v>
+      </c>
+      <c r="G524" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A525" s="1" t="s">
         <v>2061</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>2062</v>
       </c>
       <c r="C525" s="1" t="s">
         <v>2063</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E525" s="3" t="s">
         <v>2064</v>
       </c>
       <c r="F525" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G525" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="526" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A526" s="1" t="s">
         <v>2065</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>2066</v>
       </c>
       <c r="C526" s="1" t="s">
         <v>2067</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E526" s="3" t="s">
         <v>2068</v>
       </c>
       <c r="F526" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="527" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A527" s="1" t="s">
         <v>2069</v>
       </c>
       <c r="B527" s="1" t="s">
         <v>2070</v>
       </c>
       <c r="C527" s="1" t="s">
         <v>2071</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E527" s="3" t="s">
         <v>2072</v>
       </c>
       <c r="F527" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="528" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2052</v>
+      </c>
+      <c r="G527" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A528" s="1" t="s">
         <v>2073</v>
       </c>
       <c r="B528" s="1" t="s">
         <v>2074</v>
       </c>
       <c r="C528" s="1" t="s">
         <v>2075</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E528" s="3" t="s">
         <v>2076</v>
       </c>
       <c r="F528" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A529" s="1" t="s">
         <v>2077</v>
       </c>
       <c r="B529" s="1" t="s">
         <v>2078</v>
       </c>
       <c r="C529" s="1" t="s">
         <v>2079</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E529" s="3" t="s">
         <v>2080</v>
       </c>
       <c r="F529" s="3" t="s">
-        <v>2044</v>
-[...5 lines deleted...]
-    <row r="530" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A530" s="1" t="s">
         <v>2081</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>2082</v>
       </c>
       <c r="C530" s="1" t="s">
         <v>2083</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E530" s="3" t="s">
         <v>2084</v>
       </c>
       <c r="F530" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A531" s="1" t="s">
         <v>2085</v>
       </c>
       <c r="B531" s="1" t="s">
         <v>2086</v>
       </c>
       <c r="C531" s="1" t="s">
         <v>2087</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E531" s="3" t="s">
         <v>2088</v>
       </c>
       <c r="F531" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A532" s="1" t="s">
         <v>2089</v>
       </c>
       <c r="B532" s="1" t="s">
         <v>2090</v>
       </c>
       <c r="C532" s="1" t="s">
         <v>2091</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E532" s="3" t="s">
         <v>2092</v>
       </c>
       <c r="F532" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A533" s="1" t="s">
         <v>2093</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>2094</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>2095</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E533" s="3" t="s">
         <v>2096</v>
       </c>
       <c r="F533" s="3" t="s">
-        <v>2044</v>
-[...5 lines deleted...]
-    <row r="534" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A534" s="1" t="s">
         <v>2097</v>
       </c>
       <c r="B534" s="1" t="s">
         <v>2098</v>
       </c>
       <c r="C534" s="1" t="s">
         <v>2099</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E534" s="3" t="s">
         <v>2100</v>
       </c>
       <c r="F534" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G534" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A535" s="1" t="s">
         <v>2101</v>
       </c>
       <c r="B535" s="1" t="s">
         <v>2102</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>2103</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E535" s="3" t="s">
         <v>2104</v>
       </c>
       <c r="F535" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G535" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A536" s="1" t="s">
         <v>2105</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>2106</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>2107</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E536" s="3" t="s">
         <v>2108</v>
       </c>
       <c r="F536" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G536" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A537" s="1" t="s">
         <v>2109</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>2110</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>2111</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E537" s="3" t="s">
         <v>2112</v>
       </c>
       <c r="F537" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G537" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A538" s="1" t="s">
         <v>2113</v>
       </c>
       <c r="B538" s="1" t="s">
         <v>2114</v>
       </c>
       <c r="C538" s="1" t="s">
         <v>2115</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E538" s="3" t="s">
         <v>2116</v>
       </c>
       <c r="F538" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G538" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A539" s="1" t="s">
         <v>2117</v>
       </c>
       <c r="B539" s="1" t="s">
         <v>2118</v>
       </c>
       <c r="C539" s="1" t="s">
         <v>2119</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E539" s="3" t="s">
         <v>2120</v>
       </c>
       <c r="F539" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G539" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A540" s="1" t="s">
         <v>2121</v>
       </c>
       <c r="B540" s="1" t="s">
         <v>2122</v>
       </c>
       <c r="C540" s="1" t="s">
         <v>2123</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E540" s="3" t="s">
         <v>2124</v>
       </c>
       <c r="F540" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G540" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A541" s="1" t="s">
         <v>2125</v>
       </c>
       <c r="B541" s="1" t="s">
         <v>2126</v>
       </c>
       <c r="C541" s="1" t="s">
         <v>2127</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E541" s="3" t="s">
         <v>2128</v>
       </c>
       <c r="F541" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G541" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A542" s="1" t="s">
         <v>2129</v>
       </c>
       <c r="B542" s="1" t="s">
         <v>2130</v>
       </c>
       <c r="C542" s="1" t="s">
         <v>2131</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E542" s="3" t="s">
         <v>2132</v>
       </c>
       <c r="F542" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G542" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A543" s="1" t="s">
         <v>2133</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>2134</v>
       </c>
       <c r="C543" s="1" t="s">
         <v>2135</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E543" s="3" t="s">
         <v>2136</v>
       </c>
       <c r="F543" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G543" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A544" s="1" t="s">
         <v>2137</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>2138</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>2139</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E544" s="3" t="s">
         <v>2140</v>
       </c>
       <c r="F544" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G544" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A545" s="1" t="s">
         <v>2141</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>2142</v>
       </c>
       <c r="C545" s="1" t="s">
         <v>2143</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E545" s="3" t="s">
         <v>2144</v>
       </c>
       <c r="F545" s="3" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="G545" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A546" s="1" t="s">
         <v>2145</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>2146</v>
       </c>
       <c r="C546" s="1" t="s">
         <v>2147</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E546" s="3" t="s">
         <v>2148</v>
       </c>
       <c r="F546" s="3" t="s">
-        <v>1143</v>
+        <v>2052</v>
       </c>
       <c r="G546" s="3" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A547" s="1" t="s">
         <v>2149</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>2150</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>2151</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E547" s="3" t="s">
         <v>2152</v>
       </c>
       <c r="F547" s="3" t="s">
-        <v>1143</v>
+        <v>1189</v>
       </c>
       <c r="G547" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A548" s="1" t="s">
         <v>2153</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>2154</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>531</v>
+        <v>1189</v>
       </c>
       <c r="G548" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>1754</v>
+        <v>521</v>
       </c>
       <c r="G549" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G550" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="F551" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G551" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="F552" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G552" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A553" s="1" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="F553" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G553" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A554" s="1" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="F554" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G554" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A555" s="1" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="F555" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G555" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A556" s="1" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="F556" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G556" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A557" s="1" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
       <c r="F557" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G557" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A558" s="1" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G558" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A559" s="1" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G559" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A560" s="1" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="F560" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G560" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A561" s="1" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G561" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="F562" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G562" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A563" s="1" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G563" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A564" s="1" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="F564" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G564" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="565" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A565" s="1" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G565" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A566" s="1" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G566" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A567" s="1" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G567" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A568" s="1" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G568" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A569" s="1" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="F569" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G569" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A570" s="1" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="F570" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G570" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A571" s="1" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="F571" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G571" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A572" s="1" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="F572" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G572" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A573" s="1" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="C573" s="1" t="s">
         <v>2230</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E573" s="3" t="s">
         <v>2231</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G573" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A574" s="1" t="s">
         <v>2232</v>
       </c>
       <c r="B574" s="1" t="s">
         <v>2233</v>
       </c>
       <c r="C574" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="D574" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E574" s="3" t="s">
         <v>2234</v>
       </c>
-      <c r="D574" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E574" s="3" t="s">
+      <c r="F574" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G574" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A575" s="1" t="s">
         <v>2235</v>
       </c>
-      <c r="F574" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A575" s="1" t="s">
+      <c r="B575" s="1" t="s">
         <v>2236</v>
       </c>
-      <c r="B575" s="1" t="s">
+      <c r="C575" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E575" s="3" t="s">
         <v>2237</v>
       </c>
-      <c r="C575" s="1" t="s">
+      <c r="F575" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G575" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A576" s="1" t="s">
         <v>2238</v>
       </c>
-      <c r="D575" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E575" s="3" t="s">
+      <c r="B576" s="1" t="s">
         <v>2239</v>
       </c>
-      <c r="F575" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A576" s="1" t="s">
+      <c r="C576" s="1" t="s">
         <v>2240</v>
       </c>
-      <c r="B576" s="1" t="s">
+      <c r="D576" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E576" s="3" t="s">
         <v>2241</v>
       </c>
-      <c r="C576" s="1" t="s">
+      <c r="F576" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G576" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A577" s="1" t="s">
         <v>2242</v>
       </c>
-      <c r="D576" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E576" s="3" t="s">
+      <c r="B577" s="1" t="s">
         <v>2243</v>
       </c>
-      <c r="F576" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A577" s="1" t="s">
+      <c r="C577" s="1" t="s">
         <v>2244</v>
       </c>
-      <c r="B577" s="1" t="s">
+      <c r="D577" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E577" s="3" t="s">
         <v>2245</v>
       </c>
-      <c r="C577" s="1" t="s">
+      <c r="F577" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G577" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A578" s="1" t="s">
         <v>2246</v>
       </c>
-      <c r="D577" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E577" s="3" t="s">
+      <c r="B578" s="1" t="s">
         <v>2247</v>
       </c>
-      <c r="F577" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A578" s="1" t="s">
+      <c r="C578" s="1" t="s">
         <v>2248</v>
       </c>
-      <c r="B578" s="1" t="s">
+      <c r="D578" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E578" s="3" t="s">
         <v>2249</v>
       </c>
-      <c r="C578" s="1" t="s">
+      <c r="F578" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G578" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A579" s="1" t="s">
         <v>2250</v>
       </c>
-      <c r="D578" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E578" s="3" t="s">
+      <c r="B579" s="1" t="s">
         <v>2251</v>
       </c>
-      <c r="F578" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A579" s="1" t="s">
+      <c r="C579" s="1" t="s">
         <v>2252</v>
       </c>
-      <c r="B579" s="1" t="s">
+      <c r="D579" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E579" s="3" t="s">
         <v>2253</v>
       </c>
-      <c r="C579" s="1" t="s">
+      <c r="F579" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G579" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A580" s="1" t="s">
         <v>2254</v>
       </c>
-      <c r="D579" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E579" s="3" t="s">
+      <c r="B580" s="1" t="s">
         <v>2255</v>
       </c>
-      <c r="F579" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A580" s="1" t="s">
+      <c r="C580" s="1" t="s">
         <v>2256</v>
       </c>
-      <c r="B580" s="1" t="s">
+      <c r="D580" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E580" s="3" t="s">
         <v>2257</v>
       </c>
-      <c r="C580" s="1" t="s">
+      <c r="F580" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G580" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A581" s="1" t="s">
         <v>2258</v>
       </c>
-      <c r="D580" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E580" s="3" t="s">
+      <c r="B581" s="1" t="s">
         <v>2259</v>
       </c>
-      <c r="F580" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A581" s="1" t="s">
+      <c r="C581" s="1" t="s">
         <v>2260</v>
       </c>
-      <c r="B581" s="1" t="s">
+      <c r="D581" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E581" s="3" t="s">
         <v>2261</v>
       </c>
-      <c r="C581" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E581" s="3" t="s">
+      <c r="F581" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G581" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A582" s="1" t="s">
         <v>2262</v>
       </c>
-      <c r="F581" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A582" s="1" t="s">
+      <c r="B582" s="1" t="s">
         <v>2263</v>
-      </c>
-[...1 lines deleted...]
-        <v>2264</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>2264</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E582" s="3" t="s">
         <v>2265</v>
       </c>
       <c r="F582" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+      <c r="G582" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A583" s="1" t="s">
         <v>2266</v>
       </c>
       <c r="B583" s="1" t="s">
         <v>2267</v>
       </c>
       <c r="C583" s="1" t="s">
         <v>2268</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E583" s="3" t="s">
         <v>2269</v>
       </c>
       <c r="F583" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G583" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A584" s="1" t="s">
         <v>2270</v>
       </c>
       <c r="B584" s="1" t="s">
         <v>2271</v>
       </c>
       <c r="C584" s="1" t="s">
         <v>2272</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E584" s="3" t="s">
         <v>2273</v>
       </c>
       <c r="F584" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G584" s="3" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A585" s="1" t="s">
         <v>2274</v>
       </c>
       <c r="B585" s="1" t="s">
         <v>2275</v>
       </c>
       <c r="C585" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E585" s="3" t="s">
         <v>2276</v>
       </c>
-      <c r="D585" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E585" s="3" t="s">
+      <c r="F585" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A586" s="1" t="s">
         <v>2277</v>
       </c>
-      <c r="F585" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A586" s="1" t="s">
+      <c r="B586" s="1" t="s">
         <v>2278</v>
       </c>
-      <c r="B586" s="1" t="s">
+      <c r="C586" s="1" t="s">
         <v>2279</v>
       </c>
-      <c r="C586" s="1" t="s">
+      <c r="D586" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E586" s="3" t="s">
         <v>2280</v>
       </c>
-      <c r="D586" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E586" s="3" t="s">
+      <c r="F586" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G586" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A587" s="1" t="s">
         <v>2281</v>
       </c>
-      <c r="F586" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A587" s="1" t="s">
+      <c r="B587" s="1" t="s">
         <v>2282</v>
       </c>
-      <c r="B587" s="1" t="s">
+      <c r="C587" s="1" t="s">
         <v>2283</v>
       </c>
-      <c r="C587" s="1" t="s">
+      <c r="D587" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E587" s="3" t="s">
         <v>2284</v>
       </c>
-      <c r="D587" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E587" s="3" t="s">
+      <c r="F587" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G587" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A588" s="1" t="s">
         <v>2285</v>
       </c>
-      <c r="F587" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A588" s="1" t="s">
+      <c r="B588" s="1" t="s">
         <v>2286</v>
       </c>
-      <c r="B588" s="1" t="s">
+      <c r="C588" s="1" t="s">
         <v>2287</v>
       </c>
-      <c r="C588" s="1" t="s">
+      <c r="D588" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E588" s="3" t="s">
         <v>2288</v>
       </c>
-      <c r="D588" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E588" s="3" t="s">
+      <c r="F588" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G588" s="3" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A589" s="1" t="s">
         <v>2289</v>
       </c>
-      <c r="F588" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A589" s="1" t="s">
+      <c r="B589" s="1" t="s">
         <v>2290</v>
       </c>
-      <c r="B589" s="1" t="s">
+      <c r="C589" s="1" t="s">
         <v>2291</v>
       </c>
-      <c r="C589" s="1" t="s">
+      <c r="D589" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E589" s="3" t="s">
         <v>2292</v>
       </c>
-      <c r="D589" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E589" s="3" t="s">
+      <c r="F589" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G589" s="3" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A590" s="1" t="s">
         <v>2293</v>
       </c>
-      <c r="F589" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A590" s="1" t="s">
+      <c r="B590" s="1" t="s">
         <v>2294</v>
       </c>
-      <c r="B590" s="1" t="s">
+      <c r="C590" s="1" t="s">
         <v>2295</v>
       </c>
-      <c r="C590" s="1" t="s">
+      <c r="D590" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E590" s="3" t="s">
         <v>2296</v>
       </c>
-      <c r="D590" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E590" s="3" t="s">
+      <c r="F590" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G590" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A591" s="1" t="s">
         <v>2297</v>
       </c>
-      <c r="F590" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A591" s="1" t="s">
+      <c r="B591" s="1" t="s">
         <v>2298</v>
       </c>
-      <c r="B591" s="1" t="s">
+      <c r="C591" s="1" t="s">
         <v>2299</v>
       </c>
-      <c r="C591" s="1" t="s">
+      <c r="D591" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E591" s="3" t="s">
         <v>2300</v>
       </c>
-      <c r="D591" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E591" s="3" t="s">
+      <c r="F591" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G591" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A592" s="1" t="s">
         <v>2301</v>
       </c>
-      <c r="F591" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A592" s="1" t="s">
+      <c r="B592" s="1" t="s">
         <v>2302</v>
       </c>
-      <c r="B592" s="1" t="s">
+      <c r="C592" s="1" t="s">
         <v>2303</v>
       </c>
-      <c r="C592" s="1" t="s">
+      <c r="D592" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E592" s="3" t="s">
         <v>2304</v>
       </c>
-      <c r="D592" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E592" s="3" t="s">
+      <c r="F592" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G592" s="3" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A593" s="1" t="s">
         <v>2305</v>
       </c>
-      <c r="F592" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A593" s="1" t="s">
+      <c r="B593" s="1" t="s">
         <v>2306</v>
       </c>
-      <c r="B593" s="1" t="s">
+      <c r="C593" s="1" t="s">
         <v>2307</v>
       </c>
-      <c r="C593" s="1" t="s">
+      <c r="D593" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E593" s="3" t="s">
         <v>2308</v>
       </c>
-      <c r="D593" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E593" s="3" t="s">
+      <c r="F593" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G593" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A594" s="1" t="s">
         <v>2309</v>
       </c>
-      <c r="F593" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A594" s="1" t="s">
+      <c r="B594" s="1" t="s">
         <v>2310</v>
       </c>
-      <c r="B594" s="1" t="s">
+      <c r="C594" s="1" t="s">
         <v>2311</v>
       </c>
-      <c r="C594" s="1" t="s">
+      <c r="D594" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E594" s="3" t="s">
         <v>2312</v>
       </c>
-      <c r="D594" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E594" s="3" t="s">
+      <c r="F594" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G594" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A595" s="1" t="s">
         <v>2313</v>
       </c>
-      <c r="F594" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A595" s="1" t="s">
+      <c r="B595" s="1" t="s">
         <v>2314</v>
       </c>
-      <c r="B595" s="1" t="s">
+      <c r="C595" s="1" t="s">
         <v>2315</v>
       </c>
-      <c r="C595" s="1" t="s">
+      <c r="D595" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E595" s="3" t="s">
         <v>2316</v>
       </c>
-      <c r="D595" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E595" s="3" t="s">
+      <c r="F595" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G595" s="3" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A596" s="1" t="s">
         <v>2317</v>
       </c>
-      <c r="F595" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A596" s="1" t="s">
+      <c r="B596" s="1" t="s">
         <v>2318</v>
       </c>
-      <c r="B596" s="1" t="s">
+      <c r="C596" s="1" t="s">
         <v>2319</v>
       </c>
-      <c r="C596" s="1" t="s">
+      <c r="D596" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E596" s="3" t="s">
         <v>2320</v>
       </c>
-      <c r="D596" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E596" s="3" t="s">
+      <c r="F596" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G596" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A597" s="1" t="s">
         <v>2321</v>
       </c>
-      <c r="F596" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A597" s="1" t="s">
+      <c r="B597" s="1" t="s">
         <v>2322</v>
       </c>
-      <c r="B597" s="1" t="s">
+      <c r="C597" s="1" t="s">
         <v>2323</v>
       </c>
-      <c r="C597" s="1" t="s">
+      <c r="D597" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E597" s="3" t="s">
         <v>2324</v>
       </c>
-      <c r="D597" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E597" s="3" t="s">
+      <c r="F597" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G597" s="3" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A598" s="1" t="s">
         <v>2325</v>
       </c>
-      <c r="F597" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A598" s="1" t="s">
+      <c r="B598" s="1" t="s">
         <v>2326</v>
       </c>
-      <c r="B598" s="1" t="s">
+      <c r="C598" s="1" t="s">
         <v>2327</v>
       </c>
-      <c r="C598" s="1" t="s">
+      <c r="D598" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E598" s="3" t="s">
         <v>2328</v>
       </c>
-      <c r="D598" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E598" s="3" t="s">
+      <c r="F598" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G598" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A599" s="1" t="s">
         <v>2329</v>
       </c>
-      <c r="F598" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A599" s="1" t="s">
+      <c r="B599" s="1" t="s">
         <v>2330</v>
       </c>
-      <c r="B599" s="1" t="s">
+      <c r="C599" s="1" t="s">
         <v>2331</v>
       </c>
-      <c r="C599" s="1" t="s">
+      <c r="D599" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E599" s="3" t="s">
         <v>2332</v>
       </c>
-      <c r="D599" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E599" s="3" t="s">
+      <c r="F599" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G599" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A600" s="1" t="s">
         <v>2333</v>
       </c>
-      <c r="F599" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A600" s="1" t="s">
+      <c r="B600" s="1" t="s">
         <v>2334</v>
       </c>
-      <c r="B600" s="1" t="s">
+      <c r="C600" s="1" t="s">
         <v>2335</v>
       </c>
-      <c r="C600" s="1" t="s">
+      <c r="D600" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E600" s="3" t="s">
         <v>2336</v>
       </c>
-      <c r="D600" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E600" s="3" t="s">
+      <c r="F600" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G600" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A601" s="1" t="s">
         <v>2337</v>
       </c>
-      <c r="F600" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A601" s="1" t="s">
+      <c r="B601" s="1" t="s">
         <v>2338</v>
       </c>
-      <c r="B601" s="1" t="s">
+      <c r="C601" s="1" t="s">
         <v>2339</v>
       </c>
-      <c r="C601" s="1" t="s">
+      <c r="D601" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E601" s="3" t="s">
         <v>2340</v>
       </c>
-      <c r="D601" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E601" s="3" t="s">
+      <c r="F601" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G601" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A602" s="1" t="s">
         <v>2341</v>
       </c>
-      <c r="F601" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A602" s="1" t="s">
+      <c r="B602" s="1" t="s">
         <v>2342</v>
       </c>
-      <c r="B602" s="1" t="s">
+      <c r="C602" s="1" t="s">
         <v>2343</v>
       </c>
-      <c r="C602" s="1" t="s">
+      <c r="D602" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E602" s="3" t="s">
         <v>2344</v>
       </c>
-      <c r="D602" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E602" s="3" t="s">
+      <c r="F602" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G602" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A603" s="1" t="s">
         <v>2345</v>
       </c>
-      <c r="F602" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A603" s="1" t="s">
+      <c r="B603" s="1" t="s">
         <v>2346</v>
       </c>
-      <c r="B603" s="1" t="s">
+      <c r="C603" s="1" t="s">
         <v>2347</v>
       </c>
-      <c r="C603" s="1" t="s">
+      <c r="D603" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E603" s="3" t="s">
         <v>2348</v>
       </c>
-      <c r="D603" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E603" s="3" t="s">
+      <c r="F603" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G603" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A604" s="1" t="s">
         <v>2349</v>
       </c>
-      <c r="F603" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A604" s="1" t="s">
+      <c r="B604" s="1" t="s">
         <v>2350</v>
       </c>
-      <c r="B604" s="1" t="s">
+      <c r="C604" s="1" t="s">
         <v>2351</v>
       </c>
-      <c r="C604" s="1" t="s">
+      <c r="D604" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E604" s="3" t="s">
         <v>2352</v>
       </c>
-      <c r="D604" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E604" s="3" t="s">
+      <c r="F604" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G604" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A605" s="1" t="s">
         <v>2353</v>
       </c>
-      <c r="F604" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A605" s="1" t="s">
+      <c r="B605" s="1" t="s">
         <v>2354</v>
       </c>
-      <c r="B605" s="1" t="s">
+      <c r="C605" s="1" t="s">
         <v>2355</v>
       </c>
-      <c r="C605" s="1" t="s">
+      <c r="D605" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E605" s="3" t="s">
         <v>2356</v>
       </c>
-      <c r="D605" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E605" s="3" t="s">
+      <c r="F605" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G605" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A606" s="1" t="s">
         <v>2357</v>
       </c>
-      <c r="F605" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A606" s="1" t="s">
+      <c r="B606" s="1" t="s">
         <v>2358</v>
       </c>
-      <c r="B606" s="1" t="s">
+      <c r="C606" s="1" t="s">
         <v>2359</v>
       </c>
-      <c r="C606" s="1" t="s">
+      <c r="D606" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E606" s="3" t="s">
         <v>2360</v>
       </c>
-      <c r="D606" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E606" s="3" t="s">
+      <c r="F606" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G606" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A607" s="1" t="s">
         <v>2361</v>
       </c>
-      <c r="F606" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A607" s="1" t="s">
+      <c r="B607" s="1" t="s">
         <v>2362</v>
       </c>
-      <c r="B607" s="1" t="s">
+      <c r="C607" s="1" t="s">
         <v>2363</v>
       </c>
-      <c r="C607" s="1" t="s">
+      <c r="D607" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E607" s="3" t="s">
         <v>2364</v>
       </c>
-      <c r="D607" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E607" s="3" t="s">
+      <c r="F607" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G607" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A608" s="1" t="s">
         <v>2365</v>
       </c>
-      <c r="F607" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A608" s="1" t="s">
+      <c r="B608" s="1" t="s">
         <v>2366</v>
       </c>
-      <c r="B608" s="1" t="s">
+      <c r="C608" s="1" t="s">
         <v>2367</v>
       </c>
-      <c r="C608" s="1" t="s">
+      <c r="D608" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E608" s="3" t="s">
         <v>2368</v>
       </c>
-      <c r="D608" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E608" s="3" t="s">
+      <c r="F608" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G608" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A609" s="1" t="s">
         <v>2369</v>
       </c>
-      <c r="F608" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A609" s="1" t="s">
+      <c r="B609" s="1" t="s">
         <v>2370</v>
       </c>
-      <c r="B609" s="1" t="s">
+      <c r="C609" s="1" t="s">
         <v>2371</v>
       </c>
-      <c r="C609" s="1" t="s">
+      <c r="D609" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E609" s="3" t="s">
         <v>2372</v>
       </c>
-      <c r="D609" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E609" s="3" t="s">
+      <c r="F609" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G609" s="3" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A610" s="1" t="s">
         <v>2373</v>
       </c>
-      <c r="F609" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A610" s="1" t="s">
+      <c r="B610" s="1" t="s">
         <v>2374</v>
       </c>
-      <c r="B610" s="1" t="s">
+      <c r="C610" s="1" t="s">
         <v>2375</v>
       </c>
-      <c r="C610" s="1" t="s">
+      <c r="D610" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E610" s="3" t="s">
         <v>2376</v>
       </c>
-      <c r="D610" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E610" s="3" t="s">
+      <c r="F610" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G610" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A611" s="1" t="s">
         <v>2377</v>
       </c>
-      <c r="F610" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A611" s="1" t="s">
+      <c r="B611" s="1" t="s">
         <v>2378</v>
       </c>
-      <c r="B611" s="1" t="s">
+      <c r="C611" s="1" t="s">
         <v>2379</v>
       </c>
-      <c r="C611" s="1" t="s">
+      <c r="D611" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E611" s="3" t="s">
         <v>2380</v>
       </c>
-      <c r="D611" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E611" s="3" t="s">
+      <c r="F611" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G611" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A612" s="1" t="s">
         <v>2381</v>
       </c>
-      <c r="F611" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A612" s="1" t="s">
+      <c r="B612" s="1" t="s">
         <v>2382</v>
       </c>
-      <c r="B612" s="1" t="s">
+      <c r="C612" s="1" t="s">
         <v>2383</v>
       </c>
-      <c r="C612" s="1" t="s">
+      <c r="D612" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E612" s="3" t="s">
         <v>2384</v>
       </c>
-      <c r="D612" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E612" s="3" t="s">
+      <c r="F612" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G612" s="3" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A613" s="1" t="s">
         <v>2385</v>
       </c>
-      <c r="F612" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A613" s="1" t="s">
+      <c r="B613" s="1" t="s">
         <v>2386</v>
       </c>
-      <c r="B613" s="1" t="s">
+      <c r="C613" s="1" t="s">
         <v>2387</v>
       </c>
-      <c r="C613" s="1" t="s">
+      <c r="D613" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E613" s="3" t="s">
         <v>2388</v>
       </c>
-      <c r="D613" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E613" s="3" t="s">
+      <c r="F613" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G613" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A614" s="1" t="s">
         <v>2389</v>
       </c>
-      <c r="F613" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A614" s="1" t="s">
+      <c r="B614" s="1" t="s">
         <v>2390</v>
       </c>
-      <c r="B614" s="1" t="s">
+      <c r="C614" s="1" t="s">
         <v>2391</v>
       </c>
-      <c r="C614" s="1" t="s">
+      <c r="D614" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E614" s="3" t="s">
         <v>2392</v>
       </c>
-      <c r="D614" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E614" s="3" t="s">
+      <c r="F614" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G614" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A615" s="1" t="s">
         <v>2393</v>
       </c>
-      <c r="F614" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A615" s="1" t="s">
+      <c r="B615" s="1" t="s">
         <v>2394</v>
       </c>
-      <c r="B615" s="1" t="s">
+      <c r="C615" s="1" t="s">
         <v>2395</v>
       </c>
-      <c r="C615" s="1" t="s">
+      <c r="D615" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E615" s="3" t="s">
         <v>2396</v>
       </c>
-      <c r="D615" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E615" s="3" t="s">
+      <c r="F615" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G615" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A616" s="1" t="s">
         <v>2397</v>
       </c>
-      <c r="F615" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A616" s="1" t="s">
+      <c r="B616" s="1" t="s">
         <v>2398</v>
       </c>
-      <c r="B616" s="1" t="s">
+      <c r="C616" s="1" t="s">
         <v>2399</v>
       </c>
-      <c r="C616" s="1" t="s">
+      <c r="D616" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E616" s="3" t="s">
         <v>2400</v>
       </c>
-      <c r="D616" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E616" s="3" t="s">
+      <c r="F616" s="3" t="s">
         <v>2401</v>
       </c>
-      <c r="F616" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G616" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A617" s="1" t="s">
         <v>2402</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>2403</v>
       </c>
       <c r="C617" s="1" t="s">
         <v>2404</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E617" s="3" t="s">
         <v>2405</v>
       </c>
       <c r="F617" s="3" t="s">
-        <v>14</v>
+        <v>2401</v>
       </c>
       <c r="G617" s="3" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A618" s="1" t="s">
         <v>2406</v>
       </c>
       <c r="B618" s="1" t="s">
         <v>2407</v>
       </c>
       <c r="C618" s="1" t="s">
         <v>2408</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E618" s="3" t="s">
         <v>2409</v>
       </c>
       <c r="F618" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G618" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A619" s="1" t="s">
         <v>2410</v>
       </c>
-      <c r="G618" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A619" s="1" t="s">
+      <c r="B619" s="1" t="s">
         <v>2411</v>
       </c>
-      <c r="B619" s="1" t="s">
+      <c r="C619" s="1" t="s">
         <v>2412</v>
       </c>
-      <c r="C619" s="1" t="s">
+      <c r="D619" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E619" s="3" t="s">
         <v>2413</v>
       </c>
-      <c r="D619" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E619" s="3" t="s">
+      <c r="F619" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G619" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A620" s="1" t="s">
         <v>2414</v>
       </c>
-      <c r="F619" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A620" s="1" t="s">
+      <c r="B620" s="1" t="s">
         <v>2415</v>
       </c>
-      <c r="B620" s="1" t="s">
+      <c r="C620" s="1" t="s">
         <v>2416</v>
       </c>
-      <c r="C620" s="1" t="s">
+      <c r="D620" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E620" s="3" t="s">
         <v>2417</v>
       </c>
-      <c r="D620" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E620" s="3" t="s">
+      <c r="F620" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G620" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A621" s="1" t="s">
         <v>2418</v>
       </c>
-      <c r="F620" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A621" s="1" t="s">
+      <c r="B621" s="1" t="s">
         <v>2419</v>
       </c>
-      <c r="B621" s="1" t="s">
+      <c r="C621" s="1" t="s">
         <v>2420</v>
       </c>
-      <c r="C621" s="1" t="s">
+      <c r="D621" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E621" s="3" t="s">
         <v>2421</v>
       </c>
-      <c r="D621" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E621" s="3" t="s">
+      <c r="F621" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G621" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A622" s="1" t="s">
         <v>2422</v>
       </c>
-      <c r="F621" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A622" s="1" t="s">
+      <c r="B622" s="1" t="s">
         <v>2423</v>
       </c>
-      <c r="B622" s="1" t="s">
+      <c r="C622" s="1" t="s">
         <v>2424</v>
       </c>
-      <c r="C622" s="1" t="s">
+      <c r="D622" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E622" s="3" t="s">
         <v>2425</v>
       </c>
-      <c r="D622" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E622" s="3" t="s">
+      <c r="F622" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G622" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="623" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A623" s="1" t="s">
         <v>2426</v>
       </c>
-      <c r="F622" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A623" s="1" t="s">
+      <c r="B623" s="1" t="s">
         <v>2427</v>
       </c>
-      <c r="B623" s="1" t="s">
+      <c r="C623" s="1" t="s">
         <v>2428</v>
       </c>
-      <c r="C623" s="1" t="s">
+      <c r="D623" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E623" s="3" t="s">
         <v>2429</v>
       </c>
-      <c r="D623" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E623" s="3" t="s">
+      <c r="F623" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G623" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A624" s="1" t="s">
         <v>2430</v>
       </c>
-      <c r="F623" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A624" s="1" t="s">
+      <c r="B624" s="1" t="s">
         <v>2431</v>
       </c>
-      <c r="B624" s="1" t="s">
+      <c r="C624" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D624" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E624" s="3" t="s">
         <v>2432</v>
       </c>
-      <c r="C624" s="1" t="s">
+      <c r="F624" s="3" t="s">
         <v>2433</v>
       </c>
-      <c r="D624" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E624" s="3" t="s">
+      <c r="G624" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A625" s="1" t="s">
         <v>2434</v>
       </c>
-      <c r="F624" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A625" s="1" t="s">
+      <c r="B625" s="1" t="s">
         <v>2435</v>
       </c>
-      <c r="B625" s="1" t="s">
+      <c r="C625" s="1" t="s">
         <v>2436</v>
       </c>
-      <c r="C625" s="1" t="s">
+      <c r="D625" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E625" s="3" t="s">
         <v>2437</v>
       </c>
-      <c r="D625" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E625" s="3" t="s">
+      <c r="F625" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G625" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A626" s="1" t="s">
         <v>2438</v>
       </c>
-      <c r="F625" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A626" s="1" t="s">
+      <c r="B626" s="1" t="s">
         <v>2439</v>
       </c>
-      <c r="B626" s="1" t="s">
+      <c r="C626" s="1" t="s">
         <v>2440</v>
       </c>
-      <c r="C626" s="1" t="s">
+      <c r="D626" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E626" s="3" t="s">
         <v>2441</v>
       </c>
-      <c r="D626" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E626" s="3" t="s">
+      <c r="F626" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="G626" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A627" s="1" t="s">
         <v>2442</v>
       </c>
-      <c r="F626" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A627" s="1" t="s">
+      <c r="B627" s="1" t="s">
         <v>2443</v>
       </c>
-      <c r="B627" s="1" t="s">
+      <c r="C627" s="1" t="s">
+        <v>2440</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E627" s="3" t="s">
         <v>2444</v>
       </c>
-      <c r="C627" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E627" s="3" t="s">
+      <c r="F627" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="G627" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="628" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A628" s="1" t="s">
         <v>2445</v>
       </c>
-      <c r="F627" s="3" t="s">
+      <c r="B628" s="1" t="s">
         <v>2446</v>
       </c>
-      <c r="G627" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A628" s="1" t="s">
+      <c r="C628" s="1" t="s">
         <v>2447</v>
       </c>
-      <c r="B628" s="1" t="s">
+      <c r="D628" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E628" s="3" t="s">
         <v>2448</v>
       </c>
-      <c r="C628" s="1" t="s">
+      <c r="F628" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G628" s="3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A629" s="1" t="s">
         <v>2449</v>
       </c>
-      <c r="D628" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E628" s="3" t="s">
+      <c r="B629" s="1" t="s">
         <v>2450</v>
       </c>
-      <c r="F628" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A629" s="1" t="s">
+      <c r="C629" s="1" t="s">
+        <v>2450</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E629" s="3" t="s">
         <v>2451</v>
       </c>
-      <c r="B629" s="1" t="s">
+      <c r="F629" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G629" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A630" s="1" t="s">
         <v>2452</v>
       </c>
-      <c r="C629" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E629" s="3" t="s">
+      <c r="B630" s="1" t="s">
         <v>2453</v>
       </c>
-      <c r="F629" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A630" s="1" t="s">
+      <c r="C630" s="1" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E630" s="3" t="s">
         <v>2454</v>
       </c>
-      <c r="B630" s="1" t="s">
+      <c r="F630" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G630" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A631" s="1" t="s">
         <v>2455</v>
       </c>
-      <c r="C630" s="1" t="s">
+      <c r="B631" s="1" t="s">
         <v>2456</v>
       </c>
-      <c r="D630" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E630" s="3" t="s">
+      <c r="C631" s="1" t="s">
+        <v>2456</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E631" s="3" t="s">
         <v>2457</v>
       </c>
-      <c r="F630" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A631" s="1" t="s">
+      <c r="F631" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G631" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A632" s="1" t="s">
         <v>2458</v>
       </c>
-      <c r="B631" s="1" t="s">
+      <c r="B632" s="1" t="s">
         <v>2459</v>
       </c>
-      <c r="C631" s="1" t="s">
+      <c r="C632" s="1" t="s">
         <v>2459</v>
       </c>
-      <c r="D631" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E631" s="3" t="s">
+      <c r="D632" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E632" s="3" t="s">
         <v>2460</v>
       </c>
-      <c r="F631" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A632" s="1" t="s">
+      <c r="F632" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G632" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A633" s="1" t="s">
         <v>2461</v>
       </c>
-      <c r="B632" s="1" t="s">
+      <c r="B633" s="1" t="s">
         <v>2462</v>
       </c>
-      <c r="C632" s="1" t="s">
+      <c r="C633" s="1" t="s">
         <v>2462</v>
       </c>
-      <c r="D632" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E632" s="3" t="s">
+      <c r="D633" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E633" s="3" t="s">
         <v>2463</v>
       </c>
-      <c r="F632" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A633" s="1" t="s">
+      <c r="F633" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G633" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="634" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A634" s="1" t="s">
         <v>2464</v>
       </c>
-      <c r="B633" s="1" t="s">
+      <c r="B634" s="1" t="s">
         <v>2465</v>
       </c>
-      <c r="C633" s="1" t="s">
+      <c r="C634" s="1" t="s">
         <v>2465</v>
       </c>
-      <c r="D633" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E633" s="3" t="s">
+      <c r="D634" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E634" s="3" t="s">
         <v>2466</v>
       </c>
-      <c r="F633" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A634" s="1" t="s">
+      <c r="F634" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G634" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A635" s="1" t="s">
         <v>2467</v>
       </c>
-      <c r="B634" s="1" t="s">
+      <c r="B635" s="1" t="s">
         <v>2468</v>
       </c>
-      <c r="C634" s="1" t="s">
+      <c r="C635" s="1" t="s">
         <v>2468</v>
       </c>
-      <c r="D634" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E634" s="3" t="s">
+      <c r="D635" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E635" s="3" t="s">
         <v>2469</v>
       </c>
-      <c r="F634" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A635" s="1" t="s">
+      <c r="F635" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G635" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A636" s="1" t="s">
         <v>2470</v>
       </c>
-      <c r="B635" s="1" t="s">
+      <c r="B636" s="1" t="s">
         <v>2471</v>
       </c>
-      <c r="C635" s="1" t="s">
+      <c r="C636" s="1" t="s">
         <v>2471</v>
       </c>
-      <c r="D635" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E635" s="3" t="s">
+      <c r="D636" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E636" s="3" t="s">
         <v>2472</v>
       </c>
-      <c r="F635" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A636" s="1" t="s">
+      <c r="F636" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G636" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A637" s="1" t="s">
         <v>2473</v>
       </c>
-      <c r="B636" s="1" t="s">
+      <c r="B637" s="1" t="s">
         <v>2474</v>
       </c>
-      <c r="C636" s="1" t="s">
+      <c r="C637" s="1" t="s">
         <v>2474</v>
       </c>
-      <c r="D636" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E636" s="3" t="s">
+      <c r="D637" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E637" s="3" t="s">
         <v>2475</v>
       </c>
-      <c r="F636" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A637" s="1" t="s">
+      <c r="F637" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G637" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A638" s="1" t="s">
         <v>2476</v>
       </c>
-      <c r="B637" s="1" t="s">
+      <c r="B638" s="1" t="s">
         <v>2477</v>
       </c>
-      <c r="C637" s="1" t="s">
+      <c r="C638" s="1" t="s">
         <v>2477</v>
       </c>
-      <c r="D637" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E637" s="3" t="s">
+      <c r="D638" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E638" s="3" t="s">
         <v>2478</v>
       </c>
-      <c r="F637" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A638" s="1" t="s">
+      <c r="F638" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G638" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A639" s="1" t="s">
         <v>2479</v>
       </c>
-      <c r="B638" s="1" t="s">
+      <c r="B639" s="1" t="s">
         <v>2480</v>
       </c>
-      <c r="C638" s="1" t="s">
+      <c r="C639" s="1" t="s">
         <v>2480</v>
       </c>
-      <c r="D638" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E638" s="3" t="s">
+      <c r="D639" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E639" s="3" t="s">
         <v>2481</v>
       </c>
-      <c r="F638" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A639" s="1" t="s">
+      <c r="F639" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G639" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A640" s="1" t="s">
         <v>2482</v>
       </c>
-      <c r="B639" s="1" t="s">
+      <c r="B640" s="1" t="s">
         <v>2483</v>
       </c>
-      <c r="C639" s="1" t="s">
+      <c r="C640" s="1" t="s">
         <v>2483</v>
       </c>
-      <c r="D639" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E639" s="3" t="s">
+      <c r="D640" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E640" s="3" t="s">
         <v>2484</v>
       </c>
-      <c r="F639" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A640" s="1" t="s">
+      <c r="F640" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G640" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A641" s="1" t="s">
         <v>2485</v>
       </c>
-      <c r="B640" s="1" t="s">
+      <c r="B641" s="1" t="s">
         <v>2486</v>
       </c>
-      <c r="C640" s="1" t="s">
+      <c r="C641" s="1" t="s">
         <v>2486</v>
       </c>
-      <c r="D640" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E640" s="3" t="s">
+      <c r="D641" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E641" s="3" t="s">
         <v>2487</v>
       </c>
-      <c r="F640" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A641" s="1" t="s">
+      <c r="F641" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G641" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="642" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A642" s="1" t="s">
         <v>2488</v>
       </c>
-      <c r="B641" s="1" t="s">
+      <c r="B642" s="1" t="s">
         <v>2489</v>
       </c>
-      <c r="C641" s="1" t="s">
+      <c r="C642" s="1" t="s">
         <v>2489</v>
       </c>
-      <c r="D641" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E641" s="3" t="s">
+      <c r="D642" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E642" s="3" t="s">
         <v>2490</v>
       </c>
-      <c r="F641" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A642" s="1" t="s">
+      <c r="F642" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G642" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A643" s="1" t="s">
         <v>2491</v>
       </c>
-      <c r="B642" s="1" t="s">
+      <c r="B643" s="1" t="s">
         <v>2492</v>
       </c>
-      <c r="C642" s="1" t="s">
+      <c r="C643" s="1" t="s">
         <v>2492</v>
       </c>
-      <c r="D642" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E642" s="3" t="s">
+      <c r="D643" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E643" s="3" t="s">
         <v>2493</v>
       </c>
-      <c r="F642" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A643" s="1" t="s">
+      <c r="F643" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G643" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A644" s="1" t="s">
         <v>2494</v>
       </c>
-      <c r="B643" s="1" t="s">
+      <c r="B644" s="1" t="s">
         <v>2495</v>
       </c>
-      <c r="C643" s="1" t="s">
+      <c r="C644" s="1" t="s">
         <v>2495</v>
       </c>
-      <c r="D643" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E643" s="3" t="s">
+      <c r="D644" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E644" s="3" t="s">
         <v>2496</v>
       </c>
-      <c r="F643" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A644" s="1" t="s">
+      <c r="F644" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G644" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A645" s="1" t="s">
         <v>2497</v>
       </c>
-      <c r="B644" s="1" t="s">
+      <c r="B645" s="1" t="s">
         <v>2498</v>
       </c>
-      <c r="C644" s="1" t="s">
+      <c r="C645" s="1" t="s">
         <v>2498</v>
       </c>
-      <c r="D644" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E644" s="3" t="s">
+      <c r="D645" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E645" s="3" t="s">
         <v>2499</v>
       </c>
-      <c r="F644" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A645" s="1" t="s">
+      <c r="F645" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G645" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A646" s="1" t="s">
         <v>2500</v>
       </c>
-      <c r="B645" s="1" t="s">
+      <c r="B646" s="1" t="s">
         <v>2501</v>
       </c>
-      <c r="C645" s="1" t="s">
+      <c r="C646" s="1" t="s">
         <v>2501</v>
       </c>
-      <c r="D645" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E645" s="3" t="s">
+      <c r="D646" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E646" s="3" t="s">
         <v>2502</v>
       </c>
-      <c r="F645" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A646" s="1" t="s">
+      <c r="F646" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G646" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A647" s="1" t="s">
         <v>2503</v>
       </c>
-      <c r="B646" s="1" t="s">
+      <c r="B647" s="1" t="s">
         <v>2504</v>
       </c>
-      <c r="C646" s="1" t="s">
+      <c r="C647" s="1" t="s">
         <v>2504</v>
       </c>
-      <c r="D646" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E646" s="3" t="s">
+      <c r="D647" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E647" s="3" t="s">
         <v>2505</v>
       </c>
-      <c r="F646" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A647" s="1" t="s">
+      <c r="F647" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G647" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A648" s="1" t="s">
         <v>2506</v>
       </c>
-      <c r="B647" s="1" t="s">
+      <c r="B648" s="1" t="s">
         <v>2507</v>
       </c>
-      <c r="C647" s="1" t="s">
+      <c r="C648" s="1" t="s">
         <v>2507</v>
       </c>
-      <c r="D647" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E647" s="3" t="s">
+      <c r="D648" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E648" s="3" t="s">
         <v>2508</v>
       </c>
-      <c r="F647" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A648" s="1" t="s">
+      <c r="F648" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G648" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A649" s="1" t="s">
         <v>2509</v>
       </c>
-      <c r="B648" s="1" t="s">
+      <c r="B649" s="1" t="s">
         <v>2510</v>
       </c>
-      <c r="C648" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E648" s="3" t="s">
+      <c r="C649" s="1" t="s">
         <v>2511</v>
       </c>
-      <c r="F648" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A649" s="1" t="s">
+      <c r="D649" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E649" s="3" t="s">
         <v>2512</v>
       </c>
-      <c r="B649" s="1" t="s">
+      <c r="F649" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G649" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A650" s="1" t="s">
         <v>2513</v>
       </c>
-      <c r="C649" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E649" s="3" t="s">
+      <c r="B650" s="1" t="s">
         <v>2514</v>
       </c>
-      <c r="F649" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A650" s="1" t="s">
+      <c r="C650" s="1" t="s">
         <v>2515</v>
       </c>
-      <c r="B650" s="1" t="s">
+      <c r="D650" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E650" s="3" t="s">
         <v>2516</v>
       </c>
-      <c r="C650" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E650" s="3" t="s">
+      <c r="F650" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G650" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A651" s="1" t="s">
         <v>2517</v>
       </c>
-      <c r="F650" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A651" s="1" t="s">
+      <c r="B651" s="1" t="s">
         <v>2518</v>
-      </c>
-[...1 lines deleted...]
-        <v>2519</v>
       </c>
       <c r="C651" s="1" t="s">
         <v>2519</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E651" s="3" t="s">
         <v>2520</v>
       </c>
       <c r="F651" s="3" t="s">
-        <v>1754</v>
+        <v>521</v>
       </c>
       <c r="G651" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A652" s="1" t="s">
         <v>2521</v>
       </c>
       <c r="B652" s="1" t="s">
         <v>2522</v>
       </c>
       <c r="C652" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D652" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E652" s="3" t="s">
         <v>2523</v>
       </c>
-      <c r="D652" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E652" s="3" t="s">
+      <c r="F652" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G652" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A653" s="1" t="s">
         <v>2524</v>
       </c>
-      <c r="F652" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A653" s="1" t="s">
+      <c r="B653" s="1" t="s">
         <v>2525</v>
       </c>
-      <c r="B653" s="1" t="s">
+      <c r="C653" s="1" t="s">
+        <v>2525</v>
+      </c>
+      <c r="D653" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E653" s="3" t="s">
         <v>2526</v>
       </c>
-      <c r="C653" s="1" t="s">
+      <c r="F653" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G653" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A654" s="1" t="s">
         <v>2527</v>
       </c>
-      <c r="D653" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E653" s="3" t="s">
+      <c r="B654" s="1" t="s">
         <v>2528</v>
       </c>
-      <c r="F653" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A654" s="1" t="s">
+      <c r="C654" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D654" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E654" s="3" t="s">
         <v>2529</v>
       </c>
-      <c r="B654" s="1" t="s">
+      <c r="F654" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G654" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A655" s="1" t="s">
         <v>2530</v>
       </c>
-      <c r="C654" s="1" t="s">
+      <c r="B655" s="1" t="s">
         <v>2531</v>
       </c>
-      <c r="D654" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E654" s="3" t="s">
+      <c r="C655" s="1" t="s">
+        <v>2531</v>
+      </c>
+      <c r="D655" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E655" s="3" t="s">
         <v>2532</v>
       </c>
-      <c r="F654" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A655" s="1" t="s">
+      <c r="F655" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G655" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="656" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A656" s="1" t="s">
         <v>2533</v>
       </c>
-      <c r="B655" s="1" t="s">
+      <c r="B656" s="1" t="s">
         <v>2534</v>
       </c>
-      <c r="C655" s="1" t="s">
+      <c r="C656" s="1" t="s">
         <v>2534</v>
       </c>
-      <c r="D655" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E655" s="3" t="s">
+      <c r="D656" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E656" s="3" t="s">
         <v>2535</v>
       </c>
-      <c r="F655" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A656" s="1" t="s">
+      <c r="F656" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G656" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A657" s="1" t="s">
         <v>2536</v>
       </c>
-      <c r="B656" s="1" t="s">
+      <c r="B657" s="1" t="s">
         <v>2537</v>
       </c>
-      <c r="C656" s="1" t="s">
+      <c r="C657" s="1" t="s">
         <v>2537</v>
       </c>
-      <c r="D656" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E656" s="3" t="s">
+      <c r="D657" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E657" s="3" t="s">
         <v>2538</v>
       </c>
-      <c r="F656" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A657" s="1" t="s">
+      <c r="F657" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G657" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A658" s="1" t="s">
         <v>2539</v>
       </c>
-      <c r="B657" s="1" t="s">
+      <c r="B658" s="1" t="s">
         <v>2540</v>
       </c>
-      <c r="C657" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E657" s="3" t="s">
+      <c r="C658" s="1" t="s">
         <v>2541</v>
       </c>
-      <c r="F657" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A658" s="1" t="s">
+      <c r="D658" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E658" s="3" t="s">
         <v>2542</v>
       </c>
-      <c r="B658" s="1" t="s">
+      <c r="F658" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G658" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="659" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A659" s="1" t="s">
         <v>2543</v>
       </c>
-      <c r="C658" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E658" s="3" t="s">
+      <c r="B659" s="1" t="s">
         <v>2544</v>
       </c>
-      <c r="F658" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A659" s="1" t="s">
+      <c r="C659" s="1" t="s">
         <v>2545</v>
       </c>
-      <c r="B659" s="1" t="s">
+      <c r="D659" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E659" s="3" t="s">
         <v>2546</v>
       </c>
-      <c r="C659" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E659" s="3" t="s">
+      <c r="F659" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G659" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A660" s="1" t="s">
         <v>2547</v>
       </c>
-      <c r="F659" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A660" s="1" t="s">
+      <c r="B660" s="1" t="s">
         <v>2548</v>
-      </c>
-[...1 lines deleted...]
-        <v>2549</v>
       </c>
       <c r="C660" s="1" t="s">
         <v>2549</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E660" s="3" t="s">
         <v>2550</v>
       </c>
       <c r="F660" s="3" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="G660" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A661" s="1" t="s">
         <v>2551</v>
       </c>
       <c r="B661" s="1" t="s">
         <v>2552</v>
       </c>
       <c r="C661" s="1" t="s">
         <v>2553</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E661" s="3" t="s">
         <v>2554</v>
       </c>
       <c r="F661" s="3" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="G661" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A662" s="1" t="s">
         <v>2555</v>
       </c>
       <c r="B662" s="1" t="s">
         <v>2556</v>
       </c>
       <c r="C662" s="1" t="s">
+        <v>2556</v>
+      </c>
+      <c r="D662" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E662" s="3" t="s">
         <v>2557</v>
       </c>
-      <c r="D662" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E662" s="3" t="s">
+      <c r="F662" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G662" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="663" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A663" s="1" t="s">
         <v>2558</v>
       </c>
-      <c r="F662" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A663" s="1" t="s">
+      <c r="B663" s="1" t="s">
         <v>2559</v>
       </c>
-      <c r="B663" s="1" t="s">
+      <c r="C663" s="1" t="s">
         <v>2560</v>
       </c>
-      <c r="C663" s="1" t="s">
+      <c r="D663" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E663" s="3" t="s">
         <v>2561</v>
       </c>
-      <c r="D663" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E663" s="3" t="s">
+      <c r="F663" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G663" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="664" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A664" s="1" t="s">
         <v>2562</v>
       </c>
-      <c r="F663" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A664" s="1" t="s">
+      <c r="B664" s="1" t="s">
         <v>2563</v>
       </c>
-      <c r="B664" s="1" t="s">
+      <c r="C664" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="D664" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E664" s="3" t="s">
         <v>2564</v>
       </c>
-      <c r="C664" s="1" t="s">
+      <c r="F664" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G664" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="665" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A665" s="1" t="s">
         <v>2565</v>
       </c>
-      <c r="D664" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E664" s="3" t="s">
+      <c r="B665" s="1" t="s">
         <v>2566</v>
       </c>
-      <c r="F664" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A665" s="1" t="s">
+      <c r="C665" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D665" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E665" s="3" t="s">
         <v>2567</v>
       </c>
-      <c r="B665" s="1" t="s">
+      <c r="F665" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G665" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="666" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A666" s="1" t="s">
         <v>2568</v>
       </c>
-      <c r="C665" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E665" s="3" t="s">
+      <c r="B666" s="1" t="s">
         <v>2569</v>
       </c>
-      <c r="F665" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A666" s="1" t="s">
+      <c r="C666" s="1" t="s">
+        <v>2569</v>
+      </c>
+      <c r="D666" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E666" s="3" t="s">
         <v>2570</v>
       </c>
-      <c r="B666" s="1" t="s">
+      <c r="F666" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G666" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="667" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A667" s="1" t="s">
         <v>2571</v>
       </c>
-      <c r="C666" s="1" t="s">
+      <c r="B667" s="1" t="s">
         <v>2572</v>
       </c>
-      <c r="D666" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E666" s="3" t="s">
+      <c r="C667" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D667" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E667" s="3" t="s">
         <v>2573</v>
       </c>
-      <c r="F666" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A667" s="1" t="s">
+      <c r="F667" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G667" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="668" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A668" s="1" t="s">
         <v>2574</v>
       </c>
-      <c r="B667" s="1" t="s">
+      <c r="B668" s="1" t="s">
         <v>2575</v>
       </c>
-      <c r="C667" s="1" t="s">
+      <c r="C668" s="1" t="s">
         <v>2575</v>
       </c>
-      <c r="D667" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E667" s="3" t="s">
+      <c r="D668" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E668" s="3" t="s">
         <v>2576</v>
       </c>
-      <c r="F667" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A668" s="1" t="s">
+      <c r="F668" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G668" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="669" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A669" s="1" t="s">
         <v>2577</v>
       </c>
-      <c r="B668" s="1" t="s">
+      <c r="B669" s="1" t="s">
         <v>2578</v>
       </c>
-      <c r="C668" s="1" t="s">
+      <c r="C669" s="1" t="s">
         <v>2578</v>
       </c>
-      <c r="D668" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E668" s="3" t="s">
+      <c r="D669" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E669" s="3" t="s">
         <v>2579</v>
       </c>
-      <c r="F668" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A669" s="1" t="s">
+      <c r="F669" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G669" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="670" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A670" s="1" t="s">
         <v>2580</v>
       </c>
-      <c r="B669" s="1" t="s">
+      <c r="B670" s="1" t="s">
         <v>2581</v>
       </c>
-      <c r="C669" s="1" t="s">
+      <c r="C670" s="1" t="s">
         <v>2581</v>
       </c>
-      <c r="D669" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E669" s="3" t="s">
+      <c r="D670" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E670" s="3" t="s">
         <v>2582</v>
       </c>
-      <c r="F669" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A670" s="1" t="s">
+      <c r="F670" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G670" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="671" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A671" s="1" t="s">
         <v>2583</v>
       </c>
-      <c r="B670" s="1" t="s">
+      <c r="B671" s="1" t="s">
         <v>2584</v>
       </c>
-      <c r="C670" s="1" t="s">
+      <c r="C671" s="1" t="s">
         <v>2584</v>
       </c>
-      <c r="D670" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E670" s="3" t="s">
+      <c r="D671" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E671" s="3" t="s">
         <v>2585</v>
       </c>
-      <c r="F670" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A671" s="1" t="s">
+      <c r="F671" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G671" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="672" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A672" s="1" t="s">
         <v>2586</v>
       </c>
-      <c r="B671" s="1" t="s">
+      <c r="B672" s="1" t="s">
         <v>2587</v>
       </c>
-      <c r="C671" s="1" t="s">
+      <c r="C672" s="1" t="s">
         <v>2587</v>
       </c>
-      <c r="D671" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E671" s="3" t="s">
+      <c r="D672" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E672" s="3" t="s">
         <v>2588</v>
       </c>
-      <c r="F671" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A672" s="1" t="s">
+      <c r="F672" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G672" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="673" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A673" s="1" t="s">
         <v>2589</v>
       </c>
-      <c r="B672" s="1" t="s">
+      <c r="B673" s="1" t="s">
         <v>2590</v>
       </c>
-      <c r="C672" s="1" t="s">
+      <c r="C673" s="1" t="s">
         <v>2590</v>
       </c>
-      <c r="D672" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E672" s="3" t="s">
+      <c r="D673" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E673" s="3" t="s">
         <v>2591</v>
       </c>
-      <c r="F672" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A673" s="1" t="s">
+      <c r="F673" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G673" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="674" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A674" s="1" t="s">
         <v>2592</v>
       </c>
-      <c r="B673" s="1" t="s">
+      <c r="B674" s="1" t="s">
         <v>2593</v>
       </c>
-      <c r="C673" s="1" t="s">
+      <c r="C674" s="1" t="s">
         <v>2593</v>
       </c>
-      <c r="D673" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E673" s="3" t="s">
+      <c r="D674" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E674" s="3" t="s">
         <v>2594</v>
       </c>
-      <c r="F673" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A674" s="1" t="s">
+      <c r="F674" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G674" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="675" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A675" s="1" t="s">
         <v>2595</v>
       </c>
-      <c r="B674" s="1" t="s">
+      <c r="B675" s="1" t="s">
         <v>2596</v>
       </c>
-      <c r="C674" s="1" t="s">
+      <c r="C675" s="1" t="s">
         <v>2596</v>
       </c>
-      <c r="D674" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E674" s="3" t="s">
+      <c r="D675" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E675" s="3" t="s">
         <v>2597</v>
       </c>
-      <c r="F674" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A675" s="1" t="s">
+      <c r="F675" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G675" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="676" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A676" s="1" t="s">
         <v>2598</v>
       </c>
-      <c r="B675" s="1" t="s">
+      <c r="B676" s="1" t="s">
         <v>2599</v>
       </c>
-      <c r="C675" s="1" t="s">
+      <c r="C676" s="1" t="s">
         <v>2599</v>
       </c>
-      <c r="D675" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E675" s="3" t="s">
+      <c r="D676" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E676" s="3" t="s">
         <v>2600</v>
       </c>
-      <c r="F675" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A676" s="1" t="s">
+      <c r="F676" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G676" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="677" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A677" s="1" t="s">
         <v>2601</v>
       </c>
-      <c r="B676" s="1" t="s">
+      <c r="B677" s="1" t="s">
         <v>2602</v>
       </c>
-      <c r="C676" s="1" t="s">
+      <c r="C677" s="1" t="s">
         <v>2602</v>
       </c>
-      <c r="D676" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E676" s="3" t="s">
+      <c r="D677" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E677" s="3" t="s">
         <v>2603</v>
       </c>
-      <c r="F676" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A677" s="1" t="s">
+      <c r="F677" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G677" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="678" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A678" s="1" t="s">
         <v>2604</v>
       </c>
-      <c r="B677" s="1" t="s">
+      <c r="B678" s="1" t="s">
         <v>2605</v>
       </c>
-      <c r="C677" s="1" t="s">
+      <c r="C678" s="1" t="s">
         <v>2605</v>
       </c>
-      <c r="D677" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E677" s="3" t="s">
+      <c r="D678" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E678" s="3" t="s">
         <v>2606</v>
       </c>
-      <c r="F677" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A678" s="1" t="s">
+      <c r="F678" s="3" t="s">
         <v>2607</v>
       </c>
-      <c r="B678" s="1" t="s">
+      <c r="G678" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="679" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A679" s="1" t="s">
         <v>2608</v>
       </c>
-      <c r="C678" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E678" s="3" t="s">
+      <c r="B679" s="1" t="s">
         <v>2609</v>
       </c>
-      <c r="F678" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A679" s="1" t="s">
+      <c r="C679" s="1" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D679" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E679" s="3" t="s">
         <v>2610</v>
       </c>
-      <c r="B679" s="1" t="s">
+      <c r="F679" s="3" t="s">
+        <v>2607</v>
+      </c>
+      <c r="G679" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="680" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A680" s="1" t="s">
         <v>2611</v>
       </c>
-      <c r="C679" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E679" s="3" t="s">
+      <c r="B680" s="1" t="s">
         <v>2612</v>
       </c>
-      <c r="F679" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A680" s="1" t="s">
+      <c r="C680" s="1" t="s">
+        <v>2612</v>
+      </c>
+      <c r="D680" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E680" s="3" t="s">
         <v>2613</v>
       </c>
-      <c r="B680" s="1" t="s">
+      <c r="F680" s="3" t="s">
+        <v>2607</v>
+      </c>
+      <c r="G680" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="681" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A681" s="1" t="s">
         <v>2614</v>
       </c>
-      <c r="C680" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E680" s="3" t="s">
+      <c r="B681" s="1" t="s">
         <v>2615</v>
       </c>
-      <c r="F680" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A681" s="1" t="s">
+      <c r="C681" s="1" t="s">
+        <v>2615</v>
+      </c>
+      <c r="D681" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E681" s="3" t="s">
         <v>2616</v>
       </c>
-      <c r="B681" s="1" t="s">
+      <c r="F681" s="3" t="s">
+        <v>2607</v>
+      </c>
+      <c r="G681" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="682" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A682" s="1" t="s">
         <v>2617</v>
       </c>
-      <c r="C681" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E681" s="3" t="s">
+      <c r="B682" s="1" t="s">
         <v>2618</v>
       </c>
-      <c r="F681" s="3" t="s">
+      <c r="C682" s="1" t="s">
         <v>2619</v>
       </c>
-      <c r="G681" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A682" s="1" t="s">
+      <c r="D682" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E682" s="3" t="s">
         <v>2620</v>
       </c>
-      <c r="B682" s="1" t="s">
+      <c r="F682" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G682" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="683" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A683" s="1" t="s">
         <v>2621</v>
       </c>
-      <c r="C682" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E682" s="3" t="s">
+      <c r="B683" s="1" t="s">
         <v>2622</v>
       </c>
-      <c r="F682" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A683" s="1" t="s">
+      <c r="C683" s="1" t="s">
         <v>2623</v>
       </c>
-      <c r="B683" s="1" t="s">
+      <c r="D683" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E683" s="3" t="s">
         <v>2624</v>
       </c>
-      <c r="C683" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E683" s="3" t="s">
+      <c r="F683" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G683" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="684" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A684" s="1" t="s">
         <v>2625</v>
       </c>
-      <c r="F683" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A684" s="1" t="s">
+      <c r="B684" s="1" t="s">
         <v>2626</v>
-      </c>
-[...1 lines deleted...]
-        <v>2627</v>
       </c>
       <c r="C684" s="1" t="s">
         <v>2627</v>
       </c>
       <c r="D684" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E684" s="3" t="s">
         <v>2628</v>
       </c>
       <c r="F684" s="3" t="s">
-        <v>2619</v>
+        <v>1189</v>
       </c>
       <c r="G684" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="685" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="685" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A685" s="1" t="s">
         <v>2629</v>
       </c>
       <c r="B685" s="1" t="s">
         <v>2630</v>
       </c>
       <c r="C685" s="1" t="s">
         <v>2631</v>
       </c>
       <c r="D685" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E685" s="3" t="s">
         <v>2632</v>
       </c>
       <c r="F685" s="3" t="s">
-        <v>1143</v>
+        <v>2633</v>
       </c>
       <c r="G685" s="3" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-    <row r="686" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="686" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A686" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B686" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="C686" s="1" t="s">
+        <v>2636</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E686" s="3" t="s">
+        <v>2637</v>
+      </c>
+      <c r="F686" s="3" t="s">
         <v>2633</v>
       </c>
-      <c r="B686" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G686" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="687" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="687" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A687" s="1" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="C687" s="1" t="s">
         <v>2639</v>
       </c>
       <c r="D687" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E687" s="3" t="s">
         <v>2640</v>
       </c>
       <c r="F687" s="3" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G687" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="688" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A688" s="1" t="s">
         <v>2641</v>
       </c>
-      <c r="G687" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A688" s="1" t="s">
+      <c r="B688" s="1" t="s">
         <v>2642</v>
       </c>
-      <c r="B688" s="1" t="s">
+      <c r="C688" s="1" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E688" s="3" t="s">
         <v>2643</v>
       </c>
-      <c r="C688" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E688" s="3" t="s">
+      <c r="F688" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G688" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="689" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A689" s="1" t="s">
         <v>2644</v>
       </c>
-      <c r="F688" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A689" s="1" t="s">
+      <c r="B689" s="1" t="s">
         <v>2645</v>
       </c>
-      <c r="B689" s="1" t="s">
+      <c r="C689" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E689" s="3" t="s">
         <v>2646</v>
       </c>
-      <c r="C689" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E689" s="3" t="s">
+      <c r="F689" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G689" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="690" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A690" s="1" t="s">
         <v>2647</v>
       </c>
-      <c r="F689" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A690" s="1" t="s">
+      <c r="B690" s="1" t="s">
         <v>2648</v>
       </c>
-      <c r="B690" s="1" t="s">
+      <c r="C690" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E690" s="3" t="s">
         <v>2649</v>
       </c>
-      <c r="C690" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E690" s="3" t="s">
+      <c r="F690" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G690" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="691" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A691" s="1" t="s">
         <v>2650</v>
       </c>
-      <c r="F690" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A691" s="1" t="s">
+      <c r="B691" s="1" t="s">
         <v>2651</v>
       </c>
-      <c r="B691" s="1" t="s">
+      <c r="C691" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E691" s="3" t="s">
         <v>2652</v>
       </c>
-      <c r="C691" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E691" s="3" t="s">
+      <c r="F691" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G691" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="692" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A692" s="1" t="s">
         <v>2653</v>
       </c>
-      <c r="F691" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A692" s="1" t="s">
+      <c r="B692" s="1" t="s">
         <v>2654</v>
       </c>
-      <c r="B692" s="1" t="s">
+      <c r="C692" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E692" s="3" t="s">
         <v>2655</v>
       </c>
-      <c r="C692" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E692" s="3" t="s">
+      <c r="F692" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G692" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="693" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A693" s="1" t="s">
         <v>2656</v>
       </c>
-      <c r="F692" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A693" s="1" t="s">
+      <c r="B693" s="1" t="s">
         <v>2657</v>
       </c>
-      <c r="B693" s="1" t="s">
+      <c r="C693" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E693" s="3" t="s">
         <v>2658</v>
       </c>
-      <c r="C693" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E693" s="3" t="s">
+      <c r="F693" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G693" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="694" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A694" s="1" t="s">
         <v>2659</v>
       </c>
-      <c r="F693" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A694" s="1" t="s">
+      <c r="B694" s="1" t="s">
         <v>2660</v>
       </c>
-      <c r="B694" s="1" t="s">
+      <c r="C694" s="1" t="s">
+        <v>2660</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E694" s="3" t="s">
         <v>2661</v>
       </c>
-      <c r="C694" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E694" s="3" t="s">
+      <c r="F694" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G694" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="695" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A695" s="1" t="s">
         <v>2662</v>
       </c>
-      <c r="F694" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A695" s="1" t="s">
+      <c r="B695" s="1" t="s">
         <v>2663</v>
       </c>
-      <c r="B695" s="1" t="s">
+      <c r="C695" s="1" t="s">
         <v>2664</v>
       </c>
-      <c r="C695" s="1" t="s">
+      <c r="D695" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E695" s="3" t="s">
         <v>2665</v>
       </c>
-      <c r="D695" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E695" s="3" t="s">
+      <c r="F695" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G695" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="696" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A696" s="1" t="s">
         <v>2666</v>
       </c>
-      <c r="F695" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A696" s="1" t="s">
+      <c r="B696" s="1" t="s">
         <v>2667</v>
       </c>
-      <c r="B696" s="1" t="s">
+      <c r="C696" s="1" t="s">
         <v>2668</v>
       </c>
-      <c r="C696" s="1" t="s">
+      <c r="D696" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E696" s="3" t="s">
         <v>2669</v>
       </c>
-      <c r="D696" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E696" s="3" t="s">
+      <c r="F696" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G696" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="697" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A697" s="1" t="s">
         <v>2670</v>
       </c>
-      <c r="F696" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A697" s="1" t="s">
+      <c r="B697" s="1" t="s">
         <v>2671</v>
       </c>
-      <c r="B697" s="1" t="s">
+      <c r="C697" s="1" t="s">
         <v>2672</v>
       </c>
-      <c r="C697" s="1" t="s">
+      <c r="D697" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E697" s="3" t="s">
         <v>2673</v>
       </c>
-      <c r="D697" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E697" s="3" t="s">
+      <c r="F697" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G697" s="3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="698" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A698" s="1" t="s">
         <v>2674</v>
       </c>
-      <c r="F697" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A698" s="1" t="s">
+      <c r="B698" s="1" t="s">
         <v>2675</v>
       </c>
-      <c r="B698" s="1" t="s">
+      <c r="C698" s="1" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D698" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E698" s="3" t="s">
         <v>2676</v>
       </c>
-      <c r="C698" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E698" s="3" t="s">
+      <c r="F698" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G698" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="699" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A699" s="1" t="s">
         <v>2677</v>
       </c>
-      <c r="F698" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A699" s="1" t="s">
+      <c r="B699" s="1" t="s">
         <v>2678</v>
       </c>
-      <c r="B699" s="1" t="s">
+      <c r="C699" s="1" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E699" s="3" t="s">
         <v>2679</v>
       </c>
-      <c r="C699" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E699" s="3" t="s">
+      <c r="F699" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G699" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="700" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A700" s="1" t="s">
         <v>2680</v>
       </c>
-      <c r="F699" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A700" s="1" t="s">
+      <c r="B700" s="1" t="s">
         <v>2681</v>
       </c>
-      <c r="B700" s="1" t="s">
+      <c r="C700" s="1" t="s">
         <v>2682</v>
       </c>
-      <c r="C700" s="1" t="s">
+      <c r="D700" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E700" s="3" t="s">
         <v>2683</v>
       </c>
-      <c r="D700" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E700" s="3" t="s">
+      <c r="F700" s="3" t="s">
+        <v>2633</v>
+      </c>
+      <c r="G700" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="701" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A701" s="1" t="s">
         <v>2684</v>
       </c>
-      <c r="F700" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A701" s="1" t="s">
+      <c r="B701" s="1" t="s">
         <v>2685</v>
       </c>
-      <c r="B701" s="1" t="s">
+      <c r="C701" s="1" t="s">
         <v>2686</v>
       </c>
-      <c r="C701" s="1" t="s">
+      <c r="D701" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E701" s="3" t="s">
         <v>2687</v>
       </c>
-      <c r="D701" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E701" s="3" t="s">
+      <c r="F701" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G701" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="702" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A702" s="1" t="s">
         <v>2688</v>
       </c>
-      <c r="F701" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A702" s="1" t="s">
+      <c r="B702" s="1" t="s">
         <v>2689</v>
       </c>
-      <c r="B702" s="1" t="s">
+      <c r="C702" s="1" t="s">
         <v>2690</v>
       </c>
-      <c r="C702" s="1" t="s">
+      <c r="D702" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E702" s="3" t="s">
         <v>2691</v>
       </c>
-      <c r="D702" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E702" s="3" t="s">
+      <c r="F702" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G702" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="703" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A703" s="1" t="s">
         <v>2692</v>
       </c>
-      <c r="F702" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A703" s="1" t="s">
+      <c r="B703" s="1" t="s">
         <v>2693</v>
       </c>
-      <c r="B703" s="1" t="s">
+      <c r="C703" s="1" t="s">
         <v>2694</v>
       </c>
-      <c r="C703" s="1" t="s">
+      <c r="D703" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E703" s="3" t="s">
         <v>2695</v>
       </c>
-      <c r="D703" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E703" s="3" t="s">
+      <c r="F703" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G703" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="704" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A704" s="1" t="s">
         <v>2696</v>
       </c>
-      <c r="F703" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A704" s="1" t="s">
+      <c r="B704" s="1" t="s">
         <v>2697</v>
-      </c>
-[...1 lines deleted...]
-        <v>2698</v>
       </c>
       <c r="C704" s="1" t="s">
         <v>2698</v>
       </c>
       <c r="D704" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E704" s="3" t="s">
         <v>2699</v>
       </c>
       <c r="F704" s="3" t="s">
-        <v>1754</v>
+        <v>29</v>
       </c>
       <c r="G704" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="705" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="705" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A705" s="1" t="s">
         <v>2700</v>
       </c>
       <c r="B705" s="1" t="s">
         <v>2701</v>
       </c>
       <c r="C705" s="1" t="s">
         <v>2701</v>
       </c>
       <c r="D705" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E705" s="3" t="s">
         <v>2702</v>
       </c>
       <c r="F705" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G705" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="706" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A706" s="1" t="s">
         <v>2703</v>
       </c>
       <c r="B706" s="1" t="s">
         <v>2704</v>
       </c>
       <c r="C706" s="1" t="s">
         <v>2704</v>
       </c>
       <c r="D706" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E706" s="3" t="s">
         <v>2705</v>
       </c>
       <c r="F706" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G706" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="707" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A707" s="1" t="s">
         <v>2706</v>
       </c>
       <c r="B707" s="1" t="s">
         <v>2707</v>
       </c>
       <c r="C707" s="1" t="s">
         <v>2707</v>
       </c>
       <c r="D707" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E707" s="3" t="s">
         <v>2708</v>
       </c>
       <c r="F707" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G707" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="708" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A708" s="1" t="s">
         <v>2709</v>
       </c>
       <c r="B708" s="1" t="s">
         <v>2710</v>
       </c>
       <c r="C708" s="1" t="s">
         <v>2710</v>
       </c>
       <c r="D708" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E708" s="3" t="s">
         <v>2711</v>
       </c>
       <c r="F708" s="3" t="s">
-        <v>693</v>
+        <v>1677</v>
       </c>
       <c r="G708" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="709" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A709" s="1" t="s">
         <v>2712</v>
       </c>
       <c r="B709" s="1" t="s">
         <v>2713</v>
       </c>
       <c r="C709" s="1" t="s">
         <v>2713</v>
       </c>
       <c r="D709" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E709" s="3" t="s">
         <v>2714</v>
       </c>
       <c r="F709" s="3" t="s">
-        <v>1754</v>
+        <v>734</v>
       </c>
       <c r="G709" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="710" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="710" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A710" s="1" t="s">
         <v>2715</v>
       </c>
       <c r="B710" s="1" t="s">
         <v>2716</v>
       </c>
       <c r="C710" s="1" t="s">
         <v>2716</v>
       </c>
       <c r="D710" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E710" s="3" t="s">
         <v>2717</v>
       </c>
       <c r="F710" s="3" t="s">
-        <v>1754</v>
+        <v>1677</v>
       </c>
       <c r="G710" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="711" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A711" s="1" t="s">
         <v>2718</v>
       </c>
       <c r="B711" s="1" t="s">
         <v>2719</v>
       </c>
       <c r="C711" s="1" t="s">
         <v>2719</v>
       </c>
       <c r="D711" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E711" s="3" t="s">
         <v>2720</v>
       </c>
       <c r="F711" s="3" t="s">
-        <v>631</v>
+        <v>1677</v>
       </c>
       <c r="G711" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="712" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A712" s="1" t="s">
         <v>2721</v>
       </c>
       <c r="B712" s="1" t="s">
         <v>2722</v>
       </c>
       <c r="C712" s="1" t="s">
         <v>2722</v>
       </c>
       <c r="D712" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E712" s="3" t="s">
         <v>2723</v>
       </c>
       <c r="F712" s="3" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="G712" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="713" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A713" s="1" t="s">
         <v>2724</v>
       </c>
       <c r="B713" s="1" t="s">
         <v>2725</v>
       </c>
       <c r="C713" s="1" t="s">
         <v>2725</v>
       </c>
       <c r="D713" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E713" s="3" t="s">
         <v>2726</v>
       </c>
       <c r="F713" s="3" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="G713" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="714" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A714" s="1" t="s">
         <v>2727</v>
       </c>
       <c r="B714" s="1" t="s">
         <v>2728</v>
       </c>
       <c r="C714" s="1" t="s">
         <v>2728</v>
       </c>
       <c r="D714" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E714" s="3" t="s">
         <v>2729</v>
       </c>
       <c r="F714" s="3" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="G714" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="715" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A715" s="1" t="s">
         <v>2730</v>
       </c>
       <c r="B715" s="1" t="s">
         <v>2731</v>
       </c>
       <c r="C715" s="1" t="s">
         <v>2731</v>
       </c>
       <c r="D715" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E715" s="3" t="s">
         <v>2732</v>
       </c>
       <c r="F715" s="3" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="G715" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="716" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A716" s="1" t="s">
         <v>2733</v>
       </c>
       <c r="B716" s="1" t="s">
         <v>2734</v>
       </c>
       <c r="C716" s="1" t="s">
         <v>2734</v>
       </c>
       <c r="D716" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E716" s="3" t="s">
         <v>2735</v>
       </c>
       <c r="F716" s="3" t="s">
-        <v>631</v>
+        <v>649</v>
       </c>
       <c r="G716" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="717" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A717" s="1" t="s">
         <v>2736</v>
       </c>
       <c r="B717" s="1" t="s">
         <v>2737</v>
       </c>
       <c r="C717" s="1" t="s">
         <v>2737</v>
       </c>
       <c r="D717" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E717" s="3" t="s">
         <v>2738</v>
       </c>
       <c r="F717" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G717" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A718" s="1" t="s">
         <v>2739</v>
       </c>
-      <c r="G717" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A718" s="1" t="s">
+      <c r="B718" s="1" t="s">
         <v>2740</v>
-      </c>
-[...1 lines deleted...]
-        <v>2741</v>
       </c>
       <c r="C718" s="1" t="s">
         <v>2741</v>
       </c>
       <c r="D718" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E718" s="3" t="s">
         <v>2742</v>
       </c>
       <c r="F718" s="3" t="s">
-        <v>2739</v>
+        <v>521</v>
       </c>
       <c r="G718" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="719" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A719" s="1" t="s">
         <v>2743</v>
       </c>
       <c r="B719" s="1" t="s">
         <v>2744</v>
       </c>
       <c r="C719" s="1" t="s">
         <v>2744</v>
       </c>
       <c r="D719" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E719" s="3" t="s">
         <v>2745</v>
       </c>
       <c r="F719" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G719" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="720" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A720" s="1" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C720" s="1" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D720" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E720" s="3" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F720" s="3" t="s">
         <v>2746</v>
       </c>
-      <c r="B720" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G720" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="721" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A721" s="1" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
       <c r="B721" s="1" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
       <c r="D721" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E721" s="3" t="s">
-        <v>2751</v>
+        <v>2752</v>
       </c>
       <c r="F721" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G721" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="722" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A722" s="1" t="s">
-        <v>2752</v>
+        <v>2753</v>
       </c>
       <c r="B722" s="1" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
       <c r="C722" s="1" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
       <c r="D722" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E722" s="3" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
       <c r="F722" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G722" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="723" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A723" s="1" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="B723" s="1" t="s">
-        <v>2756</v>
+        <v>2757</v>
       </c>
       <c r="C723" s="1" t="s">
-        <v>2756</v>
+        <v>2757</v>
       </c>
       <c r="D723" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E723" s="3" t="s">
-        <v>2757</v>
+        <v>2758</v>
       </c>
       <c r="F723" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G723" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="724" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A724" s="1" t="s">
-        <v>2758</v>
+        <v>2759</v>
       </c>
       <c r="B724" s="1" t="s">
-        <v>2759</v>
+        <v>2760</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>2759</v>
+        <v>2760</v>
       </c>
       <c r="D724" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E724" s="3" t="s">
-        <v>2760</v>
+        <v>2761</v>
       </c>
       <c r="F724" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G724" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="725" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A725" s="1" t="s">
-        <v>2761</v>
+        <v>2762</v>
       </c>
       <c r="B725" s="1" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
       <c r="D725" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E725" s="3" t="s">
-        <v>2763</v>
+        <v>2764</v>
       </c>
       <c r="F725" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G725" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="726" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A726" s="1" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
       <c r="B726" s="1" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
       <c r="D726" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E726" s="3" t="s">
-        <v>2766</v>
+        <v>2767</v>
       </c>
       <c r="F726" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G726" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="727" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A727" s="1" t="s">
-        <v>2767</v>
+        <v>2768</v>
       </c>
       <c r="B727" s="1" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="D727" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E727" s="3" t="s">
-        <v>2769</v>
+        <v>2770</v>
       </c>
       <c r="F727" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G727" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="728" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A728" s="1" t="s">
-        <v>2770</v>
+        <v>2771</v>
       </c>
       <c r="B728" s="1" t="s">
-        <v>2771</v>
+        <v>2772</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>2771</v>
+        <v>2772</v>
       </c>
       <c r="D728" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E728" s="3" t="s">
-        <v>2772</v>
+        <v>2773</v>
       </c>
       <c r="F728" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G728" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="729" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="729" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A729" s="1" t="s">
-        <v>2773</v>
+        <v>2774</v>
       </c>
       <c r="B729" s="1" t="s">
-        <v>2774</v>
+        <v>2775</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>2774</v>
+        <v>2775</v>
       </c>
       <c r="D729" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E729" s="3" t="s">
-        <v>2775</v>
+        <v>2776</v>
       </c>
       <c r="F729" s="3" t="s">
-        <v>2739</v>
+        <v>2746</v>
       </c>
       <c r="G729" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="730" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="730" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A730" s="1" t="s">
-        <v>2776</v>
+        <v>2777</v>
       </c>
       <c r="B730" s="1" t="s">
-        <v>2777</v>
+        <v>2778</v>
       </c>
       <c r="C730" s="1" t="s">
         <v>2778</v>
       </c>
       <c r="D730" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E730" s="3" t="s">
         <v>2779</v>
       </c>
       <c r="F730" s="3" t="s">
-        <v>1143</v>
+        <v>2746</v>
       </c>
       <c r="G730" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="731" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A731" s="1" t="s">
         <v>2780</v>
       </c>
       <c r="B731" s="1" t="s">
         <v>2781</v>
       </c>
       <c r="C731" s="1" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E731" s="3" t="s">
         <v>2782</v>
       </c>
-      <c r="D731" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E731" s="3" t="s">
+      <c r="F731" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G731" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A732" s="1" t="s">
         <v>2783</v>
       </c>
-      <c r="F731" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A732" s="1" t="s">
+      <c r="B732" s="1" t="s">
         <v>2784</v>
       </c>
-      <c r="B732" s="1" t="s">
+      <c r="C732" s="1" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E732" s="3" t="s">
         <v>2785</v>
       </c>
-      <c r="C732" s="1" t="s">
+      <c r="F732" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G732" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A733" s="1" t="s">
         <v>2786</v>
       </c>
-      <c r="D732" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E732" s="3" t="s">
+      <c r="B733" s="1" t="s">
         <v>2787</v>
       </c>
-      <c r="F732" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A733" s="1" t="s">
+      <c r="C733" s="1" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D733" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E733" s="3" t="s">
         <v>2788</v>
       </c>
-      <c r="B733" s="1" t="s">
+      <c r="F733" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G733" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A734" s="1" t="s">
         <v>2789</v>
       </c>
-      <c r="C733" s="1" t="s">
+      <c r="B734" s="1" t="s">
         <v>2790</v>
       </c>
-      <c r="D733" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E733" s="3" t="s">
+      <c r="C734" s="1" t="s">
+        <v>2790</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E734" s="3" t="s">
         <v>2791</v>
       </c>
-      <c r="F733" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A734" s="1" t="s">
+      <c r="F734" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G734" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A735" s="1" t="s">
         <v>2792</v>
       </c>
-      <c r="B734" s="1" t="s">
+      <c r="B735" s="1" t="s">
         <v>2793</v>
       </c>
-      <c r="C734" s="1" t="s">
+      <c r="C735" s="1" t="s">
         <v>2794</v>
       </c>
-      <c r="D734" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E734" s="3" t="s">
+      <c r="D735" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E735" s="3" t="s">
         <v>2795</v>
       </c>
-      <c r="F734" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A735" s="1" t="s">
+      <c r="F735" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G735" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A736" s="1" t="s">
         <v>2796</v>
       </c>
-      <c r="B735" s="1" t="s">
+      <c r="B736" s="1" t="s">
         <v>2797</v>
       </c>
-      <c r="C735" s="1" t="s">
+      <c r="C736" s="1" t="s">
         <v>2798</v>
       </c>
-      <c r="D735" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E735" s="3" t="s">
+      <c r="D736" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E736" s="3" t="s">
         <v>2799</v>
       </c>
-      <c r="F735" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A736" s="1" t="s">
+      <c r="F736" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G736" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="737" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A737" s="1" t="s">
         <v>2800</v>
       </c>
-      <c r="B736" s="1" t="s">
+      <c r="B737" s="1" t="s">
         <v>2801</v>
       </c>
-      <c r="C736" s="1" t="s">
+      <c r="C737" s="1" t="s">
         <v>2802</v>
       </c>
-      <c r="D736" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E736" s="3" t="s">
+      <c r="D737" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E737" s="3" t="s">
         <v>2803</v>
       </c>
-      <c r="F736" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A737" s="1" t="s">
+      <c r="F737" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G737" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="738" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A738" s="1" t="s">
         <v>2804</v>
       </c>
-      <c r="B737" s="1" t="s">
+      <c r="B738" s="1" t="s">
         <v>2805</v>
       </c>
-      <c r="C737" s="1" t="s">
+      <c r="C738" s="1" t="s">
         <v>2806</v>
       </c>
-      <c r="D737" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E737" s="3" t="s">
+      <c r="D738" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E738" s="3" t="s">
         <v>2807</v>
       </c>
-      <c r="F737" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A738" s="1" t="s">
+      <c r="F738" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G738" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="739" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A739" s="1" t="s">
         <v>2808</v>
       </c>
-      <c r="B738" s="1" t="s">
+      <c r="B739" s="1" t="s">
         <v>2809</v>
       </c>
-      <c r="C738" s="1" t="s">
+      <c r="C739" s="1" t="s">
         <v>2810</v>
       </c>
-      <c r="D738" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E738" s="3" t="s">
+      <c r="D739" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E739" s="3" t="s">
         <v>2811</v>
       </c>
-      <c r="F738" s="3" t="s">
+      <c r="F739" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G739" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="740" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A740" s="1" t="s">
         <v>2812</v>
       </c>
-      <c r="G738" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A739" s="1" t="s">
+      <c r="B740" s="1" t="s">
         <v>2813</v>
       </c>
-      <c r="B739" s="1" t="s">
+      <c r="C740" s="1" t="s">
         <v>2814</v>
       </c>
-      <c r="C739" s="1" t="s">
+      <c r="D740" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E740" s="3" t="s">
         <v>2815</v>
       </c>
-      <c r="D739" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E739" s="3" t="s">
+      <c r="F740" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G740" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="741" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A741" s="1" t="s">
         <v>2816</v>
       </c>
-      <c r="F739" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A740" s="1" t="s">
+      <c r="B741" s="1" t="s">
         <v>2817</v>
       </c>
-      <c r="B740" s="1" t="s">
+      <c r="C741" s="1" t="s">
         <v>2818</v>
       </c>
-      <c r="C740" s="1" t="s">
+      <c r="D741" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E741" s="3" t="s">
         <v>2819</v>
       </c>
-      <c r="D740" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E740" s="3" t="s">
+      <c r="F741" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G741" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="742" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A742" s="1" t="s">
         <v>2820</v>
       </c>
-      <c r="F740" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A741" s="1" t="s">
+      <c r="B742" s="1" t="s">
         <v>2821</v>
       </c>
-      <c r="B741" s="1" t="s">
+      <c r="C742" s="1" t="s">
         <v>2822</v>
       </c>
-      <c r="C741" s="1" t="s">
+      <c r="D742" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E742" s="3" t="s">
         <v>2823</v>
       </c>
-      <c r="D741" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E741" s="3" t="s">
+      <c r="F742" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G742" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="743" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A743" s="1" t="s">
         <v>2824</v>
       </c>
-      <c r="F741" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A742" s="1" t="s">
+      <c r="B743" s="1" t="s">
         <v>2825</v>
       </c>
-      <c r="B742" s="1" t="s">
+      <c r="C743" s="1" t="s">
         <v>2826</v>
       </c>
-      <c r="C742" s="1" t="s">
+      <c r="D743" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E743" s="3" t="s">
         <v>2827</v>
       </c>
-      <c r="D742" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E742" s="3" t="s">
+      <c r="F743" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G743" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="744" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A744" s="1" t="s">
         <v>2828</v>
       </c>
-      <c r="F742" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A743" s="1" t="s">
+      <c r="B744" s="1" t="s">
         <v>2829</v>
       </c>
-      <c r="B743" s="1" t="s">
+      <c r="C744" s="1" t="s">
         <v>2830</v>
       </c>
-      <c r="C743" s="1" t="s">
+      <c r="D744" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E744" s="3" t="s">
         <v>2831</v>
       </c>
-      <c r="D743" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E743" s="3" t="s">
+      <c r="F744" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G744" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="745" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A745" s="1" t="s">
         <v>2832</v>
       </c>
-      <c r="F743" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A744" s="1" t="s">
+      <c r="B745" s="1" t="s">
         <v>2833</v>
       </c>
-      <c r="B744" s="1" t="s">
+      <c r="C745" s="1" t="s">
         <v>2834</v>
       </c>
-      <c r="C744" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E744" s="3" t="s">
+      <c r="D745" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E745" s="3" t="s">
         <v>2835</v>
       </c>
-      <c r="F744" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A745" s="1" t="s">
+      <c r="F745" s="3" t="s">
         <v>2836</v>
       </c>
-      <c r="B745" s="1" t="s">
+      <c r="G745" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="746" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A746" s="1" t="s">
         <v>2837</v>
       </c>
-      <c r="C745" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E745" s="3" t="s">
+      <c r="B746" s="1" t="s">
         <v>2838</v>
       </c>
-      <c r="F745" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A746" s="1" t="s">
+      <c r="C746" s="1" t="s">
         <v>2839</v>
       </c>
-      <c r="B746" s="1" t="s">
+      <c r="D746" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E746" s="3" t="s">
         <v>2840</v>
       </c>
-      <c r="C746" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E746" s="3" t="s">
+      <c r="F746" s="3" t="s">
+        <v>2836</v>
+      </c>
+      <c r="G746" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="747" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A747" s="1" t="s">
         <v>2841</v>
       </c>
-      <c r="F746" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A747" s="1" t="s">
+      <c r="B747" s="1" t="s">
         <v>2842</v>
       </c>
-      <c r="B747" s="1" t="s">
+      <c r="C747" s="1" t="s">
         <v>2843</v>
       </c>
-      <c r="C747" s="1" t="s">
+      <c r="D747" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E747" s="3" t="s">
         <v>2844</v>
       </c>
-      <c r="D747" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E747" s="3" t="s">
+      <c r="F747" s="3" t="s">
+        <v>2836</v>
+      </c>
+      <c r="G747" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="748" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A748" s="1" t="s">
         <v>2845</v>
       </c>
-      <c r="F747" s="3" t="s">
+      <c r="B748" s="1" t="s">
         <v>2846</v>
       </c>
-      <c r="G747" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A748" s="1" t="s">
+      <c r="C748" s="1" t="s">
         <v>2847</v>
       </c>
-      <c r="B748" s="1" t="s">
+      <c r="D748" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E748" s="3" t="s">
         <v>2848</v>
       </c>
-      <c r="C748" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E748" s="3" t="s">
+      <c r="F748" s="3" t="s">
+        <v>2836</v>
+      </c>
+      <c r="G748" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="749" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A749" s="1" t="s">
         <v>2849</v>
       </c>
-      <c r="F748" s="3" t="s">
+      <c r="B749" s="1" t="s">
         <v>2850</v>
       </c>
-      <c r="G748" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A749" s="1" t="s">
+      <c r="C749" s="1" t="s">
         <v>2851</v>
       </c>
-      <c r="B749" s="1" t="s">
+      <c r="D749" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E749" s="3" t="s">
         <v>2852</v>
       </c>
-      <c r="C749" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E749" s="3" t="s">
+      <c r="F749" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="G749" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="750" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A750" s="1" t="s">
         <v>2853</v>
       </c>
-      <c r="F749" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A750" s="1" t="s">
+      <c r="B750" s="1" t="s">
         <v>2854</v>
-      </c>
-[...1 lines deleted...]
-        <v>2855</v>
       </c>
       <c r="C750" s="1" t="s">
         <v>2855</v>
       </c>
       <c r="D750" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E750" s="3" t="s">
         <v>2856</v>
       </c>
       <c r="F750" s="3" t="s">
-        <v>2850</v>
+        <v>734</v>
       </c>
       <c r="G750" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="751" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="751" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A751" s="1" t="s">
         <v>2857</v>
       </c>
       <c r="B751" s="1" t="s">
         <v>2858</v>
       </c>
       <c r="C751" s="1" t="s">
         <v>2858</v>
       </c>
       <c r="D751" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E751" s="3" t="s">
         <v>2859</v>
       </c>
       <c r="F751" s="3" t="s">
-        <v>2850</v>
+        <v>734</v>
       </c>
       <c r="G751" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="752" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="752" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A752" s="1" t="s">
         <v>2860</v>
       </c>
       <c r="B752" s="1" t="s">
         <v>2861</v>
       </c>
       <c r="C752" s="1" t="s">
         <v>2861</v>
       </c>
       <c r="D752" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E752" s="3" t="s">
         <v>2862</v>
       </c>
       <c r="F752" s="3" t="s">
-        <v>2850</v>
+        <v>734</v>
       </c>
       <c r="G752" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="753" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="753" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A753" s="1" t="s">
         <v>2863</v>
       </c>
       <c r="B753" s="1" t="s">
         <v>2864</v>
       </c>
       <c r="C753" s="1" t="s">
         <v>2864</v>
       </c>
       <c r="D753" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E753" s="3" t="s">
         <v>2865</v>
       </c>
       <c r="F753" s="3" t="s">
-        <v>2850</v>
+        <v>734</v>
       </c>
       <c r="G753" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="754" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="754" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A754" s="1" t="s">
         <v>2866</v>
       </c>
       <c r="B754" s="1" t="s">
         <v>2867</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
       <c r="D754" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E754" s="3" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="F754" s="3" t="s">
-        <v>2850</v>
+        <v>2870</v>
       </c>
       <c r="G754" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="755" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="755" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A755" s="1" t="s">
-        <v>2869</v>
+        <v>2871</v>
       </c>
       <c r="B755" s="1" t="s">
-        <v>2870</v>
+        <v>2872</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="D755" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E755" s="3" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="F755" s="3" t="s">
-        <v>2812</v>
+        <v>1964</v>
       </c>
       <c r="G755" s="3" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="756" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="756" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A756" s="1" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="B756" s="1" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="C756" s="1" t="s">
         <v>2875</v>
       </c>
       <c r="D756" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E756" s="3" t="s">
         <v>2876</v>
       </c>
       <c r="F756" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G756" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="757" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="757" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A757" s="1" t="s">
         <v>2877</v>
       </c>
       <c r="B757" s="1" t="s">
         <v>2878</v>
       </c>
       <c r="C757" s="1" t="s">
+        <v>2878</v>
+      </c>
+      <c r="D757" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E757" s="3" t="s">
         <v>2879</v>
       </c>
-      <c r="D757" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E757" s="3" t="s">
+      <c r="F757" s="3" t="s">
         <v>2880</v>
       </c>
-      <c r="F757" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G757" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="758" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="758" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A758" s="1" t="s">
         <v>2881</v>
       </c>
       <c r="B758" s="1" t="s">
         <v>2882</v>
       </c>
       <c r="C758" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D758" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E758" s="3" t="s">
         <v>2883</v>
       </c>
-      <c r="D758" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E758" s="3" t="s">
+      <c r="F758" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G758" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="759" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A759" s="1" t="s">
         <v>2884</v>
       </c>
-      <c r="F758" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A759" s="1" t="s">
+      <c r="B759" s="1" t="s">
         <v>2885</v>
       </c>
-      <c r="B759" s="1" t="s">
+      <c r="C759" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D759" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E759" s="3" t="s">
         <v>2886</v>
       </c>
-      <c r="C759" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E759" s="3" t="s">
+      <c r="F759" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G759" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="760" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A760" s="1" t="s">
         <v>2887</v>
       </c>
-      <c r="F759" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A760" s="1" t="s">
+      <c r="B760" s="1" t="s">
         <v>2888</v>
       </c>
-      <c r="B760" s="1" t="s">
+      <c r="C760" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="D760" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E760" s="3" t="s">
         <v>2889</v>
       </c>
-      <c r="C760" s="1" t="s">
+      <c r="F760" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G760" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="761" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A761" s="1" t="s">
         <v>2890</v>
       </c>
-      <c r="D760" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E760" s="3" t="s">
+      <c r="B761" s="1" t="s">
         <v>2891</v>
       </c>
-      <c r="F760" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A761" s="1" t="s">
+      <c r="C761" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D761" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E761" s="3" t="s">
         <v>2892</v>
       </c>
-      <c r="B761" s="1" t="s">
+      <c r="F761" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G761" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="762" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A762" s="1" t="s">
         <v>2893</v>
       </c>
-      <c r="C761" s="1" t="s">
+      <c r="B762" s="1" t="s">
         <v>2894</v>
       </c>
-      <c r="D761" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E761" s="3" t="s">
+      <c r="C762" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D762" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E762" s="3" t="s">
         <v>2895</v>
       </c>
-      <c r="F761" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A762" s="1" t="s">
+      <c r="F762" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G762" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="763" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A763" s="1" t="s">
         <v>2896</v>
       </c>
-      <c r="B762" s="1" t="s">
+      <c r="B763" s="1" t="s">
         <v>2897</v>
       </c>
-      <c r="C762" s="1" t="s">
+      <c r="C763" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="D763" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E763" s="3" t="s">
         <v>2898</v>
       </c>
-      <c r="D762" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E762" s="3" t="s">
+      <c r="F763" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G763" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="764" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A764" s="1" t="s">
         <v>2899</v>
       </c>
-      <c r="F762" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A763" s="1" t="s">
+      <c r="B764" s="1" t="s">
         <v>2900</v>
       </c>
-      <c r="B763" s="1" t="s">
+      <c r="C764" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="D764" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E764" s="3" t="s">
         <v>2901</v>
       </c>
-      <c r="C763" s="1" t="s">
+      <c r="F764" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G764" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="765" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A765" s="1" t="s">
         <v>2902</v>
       </c>
-      <c r="D763" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E763" s="3" t="s">
+      <c r="B765" s="1" t="s">
         <v>2903</v>
       </c>
-      <c r="F763" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A764" s="1" t="s">
+      <c r="C765" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="D765" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E765" s="3" t="s">
         <v>2904</v>
       </c>
-      <c r="B764" s="1" t="s">
+      <c r="F765" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G765" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="766" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A766" s="1" t="s">
         <v>2905</v>
       </c>
-      <c r="C764" s="1" t="s">
+      <c r="B766" s="1" t="s">
         <v>2906</v>
       </c>
-      <c r="D764" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E764" s="3" t="s">
+      <c r="C766" s="1" t="s">
+        <v>2906</v>
+      </c>
+      <c r="D766" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E766" s="3" t="s">
         <v>2907</v>
       </c>
-      <c r="F764" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A765" s="1" t="s">
+      <c r="F766" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G766" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="767" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A767" s="1" t="s">
         <v>2908</v>
       </c>
-      <c r="B765" s="1" t="s">
+      <c r="B767" s="1" t="s">
         <v>2909</v>
       </c>
-      <c r="C765" s="1" t="s">
+      <c r="C767" s="1" t="s">
         <v>2910</v>
       </c>
-      <c r="D765" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E765" s="3" t="s">
+      <c r="D767" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E767" s="3" t="s">
         <v>2911</v>
       </c>
-      <c r="F765" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A766" s="1" t="s">
+      <c r="F767" s="3" t="s">
+        <v>2836</v>
+      </c>
+      <c r="G767" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="768" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A768" s="1" t="s">
         <v>2912</v>
       </c>
-      <c r="B766" s="1" t="s">
+      <c r="B768" s="1" t="s">
         <v>2913</v>
       </c>
-      <c r="C766" s="1" t="s">
+      <c r="C768" s="1" t="s">
         <v>2914</v>
       </c>
-      <c r="D766" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E766" s="3" t="s">
+      <c r="D768" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E768" s="3" t="s">
         <v>2915</v>
       </c>
-      <c r="F766" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A767" s="1" t="s">
+      <c r="F768" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G768" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="769" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A769" s="1" t="s">
         <v>2916</v>
       </c>
-      <c r="B767" s="1" t="s">
+      <c r="B769" s="1" t="s">
         <v>2917</v>
       </c>
-      <c r="C767" s="1" t="s">
+      <c r="C769" s="1" t="s">
         <v>2918</v>
       </c>
-      <c r="D767" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E767" s="3" t="s">
+      <c r="D769" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E769" s="3" t="s">
         <v>2919</v>
       </c>
-      <c r="F767" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A768" s="1" t="s">
+      <c r="F769" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G769" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="770" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A770" s="1" t="s">
         <v>2920</v>
       </c>
-      <c r="B768" s="1" t="s">
+      <c r="B770" s="1" t="s">
         <v>2921</v>
       </c>
-      <c r="C768" s="1" t="s">
+      <c r="C770" s="1" t="s">
         <v>2922</v>
       </c>
-      <c r="D768" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E768" s="3" t="s">
+      <c r="D770" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E770" s="3" t="s">
         <v>2923</v>
       </c>
-      <c r="F768" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A769" s="1" t="s">
+      <c r="F770" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G770" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="771" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A771" s="1" t="s">
         <v>2924</v>
       </c>
-      <c r="B769" s="1" t="s">
+      <c r="B771" s="1" t="s">
         <v>2925</v>
       </c>
-      <c r="C769" s="1" t="s">
+      <c r="C771" s="1" t="s">
+        <v>2925</v>
+      </c>
+      <c r="D771" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E771" s="3" t="s">
         <v>2926</v>
       </c>
-      <c r="D769" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E769" s="3" t="s">
+      <c r="F771" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G771" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="772" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A772" s="1" t="s">
         <v>2927</v>
       </c>
-      <c r="F769" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A770" s="1" t="s">
+      <c r="B772" s="1" t="s">
         <v>2928</v>
       </c>
-      <c r="B770" s="1" t="s">
+      <c r="C772" s="1" t="s">
         <v>2929</v>
       </c>
-      <c r="C770" s="1" t="s">
+      <c r="D772" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E772" s="3" t="s">
         <v>2930</v>
       </c>
-      <c r="D770" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E770" s="3" t="s">
+      <c r="F772" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G772" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="773" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A773" s="1" t="s">
         <v>2931</v>
       </c>
-      <c r="F770" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A771" s="1" t="s">
+      <c r="B773" s="1" t="s">
         <v>2932</v>
       </c>
-      <c r="B771" s="1" t="s">
+      <c r="C773" s="1" t="s">
         <v>2933</v>
       </c>
-      <c r="C771" s="1" t="s">
+      <c r="D773" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E773" s="3" t="s">
         <v>2934</v>
       </c>
-      <c r="D771" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E771" s="3" t="s">
+      <c r="F773" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G773" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="774" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A774" s="1" t="s">
         <v>2935</v>
       </c>
-      <c r="F771" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A772" s="1" t="s">
+      <c r="B774" s="1" t="s">
         <v>2936</v>
       </c>
-      <c r="B772" s="1" t="s">
+      <c r="C774" s="1" t="s">
         <v>2937</v>
       </c>
-      <c r="C772" s="1" t="s">
+      <c r="D774" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E774" s="3" t="s">
         <v>2938</v>
       </c>
-      <c r="D772" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E772" s="3" t="s">
+      <c r="F774" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G774" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="775" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A775" s="1" t="s">
         <v>2939</v>
       </c>
-      <c r="F772" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A773" s="1" t="s">
+      <c r="B775" s="1" t="s">
         <v>2940</v>
       </c>
-      <c r="B773" s="1" t="s">
+      <c r="C775" s="1" t="s">
         <v>2941</v>
       </c>
-      <c r="C773" s="1" t="s">
+      <c r="D775" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E775" s="3" t="s">
         <v>2942</v>
       </c>
-      <c r="D773" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E773" s="3" t="s">
+      <c r="F775" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G775" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="776" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A776" s="1" t="s">
         <v>2943</v>
       </c>
-      <c r="F773" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A774" s="1" t="s">
+      <c r="B776" s="1" t="s">
         <v>2944</v>
       </c>
-      <c r="B774" s="1" t="s">
+      <c r="C776" s="1" t="s">
         <v>2945</v>
       </c>
-      <c r="C774" s="1" t="s">
+      <c r="D776" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E776" s="3" t="s">
         <v>2946</v>
       </c>
-      <c r="D774" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E774" s="3" t="s">
+      <c r="F776" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G776" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="777" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A777" s="1" t="s">
         <v>2947</v>
       </c>
-      <c r="F774" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A775" s="1" t="s">
+      <c r="B777" s="1" t="s">
         <v>2948</v>
       </c>
-      <c r="B775" s="1" t="s">
+      <c r="C777" s="1" t="s">
         <v>2949</v>
       </c>
-      <c r="C775" s="1" t="s">
+      <c r="D777" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E777" s="3" t="s">
         <v>2950</v>
       </c>
-      <c r="D775" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E775" s="3" t="s">
+      <c r="F777" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G777" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="778" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A778" s="1" t="s">
         <v>2951</v>
       </c>
-      <c r="F775" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A776" s="1" t="s">
+      <c r="B778" s="1" t="s">
         <v>2952</v>
       </c>
-      <c r="B776" s="1" t="s">
+      <c r="C778" s="1" t="s">
         <v>2953</v>
       </c>
-      <c r="C776" s="1" t="s">
+      <c r="D778" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E778" s="3" t="s">
         <v>2954</v>
       </c>
-      <c r="D776" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E776" s="3" t="s">
+      <c r="F778" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G778" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="779" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A779" s="1" t="s">
         <v>2955</v>
       </c>
-      <c r="F776" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A777" s="1" t="s">
+      <c r="B779" s="1" t="s">
         <v>2956</v>
       </c>
-      <c r="B777" s="1" t="s">
+      <c r="C779" s="1" t="s">
         <v>2957</v>
       </c>
-      <c r="C777" s="1" t="s">
+      <c r="D779" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E779" s="3" t="s">
         <v>2958</v>
       </c>
-      <c r="D777" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E777" s="3" t="s">
+      <c r="F779" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G779" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="780" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A780" s="1" t="s">
         <v>2959</v>
       </c>
-      <c r="F777" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A778" s="1" t="s">
+      <c r="B780" s="1" t="s">
         <v>2960</v>
       </c>
-      <c r="B778" s="1" t="s">
+      <c r="C780" s="1" t="s">
         <v>2961</v>
       </c>
-      <c r="C778" s="1" t="s">
+      <c r="D780" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E780" s="3" t="s">
         <v>2962</v>
       </c>
-      <c r="D778" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E778" s="3" t="s">
+      <c r="F780" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G780" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="781" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A781" s="1" t="s">
         <v>2963</v>
       </c>
-      <c r="F778" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A779" s="1" t="s">
+      <c r="B781" s="1" t="s">
         <v>2964</v>
       </c>
-      <c r="B779" s="1" t="s">
+      <c r="C781" s="1" t="s">
         <v>2965</v>
       </c>
-      <c r="C779" s="1" t="s">
+      <c r="D781" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E781" s="3" t="s">
         <v>2966</v>
       </c>
-      <c r="D779" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E779" s="3" t="s">
+      <c r="F781" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G781" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="782" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A782" s="1" t="s">
         <v>2967</v>
       </c>
-      <c r="F779" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A780" s="1" t="s">
+      <c r="B782" s="1" t="s">
         <v>2968</v>
       </c>
-      <c r="B780" s="1" t="s">
+      <c r="C782" s="1" t="s">
         <v>2969</v>
       </c>
-      <c r="C780" s="1" t="s">
+      <c r="D782" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E782" s="3" t="s">
         <v>2970</v>
       </c>
-      <c r="D780" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E780" s="3" t="s">
+      <c r="F782" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G782" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="783" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A783" s="1" t="s">
         <v>2971</v>
       </c>
-      <c r="F780" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A781" s="1" t="s">
+      <c r="B783" s="1" t="s">
         <v>2972</v>
       </c>
-      <c r="B781" s="1" t="s">
+      <c r="C783" s="1" t="s">
         <v>2973</v>
       </c>
-      <c r="C781" s="1" t="s">
+      <c r="D783" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E783" s="3" t="s">
         <v>2974</v>
       </c>
-      <c r="D781" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E781" s="3" t="s">
+      <c r="F783" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G783" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="784" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A784" s="1" t="s">
         <v>2975</v>
       </c>
-      <c r="F781" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A782" s="1" t="s">
+      <c r="B784" s="1" t="s">
         <v>2976</v>
       </c>
-      <c r="B782" s="1" t="s">
+      <c r="C784" s="1" t="s">
         <v>2977</v>
       </c>
-      <c r="C782" s="1" t="s">
+      <c r="D784" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E784" s="3" t="s">
         <v>2978</v>
       </c>
-      <c r="D782" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E782" s="3" t="s">
+      <c r="F784" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G784" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="785" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A785" s="1" t="s">
         <v>2979</v>
       </c>
-      <c r="F782" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A783" s="1" t="s">
+      <c r="B785" s="1" t="s">
         <v>2980</v>
       </c>
-      <c r="B783" s="1" t="s">
+      <c r="C785" s="1" t="s">
         <v>2981</v>
       </c>
-      <c r="C783" s="1" t="s">
+      <c r="D785" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E785" s="3" t="s">
         <v>2982</v>
       </c>
-      <c r="D783" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E783" s="3" t="s">
+      <c r="F785" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G785" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="786" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A786" s="1" t="s">
         <v>2983</v>
       </c>
-      <c r="F783" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A784" s="1" t="s">
+      <c r="B786" s="1" t="s">
         <v>2984</v>
       </c>
-      <c r="B784" s="1" t="s">
+      <c r="C786" s="1" t="s">
         <v>2985</v>
       </c>
-      <c r="C784" s="1" t="s">
+      <c r="D786" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E786" s="3" t="s">
         <v>2986</v>
       </c>
-      <c r="D784" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E784" s="3" t="s">
+      <c r="F786" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G786" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="787" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A787" s="1" t="s">
         <v>2987</v>
       </c>
-      <c r="F784" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A785" s="1" t="s">
+      <c r="B787" s="1" t="s">
         <v>2988</v>
       </c>
-      <c r="B785" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E785" s="3" t="s">
+      <c r="C787" s="1" t="s">
         <v>2989</v>
       </c>
-      <c r="F785" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A786" s="1" t="s">
+      <c r="D787" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E787" s="3" t="s">
         <v>2990</v>
       </c>
-      <c r="B786" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E786" s="3" t="s">
+      <c r="F787" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G787" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="788" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A788" s="1" t="s">
         <v>2991</v>
       </c>
-      <c r="F786" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A787" s="1" t="s">
+      <c r="B788" s="1" t="s">
         <v>2992</v>
       </c>
-      <c r="B787" s="1" t="s">
+      <c r="C788" s="1" t="s">
         <v>2993</v>
       </c>
-      <c r="C787" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E787" s="3" t="s">
+      <c r="D788" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E788" s="3" t="s">
         <v>2994</v>
       </c>
-      <c r="F787" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A788" s="1" t="s">
+      <c r="F788" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G788" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="789" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A789" s="1" t="s">
         <v>2995</v>
       </c>
-      <c r="B788" s="1" t="s">
+      <c r="B789" s="1" t="s">
         <v>2996</v>
       </c>
-      <c r="C788" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E788" s="3" t="s">
+      <c r="C789" s="1" t="s">
         <v>2997</v>
       </c>
-      <c r="F788" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A789" s="1" t="s">
+      <c r="D789" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E789" s="3" t="s">
         <v>2998</v>
       </c>
-      <c r="B789" s="1" t="s">
+      <c r="F789" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G789" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="790" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A790" s="1" t="s">
         <v>2999</v>
       </c>
-      <c r="C789" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E789" s="3" t="s">
+      <c r="B790" s="1" t="s">
         <v>3000</v>
       </c>
-      <c r="F789" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A790" s="1" t="s">
+      <c r="C790" s="1" t="s">
         <v>3001</v>
       </c>
-      <c r="B790" s="1" t="s">
+      <c r="D790" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E790" s="3" t="s">
         <v>3002</v>
       </c>
-      <c r="C790" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E790" s="3" t="s">
+      <c r="F790" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G790" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="791" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A791" s="1" t="s">
         <v>3003</v>
       </c>
-      <c r="F790" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A791" s="1" t="s">
+      <c r="B791" s="1" t="s">
         <v>3004</v>
       </c>
-      <c r="B791" s="1" t="s">
+      <c r="C791" s="1" t="s">
         <v>3005</v>
       </c>
-      <c r="C791" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D791" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E791" s="3" t="s">
         <v>3006</v>
       </c>
       <c r="F791" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G791" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="792" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="792" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A792" s="1" t="s">
         <v>3007</v>
       </c>
       <c r="B792" s="1" t="s">
         <v>3008</v>
       </c>
       <c r="C792" s="1" t="s">
         <v>3009</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E792" s="3" t="s">
         <v>3010</v>
       </c>
       <c r="F792" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G792" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="793" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="793" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A793" s="1" t="s">
         <v>3011</v>
       </c>
       <c r="B793" s="1" t="s">
         <v>3012</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>2954</v>
+        <v>3013</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E793" s="3" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
       <c r="F793" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G793" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="794" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="794" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A794" s="1" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
       <c r="C794" s="1" t="s">
+        <v>3017</v>
+      </c>
+      <c r="D794" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E794" s="3" t="s">
+        <v>3018</v>
+      </c>
+      <c r="F794" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G794" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="795" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A795" s="1" t="s">
+        <v>3019</v>
+      </c>
+      <c r="B795" s="1" t="s">
         <v>3016</v>
       </c>
-      <c r="D794" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E794" s="3" t="s">
+      <c r="C795" s="1" t="s">
         <v>3017</v>
       </c>
-      <c r="F794" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C795" s="1" t="s">
+      <c r="D795" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E795" s="3" t="s">
         <v>3020</v>
       </c>
-      <c r="D795" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E795" s="3" t="s">
+      <c r="F795" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G795" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="796" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A796" s="1" t="s">
         <v>3021</v>
       </c>
-      <c r="F795" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A796" s="1" t="s">
+      <c r="B796" s="1" t="s">
+        <v>3016</v>
+      </c>
+      <c r="C796" s="1" t="s">
+        <v>3017</v>
+      </c>
+      <c r="D796" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E796" s="3" t="s">
         <v>3022</v>
       </c>
-      <c r="B796" s="1" t="s">
+      <c r="F796" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G796" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="797" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A797" s="1" t="s">
         <v>3023</v>
       </c>
-      <c r="C796" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E796" s="3" t="s">
+      <c r="B797" s="1" t="s">
+        <v>3016</v>
+      </c>
+      <c r="C797" s="1" t="s">
+        <v>3017</v>
+      </c>
+      <c r="D797" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E797" s="3" t="s">
         <v>3024</v>
       </c>
-      <c r="F796" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A797" s="1" t="s">
+      <c r="F797" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G797" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="798" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A798" s="1" t="s">
         <v>3025</v>
       </c>
-      <c r="B797" s="1" t="s">
+      <c r="B798" s="1" t="s">
         <v>3026</v>
       </c>
-      <c r="C797" s="1" t="s">
+      <c r="C798" s="1" t="s">
+        <v>2953</v>
+      </c>
+      <c r="D798" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E798" s="3" t="s">
         <v>3027</v>
       </c>
-      <c r="D797" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E797" s="3" t="s">
+      <c r="F798" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G798" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="799" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A799" s="1" t="s">
         <v>3028</v>
       </c>
-      <c r="F797" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A798" s="1" t="s">
+      <c r="B799" s="1" t="s">
         <v>3029</v>
       </c>
-      <c r="B798" s="1" t="s">
+      <c r="C799" s="1" t="s">
+        <v>2961</v>
+      </c>
+      <c r="D799" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E799" s="3" t="s">
         <v>3030</v>
       </c>
-      <c r="C798" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E798" s="3" t="s">
+      <c r="F799" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G799" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="800" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A800" s="1" t="s">
         <v>3031</v>
       </c>
-      <c r="F798" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A799" s="1" t="s">
+      <c r="B800" s="1" t="s">
         <v>3032</v>
       </c>
-      <c r="B799" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E799" s="3" t="s">
+      <c r="C800" s="1" t="s">
+        <v>2965</v>
+      </c>
+      <c r="D800" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E800" s="3" t="s">
         <v>3033</v>
       </c>
-      <c r="F799" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A800" s="1" t="s">
+      <c r="F800" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G800" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="801" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A801" s="1" t="s">
         <v>3034</v>
       </c>
-      <c r="B800" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E800" s="3" t="s">
+      <c r="B801" s="1" t="s">
         <v>3035</v>
       </c>
-      <c r="F800" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A801" s="1" t="s">
+      <c r="C801" s="1" t="s">
+        <v>2969</v>
+      </c>
+      <c r="D801" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E801" s="3" t="s">
         <v>3036</v>
       </c>
-      <c r="B801" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E801" s="3" t="s">
+      <c r="F801" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G801" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="802" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A802" s="1" t="s">
         <v>3037</v>
       </c>
-      <c r="F801" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A802" s="1" t="s">
+      <c r="B802" s="1" t="s">
         <v>3038</v>
       </c>
-      <c r="B802" s="1" t="s">
+      <c r="C802" s="1" t="s">
         <v>3039</v>
       </c>
-      <c r="C802" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D802" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E802" s="3" t="s">
         <v>3040</v>
       </c>
       <c r="F802" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G802" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="803" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="803" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A803" s="1" t="s">
         <v>3041</v>
       </c>
       <c r="B803" s="1" t="s">
         <v>3042</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>2982</v>
+        <v>2973</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E803" s="3" t="s">
         <v>3043</v>
       </c>
       <c r="F803" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G803" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="804" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="804" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A804" s="1" t="s">
         <v>3044</v>
       </c>
       <c r="B804" s="1" t="s">
         <v>3045</v>
       </c>
       <c r="C804" s="1" t="s">
         <v>3046</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E804" s="3" t="s">
         <v>3047</v>
       </c>
       <c r="F804" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G804" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="805" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="805" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A805" s="1" t="s">
         <v>3048</v>
       </c>
       <c r="B805" s="1" t="s">
         <v>3049</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>3049</v>
+        <v>2989</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E805" s="3" t="s">
         <v>3050</v>
       </c>
       <c r="F805" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G805" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="806" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="806" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A806" s="1" t="s">
         <v>3051</v>
       </c>
       <c r="B806" s="1" t="s">
         <v>3052</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E806" s="3" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="F806" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G806" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="807" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="807" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A807" s="1" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E807" s="3" t="s">
-        <v>3056</v>
+        <v>3058</v>
       </c>
       <c r="F807" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G807" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="808" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="808" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A808" s="1" t="s">
-        <v>3057</v>
+        <v>3059</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>3058</v>
+        <v>3060</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>3058</v>
+        <v>2997</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E808" s="3" t="s">
-        <v>3059</v>
+        <v>3061</v>
       </c>
       <c r="F808" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G808" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="809" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="809" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A809" s="1" t="s">
-        <v>3060</v>
+        <v>3062</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>3061</v>
+        <v>3063</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>3061</v>
+        <v>3064</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E809" s="3" t="s">
-        <v>3062</v>
+        <v>3065</v>
       </c>
       <c r="F809" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G809" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="810" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="810" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A810" s="1" t="s">
-        <v>3063</v>
+        <v>3066</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>3064</v>
+        <v>3067</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>3064</v>
+        <v>3017</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E810" s="3" t="s">
-        <v>3065</v>
+        <v>3068</v>
       </c>
       <c r="F810" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G810" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="811" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="811" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A811" s="1" t="s">
-        <v>3066</v>
+        <v>3069</v>
       </c>
       <c r="B811" s="1" t="s">
         <v>3067</v>
       </c>
       <c r="C811" s="1" t="s">
+        <v>3017</v>
+      </c>
+      <c r="D811" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E811" s="3" t="s">
+        <v>3070</v>
+      </c>
+      <c r="F811" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G811" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="812" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A812" s="1" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B812" s="1" t="s">
         <v>3067</v>
       </c>
-      <c r="D811" s="1" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="C812" s="1" t="s">
-        <v>3070</v>
+        <v>3017</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E812" s="3" t="s">
-        <v>3071</v>
+        <v>3072</v>
       </c>
       <c r="F812" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G812" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="813" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="813" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A813" s="1" t="s">
-        <v>3072</v>
+        <v>3073</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>3073</v>
+        <v>3067</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>3073</v>
+        <v>3017</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E813" s="3" t="s">
         <v>3074</v>
       </c>
       <c r="F813" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G813" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="814" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="814" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A814" s="1" t="s">
         <v>3075</v>
       </c>
       <c r="B814" s="1" t="s">
         <v>3076</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>3076</v>
+        <v>3009</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E814" s="3" t="s">
         <v>3077</v>
       </c>
       <c r="F814" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G814" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="815" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="815" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A815" s="1" t="s">
         <v>3078</v>
       </c>
       <c r="B815" s="1" t="s">
         <v>3079</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>3079</v>
+        <v>3013</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E815" s="3" t="s">
         <v>3080</v>
       </c>
       <c r="F815" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G815" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="816" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="816" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A816" s="1" t="s">
         <v>3081</v>
       </c>
       <c r="B816" s="1" t="s">
         <v>3082</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E816" s="3" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
       <c r="F816" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G816" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="817" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="817" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A817" s="1" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E817" s="3" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
       <c r="F817" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G817" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="818" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="818" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A818" s="1" t="s">
-        <v>3087</v>
+        <v>3088</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E818" s="3" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="F818" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G818" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="819" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="819" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A819" s="1" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E819" s="3" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
       <c r="F819" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G819" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="820" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="820" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A820" s="1" t="s">
-        <v>3093</v>
+        <v>3094</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>3094</v>
+        <v>3095</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E820" s="3" t="s">
-        <v>3095</v>
+        <v>3096</v>
       </c>
       <c r="F820" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G820" s="3" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-    <row r="821" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="821" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A821" s="1" t="s">
-        <v>3096</v>
+        <v>3097</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>2905</v>
+        <v>3098</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>2905</v>
+        <v>3098</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E821" s="3" t="s">
-        <v>3097</v>
+        <v>3099</v>
       </c>
       <c r="F821" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G821" s="3" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="822" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="822" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A822" s="1" t="s">
-        <v>3098</v>
+        <v>3100</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E822" s="3" t="s">
-        <v>3100</v>
+        <v>3102</v>
       </c>
       <c r="F822" s="3" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="G822" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="823" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="823" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A823" s="1" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>3102</v>
+        <v>3104</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>3103</v>
+        <v>3104</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E823" s="3" t="s">
-        <v>3104</v>
+        <v>3105</v>
       </c>
       <c r="F823" s="3" t="s">
-        <v>14</v>
+        <v>1964</v>
       </c>
       <c r="G823" s="3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="824" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="824" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A824" s="1" t="s">
-        <v>3105</v>
+        <v>3106</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="C824" s="1" t="s">
         <v>3107</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E824" s="3" t="s">
         <v>3108</v>
       </c>
       <c r="F824" s="3" t="s">
-        <v>2410</v>
+        <v>1964</v>
       </c>
       <c r="G824" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="825" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="825" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A825" s="1" t="s">
         <v>3109</v>
       </c>
       <c r="B825" s="1" t="s">
         <v>3110</v>
       </c>
       <c r="C825" s="1" t="s">
+        <v>3110</v>
+      </c>
+      <c r="D825" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E825" s="3" t="s">
         <v>3111</v>
       </c>
-      <c r="D825" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E825" s="3" t="s">
+      <c r="F825" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G825" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="826" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A826" s="1" t="s">
         <v>3112</v>
       </c>
-      <c r="F825" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A826" s="1" t="s">
+      <c r="B826" s="1" t="s">
         <v>3113</v>
       </c>
-      <c r="B826" s="1" t="s">
+      <c r="C826" s="1" t="s">
+        <v>3113</v>
+      </c>
+      <c r="D826" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E826" s="3" t="s">
         <v>3114</v>
       </c>
-      <c r="C826" s="1" t="s">
+      <c r="F826" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G826" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="827" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A827" s="1" t="s">
         <v>3115</v>
       </c>
-      <c r="D826" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E826" s="3" t="s">
+      <c r="B827" s="1" t="s">
         <v>3116</v>
       </c>
-      <c r="F826" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A827" s="1" t="s">
+      <c r="C827" s="1" t="s">
+        <v>3116</v>
+      </c>
+      <c r="D827" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E827" s="3" t="s">
         <v>3117</v>
       </c>
-      <c r="B827" s="1" t="s">
+      <c r="F827" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G827" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="828" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A828" s="1" t="s">
         <v>3118</v>
       </c>
-      <c r="C827" s="1" t="s">
+      <c r="B828" s="1" t="s">
         <v>3119</v>
       </c>
-      <c r="D827" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E827" s="3" t="s">
+      <c r="C828" s="1" t="s">
+        <v>3119</v>
+      </c>
+      <c r="D828" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E828" s="3" t="s">
         <v>3120</v>
       </c>
-      <c r="F827" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A828" s="1" t="s">
+      <c r="F828" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G828" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="829" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A829" s="1" t="s">
         <v>3121</v>
       </c>
-      <c r="B828" s="1" t="s">
+      <c r="B829" s="1" t="s">
         <v>3122</v>
       </c>
-      <c r="C828" s="1" t="s">
+      <c r="C829" s="1" t="s">
+        <v>3122</v>
+      </c>
+      <c r="D829" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E829" s="3" t="s">
         <v>3123</v>
       </c>
-      <c r="D828" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E828" s="3" t="s">
+      <c r="F829" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G829" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="830" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A830" s="1" t="s">
         <v>3124</v>
       </c>
-      <c r="F828" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A829" s="1" t="s">
+      <c r="B830" s="1" t="s">
         <v>3125</v>
       </c>
-      <c r="B829" s="1" t="s">
+      <c r="C830" s="1" t="s">
+        <v>3125</v>
+      </c>
+      <c r="D830" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E830" s="3" t="s">
         <v>3126</v>
       </c>
-      <c r="C829" s="1" t="s">
+      <c r="F830" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G830" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="831" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A831" s="1" t="s">
         <v>3127</v>
       </c>
-      <c r="D829" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E829" s="3" t="s">
+      <c r="B831" s="1" t="s">
+        <v>2944</v>
+      </c>
+      <c r="C831" s="1" t="s">
+        <v>2944</v>
+      </c>
+      <c r="D831" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E831" s="3" t="s">
         <v>3128</v>
       </c>
-      <c r="F829" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A830" s="1" t="s">
+      <c r="F831" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G831" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="832" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A832" s="1" t="s">
         <v>3129</v>
       </c>
-      <c r="B830" s="1" t="s">
+      <c r="B832" s="1" t="s">
         <v>3130</v>
       </c>
-      <c r="C830" s="1" t="s">
+      <c r="C832" s="1" t="s">
+        <v>3130</v>
+      </c>
+      <c r="D832" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E832" s="3" t="s">
         <v>3131</v>
       </c>
-      <c r="D830" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E830" s="3" t="s">
+      <c r="F832" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G832" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="833" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A833" s="1" t="s">
         <v>3132</v>
       </c>
-      <c r="F830" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A831" s="1" t="s">
+      <c r="B833" s="1" t="s">
         <v>3133</v>
       </c>
-      <c r="B831" s="1" t="s">
+      <c r="C833" s="1" t="s">
         <v>3134</v>
       </c>
-      <c r="C831" s="1" t="s">
+      <c r="D833" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E833" s="3" t="s">
         <v>3135</v>
       </c>
-      <c r="D831" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E831" s="3" t="s">
+      <c r="F833" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G833" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="834" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A834" s="1" t="s">
         <v>3136</v>
       </c>
-      <c r="F831" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A832" s="1" t="s">
+      <c r="B834" s="1" t="s">
         <v>3137</v>
       </c>
-      <c r="B832" s="1" t="s">
+      <c r="C834" s="1" t="s">
         <v>3138</v>
       </c>
-      <c r="C832" s="1" t="s">
+      <c r="D834" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E834" s="3" t="s">
         <v>3139</v>
       </c>
-      <c r="D832" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E832" s="3" t="s">
+      <c r="F834" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G834" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="835" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A835" s="1" t="s">
         <v>3140</v>
       </c>
-      <c r="F832" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A833" s="1" t="s">
+      <c r="B835" s="1" t="s">
         <v>3141</v>
       </c>
-      <c r="B833" s="1" t="s">
+      <c r="C835" s="1" t="s">
         <v>3142</v>
       </c>
-      <c r="C833" s="1" t="s">
+      <c r="D835" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E835" s="3" t="s">
         <v>3143</v>
       </c>
-      <c r="D833" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E833" s="3" t="s">
+      <c r="F835" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G835" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="836" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A836" s="1" t="s">
         <v>3144</v>
       </c>
-      <c r="F833" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A834" s="1" t="s">
+      <c r="B836" s="1" t="s">
         <v>3145</v>
       </c>
-      <c r="B834" s="1" t="s">
+      <c r="C836" s="1" t="s">
         <v>3146</v>
       </c>
-      <c r="C834" s="1" t="s">
+      <c r="D836" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E836" s="3" t="s">
         <v>3147</v>
       </c>
-      <c r="D834" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E834" s="3" t="s">
+      <c r="F836" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G836" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="837" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A837" s="1" t="s">
         <v>3148</v>
       </c>
-      <c r="F834" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A835" s="1" t="s">
+      <c r="B837" s="1" t="s">
         <v>3149</v>
       </c>
-      <c r="B835" s="1" t="s">
+      <c r="C837" s="1" t="s">
         <v>3150</v>
       </c>
-      <c r="C835" s="1" t="s">
+      <c r="D837" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E837" s="3" t="s">
         <v>3151</v>
       </c>
-      <c r="D835" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E835" s="3" t="s">
+      <c r="F837" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G837" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="838" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A838" s="1" t="s">
         <v>3152</v>
       </c>
-      <c r="F835" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A836" s="1" t="s">
+      <c r="B838" s="1" t="s">
         <v>3153</v>
       </c>
-      <c r="B836" s="1" t="s">
+      <c r="C838" s="1" t="s">
         <v>3154</v>
       </c>
-      <c r="C836" s="1" t="s">
+      <c r="D838" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E838" s="3" t="s">
         <v>3155</v>
       </c>
-      <c r="D836" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E836" s="3" t="s">
+      <c r="F838" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G838" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="839" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A839" s="1" t="s">
         <v>3156</v>
       </c>
-      <c r="F836" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A837" s="1" t="s">
+      <c r="B839" s="1" t="s">
         <v>3157</v>
       </c>
-      <c r="B837" s="1" t="s">
+      <c r="C839" s="1" t="s">
         <v>3158</v>
       </c>
-      <c r="C837" s="1" t="s">
+      <c r="D839" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E839" s="3" t="s">
         <v>3159</v>
       </c>
-      <c r="D837" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E837" s="3" t="s">
+      <c r="F839" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G839" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="840" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A840" s="1" t="s">
         <v>3160</v>
       </c>
-      <c r="F837" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A838" s="1" t="s">
+      <c r="B840" s="1" t="s">
         <v>3161</v>
       </c>
-      <c r="B838" s="1" t="s">
+      <c r="C840" s="1" t="s">
         <v>3162</v>
       </c>
-      <c r="C838" s="1" t="s">
+      <c r="D840" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E840" s="3" t="s">
         <v>3163</v>
       </c>
-      <c r="D838" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E838" s="3" t="s">
+      <c r="F840" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G840" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="841" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A841" s="1" t="s">
         <v>3164</v>
       </c>
-      <c r="F838" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A839" s="1" t="s">
+      <c r="B841" s="1" t="s">
         <v>3165</v>
       </c>
-      <c r="B839" s="1" t="s">
+      <c r="C841" s="1" t="s">
         <v>3166</v>
       </c>
-      <c r="C839" s="1" t="s">
+      <c r="D841" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E841" s="3" t="s">
         <v>3167</v>
       </c>
-      <c r="D839" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E839" s="3" t="s">
+      <c r="F841" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G841" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="842" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A842" s="1" t="s">
         <v>3168</v>
       </c>
-      <c r="F839" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A840" s="1" t="s">
+      <c r="B842" s="1" t="s">
         <v>3169</v>
       </c>
-      <c r="B840" s="1" t="s">
+      <c r="C842" s="1" t="s">
         <v>3170</v>
       </c>
-      <c r="C840" s="1" t="s">
+      <c r="D842" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E842" s="3" t="s">
         <v>3171</v>
       </c>
-      <c r="D840" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E840" s="3" t="s">
+      <c r="F842" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G842" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="843" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A843" s="1" t="s">
         <v>3172</v>
       </c>
-      <c r="F840" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A841" s="1" t="s">
+      <c r="B843" s="1" t="s">
         <v>3173</v>
       </c>
-      <c r="B841" s="1" t="s">
+      <c r="C843" s="1" t="s">
         <v>3174</v>
       </c>
-      <c r="C841" s="1" t="s">
+      <c r="D843" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E843" s="3" t="s">
         <v>3175</v>
       </c>
-      <c r="D841" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E841" s="3" t="s">
+      <c r="F843" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G843" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="844" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A844" s="1" t="s">
         <v>3176</v>
       </c>
-      <c r="F841" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A842" s="1" t="s">
+      <c r="B844" s="1" t="s">
         <v>3177</v>
       </c>
-      <c r="B842" s="1" t="s">
+      <c r="C844" s="1" t="s">
         <v>3178</v>
       </c>
-      <c r="C842" s="1" t="s">
+      <c r="D844" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E844" s="3" t="s">
         <v>3179</v>
       </c>
-      <c r="D842" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E842" s="3" t="s">
+      <c r="F844" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G844" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="845" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A845" s="1" t="s">
         <v>3180</v>
       </c>
-      <c r="F842" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A843" s="1" t="s">
+      <c r="B845" s="1" t="s">
         <v>3181</v>
       </c>
-      <c r="B843" s="1" t="s">
+      <c r="C845" s="1" t="s">
         <v>3182</v>
       </c>
-      <c r="C843" s="1" t="s">
+      <c r="D845" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E845" s="3" t="s">
         <v>3183</v>
       </c>
-      <c r="D843" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E843" s="3" t="s">
+      <c r="F845" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G845" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="846" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A846" s="1" t="s">
         <v>3184</v>
       </c>
-      <c r="F843" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A844" s="1" t="s">
+      <c r="B846" s="1" t="s">
         <v>3185</v>
       </c>
-      <c r="B844" s="1" t="s">
+      <c r="C846" s="1" t="s">
         <v>3186</v>
       </c>
-      <c r="C844" s="1" t="s">
+      <c r="D846" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E846" s="3" t="s">
         <v>3187</v>
       </c>
-      <c r="D844" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E844" s="3" t="s">
+      <c r="F846" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G846" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="847" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A847" s="1" t="s">
         <v>3188</v>
       </c>
-      <c r="F844" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A845" s="1" t="s">
+      <c r="B847" s="1" t="s">
         <v>3189</v>
       </c>
-      <c r="B845" s="1" t="s">
+      <c r="C847" s="1" t="s">
         <v>3190</v>
       </c>
-      <c r="C845" s="1" t="s">
+      <c r="D847" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E847" s="3" t="s">
         <v>3191</v>
       </c>
-      <c r="D845" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E845" s="3" t="s">
+      <c r="F847" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G847" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="848" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A848" s="1" t="s">
         <v>3192</v>
       </c>
-      <c r="F845" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A846" s="1" t="s">
+      <c r="B848" s="1" t="s">
         <v>3193</v>
       </c>
-      <c r="B846" s="1" t="s">
+      <c r="C848" s="1" t="s">
         <v>3194</v>
       </c>
-      <c r="C846" s="1" t="s">
+      <c r="D848" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E848" s="3" t="s">
         <v>3195</v>
       </c>
-      <c r="D846" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E846" s="3" t="s">
+      <c r="F848" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G848" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="849" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A849" s="1" t="s">
         <v>3196</v>
       </c>
-      <c r="F846" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A847" s="1" t="s">
+      <c r="B849" s="1" t="s">
         <v>3197</v>
       </c>
-      <c r="B847" s="1" t="s">
+      <c r="C849" s="1" t="s">
         <v>3198</v>
       </c>
-      <c r="C847" s="1" t="s">
+      <c r="D849" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E849" s="3" t="s">
         <v>3199</v>
       </c>
-      <c r="D847" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E847" s="3" t="s">
+      <c r="F849" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G849" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="850" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A850" s="1" t="s">
         <v>3200</v>
       </c>
-      <c r="F847" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A848" s="1" t="s">
+      <c r="B850" s="1" t="s">
         <v>3201</v>
       </c>
-      <c r="B848" s="1" t="s">
+      <c r="C850" s="1" t="s">
         <v>3202</v>
       </c>
-      <c r="C848" s="1" t="s">
+      <c r="D850" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E850" s="3" t="s">
         <v>3203</v>
       </c>
-      <c r="D848" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E848" s="3" t="s">
+      <c r="F850" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G850" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="851" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A851" s="1" t="s">
         <v>3204</v>
       </c>
-      <c r="F848" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A849" s="1" t="s">
+      <c r="B851" s="1" t="s">
         <v>3205</v>
       </c>
-      <c r="B849" s="1" t="s">
+      <c r="C851" s="1" t="s">
         <v>3206</v>
       </c>
-      <c r="C849" s="1" t="s">
+      <c r="D851" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E851" s="3" t="s">
         <v>3207</v>
       </c>
-      <c r="D849" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E849" s="3" t="s">
+      <c r="F851" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G851" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="852" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A852" s="1" t="s">
         <v>3208</v>
       </c>
-      <c r="F849" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A850" s="1" t="s">
+      <c r="B852" s="1" t="s">
         <v>3209</v>
       </c>
-      <c r="B850" s="1" t="s">
+      <c r="C852" s="1" t="s">
         <v>3210</v>
       </c>
-      <c r="C850" s="1" t="s">
+      <c r="D852" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E852" s="3" t="s">
         <v>3211</v>
       </c>
-      <c r="D850" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E850" s="3" t="s">
+      <c r="F852" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G852" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="853" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A853" s="1" t="s">
         <v>3212</v>
       </c>
-      <c r="F850" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A851" s="1" t="s">
+      <c r="B853" s="1" t="s">
         <v>3213</v>
       </c>
-      <c r="B851" s="1" t="s">
+      <c r="C853" s="1" t="s">
         <v>3214</v>
       </c>
-      <c r="C851" s="1" t="s">
+      <c r="D853" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E853" s="3" t="s">
         <v>3215</v>
       </c>
-      <c r="D851" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E851" s="3" t="s">
+      <c r="F853" s="3" t="s">
+        <v>2401</v>
+      </c>
+      <c r="G853" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="854" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A854" s="1" t="s">
         <v>3216</v>
       </c>
-      <c r="F851" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A852" s="1" t="s">
+      <c r="B854" s="1" t="s">
         <v>3217</v>
       </c>
-      <c r="B852" s="1" t="s">
+      <c r="C854" s="1" t="s">
         <v>3218</v>
       </c>
-      <c r="C852" s="1" t="s">
+      <c r="D854" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E854" s="3" t="s">
         <v>3219</v>
       </c>
-      <c r="D852" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E852" s="3" t="s">
+      <c r="F854" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G854" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="855" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A855" s="1" t="s">
         <v>3220</v>
       </c>
-      <c r="F852" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A853" s="1" t="s">
+      <c r="B855" s="1" t="s">
         <v>3221</v>
       </c>
-      <c r="B853" s="1" t="s">
+      <c r="C855" s="1" t="s">
         <v>3222</v>
       </c>
-      <c r="C853" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E853" s="3" t="s">
+      <c r="D855" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E855" s="3" t="s">
         <v>3223</v>
       </c>
-      <c r="F853" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A854" s="1" t="s">
+      <c r="F855" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G855" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="856" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A856" s="1" t="s">
         <v>3224</v>
       </c>
-      <c r="B854" s="1" t="s">
+      <c r="B856" s="1" t="s">
         <v>3225</v>
       </c>
-      <c r="C854" s="1" t="s">
+      <c r="C856" s="1" t="s">
         <v>3226</v>
       </c>
-      <c r="D854" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E854" s="3" t="s">
+      <c r="D856" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E856" s="3" t="s">
         <v>3227</v>
       </c>
-      <c r="F854" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A855" s="1" t="s">
+      <c r="F856" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G856" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="857" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A857" s="1" t="s">
         <v>3228</v>
       </c>
-      <c r="B855" s="1" t="s">
+      <c r="B857" s="1" t="s">
         <v>3229</v>
       </c>
-      <c r="C855" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E855" s="3" t="s">
+      <c r="C857" s="1" t="s">
         <v>3230</v>
       </c>
-      <c r="F855" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A856" s="1" t="s">
+      <c r="D857" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E857" s="3" t="s">
         <v>3231</v>
       </c>
-      <c r="B856" s="1" t="s">
+      <c r="F857" s="3" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G857" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="858" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A858" s="1" t="s">
         <v>3232</v>
       </c>
-      <c r="C856" s="1" t="s">
+      <c r="B858" s="1" t="s">
         <v>3233</v>
       </c>
-      <c r="D856" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E856" s="3" t="s">
+      <c r="C858" s="1" t="s">
+        <v>3233</v>
+      </c>
+      <c r="D858" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E858" s="3" t="s">
         <v>3234</v>
       </c>
-      <c r="F856" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A857" s="1" t="s">
+      <c r="F858" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G858" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="859" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A859" s="1" t="s">
         <v>3235</v>
       </c>
-      <c r="B857" s="1" t="s">
+      <c r="B859" s="1" t="s">
         <v>3236</v>
       </c>
-      <c r="C857" s="1" t="s">
+      <c r="C859" s="1" t="s">
         <v>3237</v>
       </c>
-      <c r="D857" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E857" s="3" t="s">
+      <c r="D859" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E859" s="3" t="s">
         <v>3238</v>
       </c>
-      <c r="F857" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A858" s="1" t="s">
+      <c r="F859" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G859" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="860" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A860" s="1" t="s">
         <v>3239</v>
       </c>
-      <c r="B858" s="1" t="s">
+      <c r="B860" s="1" t="s">
         <v>3240</v>
       </c>
-      <c r="C858" s="1" t="s">
+      <c r="C860" s="1" t="s">
         <v>3240</v>
       </c>
-      <c r="D858" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E858" s="3" t="s">
+      <c r="D860" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E860" s="3" t="s">
         <v>3241</v>
       </c>
-      <c r="F858" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A859" s="1" t="s">
+      <c r="F860" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G860" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="861" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A861" s="1" t="s">
         <v>3242</v>
       </c>
-      <c r="B859" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E859" s="3" t="s">
+      <c r="B861" s="1" t="s">
         <v>3243</v>
       </c>
-      <c r="F859" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A860" s="1" t="s">
+      <c r="C861" s="1" t="s">
         <v>3244</v>
       </c>
-      <c r="B860" s="1" t="s">
+      <c r="D861" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E861" s="3" t="s">
         <v>3245</v>
       </c>
-      <c r="C860" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E860" s="3" t="s">
+      <c r="F861" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G861" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="862" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A862" s="1" t="s">
         <v>3246</v>
       </c>
-      <c r="F860" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A861" s="1" t="s">
+      <c r="B862" s="1" t="s">
         <v>3247</v>
       </c>
-      <c r="B861" s="1" t="s">
+      <c r="C862" s="1" t="s">
         <v>3248</v>
       </c>
-      <c r="C861" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E861" s="3" t="s">
+      <c r="D862" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E862" s="3" t="s">
         <v>3249</v>
       </c>
-      <c r="F861" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A862" s="1" t="s">
+      <c r="F862" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G862" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="863" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A863" s="1" t="s">
         <v>3250</v>
       </c>
-      <c r="B862" s="1" t="s">
+      <c r="B863" s="1" t="s">
         <v>3251</v>
       </c>
-      <c r="C862" s="1" t="s">
+      <c r="C863" s="1" t="s">
         <v>3251</v>
       </c>
-      <c r="D862" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E862" s="3" t="s">
+      <c r="D863" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E863" s="3" t="s">
         <v>3252</v>
       </c>
-      <c r="F862" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A863" s="1" t="s">
+      <c r="F863" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G863" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="864" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A864" s="1" t="s">
         <v>3253</v>
       </c>
-      <c r="B863" s="1" t="s">
+      <c r="B864" s="1" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C864" s="1" t="s">
+        <v>3244</v>
+      </c>
+      <c r="D864" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E864" s="3" t="s">
         <v>3254</v>
       </c>
-      <c r="C863" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E863" s="3" t="s">
+      <c r="F864" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G864" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="865" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A865" s="1" t="s">
         <v>3255</v>
       </c>
-      <c r="F863" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A864" s="1" t="s">
+      <c r="B865" s="1" t="s">
         <v>3256</v>
       </c>
-      <c r="B864" s="1" t="s">
+      <c r="C865" s="1" t="s">
+        <v>3256</v>
+      </c>
+      <c r="D865" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E865" s="3" t="s">
         <v>3257</v>
       </c>
-      <c r="C864" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E864" s="3" t="s">
+      <c r="F865" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G865" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="866" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A866" s="1" t="s">
         <v>3258</v>
       </c>
-      <c r="F864" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A865" s="1" t="s">
+      <c r="B866" s="1" t="s">
         <v>3259</v>
       </c>
-      <c r="B865" s="1" t="s">
+      <c r="C866" s="1" t="s">
+        <v>3259</v>
+      </c>
+      <c r="D866" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E866" s="3" t="s">
         <v>3260</v>
       </c>
-      <c r="C865" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E865" s="3" t="s">
+      <c r="F866" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G866" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="867" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A867" s="1" t="s">
         <v>3261</v>
       </c>
-      <c r="F865" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A866" s="1" t="s">
+      <c r="B867" s="1" t="s">
         <v>3262</v>
       </c>
-      <c r="B866" s="1" t="s">
+      <c r="C867" s="1" t="s">
+        <v>3262</v>
+      </c>
+      <c r="D867" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E867" s="3" t="s">
         <v>3263</v>
       </c>
-      <c r="C866" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E866" s="3" t="s">
+      <c r="F867" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G867" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="868" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A868" s="1" t="s">
         <v>3264</v>
       </c>
-      <c r="F866" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A867" s="1" t="s">
+      <c r="B868" s="1" t="s">
         <v>3265</v>
       </c>
-      <c r="B867" s="1" t="s">
+      <c r="C868" s="1" t="s">
+        <v>3265</v>
+      </c>
+      <c r="D868" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E868" s="3" t="s">
         <v>3266</v>
       </c>
-      <c r="C867" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E867" s="3" t="s">
+      <c r="F868" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G868" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="869" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A869" s="1" t="s">
         <v>3267</v>
       </c>
-      <c r="F867" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A868" s="1" t="s">
+      <c r="B869" s="1" t="s">
         <v>3268</v>
       </c>
-      <c r="B868" s="1" t="s">
+      <c r="C869" s="1" t="s">
+        <v>3268</v>
+      </c>
+      <c r="D869" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E869" s="3" t="s">
         <v>3269</v>
       </c>
-      <c r="C868" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E868" s="3" t="s">
+      <c r="F869" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G869" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="870" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A870" s="1" t="s">
         <v>3270</v>
       </c>
-      <c r="F868" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A869" s="1" t="s">
+      <c r="B870" s="1" t="s">
         <v>3271</v>
       </c>
-      <c r="B869" s="1" t="s">
+      <c r="C870" s="1" t="s">
+        <v>3271</v>
+      </c>
+      <c r="D870" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E870" s="3" t="s">
         <v>3272</v>
       </c>
-      <c r="C869" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E869" s="3" t="s">
+      <c r="F870" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="G870" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="871" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A871" s="1" t="s">
         <v>3273</v>
       </c>
-      <c r="F869" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A870" s="1" t="s">
+      <c r="B871" s="1" t="s">
         <v>3274</v>
       </c>
-      <c r="B870" s="1" t="s">
+      <c r="C871" s="1" t="s">
+        <v>3274</v>
+      </c>
+      <c r="D871" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E871" s="3" t="s">
         <v>3275</v>
       </c>
-      <c r="C870" s="1" t="s">
+      <c r="F871" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G871" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="872" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A872" s="1" t="s">
         <v>3276</v>
       </c>
-      <c r="D870" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E870" s="3" t="s">
+      <c r="B872" s="1" t="s">
         <v>3277</v>
       </c>
-      <c r="F870" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A871" s="1" t="s">
+      <c r="C872" s="1" t="s">
+        <v>3277</v>
+      </c>
+      <c r="D872" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E872" s="3" t="s">
         <v>3278</v>
       </c>
-      <c r="B871" s="1" t="s">
+      <c r="F872" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G872" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="873" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A873" s="1" t="s">
         <v>3279</v>
       </c>
-      <c r="C871" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E871" s="3" t="s">
+      <c r="B873" s="1" t="s">
         <v>3280</v>
       </c>
-      <c r="F871" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A872" s="1" t="s">
+      <c r="C873" s="1" t="s">
+        <v>3280</v>
+      </c>
+      <c r="D873" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E873" s="3" t="s">
         <v>3281</v>
       </c>
-      <c r="B872" s="1" t="s">
+      <c r="F873" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G873" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="874" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A874" s="1" t="s">
         <v>3282</v>
       </c>
-      <c r="C872" s="1" t="s">
+      <c r="B874" s="1" t="s">
         <v>3283</v>
       </c>
-      <c r="D872" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E872" s="3" t="s">
+      <c r="C874" s="1" t="s">
+        <v>3283</v>
+      </c>
+      <c r="D874" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E874" s="3" t="s">
         <v>3284</v>
       </c>
-      <c r="F872" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A873" s="1" t="s">
+      <c r="F874" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G874" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="875" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A875" s="1" t="s">
         <v>3285</v>
       </c>
-      <c r="B873" s="1" t="s">
+      <c r="B875" s="1" t="s">
         <v>3286</v>
       </c>
-      <c r="C873" s="1" t="s">
+      <c r="C875" s="1" t="s">
         <v>3287</v>
       </c>
-      <c r="D873" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E873" s="3" t="s">
+      <c r="D875" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E875" s="3" t="s">
         <v>3288</v>
       </c>
-      <c r="F873" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A874" s="1" t="s">
+      <c r="F875" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G875" s="3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="876" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A876" s="1" t="s">
         <v>3289</v>
       </c>
-      <c r="B874" s="1" t="s">
+      <c r="B876" s="1" t="s">
         <v>3290</v>
       </c>
-      <c r="C874" s="1" t="s">
+      <c r="C876" s="1" t="s">
+        <v>3290</v>
+      </c>
+      <c r="D876" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E876" s="3" t="s">
         <v>3291</v>
       </c>
-      <c r="D874" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E874" s="3" t="s">
+      <c r="F876" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G876" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="877" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A877" s="1" t="s">
         <v>3292</v>
       </c>
-      <c r="F874" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A875" s="1" t="s">
+      <c r="B877" s="1" t="s">
         <v>3293</v>
       </c>
-      <c r="B875" s="1" t="s">
+      <c r="C877" s="1" t="s">
         <v>3294</v>
       </c>
-      <c r="C875" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E875" s="3" t="s">
+      <c r="D877" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E877" s="3" t="s">
         <v>3295</v>
       </c>
-      <c r="F875" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A876" s="1" t="s">
+      <c r="F877" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G877" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="878" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A878" s="1" t="s">
         <v>3296</v>
       </c>
-      <c r="B876" s="1" t="s">
+      <c r="B878" s="1" t="s">
         <v>3297</v>
       </c>
-      <c r="C876" s="1" t="s">
+      <c r="C878" s="1" t="s">
         <v>3298</v>
       </c>
-      <c r="D876" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E876" s="3" t="s">
+      <c r="D878" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E878" s="3" t="s">
         <v>3299</v>
       </c>
-      <c r="F876" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A877" s="1" t="s">
+      <c r="F878" s="3" t="s">
+        <v>2836</v>
+      </c>
+      <c r="G878" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="879" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A879" s="1" t="s">
         <v>3300</v>
       </c>
-      <c r="B877" s="1" t="s">
+      <c r="B879" s="1" t="s">
         <v>3301</v>
       </c>
-      <c r="C877" s="1" t="s">
+      <c r="C879" s="1" t="s">
         <v>3302</v>
       </c>
-      <c r="D877" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E877" s="3" t="s">
+      <c r="D879" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E879" s="3" t="s">
         <v>3303</v>
       </c>
-      <c r="F877" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A878" s="1" t="s">
+      <c r="F879" s="3" t="s">
+        <v>2836</v>
+      </c>
+      <c r="G879" s="3" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="880" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A880" s="1" t="s">
         <v>3304</v>
       </c>
-      <c r="B878" s="1" t="s">
+      <c r="B880" s="1" t="s">
         <v>3305</v>
       </c>
-      <c r="C878" s="1" t="s">
+      <c r="C880" s="1" t="s">
         <v>3306</v>
       </c>
-      <c r="D878" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E878" s="3" t="s">
+      <c r="D880" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E880" s="3" t="s">
         <v>3307</v>
       </c>
-      <c r="F878" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A879" s="1" t="s">
+      <c r="F880" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G880" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="881" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A881" s="1" t="s">
         <v>3308</v>
       </c>
-      <c r="B879" s="1" t="s">
+      <c r="B881" s="1" t="s">
         <v>3309</v>
       </c>
-      <c r="C879" s="1" t="s">
+      <c r="C881" s="1" t="s">
         <v>3310</v>
       </c>
-      <c r="D879" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E879" s="3" t="s">
+      <c r="D881" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E881" s="3" t="s">
         <v>3311</v>
       </c>
-      <c r="F879" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A880" s="1" t="s">
+      <c r="F881" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G881" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="882" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A882" s="1" t="s">
         <v>3312</v>
       </c>
-      <c r="B880" s="1" t="s">
+      <c r="B882" s="1" t="s">
         <v>3313</v>
-      </c>
-[...44 lines deleted...]
-        <v>3321</v>
       </c>
       <c r="C882" s="1" t="s">
         <v>3314</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E882" s="3" t="s">
+        <v>3315</v>
+      </c>
+      <c r="F882" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G882" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="883" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A883" s="1" t="s">
+        <v>3316</v>
+      </c>
+      <c r="B883" s="1" t="s">
+        <v>3317</v>
+      </c>
+      <c r="C883" s="1" t="s">
+        <v>3318</v>
+      </c>
+      <c r="D883" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E883" s="3" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F883" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G883" s="3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="884" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A884" s="1" t="s">
+        <v>3320</v>
+      </c>
+      <c r="B884" s="1" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C884" s="1" t="s">
         <v>3322</v>
       </c>
-      <c r="F882" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A883" s="1" t="s">
+      <c r="D884" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E884" s="3" t="s">
         <v>3323</v>
       </c>
-      <c r="B883" s="1" t="s">
+      <c r="F884" s="3" t="s">
         <v>3324</v>
       </c>
-      <c r="C883" s="1" t="s">
+      <c r="G884" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="885" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A885" s="1" t="s">
+        <v>3325</v>
+      </c>
+      <c r="B885" s="1" t="s">
+        <v>3326</v>
+      </c>
+      <c r="C885" s="1" t="s">
+        <v>3322</v>
+      </c>
+      <c r="D885" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E885" s="3" t="s">
+        <v>3327</v>
+      </c>
+      <c r="F885" s="3" t="s">
         <v>3324</v>
       </c>
-      <c r="D883" s="1" t="s">
-[...16 lines deleted...]
-      <c r="B884" s="1" t="s">
+      <c r="G885" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="886" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A886" s="1" t="s">
         <v>3328</v>
       </c>
-      <c r="C884" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E884" s="3" t="s">
+      <c r="B886" s="1" t="s">
         <v>3329</v>
       </c>
-      <c r="F884" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A885" s="1" t="s">
+      <c r="C886" s="1" t="s">
+        <v>3322</v>
+      </c>
+      <c r="D886" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E886" s="3" t="s">
         <v>3330</v>
       </c>
-      <c r="B885" s="1" t="s">
+      <c r="F886" s="3" t="s">
+        <v>3324</v>
+      </c>
+      <c r="G886" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="887" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A887" s="1" t="s">
         <v>3331</v>
       </c>
-      <c r="C885" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E885" s="3" t="s">
+      <c r="B887" s="1" t="s">
         <v>3332</v>
       </c>
-      <c r="F885" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A886" s="1" t="s">
+      <c r="C887" s="1" t="s">
+        <v>3332</v>
+      </c>
+      <c r="D887" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E887" s="3" t="s">
         <v>3333</v>
       </c>
-      <c r="B886" s="1" t="s">
+      <c r="F887" s="3" t="s">
         <v>3334</v>
       </c>
-      <c r="C886" s="1" t="s">
+      <c r="G887" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="888" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A888" s="1" t="s">
         <v>3335</v>
       </c>
-      <c r="D886" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E886" s="3" t="s">
+      <c r="B888" s="1" t="s">
         <v>3336</v>
       </c>
-      <c r="F886" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A887" s="1" t="s">
+      <c r="C888" s="1" t="s">
+        <v>3336</v>
+      </c>
+      <c r="D888" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E888" s="3" t="s">
         <v>3337</v>
       </c>
-      <c r="B887" s="1" t="s">
+      <c r="F888" s="3" t="s">
+        <v>3334</v>
+      </c>
+      <c r="G888" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="889" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A889" s="1" t="s">
         <v>3338</v>
       </c>
-      <c r="C887" s="1" t="s">
+      <c r="B889" s="1" t="s">
         <v>3339</v>
       </c>
-      <c r="D887" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E887" s="3" t="s">
+      <c r="C889" s="1" t="s">
+        <v>3339</v>
+      </c>
+      <c r="D889" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E889" s="3" t="s">
         <v>3340</v>
       </c>
-      <c r="F887" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A888" s="1" t="s">
+      <c r="F889" s="3" t="s">
+        <v>3334</v>
+      </c>
+      <c r="G889" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="890" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A890" s="1" t="s">
         <v>3341</v>
       </c>
-      <c r="B888" s="1" t="s">
+      <c r="B890" s="1" t="s">
         <v>3342</v>
       </c>
-      <c r="C888" s="1" t="s">
+      <c r="C890" s="1" t="s">
         <v>3343</v>
       </c>
-      <c r="D888" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E888" s="3" t="s">
+      <c r="D890" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E890" s="3" t="s">
         <v>3344</v>
       </c>
-      <c r="F888" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A889" s="1" t="s">
+      <c r="F890" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G890" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="891" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A891" s="1" t="s">
         <v>3345</v>
       </c>
-      <c r="B889" s="1" t="s">
+      <c r="B891" s="1" t="s">
         <v>3346</v>
       </c>
-      <c r="C889" s="1" t="s">
+      <c r="C891" s="1" t="s">
         <v>3347</v>
       </c>
-      <c r="D889" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E889" s="3" t="s">
+      <c r="D891" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E891" s="3" t="s">
         <v>3348</v>
       </c>
-      <c r="F889" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A890" s="1" t="s">
+      <c r="F891" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G891" s="3" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="892" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A892" s="1" t="s">
         <v>3349</v>
       </c>
-      <c r="B890" s="1" t="s">
+      <c r="B892" s="1" t="s">
         <v>3350</v>
       </c>
-      <c r="C890" s="1" t="s">
+      <c r="C892" s="1" t="s">
         <v>3351</v>
       </c>
-      <c r="D890" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E890" s="3" t="s">
+      <c r="D892" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E892" s="3" t="s">
         <v>3352</v>
       </c>
-      <c r="F890" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A891" s="1" t="s">
+      <c r="F892" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G892" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="893" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A893" s="1" t="s">
         <v>3353</v>
       </c>
-      <c r="B891" s="1" t="s">
+      <c r="B893" s="1" t="s">
         <v>3354</v>
       </c>
-      <c r="C891" s="1" t="s">
+      <c r="C893" s="1" t="s">
+        <v>3354</v>
+      </c>
+      <c r="D893" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E893" s="3" t="s">
         <v>3355</v>
       </c>
-      <c r="D891" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E891" s="3" t="s">
+      <c r="F893" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G893" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="894" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A894" s="1" t="s">
         <v>3356</v>
       </c>
-      <c r="F891" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A892" s="1" t="s">
+      <c r="B894" s="1" t="s">
         <v>3357</v>
       </c>
-      <c r="B892" s="1" t="s">
+      <c r="C894" s="1" t="s">
+        <v>3357</v>
+      </c>
+      <c r="D894" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E894" s="3" t="s">
         <v>3358</v>
       </c>
-      <c r="C892" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E892" s="3" t="s">
+      <c r="F894" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G894" s="3" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="895" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A895" s="1" t="s">
         <v>3359</v>
       </c>
-      <c r="F892" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A893" s="1" t="s">
+      <c r="B895" s="1" t="s">
         <v>3360</v>
       </c>
-      <c r="B893" s="1" t="s">
+      <c r="C895" s="1" t="s">
         <v>3361</v>
       </c>
-      <c r="C893" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E893" s="3" t="s">
+      <c r="D895" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E895" s="3" t="s">
         <v>3362</v>
       </c>
-      <c r="F893" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A894" s="1" t="s">
+      <c r="F895" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G895" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="896" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A896" s="1" t="s">
         <v>3363</v>
       </c>
-      <c r="B894" s="1" t="s">
+      <c r="B896" s="1" t="s">
         <v>3364</v>
       </c>
-      <c r="C894" s="1" t="s">
+      <c r="C896" s="1" t="s">
         <v>3365</v>
       </c>
-      <c r="D894" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E894" s="3" t="s">
+      <c r="D896" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E896" s="3" t="s">
         <v>3366</v>
       </c>
-      <c r="F894" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A895" s="1" t="s">
+      <c r="F896" s="3" t="s">
         <v>3367</v>
       </c>
-      <c r="B895" s="1" t="s">
+      <c r="G896" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="897" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A897" s="1" t="s">
         <v>3368</v>
       </c>
-      <c r="C895" s="1" t="s">
+      <c r="B897" s="1" t="s">
         <v>3369</v>
       </c>
-      <c r="D895" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E895" s="3" t="s">
+      <c r="C897" s="1" t="s">
         <v>3370</v>
       </c>
-      <c r="F895" s="3" t="s">
+      <c r="D897" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E897" s="3" t="s">
         <v>3371</v>
       </c>
-      <c r="G895" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A896" s="1" t="s">
+      <c r="F897" s="3" t="s">
+        <v>3367</v>
+      </c>
+      <c r="G897" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="898" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A898" s="1" t="s">
         <v>3372</v>
       </c>
-      <c r="B896" s="1" t="s">
+      <c r="B898" s="1" t="s">
         <v>3373</v>
       </c>
-      <c r="C896" s="1" t="s">
+      <c r="C898" s="1" t="s">
         <v>3374</v>
       </c>
-      <c r="D896" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E896" s="3" t="s">
+      <c r="D898" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E898" s="3" t="s">
         <v>3375</v>
       </c>
-      <c r="F896" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A897" s="1" t="s">
+      <c r="F898" s="3" t="s">
+        <v>3367</v>
+      </c>
+      <c r="G898" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="899" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A899" s="1" t="s">
         <v>3376</v>
       </c>
-      <c r="B897" s="1" t="s">
+      <c r="B899" s="1" t="s">
         <v>3377</v>
       </c>
-      <c r="C897" s="1" t="s">
+      <c r="C899" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D899" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E899" s="3" t="s">
         <v>3378</v>
       </c>
-      <c r="D897" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E897" s="3" t="s">
+      <c r="F899" s="3" t="s">
+        <v>3367</v>
+      </c>
+      <c r="G899" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="900" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A900" s="1" t="s">
         <v>3379</v>
       </c>
-      <c r="F897" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A898" s="1" t="s">
+      <c r="B900" s="1" t="s">
         <v>3380</v>
       </c>
-      <c r="B898" s="1" t="s">
+      <c r="C900" s="1" t="s">
         <v>3381</v>
       </c>
-      <c r="C898" s="1" t="s">
+      <c r="D900" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E900" s="3" t="s">
         <v>3382</v>
       </c>
-      <c r="D898" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E898" s="3" t="s">
+      <c r="F900" s="3" t="s">
+        <v>3367</v>
+      </c>
+      <c r="G900" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="901" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A901" s="1" t="s">
         <v>3383</v>
       </c>
-      <c r="F898" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A899" s="1" t="s">
+      <c r="B901" s="1" t="s">
         <v>3384</v>
       </c>
-      <c r="B899" s="1" t="s">
+      <c r="C901" s="1" t="s">
         <v>3385</v>
       </c>
-      <c r="C899" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E899" s="3" t="s">
+      <c r="D901" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E901" s="3" t="s">
         <v>3386</v>
       </c>
-      <c r="F899" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A900" s="1" t="s">
+      <c r="F901" s="3" t="s">
+        <v>3367</v>
+      </c>
+      <c r="G901" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="902" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A902" s="1" t="s">
         <v>3387</v>
       </c>
-      <c r="B900" s="1" t="s">
+      <c r="B902" s="1" t="s">
         <v>3388</v>
       </c>
-      <c r="C900" s="1" t="s">
+      <c r="C902" s="1" t="s">
         <v>3389</v>
       </c>
-      <c r="D900" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E900" s="3" t="s">
+      <c r="D902" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E902" s="3" t="s">
         <v>3390</v>
       </c>
-      <c r="F900" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A901" s="1" t="s">
+      <c r="F902" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G902" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="903" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A903" s="1" t="s">
         <v>3391</v>
       </c>
-      <c r="B901" s="1" t="s">
+      <c r="B903" s="1" t="s">
         <v>3392</v>
       </c>
-      <c r="C901" s="1" t="s">
+      <c r="C903" s="1" t="s">
         <v>3393</v>
       </c>
-      <c r="D901" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E901" s="3" t="s">
+      <c r="D903" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E903" s="3" t="s">
         <v>3394</v>
       </c>
-      <c r="F901" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A902" s="1" t="s">
+      <c r="F903" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G903" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="904" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A904" s="1" t="s">
         <v>3395</v>
       </c>
-      <c r="B902" s="1" t="s">
+      <c r="B904" s="1" t="s">
         <v>3396</v>
       </c>
-      <c r="C902" s="1" t="s">
+      <c r="C904" s="1" t="s">
         <v>3397</v>
       </c>
-      <c r="D902" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E902" s="3" t="s">
+      <c r="D904" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E904" s="3" t="s">
         <v>3398</v>
       </c>
-      <c r="F902" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A903" s="1" t="s">
+      <c r="F904" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G904" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="905" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A905" s="1" t="s">
         <v>3399</v>
       </c>
-      <c r="B903" s="1" t="s">
+      <c r="B905" s="1" t="s">
         <v>3400</v>
       </c>
-      <c r="C903" s="1" t="s">
+      <c r="C905" s="1" t="s">
         <v>3401</v>
       </c>
-      <c r="D903" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E903" s="3" t="s">
+      <c r="D905" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E905" s="3" t="s">
         <v>3402</v>
       </c>
-      <c r="F903" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A904" s="1" t="s">
+      <c r="F905" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G905" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="906" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A906" s="1" t="s">
         <v>3403</v>
       </c>
-      <c r="B904" s="1" t="s">
+      <c r="B906" s="1" t="s">
         <v>3404</v>
       </c>
-      <c r="C904" s="1" t="s">
+      <c r="C906" s="1" t="s">
         <v>3405</v>
       </c>
-      <c r="D904" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E904" s="3" t="s">
+      <c r="D906" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E906" s="3" t="s">
         <v>3406</v>
       </c>
-      <c r="F904" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A905" s="1" t="s">
+      <c r="F906" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G906" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="907" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A907" s="1" t="s">
         <v>3407</v>
       </c>
-      <c r="B905" s="1" t="s">
+      <c r="B907" s="1" t="s">
         <v>3408</v>
       </c>
-      <c r="C905" s="1" t="s">
+      <c r="C907" s="1" t="s">
         <v>3409</v>
       </c>
-      <c r="D905" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E905" s="3" t="s">
+      <c r="D907" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E907" s="3" t="s">
         <v>3410</v>
       </c>
-      <c r="F905" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A906" s="1" t="s">
+      <c r="F907" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G907" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="908" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A908" s="1" t="s">
         <v>3411</v>
       </c>
-      <c r="B906" s="1" t="s">
+      <c r="B908" s="1" t="s">
         <v>3412</v>
       </c>
-      <c r="C906" s="1" t="s">
+      <c r="C908" s="1" t="s">
         <v>3413</v>
       </c>
-      <c r="D906" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E906" s="3" t="s">
+      <c r="D908" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E908" s="3" t="s">
         <v>3414</v>
       </c>
-      <c r="F906" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A907" s="1" t="s">
+      <c r="F908" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G908" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="909" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A909" s="1" t="s">
         <v>3415</v>
       </c>
-      <c r="B907" s="1" t="s">
+      <c r="B909" s="1" t="s">
         <v>3416</v>
       </c>
-      <c r="C907" s="1" t="s">
+      <c r="C909" s="1" t="s">
         <v>3417</v>
       </c>
-      <c r="D907" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E907" s="3" t="s">
+      <c r="D909" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E909" s="3" t="s">
         <v>3418</v>
       </c>
-      <c r="F907" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A908" s="1" t="s">
+      <c r="F909" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G909" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="910" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A910" s="1" t="s">
         <v>3419</v>
       </c>
-      <c r="B908" s="1" t="s">
+      <c r="B910" s="1" t="s">
         <v>3420</v>
       </c>
-      <c r="C908" s="1" t="s">
+      <c r="C910" s="1" t="s">
         <v>3421</v>
       </c>
-      <c r="D908" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E908" s="3" t="s">
+      <c r="D910" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E910" s="3" t="s">
         <v>3422</v>
       </c>
-      <c r="F908" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A909" s="1" t="s">
+      <c r="F910" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G910" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="911" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A911" s="1" t="s">
         <v>3423</v>
       </c>
-      <c r="B909" s="1" t="s">
+      <c r="B911" s="1" t="s">
         <v>3424</v>
       </c>
-      <c r="C909" s="1" t="s">
+      <c r="C911" s="1" t="s">
         <v>3425</v>
       </c>
-      <c r="D909" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E909" s="3" t="s">
+      <c r="D911" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E911" s="3" t="s">
         <v>3426</v>
       </c>
-      <c r="F909" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A910" s="1" t="s">
+      <c r="F911" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G911" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="912" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A912" s="1" t="s">
         <v>3427</v>
       </c>
-      <c r="B910" s="1" t="s">
+      <c r="B912" s="1" t="s">
         <v>3428</v>
       </c>
-      <c r="C910" s="1" t="s">
+      <c r="C912" s="1" t="s">
         <v>3429</v>
       </c>
-      <c r="D910" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E910" s="3" t="s">
+      <c r="D912" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E912" s="3" t="s">
         <v>3430</v>
       </c>
-      <c r="F910" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A911" s="1" t="s">
+      <c r="F912" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G912" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="913" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A913" s="1" t="s">
         <v>3431</v>
       </c>
-      <c r="B911" s="1" t="s">
+      <c r="B913" s="1" t="s">
         <v>3432</v>
       </c>
-      <c r="C911" s="1" t="s">
+      <c r="C913" s="1" t="s">
         <v>3433</v>
       </c>
-      <c r="D911" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E911" s="3" t="s">
+      <c r="D913" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E913" s="3" t="s">
         <v>3434</v>
       </c>
-      <c r="F911" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A912" s="1" t="s">
+      <c r="F913" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G913" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="914" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A914" s="1" t="s">
         <v>3435</v>
       </c>
-      <c r="B912" s="1" t="s">
+      <c r="B914" s="1" t="s">
         <v>3436</v>
       </c>
-      <c r="C912" s="1" t="s">
+      <c r="C914" s="1" t="s">
         <v>3436</v>
       </c>
-      <c r="D912" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E912" s="3" t="s">
+      <c r="D914" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E914" s="3" t="s">
         <v>3437</v>
       </c>
-      <c r="F912" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A913" s="1" t="s">
+      <c r="F914" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G914" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="915" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A915" s="1" t="s">
         <v>3438</v>
       </c>
-      <c r="B913" s="1" t="s">
+      <c r="B915" s="1" t="s">
         <v>3439</v>
       </c>
-      <c r="C913" s="1" t="s">
+      <c r="C915" s="1" t="s">
         <v>3439</v>
       </c>
-      <c r="D913" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E913" s="3" t="s">
+      <c r="D915" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E915" s="3" t="s">
         <v>3440</v>
       </c>
-      <c r="F913" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A914" s="1" t="s">
+      <c r="F915" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G915" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="916" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A916" s="1" t="s">
         <v>3441</v>
       </c>
-      <c r="B914" s="1" t="s">
+      <c r="B916" s="1" t="s">
         <v>3442</v>
       </c>
-      <c r="C914" s="1" t="s">
+      <c r="C916" s="1" t="s">
         <v>3442</v>
       </c>
-      <c r="D914" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E914" s="3" t="s">
+      <c r="D916" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E916" s="3" t="s">
         <v>3443</v>
       </c>
-      <c r="F914" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A915" s="1" t="s">
+      <c r="F916" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G916" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="917" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A917" s="1" t="s">
         <v>3444</v>
       </c>
-      <c r="B915" s="1" t="s">
+      <c r="B917" s="1" t="s">
         <v>3445</v>
       </c>
-      <c r="C915" s="1" t="s">
+      <c r="C917" s="1" t="s">
         <v>3445</v>
       </c>
-      <c r="D915" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E915" s="3" t="s">
+      <c r="D917" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E917" s="3" t="s">
         <v>3446</v>
       </c>
-      <c r="F915" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A916" s="1" t="s">
+      <c r="F917" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G917" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="918" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A918" s="1" t="s">
         <v>3447</v>
       </c>
-      <c r="B916" s="1" t="s">
+      <c r="B918" s="1" t="s">
         <v>3448</v>
       </c>
-      <c r="C916" s="1" t="s">
+      <c r="C918" s="1" t="s">
         <v>3448</v>
       </c>
-      <c r="D916" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E916" s="3" t="s">
+      <c r="D918" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E918" s="3" t="s">
         <v>3449</v>
       </c>
-      <c r="F916" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A917" s="1" t="s">
+      <c r="F918" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G918" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="919" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A919" s="1" t="s">
         <v>3450</v>
       </c>
-      <c r="B917" s="1" t="s">
+      <c r="B919" s="1" t="s">
         <v>3451</v>
       </c>
-      <c r="C917" s="1" t="s">
+      <c r="C919" s="1" t="s">
         <v>3451</v>
       </c>
-      <c r="D917" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E917" s="3" t="s">
+      <c r="D919" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E919" s="3" t="s">
         <v>3452</v>
       </c>
-      <c r="F917" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A918" s="1" t="s">
+      <c r="F919" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G919" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="920" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A920" s="1" t="s">
         <v>3453</v>
       </c>
-      <c r="B918" s="1" t="s">
+      <c r="B920" s="1" t="s">
         <v>3454</v>
       </c>
-      <c r="C918" s="1" t="s">
+      <c r="C920" s="1" t="s">
         <v>3454</v>
       </c>
-      <c r="D918" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E918" s="3" t="s">
+      <c r="D920" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E920" s="3" t="s">
         <v>3455</v>
       </c>
-      <c r="F918" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A919" s="1" t="s">
+      <c r="F920" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G920" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="921" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A921" s="1" t="s">
         <v>3456</v>
       </c>
-      <c r="B919" s="1" t="s">
+      <c r="B921" s="1" t="s">
         <v>3457</v>
       </c>
-      <c r="C919" s="1" t="s">
+      <c r="C921" s="1" t="s">
         <v>3457</v>
       </c>
-      <c r="D919" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E919" s="3" t="s">
+      <c r="D921" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E921" s="3" t="s">
         <v>3458</v>
       </c>
-      <c r="F919" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A920" s="1" t="s">
+      <c r="F921" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G921" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="922" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A922" s="1" t="s">
         <v>3459</v>
       </c>
-      <c r="B920" s="1" t="s">
+      <c r="B922" s="1" t="s">
         <v>3460</v>
       </c>
-      <c r="C920" s="1" t="s">
+      <c r="C922" s="1" t="s">
+        <v>3460</v>
+      </c>
+      <c r="D922" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E922" s="3" t="s">
         <v>3461</v>
       </c>
-      <c r="D920" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E920" s="3" t="s">
+      <c r="F922" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G922" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="923" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A923" s="1" t="s">
         <v>3462</v>
       </c>
-      <c r="F920" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A921" s="1" t="s">
+      <c r="B923" s="1" t="s">
         <v>3463</v>
       </c>
-      <c r="B921" s="1" t="s">
+      <c r="C923" s="1" t="s">
+        <v>3463</v>
+      </c>
+      <c r="D923" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E923" s="3" t="s">
         <v>3464</v>
       </c>
-      <c r="C921" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E921" s="3" t="s">
+      <c r="F923" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G923" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="924" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A924" s="1" t="s">
         <v>3465</v>
       </c>
-      <c r="F921" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A922" s="1" t="s">
+      <c r="B924" s="1" t="s">
         <v>3466</v>
       </c>
-      <c r="B922" s="1" t="s">
+      <c r="C924" s="1" t="s">
+        <v>3466</v>
+      </c>
+      <c r="D924" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E924" s="3" t="s">
         <v>3467</v>
       </c>
-      <c r="C922" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E922" s="3" t="s">
+      <c r="F924" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G924" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="925" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A925" s="1" t="s">
         <v>3468</v>
       </c>
-      <c r="F922" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A923" s="1" t="s">
+      <c r="B925" s="1" t="s">
         <v>3469</v>
       </c>
-      <c r="B923" s="1" t="s">
+      <c r="C925" s="1" t="s">
+        <v>3469</v>
+      </c>
+      <c r="D925" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E925" s="3" t="s">
         <v>3470</v>
       </c>
-      <c r="C923" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E923" s="3" t="s">
+      <c r="F925" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G925" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="926" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A926" s="1" t="s">
         <v>3471</v>
       </c>
-      <c r="F923" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A924" s="1" t="s">
+      <c r="B926" s="1" t="s">
         <v>3472</v>
       </c>
-      <c r="B924" s="1" t="s">
+      <c r="C926" s="1" t="s">
+        <v>3472</v>
+      </c>
+      <c r="D926" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E926" s="3" t="s">
         <v>3473</v>
       </c>
-      <c r="C924" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E924" s="3" t="s">
+      <c r="F926" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G926" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="927" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A927" s="1" t="s">
         <v>3474</v>
       </c>
-      <c r="F924" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A925" s="1" t="s">
+      <c r="B927" s="1" t="s">
         <v>3475</v>
       </c>
-      <c r="B925" s="1" t="s">
+      <c r="C927" s="1" t="s">
+        <v>3475</v>
+      </c>
+      <c r="D927" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E927" s="3" t="s">
         <v>3476</v>
       </c>
-      <c r="C925" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E925" s="3" t="s">
+      <c r="F927" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G927" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="928" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A928" s="1" t="s">
         <v>3477</v>
       </c>
-      <c r="F925" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A926" s="1" t="s">
+      <c r="B928" s="1" t="s">
         <v>3478</v>
       </c>
-      <c r="B926" s="1" t="s">
+      <c r="C928" s="1" t="s">
+        <v>3478</v>
+      </c>
+      <c r="D928" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E928" s="3" t="s">
         <v>3479</v>
       </c>
-      <c r="C926" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E926" s="3" t="s">
+      <c r="F928" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G928" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="929" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A929" s="1" t="s">
         <v>3480</v>
       </c>
-      <c r="F926" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A927" s="1" t="s">
+      <c r="B929" s="1" t="s">
         <v>3481</v>
       </c>
-      <c r="B927" s="1" t="s">
+      <c r="C929" s="1" t="s">
+        <v>3481</v>
+      </c>
+      <c r="D929" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E929" s="3" t="s">
         <v>3482</v>
       </c>
-      <c r="C927" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E927" s="3" t="s">
+      <c r="F929" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G929" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="930" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A930" s="1" t="s">
         <v>3483</v>
       </c>
-      <c r="F927" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A928" s="1" t="s">
+      <c r="B930" s="1" t="s">
         <v>3484</v>
       </c>
-      <c r="B928" s="1" t="s">
+      <c r="C930" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D930" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E930" s="3" t="s">
         <v>3485</v>
       </c>
-      <c r="C928" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E928" s="3" t="s">
+      <c r="F930" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G930" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="931" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A931" s="1" t="s">
         <v>3486</v>
       </c>
-      <c r="F928" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A929" s="1" t="s">
+      <c r="B931" s="1" t="s">
         <v>3487</v>
       </c>
-      <c r="B929" s="1" t="s">
+      <c r="C931" s="1" t="s">
+        <v>3487</v>
+      </c>
+      <c r="D931" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E931" s="3" t="s">
         <v>3488</v>
       </c>
-      <c r="C929" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E929" s="3" t="s">
+      <c r="F931" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G931" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="932" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A932" s="1" t="s">
         <v>3489</v>
       </c>
-      <c r="F929" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A930" s="1" t="s">
+      <c r="B932" s="1" t="s">
         <v>3490</v>
       </c>
-      <c r="B930" s="1" t="s">
+      <c r="C932" s="1" t="s">
+        <v>3490</v>
+      </c>
+      <c r="D932" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E932" s="3" t="s">
         <v>3491</v>
       </c>
-      <c r="C930" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E930" s="3" t="s">
+      <c r="F932" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G932" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="933" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A933" s="1" t="s">
         <v>3492</v>
       </c>
-      <c r="F930" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A931" s="1" t="s">
+      <c r="B933" s="1" t="s">
         <v>3493</v>
       </c>
-      <c r="B931" s="1" t="s">
+      <c r="C933" s="1" t="s">
+        <v>3493</v>
+      </c>
+      <c r="D933" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E933" s="3" t="s">
         <v>3494</v>
       </c>
-      <c r="C931" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E931" s="3" t="s">
+      <c r="F933" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G933" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="934" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A934" s="1" t="s">
         <v>3495</v>
       </c>
-      <c r="F931" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A932" s="1" t="s">
+      <c r="B934" s="1" t="s">
         <v>3496</v>
       </c>
-      <c r="B932" s="1" t="s">
+      <c r="C934" s="1" t="s">
+        <v>3496</v>
+      </c>
+      <c r="D934" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E934" s="3" t="s">
         <v>3497</v>
       </c>
-      <c r="C932" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E932" s="3" t="s">
+      <c r="F934" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G934" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="935" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A935" s="1" t="s">
         <v>3498</v>
       </c>
-      <c r="F932" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A933" s="1" t="s">
+      <c r="B935" s="1" t="s">
         <v>3499</v>
       </c>
-      <c r="B933" s="1" t="s">
+      <c r="C935" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D935" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E935" s="3" t="s">
         <v>3500</v>
       </c>
-      <c r="C933" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E933" s="3" t="s">
+      <c r="F935" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G935" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="936" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A936" s="1" t="s">
         <v>3501</v>
       </c>
-      <c r="F933" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A934" s="1" t="s">
+      <c r="B936" s="1" t="s">
         <v>3502</v>
       </c>
-      <c r="B934" s="1" t="s">
+      <c r="C936" s="1" t="s">
+        <v>3502</v>
+      </c>
+      <c r="D936" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E936" s="3" t="s">
         <v>3503</v>
       </c>
-      <c r="C934" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E934" s="3" t="s">
+      <c r="F936" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G936" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="937" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A937" s="1" t="s">
         <v>3504</v>
       </c>
-      <c r="F934" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A935" s="1" t="s">
+      <c r="B937" s="1" t="s">
         <v>3505</v>
       </c>
-      <c r="B935" s="1" t="s">
+      <c r="C937" s="1" t="s">
+        <v>3505</v>
+      </c>
+      <c r="D937" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E937" s="3" t="s">
         <v>3506</v>
       </c>
-      <c r="C935" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E935" s="3" t="s">
+      <c r="F937" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G937" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="938" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A938" s="1" t="s">
         <v>3507</v>
       </c>
-      <c r="F935" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A936" s="1" t="s">
+      <c r="B938" s="1" t="s">
         <v>3508</v>
       </c>
-      <c r="B936" s="1" t="s">
+      <c r="C938" s="1" t="s">
+        <v>3508</v>
+      </c>
+      <c r="D938" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E938" s="3" t="s">
         <v>3509</v>
       </c>
-      <c r="C936" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E936" s="3" t="s">
+      <c r="F938" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G938" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="939" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A939" s="1" t="s">
         <v>3510</v>
       </c>
-      <c r="F936" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A937" s="1" t="s">
+      <c r="B939" s="1" t="s">
         <v>3511</v>
       </c>
-      <c r="B937" s="1" t="s">
+      <c r="C939" s="1" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D939" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E939" s="3" t="s">
         <v>3512</v>
       </c>
-      <c r="C937" s="1" t="s">
+      <c r="F939" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="G939" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="940" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A940" s="1" t="s">
         <v>3513</v>
       </c>
-      <c r="D937" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E937" s="3" t="s">
+      <c r="B940" s="1" t="s">
         <v>3514</v>
       </c>
-      <c r="F937" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A938" s="1" t="s">
+      <c r="C940" s="1" t="s">
         <v>3515</v>
       </c>
-      <c r="B938" s="1" t="s">
+      <c r="D940" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E940" s="3" t="s">
         <v>3516</v>
       </c>
-      <c r="C938" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E938" s="3" t="s">
+      <c r="F940" s="3" t="s">
+        <v>2633</v>
+      </c>
+      <c r="G940" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="941" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A941" s="1" t="s">
         <v>3517</v>
       </c>
-      <c r="F938" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A939" s="1" t="s">
+      <c r="B941" s="1" t="s">
         <v>3518</v>
       </c>
-      <c r="B939" s="1" t="s">
+      <c r="C941" s="1" t="s">
         <v>3519</v>
       </c>
-      <c r="C939" s="1" t="s">
+      <c r="D941" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E941" s="3" t="s">
         <v>3520</v>
       </c>
-      <c r="D939" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E939" s="3" t="s">
+      <c r="F941" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G941" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="942" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A942" s="1" t="s">
         <v>3521</v>
       </c>
-      <c r="F939" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A940" s="1" t="s">
+      <c r="B942" s="1" t="s">
         <v>3522</v>
       </c>
-      <c r="B940" s="1" t="s">
+      <c r="C942" s="1" t="s">
+        <v>3522</v>
+      </c>
+      <c r="D942" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E942" s="3" t="s">
         <v>3523</v>
       </c>
-      <c r="C940" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E940" s="3" t="s">
+      <c r="F942" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G942" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="943" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A943" s="1" t="s">
         <v>3524</v>
       </c>
-      <c r="F940" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A941" s="1" t="s">
+      <c r="B943" s="1" t="s">
         <v>3525</v>
       </c>
-      <c r="B941" s="1" t="s">
+      <c r="C943" s="1" t="s">
         <v>3526</v>
       </c>
-      <c r="C941" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E941" s="3" t="s">
+      <c r="D943" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E943" s="3" t="s">
         <v>3527</v>
       </c>
-      <c r="F941" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A942" s="1" t="s">
+      <c r="F943" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G943" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="944" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A944" s="1" t="s">
         <v>3528</v>
       </c>
-      <c r="B942" s="1" t="s">
+      <c r="B944" s="1" t="s">
         <v>3529</v>
       </c>
-      <c r="C942" s="1" t="s">
+      <c r="C944" s="1" t="s">
+        <v>3529</v>
+      </c>
+      <c r="D944" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E944" s="3" t="s">
         <v>3530</v>
       </c>
-      <c r="D942" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E942" s="3" t="s">
+      <c r="F944" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G944" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="945" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A945" s="1" t="s">
         <v>3531</v>
       </c>
-      <c r="F942" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A943" s="1" t="s">
+      <c r="B945" s="1" t="s">
         <v>3532</v>
       </c>
-      <c r="B943" s="1" t="s">
+      <c r="C945" s="1" t="s">
+        <v>3532</v>
+      </c>
+      <c r="D945" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E945" s="3" t="s">
         <v>3533</v>
       </c>
-      <c r="C943" s="1" t="s">
+      <c r="F945" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G945" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="946" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A946" s="1" t="s">
         <v>3534</v>
       </c>
-      <c r="D943" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E943" s="3" t="s">
+      <c r="B946" s="1" t="s">
         <v>3535</v>
       </c>
-      <c r="F943" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A944" s="1" t="s">
+      <c r="C946" s="1" t="s">
         <v>3536</v>
       </c>
-      <c r="B944" s="1" t="s">
+      <c r="D946" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E946" s="3" t="s">
         <v>3537</v>
       </c>
-      <c r="C944" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E944" s="3" t="s">
+      <c r="F946" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G946" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="947" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A947" s="1" t="s">
         <v>3538</v>
       </c>
-      <c r="F944" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A945" s="1" t="s">
+      <c r="B947" s="1" t="s">
         <v>3539</v>
       </c>
-      <c r="B945" s="1" t="s">
+      <c r="C947" s="1" t="s">
         <v>3540</v>
       </c>
-      <c r="C945" s="1" t="s">
+      <c r="D947" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E947" s="3" t="s">
         <v>3541</v>
       </c>
-      <c r="D945" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E945" s="3" t="s">
+      <c r="F947" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G947" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="948" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A948" s="1" t="s">
         <v>3542</v>
       </c>
-      <c r="F945" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A946" s="1" t="s">
+      <c r="B948" s="1" t="s">
         <v>3543</v>
       </c>
-      <c r="B946" s="1" t="s">
+      <c r="C948" s="1" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D948" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E948" s="3" t="s">
         <v>3544</v>
       </c>
-      <c r="C946" s="1" t="s">
+      <c r="F948" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G948" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="949" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A949" s="1" t="s">
         <v>3545</v>
       </c>
-      <c r="D946" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E946" s="3" t="s">
+      <c r="B949" s="1" t="s">
         <v>3546</v>
       </c>
-      <c r="F946" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A947" s="1" t="s">
+      <c r="C949" s="1" t="s">
         <v>3547</v>
       </c>
-      <c r="B947" s="1" t="s">
+      <c r="D949" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E949" s="3" t="s">
         <v>3548</v>
       </c>
-      <c r="C947" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E947" s="3" t="s">
+      <c r="F949" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G949" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="950" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A950" s="1" t="s">
         <v>3549</v>
       </c>
-      <c r="F947" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A948" s="1" t="s">
+      <c r="B950" s="1" t="s">
         <v>3550</v>
       </c>
-      <c r="B948" s="1" t="s">
+      <c r="C950" s="1" t="s">
+        <v>3550</v>
+      </c>
+      <c r="D950" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E950" s="3" t="s">
         <v>3551</v>
       </c>
-      <c r="C948" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E948" s="3" t="s">
+      <c r="F950" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G950" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="951" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A951" s="1" t="s">
         <v>3552</v>
       </c>
-      <c r="F948" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A949" s="1" t="s">
+      <c r="B951" s="1" t="s">
         <v>3553</v>
       </c>
-      <c r="B949" s="1" t="s">
+      <c r="C951" s="1" t="s">
+        <v>3553</v>
+      </c>
+      <c r="D951" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E951" s="3" t="s">
         <v>3554</v>
       </c>
-      <c r="C949" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E949" s="3" t="s">
+      <c r="F951" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G951" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="952" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A952" s="1" t="s">
         <v>3555</v>
       </c>
-      <c r="F949" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A950" s="1" t="s">
+      <c r="B952" s="1" t="s">
         <v>3556</v>
       </c>
-      <c r="B950" s="1" t="s">
+      <c r="C952" s="1" t="s">
+        <v>3556</v>
+      </c>
+      <c r="D952" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E952" s="3" t="s">
         <v>3557</v>
       </c>
-      <c r="C950" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E950" s="3" t="s">
+      <c r="F952" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G952" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="953" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A953" s="1" t="s">
         <v>3558</v>
       </c>
-      <c r="F950" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A951" s="1" t="s">
+      <c r="B953" s="1" t="s">
         <v>3559</v>
       </c>
-      <c r="B951" s="1" t="s">
+      <c r="C953" s="1" t="s">
+        <v>3559</v>
+      </c>
+      <c r="D953" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E953" s="3" t="s">
         <v>3560</v>
       </c>
-      <c r="C951" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E951" s="3" t="s">
+      <c r="F953" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G953" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="954" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A954" s="1" t="s">
         <v>3561</v>
       </c>
-      <c r="F951" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A952" s="1" t="s">
+      <c r="B954" s="1" t="s">
         <v>3562</v>
       </c>
-      <c r="B952" s="1" t="s">
+      <c r="C954" s="1" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D954" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E954" s="3" t="s">
         <v>3563</v>
       </c>
-      <c r="C952" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E952" s="3" t="s">
+      <c r="F954" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G954" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="955" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A955" s="1" t="s">
         <v>3564</v>
       </c>
-      <c r="F952" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A953" s="1" t="s">
+      <c r="B955" s="1" t="s">
         <v>3565</v>
       </c>
-      <c r="B953" s="1" t="s">
+      <c r="C955" s="1" t="s">
+        <v>3565</v>
+      </c>
+      <c r="D955" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E955" s="3" t="s">
         <v>3566</v>
       </c>
-      <c r="C953" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E953" s="3" t="s">
+      <c r="F955" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G955" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="956" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A956" s="1" t="s">
         <v>3567</v>
       </c>
-      <c r="F953" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A954" s="1" t="s">
+      <c r="B956" s="1" t="s">
         <v>3568</v>
       </c>
-      <c r="B954" s="1" t="s">
+      <c r="C956" s="1" t="s">
+        <v>3568</v>
+      </c>
+      <c r="D956" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E956" s="3" t="s">
         <v>3569</v>
       </c>
-      <c r="C954" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E954" s="3" t="s">
+      <c r="F956" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G956" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="957" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A957" s="1" t="s">
         <v>3570</v>
       </c>
-      <c r="F954" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A955" s="1" t="s">
+      <c r="B957" s="1" t="s">
         <v>3571</v>
       </c>
-      <c r="B955" s="1" t="s">
+      <c r="C957" s="1" t="s">
+        <v>3571</v>
+      </c>
+      <c r="D957" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E957" s="3" t="s">
         <v>3572</v>
       </c>
-      <c r="C955" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E955" s="3" t="s">
+      <c r="F957" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G957" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="958" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A958" s="1" t="s">
         <v>3573</v>
       </c>
-      <c r="F955" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A956" s="1" t="s">
+      <c r="B958" s="1" t="s">
         <v>3574</v>
       </c>
-      <c r="B956" s="1" t="s">
+      <c r="C958" s="1" t="s">
+        <v>3574</v>
+      </c>
+      <c r="D958" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E958" s="3" t="s">
         <v>3575</v>
       </c>
-      <c r="C956" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E956" s="3" t="s">
+      <c r="F958" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G958" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="959" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A959" s="1" t="s">
         <v>3576</v>
       </c>
-      <c r="F956" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A957" s="1" t="s">
+      <c r="B959" s="1" t="s">
         <v>3577</v>
       </c>
-      <c r="B957" s="1" t="s">
+      <c r="C959" s="1" t="s">
+        <v>3577</v>
+      </c>
+      <c r="D959" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E959" s="3" t="s">
         <v>3578</v>
       </c>
-      <c r="C957" s="1" t="s">
+      <c r="F959" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G959" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="960" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A960" s="1" t="s">
         <v>3579</v>
       </c>
-      <c r="D957" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E957" s="3" t="s">
+      <c r="B960" s="1" t="s">
         <v>3580</v>
       </c>
-      <c r="F957" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A958" s="1" t="s">
+      <c r="C960" s="1" t="s">
         <v>3581</v>
       </c>
-      <c r="B958" s="1" t="s">
+      <c r="D960" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E960" s="3" t="s">
         <v>3582</v>
       </c>
-      <c r="C958" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E958" s="3" t="s">
+      <c r="F960" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G960" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="961" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A961" s="1" t="s">
         <v>3583</v>
       </c>
-      <c r="F958" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A959" s="1" t="s">
+      <c r="B961" s="1" t="s">
         <v>3584</v>
       </c>
-      <c r="B959" s="1" t="s">
+      <c r="C961" s="1" t="s">
+        <v>3584</v>
+      </c>
+      <c r="D961" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E961" s="3" t="s">
         <v>3585</v>
       </c>
-      <c r="C959" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E959" s="3" t="s">
+      <c r="F961" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G961" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="962" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A962" s="1" t="s">
         <v>3586</v>
       </c>
-      <c r="F959" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A960" s="1" t="s">
+      <c r="B962" s="1" t="s">
         <v>3587</v>
       </c>
-      <c r="B960" s="1" t="s">
+      <c r="C962" s="1" t="s">
+        <v>3587</v>
+      </c>
+      <c r="D962" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E962" s="3" t="s">
         <v>3588</v>
       </c>
-      <c r="C960" s="1" t="s">
+      <c r="F962" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G962" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="963" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A963" s="1" t="s">
         <v>3589</v>
       </c>
-      <c r="D960" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E960" s="3" t="s">
+      <c r="B963" s="1" t="s">
         <v>3590</v>
       </c>
-      <c r="F960" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A961" s="1" t="s">
+      <c r="C963" s="1" t="s">
         <v>3591</v>
       </c>
-      <c r="B961" s="1" t="s">
+      <c r="D963" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E963" s="3" t="s">
         <v>3592</v>
       </c>
-      <c r="C961" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E961" s="3" t="s">
+      <c r="F963" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G963" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="964" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A964" s="1" t="s">
         <v>3593</v>
       </c>
-      <c r="F961" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A962" s="1" t="s">
+      <c r="B964" s="1" t="s">
         <v>3594</v>
       </c>
-      <c r="B962" s="1" t="s">
+      <c r="C964" s="1" t="s">
+        <v>3594</v>
+      </c>
+      <c r="D964" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E964" s="3" t="s">
         <v>3595</v>
       </c>
-      <c r="C962" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E962" s="3" t="s">
+      <c r="F964" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G964" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="965" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A965" s="1" t="s">
         <v>3596</v>
       </c>
-      <c r="F962" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A963" s="1" t="s">
+      <c r="B965" s="1" t="s">
         <v>3597</v>
       </c>
-      <c r="B963" s="1" t="s">
+      <c r="C965" s="1" t="s">
+        <v>3597</v>
+      </c>
+      <c r="D965" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E965" s="3" t="s">
         <v>3598</v>
       </c>
-      <c r="C963" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E963" s="3" t="s">
+      <c r="F965" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G965" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="966" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A966" s="1" t="s">
         <v>3599</v>
       </c>
-      <c r="F963" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A964" s="1" t="s">
+      <c r="B966" s="1" t="s">
         <v>3600</v>
       </c>
-      <c r="B964" s="1" t="s">
+      <c r="C966" s="1" t="s">
+        <v>3600</v>
+      </c>
+      <c r="D966" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E966" s="3" t="s">
         <v>3601</v>
       </c>
-      <c r="C964" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E964" s="3" t="s">
+      <c r="F966" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G966" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="967" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A967" s="1" t="s">
         <v>3602</v>
       </c>
-      <c r="F964" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A965" s="1" t="s">
+      <c r="B967" s="1" t="s">
         <v>3603</v>
       </c>
-      <c r="B965" s="1" t="s">
+      <c r="C967" s="1" t="s">
+        <v>3603</v>
+      </c>
+      <c r="D967" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E967" s="3" t="s">
         <v>3604</v>
       </c>
-      <c r="C965" s="1" t="s">
+      <c r="F967" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G967" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="968" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A968" s="1" t="s">
         <v>3605</v>
       </c>
-      <c r="D965" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E965" s="3" t="s">
+      <c r="B968" s="1" t="s">
         <v>3606</v>
       </c>
-      <c r="F965" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A966" s="1" t="s">
+      <c r="C968" s="1" t="s">
+        <v>3606</v>
+      </c>
+      <c r="D968" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E968" s="3" t="s">
         <v>3607</v>
       </c>
-      <c r="B966" s="1" t="s">
+      <c r="F968" s="3" t="s">
+        <v>903</v>
+      </c>
+      <c r="G968" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="969" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A969" s="1" t="s">
         <v>3608</v>
       </c>
-      <c r="C966" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E966" s="3" t="s">
+      <c r="B969" s="1" t="s">
         <v>3609</v>
       </c>
-      <c r="F966" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A967" s="1" t="s">
+      <c r="C969" s="1" t="s">
+        <v>3609</v>
+      </c>
+      <c r="D969" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E969" s="3" t="s">
         <v>3610</v>
       </c>
-      <c r="B967" s="1" t="s">
+      <c r="F969" s="3" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G969" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="970" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A970" s="1" t="s">
         <v>3611</v>
       </c>
-      <c r="C967" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E967" s="3" t="s">
+      <c r="B970" s="1" t="s">
         <v>3612</v>
       </c>
-      <c r="F967" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A968" s="1" t="s">
+      <c r="C970" s="1" t="s">
+        <v>3612</v>
+      </c>
+      <c r="D970" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E970" s="3" t="s">
         <v>3613</v>
       </c>
-      <c r="B968" s="1" t="s">
+      <c r="F970" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G970" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="971" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A971" s="1" t="s">
         <v>3614</v>
       </c>
-      <c r="C968" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E968" s="3" t="s">
+      <c r="B971" s="1" t="s">
         <v>3615</v>
       </c>
-      <c r="F968" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A969" s="1" t="s">
+      <c r="C971" s="1" t="s">
         <v>3616</v>
       </c>
-      <c r="B969" s="1" t="s">
+      <c r="D971" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E971" s="3" t="s">
         <v>3617</v>
       </c>
-      <c r="C969" s="1" t="s">
+      <c r="F971" s="3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="972" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A972" s="1" t="s">
         <v>3618</v>
       </c>
-      <c r="D969" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E969" s="3" t="s">
+      <c r="B972" s="1" t="s">
         <v>3619</v>
       </c>
-      <c r="F969" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A970" s="1" t="s">
+      <c r="C972" s="1" t="s">
+        <v>3619</v>
+      </c>
+      <c r="D972" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E972" s="3" t="s">
         <v>3620</v>
       </c>
-      <c r="B970" s="1" t="s">
+      <c r="F972" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G972" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="973" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A973" s="1" t="s">
         <v>3621</v>
       </c>
-      <c r="C970" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E970" s="3" t="s">
+      <c r="B973" s="1" t="s">
         <v>3622</v>
       </c>
-      <c r="F970" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A971" s="1" t="s">
+      <c r="C973" s="1" t="s">
+        <v>3622</v>
+      </c>
+      <c r="D973" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E973" s="3" t="s">
         <v>3623</v>
       </c>
-      <c r="B971" s="1" t="s">
+      <c r="F973" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G973" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="974" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A974" s="1" t="s">
         <v>3624</v>
       </c>
-      <c r="C971" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E971" s="3" t="s">
+      <c r="B974" s="1" t="s">
         <v>3625</v>
       </c>
-      <c r="F971" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A972" s="1" t="s">
+      <c r="C974" s="1" t="s">
+        <v>3625</v>
+      </c>
+      <c r="D974" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E974" s="3" t="s">
         <v>3626</v>
       </c>
-      <c r="B972" s="1" t="s">
+      <c r="F974" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G974" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="975" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A975" s="1" t="s">
         <v>3627</v>
       </c>
-      <c r="C972" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E972" s="3" t="s">
+      <c r="B975" s="1" t="s">
         <v>3628</v>
       </c>
-      <c r="F972" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A973" s="1" t="s">
+      <c r="C975" s="1" t="s">
         <v>3629</v>
       </c>
-      <c r="B973" s="1" t="s">
+      <c r="D975" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E975" s="3" t="s">
         <v>3630</v>
       </c>
-      <c r="C973" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E973" s="3" t="s">
+      <c r="F975" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G975" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="976" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A976" s="1" t="s">
         <v>3631</v>
       </c>
-      <c r="F973" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A974" s="1" t="s">
+      <c r="B976" s="1" t="s">
         <v>3632</v>
       </c>
-      <c r="B974" s="1" t="s">
+      <c r="C976" s="1" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D976" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E976" s="3" t="s">
         <v>3633</v>
       </c>
-      <c r="C974" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E974" s="3" t="s">
+      <c r="F976" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G976" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="977" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A977" s="1" t="s">
         <v>3634</v>
       </c>
-      <c r="F974" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A975" s="1" t="s">
+      <c r="B977" s="1" t="s">
         <v>3635</v>
       </c>
-      <c r="B975" s="1" t="s">
+      <c r="C977" s="1" t="s">
+        <v>3635</v>
+      </c>
+      <c r="D977" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E977" s="3" t="s">
         <v>3636</v>
       </c>
-      <c r="C975" s="1" t="s">
+      <c r="F977" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G977" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="978" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A978" s="1" t="s">
         <v>3637</v>
       </c>
-      <c r="D975" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E975" s="3" t="s">
+      <c r="B978" s="1" t="s">
         <v>3638</v>
       </c>
-      <c r="F975" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A976" s="1" t="s">
+      <c r="C978" s="1" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D978" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E978" s="3" t="s">
         <v>3639</v>
       </c>
-      <c r="B976" s="1" t="s">
+      <c r="F978" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G978" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="979" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A979" s="1" t="s">
         <v>3640</v>
       </c>
-      <c r="C976" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E976" s="3" t="s">
+      <c r="B979" s="1" t="s">
         <v>3641</v>
       </c>
-      <c r="F976" s="3" t="s">
-[...3 lines deleted...]
-        <v>221</v>
+      <c r="C979" s="1" t="s">
+        <v>3641</v>
+      </c>
+      <c r="D979" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E979" s="3" t="s">
+        <v>3642</v>
+      </c>
+      <c r="F979" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G979" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="980" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A980" s="1" t="s">
+        <v>3643</v>
+      </c>
+      <c r="B980" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="C980" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="D980" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E980" s="3" t="s">
+        <v>3645</v>
+      </c>
+      <c r="F980" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G980" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="981" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A981" s="1" t="s">
+        <v>3646</v>
+      </c>
+      <c r="B981" s="1" t="s">
+        <v>3647</v>
+      </c>
+      <c r="C981" s="1" t="s">
+        <v>3648</v>
+      </c>
+      <c r="D981" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E981" s="3" t="s">
+        <v>3649</v>
+      </c>
+      <c r="F981" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G981" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="982" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A982" s="1" t="s">
+        <v>3650</v>
+      </c>
+      <c r="B982" s="1" t="s">
+        <v>3651</v>
+      </c>
+      <c r="C982" s="1" t="s">
+        <v>3651</v>
+      </c>
+      <c r="D982" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E982" s="3" t="s">
+        <v>3652</v>
+      </c>
+      <c r="F982" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G982" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="983" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A983" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="B983" s="1" t="s">
+        <v>3654</v>
+      </c>
+      <c r="C983" s="1" t="s">
+        <v>3654</v>
+      </c>
+      <c r="D983" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E983" s="3" t="s">
+        <v>3655</v>
+      </c>
+      <c r="F983" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G983" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="984" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A984" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="B984" s="1" t="s">
+        <v>3657</v>
+      </c>
+      <c r="C984" s="1" t="s">
+        <v>3657</v>
+      </c>
+      <c r="D984" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E984" s="3" t="s">
+        <v>3658</v>
+      </c>
+      <c r="F984" s="3" t="s">
+        <v>1964</v>
+      </c>
+      <c r="G984" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="985" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A985" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="B985" s="1" t="s">
+        <v>3660</v>
+      </c>
+      <c r="C985" s="1" t="s">
+        <v>3661</v>
+      </c>
+      <c r="D985" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E985" s="3" t="s">
+        <v>3662</v>
+      </c>
+      <c r="F985" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G985" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="986" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A986" s="1" t="s">
+        <v>3663</v>
+      </c>
+      <c r="B986" s="1" t="s">
+        <v>3664</v>
+      </c>
+      <c r="C986" s="1" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D986" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E986" s="3" t="s">
+        <v>3666</v>
+      </c>
+      <c r="F986" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G986" s="3" t="s">
+        <v>3667</v>
+      </c>
+    </row>
+    <row r="987" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A987" s="1" t="s">
+        <v>3668</v>
+      </c>
+      <c r="B987" s="1" t="s">
+        <v>3669</v>
+      </c>
+      <c r="C987" s="1" t="s">
+        <v>3670</v>
+      </c>
+      <c r="D987" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E987" s="3" t="s">
+        <v>3671</v>
+      </c>
+      <c r="F987" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G987" s="3" t="s">
+        <v>3667</v>
+      </c>
+    </row>
+    <row r="988" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A988" s="1" t="s">
+        <v>3672</v>
+      </c>
+      <c r="B988" s="1" t="s">
+        <v>3673</v>
+      </c>
+      <c r="C988" s="1" t="s">
+        <v>3674</v>
+      </c>
+      <c r="D988" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E988" s="3" t="s">
+        <v>3675</v>
+      </c>
+      <c r="F988" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G988" s="3" t="s">
+        <v>3667</v>
+      </c>
+    </row>
+    <row r="989" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A989" s="1" t="s">
+        <v>3676</v>
+      </c>
+      <c r="B989" s="1" t="s">
+        <v>3677</v>
+      </c>
+      <c r="C989" s="1" t="s">
+        <v>3678</v>
+      </c>
+      <c r="D989" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E989" s="3" t="s">
+        <v>3679</v>
+      </c>
+      <c r="F989" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G989" s="3" t="s">
+        <v>3667</v>
+      </c>
+    </row>
+    <row r="990" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A990" s="1" t="s">
+        <v>3680</v>
+      </c>
+      <c r="B990" s="1" t="s">
+        <v>3681</v>
+      </c>
+      <c r="C990" s="1" t="s">
+        <v>3682</v>
+      </c>
+      <c r="D990" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E990" s="3" t="s">
+        <v>3683</v>
+      </c>
+      <c r="F990" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G990" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="991" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A991" s="1" t="s">
+        <v>3684</v>
+      </c>
+      <c r="B991" s="1" t="s">
+        <v>3685</v>
+      </c>
+      <c r="C991" s="1" t="s">
+        <v>3686</v>
+      </c>
+      <c r="D991" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E991" s="3" t="s">
+        <v>3687</v>
+      </c>
+      <c r="F991" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G991" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="992" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A992" s="1" t="s">
+        <v>3688</v>
+      </c>
+      <c r="B992" s="1" t="s">
+        <v>3689</v>
+      </c>
+      <c r="C992" s="1" t="s">
+        <v>3690</v>
+      </c>
+      <c r="D992" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E992" s="3" t="s">
+        <v>3691</v>
+      </c>
+      <c r="F992" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G992" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="993" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A993" s="1" t="s">
+        <v>3692</v>
+      </c>
+      <c r="B993" s="1" t="s">
+        <v>3693</v>
+      </c>
+      <c r="C993" s="1" t="s">
+        <v>3694</v>
+      </c>
+      <c r="D993" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E993" s="3" t="s">
+        <v>3695</v>
+      </c>
+      <c r="F993" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G993" s="3" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="994" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A994" s="1" t="s">
+        <v>3696</v>
+      </c>
+      <c r="B994" s="1" t="s">
+        <v>3697</v>
+      </c>
+      <c r="C994" s="1" t="s">
+        <v>3698</v>
+      </c>
+      <c r="D994" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E994" s="3" t="s">
+        <v>3699</v>
+      </c>
+      <c r="F994" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G994" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="995" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A995" s="1" t="s">
+        <v>3700</v>
+      </c>
+      <c r="B995" s="1" t="s">
+        <v>3701</v>
+      </c>
+      <c r="C995" s="1" t="s">
+        <v>3702</v>
+      </c>
+      <c r="D995" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E995" s="3" t="s">
+        <v>3703</v>
+      </c>
+      <c r="F995" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G995" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="996" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A996" s="1" t="s">
+        <v>3704</v>
+      </c>
+      <c r="B996" s="1" t="s">
+        <v>3705</v>
+      </c>
+      <c r="C996" s="1" t="s">
+        <v>3706</v>
+      </c>
+      <c r="D996" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E996" s="3" t="s">
+        <v>3707</v>
+      </c>
+      <c r="F996" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G996" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="997" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A997" s="1" t="s">
+        <v>3708</v>
+      </c>
+      <c r="B997" s="1" t="s">
+        <v>3709</v>
+      </c>
+      <c r="C997" s="1" t="s">
+        <v>3710</v>
+      </c>
+      <c r="D997" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E997" s="3" t="s">
+        <v>3711</v>
+      </c>
+      <c r="F997" s="3" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G997" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="998" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A998" s="1" t="s">
+        <v>3712</v>
+      </c>
+      <c r="B998" s="1" t="s">
+        <v>3713</v>
+      </c>
+      <c r="C998" s="1" t="s">
+        <v>3714</v>
+      </c>
+      <c r="D998" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E998" s="3" t="s">
+        <v>3715</v>
+      </c>
+      <c r="F998" s="3" t="s">
+        <v>3716</v>
+      </c>
+      <c r="G998" s="3" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">