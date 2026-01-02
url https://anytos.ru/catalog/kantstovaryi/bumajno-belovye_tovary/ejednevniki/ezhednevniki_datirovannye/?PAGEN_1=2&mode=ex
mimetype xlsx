--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -12,271 +12,244 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1601">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1680">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/680/aexzl6ac5x5fmcz4qbb66gr3k11sw1n3.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2024 А5 138x213 мм BRAUBERG  quot;Iguana quot;, под кожу, красный, 114849</t>
   </si>
   <si>
     <t>Считается, что вещи, сделанные из кожи рептилии, никогда не выйдут из моды. Данная коллекция &amp;quot;Iguana&amp;quot; - очередное подтверждение этого правила. Модная фактура и насыщенные цвета придают датированному ежедневнику BRAUBERG особый шик и легкую загадочность. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Помимо прочего, ежедневник снабжен обширным справочным материалом. Выполнен в насыщенном красном цвете.</t>
   </si>
   <si>
     <t>Ежедневники датированные</t>
   </si>
   <si>
     <t>245591</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b5/2gk8vr3l8s29dtplgoj35f8wehtywhsp.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/93e/ywa0rrqqiz8jz64bsamzb0i99fufsop1.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, твердая обложка, 144 л.,  quot;АКСЕССУАРЫ quot;, 129232</t>
+  </si>
+  <si>
+    <t>Ежедневник BRAUBERG – это нескучный помощник по планированию дел. Идеален для учителей общеобразовательных школ, лицеев, колледжей и гимназий. Обложка выполнена из твердого картона с матовой ламинацией и книжным переплетом в сочетании с ярким цветочным рисунком, который создает красивый визуальный эффект. Внутренний блок содержит 144 листа офсетной бумаги плотностью 60 г/м2. Имеет обложку из 7БЦ. Недатированный ежедневник учителя формата А5 &amp;#40;215х145 мм&amp;#41; станет прекрасным и полезным подарком для представителей этой профессии, а яркая обложка украсит рабочее место.</t>
+  </si>
+  <si>
+    <t>423779</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de3/zw17op3wuz30onggmyx7zlryt3xwig0x.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, твердая обложка, 144 л.,  quot;ЦВЕТЫ quot;, 129234</t>
+  </si>
+  <si>
+    <t>Ежедневник BRAUBERG содержит справочный материал для работы учителя в школе: календарь, расписание звонков и уроков, тематическое планирование, классный журнал, сводную ведомость успеваемости, классный час, родительские собрания, телефоны и адреса. Обложка выполнена из твердого картона с матовой ламинацией и книжным переплетом в сочетании с ярким цветочным рисунком, который создает красивый визуальный эффект.Идеален для учителей общеобразовательных школ, лицеев, колледжей и гимназий. Внутренний блок содержит 144 листа офсетной бумаги плотностью 60 г/м2. Имеет обложку из 7БЦ. Недатированный ежедневник учителя формата А5 &amp;#40;215х145 мм&amp;#41; станет прекрасным и полезным подарком для представителей этой профессии, а яркая обложка украсит рабочее место.</t>
+  </si>
+  <si>
+    <t>423781</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00d/n3l1npfc4r6cj9x0q2j6xt8pufbis3za.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, твердая обложка, 144 л.,  quot;ЯБЛОКО quot;, 129235</t>
+  </si>
+  <si>
+    <t>423782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fa/xs1qamcy5zhhtrnsklsqewm5mgmp2r67.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 4 года А5  133х205 мм  BRAUBERG, 192 л.,  quot;ОПТИМИЗМ quot;, 129237</t>
+  </si>
+  <si>
+    <t>Универсальный ежедневник, который позволяет вести записи в любом году из четырех, указанных на страницах внутреннего блока. Внутренний блок содержит 192 листа офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с рисунком и матовой пленкой&amp;#41; обеспечивают долгий срок службы. Помимо прочего ежедневник содержит коды городов и телефонную книгу. Формат А5.</t>
+  </si>
+  <si>
+    <t>423784</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/423/gpbubep4uqot2bp294898tbgqgb4qvp1.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, 144 л., кожзам,  quot;Гармония quot;, 112708</t>
+  </si>
+  <si>
+    <t>Ежедневник BRAUBERG – это отличный помощник по планированию дел. Идеален для учителей общеобразовательных школ, лицеев, колледжей и гимназий. Обложка выполнена из твердого картона с покрытием из экокожи и книжным переплетом в сочетании с ярким рисунком, который создает красивый визуальный эффект. Внутренний блок содержит 144 листа офсетной бумаги плотностью 70 г/м2. Недатированный ежедневник учителя формата А5 &amp;#40;215х145 мм&amp;#41; станет прекрасным и полезным подарком для представителей этой профессии, а яркая обложка украсит рабочее место.</t>
+  </si>
+  <si>
+    <t>711856</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ce/yeqlg8tlhlxi37ye3vrno1vg6ge4sn5c.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, 144 л., кожзам,  quot;Звездная ночь quot;, 112709</t>
+  </si>
+  <si>
+    <t>711857</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e3/n25jjg1bzmo0n9nz5n6ro1b1ilkcr2vq.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, 144 л., кожзам,  quot;Моноколор quot;, 112710</t>
+  </si>
+  <si>
+    <t>711858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/259/w9fxuabmi2lze2x2nm890mjlenkoic2v.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, 144 л., кожзам,  quot;Цветы на черном quot;, 112707</t>
+  </si>
+  <si>
+    <t>711859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/954/5e44ao43sko8wieevrwhob8ns4pxerw1.jpeg</t>
+  </si>
+  <si>
+    <t>Ежедневник BrunoVisconti  датированный 2026 год А5  146 х 206 мм   quot;VELVET quot; синий 336 стр. Арт. 3-123 01</t>
+  </si>
+  <si>
+    <t>Датированный ежедневник VELVET формата А5 в твердой обложке из экокожи - идеальный помощник в деле планирования рабочего времени для тех, кто ценит рационализм и функциональность. Поролонирование и покрытие SOFT TOUCH придают обложке мягкость и создают приятные тактильные ощущения в работе с ежедневником. Дополнительную привлекательность добавляют ежедневнику скругленные углы и декоративный шов, выполненный по периметру в тон обложки. Внутренний блок, состоящий из 336 страниц белой бумаги плотностью 60 г/кв.м, содержит: • раздел для планирования в серую линовку; • страница для персональных данных; • 16 страниц справочной информации &amp;#40;матрица Эйзенхауэра, термины международной торговли, методы борьбы со стрессом, расход калорий при физической нагрузке, города-миллионики, римские цифры, греческие буквы, штрихкоды, размеры одежды, температура, единицы измерения, национальные праздники, энергетическая и питательная ценность продуктов&amp;#41;</t>
+  </si>
+  <si>
+    <t>885690</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/93e/ywa0rrqqiz8jz64bsamzb0i99fufsop1.jpg</t>
-[...115 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f3/6xsk0s7guayj7v0awzyyltg9ipwn3cgh.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; темно-синий 336 стр. Арт. 3-123 18</t>
   </si>
   <si>
     <t>885691</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b0e/snwnr1fa9g0fmp3s8ecehemx4d4xkavp.jpeg</t>
-[...8 lines deleted...]
-    <t>885901</t>
+    <t>http://anytos.ru//upload/iblock/c33/stv62j9bgwc4yynzm2o9xhidz9s0qmv6.jpeg</t>
+  </si>
+  <si>
+    <t>Ежедневник Альт  датированный 2025 год А5  146 х 206 мм   quot;IDEAL NEW quot; синий 336 стр. Арт. 3-344 05</t>
+  </si>
+  <si>
+    <t>Ежедневник Альт® датированный 2025 год А5 &amp;#40;146 х 206 мм&amp;#41; &amp;quot;IDEAL NEW&amp;quot; синий 336 стр. Арт. 3-344/05</t>
+  </si>
+  <si>
+    <t>885902</t>
   </si>
   <si>
     <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c33/stv62j9bgwc4yynzm2o9xhidz9s0qmv6.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/335/mzavlcvs32c88twpthqjy4ipv9lh53vg.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  ЧЕРНЫЙ  2023</t>
   </si>
   <si>
     <t>Ежедневник Альт® датированный 2023 год А5 &amp;#40;145 х 206 мм&amp;#41; &amp;quot;IDEAL NEW&amp;quot; коричневый 336 стр. Арт. 3-344/03</t>
   </si>
   <si>
     <t>885903</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/1cjl43x5z89tjy0d5eoudysbq2ebnlcz.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Альт  датированный 2025 год А5  133 х 205 мм   quot;БУМВИНИЛ quot; бордовый 336 стр. Арт. 3-121 01</t>
   </si>
   <si>
     <t>Классический датированный ежедневник формата А5 на 2025 год. Твердый переплет из высококачественного бумвинила украшает тиснение золотой фольгой. Блок ежедневника состоит из 336 страниц высококачественной белой бумаги плотностью 55 г/кв.м. В начале ежедневника находится справочная информация на 15 страницах, календарь на 2025-2026 год.</t>
   </si>
   <si>
     <t>885904</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f2/aopd7h4x8ybbyspl100idwmk08jzxizw.jpeg</t>
@@ -293,135 +266,108 @@
   <si>
     <t>Ежедневник Альт  датированный 2025 год А5  133 х 205 мм   quot;БУМВИНИЛ quot; коричневый 336 стр. Арт. 3-121 03</t>
   </si>
   <si>
     <t>885906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63b/ypuks46uxjri694yrqyvup40ts9xdnbe.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Альт  датированный 2025 год А5  133 х 205 мм   quot;БУМВИНИЛ quot; синий 336 стр. Арт. 3-121 05</t>
   </si>
   <si>
     <t>885907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/010/n3atbbu0a98jdgxjhq4mj420lprr0bj2.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Альт  датированный 2025 год А5  133 х 205 мм   quot;БУМВИНИЛ quot; черный 336 стр. Арт. 3-121 04</t>
   </si>
   <si>
     <t>885908</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/362/mj4dj8uf9h88ddbduoa8efk906j4ugx2.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed6/8tu5sfev3i7renpi2xy7ctptd78k6eh8.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;LEADER quot; оранжевый 336 стр. Арт. 3-126 06</t>
   </si>
   <si>
     <t>Недатированный ежедневник «Leader» - идеальный баланс между стилем и практичностью. Твердая обложка из итальянского переплетного материала максимально повторяет фактуру натуральной кожи, а за счет тонкого слоя поролона приобретает объемность. Элегантность ежедневнику придает тонкая декоративная отсрочка по периметру обложки. Для удобства навигации предусмотрены закладка-ляссе. Внутренний блок ежедневника содержит страницу для личных данных, справочную информацию на 14 страницах , телефонную книгу на 19 страницах и блок для ежедневного планирования в линейку.</t>
   </si>
   <si>
     <t>885933</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/94d/590pfb4wop43pfipcn5ya4v5yiwa7cjk.jpeg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/890/741vvd1n57jm2q9tacy53zafrbp67n7w.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;LEADER quot; черный 336 стр. Арт. 3-126 04</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti® датированный 2025 год А5 &amp;#40;146 х 206 мм&amp;#41; &amp;quot;LEADER&amp;quot; черный 336 стр. Арт. 3-126/04</t>
   </si>
   <si>
     <t>885936</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/362/sowif12feg4pet2xvfd2753q5hnm1450.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; бордовый 336 стр. Арт. 3-123 02</t>
   </si>
   <si>
     <t>885937</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d6/7814h5n07d3s5ojcyt4moxvufls02kek.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2026 год А5  146 х 206 мм   quot;VELVET quot; зеленый 336 стр. Арт. 3-123 05</t>
   </si>
   <si>
     <t>885938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/323/3n7012034yanxosq1fuxq0qmj7h7xvw4.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; коричневый 336 стр. Арт. 3-123 03</t>
   </si>
   <si>
     <t>885939</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8c1/nvvgns868buohr6atbvkk4qn0u374rah.jpeg</t>
-[...5 lines deleted...]
-    <t>885943</t>
+    <t>http://anytos.ru//upload/iblock/e51/0xpjwc23yrwsn93n4w0swrpfcwqmr982.jpeg</t>
+  </si>
+  <si>
+    <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; красный 336 стр. Арт. 3-123 10</t>
+  </si>
+  <si>
+    <t>885940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a4/01b5gk0u2zd3ctgexq34ni1fd23v0hgn.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  БОРДОВЫЙ  2023</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41; 2023</t>
   </si>
   <si>
     <t>908162</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecd/3n9qr34sokp813uf7o779rrw4o0yv8m1.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  ЗЕЛЕНЫЙ  2026</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41; 2023</t>
   </si>
   <si>
     <t>908163</t>
   </si>
@@ -437,164 +383,113 @@
   <si>
     <t>908165</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ НА 2023 г.  quot;IDEAL NEW quot;  СИНИЙ </t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ НА 2023 г. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>908177</t>
   </si>
   <si>
     <t xml:space="preserve">ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ НА 2023 г.  quot;IDEAL NEW quot;  ЧЕРНЫЙ </t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ НА 2023 г. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>908178</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c64/6kc4vq2mnufy5z788jwp10afkqd2gv3g.jpg</t>
-[...11 lines deleted...]
-    <t>932672</t>
+    <t>http://anytos.ru//upload/iblock/b02/k0tokkkrofmwrmejea287prk96ob3ain.jpeg</t>
+  </si>
+  <si>
+    <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; серый 336 стр. Арт. 3-123 13</t>
+  </si>
+  <si>
+    <t>932870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a82/43zbogdaay4m7ja2v1na3xqgo1hoh3dq.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;SIDNEY NEBRASKA quot;  ЧЕРНЫЙ, золотой обрез  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;ЧЕРНЫЙ, золотой обрез&amp;#41; 2024</t>
+  </si>
+  <si>
+    <t>955761</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b02/k0tokkkrofmwrmejea287prk96ob3ain.jpeg</t>
-[...43 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/61a/6df5hmm0zdw7x3oemdd69901vzj4siu2.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ НА 2025 г.  quot;VELVET quot;  ТЕМНО-СИНИЙ NAVY </t>
   </si>
   <si>
     <t>986482</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45d/eidavgez4pnndlldepv9368qv6r5aodo.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, обложка бумвинил, бордовый, 117306</t>
   </si>
   <si>
     <t>Датированный ежедневник STAFF – надежный спутник делового человека, привыкшего тщательно планировать свое время. Внутренний блок включает 160 листов белой бумаги плотностью 65 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в классическом бордовом цвете с тиснением. Жесткая книжная обложка, покрытая бумвинилом, делает данный ежедневник надежным и практичным в применении. Материал обложки подходит для тиснения фольгой.Ежедневник снабжен обширным справочным материалом. В конце имеется 1 страница для записей и заметок.</t>
   </si>
   <si>
     <t>1006085</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92b/1wciv5mj5t2r2wi8dxyo4ai9ttp0grnm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, обложка бумвинил, синий, 117305</t>
   </si>
   <si>
     <t>Датированный ежедневник STAFF – надежный спутник делового человека, который привык тщательно планировать свое время. Внутренний блок включает 160 листов белой бумаги плотностью 65 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в строгом классическом синем цвете с тиснением. Жесткая книжная обложка, покрытая бумвинилом, делает данный ежедневник надежным и практичным в применении. Материал обложки подходит для тиснения фольгой. Ежедневник снабжен обширным справочным материалом. В конце имеется 1 страница для записей и заметок.</t>
   </si>
   <si>
     <t>1006086</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2d6/q4i5s5o594heubmqc50hn7o1zhu7dmln.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/57d/7i0q13hpkn1s0l90uh8kkfb3ddwyum13.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;VELVET quot;  БОРДОВЫЙ  2025</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c28/catzroj5eyul9c8n0did2heeqyzb57vk.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;VELVET quot;  КОРИЧНЕВЫЙ  2025</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008685</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/284/mf5622npwm6yxrb5tkxew1g730nwi3jh.jpeg</t>
@@ -650,290 +545,194 @@
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008696</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  ЧЕРНЫЙ  2025</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008697</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  БОРДОВЫЙ  2025</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008698</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/392/q3kv5jiy0tg4bmxl4rsty0covdhz60ml.jpeg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d81/metbze5g1xp8f995eats3ys0xaec7ee7.jpg</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti  датированный 2026 год А5  quot;BOSTON quot; розовый 336 стр. Арт. 3-808 11</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti® датированный 2026 год А5 &amp;quot;BOSTON&amp;quot; розовый 336 стр. Арт. 3-808/11</t>
   </si>
   <si>
     <t>1009940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/151/h1vj3tyfcuzfm9eo4dzrcqj4e87aulsu.jpg</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti  датированный 2026 год А5  quot;BOSTON quot; фиолетовый 336 стр. Арт. 3-808 10</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti® датированный 2026 год А5 &amp;quot;BOSTON&amp;quot; фиолетовый 336 стр. Арт. 3-808/10</t>
   </si>
   <si>
     <t>1009944</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86c/vjs17nnk45jwv9x0jxdm7554iqxk3sy9.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, обложка бумвинил, зел ный, 117308</t>
   </si>
   <si>
     <t>Датированный ежедневник STAFF - надежный спутник делового человека, который привык тщательно планировать свое время. Внутренний блок включает 160 листов белой бумаги плотностью 65 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в строгом классическом зеленом цвете с тиснением. Жесткая книжная обложка, покрытая бумвинилом, делает данный ежедневник надежным и практичным в применении. Материал обложки подходит для тиснения фольгой. Ежедневник снабжен обширным справочным материалом. В конце имеется 1 страница для записей и заметок.</t>
   </si>
   <si>
     <t>1010735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/330/983ic3erq95bw0evqr14k0z4fhcpx8oc.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, обложка бумвинил, черный, 117307</t>
   </si>
   <si>
     <t>Датированный ежедневник STAFF - надежный спутник делового человека, который привык тщательно планировать свое время. Внутренний блок включает 160 листов белой бумаги плотностью 60 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в строгом классическом черном цвете с тиснением. Жесткая книжная обложка, покрытая бумвинилом, делает данный ежедневник надежным и практичным в применении. Материал обложки подходит для тиснения фольгой. Ежедневник снабжен обширным справочным материалом. В конце имеется 1 страница для записей и заметок.</t>
   </si>
   <si>
     <t>1010736</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ee0/l8e0039qj1kljqwog9dh7337mcm5bq2x.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/236/wf9i5x9cs77ffm0ensa0xpm3yl1hw17o.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Iguana quot;, под кожу, коричневый, 117057</t>
   </si>
   <si>
     <t>Считается, что вещи, сделанные из кожи рептилии, никогда не выйдут из моды. Коллекция датированных ежедневников BRAUBERG &amp;quot;Iguana&amp;quot; – очередное подтверждение этого правила. Модная фактура и насыщенные цвета придают изделиям особый шик и легкую загадочность. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка классического коричневого цвета стилизована под кожу рептилии. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010738</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fb/h030rf3uxiqm2x2gw1of3wwak8joggqs.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Iguana quot;, под кожу, красный, 117055</t>
   </si>
   <si>
     <t>Модная фактура и насыщенный цвет ежедневника BRAUBERG &amp;quot;Iguana&amp;quot; подчеркивают солидность его владельца. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010739</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b26/htxx99rb7wdm7jxr1mtc2k0207ft6exc.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Iguana quot;, под кожу, синий, 117056</t>
   </si>
   <si>
     <t>Модная фактура и насыщенный цвет ежедневника BRAUBERG &amp;quot;Iguana&amp;quot; подчеркивают солидность его владельца. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии насыщенного синего цвета. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010740</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dbb/gxa6bkfs2r08974vcduqrif5im9u4bwh.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/410/6xz83abffpcc6fmhg1xybhf4z0dh7y2d.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Iguana quot;, под кожу, темно-фиолетовый, 117059</t>
   </si>
   <si>
     <t>Модная фактура и насыщенный цвет ежедневника BRAUBERG &amp;quot;Iguana&amp;quot; подчеркивают солидность его владельца. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии благородного темно-фиолетового цвета. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/293/prrsbj96ns5v2j8mtjacxdgeth9304cl.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Iguana quot;, под кожу, черный, 117054</t>
   </si>
   <si>
     <t>Модная фактура и насыщенный цвет ежедневника BRAUBERG &amp;quot;Iguana&amp;quot; подчеркивают солидность его владельца. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии классического черного цвета. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61a/memeua5gftzj3odm82avl3ix4bjrj31e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8bb/t9c2r4yjl0w11t097inldbdgv3gy2vmg.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Imperial quot;, под кожу, коричневый, 117061</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу классического коричневого цвета. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7b/4m0sifyxm0sgz0813dt9wtq9980f5jlm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Imperial quot;, под кожу, розовый, 117065</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу нежного розового цвета. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010746</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/94d/8tn4w1e2yotwucib0llxeieiwufb1qtg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/452/2vkwmh5m8akydnaxo4h8evijyh11ltth.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Imperial quot;, под кожу, сиреневый, 117064</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу сиреневого цвета. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок. Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010748</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/703/vtepoxvulnwfq2424hlvbnj4c10rnkw0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c1/cyxxm0g0ef9n1ojb5h7f0bc519ux82pg.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Imperial quot;, под кожу, черный, 117063</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу строгого черного цвета. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/822/m4eoai0ipntwpnvblcng997oar7cdxn8.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Mosaic quot;, под кожу, держатель для ручки, бирюза, 117110</t>
   </si>
   <si>
     <t>Модель датированного ежедневника BRAUBERG &amp;quot;Mosaic&amp;quot; представляет собой новый взгляд на дизайн деловых аксессуаров. Гармоничное сочетание цветов добавит яркости рабочим будням и идеально подойдет для создания современного образа. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в стильном сочетании бирюзового и серого цветов. Жесткая книжная обложка стилизована под искусственную кожу с текстурой льна, фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения. Для удобства пользования ежедневник снабжен карманом для фиксации ручки. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок. Датированный ежедневник BRAUBERG &amp;quot;Mosaic&amp;quot; идеально подойдет для офисных работников, людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010751</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7e/bvq2p2jithcfw7jsvi2p8trpyd1c4sb7.jpg</t>
@@ -1118,254 +917,170 @@
   <si>
     <t>http://anytos.ru//upload/iblock/85a/oe61eiq6j3j69bf61f1jktocudlh1pud.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Wood quot;, под кожу, держатель для ручки, бордо, 117107</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Wood&amp;quot; имеет обложку из искусственной кожи, имитирующей структуру натурального дерева. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под благородное дерево и выполнена в стильном бордовом цвете. Подходит для горячего тиснения. Снабжен резинкой-фиксатором, благодаря чему ежедневник не откроется в сумке или портфеле. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Ежедневник снабжен справочным материалом. В конце есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010767</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2f/6z2b5sp7kfbpnsfacdjzkn3k1tyr465g.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Wood quot;, под кожу, держатель для ручки, зеленый, 117109</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Wood&amp;quot; имеет обложку из искусственной кожи, имитирующей структуру натурального дерева. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под благородное дерево и выполнена в благородном зеленом цвете. Подходит для горячего тиснения. Снабжен резинкой-фиксатором, благодаря чему ежедневник не откроется в сумке или портфеле. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Ежедневник снабжен справочным материалом. В конце есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010768</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8e6/9jb7lu0tlnhxull7vhi5q1fo6ip3n3we.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/257/5b10e4rli41uwa5pnplte2pxo6g4rzek.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213мм BRAUBERG Senator, под кожу, зеленый, 117092</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Senator&amp;quot; предназначен для тех, кто обращает внимание на детали делового стиля. Обложка из материала, имитирующего гладкую глянцевую кожу, в сочетании с металлическими уголками делает его выразительным и практичным. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка благородного зеленого цвета стилизована под гладкую кожу. Подходит для горячего тиснения. Ежедневник имеет металлические уголки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Senator&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010771</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e7/yw7n18a3793d7lji971jgmd04knzon6p.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c5/sjxtvc12ok4vayn759its4yx9o20o6mw.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG твердый, фольга,  quot;Млечный путь quot;, 117345</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Млечный путь&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010773</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7fe/9u63o5e9mzda89t9cmymnomzzdzsh2q7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc1/ormwbcgs1gtnoa97wdumn0o18zc12yvp.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый,  quot;Букет quot;, 117339</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Букет&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010775</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ff/1e0ga2h2390lovj0xazz0tq6jx7hqsc7.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый,  quot;Живопись quot;, 117342</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Живопись&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010776</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d3/2xnq0dalrv8xiah3dhxwt32elm7piqrz.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый,  quot;Нежность quot;, 117347</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Нежность&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010777</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9f4/kmzy68krhnhwsrwru8xhu6v8c21xplqx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/522/c350ob8cy8s6aossey7xbiqaek6dzyaf.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый,  quot;Россия quot;, 117332</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Россия&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0be/vrwz1thfiynpqw6vn2hovarliqg9mcyd.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый, фольга,  quot;Гранаты quot;, 117333</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Гранаты&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010782</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40d/bg5x5wsjt815tz363e6ypatw0gj983so.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый, фольга,  quot;Инжир quot;, 117337</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Инжир&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a02/1pwesmncff7z1r9h05sjz5tb1hesdu0m.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый, фольга,  quot;Леопард quot;, 117334</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Леопард&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010784</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a6/6w7bi7lk09x7j476jti15h67wr6lchmd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/48f/sfeno4vf6b536skzd7g2zrngiyqr3qox.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый, фольга,  quot;Ромашки quot;, 117346</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Ромашки&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010786</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fd3/cv1p123hmv6aeeajzyylo2c0aev4tmxe.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/616/xcdxq3wa755zbnj4h1k0g2adtqf9v7zk.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Cayman quot;, под кожу, бордовый коричневый, 117044</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Cayman&amp;quot; отличается изысканным дизайном: обложка сочетает гладкую глянцевую поверхность с фактурой, имитирующей крокодиловую кожу, придавая изделию элегантность и солидность. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f2e/he0c2o88l207i4qt8ugwrp9v542y5ffn.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Cayman quot;, под кожу, бордовый черный, 117046</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Cayman&amp;quot; — это стильное и функциональное решение на каждый день. На каждой странице указаны число, день недели и месяц, что делает планирование максимально удобным. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице.Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90c/1m6thmnpil2w1owi4xnxmjmdsskm6xr4.jpg</t>
@@ -1442,143 +1157,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6eb/yldxhuispzhsh29gy6eyyrgcqkkwq0ev.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Comodo quot;, под кожу, черный, 117049</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; с обложкой, стилизованной под крокодиловую кожу, отличается изысканным внешним видом. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Материал обложки черного цвета подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010796</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/858/coahzbbr0ik6rhu1dxtwnj7nrwcv13ki.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;De Luxe quot;, под кожу, коричневый бежевый, 117053</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;De Luxe&amp;quot; – это сочетание гладкой глянцевой и рельефной кожи. Дизайн выгодно дополнен позолоченным боковым срезом. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу. Подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;De Luxe&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010797</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/81f/asppomkfasswumo5y21lbxptdyar25np.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fb9/6t0pnuk3c2tmwqoiq3c0oa0o838pqdvm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Favorite quot;, под кожу, коричневый, 117035</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; – надежный помощник делового человека, привыкшего тщательно планировать своё время. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Обложка с прошивкой по периметру имеет ярко выраженную текстуру под кожу, приятную на ощупь. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце ежедневника есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; – настоящая классика, проверенная временем. Он идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010800</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb0/tc52y6ytsht4p4vsd259npddq9r7me44.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Favorite quot;, под кожу, темно-синий, 117036</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; – надежный помощник делового человека, привыкшего тщательно планировать своё время. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Обложка с прошивкой по периметру имеет ярко выраженную текстуру под кожу, приятную на ощупь. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце ежедневника есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; – настоящая классика, проверенная временем. Он идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c3c/ngmq050dfjr350mr7ht3b654iv10u9f2.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Favorite quot;, под кожу, черный, 117037</t>
   </si>
   <si>
     <t>1010802</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/468/nvnfc72e90ts914zrmgy4ch7fc4q2uc0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ac/dr3ewmeplwpcstqthurk9xp5m7e1ky13.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Profile quot;, балакрон, мятный, 117074</t>
   </si>
   <si>
     <t>Обложка датированного ежедневника BRAUBERG &amp;quot;Profile&amp;quot; выполнена из приятного на ощупь рельефного материала, имитирующего фактурную кожу, и выдержана в актуальном мятном оттенке. Модель подойдёт тем, кто предпочитает сдержанный стиль и деловой формат. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Profile&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010804</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ba/rqnftz5llxuy1erizwem5qgudkxqmiai.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Profile quot;, балакрон, светло-розовый, 117075</t>
   </si>
   <si>
     <t>Обложка датированного ежедневника BRAUBERG &amp;quot;Profile&amp;quot; выполнена из приятного на ощупь рельефного материала, имитирующего фактурную кожу, и выдержана в нежном светло-розовом цвете. Модель подойдёт тем, кто предпочитает сдержанный стиль и деловой формат. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Profile&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010805</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a7c/j3ute4ibp4gq5zsywd22s612iec762xo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ba/4qrgwuxkqfa5kethhoclex34zdc3fx9r.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Rainbow quot;, под кожу, бирюзовый, 117076</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Rainbow&amp;quot; BRAUBERG с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу яркого бирюзового цвета. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010807</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94a/163dy4zp926ed8lhmvb1vr13sfp0txb8.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Rainbow quot;, под кожу, желтый, 117082</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Rainbow&amp;quot; BRAUBERG с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу яркого желтого цвета. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e17/43bbszsyrnfk5za4oekc12bf0fps7s3u.jpg</t>
@@ -1595,98 +1274,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d11/p3nhmprm30ja531kjgxh5o5pktj9qvwy.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Rainbow quot;, под кожу, розовый, 117078</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Raindow&amp;quot; BRAUBERG с яркой обложкой цвета &amp;quot;амарантовый маджента&amp;quot; предназначен для энергичных людей, стремящихся всё делать по максимуму, и эксцентричных натур, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010811</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f53/let3qisgz8wc0ruquyvjhv93wws7imdo.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Rainbow quot;, под кожу, сиреневый, 117080</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Rainbow&amp;quot; BRAUBERG с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу сиреневого цвета. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010812</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dde/ts1p6fajejie6acgmpj7n44vttaun2x6.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ab/qp405iqom5j1ubv89spr21urafa3iyx5.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Select quot;, балакрон, коричневый, 117087</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка благородного коричневого цвета с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4b/gq0etcqzmeq13izhup7hns9q0sp0gt1m.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Select quot;, балакрон, розовый, 117089</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка насыщенного розового цвета с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010818</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d9/m16lpnrqwlzg8c2fgqeuox9eajjc0b3b.jpg</t>
@@ -1799,98 +1430,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/24e/84bigcdjlxa07tnpoaccpsrx7clofm38.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Swirl quot;, под кожу, держатель для ручки, серый, 117482</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Swirl&amp;quot; подойдёт тем, кто привык планировать своё время и ценит порядок в делах. Строгий, но выразительный дизайн подчёркивает деловой характер модели. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в стильном сочетании серого и черного цветов. Обложка подходит для горячего тиснения. Ежедневник снабжён закладкой-ляссе и держателем для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010828</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d26/dtimm08rzc0epazvie58okuz3nh7swtz.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Swirl quot;, под кожу, держатель для ручки, синий, 117479</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Swirl&amp;quot; подойдёт тем, кто привык планировать своё время и ценит порядок в делах. Строгий, но выразительный дизайн подчёркивает деловой характер модели. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в стильном сочетании синего и черного цветов. Обложка подходит для горячего тиснения. Ежедневник снабжён закладкой-ляссе и держателем для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010829</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/37a/ba0yzhdfqma53ch3o96dytqi8kim42qa.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1a1/sweepah1bh33ugsayoeb2onel96r0nhm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 150x213 мм, BRAUBERG  quot;Up quot;, под кожу, софт-тач, держатель для ручки, красный, 117120</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; отличается оригинальным дизайном. Материал обложки &amp;quot;под кожу&amp;quot; с покрытием софт-тач делает ежедневник мягким, бархатистым, приятным на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;150х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в благородном красном цвете. Жёсткая книжная обложка с прошивкой по периметру имеет текстуру гладкой кожи и подходит для горячего тиснения. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010831</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/600/vagiqslf3p24v4c5rvhvsv020j158jpe.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 150x213 мм, BRAUBERG  quot;Up quot;, под кожу, софт-тач, держатель для ручки, серый, 117119</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; отличается оригинальным дизайном. Материал обложки &amp;quot;под кожу&amp;quot; с покрытием софт-тач делает ежедневник мягким, бархатистым, приятным на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;150х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в классическом сером цвете. Жёсткая книжная обложка с прошивкой по периметру имеет текстуру гладкой кожи и подходит для горячего тиснения. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010832</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b3c/4auhgx8on80m0459r3ng8ik0uuw11jcr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/980/fd3onh56a88n8qn4rgz04shzxb9dc5o1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 150x213 мм, BRAUBERG  quot;Up quot;, под кожу, софт-тач, держатель для ручки, черный, 117116</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; отличается оригинальным дизайном. Материал обложки &amp;quot;под кожу&amp;quot; с покрытием софт-тач делает ежедневник мягким, бархатистым, приятным на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;150х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в классическом черном цвете. Жёсткая книжная обложка с прошивкой по периметру имеет текстуру гладкой кожи и подходит для горячего тиснения. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a94/s62q4qlo83dkcshuwk8bs8bkzmkd1ozs.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Augustus quot;, под кожу, голубой, 117165</t>
   </si>
   <si>
     <t>Еженедельники серии &amp;quot;Augustus&amp;quot; от BRAUBERG обладают особым шармом и неповторимой изысканностью, а насыщенные цвета придают аксессуарам неподдельный шик. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под кожу с текстурной выработкой, фиксируется магнитной застежкой, поэтому еженедельник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Еженедельник выполнен в голубом цвете. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Augustus&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010835</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e6/85bb92fuz9nuu9aqivr2ffnycag8wi5i.jpg</t>
@@ -1943,122 +1550,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/769/u1swhot9jgwvo2j7yaagazyhkn0rpngo.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Comodo quot;, под кожу, темно-коричневый, 117166</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; – великолепная возможность прикоснуться к легендарной рептилии. Обложка, стилизованная под кожу крокодила, и насыщенный цвет делают этот деловой аксессуар изысканным. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка темно-коричневого цвета, стилизованная под кожу крокодила, подходит для горячего тиснения. Срез еженедельника покрыт золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1010842</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/092/0q7i4trs36tal9xlqnm26wwkt1f6xeya.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Comodo quot;, под кожу, темно-синий, 117167</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; – великолепная возможность прикоснуться к легендарной рептилии. Обложка, стилизованная под кожу крокодила, и насыщенный цвет делают этот деловой аксессуар изысканным. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка благородного темно-синего цвета, стилизованная под кожу крокодила, подходит для горячего тиснения. Срез еженедельника фольгирован покрыт фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1010843</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/317/lkew8hdgtybjl20q2nz4lamse2yi43c2.jpg</t>
-[...2 lines deleted...]
-    <t>Еженедельник датированный 2026 с резинкой 171х93 мм, BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Гранат quot;, 117351</t>
+    <t>http://anytos.ru//upload/iblock/169/y0qanrphs69bykdbzuhsdbd2mawpnaw2.jpg</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 с резинкой 171х93 мм, BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Леопард quot;, 117356</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник с резинкой BRAUBERG &amp;quot;Леопард&amp;quot; создан для тех, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 60 г/м2. Благодаря малому формату &amp;#40;171х93 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах.Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долговечность при активном использовании.Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Еженедельник снабжен справочным материалом.</t>
+  </si>
+  <si>
+    <t>1010847</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bce/ybe4u8xfh94b51efsejf11jgu1zpbnui.jpg</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 с резинкой 171х93 мм, BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Минимализм quot;, 117350</t>
   </si>
   <si>
     <t>Датированный еженедельник с резинкой BRAUBERG &amp;quot;Гранат&amp;quot; создан для тех, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 60 г/м2. Благодаря малому формату &amp;#40;171х93 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах.Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долговечность при активном использовании.Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Еженедельник снабжен справочным материалом.</t>
   </si>
   <si>
-    <t>1010845</t>
-[...22 lines deleted...]
-  <si>
     <t>1010848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/632/jf15raoup3rj4bk1i37zw9y6bb0l94r0.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 с резинкой 171х93 мм, BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Мрамор quot;, 117352</t>
   </si>
   <si>
     <t>Датированный еженедельник с резинкой BRAUBERG &amp;quot;Мрамор&amp;quot; создан для тех, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 60 г/м2. Благодаря малому формату &amp;#40;171х93 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах.Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долговечность при активном использовании.Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Еженедельник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010849</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0b7/8imacjd8u8ygexnwlpjatzuhj4r97cmt.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b70/0ur5wce4l57zlq6c59thvgtk228e5g49.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 с резинкой 171х93 мм, BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Цветы quot;, 117348</t>
   </si>
   <si>
     <t>Датированный еженедельник с резинкой BRAUBERG &amp;quot;Цветы&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 60 г/м2. Благодаря малому формату &amp;#40;171х93 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах.Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долговечность при активном использовании.Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Еженедельник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010853</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcf/5o38dd0a5lc8g4kx4p72q8n5bbp98l3g.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Iguana quot;, под кожу, коричневый, 117169</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Iguana&amp;quot; отличается модной фактурой и глубоким насыщенным цветом, придающим изделию элегантность, загадочность и изысканный вид. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под кожу рептилии, имеет благородный коричневый цвет и подходит для горячего тиснения. Срез еженедельника украшен золотым фольгированием – это подчеркивает премиальность изделия. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Справочный материал расширяет функциональность еженедельника. Датированный еженедельник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010854</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f0/2po0f0o3hnpyuhs0d3zdzxxz91m4f8u2.jpg</t>
@@ -2099,183 +1673,141 @@
   <si>
     <t>http://anytos.ru//upload/iblock/481/rfdn3qoh8w3n0pz9wo4d2ejjc13eg8sa.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Imperial quot;, под кожу, коричневый, 117173</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения подчеркнет солидность владельца этого делового аксессуара. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, выполнена в благородном коричневом цвете и подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010858</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c9/gpakgax9oeh04e6xmcna1taemnh72142.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Imperial quot;, под кожу, черный, 117175</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения подчеркнет солидность владельца этого делового аксессуара. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, выполнена в классическом черном цвете и подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010860</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9a4/z3pj1ris6nz45x5qcpwqcsiry63suyuu.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026г., А4, 176л., твердый переплет, кожзам, BG  quot;Winner. Bright blue quot;, синий</t>
+  </si>
+  <si>
+    <t>Элегантный датированный ежедневник на 2026 год BG формата А4 серии Winner в твёрдой обложке синего цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 205*290 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А4; • Размер: 205*290 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: синий.</t>
+  </si>
+  <si>
+    <t>1011218</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5f7/9qtmhzsg72wt67aj33kabnidm8tuc85c.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026г., А5, 176л., твердый переплет, кожзам, BG  quot;Winner. Bright blue quot;, синий</t>
   </si>
   <si>
     <t>Элегантный датированный ежедневник на 2026 год BG формата А5 серии серии Winner в твёрдой обложке синего цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 145*205 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А5; • Размер: 145*205 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: синий.</t>
   </si>
   <si>
     <t>1011220</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ebb/ky07l0axpsd4stsnwg4hyx0oo8vbu66d.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026г., А5, 176л., твердый переплет, кожзам, BG  quot;Winner. Dark teal quot;, темно-бирюзовый</t>
   </si>
   <si>
     <t>Элегантный датированный ежедневник на 2026 год BG формата А5 серии серии Winner в твёрдой обложке тёмно-бирюзового цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 145*205 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А5; • Размер: 145*205 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: тёмно-бирюзовый.</t>
   </si>
   <si>
     <t>1011222</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/40e/pbmypn2sb6r016aeh0t8yzi1fw2sghsf.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6e9/83gbofj5857fjwdepjmfivypmzp1ztrq.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026г., А5, 176л., твердый переплет, кожзам, BG  quot;Winner. Light teal quot;, светло-бирюзовый</t>
   </si>
   <si>
     <t>Элегантный датированный ежедневник на 2026 год BG формата А5 серии серии Winner в твёрдой обложке бирюзового цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 145*205 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А5; • Размер: 145*205 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: бирюзовый.</t>
   </si>
   <si>
     <t>1011226</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/890/p349hdfaiy1z58brrvrdlaxjk0gd2a2h.jpg</t>
-[...32 lines deleted...]
-    <t>1011232</t>
+    <t>http://anytos.ru//upload/iblock/99b/5rvvo6bvuqy3sr6htel7f8jxfrzizzcg.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026г., А5, 176л., твердый переплет, кожзам, BG  quot;Winner. Violet quot;, бургунди</t>
+  </si>
+  <si>
+    <t>Элегантный датированный ежедневник на 2026 год BG формата А5 серии серии Winner в твёрдой обложке цвета бургунди, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 145*205 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А5; • Размер: 145*205 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: бургунди.</t>
+  </si>
+  <si>
+    <t>1011228</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5bd/m3n45d6g24aerpm46eq6nv6z88eae1ll.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026г., А6, 176л., твердый переплет, кожзам, BG  quot;Winner. Light teal quot;, светло-бирюзовый</t>
   </si>
   <si>
     <t>Элегантный датированный ежедневник на 2026 год BG формата А6 серии серии Winner в твёрдой обложке бирюзового цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 105*145 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А6; • Размер: 105*145 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: темно-бирюзовый.</t>
   </si>
   <si>
     <t>1011236</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/60c/sotvrltumx0hzoguul8owlofp2ucsgmm.jpg</t>
-[...20 lines deleted...]
-    <t>1011251</t>
+    <t>http://anytos.ru//upload/iblock/cfc/pl3gwxudc933r8n4rr4uz3o339xhmznh.jpg</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 БОЛЬШОЙ ФОРМАТ 210х297 мм, А4 BRAUBERG  quot;Favorite quot;, под кожу, синий, 117151</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник BRAUBERG &amp;quot;Favorite&amp;quot; выполнен в классическом стиле. Обложка с прошивкой по периметру имеет ярко выраженную текстуру под кожу, приятную на ощупь. Достойный выбор делового человека!&lt;br /&gt;
+&lt;br /&gt;
+Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря большому формату А4 &amp;#40;210х297 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка синего цвета, стилизованная под фактурную кожу, подходит для горячего тиснения.&lt;br /&gt;
+&lt;br /&gt;
+Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом.&lt;br /&gt;
+&lt;br /&gt;
+Датированный еженедельник BRAUBERG &amp;quot;Favorite&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
+  </si>
+  <si>
+    <t>1011248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29f/8g4t3ywbbkzw57f2zrbh0sjlijcgqv4d.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;2026 quot;, 117323</t>
   </si>
   <si>
     <t>Датированный ежедневник STAFF в жестком книжном переплете надежен и практичен в применении. Внутренний блок включает 160 листов белой бумаги плотностью 60 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка покрыта глянцевой пленкой. Печать внутреннего блока – в одну краску.</t>
   </si>
   <si>
     <t>1011446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a16/e1182l388m37i73vbsqdpwio3v27x0rk.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Black style quot;, 117325</t>
   </si>
   <si>
     <t>1011447</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c14/j81qs4si1lgijs0ab0begxr1tg3h0bwq.jpg</t>
   </si>
@@ -2390,392 +1922,242 @@
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Магнолия quot;, 117326</t>
   </si>
   <si>
     <t>1011460</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/858/537r1f4mh6ltiduh6x61l4qwwlctkg4d.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Настроение quot;, 117320</t>
   </si>
   <si>
     <t>1011461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d8/100ncgfnw47yok693nqizlub4m4qqah9.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Розы quot;, 117322</t>
   </si>
   <si>
     <t>1011462</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dde/rmkl1e6zgw4k21bdz10hl85lu3fxowts.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ec3/ipu92p5vjww4smqasllmggb25v38044i.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Символика РФ quot;, 117314</t>
   </si>
   <si>
     <t>1011464</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/009/wf8ugafq7n6i690t067zf24k9rirmz28.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Туман quot;, 117313</t>
   </si>
   <si>
     <t>1011465</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ca/v621dg4waiax6g8gvej273k3rswx99xs.jpg</t>
-[...2 lines deleted...]
-    <t>Ежедневник датированный 2026 B6 125х173 мм, GALANT  quot;Vivid quot;, под кожу, зеленый, 117409</t>
+    <t>http://anytos.ru//upload/iblock/151/25i2vi6fnwnm4p98x1mkl8b06ka4a5cc.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 B6 125х173 мм, GALANT  quot;Vivid quot;, под кожу, розовый, 117411</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Vivid&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря небольшому формату B6 &amp;#40;125х173 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под текстурную кожу. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Помимо прочего, ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
-    <t>1011466</t>
+    <t>1011468</t>
   </si>
   <si>
     <t>&lt;a href="/brands/galant/"&gt;GALANT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/16c/1g2n1njvkp0dzhkbj8ri910okh73vitd.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f3d/ugserxg1rz8wf942isfharcd1yhw81na.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм BRAUBERG Sparkle, под кожу, блестки, фиолетовый, 117438</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Sparkle&amp;quot; с необычной яркой обложкой, имитирующей блестки в лаковой заливке, предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу с глиттером стильного фиолетового цвета. Подходит для тиснения фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Sparkle&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011471</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/833/4oybjcf3x2thogprupqdm7mn7nu5mpq6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7f6/k2drfuq27pyqx01mkzvv9d8i4zi12uvt.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Foliage quot;, под кожу, гибкий, желтый, 117130</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; предназначен для творческих людей или тех, кто хочет выделяться среди других. Обложка ежедневника оформлена оригинальным тиснением, что подчеркивает индивидуальность его обладателя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Мягкая &amp;#40;интегральная&amp;#41; обложка по-летнему яркого желтого цвета под гладкую кожу имеет декоративное тиснение, что придает ежедневнику особый шарм. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011473</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bea/2j23kpuhk9rywkuk1k1lpw7tfjrz8ini.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Foliage quot;, под кожу, гибкий, зеленый, 117128</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; предназначен для творческих людей или тех, кто хочет выделяться среди других. Обложка ежедневника оформлена оригинальным тиснением, что подчеркивает индивидуальность его обладателя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Мягкая &amp;#40;интегральная&amp;#41; обложка, выполненная в зеленом цвете под гладкую кожу, имеет декоративное тиснение, что придает ежедневнику особый шарм. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011474</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6bf/eh0lufip4z7dt7t3rgtjot7zy9hne08k.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Foliage quot;, под кожу, гибкий, розовый, 117129</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; предназначен для творческих людей или тех, кто хочет выделяться среди других. Обложка ежедневника оформлена оригинальным тиснением, что подчеркивает индивидуальность его обладателя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Мягкая &amp;#40;интегральная&amp;#41; обложка нежного розового цвета под гладкую кожу имеет декоративное тиснение, что придает ежедневнику особый шарм. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011475</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e44/8b2kupz3epophyuzs32atdeaast4ufd4.jpg</t>
-[...14 lines deleted...]
-    <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Goldy quot;, под кожу, цветной срез, красный, 117471</t>
+    <t>http://anytos.ru//upload/iblock/7bc/ummybhlrtitxrv5706u8p66trvglskdf.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Goldy quot;, под кожу, цветной срез, синий, 117472</t>
+  </si>
+  <si>
+    <t>Датированный ежедневник BRAUBERG &amp;quot;Goldy&amp;quot; выполнен в оригинальном дизайне. Непревзойденное качество исполнения придаёт ему роскошный и стильный вид. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, тисненная золотой фольгой, стилизована под гладкую кожу с покрытием SoftTouch, которое обеспечивает обложке мягкий, бархатистый тактильный эффект, делая ее приятной на ощупь. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле, и страницы не помнутся. Материал обложки подходит для горячего тиснения. Цветной срез в цвет обложки придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Goldy&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
+  </si>
+  <si>
+    <t>1011478</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65b/xc03olrsrt355zgeu2vq8phiww2tigaz.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Goldy quot;, под кожу, цветной срез, черный, 117470</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Goldy&amp;quot; выполнен в оригинальном дизайне. Непревзойденное качество исполнения придаёт ему роскошный и стильный вид. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, тисненная золотой фольгой, стилизована под гладкую кожу с покрытием SoftTouch, которое обеспечивает обложке мягкий, бархатистый тактильный эффект, делая ее приятной на ощупь. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле, и страницы не помнутся. Материал обложки подходит для горячего тиснения. Цветной срез в цвет обложки придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Помимо прочего, ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Goldy&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
-    <t>1011477</t>
-[...19 lines deleted...]
-  <si>
     <t>1011479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5a/sveu4t8hs4y781nzvo6n7yh1ejxhk6wq.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Inspiration quot;, под кожу, цветной срез, бирюза, 117476</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Inspiration&amp;quot; выполнен в оригинальном стиле. Непревзойденное качество исполнения и креативный дизайн этого делового аксессуара обязательно порадуют его владельца и добавят ему солидности. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу бирюзового цвета. Материал обложки подходит для горячего тиснения. Для удобства пользования ежедневник снабжен держателем для ручки. Цветной срез в контраст обложки придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Inspiration&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011480</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d11/tospysy71gxemryp1046d3oweuhq1qcs.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/682/t3rw33g1emlxy93qzjqxk37j0fb4oicv.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Inspiration quot;, под кожу, цветной срез, черный, 117473</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Inspiration&amp;quot; выполнен в оригинальном стиле. Непревзойденное качество исполнения и креативный дизайн этого делового аксессуара обязательно порадуют его владельца и добавят ему солидности. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу черного цвета. Материал обложки подходит для горячего тиснения. Для удобства пользования ежедневник снабжен держателем для ручки. Цветной срез в контраст обложки придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок. Датированный ежедневник BRAUBERG &amp;quot;Inspiration&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc1/3z2j1meujkbpyjchl4tn060lp7su92i1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Legend quot;, под кожу, застежка, коричневый, 117071</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Legend&amp;quot; – надежный спутник делового человека, который привык тщательно планировать свое время. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка прошита по периметру, имеет легкую рельефную фактуру и напоминает натуральную кожу. Материал обложки подходит для горячего тиснения. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Legend&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0b/4z34v191fwfsh1ese9j6r67hyzgifusi.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Legend quot;, под кожу, застежка, серый, 117068</t>
   </si>
   <si>
     <t>1011487</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e50/b44tz5i25e1hz1lqvajv6vwxhc3qlzau.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/03a/cft8c9g8if0vhi196qstixp8vjihuq23.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Legend quot;, под кожу, застежка, фиолетовый, 117069</t>
   </si>
   <si>
     <t>1011489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/500/84neuwj9768tzio747avs90mxc1gcpl1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Legend quot;, под кожу, застежка, черный, 117070</t>
   </si>
   <si>
     <t>1011490</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/174/yyraptywyx7t645mu6ird9kbpwc1e33b.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Metropolis Mix quot;, под кожу, гибкий, голубой, 117444</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Обложка из материала &amp;quot;под кожу&amp;quot; приятна на ощупь. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Мягкая интегральная обложка стилизована под гладкую кожу нежного голубого цвета. Материал обложки подходит для горячего тиснения. Срез и форзац ежедневника окрашены в контрастный с обложкой цвет, что придает изделию особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Metropolis Mix&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ba/hs2um6nehe1p8sb2q64kqgdq4p0tk2ln.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Metropolis Mix quot;, под кожу, гибкий, желтый, 117441</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Обложка из материала &amp;quot;под кожу&amp;quot; приятна на ощупь. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Мягкая интегральная обложка стилизована под гладкую кожу неординарного желтого цвета. Материал обложки подходит для горячего тиснения. Срез и форзац ежедневника окрашены в контрастный с обложкой цвет, что придает изделию особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Metropolis Mix&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011492</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e81/06nuoh7ndrkcp1f1u5hm7lc2dv7wejkl.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/908/brqgx4xdp59qq33fyitf98wfrx0z1pwt.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу твердый,  quot;Pastel quot;, 117458</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Vista&amp;quot; выполнен в классическом стиле. Обложка из материала &amp;quot;под кожу&amp;quot; имеет дизайнерский принт и приятна на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу. Материал обложки подходит для горячего тиснения. Цветные форзац и срез придают ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Vista&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011495</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0b/7dff4pbxibzpzawcu07lb8b09bcogkdq.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу твердый,  quot;Serenity quot;, 117459</t>
   </si>
   <si>
     <t>1011496</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/625/yglts6ylqfut0q3aa42hsruwnsg1lws1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу твердый,  quot;Tenderness quot;, 117455</t>
@@ -2822,86 +2204,59 @@
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, гибкий,  quot;Majestic horse quot;, 117448</t>
   </si>
   <si>
     <t>1011501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23d/o15ehtskmllgbkkqretzjs5zi1cf11mz.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, гибкий,  quot;Mist quot;, 117450</t>
   </si>
   <si>
     <t>1011502</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7eb/v9heb6e2mdxi5ocpwkpulucbx0q91p7w.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, гибкий,  quot;Pink marble quot;, 117446</t>
   </si>
   <si>
     <t>1011503</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2dd/mcbzaqng1gwb7ims9ttcxvv8fvodm35e.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1fb/h3rsqzp7ym4bjoxup09clqbg00ynaohx.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, твердый,  quot;Black coal quot;, 117460</t>
   </si>
   <si>
     <t>1011507</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae0/4hqe314kxl1sibz56vcnqjbb2e31rp5p.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/809/56fbowhph0c8x0qogtnaujpakq233r32.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, твердый,  quot;Green marble quot;, 117456</t>
   </si>
   <si>
     <t>1011509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44b/nxi5a0xytsp1zl3ip8japphux7gojbd8.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, твердый,  quot;Pattern quot;, 117457</t>
   </si>
   <si>
     <t>1011510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/074/ja3zjimnpkwriyre252o8630mec708ao.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138х213 мм, BRAUBERG  quot;Accent quot;, под кожу, держатель, бежевый коричневый, 117388</t>
   </si>
   <si>
     <t>Ежедневник датированный BRAUBERG &amp;quot;Accent&amp;quot; создан для тех, кому планирование дороже, чем импровизация. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под текстурную кожу и имеет интересную деталь в виде нашивки контрастного цвета. Подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Ежедневник снабжен справочным материалом. В конце имеются 4 страницы для записей и заметок.</t>
@@ -3116,182 +2471,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fd5/rl1ffecaexujx00tfqd5vbetrvgnasnt.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;CombiContract quot;, под кожу, коричневый, 117487</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Combi Contract&amp;quot; GALANT отличается классическим дизайном обложки. Материал с легкой рельефной фактурой под кожу сочетается с имитацией кожи крокодила. Для удобства использования внутренний блок имеет вырубку по месяцам. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка коричневого цвета состоит из двух материалов и стилизована под кожу крокодила со вставкой из материала под гладкую кожу. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011533</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e08/28zuqyveq22dgeciwtze0onx9kottkhy.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;CombiContract quot;, под кожу, темно-синий, 117486</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Combi Contract&amp;quot; GALANT отличается классическим дизайном обложки. Материал с легкой рельефной фактурой под кожу сочетается с имитацией кожи крокодила. Для удобства использования внутренний блок имеет вырубку по месяцам. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка темно-синего цвета состоит из двух материалов и стилизована под кожу крокодила с вставкой из материала под гладкую кожу. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011534</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0df/rhekb206li4u1q3soestdmnmx5t1hdl1.jpg</t>
-[...70 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e4/7emw5t6ew7oczdld82d0w48aj0q4gjy2.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Infinity Silver quot;, под кожу, красный, 117497</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка красного цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011541</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd0/161we7he0h24tl0j2pzj446947xywws1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Infinity Silver quot;, под кожу, серый, 117499</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка серого цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c16/jlfx7r25iaivvcxfer1ycypyts39fpdw.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Infinity Silver quot;, под кожу, синий, 117496</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка синего цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011543</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed9/1an1xj87owsil60y2wot09e75kgfzx9n.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Infinity Silver quot;, под кожу, черный, 117495</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка черного цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011544</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e8b/3cagffarowpp07l8b5du481w8ub4sec8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd9/qoko2g82s328hi5kfxczgwx9x0j1rbqu.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Magnetic quot;, под кожу, клапан, синий, 117485</t>
   </si>
   <si>
     <t>Датированный ежедневник &amp;quot;Magnetic&amp;quot; GALANT – надежный спутник делового и стильного человека. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная обложка стилизована под гладкую кожу синего цвета, фиксируется магнитным клапаном, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены в цвет обложки, что придает ему особый шарм.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/837/xq9st2vj6050xncbj6wf3klgzn9kaiqu.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Magnetic quot;, под кожу, клапан, черный, 117483</t>
   </si>
   <si>
     <t>Датированный ежедневник &amp;quot;Magnetic&amp;quot; GALANT – надежный спутник делового и стильного человека. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная обложка стилизована под гладкую кожу черного цвета, фиксируется магнитным клапаном, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены в цвет обложки, что придает ему особый шарм.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011547</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e3/2r5y8oyo44y3hdte527hznkne4he87ie.jpg</t>
@@ -3332,353 +2603,212 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bca/3cbn2vpc16ljnnvdrg38mmzs2gf9ge9u.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Ritter quot;, под кожу, темно-синий, 117492</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Ritter&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка темно-синего цвета прошита по периметру и стилизована под гладкую кожу. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/783/egufdf494xchaspudrddu7ljsyflqecj.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Ritter quot;, под кожу, черный, 117491</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Ritter&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка черного цвета прошита по периметру и стилизована под гладкую кожу. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011552</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/309/a4h6zzrg0ubl5mxujbt1rrre1863jwq3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3f6/g2xexqlwc0ejg1diw8ucskqu4nhg2twa.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218мм GALANT  quot;Infinity Silver quot;, под кожу, фиолетовый, 117498</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка фиолетового цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011554</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dd8/jtw9mr0k4omnpxzjce0t0cfvzs17zdry.jpg</t>
-[...58 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/806/db2i5pzl3c27iwzj2x55lp766m22j5z9.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 БОЛЬШОЙ ФОРМАТ 210х297 мм, А4, BRAUBERG  quot;Imperial quot;, под кожу, бордо, 117248</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения подчеркивает солидность владельца этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря большому формату А4 &amp;#40;210х297 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу бордового цвета. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011561</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/88a/ok3p1mgq26oo1rlw6tm6oryl9zvj5g2a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/92d/guwvfzjplttbkaeje6auq3bq42xqvlsv.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 БОЛЬШОЙ ФОРМАТ 210х297мм А4, BRAUBERG Comodo, под кожу, черный, 117242</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; с обложкой, стилизованной под крокодиловую кожу, отличается изысканным внешним видом. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря большому формату А4 &amp;#40;210x297 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу крокодила классического черного цвета. Материал обложки подходит для горячего тиснения.Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8a/3iuf8kzrwq07y7jwq5c8zizwi331oaq3.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Wood quot;, под кожу, коричневый, 117263</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG серии &amp;quot;Wood&amp;quot; создан для тех, кто любит натуральное. Обложка изготовлена из искусственной кожи, имитирующей структуру натурального дерева. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка коричневого цвета стилизованная под благородное дерево. Подходит для горячего тиснения. Снабжен резинкой-фиксатором, благодаря чему ежедневник не откроется в сумке или портфеле.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Wood&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011564</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/53e/bjuaoas4rf152qqjbwd6curycr4jw8ss.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0d4/ie351c27q7flvo5dxw4zr0eovdv2ka4f.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Assistant quot;, под кожу, держатель, розовый, 117377</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Assistant&amp;quot; с оригинальным дизайном обложки. Приятная на ощупь обложка дополнена удобным держателем для ручки. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу с мягкой подложкой. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки на обложке ежедневника для удобства пользователя. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Assistant&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011568</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72e/n17jmbjimmg41wzcmjdreohkisohuksz.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Assistant quot;, под кожу, держатель, серый, 117378</t>
   </si>
   <si>
     <t>1011569</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2a/v9imjo2d7ip5bjmtwrnd13bipi9ujj4b.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Assistant quot;, под кожу, держатель, синий, 117375</t>
   </si>
   <si>
     <t>1011570</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ac7/bb2lgi5qz2xi9hshubntx3w8hon6xs5u.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f71/tpa33ha2apebmw0r3k92td9zk3cj6huq.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Control quot;, под кожу, держатель для ручки, зеленый, 117123</t>
   </si>
   <si>
     <t>Классический ежедневник BRAUBERG &amp;quot;Control&amp;quot; создан для максимального удобства пользователя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка насыщенного зеленого цвета стилизована под искусственную кожу с мелким рисунком. Обложка фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения. Ежедневник снабжен держателем для фиксации ручки и обширным справочным материалом. В конце имеются 4 страницы для записей и заметок. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Датированный ежедневник BRAUBERG &amp;quot;Control&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011572</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db0/hdfytrunzcqfg7xkln387c61ysioobd0.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Control quot;, под кожу, держатель для ручки, коричневый, 117122</t>
   </si>
   <si>
     <t>Классический ежедневник BRAUBERG &amp;quot;Control&amp;quot; создан для максимального удобства пользователя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка благородного коричнево цвета стилизована под искусственную кожу с мелким рисунком. Обложка фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения.Ежедневник снабжен держателем для фиксации ручки и обширным справочным материалом. В конце имеются 4 страницы для записей и заметок. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Датированный ежедневник BRAUBERG &amp;quot;Control&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011573</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c22/zj9zfvnr01c4qdqqlfaj9s4esqlq1rr2.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Control quot;, под кожу, держатель для ручки, красный, 117124</t>
   </si>
   <si>
     <t>Классический ежедневник BRAUBERG &amp;quot;Control&amp;quot; создан для максимального удобства пользователя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка благородного бордового цвета стилизована под искусственную кожу с мелким рисунком. Обложка фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения. Ежедневник снабжен держателем для фиксации ручки и обширным справочным материалом. В конце имеются 4 страницы для записей и заметок. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Датированный ежедневник BRAUBERG &amp;quot;Control&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011574</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a1e/vhqxibeyh5mctn7dz1r0dap5z9jumcz0.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Control quot;, под кожу, держатель для ручки, синий, 117121</t>
+  </si>
+  <si>
+    <t>Классический ежедневник BRAUBERG &amp;quot;Control&amp;quot; создан для максимального удобства пользователя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка благородного синего цвета стилизована под искусственную кожу с мелким рисунком. Обложка фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения. Ежедневник снабжен держателем для фиксации ручки и обширным справочным материалом. В конце имеются 4 страницы для записей и заметок. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Датированный ежедневник BRAUBERG &amp;quot;Control&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
+  </si>
+  <si>
+    <t>1011575</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/55c/ivwhupmehlv59gpf0j76n84qjsekr3nm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Control quot;, под кожу, держатель для ручки, сиреневый, 117125</t>
   </si>
   <si>
     <t>Классический ежедневник BRAUBERG &amp;quot;Control&amp;quot; создан для максимального удобства пользователя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка в нежном сиреневом цвете стилизована под искусственную кожу с мелким рисунком. Обложка фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения. Ежедневник снабжен держателем для фиксации ручки и обширным справочным материалом. В конце имеются 4 страницы для записей и заметок. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Датированный ежедневник BRAUBERG &amp;quot;Control&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011576</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b7/m7w5x6ux2n7dvbkv5fsgi99twemx173c.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Control quot;, под кожу, держатель для ручки, черный, 117126</t>
   </si>
   <si>
     <t>Классический ежедневник BRAUBERG &amp;quot;Control&amp;quot; создан для максимального удобства пользователя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка классического черного цвета стилизована под искусственную кожу с мелким рисунком. Обложка фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения. Ежедневник снабжен держателем для фиксации ручки и обширным справочным материалом. В конце имеются 4 страницы для записей и заметок. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Датированный ежедневник BRAUBERG &amp;quot;Control&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011577</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/498/vsgb88z7i7wsrjo063hwkb1b7yvei1k1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Optimal quot;, под кожу, резинка, держатель для ручки, коричневый, 117468</t>
   </si>
   <si>
     <t>Серия &amp;quot;Optimal&amp;quot; создана для тех, кто выбирает натуральные материалы и ценит практичность. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страница снабжена перфорированным уголком. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под старую кожу в рубчик и выполнена в благородном коричневом цвете. Подходит для горячего тиснения.Модель оснащена резинкой-фиксатором, предотвращающей самопроизвольное открытие в сумке или портфеле. Также предусмотрены закладка-ляссе для быстрого доступа к нужной странице и держатель для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1011579</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/187/o4b0i9wbdchswfcx5f7c1kgjetdyw5al.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ef/gumb6pfkoaof8m7trydlsxyf8n5mdhca.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Optimal quot;, под кожу, резинка, держатель для ручки, черный, 117465</t>
   </si>
   <si>
     <t>Серия &amp;quot;Optimal&amp;quot; создана для тех, кто ценит естественность в дизайне и практичность в использовании. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страница снабжена перфорированным уголком. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под старую кожу в рубчик и выполнена в черном цвете. Подходит для горячего тиснения.Модель оснащена резинкой-фиксатором, предотвращающей самопроизвольное открытие в сумке или портфеле. Также предусмотрены закладка-ляссе для быстрого доступа к нужной странице и держатель для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1011583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5a/2j0p7t3uxfiltzzap1f59digz3r27ivn.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Pastel quot;, под кожу гибкий, бирюзовый, 117462</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Pastel&amp;quot; выполнен в классическом стиле. Материал &amp;quot;под кожу&amp;quot; с покрытием Soft Touch придаёт обложке мягкий, бархатистый тактильный эффект. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Мягкая интегральная обложка нежного пастельного бирюзового цвета стилизована под гладкую кожу. Материал обложки подходит для горячего тиснения. Цветной срез придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Pastel&amp;quot; идеально подойдет для офисных работников, людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011584</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/726/2efw7kp5hzgb34sbs7dld7mfhyw8jw0d.jpg</t>
@@ -3719,68 +2849,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/813/qjf3jtuobp1g57jjpidyvjcdoipk7r2a.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Sparkle quot;, под кожу, блестки, серебристый, 117440</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Sparkle&amp;quot; с необычной яркой обложкой, имитирующей блестки в лаковой заливке, предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу с глиттером благородного серебряного цвета. Подходит для тиснения фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Sparkle&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011588</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b43/41ji55jy46uvbkzjzz2jxrqosnfr6xrj.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Towny quot;, под кожу, клапан, белый, 117042</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Towny&amp;quot; создан для тех, кто ценит порядок во всех сферах жизни и предпочитает деловой стиль без избыточных акцентов. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, фиксируется магнитным клапаном, поэтому ежедневник не откроется самопроизвольно в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Также предусмотрена закладка-ляссе для быстрого доступа к нужной странице.Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Towny&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011589</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dff/e7auyyyd1r3xpsr5n6df7u4xxcu50eia.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c34/s3837tnoquj5nrsxnxkintzsxaqrqya9.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Essential quot;, под кожу, держатель, бежевый, 117396</t>
   </si>
   <si>
     <t>Ежедневник датированный BRAUBERG &amp;quot;Essential&amp;quot; создан для тех, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под текстурную кожу и имеет интересную деталь в виде корешка контрастного цвета. Поверхность подходит для горячего тиснения. Ежедневник снабжён двумя закладками-ляссе и держателем для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1011593</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/249/x6eowtce2d45mnzsd9ofxia81dg5al1e.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Essential quot;, под кожу, держатель, зеленый, 117398</t>
   </si>
   <si>
     <t>1011594</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd7/p1w22f64m6838wmeq9efy7ve03x9m88z.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Essential quot;, под кожу, держатель, розовый, 117395</t>
@@ -3869,86 +2981,83 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3f2/5v7qq38kf6623naqgp8zp9nuaoshburm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Impression quot;, под кожу, коричневый, 117511</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Impression&amp;quot; выполнен в классическом стиле. Отличается лаконичным дизайном и аккуратным исполнением. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу благородного коричневого цвета. Материал обложки подходит для горячего тиснения. Серебряный срез придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011604</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db7/sjxwedygep9cdnfnh4qaogvi81d9frfi.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Impression quot;, под кожу, розовый, 117514</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Impression&amp;quot; выполнен в классическом стиле. Отличается лаконичным дизайном и аккуратным исполнением. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу розового цвета. Материал обложки подходит для горячего тиснения. Серебряный срез придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011605</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c17/ttn8n0lcwrz2fjxmu80czdiecxbe2x3j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9df/a9y2q8ywjnvkz3luud81tar760rq4pqo.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Impression quot;, под кожу, черный, 117510</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Impression&amp;quot; выполнен в классическом стиле. Отличается лаконичным дизайном и аккуратным исполнением. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу строгого черного цвета. Материал обложки подходит для горячего тиснения. Серебряный срез придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011607</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e08/tz7iq19tkhnto5tudy45c5bjh8rbh443.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Plain quot;, под кожу, резинка, держатель для ручки, красный, 117508</t>
   </si>
   <si>
     <t>Ежедневник датированный BRAUBERG &amp;quot;Plain&amp;quot; создан для тех, кому планирование дороже, чем импровизация. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под текстурную кожу. Подходит для горячего тиснения. Снабжен резинкой-фиксатором, благодаря чему ежедневник не откроется в сумке или портфеле. Цветной срез придает ежедневнику особый шарм. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Ежедневник снабжен справочным материалом. В конце есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1011608</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6c9/9wg22hi20jx3nlfma7cqe2ddmpnt6hqt.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Plain quot;, под кожу, резинка, держатель для ручки, синий, 117506</t>
+  </si>
+  <si>
+    <t>1011609</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/861/z5oa6m0tkjnth21u07hldncyfm1ktu9q.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Plain quot;, под кожу, резинка, держатель для ручки, темно-зеленый, 117507</t>
   </si>
   <si>
     <t>1011610</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34f/jbnxl6mskc17gehf289t9cycpmq5jyca.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Plain quot;, под кожу, резинка, держатель для ручки, фиолетовый, 117509</t>
   </si>
   <si>
     <t>Ежедневник датированный BRAUBERG &amp;quot;Plain&amp;quot; создан для тех, кому надежное планирование дороже, чем импровизация. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под текстурную кожу. Подходит для горячего тиснения. Снабжен резинкой-фиксатором, благодаря чему ежедневник не откроется в сумке или портфеле. Цветной срез придает ежедневнику особый шарм. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Ежедневник снабжен справочным материалом. В конце есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1011611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/89c/y2hpz4oine8oobywtkmjjr0zwtkg4bds.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Plain quot;, под кожу, резинка, держатель для ручки, черный, 117505</t>
@@ -4022,167 +3131,116 @@
   <si>
     <t>Ежедневник датированный 2026, А5, 145х213 мм, BRAUBERG  quot;Jacket quot;, под кожу, клапан, держатель, красный, 117401</t>
   </si>
   <si>
     <t>1011619</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/391/kn3m59rq7cp1vew21ui3dwim82v58dws.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 145х213 мм, BRAUBERG  quot;Jacket quot;, под кожу, клапан, держатель, розовый, 117400</t>
   </si>
   <si>
     <t>1011620</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/010/8ib42ll236dcrnnx8xrcjh3ls5t1pp8s.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 145х213 мм, BRAUBERG  quot;Jacket quot;, под кожу, клапан, держатель, серый, 117403</t>
   </si>
   <si>
     <t>1011621</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/08b/0851otbe6z6o1v9h7yiii06zx85rs5ht.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc8/g36v2g5g2zu2ons8ryynf2khh01el0k7.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 151х213 мм, BRAUBERG  quot;Note quot;, под кожу, держатель для ручки, бежевый, 117521</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Note&amp;quot; выполнен в лаконичном дизайне. Обложка из материала, имитирующего гладкую кожу, придаёт изделию аккуратный деловой вид. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря классическому формату А5 &amp;#40;163х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу с легкой текстурной поверхностью, приятна на ощупь. Материал обложки подходит для горячего тиснения. Дополнениями являются две закладки-ляссе, с помощью которой при необходимости можно быстро открыть или зафиксировать нужную страницу, и держатель для ручки. Резинка-фиксатор не позволит ежедневнику открыться в сумке или портфеле, поэтому страницы не помнутся. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Note&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011623</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/750/9mkbnm72rtx6r6320niels8dcq9vg42w.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 151х213 мм, BRAUBERG  quot;Note quot;, под кожу, держатель для ручки, коричневый, 117515</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Note&amp;quot; выполнен в лаконичном дизайне. Обложка из материала, имитирующего гладкую кожу, придаёт изделию аккуратный деловой вид. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря классическому формату А5 &amp;#40;163х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу с легкой текстурной поверхностью, приятной на ощупь. Материал обложки подходит для горячего тиснения. Дополнениями являются две закладки-ляссе, с помощью которой при необходимости можно быстро открыть или зафиксировать нужную страницу, и держатель для ручки. Резинка-фиксатор не позволит ежедневнику открыться в сумке или портфеле, поэтому страницы не помнутся. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Note&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011624</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/74a/h7tuvbf0hv4kzv4pr7gklng43rp8wj19.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bfc/459xrg6ri83kil7sesxrb5f3v7wq4icu.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 151х213 мм, BRAUBERG  quot;Note quot;, под кожу, держатель для ручки, серо-голубой, 117520</t>
   </si>
   <si>
     <t>1011626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e81/3wnbu6dqugu2321m3tip94gt4hq8kehh.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 151х213 мм, BRAUBERG  quot;Note quot;, под кожу, держатель для ручки, серый, 117519</t>
   </si>
   <si>
     <t>1011627</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe3/vm33zzt2t3zz0wheqfq7vo73ofjzm2x3.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/72b/1gsozar7hktcr1mcqcx0zaw2kau6sw4x.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, БОЛЬШОЙ ФОРМАТ 210х297 мм, А4, BRAUBERG  quot;Comodo quot;, под кожу, синий, 117243</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; с обложкой, стилизованной под крокодиловую кожу, отличается изысканным внешним видом. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря большому формату А4 &amp;#40;210x297 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу крокодила классического синего цвета. Материал обложки подходит для горячего тиснения.Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011630</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/59c/ae4455fhraus5pbik3o3xjc2f606sp6q.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Favorite quot;, под кожу, коричневый, 117249</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; выполнен в классическом стиле. Обложка с прошивкой по периметру имеет ярко выраженную текстуру под кожу, приятную на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка благородного коричневого цвета стилизована под фактурную кожу. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Помимо прочего, ежедневник снабжен обширным справочным материалом. В конце ежедневника есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011631</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/62b/uqa27oq1gvhlnytw4vnw501nnxui72gj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2c7/n0ue7uo2d3zrs817br7r9fwkt56t2gtc.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Iguana quot;, под кожу, коричневый, 117253</t>
   </si>
   <si>
     <t>Кожа рептилий – вечный тренд, символ изысканного вкуса. Коллекция датированных ежедневников &amp;quot;Iguana&amp;quot; – очередное тому подтверждение. Модная фактура и насыщенные цвета придают изделиям особый шик и легкую загадочность. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка классического коричневого цвета стилизована под кожу рептилии. Подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Помимо прочего, ежедневник снабжен обширным справочным материалом. В конце ежедневника есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011633</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2eb/3ddu1m0ervgen8rvg0u0w7nbq1eqmh0z.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Iguana quot;, под кожу, черный, 117252</t>
   </si>
   <si>
     <t>Кожа рептилий – вечный тренд, символ изысканного вкуса. Коллекция датированных ежедневников &amp;quot;Iguana&amp;quot; – очередное тому подтверждение. Модная фактура и насыщенные цвета придают изделиям особый шик и легкую загадочность. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка классического черного цвета стилизована под кожу рептилии. Подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Помимо прочего, ежедневник снабжен обширным справочным материалом. В конце ежедневника есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011635</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e5/rw9id1gsczfrij8b4b7iq3odcaxl2zn6.jpg</t>
@@ -4199,122 +3257,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/57c/7j3ih6guud6rieqed3jvsr4croegxb5o.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Imperial quot;, под кожу, синий, 117255</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка благородного синего цвета стилизована под гладкую кожу. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011637</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e4/4pax03egb6c6b5tpvnakgf9qpzk0ief7.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Rainbow quot;, под кожу, желтый, 117258</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG серии &amp;quot;Rainbow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка яркого и неординарного желтого цвета стилизована под гладкую кожу. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011638</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b3/7b7b760g1cc86930rrv2qvxqjpszuf2w.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8a0/dleing1eglrg5j96r3pal80jpy74pxbb.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Rainbow quot;, под кожу, черный, 117257</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG серии &amp;quot;Rainbow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка черного цвета стилизована под гладкую кожу. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011640</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/795/6a3jspcnj9nmkzdpjh4knsre1n9sgfjy.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Select quot;, балакрон, желтый, 117261</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки - балакрон, подходит для тиснения только фольгой.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок. Выполнен в ярком и неординарном желтом цвете.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/967/k4hhk8uam60i0xv1r9lingfk01m8sr38.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Select quot;, балакрон, розовый, 117262</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки - балакрон, подходит для тиснения только фольгой.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок. Выполнен в розовом цвете.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011642</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f25/uqxul6es4m01qmhx0o6pji9k2z06n05p.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Select quot;, балакрон, темно-синий, 117259</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки - балакрон, подходит для тиснения только фольгой.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок. Выполнен в строгом темно-синем цвете.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011643</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c9/ah6fm0vnmkvv9ea21ieyktg339yh263t.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fe6/ihs6amadk28kwfcx8crs3hrahg8r57eb.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Party quot;, под кожу, белый, 117179</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Party&amp;quot; – это аксессуар для неординарных людей. Насыщенные цвета и выраженная текстура выгодно дополнены магнитной застежкой. Дизайн, выполненный под крокодиловую кожу, станет эффектным дополнением к офисному образу. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка белого цвета, стилизованная под кожу крокодила, фиксируется магнитной застежкой, поэтому еженедельник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Party&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесомю</t>
   </si>
   <si>
     <t>1011684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d4/j1xxl98m2q1gg9rrstgpv2d0xu0afb02.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Party quot;, под кожу, коралловый, 117178</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Party&amp;quot; – это аксессуар для неординарных людей. Насыщенные цвета и выраженная текстура выгодно дополнены магнитной застежкой. Дизайн, выполненный под крокодиловую кожу, станет эффектным дополнением к офисному образу. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка кораллового цвета, стилизованная под кожу крокодила, фиксируется магнитной застежкой, поэтому еженедельник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом. Выполнен в Датированный еженедельник BRAUBERG &amp;quot;Party&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011685</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65a/vpfxkyeyweg4iz7uwgoo9vrkpfjrzx25.jpg</t>
@@ -4343,74 +3377,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bdb/83r3ijxjn7gnid600kxjs4essj4tn43f.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Party quot;, под кожу, черный, 117180</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Party&amp;quot; – это аксессуар для неординарных людей. Сочные цвета и выраженная текстура выгодно дополнены магнитной застежкой. Дизайн, выполненный под крокодиловую кожу, станет эффектным дополнением к офисному образу. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка черного цвета, стилизованная под кожу крокодила, фиксируется магнитной застежкой, поэтому еженедельник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Party&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесомю</t>
   </si>
   <si>
     <t>1011688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf3/mlrwk9ewbiqu6p0hcefptfi9g5bg6g33.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 БОЛЬШОЙ ФОРМАТ 210х297 мм, А4 BRAUBERG  quot;Comodo quot;, под кожу, коричневый, 117152</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; имеет обложку, стилизованную под кожу крокодила, что вместе с насыщенным цветом делает этот деловой аксессуар очень изысканным. Внутренний блок включает 64 листа кремовой бумаги плотностью 70 г/м2. Благодаря большому формату А4 &amp;#40;210х297 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка коричневого цвета, стилизованная под кожу крокодила, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011689</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/17d/t3z3xoba2b9yf5wxg01kyshh9sz5n2b8.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/965/brx4o252b2fznh8804v2n8ae53t3jl6t.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Blaze quot;, фольга, бежевый, 117216</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Blaze&amp;quot; выполнен в оригинальном дизайне. Гибкая обложка стилизована под фактурную кожу с блеском. Имеет книжную ориентацию. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка бежевого цвета, стилизованная под фактурную кожу с блеском, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Blaze&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011692</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a6/qzsd85y5mdon7t49076czvyj3x1zeqtt.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Blaze quot;, фольга, голубой, 117214</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Blaze&amp;quot; выполнен в оригинальном дизайне. Гибкая обложка стилизована под фактурную кожу с блеском. Имеет книжную ориентацию. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка голубого цвета, стилизованная под фактурную кожу с блеском, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Blaze&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011693</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a4/1pwpqqnzs2xk3j0780ahj1kgbx8laaaw.jpg</t>
@@ -4487,98 +3497,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/da1/wwnl7kj2y7p88sm9frunxul2j5qeq0eg.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Imprint quot;, тиснение, фиолетовый, 117210</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imprint&amp;quot; выполнен в оригинальном дизайне. Гибкая обложка украшена дизайнерским тиснением. Имеет книжную ориентацию. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка фиолетового цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Imprint&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011700</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ff/i1zihed1l0uw8vn5p2b55qin7rd97fuy.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Imprint quot;, тиснение, черный, 117209</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imprint&amp;quot; выполнен в оригинальном дизайне. Гибкая обложка украшена дизайнерским тиснением. Имеет книжную ориентацию. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка черного цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Imprint&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011701</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/46d/1my8o9t0xcze3476q0my73esozr8ehif.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed9/w2z1mgfa8atehnzhmfmt96sq2egkb9wx.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Unique quot;, темно-коричневый, 117207</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Unique&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Имеет книжную ориентацию. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка темно-коричневого цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Unique&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011703</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/207/8qxez77d0zvam0zssl9ar8m0k98u2wwi.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Unique quot;, черный, 117208</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Unique&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Имеет книжную ориентацию. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка черного цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Unique&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011704</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/012/a8orovx8n6wusauggd1ko9lo71pgm425.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/415/a734w5oiq6mi5we3lu3tvy34rhoy7j27.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Augustus quot;, под кожу, черный, 117186</t>
   </si>
   <si>
     <t>Твердая обложка черного цвета еженедельника BRAUBERG &amp;quot;Augustus&amp;quot; стилизована под кожу с текстурной выработкой и фиксируется магнитной застежкой, поэтому еженедельник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;95х155 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b4/whb9fn3wqvhxtnxkysdoo7fmhxf6cpxl.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Foliage quot;, под кожу, бирюза, 117197</t>
   </si>
   <si>
     <t>Серия еженедельников &amp;quot;Foliage&amp;quot; бренда BRAUBERG предназначена для творческих людей или тех, кто хочет выделиться на фоне остальных. Обложка еженедельника оформлена оригинальным тиснением, что подчеркивает индивидуальность его обладателя. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;95х155 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Мягкая &amp;#40;интегральная&amp;#41; обложка бирюзового цвета под гладкую кожу имеет декоративное тиснение, что придает ежедневнику особый шарм. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Foliage&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/856/q6abhrh1zkw5ed6opehm78e5v12j7va6.jpg</t>
@@ -4595,83 +3581,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f1d/gwbxz50fm1ymkwzwce9a21tmxscg63su.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Foliage quot;, под кожу, зеленый, 117198</t>
   </si>
   <si>
     <t>Серия еженедельников &amp;quot;Foliage&amp;quot; бренда BRAUBERG предназначена для творческих людей или тех, кто хочет выделиться на фоне остальных. Обложка еженедельника оформлена оригинальным тиснением, что подчеркивает индивидуальность его обладателя. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;95х155 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Мягкая &amp;#40;интегральная&amp;#41; обложка зеленого цвета под гладкую кожу имеет декоративное тиснение, что придает ежедневнику особый шарм. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Foliage&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/742/q0t9vf90u8snckp1175fcw3mb0hhwmb0.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Foliage quot;, под кожу, розовый, 117199</t>
   </si>
   <si>
     <t>Серия еженедельников &amp;quot;Foliage&amp;quot; бренда BRAUBERG предназначена для творческих людей или тех, кто хочет выделиться на фоне остальных. Обложка еженедельника оформлена оригинальным тиснением, что подчеркивает индивидуальность его обладателя. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;95х155 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Мягкая &amp;#40;интегральная&amp;#41; обложка розового цвета под гладкую кожу имеет декоративное тиснение, что придает ежедневнику особый шарм. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Foliage&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011711</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/87a/pobuitth1cb3j2f9k36srizq575uqju8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a29/9w5thqfm1quwflcwhxjqx0xmr54ov509.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Vista quot;, под кожу  quot;Black marble quot;, 117203</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Vista&amp;quot; выполнен в оригинальном дизайне. Твердая обложка из материала &amp;quot;под кожу&amp;quot; украшена дизайнерским принтом, приятным на ощупь. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;95х155 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом.Датированный ежедневник BRAUBERG &amp;quot;Vista&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011713</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/01f/vekv3d1v64zsbu0t5w1wkx83vv87pqrr.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/72d/ytzrnbc929zi58oriom1kh7cfg2q2c49.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Wood quot;, под кожу, бордо, 117196</t>
   </si>
   <si>
     <t>Серия &amp;quot;Wood&amp;quot; бренда BRAUBERG создана для тех, кто любит натуральное. Обложка изготовлена из искусственной кожи, имитирующей структуру натурального дерева. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;95х155 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка бордового цвета стилизована под благородное дерево, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Wood&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011717</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73e/4ogppftlxdc537mqu8s00u35s8ztjsmo.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Wood quot;, под кожу, синий, 117195</t>
   </si>
   <si>
     <t>Серия &amp;quot;Wood&amp;quot; бренда BRAUBERG создана для тех, кто любит натуральное. Обложка изготовлена из искусственной кожи, имитирующей структуру натурального дерева. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;95х155 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка синего цвета, стилизованная под дерево, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Wood&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/053/tdkq6ik34vq6a39zne3ck8kk9hmw3gh3.jpg</t>
@@ -4688,180 +3653,1452 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a32/befmarlm7q912mjyxxuxghf3b8m9xztz.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Select quot;, балакрон, темно-синий, 117181</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу темно-синего цвета. Материал обложки – балакрон, он подходит для тиснения только фольгой. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011720</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/561/1bjlt7y1wlv45klonim74mjvqkfsd3lv.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Select quot;, балакрон, черный, 117182</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу черного цвета. Материал обложки – балакрон, он подходит для тиснения только фольгой. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011721</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/708/9emen2rf5pi2hid6zpcs1t3veq5abbej.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/06a/gw1w8gdrj8dgdjm54ccbqf5kscoypla3.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, БОЛЬШОЙ ФОРМАТ 210х297 мм, А4, BRAUBERG  quot;Imperial quot;, под кожу, синий, 117157</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Мягкая обложка с легкой рельефной фактурой, прошитая по периметру, и непревзойденное качество исполнения воплощают поистине имперскую роскошь делового аксессуара. Внутренний блок включает 64 листа кремовой бумаги плотностью 70 г/м2. Благодаря большому формату А4 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под фактурную кожу благородного синего цвета, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011726</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4d4/0ypg4qgipkzd1wr43r00o6feb7grery1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0b1/vdaoelibvehoyfadk1k8shcvlkbi42ua.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Imperial quot;, под кожу, синий, 117187</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Мягкая обложка с легкой рельефной фактурой, прошитая по периметру, и непревзойденное качество исполнения воплощают поистине имперскую роскошь делового аксессуара. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка классического синего цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011728</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab5/evabv3hliy17kz67wjlc1fct70b2li2z.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Rainbow quot;, под кожу, бирюза, 117189</t>
   </si>
   <si>
     <t>Еженедельник серии &amp;quot;Rainbow&amp;quot; бренда BRAUBERG с яркой бирюзовой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, подходит для горячего тиснения. Срез и форзац еженедельника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Rainbow&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011729</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ad/q6ifcstm45i4wwvndg3r4pmeu9ynbtce.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/163/9bnhu6z2gr7snqo5xwt0z0wh905godbc.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Rainbow quot;, под кожу, сиреневый, 117191</t>
   </si>
   <si>
     <t>Еженедельник серии &amp;quot;Rainbow&amp;quot; бренда BRAUBERG с яркой сиреневой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, подходит для горячего тиснения. Срез и форзац еженедельника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Rainbow&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011731</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a7a/tnhia0djoixzwzq61cmfekp2f4x2zwv9.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Select quot;, балакрон, бордо, 117194</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Select&amp;quot; выполнен в классическом стиле. Обложка бордового цвета имеет гладкую матовую поверхность, приятную на ощупь. Подходит практичным людям, ценящим лаконичность, комфорт и своё время. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/959/sa972dudpuujd7zqcchuj6by7vpuws83.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Select quot;, балакрон, черный, 117193</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Select&amp;quot; выполнен в классическом стиле. Обложка черного цвета имеет гладкую матовую поверхность, приятную на ощупь. Подходит практичным людям, ценящим лаконичность, комфорт и своё время. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011733</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab1/n4qn1ijd4f7quw92x1p27ffechx8aua2.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ, 95х155 мм, А6, BRAUBERG  quot;Select quot;, балакрон, темно-синий, 117192</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Select&amp;quot; выполнен в классическом стиле. Обложка темно-синего цвета имеет гладкую матовую поверхность, приятную на ощупь. Подходит практичным людям, ценящим лаконичность, комфорт и своё время. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011734</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fee/irjeacf1z2avk5n6a035r0xdr0ow4qdr.jpg</t>
-[...8 lines deleted...]
-    <t>1012902</t>
+    <t>http://anytos.ru//upload/iblock/782/1wj72lx2dp0aw9meyiqht5b1hoc30ym2.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ  quot;MEGAPOLIS LOFT quot;  ЧЕРНЫЙ  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ &amp;quot;MEGAPOLIS LOFT&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41; 2026</t>
+  </si>
+  <si>
+    <t>1013411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7b/vbzbigg6bpox5opdwuitza1424g6weha.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ  quot;MEGAPOLIS LOFT quot;  ГРАФИТОВЫЙ СЕРЫЙ  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ &amp;quot;MEGAPOLIS LOFT&amp;quot; &amp;#40;ГРАФИТОВЫЙ СЕРЫЙ&amp;#41; 2026</t>
+  </si>
+  <si>
+    <t>1013412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd0/5fnwkrkjapvvfwayxt32gisepe6gmbs2.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ  quot;MEGAPOLIS LOFT quot;  СИНИЙ  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ &amp;quot;MEGAPOLIS LOFT&amp;quot; &amp;#40;СИНИЙ&amp;#41; 2026</t>
+  </si>
+  <si>
+    <t>1013415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09d/5e3l3lqkjk37mtj1mj74ww0oerl2hx6d.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ  quot;MEGAPOLIS NAPPA quot;  СИНИЙ  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ &amp;quot;MEGAPOLIS NAPPA&amp;quot; &amp;#40;СИНИЙ&amp;#41; 2026</t>
+  </si>
+  <si>
+    <t>1013419</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/053/vh7szzq1cysdgx0ofb80ti47gpebtbvs.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Луговые травы quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник FLORA.Луговые травы»&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f6/8snn86xwbxiauatgkkx4xx8nm1oarkl0.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Summer Greens quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Summer Greens&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013424</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfe/tdgrplkkekcd5aobt2sgv13f17r59dwb.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Лесные ягоды quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Лесные ягоды&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013425</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91a/qhmhb3op72xcxw7h1y3lza0ajx11u45j.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Цветочная феерия quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Цветочная феерия&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/492/r0vu7ovlt8p6tebryu2jz3zdsivczqx6.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Lush Bouquet quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Lush Bouquet&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/834/dpkvifp6ycl3yg9cws0k1at27ack5ty3.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Цветочная страсть quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Цветочная страсть&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cec/x3t1xdaj8b8h4sqqwoaovfquofolvkn9.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Пионы quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Пионы&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aea/vork3ex1b992pire4ih7orvdik8l6ja5.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Attache А5, 180л, 143х210мм, Сиам, синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: синий. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016716</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b78/b5ycum115o8ftij2xe7oqcjruggwpv7q.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А4  210х297мм , 120л, бордовый 70207</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А4 120 листов бордовый&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, тиснение фольгой, металлический шильд по краю обложки, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, белый офсет 80 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016717</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/escalada/"&gt;Escalada&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0f/xn8138th77d048acd9f2gxxmzo1eltbe.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А4  210х297мм , 120л, черный 70205</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А4 120 листов чёрный&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, тиснение фольгой, металлический шильд по краю обложки, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, белый офсет 80 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016718</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87d/ym3ts7axlli6lo0wnan6dqo63ww5x6qt.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, бежевый 70270</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов бежевый&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65d/hkh7jk9rlpfhjqltr78el0ztianm32fa.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, голубой 70271</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов голубой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba0/ux1v1n5z1w5h1o01nih7v9u8rrbxv449.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, красный 70275</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов красный с фиксирующей резинкой &amp;#40;красный обрез&amp;#41;&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Отделка среза: окрашивание пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа, застёжка-резинка. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4e/gn8nbn8jfd56c9q2sk70hrmxt6ixlbv2.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, черный 70269</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9d/mdigw0d7ahdf22rhdq4qnbbfacd0lern.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, черный 70273</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов чёрный &amp;#40;чёрный обрез&amp;#41;&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Отделка среза: окрашивание пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа, застёжка-резинка. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016723</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/824/2e92h9i7xirly6a466j41fhrgc90k6sr.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126x174мм , 176л, бежевый 70294</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов бежевый&amp;nbsp;&amp;nbsp;Обложка: твёрдый переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, тонированный офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016724</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f53/ff4o9e40mrv8ilqf6h2k6jv48vikumvz.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126x174мм , 176л, красный 70293</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов красный&amp;nbsp;&amp;nbsp;Обложка: твёрдый переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, тонированный офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016725</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f75/hwungf6qgroi1laf227jos7dc7qexz76.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126x174мм , 176л, синий 70292</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов синий&amp;nbsp;&amp;nbsp;Обложка: твёрдый переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, тонированный офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4b/932oibtaddlusrm8b3i08xjct84alf45.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126х174мм , 176л, синий 70298</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов синий&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/424/jd74erru215v73drn16g4tunnk0wcc5q.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126х174мм , 176л, черный 70297</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов чёрный&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2f/f0aga1tmczn3hpyheb8xhpdt8jcjitsg.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 160л, на спир Universe I1753 black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Universe искусственная кожа А5 160 листов чёрный&amp;nbsp;&amp;nbsp;Коллекция «„Universe“» от Infolio — это поэма, посвящённая нашей уникальной Вселенной. Минималистичный дизайн обложек с эстетичной типографикой подарит вдохновение для изучения мира снаружи и внутри, ведь каждый из нас — целая Вселенная со своими мыслями, чувствами и уникальным опытом. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; на спирали будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с печатью имеет фигурный клапан на кнопке, который не позволит растрепаться страницам. Удобное крепление на полускрытой спирали позволит удалять ненужные листы, не повредив при этом сам блок. Датированный внутренний блок в линейку на 160 листов &amp;#40;320 страниц&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг и развороты для заметок в начале и конце блока.</t>
+  </si>
+  <si>
+    <t>1016729</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/infolio/"&gt;InFolio&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99d/jkalv3o5blhapaaum74pys3rfsl5muue.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 160л, на спир, Basic I1751emb black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Basic искусственная кожа А5 160 листов чёрный&amp;nbsp;&amp;nbsp;Модная коллекция «„Basic“» от Infolio воплощает идею минимализма, где красота заключается в простоте. Минимализм не означает отсутствие красок: в коллекции есть акценты в виде глубокого синего и чистого красного, а тиснение на корешке добавляет модную изюминку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; на спирали будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с печатью имеет фигурный клапан на кнопке, который не позволит растрепаться страницам. Удобное крепление на полускрытой спирали позволит удалять ненужные листы, не повредив при этом сам блок. Датированный внутренний блок в линейку на 160 листов &amp;#40;320 страниц&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг и развороты для заметок в начале и конце блока.</t>
+  </si>
+  <si>
+    <t>1016730</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc3/yjm2k4bi7a3mm2n2eeje6i8dapz3asm0.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 160л, на спир, Basic I1751emb blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Basic искусственная кожа А5 160 листов синий&amp;nbsp;&amp;nbsp;Модная коллекция «„Basic“» от Infolio воплощает идею минимализма, где красота заключается в простоте. Минимализм не означает отсутствие красок: в коллекции есть акценты в виде глубокого синего и чистого красного, а тиснение на корешке добавляет модную изюминку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; на спирали будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с печатью имеет фигурный клапан на кнопке, который не позволит растрепаться страницам. Удобное крепление на полускрытой спирали позволит удалять ненужные листы, не повредив при этом сам блок. Датированный внутренний блок в линейку на 160 листов &amp;#40;320 страниц&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг и развороты для заметок в начале и конце блока.</t>
+  </si>
+  <si>
+    <t>1016731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6de/fpdbzc6izn482jcnltww4nknxsewrltb.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 160л, на спир, Universe I1753 white</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Universe искусственная кожа А5 160 листов белый&amp;nbsp;&amp;nbsp;Коллекция «„Universe“» от Infolio — это поэма, посвящённая нашей уникальной Вселенной. Минималистичный дизайн обложек с эстетичной типографикой подарит вдохновение для изучения мира снаружи и внутри, ведь каждый из нас — целая Вселенная со своими мыслями, чувствами и уникальным опытом. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; на спирали будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с печатью имеет фигурный клапан на кнопке, который не позволит растрепаться страницам. Удобное крепление на полускрытой спирали позволит удалять ненужные листы, не повредив при этом сам блок. Датированный внутренний блок в линейку на 160 листов &amp;#40;320 страниц&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг и развороты для заметок в начале и конце блока.</t>
+  </si>
+  <si>
+    <t>1016732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/305/7cxye0uv2miexnr9lqe7tb5gq3jtxgrq.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, мягк Success I1719 wh-beige</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Success искусственная кожа А5 176 листов&amp;nbsp;&amp;nbsp;Коллекция «„Success“» от Infolio — это не просто ежедневники, а модные, но не вычурные аксессуары для офиса и дома. При создании этой коллекции мы вдохновлялись современными популярными сумочными брендами, где дизайнеры мастерски комбинируют материал, не боятся использовать белый и играют на оригинальном контрасте цвета. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая интегральная обложка из приятной искусственной кожи двух цветов с прострочкой и печатью имеет скруглённые уголки, которые не повредят подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016733</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ab/dit5gz3eu3jkirxk2zndms4ti6wk23q3.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, мягкий, Happiness I1732 blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Happiness искусственная кожа А5 176 листов&amp;nbsp;&amp;nbsp;Коллекция «„Happiness“» от Infolio — воплощение стиля и утончённости. Вдохновлённая популярной винтажной посудой, она гармонично впишется в современную жизнь, станет верным помощником и прекрасным аксессуаром. Почувствуйте роскошь, привнесите красоту в каждый день, позвольте каждой странице стать частью Вашей жизни! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с цветной печатью и тиснением фольгой имеет удобный кармашек для мелочей на нахзаце. А благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016734</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/036/a26a3r6y2dp3rjxomsstnswt8hepjj00.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, мягкий, Nightfall I1736 light</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Nightfall искусственная кожа А5 176 листов&amp;nbsp;&amp;nbsp;Nightfall«&amp;quot; от Infolio — это эмоциональная коллекция, созданная для того, чтобы наполнять каждый день внутренней силой и теплом. На обложках — авторские иллюстрации, а душевные фразы, укутывающие словно уютные объятия, напоминают, что даже в самые тёмные времена всегда найдётся место для надежды и света. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с цветной печатью и тиснением фольгой имеет удобный кармашек для мелочей на нахзаце и прямые уголки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016735</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c5/8vyx2ph2pzsc0gybujlktpfa7txfs13m.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, мягкий, Nightfall I1736 train</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Nightfall искусственная кожа А5 176 листов комбинированный&amp;nbsp;&amp;nbsp;Nightfall«&amp;quot; от Infolio — это эмоциональная коллекция, созданная для того, чтобы наполнять каждый день внутренней силой и теплом. На обложках — авторские иллюстрации, а душевные фразы, укутывающие словно уютные объятия, напоминают, что даже в самые тёмные времена всегда найдётся место для надежды и света. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с цветной печатью и тиснением фольгой имеет удобный кармашек для мелочей на нахзаце и прямые уголки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016736</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06d/b6onw2hpvxg2h0d9z0pnsn6wwc4xcjpw.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тв с рез, Explore I1715 black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Explore искусственная замша А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Explore«&amp;quot; от Infolio — элегантная коллекция для тех, кто стремится к новым горизонтам и смелым целям. Она вдохновляет на поиск идей, открытие возможностей и достижение большего. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая обложка из искусственной замши с тиснением фольгой имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Плотная резинка не позволит растрепаться страницам блока, а благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016737</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cd/81ysiycv8plr5n5e9g9tyvzkti422b5d.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тв, с рез, Explore I1715 blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Explore искусственная замша А5 176 листов синий&amp;nbsp;&amp;nbsp;Explore«&amp;quot; от Infolio — элегантная коллекция для тех, кто стремится к новым горизонтам и смелым целям. Она вдохновляет на поиск идей, открытие возможностей и достижение большего. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая обложка из искусственной замши с тиснением фольгой имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Плотная резинка не позволит растрепаться страницам блока, а благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016738</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/548/yukwnhdumf5k38qdpiz1o4eyrqvumqqc.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Britannia I1710 black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Britannia натуральная кожа А5 176 листов чёрный &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Britannia«&amp;quot; от Infolio — это настоящая премиальная классика во всех её проявлениях. Шикарный цвет кожи, золочёный обрез и блок цвета слоновой кости — вот, что создаёт аксессуар, который подчеркнёт статус и вкус владельца. Идеальный подарок для солидного мужчины! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из гладкой натуральной рециклированной кожи с прострочкой по периметру имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2 с окрашенным в золото обрезом. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016739</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4e/mbi7ozqt8blsb3ap0rvjvwzikgue1k6b.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Britannia I1710 blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Britannia натуральная кожа А5 176 листов синий &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Britannia«&amp;quot; от Infolio — это настоящая премиальная классика во всех её проявлениях. Шикарный цвет кожи, золочёный обрез и блок цвета слоновой кости — вот, что создаёт аксессуар, который подчеркнёт статус и вкус владельца. Идеальный подарок для солидного мужчины! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из гладкой натуральной рециклированной кожи с прострочкой по периметру имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2 с окрашенным в золото обрезом. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016740</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d51/6syhi99t05h60cdobl932zj6t727m2km.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Britannia I1710 bordo</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Britannia натуральная кожа А5 176 листов бордовый &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Britannia«&amp;quot; от Infolio — это настоящая премиальная классика во всех её проявлениях. Шикарный цвет кожи, золочёный обрез и блок цвета слоновой кости — вот, что создаёт аксессуар, который подчеркнёт статус и вкус владельца. Идеальный подарок для солидного мужчины! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из гладкой натуральной рециклированной кожи с прострочкой по периметру имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2 с окрашенным в золото обрезом. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016741</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3b/fjnw822uaprwrnf30zkp1fcwaaszhkse.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Britannia I1710 brown</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Britannia натуральная кожа А5 176 листов коричневый &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Britannia«&amp;quot; от Infolio — это настоящая премиальная классика во всех её проявлениях. Шикарный цвет кожи, золочёный обрез и блок цвета слоновой кости — вот, что создаёт аксессуар, который подчеркнёт статус и вкус владельца. Идеальный подарок для солидного мужчины! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из гладкой натуральной рециклированной кожи с прострочкой по периметру имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2 с окрашенным в золото обрезом. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016742</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35f/yunvsbsz74b0bvp7fmneydijhrhnyn0i.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Lozanna AZ2805 black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Lozanna искусственная кожа А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Коллекция «„Lozanna“» от Infolio выполнена в классическом деловом дизайне, который органично дополнен изысканным тиснением «„гусиная лапка“» по корешку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из классической искусственной кожи с декоративным тиснением по корешку и прострочкой по периметру имеет скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги белизной 100&amp;#37; и плотностью 70 г/м2. Информационный блок ежедневника включает в себя: календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеется одна удобная атласная закладка, которая поможет быстро найти нужный разворот.</t>
+  </si>
+  <si>
+    <t>1016743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/532/h90ds5mvxx8m1zhsvt257ge0qo5cvbg9.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Lozanna AZ2805 blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Lozanna искусственная кожа А5 176 листов синий&amp;nbsp;&amp;nbsp;Коллекция «„Lozanna“» от Infolio выполнена в классическом деловом дизайне, который органично дополнен изысканным тиснением «„гусиная лапка“» по корешку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из классической искусственной кожи с декоративным тиснением по корешку и прострочкой по периметру имеет скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги белизной 100&amp;#37; и плотностью 70 г/м2. Информационный блок ежедневника включает в себя: календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеется одна удобная атласная закладка, которая поможет быстро найти нужный разворот.</t>
+  </si>
+  <si>
+    <t>1016744</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc7/cjrvtlk1fjnnfo3xzup3k11cx6emgt0f.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Lozanna AZ2805 bordo</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Lozanna искусственная кожа А5 176 листов бордовый&amp;nbsp;&amp;nbsp;Коллекция «„Lozanna“» от Infolio выполнена в классическом деловом дизайне, который органично дополнен изысканным тиснением «„гусиная лапка“» по корешку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из классической искусственной кожи с декоративным тиснением по корешку и прострочкой по периметру имеет скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги белизной 100&amp;#37; и плотностью 70 г/м2. Информационный блок ежедневника включает в себя: календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеется одна удобная атласная закладка, которая поможет быстро найти нужный разворот.</t>
+  </si>
+  <si>
+    <t>1016745</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/465/2ka7cdulpx2v2x1svtel3bnpjsbpwt9d.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Lozanna AZ2805 brown</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Lozanna искусственная кожа А5 176 листов коричневый&amp;nbsp;&amp;nbsp;Коллекция «„Lozanna“» от Infolio выполнена в классическом деловом дизайне, который органично дополнен изысканным тиснением «„гусиная лапка“» по корешку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из классической искусственной кожи с декоративным тиснением по корешку и прострочкой по периметру имеет скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги белизной 100&amp;#37; и плотностью 70 г/м2. Информационный блок ежедневника включает в себя: календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеется одна удобная атласная закладка, которая поможет быстро найти нужный разворот.</t>
+  </si>
+  <si>
+    <t>1016746</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/542/uw8yodb7oux42o0j5plxn8cv408e3tsh.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  IDEAL NEW бордовый 3-344 04</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Ideal New балакрон А5 168 листов бордовый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Ideal New предназначен для структурирования задач и планирования дел на каждый день. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, что делает её удобной для повседневного использования. Обложка из балакрона бордового цвета оформлена в однотонном деловом стиле. Материал устойчив к истиранию и сохраняет аккуратный внешний вид даже при активной эксплуатации. Твёрдая основа и вертикальная ориентация обеспечивают удобство при работе с записями.&amp;nbsp;&amp;nbsp;Внутренний блок содержит 168 листов белой офсетной бумаги плотностью 60 г/кв. м, с линейной разметкой и печатью в две краски. Страницы соединены сшивкой, что повышает надёжность крепления. В ежедневнике предусмотрена датированная разметка на 2026 год, а также календарный блок на 2 года. Листы не имеют скруглённых углов, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016747</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0c/0o07mleeirocmuahph5hsavuy2m4iasv.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  IDEAL NEW коричневый 3-344 02</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Ideal New балакрон А5 168 листов коричневый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Ideal New предназначен для ведения записей и планирования на каждый день. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, что делает её удобной для использования в офисе и на выезде. Обложка из балакрона коричневого цвета оформлена в однотонном классическом дизайне и отличается высокой износостойкостью. Твёрдая основа и вертикальная ориентация обеспечивают комфорт при записи.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 60 г/кв. м с линейной разметкой и двухцветной печатью. Страницы скреплены сшивкой, что повышает надёжность конструкции. В ежедневнике предусмотрена датированная разметка на 2026 год и календарный блок на 2 года. Углы листов прямые, без скругления, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016748</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/695/llmih0q8t7ap3qs6p5gs5wun90o1gp2w.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  IDEAL NEW синий 3-344 05</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Ideal New балакрон А5 168 листов чёрный&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Ideal New подходит для планирования задач и ведения деловых записей. Модель выполнена в формате А5 с размером 14.6?20.6 см, что делает её удобной для повседневного использования. Твёрдая обложка из балакрона чёрного цвета оформлена в однотонном классическом стиле. Материал устойчив к истиранию и хорошо сохраняет внешний вид при регулярной эксплуатации. Вертикальная ориентация облегчает работу с записью информации.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 60 г/кв. м, разлинованных в линейку. Печать выполнена в две краски. Страницы надёжно скреплены сшивкой, что увеличивает срок службы изделия. В блоке предусмотрен календарь на 2 года.</t>
+  </si>
+  <si>
+    <t>1016749</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/088/jtrwyjcx8jdfaf2iagmiwr8w1m2k3f43.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  IDEAL NEW черный 3-344 03</t>
+  </si>
+  <si>
+    <t>1016750</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f4/x3gbn5r9j62fy58yda8lacqal8frmbdz.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA бордо, золот обрез 3-125 01</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов бордовый &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska предназначен для системного планирования задач в деловой и личной сфере. Модель оформлена в формате А5 и имеет размер 14.5?20.5 см, подходящий для повседневного использования. Обложка выполнена из искусственной кожи бордового цвета с однотонным дизайном. Она дополнена прострочкой по периметру, что повышает её прочность и придаёт изделию аккуратный вид. Твёрдая основа и вертикальная ориентация обеспечивают удобство при записи.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 70 г/кв. м с линейной разметкой и печатью в две краски. Ежедневник содержит датированную разметку на 2026 год и календарный блок на 2 года, а также раздел со справочной информацией. Цветной золотистый обрез придаёт изделию выразительный внешний вид. Скруглённые углы листов снижают риск повреждения бумаги при ежедневном использовании. Блок зафиксирован с помощью сшивки, что обеспечивает надёжность крепления. Встроенная закладка-ляссе помогает быстро находить нужную страницу.</t>
+  </si>
+  <si>
+    <t>1016751</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/831/vqixhtl83yjwcbbbe0vebhq28kac1r2p.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA зеленый, зол обрез 3-125 05</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов зелёный &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska подходит для планирования дел и ведения записей в течение всего года. Изделие выполнено в формате А5 и имеет размер 14.5?20.5 см, что делает его удобным для повседневного использования. Обложка из искусственной кожи зелёного цвета оформлена в однотонном дизайне и дополнена прострочкой по периметру, что придаёт изделию аккуратный внешний вид и защищает от износа. Твёрдая основа и вертикальная ориентация обеспечивают комфортное использование как в офисе, так и вне его.&amp;nbsp;&amp;nbsp;Блок надёжно закреплён при помощи сшивки. Внутри — 168 листов белой офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и напечатанных в две краски. Ежедневник содержит датированную разметку на 2026 год, календарный блок на 2 года, а также раздел справочной информации. Скруглённые углы листов предотвращают их повреждение. Золотистый обрез придаёт модели аккуратный и выразительный внешний вид. Для удобства навигации предусмотрено встроенное ляссе.</t>
+  </si>
+  <si>
+    <t>1016752</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/710/6qacjdz0nx75vpk9w76soabyd5nxcckf.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA коричневый, зол обрез 3-125 03</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов коричневый &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska предназначен для ведения записей и планирования на каждый день. Модель выполнена в формате А5 и имеет размер 14.5?20.5 см, что делает её удобной для повседневного использования. Твёрдая обложка из искусственной кожи коричневого цвета оформлена в однотонном дизайне и дополнена прострочкой по периметру, которая придаёт изделию завершённый внешний вид. Вертикальная ориентация обеспечивает привычное расположение страниц при использовании.&amp;nbsp;&amp;nbsp;Внутренний блок состоит из 168 листов белой офсетной бумаги плотностью 70 г/кв. м. Разметка выполнена в линейку с двухцветной печатью. Блок надёжно закреплён с помощью сшивки, что увеличивает срок службы ежедневника. Предусмотрен календарь на 2 года, а также встроенный справочный раздел. Золотистый обрез придаёт изделию выразительный внешний вид. Скруглённые углы листов защищают бумагу от загибов, а встроенное ляссе облегчает навигацию по записям.</t>
+  </si>
+  <si>
+    <t>1016753</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fec/rtg9xiqgsp71osvg3v7vpdl53fpuv34x.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA синий, зол обрез 3-125 04</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов синий &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska разработан для удобного ведения записей и структурирования рабочего графика. Модель выполнена в формате А5 и имеет размер 14.5?20.5 см, что делает её практичной для использования в офисе и при командировках. Твёрдая обложка из искусственной кожи синего цвета оформлена в однотонном деловом стиле и дополнена прострочкой по периметру, обеспечивающей аккуратность и прочность.&amp;nbsp;&amp;nbsp;Блок зафиксирован с помощью сшивки, что обеспечивает устойчивость к ежедневному использованию. Внутри размещено 168 листов белой офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и напечатанных в две краски. Ежедневник включает датированную разметку на 2026 год и календарный блок на 2 года, а также содержит справочный раздел. Золотистый обрез придаёт изделию выразительность и завершённость. Скруглённые углы листов защищают бумагу от повреждений. Встроенное ляссе позволяет быстро находить нужную дату.</t>
+  </si>
+  <si>
+    <t>1016754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0dc/0dga9txudbds55gum0dyef77h9ujghp7.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA черный, зол обрез 3-125 02</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов чёрный &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska предназначен для организации делового распорядка и систематизации записей в течение года. Модель выполнена в формате А5 и имеет размер 14.5?20.5 см, что делает её удобной для повседневного использования как в офисе, так и в командировке. Обложка из искусственной кожи чёрного цвета оформлена в однотонном классическом дизайне. Твёрдая основа обеспечивает жёсткость, а прострочка по периметру повышает прочность изделия.&amp;nbsp;&amp;nbsp;Блок зафиксирован с помощью сшивки, что делает ежедневник устойчивым к износу. Внутри — 168 листов офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и оформленных двухцветной печатью. Ежедневник включает датированную разметку на 2026 год и календарный блок на 2 года. Бумага имеет белый цвет, углы листов — скруглённые. Обработка торца золотистым обрезом придаёт модели строгий и статусный вид. Встроенное ляссе позволяет быстро находить нужную страницу.</t>
+  </si>
+  <si>
+    <t>1016755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c66/nnoch8zx1vkubz0folw5d6ygyj5upk7k.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET Коричневый 3-123 03</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов коричневый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ежедневного планирования и записи рабочих задач. Изделие выполнено в формате А5 и имеет размер 14.6?20.6 см, удобный для повседневного использования в офисе. Обложка из искусственной кожи коричневого цвета оформлена в однотонном сдержанном стиле. Твёрдая основа придаёт изделию надёжность, а прострочка по периметру усиливает конструкцию и придаёт аккуратный внешний вид. Вертикальная ориентация упрощает работу с записями.&amp;nbsp;&amp;nbsp;Внутренний блок состоит из 168 листов белой офсетной бумаги плотностью 70 г/кв. м. Разметка выполнена в линейку с двухцветной печатью. Крепление блока — сшивка, обеспечивающая долговечность. В ежедневнике предусмотрена датированная сетка на 2026 год и календарь на 2 года. Листы без скругления, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016756</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dcd/v2t55kvws4qbp1afmjux4uyb06ep1b4y.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET бордовый 3-123 02</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов бордовый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ежедневного планирования и записи информации. Модель выполнена в формате А5 с размером 14.6?20.6 см, что делает её удобной для использования в офисе или в дороге. Обложка из искусственной кожи бордового цвета оформлена в однотонном деловом стиле, отличается твёрдой основой и дополнена прострочкой по периметру, обеспечивающей аккуратный внешний вид и дополнительную прочность. Вертикальная ориентация позволяет удобно просматривать записи.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 70 г/кв. м. Страницы имеют линейную разметку и напечатаны в две краски. Переплёт выполнен на сшивке, что повышает долговечность изделия. Ежедневник содержит датированную разметку на 2026 год и календарный блок на 2 года. Углы страниц прямые, вырубка и перфорация отсутствуют.</t>
+  </si>
+  <si>
+    <t>1016757</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cd/2o0gu0xnxroc0pcz1yt7xr7fc6cgt5eq.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET красный 3-123 10</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов красный&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для систематизации рабочих задач и повседневного планирования. Изделие выполнено в формате А5 с размером 14.6?20.6 см, что делает его удобным для использования в офисе или на выезде. Обложка из искусственной кожи красного цвета оформлена в однотонном лаконичном стиле, имеет твёрдую основу и дополнена прострочкой по периметру, которая повышает прочность и придаёт аккуратный внешний вид. Вертикальная ориентация обеспечивает привычное расположение записей.&amp;nbsp;&amp;nbsp;Внутренний блок состоит из 168 листов белой офсетной бумаги плотностью 70 г/кв. м, с линейной разметкой и двухцветной печатью. Крепление выполнено с помощью сшивки, что гарантирует надёжность при ежедневном использовании. В ежедневнике предусмотрена датированная сетка на 2026 год и календарь на 2 года. Углы листов прямые, вырубка и перфорация отсутствуют.</t>
+  </si>
+  <si>
+    <t>1016758</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb8/cik954qsrerq7ztr82eea9tu1u6dhy9k.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET оранжевый 3-123 06</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов оранжевый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ведения записей и планирования задач в деловой среде. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, удобный для ежедневного использования. Обложка из искусственной кожи оранжевого цвета оформлена в однотонном стиле, отличается твёрдой основой и усилена прострочкой по периметру, что повышает прочность и устойчивость к износу. Вертикальная ориентация делает использование ежедневника привычным и комфортным.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и напечатанных в две краски. Страницы соединены сшивкой, обеспечивающей надёжность крепления. В ежедневнике предусмотрена датированная разметка на 2026 год и календарный блок на 2 года. Листья без скругления, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016759</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45e/r02tgkwh1n4fkq6llvq9533xaf74wvre.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET синий 3-123 01</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов синий&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для планирования задач и ведения записей в течение года. Модель выполнена в формате А5 с размером 14.6?20.6 см, что удобно для ежедневного использования. Обложка из искусственной кожи синего цвета имеет однотонный дизайн и оформлена в сдержанном деловом стиле. Твёрдая основа придаёт изделию жёсткость, а прострочка по периметру повышает его износостойкость. Вертикальная ориентация обеспечивает комфортную работу с записью информации.&amp;nbsp;&amp;nbsp;Внутренний блок содержит 168 листов белой офсетной бумаги плотностью 70 г/кв. м, с линейной разметкой и двухцветной печатью. Листы скреплены сшивкой, что делает ежедневник прочным и долговечным. Включена датированная разметка на 2026 год, а также календарный блок на 2 года. Листья без скругления, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016760</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abf/18xffima1kjlk8dbvw52nnogp9sax4g9.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET темно-синий 3-123 18</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов тёмно-синий&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ведения записей и планирования задач в деловом или личном формате. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, что удобно для повседневного использования. Обложка из искусственной кожи тёмно-синего цвета оформлена в однотонном стиле, обладает твёрдой основой и усилена прострочкой по периметру, придающей аккуратность и устойчивость к износу. Вертикальная ориентация облегчает восприятие записей при работе.&amp;nbsp;&amp;nbsp;Внутренний блок состоит из 168 листов белой офсетной бумаги плотностью 70 г/кв.м, с линейной разметкой и двухцветной печатью. Крепление выполнено на сшивке, что обеспечивает надёжность при ежедневном использовании. В ежедневнике предусмотрена датированная разметка на 2026 год и календарный блок на 2 года. Листы не имеют скруглённых углов, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016761</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fe/656nw62l2u3b4o48wo3i07tx4rlv0mt3.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET черный 3-123 04</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов чёрный&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ежедневного планирования задач и ведения записей в деловом формате. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, удобный для повседневного использования. Обложка из искусственной кожи чёрного цвета оформлена в однотонном стиле, дополнена твёрдой основой и прострочкой по периметру, что делает изделие прочным и аккуратным. Вертикальная ориентация облегчает навигацию по записям.&amp;nbsp;&amp;nbsp;Блок содержит 168 листов белой офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и напечатанных в две краски. Страницы надёжно скреплены с помощью сшивки, обеспечивающей долговечность ежедневника. Внутри предусмотрена датированная разметка на 2026 год, а также календарный блок на 2 года. Скругление, вырубка и перфорация углов отсутствуют.</t>
+  </si>
+  <si>
+    <t>1016762</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/419/41mop0pfvvujto22lf8rbmu1odynjvr3.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Каньон бордовый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 200?270 мм. Цвет: бордовый. Блок 352 страницы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016763</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cf/rtpu6b8cgegfm5avq6y1rfz5z71r0ykp.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Каньон, синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 200?270 мм. Цвет: синий. Блок 352 страницы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016764</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/822/i8ha67cl49ar2qn9wn13jil99ma4h2ta.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Каньон, черный</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 200?270 мм. Цвет: черный. Блок 352 страницы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016765</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41d/77mvzhiwp236gw4czrhlzubh5dwt7wqu.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Сиам красный</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 200?270 мм. Цвет: красный. Блок 352 страницы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016766</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91e/5r6pfgnoabr4duh95wg82106xpxcfatp.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Сиам синий</t>
+  </si>
+  <si>
+    <t>1016767</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c7/71ipukqvouy8oylkxgx625641pmmdpfp.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А5, 180л, 142х210мм, Каньон бордовый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: бордовый. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016768</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/205/1by0nyg1j3r61xyx9bo4696qpl7vrp3n.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А5, 180л, 142х210мм, Каньон синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: синий. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016769</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5c/097exxd1vvubn0e228lksj53axvp9uof.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А5, 180л, 143х210мм, Каньон черный</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: черный. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016770</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/051/5yc73yoo37dbd8cjg9v939moz87w507q.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А5, 180л, 143х210мм, Сиам серый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: серый. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016771</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f3/671hg2go6pj6esvcobbkl0r1db1v72nb.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А6, 176л, 110х155мм Каньон, бордовый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 110?155 мм. Цвет: бордовый. Блок 352 полосы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016772</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c98/mlfm34d01nw2rthf29sac6q7qdedzjrd.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А6, 176л, 110х155мм Сиам красный</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 110?155 мм. Цвет: красный. Блок 352 полосы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016773</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/132/b24y9nlk5re2r2f4aw8i1atyam8iyn0u.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А6, 176л, 110х155мм Сиам, синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 110?155 мм. Цвет: синий. Блок 352 полосы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016774</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec7/okc7k201aq02xli9j29qohx41i6navge.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А6, 176л, 110х155мм, Каньон, синий</t>
+  </si>
+  <si>
+    <t>1016775</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b38/ym1q4qyacwnwn9k08ymwoxmgp8nett2l.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ, А5, 180л, 143х210мм, Сиам зеленый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: зеленый. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016776</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a90/y39i1cu9rto7soonzv20a6mut7cami2s.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, 7БЦ, Isoline</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть Isoline 7БЦ А5 160 листов&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. В твёрдом переплёте с цветной глянцевой обложкой. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016777</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/vibor-est/"&gt;Выбор есть&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b4/wkqbmlf8fwx25o6bauj24ed4vu7mgamy.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, 7БЦ, Spectrum</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть Spectrum 7БЦ А5 160 листов&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. В твёрдом переплёте с цветной глянцевой обложкой. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016778</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0cc/gd255lxaobmicv0qw6ijam627hh2m9cn.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, 7БЦ, Wave</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть Wave 7БЦ А5 160 листов&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. В твёрдом переплёте с цветной глянцевой обложкой. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016779</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/064/58vg0l8f66qxouwhfa3raaaintbjytek.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, 7БЦ, Выбор есть Patriot</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть Patriot 7БЦ А5 160 листов&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. В твёрдом переплёте с цветной глянцевой обложкой. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016780</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b83/nl1opmmomer1nksioy8fr3ebky7y416m.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, бумвинил, бордо</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть бумвинил А5 160 листов бордовый&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. Обложка из твёрдого картона и бумвинила бордового цвета. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016781</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab6/sv29g8tu1bl5lxd4pbeidc215vaxk4ok.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, бумвинил, синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть бумвинил А5 160 листов синий&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. Обложка из твёрдого картона и бумвинила синего цвета. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33f/fthkbbokv5mue49k594r000ml5oedaj1.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, бумвинил, черный</t>
+  </si>
+  <si>
+    <t>1016783</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4a/qq7cdz06ziagxhxm209z4wzthr9c0wj0.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, бордо, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов бордовый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искусственной кожи бордового цвета, придаёт изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащён местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c4/h4x3ku7bgt2chpbldjcs61288ju3rp75.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, бордо, А5, 148х218 мм, 352 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Вива искусственная кожа А5 176 листов бордовый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи бордового цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e9/iu092yyljpuxbiak8g41gu557qk0qmau.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, бордо, А6, 100х150 мм, 336 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А6 168 листов бордовый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A6, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи бордового цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 10?15 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f89/au82nquwtxl8d5dj6xt7t029t4si637p.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, зеленый, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов зелёный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи зелёного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016787</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/751/icvcyuomx904ux0jks1gc138yl8rt05o.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, зеленый, А5, 148х218 мм, 352 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Вива искусственная кожа А5 176 листов зелёный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи зелёного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6f/07cfj3awt04ezbbzg5ow2oa5i55i3dgr.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, зеленый, А6, 100х150 мм, 336 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А6 168 листов зелёный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A6, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи зелёного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 10?15 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016789</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/847/wdoiyrmr2b3zxk1h11isxt0lrnpzp7st.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, коричневый, А5, 148x218 мм, 352 стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов коричневый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи коричневого цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b9/hw1nq057h5gk8fxu6yymohkufds92n28.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, красный, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов красный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи красного цвета, придаёт изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащён местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c18/ushexu4gwyp64i59cesr7janxjfph79m.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, синий, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синего цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/646/yf5wrkanuy17y4p2tja50tji5fkvayun.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, синий, А4, 210х265 мм, 336 стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А4 168 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A4, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синий цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 21?26.5 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22b/86t9tx9wfhemgwects5n3x78bz9361la.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, синий, А5, 148х218 мм, 352 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Вива искусственная кожа А5 176 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синего цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016794</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/142/sg2m5dn1b0eu8qha9tjcssld18cbuewh.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, синий, А6, 100х150 мм, 336 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А6 168 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A6, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синего цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 10?15 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b2/91xn98ccpnrlcphok29xdzqilt10zghu.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, черный, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи чёрного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/868/cjdgv5odo5xm1eyf1zhg460bcx95vk3u.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, черный, А5, 148х218 мм, 352 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Вива искусственная кожа А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи чёрного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e9/pttxwi1gaoc7my7mrtg2a0mums3xnhjf.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, черный, А6, 100х150 мм, 336 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А6 168 листов чёрный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A6, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи чёрного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 10?15 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df1/sst0gx62e1p6ksrmr50iihhnx6xdj77h.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, Attache,сереб. резин. срез, А5, 352стр, Рияд Ламе</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 го Attache Рияд Ламе искусственная кожа А5 176 листов серебристый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи серебряного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. Срез тонированный серебристый. Вертикальная резинка и петля под ручку. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b35/phwjuc3xv9k518cf73nsiucl0fsjybqu.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 175х95мм, 64л, бежевый 70395</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 175?95 мм 64 листа бежевый с фиксирующей резинкой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в одну краску &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: нет. Особенности: застёжка-резинка. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afb/xi3r4tr0t1r3qswo9rhmc10u73p52cta.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 175х95мм, 64л, голубой 70396</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 175?95 мм 64 листа голубой с фиксирующей резинкой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в одну краску &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: нет. Особенности: застёжка-резинка. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016860</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f2/121xk39np3dc34w128g97fut23bgxrcm.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 175х95мм, 64л, красный 70394</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 175?95 мм 64 листа красный с фиксирующей резинкой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в одну краску &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: нет. Особенности: застёжка-резинка. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016861</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3d/du9mhetyv3kz4reynd80q8s2222m7dvi.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 175х95мм, 64л, черный 70392</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 175?95 мм 64 листа чёрный с фиксирующей резинкой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в одну краску &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: нет. Особенности: застёжка-резинка. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016862</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/643/rgh9usr4mbd6esso2gzasdahi49guy5c.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 181х127мм, 64л, горчичный 70346</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 181?127 мм 64 листа&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/816/rg1ahlyev45xposw8vd4s2zkxpcrxlu7.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 181х127мм, 64л, мятный 70345</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 181?127 мм 64 листа мятный&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/720/9wiltzp0djv4dw4o9bg92ykuhgdw6lus.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 181х127мм, 64л, сиреневый 70344</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 181?127 мм 64 листа сиреневый&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cef/gi5lydsmu5eviandlo6vodd92eq4vxa9.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ 64л, 90х160мм, карм.верт, Каньон син</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 90?160 мм. Цвет: синий. Блок 128 полос &amp;#40;64 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией. Календарь на 2026-2027 года. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cf/ccidnajkslwd5u3xe2tx4lgh7odyd2qz.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ 64л, 90х160мм, карм.гор., Сиам бордо</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 90?160 мм. Цвет: бордовый. Блок 128 полос &amp;#40;64 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Дополнительный блок со справочной информацией. Календарь на 2026-2027 года. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dc/nzwpae02tkv4djxgfe8o1giukd1e18pj.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ 64л, 90х160мм, карм.гор., Сиам синий</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 90?160 мм. Цвет: синий. Блок 128 полос &amp;#40;64 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Дополнительный блок со справочной информацией. Календарь на 2026-2027 года. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92f/vujdz56ep18h9av0mjqh04i081wpmse9.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ 64л, 90х160мм,карм.верт,Каньон бордо</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 90?160 мм. Цвет: бордовый. Блок 128 полос &amp;#40;64 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией. Календарь на 2026-2027 года. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b7/s4u2f45u30j5x7dp536otla0nmuoh4ek.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ А4 72л, 200х270мм Сиам, синий</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 200?270 мм. Цвет: синий. Блок 144 страницы &amp;#40;72 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе.Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d6/zwg81irbe25u8da3qftk4qkpyjmzr0ob.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026, бордо, А4, 213х265 мм, 160 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год Attache Agenda искусственная кожа А4 168 листов бордовый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный еженедельник имеет формат A4, содержит 80 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи бордового цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 21.3?26.5 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Еженедельник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Еженедельник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016871</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/812/s1ghdw3dw5l2vnahe9tx6q6hzdo4f8xf.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026, синий, А4, 213х265 мм, 160 стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год Attache Agenda искусственная кожа А4 168 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный еженедельник имеет формат A4, содержит 80 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синий цвета, придаёт изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 21.3?26.5 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Еженедельник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащён местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Еженедельник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ae/971hzcrf6qq5xsma8rre4ln5y3krnqfb.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026г., А5, 184л., Delucci, Гладкая кожа, зол. срез, коричневый</t>
+  </si>
+  <si>
+    <t>Изысканный датированный ежедневник Delucci формата A5 &amp;#40;150*215 мм&amp;#41; ? элегантный помощник для планирования. Обложка с поролоновой прослойкой изготовлена из премиальной глянцевой экокожи, имитирующей кожу первоклассной выделки, и прошита двойной строчкой. Цвет обложки ? коричневый. Изделие дополняют золотые металлические уголки и золотой фольгированный срез. Внутренний блок состоит из 184 листов высококачественной кремовой бумаги повышенной плотности 100 г/м2 с пантонной печатью блока в 2 краски. Блок имеет перфорированные уголки. Справочный материал, 2 удобных закладки-ляссе, отрывные заметки, бланки-извещения о ДТП и вырубной блок по неделям гарантируют комфорт при использовании ежедневника. Изделие подходит под персонализацию. Упаковано в подарочную матовую индивидуальную упаковку. Обладателя ежедневника также порадуют 3 комплекта стикеров. • Формат: А5; • Размер: 150*215 мм; • Количество листов: 184; • Материал обложки: экокожа; • Цвет обложки: коричневый.</t>
+  </si>
+  <si>
+    <t>1016939</t>
   </si>
   <si>
     <t>&lt;a href="/brands/delucci/"&gt;DELUCCI&lt;/a&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -5191,9759 +5428,10116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J423"/>
+  <dimension ref="A1:M438"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G423" sqref="G423"/>
+      <selection pane="bottomRight" activeCell="G438" sqref="G438"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>21</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G10" s="3" t="s">
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>38</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G14" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="F16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G16" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>95</v>
+        <v>52</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>100</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>101</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>102</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="F27" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B28" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="F28" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B29" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>58</v>
+        <v>114</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="B32" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>58</v>
+        <v>121</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>123</v>
+        <v>52</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>131</v>
+        <v>52</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>68</v>
+        <v>138</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C37" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="G37" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...6 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>58</v>
+        <v>150</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>58</v>
+        <v>165</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>169</v>
+        <v>64</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>167</v>
+        <v>54</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>173</v>
+        <v>104</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>175</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>176</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>177</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>179</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>180</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>181</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>183</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>184</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>185</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>60</v>
+        <v>138</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>60</v>
+        <v>138</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>193</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>196</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>125</v>
+        <v>197</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>73</v>
+        <v>205</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>167</v>
+        <v>17</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>167</v>
+        <v>17</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B100" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="C100" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G132" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...6 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="F143" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="B143" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="C150" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>599</v>
+        <v>584</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>600</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
         <v>601</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C154" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="C155" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="F155" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="B156" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="C156" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="F156" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="B157" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="C157" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="C158" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F158" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="C159" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>618</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="B160" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="C160" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="F160" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="C161" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="F161" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="C162" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="F162" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="C163" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="F163" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="B164" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="C164" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="F164" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="C165" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="B166" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="C166" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="F166" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="B167" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="C167" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>643</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="F167" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G164" s="3" t="s">
+      <c r="G167" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>645</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="C168" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="F168" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="B169" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="C169" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="C166" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="F169" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="B170" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="C170" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="B171" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="C171" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="C172" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="F173" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="B175" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="F175" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>680</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="C177" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="F177" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="C178" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="F178" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="B179" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="C179" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="F179" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="C180" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="F180" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="C181" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="F177" s="3" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="G177" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="F181" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="F182" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="C183" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F183" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="B184" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="C184" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="F184" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="B185" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="C185" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="F185" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="C186" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="F186" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="C187" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="F187" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="C188" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="F188" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="B189" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="C189" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="F189" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="B190" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="C190" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="B191" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="C191" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="C192" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="C193" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="F193" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="B194" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="C188" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="F194" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="B195" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="C189" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>744</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="B196" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="C196" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="F196" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="C197" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="C192" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="C198" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="F198" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="C199" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="F199" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="B200" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="C200" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="C195" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="B201" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="C201" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="C196" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="B202" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="C202" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="C197" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="B203" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="C203" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>770</v>
       </c>
-      <c r="C198" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="F203" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="C204" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>773</v>
       </c>
-      <c r="C199" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F204" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="C200" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="C206" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F206" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C207" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="C202" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="F207" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="B209" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="C204" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="C209" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="C210" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="B211" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="C211" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="F211" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="C212" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="C208" s="1" t="s">
+      <c r="B213" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="C213" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="F208" s="3" t="s">
+      <c r="F213" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="G208" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="C214" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>805</v>
       </c>
-      <c r="C209" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="F214" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="C215" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="F215" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="C216" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="C211" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>812</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="B217" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="C212" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="C217" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="C218" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="C219" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="C220" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="C221" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="C222" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="B223" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="C223" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="F223" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="C224" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="F224" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="C225" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="C221" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="B226" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="B227" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="C227" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="B228" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="C228" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>860</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="B229" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>864</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="B230" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="C230" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="F230" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="B231" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="C231" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="B232" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="C228" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="F232" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="F233" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="C234" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="C230" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="F234" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="C235" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="C231" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="F235" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="B236" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="C236" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="F236" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="C237" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="F237" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="C238" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="F238" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="C239" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="F239" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="B240" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="C240" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="F240" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="B241" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="C241" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="C237" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="B242" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="C238" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="C242" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="C239" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="B243" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="C243" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="B244" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="C244" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="C241" s="1" t="s">
+      <c r="F244" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="B245" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="C245" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>926</v>
       </c>
-      <c r="C242" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="F245" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="C243" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>930</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="C244" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="C247" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C245" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="B248" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="C248" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="C246" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="F248" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="C249" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="C247" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>942</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="B250" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="C250" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="C249" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="B251" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="C251" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>949</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="C250" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="B252" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="C252" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="B253" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="C253" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>955</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="B254" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="C254" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="F254" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="C253" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>962</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="C254" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="C256" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>965</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="B257" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="C255" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="C257" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>968</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="C258" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>971</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="F258" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="C259" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>974</v>
       </c>
-      <c r="C257" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="F259" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="B260" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="C260" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="C258" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>978</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="F260" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="B261" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="C261" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="F261" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="C260" s="1" t="s">
+      <c r="B262" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="C262" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>986</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="F262" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="C261" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="B263" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="C263" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>990</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="F263" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="B264" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="C264" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="C263" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>994</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="F264" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="C264" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="C265" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>997</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="F265" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="C265" s="1" t="s">
+      <c r="C266" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>1000</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="F266" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="C267" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="C266" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1004</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="F267" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="B268" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="C267" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="C268" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1007</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="F268" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="B269" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="C268" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="C269" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1011</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="F269" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="C269" s="1" t="s">
+      <c r="B270" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="D269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="C270" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1014</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="F270" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="B271" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="C271" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1017</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="B272" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="C271" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="C272" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>1020</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="B273" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="C273" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="F273" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="C273" s="1" t="s">
+      <c r="C274" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="F274" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="C274" s="1" t="s">
+      <c r="C275" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1030</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="F275" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="B276" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="C276" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1033</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="B277" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="C278" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1040</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="C277" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="C279" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1044</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="B280" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="C280" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1047</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="B281" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="C279" s="1" t="s">
+      <c r="C281" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1050</v>
       </c>
-      <c r="D279" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="F281" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="B282" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="C282" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="C280" s="1" t="s">
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1054</v>
       </c>
-      <c r="D280" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="F282" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="B283" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="C283" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="C281" s="1" t="s">
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1058</v>
       </c>
-      <c r="D281" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="F283" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="B284" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="C284" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="C282" s="1" t="s">
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1062</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="F284" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="C285" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1066</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="F285" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="B286" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="C284" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1070</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="F286" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="B287" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="C285" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1074</v>
       </c>
-      <c r="D285" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="F287" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="B288" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="C288" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1078</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="F288" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="B289" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="C287" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1082</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="F289" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="B290" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="C290" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="C288" s="1" t="s">
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1086</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="F290" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1087</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="B291" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="C291" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="C289" s="1" t="s">
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="F291" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="B292" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="C290" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1094</v>
       </c>
-      <c r="D290" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="F292" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="B293" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="C293" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="C291" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1098</v>
       </c>
-      <c r="D291" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="F293" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="B294" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="F294" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="B295" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="C295" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="F295" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="B296" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1110</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="F296" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="B297" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="C295" s="1" t="s">
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="D295" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="F297" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="B298" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C298" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1118</v>
       </c>
-      <c r="D296" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="F298" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="B299" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C299" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="C297" s="1" t="s">
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1122</v>
       </c>
-      <c r="D297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="F299" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="B300" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="C300" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="C298" s="1" t="s">
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1126</v>
       </c>
-      <c r="D298" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="F300" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="C301" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="C299" s="1" t="s">
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1130</v>
       </c>
-      <c r="D299" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="F301" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="C302" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1134</v>
       </c>
-      <c r="D300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="F302" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="C303" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1138</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="F303" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="C304" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="C302" s="1" t="s">
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1142</v>
       </c>
-      <c r="D302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="F304" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C305" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="C303" s="1" t="s">
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1146</v>
       </c>
-      <c r="D303" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="F305" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="C306" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1150</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="F306" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="C307" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="C305" s="1" t="s">
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="D305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="F307" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="C308" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1158</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="F308" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="C309" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1162</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="F309" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="B310" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="C310" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="C308" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1166</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="F310" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="C309" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="C311" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1170</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="F311" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1171</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="B312" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="C312" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1174</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="F312" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="D311" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="B313" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1178</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="F313" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="B314" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="C314" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1182</v>
       </c>
-      <c r="C313" s="1" t="s">
+      <c r="F314" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="D313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="B315" s="1" t="s">
         <v>1184</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="C315" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1186</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="F315" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="B316" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="C316" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1190</v>
       </c>
-      <c r="C315" s="1" t="s">
+      <c r="F316" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="D315" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="B317" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1194</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="F317" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="D316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="B318" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="C318" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1198</v>
       </c>
-      <c r="C317" s="1" t="s">
+      <c r="F318" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="D317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="B319" s="1" t="s">
         <v>1200</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="C319" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="C318" s="1" t="s">
+      <c r="F319" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="D318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="B320" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="C320" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1206</v>
       </c>
-      <c r="C319" s="1" t="s">
+      <c r="F320" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="D319" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="B321" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="C321" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="F321" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="B322" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="C322" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1214</v>
       </c>
-      <c r="C321" s="1" t="s">
+      <c r="F322" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="D321" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="B323" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="C323" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1218</v>
       </c>
-      <c r="C322" s="1" t="s">
+      <c r="F323" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="D322" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="B324" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="1" t="s">
+      <c r="C324" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1222</v>
       </c>
-      <c r="C323" s="1" t="s">
+      <c r="F324" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="D323" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="B325" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A324" s="1" t="s">
+      <c r="C325" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1226</v>
       </c>
-      <c r="C324" s="1" t="s">
+      <c r="F325" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="D324" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="B326" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="C326" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1230</v>
       </c>
-      <c r="C325" s="1" t="s">
+      <c r="F326" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="D325" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="B327" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="C327" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="C326" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="F327" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="B328" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="C328" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="C327" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1238</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="F328" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="B329" s="1" t="s">
         <v>1240</v>
-      </c>
-[...21 lines deleted...]
-        <v>1244</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F329" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C330" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1246</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="F330" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="C330" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="B331" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="C331" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="C331" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="F331" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="B332" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="C332" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="C332" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D332" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>1254</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
         <v>1255</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>1257</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>1258</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1257</v>
+        <v>1265</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1257</v>
+        <v>1269</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1000</v>
+        <v>1273</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>14</v>
+        <v>1287</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1285</v>
+        <v>1290</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>14</v>
+        <v>1292</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F342" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F343" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F344" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E345" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F345" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F346" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F347" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F348" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F349" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F350" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F351" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F352" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F353" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F354" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F355" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F356" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F357" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F358" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F359" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F360" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F361" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F362" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F363" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F364" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F365" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F367" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F368" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F369" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F370" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F371" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="B342" s="1" t="s">
-[...22 lines deleted...]
-      <c r="B343" s="1" t="s">
+      <c r="G371" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F372" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F373" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F374" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F375" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>1432</v>
+      </c>
+      <c r="F376" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F377" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>1440</v>
+      </c>
+      <c r="F378" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="F379" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F380" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F381" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F382" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F383" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F384" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F385" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F386" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F387" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F388" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F389" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F390" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F391" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F392" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F393" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F394" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F395" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F396" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F397" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F398" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F399" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F400" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F401" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>1535</v>
+      </c>
+      <c r="F402" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F403" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F404" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F405" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F406" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F407" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F408" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F409" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F410" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F411" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1574</v>
+      </c>
+      <c r="F412" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F413" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1582</v>
+      </c>
+      <c r="F414" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F415" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F416" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F417" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F418" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F419" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F420" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F421" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F422" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F423" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F424" s="3" t="s">
         <v>1292</v>
       </c>
-      <c r="C343" s="1" t="s">
-[...1852 lines deleted...]
-        <v>21</v>
+      <c r="G424" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F425" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F426" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>1634</v>
+      </c>
+      <c r="F427" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>1638</v>
+      </c>
+      <c r="F428" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F429" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F430" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1648</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F431" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C432" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F432" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G432" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F433" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F434" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F435" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F436" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B437" s="1" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F437" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F438" s="3" t="s">
+        <v>1679</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">