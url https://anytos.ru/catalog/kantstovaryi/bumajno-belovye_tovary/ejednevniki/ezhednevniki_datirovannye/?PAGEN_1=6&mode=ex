--- v0 (2025-11-16)
+++ v1 (2026-01-02)
@@ -12,262 +12,244 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1693">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1680">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/680/aexzl6ac5x5fmcz4qbb66gr3k11sw1n3.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2024 А5 138x213 мм BRAUBERG  quot;Iguana quot;, под кожу, красный, 114849</t>
   </si>
   <si>
     <t>Считается, что вещи, сделанные из кожи рептилии, никогда не выйдут из моды. Данная коллекция &amp;quot;Iguana&amp;quot; - очередное подтверждение этого правила. Модная фактура и насыщенные цвета придают датированному ежедневнику BRAUBERG особый шик и легкую загадочность. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Помимо прочего, ежедневник снабжен обширным справочным материалом. Выполнен в насыщенном красном цвете.</t>
   </si>
   <si>
     <t>Ежедневники датированные</t>
   </si>
   <si>
     <t>245591</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b5/2gk8vr3l8s29dtplgoj35f8wehtywhsp.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/93e/ywa0rrqqiz8jz64bsamzb0i99fufsop1.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, твердая обложка, 144 л.,  quot;АКСЕССУАРЫ quot;, 129232</t>
+  </si>
+  <si>
+    <t>Ежедневник BRAUBERG – это нескучный помощник по планированию дел. Идеален для учителей общеобразовательных школ, лицеев, колледжей и гимназий. Обложка выполнена из твердого картона с матовой ламинацией и книжным переплетом в сочетании с ярким цветочным рисунком, который создает красивый визуальный эффект. Внутренний блок содержит 144 листа офсетной бумаги плотностью 60 г/м2. Имеет обложку из 7БЦ. Недатированный ежедневник учителя формата А5 &amp;#40;215х145 мм&amp;#41; станет прекрасным и полезным подарком для представителей этой профессии, а яркая обложка украсит рабочее место.</t>
+  </si>
+  <si>
+    <t>423779</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de3/zw17op3wuz30onggmyx7zlryt3xwig0x.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, твердая обложка, 144 л.,  quot;ЦВЕТЫ quot;, 129234</t>
+  </si>
+  <si>
+    <t>Ежедневник BRAUBERG содержит справочный материал для работы учителя в школе: календарь, расписание звонков и уроков, тематическое планирование, классный журнал, сводную ведомость успеваемости, классный час, родительские собрания, телефоны и адреса. Обложка выполнена из твердого картона с матовой ламинацией и книжным переплетом в сочетании с ярким цветочным рисунком, который создает красивый визуальный эффект.Идеален для учителей общеобразовательных школ, лицеев, колледжей и гимназий. Внутренний блок содержит 144 листа офсетной бумаги плотностью 60 г/м2. Имеет обложку из 7БЦ. Недатированный ежедневник учителя формата А5 &amp;#40;215х145 мм&amp;#41; станет прекрасным и полезным подарком для представителей этой профессии, а яркая обложка украсит рабочее место.</t>
+  </si>
+  <si>
+    <t>423781</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00d/n3l1npfc4r6cj9x0q2j6xt8pufbis3za.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, твердая обложка, 144 л.,  quot;ЯБЛОКО quot;, 129235</t>
+  </si>
+  <si>
+    <t>423782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fa/xs1qamcy5zhhtrnsklsqewm5mgmp2r67.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 4 года А5  133х205 мм  BRAUBERG, 192 л.,  quot;ОПТИМИЗМ quot;, 129237</t>
+  </si>
+  <si>
+    <t>Универсальный ежедневник, который позволяет вести записи в любом году из четырех, указанных на страницах внутреннего блока. Внутренний блок содержит 192 листа офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с рисунком и матовой пленкой&amp;#41; обеспечивают долгий срок службы. Помимо прочего ежедневник содержит коды городов и телефонную книгу. Формат А5.</t>
+  </si>
+  <si>
+    <t>423784</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/423/gpbubep4uqot2bp294898tbgqgb4qvp1.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, 144 л., кожзам,  quot;Гармония quot;, 112708</t>
+  </si>
+  <si>
+    <t>Ежедневник BRAUBERG – это отличный помощник по планированию дел. Идеален для учителей общеобразовательных школ, лицеев, колледжей и гимназий. Обложка выполнена из твердого картона с покрытием из экокожи и книжным переплетом в сочетании с ярким рисунком, который создает красивый визуальный эффект. Внутренний блок содержит 144 листа офсетной бумаги плотностью 70 г/м2. Недатированный ежедневник учителя формата А5 &amp;#40;215х145 мм&amp;#41; станет прекрасным и полезным подарком для представителей этой профессии, а яркая обложка украсит рабочее место.</t>
+  </si>
+  <si>
+    <t>711856</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ce/yeqlg8tlhlxi37ye3vrno1vg6ge4sn5c.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, 144 л., кожзам,  quot;Звездная ночь quot;, 112709</t>
+  </si>
+  <si>
+    <t>711857</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e3/n25jjg1bzmo0n9nz5n6ro1b1ilkcr2vq.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, 144 л., кожзам,  quot;Моноколор quot;, 112710</t>
+  </si>
+  <si>
+    <t>711858</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/259/w9fxuabmi2lze2x2nm890mjlenkoic2v.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник учителя специализированный А5  215х145 мм  BRAUBERG, 144 л., кожзам,  quot;Цветы на черном quot;, 112707</t>
+  </si>
+  <si>
+    <t>711859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/954/5e44ao43sko8wieevrwhob8ns4pxerw1.jpeg</t>
+  </si>
+  <si>
+    <t>Ежедневник BrunoVisconti  датированный 2026 год А5  146 х 206 мм   quot;VELVET quot; синий 336 стр. Арт. 3-123 01</t>
+  </si>
+  <si>
+    <t>Датированный ежедневник VELVET формата А5 в твердой обложке из экокожи - идеальный помощник в деле планирования рабочего времени для тех, кто ценит рационализм и функциональность. Поролонирование и покрытие SOFT TOUCH придают обложке мягкость и создают приятные тактильные ощущения в работе с ежедневником. Дополнительную привлекательность добавляют ежедневнику скругленные углы и декоративный шов, выполненный по периметру в тон обложки. Внутренний блок, состоящий из 336 страниц белой бумаги плотностью 60 г/кв.м, содержит: • раздел для планирования в серую линовку; • страница для персональных данных; • 16 страниц справочной информации &amp;#40;матрица Эйзенхауэра, термины международной торговли, методы борьбы со стрессом, расход калорий при физической нагрузке, города-миллионики, римские цифры, греческие буквы, штрихкоды, размеры одежды, температура, единицы измерения, национальные праздники, энергетическая и питательная ценность продуктов&amp;#41;</t>
+  </si>
+  <si>
+    <t>885690</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/93e/ywa0rrqqiz8jz64bsamzb0i99fufsop1.jpg</t>
-[...106 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f3/6xsk0s7guayj7v0awzyyltg9ipwn3cgh.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; темно-синий 336 стр. Арт. 3-123 18</t>
   </si>
   <si>
     <t>885691</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b0e/snwnr1fa9g0fmp3s8ecehemx4d4xkavp.jpeg</t>
-[...8 lines deleted...]
-    <t>885901</t>
+    <t>http://anytos.ru//upload/iblock/c33/stv62j9bgwc4yynzm2o9xhidz9s0qmv6.jpeg</t>
+  </si>
+  <si>
+    <t>Ежедневник Альт  датированный 2025 год А5  146 х 206 мм   quot;IDEAL NEW quot; синий 336 стр. Арт. 3-344 05</t>
+  </si>
+  <si>
+    <t>Ежедневник Альт® датированный 2025 год А5 &amp;#40;146 х 206 мм&amp;#41; &amp;quot;IDEAL NEW&amp;quot; синий 336 стр. Арт. 3-344/05</t>
+  </si>
+  <si>
+    <t>885902</t>
   </si>
   <si>
     <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c33/stv62j9bgwc4yynzm2o9xhidz9s0qmv6.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/335/mzavlcvs32c88twpthqjy4ipv9lh53vg.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  ЧЕРНЫЙ  2023</t>
   </si>
   <si>
     <t>Ежедневник Альт® датированный 2023 год А5 &amp;#40;145 х 206 мм&amp;#41; &amp;quot;IDEAL NEW&amp;quot; коричневый 336 стр. Арт. 3-344/03</t>
   </si>
   <si>
     <t>885903</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/881/1cjl43x5z89tjy0d5eoudysbq2ebnlcz.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Альт  датированный 2025 год А5  133 х 205 мм   quot;БУМВИНИЛ quot; бордовый 336 стр. Арт. 3-121 01</t>
   </si>
   <si>
     <t>Классический датированный ежедневник формата А5 на 2025 год. Твердый переплет из высококачественного бумвинила украшает тиснение золотой фольгой. Блок ежедневника состоит из 336 страниц высококачественной белой бумаги плотностью 55 г/кв.м. В начале ежедневника находится справочная информация на 15 страницах, календарь на 2025-2026 год.</t>
   </si>
   <si>
     <t>885904</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f2/aopd7h4x8ybbyspl100idwmk08jzxizw.jpeg</t>
@@ -284,135 +266,108 @@
   <si>
     <t>Ежедневник Альт  датированный 2025 год А5  133 х 205 мм   quot;БУМВИНИЛ quot; коричневый 336 стр. Арт. 3-121 03</t>
   </si>
   <si>
     <t>885906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63b/ypuks46uxjri694yrqyvup40ts9xdnbe.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Альт  датированный 2025 год А5  133 х 205 мм   quot;БУМВИНИЛ quot; синий 336 стр. Арт. 3-121 05</t>
   </si>
   <si>
     <t>885907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/010/n3atbbu0a98jdgxjhq4mj420lprr0bj2.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Альт  датированный 2025 год А5  133 х 205 мм   quot;БУМВИНИЛ quot; черный 336 стр. Арт. 3-121 04</t>
   </si>
   <si>
     <t>885908</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/362/mj4dj8uf9h88ddbduoa8efk906j4ugx2.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed6/8tu5sfev3i7renpi2xy7ctptd78k6eh8.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;LEADER quot; оранжевый 336 стр. Арт. 3-126 06</t>
   </si>
   <si>
     <t>Недатированный ежедневник «Leader» - идеальный баланс между стилем и практичностью. Твердая обложка из итальянского переплетного материала максимально повторяет фактуру натуральной кожи, а за счет тонкого слоя поролона приобретает объемность. Элегантность ежедневнику придает тонкая декоративная отсрочка по периметру обложки. Для удобства навигации предусмотрены закладка-ляссе. Внутренний блок ежедневника содержит страницу для личных данных, справочную информацию на 14 страницах , телефонную книгу на 19 страницах и блок для ежедневного планирования в линейку.</t>
   </si>
   <si>
     <t>885933</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/94d/590pfb4wop43pfipcn5ya4v5yiwa7cjk.jpeg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/890/741vvd1n57jm2q9tacy53zafrbp67n7w.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;LEADER quot; черный 336 стр. Арт. 3-126 04</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti® датированный 2025 год А5 &amp;#40;146 х 206 мм&amp;#41; &amp;quot;LEADER&amp;quot; черный 336 стр. Арт. 3-126/04</t>
   </si>
   <si>
     <t>885936</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/362/sowif12feg4pet2xvfd2753q5hnm1450.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; бордовый 336 стр. Арт. 3-123 02</t>
   </si>
   <si>
     <t>885937</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d6/7814h5n07d3s5ojcyt4moxvufls02kek.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2026 год А5  146 х 206 мм   quot;VELVET quot; зеленый 336 стр. Арт. 3-123 05</t>
   </si>
   <si>
     <t>885938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/323/3n7012034yanxosq1fuxq0qmj7h7xvw4.jpeg</t>
   </si>
   <si>
     <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; коричневый 336 стр. Арт. 3-123 03</t>
   </si>
   <si>
     <t>885939</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8c1/nvvgns868buohr6atbvkk4qn0u374rah.jpeg</t>
-[...5 lines deleted...]
-    <t>885943</t>
+    <t>http://anytos.ru//upload/iblock/e51/0xpjwc23yrwsn93n4w0swrpfcwqmr982.jpeg</t>
+  </si>
+  <si>
+    <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; красный 336 стр. Арт. 3-123 10</t>
+  </si>
+  <si>
+    <t>885940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a4/01b5gk0u2zd3ctgexq34ni1fd23v0hgn.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  БОРДОВЫЙ  2023</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41; 2023</t>
   </si>
   <si>
     <t>908162</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecd/3n9qr34sokp813uf7o779rrw4o0yv8m1.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  ЗЕЛЕНЫЙ  2026</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41; 2023</t>
   </si>
   <si>
     <t>908163</t>
   </si>
@@ -428,164 +383,113 @@
   <si>
     <t>908165</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ НА 2023 г.  quot;IDEAL NEW quot;  СИНИЙ </t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ НА 2023 г. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>908177</t>
   </si>
   <si>
     <t xml:space="preserve">ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ НА 2023 г.  quot;IDEAL NEW quot;  ЧЕРНЫЙ </t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ НА 2023 г. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>908178</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c64/6kc4vq2mnufy5z788jwp10afkqd2gv3g.jpg</t>
-[...11 lines deleted...]
-    <t>932672</t>
+    <t>http://anytos.ru//upload/iblock/b02/k0tokkkrofmwrmejea287prk96ob3ain.jpeg</t>
+  </si>
+  <si>
+    <t>Ежедневник Bruno Visconti  датированный 2025 год А5  146 х 206 мм   quot;VELVET quot; серый 336 стр. Арт. 3-123 13</t>
+  </si>
+  <si>
+    <t>932870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a82/43zbogdaay4m7ja2v1na3xqgo1hoh3dq.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;SIDNEY NEBRASKA quot;  ЧЕРНЫЙ, золотой обрез  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;ЧЕРНЫЙ, золотой обрез&amp;#41; 2024</t>
+  </si>
+  <si>
+    <t>955761</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b02/k0tokkkrofmwrmejea287prk96ob3ain.jpeg</t>
-[...43 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/61a/6df5hmm0zdw7x3oemdd69901vzj4siu2.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ НА 2025 г.  quot;VELVET quot;  ТЕМНО-СИНИЙ NAVY </t>
   </si>
   <si>
     <t>986482</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45d/eidavgez4pnndlldepv9368qv6r5aodo.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, обложка бумвинил, бордовый, 117306</t>
   </si>
   <si>
     <t>Датированный ежедневник STAFF – надежный спутник делового человека, привыкшего тщательно планировать свое время. Внутренний блок включает 160 листов белой бумаги плотностью 65 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в классическом бордовом цвете с тиснением. Жесткая книжная обложка, покрытая бумвинилом, делает данный ежедневник надежным и практичным в применении. Материал обложки подходит для тиснения фольгой.Ежедневник снабжен обширным справочным материалом. В конце имеется 1 страница для записей и заметок.</t>
   </si>
   <si>
     <t>1006085</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/92b/1wciv5mj5t2r2wi8dxyo4ai9ttp0grnm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, обложка бумвинил, синий, 117305</t>
   </si>
   <si>
     <t>Датированный ежедневник STAFF – надежный спутник делового человека, который привык тщательно планировать свое время. Внутренний блок включает 160 листов белой бумаги плотностью 65 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в строгом классическом синем цвете с тиснением. Жесткая книжная обложка, покрытая бумвинилом, делает данный ежедневник надежным и практичным в применении. Материал обложки подходит для тиснения фольгой. Ежедневник снабжен обширным справочным материалом. В конце имеется 1 страница для записей и заметок.</t>
   </si>
   <si>
     <t>1006086</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2d6/q4i5s5o594heubmqc50hn7o1zhu7dmln.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/57d/7i0q13hpkn1s0l90uh8kkfb3ddwyum13.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;VELVET quot;  БОРДОВЫЙ  2025</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c28/catzroj5eyul9c8n0did2heeqyzb57vk.jpeg</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;VELVET quot;  КОРИЧНЕВЫЙ  2025</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008685</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/284/mf5622npwm6yxrb5tkxew1g730nwi3jh.jpeg</t>
@@ -641,86 +545,50 @@
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008696</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  ЧЕРНЫЙ  2025</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008697</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5  ДАТИРОВАННЫЙ  quot;IDEAL NEW quot;  БОРДОВЫЙ  2025</t>
   </si>
   <si>
     <t>ЕЖЕДНЕВНИК А5&amp;#43; ДАТИРОВАННЫЙ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1008698</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/392/q3kv5jiy0tg4bmxl4rsty0covdhz60ml.jpeg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d81/metbze5g1xp8f995eats3ys0xaec7ee7.jpg</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti  датированный 2026 год А5  quot;BOSTON quot; розовый 336 стр. Арт. 3-808 11</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti® датированный 2026 год А5 &amp;quot;BOSTON&amp;quot; розовый 336 стр. Арт. 3-808/11</t>
   </si>
   <si>
     <t>1009940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/151/h1vj3tyfcuzfm9eo4dzrcqj4e87aulsu.jpg</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti  датированный 2026 год А5  quot;BOSTON quot; фиолетовый 336 стр. Арт. 3-808 10</t>
   </si>
   <si>
     <t>Ежедневник BrunoVisconti® датированный 2026 год А5 &amp;quot;BOSTON&amp;quot; фиолетовый 336 стр. Арт. 3-808/10</t>
   </si>
   <si>
     <t>1009944</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86c/vjs17nnk45jwv9x0jxdm7554iqxk3sy9.jpg</t>
@@ -761,158 +629,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3fb/h030rf3uxiqm2x2gw1of3wwak8joggqs.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Iguana quot;, под кожу, красный, 117055</t>
   </si>
   <si>
     <t>Модная фактура и насыщенный цвет ежедневника BRAUBERG &amp;quot;Iguana&amp;quot; подчеркивают солидность его владельца. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010739</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b26/htxx99rb7wdm7jxr1mtc2k0207ft6exc.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Iguana quot;, под кожу, синий, 117056</t>
   </si>
   <si>
     <t>Модная фактура и насыщенный цвет ежедневника BRAUBERG &amp;quot;Iguana&amp;quot; подчеркивают солидность его владельца. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии насыщенного синего цвета. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010740</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dbb/gxa6bkfs2r08974vcduqrif5im9u4bwh.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/410/6xz83abffpcc6fmhg1xybhf4z0dh7y2d.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Iguana quot;, под кожу, темно-фиолетовый, 117059</t>
   </si>
   <si>
     <t>Модная фактура и насыщенный цвет ежедневника BRAUBERG &amp;quot;Iguana&amp;quot; подчеркивают солидность его владельца. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии благородного темно-фиолетового цвета. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/293/prrsbj96ns5v2j8mtjacxdgeth9304cl.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Iguana quot;, под кожу, черный, 117054</t>
   </si>
   <si>
     <t>Модная фактура и насыщенный цвет ежедневника BRAUBERG &amp;quot;Iguana&amp;quot; подчеркивают солидность его владельца. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу рептилии классического черного цвета. Подходит для горячего тиснения. Срез ежедневника фольгирован золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61a/memeua5gftzj3odm82avl3ix4bjrj31e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8bb/t9c2r4yjl0w11t097inldbdgv3gy2vmg.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Imperial quot;, под кожу, коричневый, 117061</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу классического коричневого цвета. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7b/4m0sifyxm0sgz0813dt9wtq9980f5jlm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Imperial quot;, под кожу, розовый, 117065</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу нежного розового цвета. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010746</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/94d/8tn4w1e2yotwucib0llxeieiwufb1qtg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/452/2vkwmh5m8akydnaxo4h8evijyh11ltth.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Imperial quot;, под кожу, сиреневый, 117064</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу сиреневого цвета. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок. Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010748</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/703/vtepoxvulnwfq2424hlvbnj4c10rnkw0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c1/cyxxm0g0ef9n1ojb5h7f0bc519ux82pg.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Imperial quot;, под кожу, черный, 117063</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу строгого черного цвета. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/822/m4eoai0ipntwpnvblcng997oar7cdxn8.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Mosaic quot;, под кожу, держатель для ручки, бирюза, 117110</t>
   </si>
   <si>
     <t>Модель датированного ежедневника BRAUBERG &amp;quot;Mosaic&amp;quot; представляет собой новый взгляд на дизайн деловых аксессуаров. Гармоничное сочетание цветов добавит яркости рабочим будням и идеально подойдет для создания современного образа. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в стильном сочетании бирюзового и серого цветов. Жесткая книжная обложка стилизована под искусственную кожу с текстурой льна, фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения. Для удобства пользования ежедневник снабжен карманом для фиксации ручки. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок. Датированный ежедневник BRAUBERG &amp;quot;Mosaic&amp;quot; идеально подойдет для офисных работников, людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010751</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7e/bvq2p2jithcfw7jsvi2p8trpyd1c4sb7.jpg</t>
@@ -1097,254 +917,170 @@
   <si>
     <t>http://anytos.ru//upload/iblock/85a/oe61eiq6j3j69bf61f1jktocudlh1pud.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Wood quot;, под кожу, держатель для ручки, бордо, 117107</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Wood&amp;quot; имеет обложку из искусственной кожи, имитирующей структуру натурального дерева. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под благородное дерево и выполнена в стильном бордовом цвете. Подходит для горячего тиснения. Снабжен резинкой-фиксатором, благодаря чему ежедневник не откроется в сумке или портфеле. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Ежедневник снабжен справочным материалом. В конце есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010767</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2f/6z2b5sp7kfbpnsfacdjzkn3k1tyr465g.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Wood quot;, под кожу, держатель для ручки, зеленый, 117109</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Wood&amp;quot; имеет обложку из искусственной кожи, имитирующей структуру натурального дерева. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под благородное дерево и выполнена в благородном зеленом цвете. Подходит для горячего тиснения. Снабжен резинкой-фиксатором, благодаря чему ежедневник не откроется в сумке или портфеле. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Ежедневник снабжен справочным материалом. В конце есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010768</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8e6/9jb7lu0tlnhxull7vhi5q1fo6ip3n3we.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/257/5b10e4rli41uwa5pnplte2pxo6g4rzek.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213мм BRAUBERG Senator, под кожу, зеленый, 117092</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Senator&amp;quot; предназначен для тех, кто обращает внимание на детали делового стиля. Обложка из материала, имитирующего гладкую глянцевую кожу, в сочетании с металлическими уголками делает его выразительным и практичным. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка благородного зеленого цвета стилизована под гладкую кожу. Подходит для горячего тиснения. Ежедневник имеет металлические уголки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Senator&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010771</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e7/yw7n18a3793d7lji971jgmd04knzon6p.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c5/sjxtvc12ok4vayn759its4yx9o20o6mw.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG твердый, фольга,  quot;Млечный путь quot;, 117345</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Млечный путь&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010773</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7fe/9u63o5e9mzda89t9cmymnomzzdzsh2q7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bc1/ormwbcgs1gtnoa97wdumn0o18zc12yvp.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый,  quot;Букет quot;, 117339</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Букет&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010775</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ff/1e0ga2h2390lovj0xazz0tq6jx7hqsc7.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый,  quot;Живопись quot;, 117342</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Живопись&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010776</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d3/2xnq0dalrv8xiah3dhxwt32elm7piqrz.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый,  quot;Нежность quot;, 117347</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Нежность&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010777</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9f4/kmzy68krhnhwsrwru8xhu6v8c21xplqx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/522/c350ob8cy8s6aossey7xbiqaek6dzyaf.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый,  quot;Россия quot;, 117332</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Россия&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0be/vrwz1thfiynpqw6vn2hovarliqg9mcyd.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый, фольга,  quot;Гранаты quot;, 117333</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Гранаты&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010782</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40d/bg5x5wsjt815tz363e6ypatw0gj983so.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый, фольга,  quot;Инжир quot;, 117337</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Инжир&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010783</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a02/1pwesmncff7z1r9h05sjz5tb1hesdu0m.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый, фольга,  quot;Леопард quot;, 117334</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Леопард&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010784</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a6/6w7bi7lk09x7j476jti15h67wr6lchmd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/48f/sfeno4vf6b536skzd7g2zrngiyqr3qox.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 с резинкой 145х203 мм, А5, BRAUBERG, твердый, фольга,  quot;Ромашки quot;, 117346</t>
   </si>
   <si>
     <t>Датированный ежедневник с резинкой BRAUBERG &amp;quot;Ромашки&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок состоит из 160 листов офсетной бумаги плотностью 60 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой&amp;#41; обеспечивает долговечность при активном использовании. Благодаря стандартному формату А5 &amp;#40;145х203 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Печать внутреннего блока – в одну краску. Ежедневник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010786</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fd3/cv1p123hmv6aeeajzyylo2c0aev4tmxe.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/616/xcdxq3wa755zbnj4h1k0g2adtqf9v7zk.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Cayman quot;, под кожу, бордовый коричневый, 117044</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Cayman&amp;quot; отличается изысканным дизайном: обложка сочетает гладкую глянцевую поверхность с фактурой, имитирующей крокодиловую кожу, придавая изделию элегантность и солидность. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f2e/he0c2o88l207i4qt8ugwrp9v542y5ffn.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Cayman quot;, под кожу, бордовый черный, 117046</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Cayman&amp;quot; — это стильное и функциональное решение на каждый день. На каждой странице указаны число, день недели и месяц, что делает планирование максимально удобным. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице.Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90c/1m6thmnpil2w1owi4xnxmjmdsskm6xr4.jpg</t>
@@ -1421,152 +1157,107 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6eb/yldxhuispzhsh29gy6eyyrgcqkkwq0ev.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Comodo quot;, под кожу, черный, 117049</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; с обложкой, стилизованной под крокодиловую кожу, отличается изысканным внешним видом. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Материал обложки черного цвета подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010796</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/858/coahzbbr0ik6rhu1dxtwnj7nrwcv13ki.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;De Luxe quot;, под кожу, коричневый бежевый, 117053</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;De Luxe&amp;quot; – это сочетание гладкой глянцевой и рельефной кожи. Дизайн выгодно дополнен позолоченным боковым срезом. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу. Подходит для горячего тиснения. Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;De Luxe&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010797</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6a1/ey0dmwogdmjfg0a511mgwzv2cwwj5yfp.jpg</t>
-[...2 lines deleted...]
-    <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Favorite quot;, под кожу, бордовый, 117034</t>
+    <t>http://anytos.ru//upload/iblock/fb9/6t0pnuk3c2tmwqoiq3c0oa0o838pqdvm.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Favorite quot;, под кожу, коричневый, 117035</t>
+  </si>
+  <si>
+    <t>Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; – надежный помощник делового человека, привыкшего тщательно планировать своё время. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Обложка с прошивкой по периметру имеет ярко выраженную текстуру под кожу, приятную на ощупь. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце ежедневника есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; – настоящая классика, проверенная временем. Он идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
+  </si>
+  <si>
+    <t>1010800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb0/tc52y6ytsht4p4vsd259npddq9r7me44.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Favorite quot;, под кожу, темно-синий, 117036</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; – надежный помощник делового человека, привыкшего тщательно планировать своё время. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Обложка с прошивкой по периметру имеет ярко выраженную текстуру под кожу, приятную на ощупь. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце ежедневника есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; – настоящая классика, проверенная временем. Он идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
-    <t>1010798</t>
-[...31 lines deleted...]
-  <si>
     <t>1010801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c3c/ngmq050dfjr350mr7ht3b654iv10u9f2.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Favorite quot;, под кожу, черный, 117037</t>
   </si>
   <si>
     <t>1010802</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/468/nvnfc72e90ts914zrmgy4ch7fc4q2uc0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ac/dr3ewmeplwpcstqthurk9xp5m7e1ky13.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Profile quot;, балакрон, мятный, 117074</t>
   </si>
   <si>
     <t>Обложка датированного ежедневника BRAUBERG &amp;quot;Profile&amp;quot; выполнена из приятного на ощупь рельефного материала, имитирующего фактурную кожу, и выдержана в актуальном мятном оттенке. Модель подойдёт тем, кто предпочитает сдержанный стиль и деловой формат. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Profile&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010804</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ba/rqnftz5llxuy1erizwem5qgudkxqmiai.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Profile quot;, балакрон, светло-розовый, 117075</t>
   </si>
   <si>
     <t>Обложка датированного ежедневника BRAUBERG &amp;quot;Profile&amp;quot; выполнена из приятного на ощупь рельефного материала, имитирующего фактурную кожу, и выдержана в нежном светло-розовом цвете. Модель подойдёт тем, кто предпочитает сдержанный стиль и деловой формат. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Profile&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010805</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a7c/j3ute4ibp4gq5zsywd22s612iec762xo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ba/4qrgwuxkqfa5kethhoclex34zdc3fx9r.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Rainbow quot;, под кожу, бирюзовый, 117076</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Rainbow&amp;quot; BRAUBERG с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу яркого бирюзового цвета. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010807</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94a/163dy4zp926ed8lhmvb1vr13sfp0txb8.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Rainbow quot;, под кожу, желтый, 117082</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Rainbow&amp;quot; BRAUBERG с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу яркого желтого цвета. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010808</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e17/43bbszsyrnfk5za4oekc12bf0fps7s3u.jpg</t>
@@ -1583,98 +1274,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d11/p3nhmprm30ja531kjgxh5o5pktj9qvwy.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Rainbow quot;, под кожу, розовый, 117078</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Raindow&amp;quot; BRAUBERG с яркой обложкой цвета &amp;quot;амарантовый маджента&amp;quot; предназначен для энергичных людей, стремящихся всё делать по максимуму, и эксцентричных натур, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010811</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f53/let3qisgz8wc0ruquyvjhv93wws7imdo.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Rainbow quot;, под кожу, сиреневый, 117080</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Rainbow&amp;quot; BRAUBERG с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Твердая обложка стилизована под гладкую кожу сиреневого цвета. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010812</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dde/ts1p6fajejie6acgmpj7n44vttaun2x6.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6ab/qp405iqom5j1ubv89spr21urafa3iyx5.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Select quot;, балакрон, коричневый, 117087</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка благородного коричневого цвета с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4b/gq0etcqzmeq13izhup7hns9q0sp0gt1m.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Select quot;, балакрон, розовый, 117089</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка насыщенного розового цвета с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010818</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d9/m16lpnrqwlzg8c2fgqeuox9eajjc0b3b.jpg</t>
@@ -1787,98 +1430,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/24e/84bigcdjlxa07tnpoaccpsrx7clofm38.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Swirl quot;, под кожу, держатель для ручки, серый, 117482</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Swirl&amp;quot; подойдёт тем, кто привык планировать своё время и ценит порядок в делах. Строгий, но выразительный дизайн подчёркивает деловой характер модели. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в стильном сочетании серого и черного цветов. Обложка подходит для горячего тиснения. Ежедневник снабжён закладкой-ляссе и держателем для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010828</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d26/dtimm08rzc0epazvie58okuz3nh7swtz.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Swirl quot;, под кожу, держатель для ручки, синий, 117479</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Swirl&amp;quot; подойдёт тем, кто привык планировать своё время и ценит порядок в делах. Строгий, но выразительный дизайн подчёркивает деловой характер модели. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в стильном сочетании синего и черного цветов. Обложка подходит для горячего тиснения. Ежедневник снабжён закладкой-ляссе и держателем для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1010829</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/37a/ba0yzhdfqma53ch3o96dytqi8kim42qa.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1a1/sweepah1bh33ugsayoeb2onel96r0nhm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 150x213 мм, BRAUBERG  quot;Up quot;, под кожу, софт-тач, держатель для ручки, красный, 117120</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; отличается оригинальным дизайном. Материал обложки &amp;quot;под кожу&amp;quot; с покрытием софт-тач делает ежедневник мягким, бархатистым, приятным на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;150х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в благородном красном цвете. Жёсткая книжная обложка с прошивкой по периметру имеет текстуру гладкой кожи и подходит для горячего тиснения. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010831</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/600/vagiqslf3p24v4c5rvhvsv020j158jpe.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 150x213 мм, BRAUBERG  quot;Up quot;, под кожу, софт-тач, держатель для ручки, серый, 117119</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; отличается оригинальным дизайном. Материал обложки &amp;quot;под кожу&amp;quot; с покрытием софт-тач делает ежедневник мягким, бархатистым, приятным на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;150х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в классическом сером цвете. Жёсткая книжная обложка с прошивкой по периметру имеет текстуру гладкой кожи и подходит для горячего тиснения. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010832</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b3c/4auhgx8on80m0459r3ng8ik0uuw11jcr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/980/fd3onh56a88n8qn4rgz04shzxb9dc5o1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 150x213 мм, BRAUBERG  quot;Up quot;, под кожу, софт-тач, держатель для ручки, черный, 117116</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; отличается оригинальным дизайном. Материал обложки &amp;quot;под кожу&amp;quot; с покрытием софт-тач делает ежедневник мягким, бархатистым, приятным на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;150х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Выполнен в классическом черном цвете. Жёсткая книжная обложка с прошивкой по периметру имеет текстуру гладкой кожи и подходит для горячего тиснения. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Up&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a94/s62q4qlo83dkcshuwk8bs8bkzmkd1ozs.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Augustus quot;, под кожу, голубой, 117165</t>
   </si>
   <si>
     <t>Еженедельники серии &amp;quot;Augustus&amp;quot; от BRAUBERG обладают особым шармом и неповторимой изысканностью, а насыщенные цвета придают аксессуарам неподдельный шик. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под кожу с текстурной выработкой, фиксируется магнитной застежкой, поэтому еженедельник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Еженедельник выполнен в голубом цвете. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Augustus&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010835</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e6/85bb92fuz9nuu9aqivr2ffnycag8wi5i.jpg</t>
@@ -1931,113 +1550,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/769/u1swhot9jgwvo2j7yaagazyhkn0rpngo.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Comodo quot;, под кожу, темно-коричневый, 117166</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; – великолепная возможность прикоснуться к легендарной рептилии. Обложка, стилизованная под кожу крокодила, и насыщенный цвет делают этот деловой аксессуар изысканным. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка темно-коричневого цвета, стилизованная под кожу крокодила, подходит для горячего тиснения. Срез еженедельника покрыт золотой фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1010842</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/092/0q7i4trs36tal9xlqnm26wwkt1f6xeya.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Comodo quot;, под кожу, темно-синий, 117167</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; – великолепная возможность прикоснуться к легендарной рептилии. Обложка, стилизованная под кожу крокодила, и насыщенный цвет делают этот деловой аксессуар изысканным. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка благородного темно-синего цвета, стилизованная под кожу крокодила, подходит для горячего тиснения. Срез еженедельника фольгирован покрыт фольгой, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1010843</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/175/m5mei09balrcfhyj69hw6nsr6cgt3q3u.jpg</t>
-[...8 lines deleted...]
-    <t>1010844</t>
+    <t>http://anytos.ru//upload/iblock/169/y0qanrphs69bykdbzuhsdbd2mawpnaw2.jpg</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 с резинкой 171х93 мм, BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Леопард quot;, 117356</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник с резинкой BRAUBERG &amp;quot;Леопард&amp;quot; создан для тех, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 60 г/м2. Благодаря малому формату &amp;#40;171х93 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах.Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долговечность при активном использовании.Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Еженедельник снабжен справочным материалом.</t>
+  </si>
+  <si>
+    <t>1010847</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/169/y0qanrphs69bykdbzuhsdbd2mawpnaw2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bce/ybe4u8xfh94b51efsejf11jgu1zpbnui.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 с резинкой 171х93 мм, BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Минимализм quot;, 117350</t>
   </si>
   <si>
     <t>Датированный еженедельник с резинкой BRAUBERG &amp;quot;Гранат&amp;quot; создан для тех, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 60 г/м2. Благодаря малому формату &amp;#40;171х93 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах.Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долговечность при активном использовании.Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Еженедельник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010848</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/632/jf15raoup3rj4bk1i37zw9y6bb0l94r0.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 с резинкой 171х93 мм, BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Мрамор quot;, 117352</t>
   </si>
   <si>
     <t>Датированный еженедельник с резинкой BRAUBERG &amp;quot;Мрамор&amp;quot; создан для тех, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 60 г/м2. Благодаря малому формату &amp;#40;171х93 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах.Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долговечность при активном использовании.Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Еженедельник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010849</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4b5/d6r072lqk6nf4f3edhkndhs54irz4j36.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b70/0ur5wce4l57zlq6c59thvgtk228e5g49.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 с резинкой 171х93 мм, BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Цветы quot;, 117348</t>
   </si>
   <si>
     <t>Датированный еженедельник с резинкой BRAUBERG &amp;quot;Цветы&amp;quot; подходит тем, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 60 г/м2. Благодаря малому формату &amp;#40;171х93 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах.Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долговечность при активном использовании.Резинка-фиксатор надежно защищает от случайного раскрытия в сумке или портфеле. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть нужную страницу. Еженедельник снабжен справочным материалом.</t>
   </si>
   <si>
     <t>1010853</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bcf/5o38dd0a5lc8g4kx4p72q8n5bbp98l3g.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Iguana quot;, под кожу, коричневый, 117169</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Iguana&amp;quot; отличается модной фактурой и глубоким насыщенным цветом, придающим изделию элегантность, загадочность и изысканный вид. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под кожу рептилии, имеет благородный коричневый цвет и подходит для горячего тиснения. Срез еженедельника украшен золотым фольгированием – это подчеркивает премиальность изделия. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Справочный материал расширяет функциональность еженедельника. Датированный еженедельник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010854</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f0/2po0f0o3hnpyuhs0d3zdzxxz91m4f8u2.jpg</t>
@@ -2066,279 +1661,153 @@
   <si>
     <t>http://anytos.ru//upload/iblock/26e/1harltv3x8ob5ya26zgzps6u524jwkxk.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Iguana quot;, под кожу, черный, 117171</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Iguana&amp;quot; отличается модной фактурой и глубоким насыщенным цветом, придающим изделию элегантность, загадочность и изысканный вид. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под кожу рептилии, имеет благородный черный цвет и подходит для горячего тиснения. Срез еженедельника украшен золотым фольгированием – это подчеркивает премиальность изделия. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника. Датированный еженедельник BRAUBERG &amp;quot;Iguana&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010857</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/481/rfdn3qoh8w3n0pz9wo4d2ejjc13eg8sa.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Imperial quot;, под кожу, коричневый, 117173</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения подчеркнет солидность владельца этого делового аксессуара. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, выполнена в благородном коричневом цвете и подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010858</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ab0/203ze0uy1dwh1lhjlwlyejqcjwceiebq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4c9/gpakgax9oeh04e6xmcna1taemnh72142.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Imperial quot;, под кожу, черный, 117175</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения подчеркнет солидность владельца этого делового аксессуара. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, выполнена в классическом черном цвете и подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1010860</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c9d/sz29pcv0uz1xtzck2n29rxkbaz708wgn.jpg</t>
-[...8 lines deleted...]
-    <t>1011217</t>
+    <t>http://anytos.ru//upload/iblock/9a4/z3pj1ris6nz45x5qcpwqcsiry63suyuu.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026г., А4, 176л., твердый переплет, кожзам, BG  quot;Winner. Bright blue quot;, синий</t>
+  </si>
+  <si>
+    <t>Элегантный датированный ежедневник на 2026 год BG формата А4 серии Winner в твёрдой обложке синего цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 205*290 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А4; • Размер: 205*290 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: синий.</t>
+  </si>
+  <si>
+    <t>1011218</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f7/9qtmhzsg72wt67aj33kabnidm8tuc85c.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026г., А5, 176л., твердый переплет, кожзам, BG  quot;Winner. Bright blue quot;, синий</t>
   </si>
   <si>
     <t>Элегантный датированный ежедневник на 2026 год BG формата А5 серии серии Winner в твёрдой обложке синего цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 145*205 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А5; • Размер: 145*205 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: синий.</t>
   </si>
   <si>
     <t>1011220</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/34f/2b58vum8zv15zzpj7e4zczs9pxox14il.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ebb/ky07l0axpsd4stsnwg4hyx0oo8vbu66d.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026г., А5, 176л., твердый переплет, кожзам, BG  quot;Winner. Dark teal quot;, темно-бирюзовый</t>
   </si>
   <si>
     <t>Элегантный датированный ежедневник на 2026 год BG формата А5 серии серии Winner в твёрдой обложке тёмно-бирюзового цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 145*205 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А5; • Размер: 145*205 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: тёмно-бирюзовый.</t>
   </si>
   <si>
     <t>1011222</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/40e/pbmypn2sb6r016aeh0t8yzi1fw2sghsf.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6e9/83gbofj5857fjwdepjmfivypmzp1ztrq.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026г., А5, 176л., твердый переплет, кожзам, BG  quot;Winner. Light teal quot;, светло-бирюзовый</t>
   </si>
   <si>
     <t>Элегантный датированный ежедневник на 2026 год BG формата А5 серии серии Winner в твёрдой обложке бирюзового цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 145*205 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А5; • Размер: 145*205 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: бирюзовый.</t>
   </si>
   <si>
     <t>1011226</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/890/p349hdfaiy1z58brrvrdlaxjk0gd2a2h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/99b/5rvvo6bvuqy3sr6htel7f8jxfrzizzcg.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026г., А5, 176л., твердый переплет, кожзам, BG  quot;Winner. Violet quot;, бургунди</t>
   </si>
   <si>
     <t>Элегантный датированный ежедневник на 2026 год BG формата А5 серии серии Winner в твёрдой обложке цвета бургунди, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 145*205 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А5; • Размер: 145*205 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: бургунди.</t>
   </si>
   <si>
     <t>1011228</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ed3/d710o0p2cv43b40ka8r8jqhb9z6kpjqc.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5bd/m3n45d6g24aerpm46eq6nv6z88eae1ll.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026г., А6, 176л., твердый переплет, кожзам, BG  quot;Winner. Light teal quot;, светло-бирюзовый</t>
   </si>
   <si>
     <t>Элегантный датированный ежедневник на 2026 год BG формата А6 серии серии Winner в твёрдой обложке бирюзового цвета, выполненной из высококачественной экокожи с гладкой матовой поверхностью и поролоновой прослойкой. Внутренний блок состоит из 176 листов белой офсетной бумаги плотностью 70 г/м2 с печатью в 2 краски. Датированный ежедневник представлен в размере 105*145 мм. Перфорированные уголки и закладка-ляссе обеспечат комфорт и удобство при использовании ежедневника. В ежедневнике предусмотрена справочная информация, таблицы, календарь на 4 года и другие полезные сведения. Датированный ежедневник подходит под персонализацию. Индивидуальная упаковка в термоусадочную пленку. BG – с вами с 2001 года! • Формат: А6; • Размер: 105*145 мм; • Количество листов: 176; • Материал обложки: экокожа; • Цвет обложки: темно-бирюзовый.</t>
   </si>
   <si>
     <t>1011236</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aa1/2s4z9hkqyjs0pgn05s6paalq72nd5jcp.jpg</t>
-[...32 lines deleted...]
-    <t>1011251</t>
+    <t>http://anytos.ru//upload/iblock/cfc/pl3gwxudc933r8n4rr4uz3o339xhmznh.jpg</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 БОЛЬШОЙ ФОРМАТ 210х297 мм, А4 BRAUBERG  quot;Favorite quot;, под кожу, синий, 117151</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник BRAUBERG &amp;quot;Favorite&amp;quot; выполнен в классическом стиле. Обложка с прошивкой по периметру имеет ярко выраженную текстуру под кожу, приятную на ощупь. Достойный выбор делового человека!&lt;br /&gt;
+&lt;br /&gt;
+Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря большому формату А4 &amp;#40;210х297 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка синего цвета, стилизованная под фактурную кожу, подходит для горячего тиснения.&lt;br /&gt;
+&lt;br /&gt;
+Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом.&lt;br /&gt;
+&lt;br /&gt;
+Датированный еженедельник BRAUBERG &amp;quot;Favorite&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
+  </si>
+  <si>
+    <t>1011248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29f/8g4t3ywbbkzw57f2zrbh0sjlijcgqv4d.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;2026 quot;, 117323</t>
   </si>
   <si>
     <t>Датированный ежедневник STAFF в жестком книжном переплете надежен и практичен в применении. Внутренний блок включает 160 листов белой бумаги плотностью 60 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка покрыта глянцевой пленкой. Печать внутреннего блока – в одну краску.</t>
   </si>
   <si>
     <t>1011446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a16/e1182l388m37i73vbsqdpwio3v27x0rk.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Black style quot;, 117325</t>
   </si>
   <si>
     <t>1011447</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c14/j81qs4si1lgijs0ab0begxr1tg3h0bwq.jpg</t>
   </si>
@@ -2453,383 +1922,242 @@
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Магнолия quot;, 117326</t>
   </si>
   <si>
     <t>1011460</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/858/537r1f4mh6ltiduh6x61l4qwwlctkg4d.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Настроение quot;, 117320</t>
   </si>
   <si>
     <t>1011461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d8/100ncgfnw47yok693nqizlub4m4qqah9.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Розы quot;, 117322</t>
   </si>
   <si>
     <t>1011462</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dde/rmkl1e6zgw4k21bdz10hl85lu3fxowts.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ec3/ipu92p5vjww4smqasllmggb25v38044i.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Символика РФ quot;, 117314</t>
   </si>
   <si>
     <t>1011464</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/009/wf8ugafq7n6i690t067zf24k9rirmz28.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 145х215 мм, А5, STAFF, ламинированная обложка,  quot;Туман quot;, 117313</t>
   </si>
   <si>
     <t>1011465</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ca/v621dg4waiax6g8gvej273k3rswx99xs.jpg</t>
-[...2 lines deleted...]
-    <t>Ежедневник датированный 2026 B6 125х173 мм, GALANT  quot;Vivid quot;, под кожу, зеленый, 117409</t>
+    <t>http://anytos.ru//upload/iblock/151/25i2vi6fnwnm4p98x1mkl8b06ka4a5cc.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 B6 125х173 мм, GALANT  quot;Vivid quot;, под кожу, розовый, 117411</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Vivid&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря небольшому формату B6 &amp;#40;125х173 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под текстурную кожу. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Помимо прочего, ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
-    <t>1011466</t>
+    <t>1011468</t>
   </si>
   <si>
     <t>&lt;a href="/brands/galant/"&gt;GALANT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/16c/1g2n1njvkp0dzhkbj8ri910okh73vitd.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f3d/ugserxg1rz8wf942isfharcd1yhw81na.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм BRAUBERG Sparkle, под кожу, блестки, фиолетовый, 117438</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Sparkle&amp;quot; с необычной яркой обложкой, имитирующей блестки в лаковой заливке, предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу с глиттером стильного фиолетового цвета. Подходит для тиснения фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Sparkle&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011471</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/833/4oybjcf3x2thogprupqdm7mn7nu5mpq6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7f6/k2drfuq27pyqx01mkzvv9d8i4zi12uvt.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Foliage quot;, под кожу, гибкий, желтый, 117130</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; предназначен для творческих людей или тех, кто хочет выделяться среди других. Обложка ежедневника оформлена оригинальным тиснением, что подчеркивает индивидуальность его обладателя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Мягкая &amp;#40;интегральная&amp;#41; обложка по-летнему яркого желтого цвета под гладкую кожу имеет декоративное тиснение, что придает ежедневнику особый шарм. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011473</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bea/2j23kpuhk9rywkuk1k1lpw7tfjrz8ini.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Foliage quot;, под кожу, гибкий, зеленый, 117128</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; предназначен для творческих людей или тех, кто хочет выделяться среди других. Обложка ежедневника оформлена оригинальным тиснением, что подчеркивает индивидуальность его обладателя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Мягкая &amp;#40;интегральная&amp;#41; обложка, выполненная в зеленом цвете под гладкую кожу, имеет декоративное тиснение, что придает ежедневнику особый шарм. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011474</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6bf/eh0lufip4z7dt7t3rgtjot7zy9hne08k.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Foliage quot;, под кожу, гибкий, розовый, 117129</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; предназначен для творческих людей или тех, кто хочет выделяться среди других. Обложка ежедневника оформлена оригинальным тиснением, что подчеркивает индивидуальность его обладателя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Мягкая &amp;#40;интегральная&amp;#41; обложка нежного розового цвета под гладкую кожу имеет декоративное тиснение, что придает ежедневнику особый шарм. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Foliage&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011475</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e44/8b2kupz3epophyuzs32atdeaast4ufd4.jpg</t>
-[...14 lines deleted...]
-    <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Goldy quot;, под кожу, цветной срез, красный, 117471</t>
+    <t>http://anytos.ru//upload/iblock/7bc/ummybhlrtitxrv5706u8p66trvglskdf.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Goldy quot;, под кожу, цветной срез, синий, 117472</t>
+  </si>
+  <si>
+    <t>Датированный ежедневник BRAUBERG &amp;quot;Goldy&amp;quot; выполнен в оригинальном дизайне. Непревзойденное качество исполнения придаёт ему роскошный и стильный вид. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, тисненная золотой фольгой, стилизована под гладкую кожу с покрытием SoftTouch, которое обеспечивает обложке мягкий, бархатистый тактильный эффект, делая ее приятной на ощупь. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле, и страницы не помнутся. Материал обложки подходит для горячего тиснения. Цветной срез в цвет обложки придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Goldy&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
+  </si>
+  <si>
+    <t>1011478</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65b/xc03olrsrt355zgeu2vq8phiww2tigaz.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Goldy quot;, под кожу, цветной срез, черный, 117470</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Goldy&amp;quot; выполнен в оригинальном дизайне. Непревзойденное качество исполнения придаёт ему роскошный и стильный вид. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, тисненная золотой фольгой, стилизована под гладкую кожу с покрытием SoftTouch, которое обеспечивает обложке мягкий, бархатистый тактильный эффект, делая ее приятной на ощупь. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле, и страницы не помнутся. Материал обложки подходит для горячего тиснения. Цветной срез в цвет обложки придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Помимо прочего, ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Goldy&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
-    <t>1011477</t>
-[...19 lines deleted...]
-  <si>
     <t>1011479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5a/sveu4t8hs4y781nzvo6n7yh1ejxhk6wq.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Inspiration quot;, под кожу, цветной срез, бирюза, 117476</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Inspiration&amp;quot; выполнен в оригинальном стиле. Непревзойденное качество исполнения и креативный дизайн этого делового аксессуара обязательно порадуют его владельца и добавят ему солидности. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу бирюзового цвета. Материал обложки подходит для горячего тиснения. Для удобства пользования ежедневник снабжен держателем для ручки. Цветной срез в контраст обложки придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Inspiration&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011480</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d11/tospysy71gxemryp1046d3oweuhq1qcs.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/682/t3rw33g1emlxy93qzjqxk37j0fb4oicv.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Inspiration quot;, под кожу, цветной срез, черный, 117473</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Inspiration&amp;quot; выполнен в оригинальном стиле. Непревзойденное качество исполнения и креативный дизайн этого делового аксессуара обязательно порадуют его владельца и добавят ему солидности. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу черного цвета. Материал обложки подходит для горячего тиснения. Для удобства пользования ежедневник снабжен держателем для ручки. Цветной срез в контраст обложки придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок. Датированный ежедневник BRAUBERG &amp;quot;Inspiration&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc1/3z2j1meujkbpyjchl4tn060lp7su92i1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Legend quot;, под кожу, застежка, коричневый, 117071</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Legend&amp;quot; – надежный спутник делового человека, который привык тщательно планировать свое время. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка прошита по периметру, имеет легкую рельефную фактуру и напоминает натуральную кожу. Материал обложки подходит для горячего тиснения. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Legend&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0b/4z34v191fwfsh1ese9j6r67hyzgifusi.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Legend quot;, под кожу, застежка, серый, 117068</t>
   </si>
   <si>
     <t>1011487</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e50/b44tz5i25e1hz1lqvajv6vwxhc3qlzau.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/03a/cft8c9g8if0vhi196qstixp8vjihuq23.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Legend quot;, под кожу, застежка, фиолетовый, 117069</t>
   </si>
   <si>
     <t>1011489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/500/84neuwj9768tzio747avs90mxc1gcpl1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Legend quot;, под кожу, застежка, черный, 117070</t>
   </si>
   <si>
     <t>1011490</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/174/yyraptywyx7t645mu6ird9kbpwc1e33b.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Metropolis Mix quot;, под кожу, гибкий, голубой, 117444</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Обложка из материала &amp;quot;под кожу&amp;quot; приятна на ощупь. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Мягкая интегральная обложка стилизована под гладкую кожу нежного голубого цвета. Материал обложки подходит для горячего тиснения. Срез и форзац ежедневника окрашены в контрастный с обложкой цвет, что придает изделию особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Metropolis Mix&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ba/hs2um6nehe1p8sb2q64kqgdq4p0tk2ln.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Metropolis Mix quot;, под кожу, гибкий, желтый, 117441</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Metropolis Mix&amp;quot; выполнен в классическом стиле. Обложка из материала &amp;quot;под кожу&amp;quot; приятна на ощупь. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах.Мягкая интегральная обложка стилизована под гладкую кожу неординарного желтого цвета. Материал обложки подходит для горячего тиснения. Срез и форзац ежедневника окрашены в контрастный с обложкой цвет, что придает изделию особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Metropolis Mix&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011492</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e81/06nuoh7ndrkcp1f1u5hm7lc2dv7wejkl.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/908/brqgx4xdp59qq33fyitf98wfrx0z1pwt.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу твердый,  quot;Pastel quot;, 117458</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Vista&amp;quot; выполнен в классическом стиле. Обложка из материала &amp;quot;под кожу&amp;quot; имеет дизайнерский принт и приятна на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу. Материал обложки подходит для горячего тиснения. Цветные форзац и срез придают ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Vista&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011495</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0b/7dff4pbxibzpzawcu07lb8b09bcogkdq.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу твердый,  quot;Serenity quot;, 117459</t>
   </si>
   <si>
     <t>1011496</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/625/yglts6ylqfut0q3aa42hsruwnsg1lws1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу твердый,  quot;Tenderness quot;, 117455</t>
@@ -2885,59 +2213,50 @@
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, гибкий,  quot;Mist quot;, 117450</t>
   </si>
   <si>
     <t>1011502</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7eb/v9heb6e2mdxi5ocpwkpulucbx0q91p7w.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, гибкий,  quot;Pink marble quot;, 117446</t>
   </si>
   <si>
     <t>1011503</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fb/h3rsqzp7ym4bjoxup09clqbg00ynaohx.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, твердый,  quot;Black coal quot;, 117460</t>
   </si>
   <si>
     <t>1011507</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ae0/4hqe314kxl1sibz56vcnqjbb2e31rp5p.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/809/56fbowhph0c8x0qogtnaujpakq233r32.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, твердый,  quot;Green marble quot;, 117456</t>
   </si>
   <si>
     <t>1011509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44b/nxi5a0xytsp1zl3ip8japphux7gojbd8.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138x213 мм, BRAUBERG  quot;Vista quot;, под кожу, твердый,  quot;Pattern quot;, 117457</t>
   </si>
   <si>
     <t>1011510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/074/ja3zjimnpkwriyre252o8630mec708ao.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 138х213 мм, BRAUBERG  quot;Accent quot;, под кожу, держатель, бежевый коричневый, 117388</t>
   </si>
   <si>
     <t>Ежедневник датированный BRAUBERG &amp;quot;Accent&amp;quot; создан для тех, кому планирование дороже, чем импровизация. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под текстурную кожу и имеет интересную деталь в виде нашивки контрастного цвета. Подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Ежедневник снабжен справочным материалом. В конце имеются 4 страницы для записей и заметок.</t>
@@ -3152,170 +2471,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fd5/rl1ffecaexujx00tfqd5vbetrvgnasnt.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;CombiContract quot;, под кожу, коричневый, 117487</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Combi Contract&amp;quot; GALANT отличается классическим дизайном обложки. Материал с легкой рельефной фактурой под кожу сочетается с имитацией кожи крокодила. Для удобства использования внутренний блок имеет вырубку по месяцам. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка коричневого цвета состоит из двух материалов и стилизована под кожу крокодила со вставкой из материала под гладкую кожу. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011533</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e08/28zuqyveq22dgeciwtze0onx9kottkhy.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;CombiContract quot;, под кожу, темно-синий, 117486</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Combi Contract&amp;quot; GALANT отличается классическим дизайном обложки. Материал с легкой рельефной фактурой под кожу сочетается с имитацией кожи крокодила. Для удобства использования внутренний блок имеет вырубку по месяцам. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка темно-синего цвета состоит из двух материалов и стилизована под кожу крокодила с вставкой из материала под гладкую кожу. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011534</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0df/rhekb206li4u1q3soestdmnmx5t1hdl1.jpg</t>
-[...58 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4e4/7emw5t6ew7oczdld82d0w48aj0q4gjy2.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Infinity Silver quot;, под кожу, красный, 117497</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка красного цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011541</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd0/161we7he0h24tl0j2pzj446947xywws1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Infinity Silver quot;, под кожу, серый, 117499</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка серого цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c16/jlfx7r25iaivvcxfer1ycypyts39fpdw.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Infinity Silver quot;, под кожу, синий, 117496</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка синего цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011543</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed9/1an1xj87owsil60y2wot09e75kgfzx9n.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Infinity Silver quot;, под кожу, черный, 117495</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка черного цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011544</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e8b/3cagffarowpp07l8b5du481w8ub4sec8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd9/qoko2g82s328hi5kfxczgwx9x0j1rbqu.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Magnetic quot;, под кожу, клапан, синий, 117485</t>
   </si>
   <si>
     <t>Датированный ежедневник &amp;quot;Magnetic&amp;quot; GALANT – надежный спутник делового и стильного человека. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная обложка стилизована под гладкую кожу синего цвета, фиксируется магнитным клапаном, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены в цвет обложки, что придает ему особый шарм.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/837/xq9st2vj6050xncbj6wf3klgzn9kaiqu.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Magnetic quot;, под кожу, клапан, черный, 117483</t>
   </si>
   <si>
     <t>Датированный ежедневник &amp;quot;Magnetic&amp;quot; GALANT – надежный спутник делового и стильного человека. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Интегральная обложка стилизована под гладкую кожу черного цвета, фиксируется магнитным клапаном, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены в цвет обложки, что придает ему особый шарм.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011547</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e3/2r5y8oyo44y3hdte527hznkne4he87ie.jpg</t>
@@ -3356,245 +2603,128 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bca/3cbn2vpc16ljnnvdrg38mmzs2gf9ge9u.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Ritter quot;, под кожу, темно-синий, 117492</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Ritter&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка темно-синего цвета прошита по периметру и стилизована под гладкую кожу. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/783/egufdf494xchaspudrddu7ljsyflqecj.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218 мм, GALANT  quot;Ritter quot;, под кожу, черный, 117491</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Ritter&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка черного цвета прошита по периметру и стилизована под гладкую кожу. Обложка фиксируется магнитной застежкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011552</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/309/a4h6zzrg0ubl5mxujbt1rrre1863jwq3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3f6/g2xexqlwc0ejg1diw8ucskqu4nhg2twa.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 А5 148х218мм GALANT  quot;Infinity Silver quot;, под кожу, фиолетовый, 117498</t>
   </si>
   <si>
     <t>Датированный ежедневник серии &amp;quot;Infinity Silver&amp;quot; от GALANT – надежный спутник делового человека. Внутренний блок включает 168 листов тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;148х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка фиолетового цвета выполнена под кожу с отделкой из металлических накладок, что увеличивает ее износоустойчивость. Срез ежедневника покрыт серебряной фольгой в цвет металлических накладок, и это придает ему особый шарм. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, а также вырубка по месяцам. Ежедневник снабжен обширным справочным материалом. В конце есть 6 страниц для записей и заметок.</t>
   </si>
   <si>
     <t>1011554</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dd8/jtw9mr0k4omnpxzjce0t0cfvzs17zdry.jpg</t>
-[...58 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/806/db2i5pzl3c27iwzj2x55lp766m22j5z9.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 БОЛЬШОЙ ФОРМАТ 210х297 мм, А4, BRAUBERG  quot;Imperial quot;, под кожу, бордо, 117248</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения подчеркивает солидность владельца этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря большому формату А4 &amp;#40;210х297 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу бордового цвета. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен обширным справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011561</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/88a/ok3p1mgq26oo1rlw6tm6oryl9zvj5g2a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/92d/guwvfzjplttbkaeje6auq3bq42xqvlsv.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 БОЛЬШОЙ ФОРМАТ 210х297мм А4, BRAUBERG Comodo, под кожу, черный, 117242</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; с обложкой, стилизованной под крокодиловую кожу, отличается изысканным внешним видом. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря большому формату А4 &amp;#40;210x297 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу крокодила классического черного цвета. Материал обложки подходит для горячего тиснения.Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8a/3iuf8kzrwq07y7jwq5c8zizwi331oaq3.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026 МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Wood quot;, под кожу, коричневый, 117263</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG серии &amp;quot;Wood&amp;quot; создан для тех, кто любит натуральное. Обложка изготовлена из искусственной кожи, имитирующей структуру натурального дерева. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка коричневого цвета стилизованная под благородное дерево. Подходит для горячего тиснения. Снабжен резинкой-фиксатором, благодаря чему ежедневник не откроется в сумке или портфеле.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Ежедневник снабжен справочным материалом. В конце есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Wood&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011564</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/53e/bjuaoas4rf152qqjbwd6curycr4jw8ss.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0d4/ie351c27q7flvo5dxw4zr0eovdv2ka4f.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Assistant quot;, под кожу, держатель, розовый, 117377</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Assistant&amp;quot; с оригинальным дизайном обложки. Приятная на ощупь обложка дополнена удобным держателем для ручки. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу с мягкой подложкой. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки на обложке ежедневника для удобства пользователя. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Assistant&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011568</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/72e/n17jmbjimmg41wzcmjdreohkisohuksz.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Assistant quot;, под кожу, держатель, серый, 117378</t>
   </si>
   <si>
     <t>1011569</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2a/v9imjo2d7ip5bjmtwrnd13bipi9ujj4b.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Assistant quot;, под кожу, держатель, синий, 117375</t>
   </si>
   <si>
     <t>1011570</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ac7/bb2lgi5qz2xi9hshubntx3w8hon6xs5u.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f71/tpa33ha2apebmw0r3k92td9zk3cj6huq.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Control quot;, под кожу, держатель для ручки, зеленый, 117123</t>
   </si>
   <si>
     <t>Классический ежедневник BRAUBERG &amp;quot;Control&amp;quot; создан для максимального удобства пользователя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка насыщенного зеленого цвета стилизована под искусственную кожу с мелким рисунком. Обложка фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения. Ежедневник снабжен держателем для фиксации ручки и обширным справочным материалом. В конце имеются 4 страницы для записей и заметок. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Датированный ежедневник BRAUBERG &amp;quot;Control&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011572</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db0/hdfytrunzcqfg7xkln387c61ysioobd0.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Control quot;, под кожу, держатель для ручки, коричневый, 117122</t>
   </si>
   <si>
     <t>Классический ежедневник BRAUBERG &amp;quot;Control&amp;quot; создан для максимального удобства пользователя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка благородного коричнево цвета стилизована под искусственную кожу с мелким рисунком. Обложка фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения.Ежедневник снабжен держателем для фиксации ручки и обширным справочным материалом. В конце имеются 4 страницы для записей и заметок. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Датированный ежедневник BRAUBERG &amp;quot;Control&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011573</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c22/zj9zfvnr01c4qdqqlfaj9s4esqlq1rr2.jpg</t>
@@ -3635,74 +2765,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5b7/m7w5x6ux2n7dvbkv5fsgi99twemx173c.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Control quot;, под кожу, держатель для ручки, черный, 117126</t>
   </si>
   <si>
     <t>Классический ежедневник BRAUBERG &amp;quot;Control&amp;quot; создан для максимального удобства пользователя. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка классического черного цвета стилизована под искусственную кожу с мелким рисунком. Обложка фиксируется резинкой, поэтому ежедневник не откроется в сумке или портфеле и страницы не помнутся. Материал обложки подходит для горячего тиснения. Ежедневник снабжен держателем для фиксации ручки и обширным справочным материалом. В конце имеются 4 страницы для записей и заметок. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Датированный ежедневник BRAUBERG &amp;quot;Control&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011577</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/498/vsgb88z7i7wsrjo063hwkb1b7yvei1k1.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Optimal quot;, под кожу, резинка, держатель для ручки, коричневый, 117468</t>
   </si>
   <si>
     <t>Серия &amp;quot;Optimal&amp;quot; создана для тех, кто выбирает натуральные материалы и ценит практичность. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страница снабжена перфорированным уголком. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под старую кожу в рубчик и выполнена в благородном коричневом цвете. Подходит для горячего тиснения.Модель оснащена резинкой-фиксатором, предотвращающей самопроизвольное открытие в сумке или портфеле. Также предусмотрены закладка-ляссе для быстрого доступа к нужной странице и держатель для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1011579</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/187/o4b0i9wbdchswfcx5f7c1kgjetdyw5al.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ef/gumb6pfkoaof8m7trydlsxyf8n5mdhca.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Optimal quot;, под кожу, резинка, держатель для ручки, черный, 117465</t>
   </si>
   <si>
     <t>Серия &amp;quot;Optimal&amp;quot; создана для тех, кто ценит естественность в дизайне и практичность в использовании. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страница снабжена перфорированным уголком. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под старую кожу в рубчик и выполнена в черном цвете. Подходит для горячего тиснения.Модель оснащена резинкой-фиксатором, предотвращающей самопроизвольное открытие в сумке или портфеле. Также предусмотрены закладка-ляссе для быстрого доступа к нужной странице и держатель для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1011583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5a/2j0p7t3uxfiltzzap1f59digz3r27ivn.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Pastel quot;, под кожу гибкий, бирюзовый, 117462</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Pastel&amp;quot; выполнен в классическом стиле. Материал &amp;quot;под кожу&amp;quot; с покрытием Soft Touch придаёт обложке мягкий, бархатистый тактильный эффект. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Мягкая интегральная обложка нежного пастельного бирюзового цвета стилизована под гладкую кожу. Материал обложки подходит для горячего тиснения. Цветной срез придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Pastel&amp;quot; идеально подойдет для офисных работников, людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011584</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/726/2efw7kp5hzgb34sbs7dld7mfhyw8jw0d.jpg</t>
@@ -3743,68 +2849,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/813/qjf3jtuobp1g57jjpidyvjcdoipk7r2a.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Sparkle quot;, под кожу, блестки, серебристый, 117440</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Sparkle&amp;quot; с необычной яркой обложкой, имитирующей блестки в лаковой заливке, предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу с глиттером благородного серебряного цвета. Подходит для тиснения фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Sparkle&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011588</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b43/41ji55jy46uvbkzjzz2jxrqosnfr6xrj.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138x213 мм, BRAUBERG  quot;Towny quot;, под кожу, клапан, белый, 117042</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Towny&amp;quot; создан для тех, кто ценит порядок во всех сферах жизни и предпочитает деловой стиль без избыточных акцентов. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, фиксируется магнитным клапаном, поэтому ежедневник не откроется самопроизвольно в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Также предусмотрена закладка-ляссе для быстрого доступа к нужной странице.Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Towny&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011589</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dff/e7auyyyd1r3xpsr5n6df7u4xxcu50eia.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c34/s3837tnoquj5nrsxnxkintzsxaqrqya9.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Essential quot;, под кожу, держатель, бежевый, 117396</t>
   </si>
   <si>
     <t>Ежедневник датированный BRAUBERG &amp;quot;Essential&amp;quot; создан для тех, кто предпочитает продуманное планирование спонтанным решениям. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под текстурную кожу и имеет интересную деталь в виде корешка контрастного цвета. Поверхность подходит для горячего тиснения. Ежедневник снабжён двумя закладками-ляссе и держателем для ручки. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1011593</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/249/x6eowtce2d45mnzsd9ofxia81dg5al1e.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Essential quot;, под кожу, держатель, зеленый, 117398</t>
   </si>
   <si>
     <t>1011594</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd7/p1w22f64m6838wmeq9efy7ve03x9m88z.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Essential quot;, под кожу, держатель, розовый, 117395</t>
@@ -3893,62 +2981,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3f2/5v7qq38kf6623naqgp8zp9nuaoshburm.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Impression quot;, под кожу, коричневый, 117511</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Impression&amp;quot; выполнен в классическом стиле. Отличается лаконичным дизайном и аккуратным исполнением. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу благородного коричневого цвета. Материал обложки подходит для горячего тиснения. Серебряный срез придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011604</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db7/sjxwedygep9cdnfnh4qaogvi81d9frfi.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Impression quot;, под кожу, розовый, 117514</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Impression&amp;quot; выполнен в классическом стиле. Отличается лаконичным дизайном и аккуратным исполнением. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу розового цвета. Материал обложки подходит для горячего тиснения. Серебряный срез придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011605</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c17/ttn8n0lcwrz2fjxmu80czdiecxbe2x3j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9df/a9y2q8ywjnvkz3luud81tar760rq4pqo.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Impression quot;, под кожу, черный, 117510</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Impression&amp;quot; выполнен в классическом стиле. Отличается лаконичным дизайном и аккуратным исполнением. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под гладкую кожу строгого черного цвета. Материал обложки подходит для горячего тиснения. Серебряный срез придает ежедневнику особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011607</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e08/tz7iq19tkhnto5tudy45c5bjh8rbh443.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 138х213 мм, BRAUBERG  quot;Plain quot;, под кожу, резинка, держатель для ручки, красный, 117508</t>
   </si>
   <si>
     <t>Ежедневник датированный BRAUBERG &amp;quot;Plain&amp;quot; создан для тех, кому планирование дороже, чем импровизация. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря стандартному формату А5 &amp;#40;138х213 мм&amp;#41; датированный ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под текстурную кожу. Подходит для горячего тиснения. Снабжен резинкой-фиксатором, благодаря чему ежедневник не откроется в сумке или портфеле. Цветной срез придает ежедневнику особый шарм. Дополнениями являются закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице, и держатель для ручки. Ежедневник снабжен справочным материалом. В конце есть 4 страницы для записей и заметок.</t>
   </si>
   <si>
     <t>1011608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c9/9wg22hi20jx3nlfma7cqe2ddmpnt6hqt.jpg</t>
@@ -4055,131 +3131,92 @@
   <si>
     <t>Ежедневник датированный 2026, А5, 145х213 мм, BRAUBERG  quot;Jacket quot;, под кожу, клапан, держатель, красный, 117401</t>
   </si>
   <si>
     <t>1011619</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/391/kn3m59rq7cp1vew21ui3dwim82v58dws.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 145х213 мм, BRAUBERG  quot;Jacket quot;, под кожу, клапан, держатель, розовый, 117400</t>
   </si>
   <si>
     <t>1011620</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/010/8ib42ll236dcrnnx8xrcjh3ls5t1pp8s.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 145х213 мм, BRAUBERG  quot;Jacket quot;, под кожу, клапан, держатель, серый, 117403</t>
   </si>
   <si>
     <t>1011621</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/08b/0851otbe6z6o1v9h7yiii06zx85rs5ht.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc8/g36v2g5g2zu2ons8ryynf2khh01el0k7.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 151х213 мм, BRAUBERG  quot;Note quot;, под кожу, держатель для ручки, бежевый, 117521</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Note&amp;quot; выполнен в лаконичном дизайне. Обложка из материала, имитирующего гладкую кожу, придаёт изделию аккуратный деловой вид. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря классическому формату А5 &amp;#40;163х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу с легкой текстурной поверхностью, приятна на ощупь. Материал обложки подходит для горячего тиснения. Дополнениями являются две закладки-ляссе, с помощью которой при необходимости можно быстро открыть или зафиксировать нужную страницу, и держатель для ручки. Резинка-фиксатор не позволит ежедневнику открыться в сумке или портфеле, поэтому страницы не помнутся. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Note&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011623</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/750/9mkbnm72rtx6r6320niels8dcq9vg42w.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 151х213 мм, BRAUBERG  quot;Note quot;, под кожу, держатель для ручки, коричневый, 117515</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Note&amp;quot; выполнен в лаконичном дизайне. Обложка из материала, имитирующего гладкую кожу, придаёт изделию аккуратный деловой вид. Внутренний блок включает 168 листов кремовой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря классическому формату А5 &amp;#40;163х218 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу с легкой текстурной поверхностью, приятной на ощупь. Материал обложки подходит для горячего тиснения. Дополнениями являются две закладки-ляссе, с помощью которой при необходимости можно быстро открыть или зафиксировать нужную страницу, и держатель для ручки. Резинка-фиксатор не позволит ежедневнику открыться в сумке или портфеле, поэтому страницы не помнутся. Ежедневник снабжен обширным справочным материалом. В конце имеются 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Note&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011624</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/74a/h7tuvbf0hv4kzv4pr7gklng43rp8wj19.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bfc/459xrg6ri83kil7sesxrb5f3v7wq4icu.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 151х213 мм, BRAUBERG  quot;Note quot;, под кожу, держатель для ручки, серо-голубой, 117520</t>
   </si>
   <si>
     <t>1011626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e81/3wnbu6dqugu2321m3tip94gt4hq8kehh.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, А5, 151х213 мм, BRAUBERG  quot;Note quot;, под кожу, держатель для ручки, серый, 117519</t>
   </si>
   <si>
     <t>1011627</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe3/vm33zzt2t3zz0wheqfq7vo73ofjzm2x3.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/72b/1gsozar7hktcr1mcqcx0zaw2kau6sw4x.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, БОЛЬШОЙ ФОРМАТ 210х297 мм, А4, BRAUBERG  quot;Comodo quot;, под кожу, синий, 117243</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; с обложкой, стилизованной под крокодиловую кожу, отличается изысканным внешним видом. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря большому формату А4 &amp;#40;210x297 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка стилизована под кожу крокодила классического синего цвета. Материал обложки подходит для горячего тиснения.Срез ежедневника украшен золотым фольгированием – это подчеркивает премиальность изделия. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011630</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/59c/ae4455fhraus5pbik3o3xjc2f606sp6q.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Favorite quot;, под кожу, коричневый, 117249</t>
   </si>
   <si>
     <t>Ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; выполнен в классическом стиле. Обложка с прошивкой по периметру имеет ярко выраженную текстуру под кожу, приятную на ощупь. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка благородного коричневого цвета стилизована под фактурную кожу. Материал обложки подходит для горячего тиснения.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Помимо прочего, ежедневник снабжен обширным справочным материалом. В конце ежедневника есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Favorite&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011631</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c7/n0ue7uo2d3zrs817br7r9fwkt56t2gtc.jpg</t>
@@ -4220,122 +3257,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/57c/7j3ih6guud6rieqed3jvsr4croegxb5o.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Imperial quot;, под кожу, синий, 117255</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Непревзойденное качество исполнения воплощает поистине имперскую роскошь этого делового аксессуара. Внутренний блок включает 168 листов тонированной бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка благородного синего цвета стилизована под гладкую кожу. Материал обложки подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011637</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e4/4pax03egb6c6b5tpvnakgf9qpzk0ief7.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Rainbow quot;, под кожу, желтый, 117258</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG серии &amp;quot;Rainbow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка яркого и неординарного желтого цвета стилизована под гладкую кожу. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011638</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b3/7b7b760g1cc86930rrv2qvxqjpszuf2w.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8a0/dleing1eglrg5j96r3pal80jpy74pxbb.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Rainbow quot;, под кожу, черный, 117257</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG серии &amp;quot;Rainbow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка черного цвета стилизована под гладкую кожу. Подходит для горячего тиснения. Срез и форзац ежедневника окрашены на контрасте с цветом обложки, что придает ему особый шарм.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок.Датированный ежедневник BRAUBERG &amp;quot;Rainbow&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011640</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/795/6a3jspcnj9nmkzdpjh4knsre1n9sgfjy.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Select quot;, балакрон, желтый, 117261</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки - балакрон, подходит для тиснения только фольгой.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок. Выполнен в ярком и неординарном желтом цвете.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011641</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/967/k4hhk8uam60i0xv1r9lingfk01m8sr38.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Select quot;, балакрон, розовый, 117262</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки - балакрон, подходит для тиснения только фольгой.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок. Выполнен в розовом цвете.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011642</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f25/uqxul6es4m01qmhx0o6pji9k2z06n05p.jpg</t>
   </si>
   <si>
     <t>Ежедневник датированный 2026, МАЛЫЙ ФОРМАТ 100х150 мм, А6, BRAUBERG  quot;Select quot;, балакрон, темно-синий, 117259</t>
   </si>
   <si>
     <t>Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок включает 168 листов белой бумаги плотностью 70 г/м2. Каждая страничка имеет перфорированный угол. Благодаря малому формату А6 &amp;#40;100х150 мм&amp;#41; ежедневник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки - балакрон, подходит для тиснения только фольгой.Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть ежедневник на нужной странице. Обширный справочный материал дополнительно расширяет функциональность ежедневника. В конце внутреннего блока есть 4 страницы для записей и заметок. Выполнен в строгом темно-синем цвете.Датированный ежедневник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011643</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c9/ah6fm0vnmkvv9ea21ieyktg339yh263t.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fe6/ihs6amadk28kwfcx8crs3hrahg8r57eb.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Party quot;, под кожу, белый, 117179</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Party&amp;quot; – это аксессуар для неординарных людей. Насыщенные цвета и выраженная текстура выгодно дополнены магнитной застежкой. Дизайн, выполненный под крокодиловую кожу, станет эффектным дополнением к офисному образу. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка белого цвета, стилизованная под кожу крокодила, фиксируется магнитной застежкой, поэтому еженедельник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Party&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесомю</t>
   </si>
   <si>
     <t>1011684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d4/j1xxl98m2q1gg9rrstgpv2d0xu0afb02.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Party quot;, под кожу, коралловый, 117178</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Party&amp;quot; – это аксессуар для неординарных людей. Насыщенные цвета и выраженная текстура выгодно дополнены магнитной застежкой. Дизайн, выполненный под крокодиловую кожу, станет эффектным дополнением к офисному образу. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка кораллового цвета, стилизованная под кожу крокодила, фиксируется магнитной застежкой, поэтому еженедельник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом. Выполнен в Датированный еженедельник BRAUBERG &amp;quot;Party&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011685</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65a/vpfxkyeyweg4iz7uwgoo9vrkpfjrzx25.jpg</t>
@@ -4364,74 +3377,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bdb/83r3ijxjn7gnid600kxjs4essj4tn43f.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 А5 145х215 мм, BRAUBERG  quot;Party quot;, под кожу, черный, 117180</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Party&amp;quot; – это аксессуар для неординарных людей. Сочные цвета и выраженная текстура выгодно дополнены магнитной застежкой. Дизайн, выполненный под крокодиловую кожу, станет эффектным дополнением к офисному образу. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря стандартному формату А5 &amp;#40;145х215 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка черного цвета, стилизованная под кожу крокодила, фиксируется магнитной застежкой, поэтому еженедельник не откроется в сумке или портфеле и страницы не помнутся. Подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Party&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесомю</t>
   </si>
   <si>
     <t>1011688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf3/mlrwk9ewbiqu6p0hcefptfi9g5bg6g33.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 БОЛЬШОЙ ФОРМАТ 210х297 мм, А4 BRAUBERG  quot;Comodo quot;, под кожу, коричневый, 117152</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; имеет обложку, стилизованную под кожу крокодила, что вместе с насыщенным цветом делает этот деловой аксессуар очень изысканным. Внутренний блок включает 64 листа кремовой бумаги плотностью 70 г/м2. Благодаря большому формату А4 &amp;#40;210х297 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка коричневого цвета, стилизованная под кожу крокодила, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Еженедельник снабжен обширным справочным материалом.Датированный еженедельник BRAUBERG &amp;quot;Comodo&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011689</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/17d/t3z3xoba2b9yf5wxg01kyshh9sz5n2b8.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/965/brx4o252b2fznh8804v2n8ae53t3jl6t.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Blaze quot;, фольга, бежевый, 117216</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Blaze&amp;quot; выполнен в оригинальном дизайне. Гибкая обложка стилизована под фактурную кожу с блеском. Имеет книжную ориентацию. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка бежевого цвета, стилизованная под фактурную кожу с блеском, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Blaze&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011692</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a6/qzsd85y5mdon7t49076czvyj3x1zeqtt.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Blaze quot;, фольга, голубой, 117214</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Blaze&amp;quot; выполнен в оригинальном дизайне. Гибкая обложка стилизована под фактурную кожу с блеском. Имеет книжную ориентацию. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка голубого цвета, стилизованная под фактурную кожу с блеском, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Blaze&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011693</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a4/1pwpqqnzs2xk3j0780ahj1kgbx8laaaw.jpg</t>
@@ -4508,62 +3497,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/da1/wwnl7kj2y7p88sm9frunxul2j5qeq0eg.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Imprint quot;, тиснение, фиолетовый, 117210</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imprint&amp;quot; выполнен в оригинальном дизайне. Гибкая обложка украшена дизайнерским тиснением. Имеет книжную ориентацию. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка фиолетового цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Imprint&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011700</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ff/i1zihed1l0uw8vn5p2b55qin7rd97fuy.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Imprint quot;, тиснение, черный, 117209</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imprint&amp;quot; выполнен в оригинальном дизайне. Гибкая обложка украшена дизайнерским тиснением. Имеет книжную ориентацию. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка черного цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Imprint&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011701</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/46d/1my8o9t0xcze3476q0my73esozr8ehif.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed9/w2z1mgfa8atehnzhmfmt96sq2egkb9wx.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Unique quot;, темно-коричневый, 117207</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Unique&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Имеет книжную ориентацию. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка темно-коричневого цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Unique&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011703</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/207/8qxez77d0zvam0zssl9ar8m0k98u2wwi.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026 МАЛЫЙ ФОРМАТ 105х160 мм, А6, BRAUBERG  quot;Unique quot;, черный, 117208</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Unique&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Имеет книжную ориентацию. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 &amp;#40;105х160 мм&amp;#41; еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Гибкая обложка черного цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. Для заметок в еженедельнике есть 7 страниц в конце внутреннего блока. Помимо прочего, еженедельник снабжен обширным справочным материалом. Датированный еженедельник BRAUBERG &amp;quot;Unique&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом, и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011704</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/415/a734w5oiq6mi5we3lu3tvy34rhoy7j27.jpg</t>
@@ -4676,471 +3653,1455 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a32/befmarlm7q912mjyxxuxghf3b8m9xztz.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Select quot;, балакрон, темно-синий, 117181</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу темно-синего цвета. Материал обложки – балакрон, он подходит для тиснения только фольгой. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011720</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/561/1bjlt7y1wlv45klonim74mjvqkfsd3lv.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, А5, 145х215 мм, BRAUBERG  quot;Select quot;, балакрон, черный, 117182</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу черного цвета. Материал обложки – балакрон, он подходит для тиснения только фольгой. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011721</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ef6/p0z77hd5ljawjy1futa30b3n3p0e560y.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/06a/gw1w8gdrj8dgdjm54ccbqf5kscoypla3.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, БОЛЬШОЙ ФОРМАТ 210х297 мм, А4, BRAUBERG  quot;Imperial quot;, под кожу, синий, 117157</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Мягкая обложка с легкой рельефной фактурой, прошитая по периметру, и непревзойденное качество исполнения воплощают поистине имперскую роскошь делового аксессуара. Внутренний блок включает 64 листа кремовой бумаги плотностью 70 г/м2. Благодаря большому формату А4 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под фактурную кожу благородного синего цвета, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011726</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b1/vdaoelibvehoyfadk1k8shcvlkbi42ua.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Imperial quot;, под кожу, синий, 117187</t>
   </si>
   <si>
     <t>Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Мягкая обложка с легкой рельефной фактурой, прошитая по периметру, и непревзойденное качество исполнения воплощают поистине имперскую роскошь делового аксессуара. Внутренний блок включает 64 листа тонированной бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка классического синего цвета, стилизованная под гладкую кожу, подходит для горячего тиснения. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Imperial&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011728</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab5/evabv3hliy17kz67wjlc1fct70b2li2z.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Rainbow quot;, под кожу, бирюза, 117189</t>
   </si>
   <si>
     <t>Еженедельник серии &amp;quot;Rainbow&amp;quot; бренда BRAUBERG с яркой бирюзовой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, подходит для горячего тиснения. Срез и форзац еженедельника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Rainbow&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011729</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ad/q6ifcstm45i4wwvndg3r4pmeu9ynbtce.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/163/9bnhu6z2gr7snqo5xwt0z0wh905godbc.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Rainbow quot;, под кожу, сиреневый, 117191</t>
   </si>
   <si>
     <t>Еженедельник серии &amp;quot;Rainbow&amp;quot; бренда BRAUBERG с яркой сиреневой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Твердая обложка, стилизованная под гладкую кожу, подходит для горячего тиснения. Срез и форзац еженедельника окрашены на контрасте с цветом обложки, что придает ему особый шарм. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Rainbow&amp;quot; – настоящая классика, проверенная временем. Идеально подойдет для офисных работников и людей, занимающихся бизнесом.</t>
   </si>
   <si>
     <t>1011731</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a7a/tnhia0djoixzwzq61cmfekp2f4x2zwv9.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Select quot;, балакрон, бордо, 117194</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Select&amp;quot; выполнен в классическом стиле. Обложка бордового цвета имеет гладкую матовую поверхность, приятную на ощупь. Подходит практичным людям, ценящим лаконичность, комфорт и своё время. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011732</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/959/sa972dudpuujd7zqcchuj6by7vpuws83.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ 95х155 мм, А6, BRAUBERG  quot;Select quot;, балакрон, черный, 117193</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Select&amp;quot; выполнен в классическом стиле. Обложка черного цвета имеет гладкую матовую поверхность, приятную на ощупь. Подходит практичным людям, ценящим лаконичность, комфорт и своё время. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011733</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab1/n4qn1ijd4f7quw92x1p27ffechx8aua2.jpg</t>
   </si>
   <si>
     <t>Еженедельник датированный 2026, МАЛЫЙ ФОРМАТ, 95х155 мм, А6, BRAUBERG  quot;Select quot;, балакрон, темно-синий, 117192</t>
   </si>
   <si>
     <t>Еженедельник BRAUBERG &amp;quot;Select&amp;quot; выполнен в классическом стиле. Обложка темно-синего цвета имеет гладкую матовую поверхность, приятную на ощупь. Подходит практичным людям, ценящим лаконичность, комфорт и своё время. Внутренний блок включает 64 листа белой бумаги плотностью 70 г/м2. Благодаря малому формату А6 еженедельник удобно использовать как в офисе, так и на выездных деловых встречах. Жесткая книжная обложка с легкой рельефной фактурой напоминает натуральную кожу. Материал обложки – балакрон, подходит для тиснения только фольгой. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть еженедельник на нужной странице. В конце внутреннего блока есть 7 страниц для записей и заметок. Обширный справочный материал расширяет функциональность еженедельника.Датированный еженедельник BRAUBERG &amp;quot;Select&amp;quot; идеально подойдет для офисных работников и людей, занимающихся бизнесом и ценящих свое драгоценное время.</t>
   </si>
   <si>
     <t>1011734</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fee/irjeacf1z2avk5n6a035r0xdr0ow4qdr.jpg</t>
-[...8 lines deleted...]
-    <t>1012902</t>
+    <t>http://anytos.ru//upload/iblock/782/1wj72lx2dp0aw9meyiqht5b1hoc30ym2.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ  quot;MEGAPOLIS LOFT quot;  ЧЕРНЫЙ  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ &amp;quot;MEGAPOLIS LOFT&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41; 2026</t>
+  </si>
+  <si>
+    <t>1013411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7b/vbzbigg6bpox5opdwuitza1424g6weha.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ  quot;MEGAPOLIS LOFT quot;  ГРАФИТОВЫЙ СЕРЫЙ  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ &amp;quot;MEGAPOLIS LOFT&amp;quot; &amp;#40;ГРАФИТОВЫЙ СЕРЫЙ&amp;#41; 2026</t>
+  </si>
+  <si>
+    <t>1013412</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd0/5fnwkrkjapvvfwayxt32gisepe6gmbs2.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ  quot;MEGAPOLIS LOFT quot;  СИНИЙ  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ &amp;quot;MEGAPOLIS LOFT&amp;quot; &amp;#40;СИНИЙ&amp;#41; 2026</t>
+  </si>
+  <si>
+    <t>1013415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09d/5e3l3lqkjk37mtj1mj74ww0oerl2hx6d.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ  quot;MEGAPOLIS NAPPA quot;  СИНИЙ  2026</t>
+  </si>
+  <si>
+    <t>ЕЖЕДНЕВНИК А5 ДАТИРОВАННЫЙ &amp;quot;MEGAPOLIS NAPPA&amp;quot; &amp;#40;СИНИЙ&amp;#41; 2026</t>
+  </si>
+  <si>
+    <t>1013419</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/053/vh7szzq1cysdgx0ofb80ti47gpebtbvs.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Луговые травы quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник FLORA.Луговые травы»&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f6/8snn86xwbxiauatgkkx4xx8nm1oarkl0.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Summer Greens quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Summer Greens&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013424</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfe/tdgrplkkekcd5aobt2sgv13f17r59dwb.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Лесные ягоды quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Лесные ягоды&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013425</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91a/qhmhb3op72xcxw7h1y3lza0ajx11u45j.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Цветочная феерия quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Цветочная феерия&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013426</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/492/r0vu7ovlt8p6tebryu2jz3zdsivczqx6.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Lush Bouquet quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Lush Bouquet&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013427</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/834/dpkvifp6ycl3yg9cws0k1at27ack5ty3.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Цветочная страсть quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Цветочная страсть&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cec/x3t1xdaj8b8h4sqqwoaovfquofolvkn9.jpeg</t>
+  </si>
+  <si>
+    <t>ЕЖЕНЕДЕЛЬНИК А6 ДАТИРОВАННЫЙ  quot;FLORA. Пионы quot; 2026</t>
+  </si>
+  <si>
+    <t>Датированный еженедельник &amp;quot;FLORA.Пионы&amp;quot;&amp;nbsp;&amp;nbsp;от Bruno Visconti для планирования рабочего времени, ведения записей. Твердая &amp;#40;hard&amp;#41; обложка изготовлена из искусственной кожи. Внутренний блок произведен из бежевой бумаги плотностью 80 г/кв.м и содержит 64 листа. Благодаря компактному формату А6 еженедельник можно легко разместить в дамской сумочке, кармане, взять с собой в дорогу на деловое мероприятие.</t>
+  </si>
+  <si>
+    <t>1013429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aea/vork3ex1b992pire4ih7orvdik8l6ja5.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Attache А5, 180л, 143х210мм, Сиам, синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: синий. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016716</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b78/b5ycum115o8ftij2xe7oqcjruggwpv7q.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А4  210х297мм , 120л, бордовый 70207</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А4 120 листов бордовый&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, тиснение фольгой, металлический шильд по краю обложки, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, белый офсет 80 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016717</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/escalada/"&gt;Escalada&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0f/xn8138th77d048acd9f2gxxmzo1eltbe.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А4  210х297мм , 120л, черный 70205</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А4 120 листов чёрный&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, тиснение фольгой, металлический шильд по краю обложки, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, белый офсет 80 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016718</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87d/ym3ts7axlli6lo0wnan6dqo63ww5x6qt.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, бежевый 70270</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов бежевый&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/65d/hkh7jk9rlpfhjqltr78el0ztianm32fa.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, голубой 70271</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов голубой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba0/ux1v1n5z1w5h1o01nih7v9u8rrbxv449.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, красный 70275</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов красный с фиксирующей резинкой &amp;#40;красный обрез&amp;#41;&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Отделка среза: окрашивание пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа, застёжка-резинка. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4e/gn8nbn8jfd56c9q2sk70hrmxt6ixlbv2.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, черный 70269</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9d/mdigw0d7ahdf22rhdq4qnbbfacd0lern.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А5  146x211мм , 176л, черный 70273</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А5 176 листов чёрный &amp;#40;чёрный обрез&amp;#41;&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Отделка среза: окрашивание пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа, застёжка-резинка. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016723</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/824/2e92h9i7xirly6a466j41fhrgc90k6sr.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126x174мм , 176л, бежевый 70294</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов бежевый&amp;nbsp;&amp;nbsp;Обложка: твёрдый переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, тонированный офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016724</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f53/ff4o9e40mrv8ilqf6h2k6jv48vikumvz.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126x174мм , 176л, красный 70293</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов красный&amp;nbsp;&amp;nbsp;Обложка: твёрдый переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, тонированный офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016725</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f75/hwungf6qgroi1laf227jos7dc7qexz76.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126x174мм , 176л, синий 70292</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов синий&amp;nbsp;&amp;nbsp;Обложка: твёрдый переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, закруглённые углы обложки. Внутренний блок: ниткошвейный, тонированный офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, закруглённые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4b/932oibtaddlusrm8b3i08xjct84alf45.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126х174мм , 176л, синий 70298</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов синий&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/424/jd74erru215v73drn16g4tunnk0wcc5q.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 ESCALADA А6   126х174мм , 176л, черный 70297</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Escalada искусственная кожа А6&amp;#43; 176 листов чёрный&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — есть, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: есть. Особенности: вырубка блока по месяцам, в блоке использованы мотивирующие высказывания экстраординарной личности, предпринимателя и миллиардера, титулованного «Провидца века», шоумена и телеведущего, бывшего владельца конкурса красоты «Мисс Вселенная» и дважды президента США — Дональда Трампа. Индивидуальная упаковка: промостикер &amp;#43; ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2f/f0aga1tmczn3hpyheb8xhpdt8jcjitsg.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 160л, на спир Universe I1753 black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Universe искусственная кожа А5 160 листов чёрный&amp;nbsp;&amp;nbsp;Коллекция «„Universe“» от Infolio — это поэма, посвящённая нашей уникальной Вселенной. Минималистичный дизайн обложек с эстетичной типографикой подарит вдохновение для изучения мира снаружи и внутри, ведь каждый из нас — целая Вселенная со своими мыслями, чувствами и уникальным опытом. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; на спирали будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с печатью имеет фигурный клапан на кнопке, который не позволит растрепаться страницам. Удобное крепление на полускрытой спирали позволит удалять ненужные листы, не повредив при этом сам блок. Датированный внутренний блок в линейку на 160 листов &amp;#40;320 страниц&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг и развороты для заметок в начале и конце блока.</t>
+  </si>
+  <si>
+    <t>1016729</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/infolio/"&gt;InFolio&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99d/jkalv3o5blhapaaum74pys3rfsl5muue.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 160л, на спир, Basic I1751emb black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Basic искусственная кожа А5 160 листов чёрный&amp;nbsp;&amp;nbsp;Модная коллекция «„Basic“» от Infolio воплощает идею минимализма, где красота заключается в простоте. Минимализм не означает отсутствие красок: в коллекции есть акценты в виде глубокого синего и чистого красного, а тиснение на корешке добавляет модную изюминку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; на спирали будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с печатью имеет фигурный клапан на кнопке, который не позволит растрепаться страницам. Удобное крепление на полускрытой спирали позволит удалять ненужные листы, не повредив при этом сам блок. Датированный внутренний блок в линейку на 160 листов &amp;#40;320 страниц&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг и развороты для заметок в начале и конце блока.</t>
+  </si>
+  <si>
+    <t>1016730</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc3/yjm2k4bi7a3mm2n2eeje6i8dapz3asm0.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 160л, на спир, Basic I1751emb blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Basic искусственная кожа А5 160 листов синий&amp;nbsp;&amp;nbsp;Модная коллекция «„Basic“» от Infolio воплощает идею минимализма, где красота заключается в простоте. Минимализм не означает отсутствие красок: в коллекции есть акценты в виде глубокого синего и чистого красного, а тиснение на корешке добавляет модную изюминку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; на спирали будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с печатью имеет фигурный клапан на кнопке, который не позволит растрепаться страницам. Удобное крепление на полускрытой спирали позволит удалять ненужные листы, не повредив при этом сам блок. Датированный внутренний блок в линейку на 160 листов &amp;#40;320 страниц&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг и развороты для заметок в начале и конце блока.</t>
+  </si>
+  <si>
+    <t>1016731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6de/fpdbzc6izn482jcnltww4nknxsewrltb.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 160л, на спир, Universe I1753 white</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Universe искусственная кожа А5 160 листов белый&amp;nbsp;&amp;nbsp;Коллекция «„Universe“» от Infolio — это поэма, посвящённая нашей уникальной Вселенной. Минималистичный дизайн обложек с эстетичной типографикой подарит вдохновение для изучения мира снаружи и внутри, ведь каждый из нас — целая Вселенная со своими мыслями, чувствами и уникальным опытом. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; на спирали будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с печатью имеет фигурный клапан на кнопке, который не позволит растрепаться страницам. Удобное крепление на полускрытой спирали позволит удалять ненужные листы, не повредив при этом сам блок. Датированный внутренний блок в линейку на 160 листов &amp;#40;320 страниц&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг и развороты для заметок в начале и конце блока.</t>
+  </si>
+  <si>
+    <t>1016732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/305/7cxye0uv2miexnr9lqe7tb5gq3jtxgrq.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, мягк Success I1719 wh-beige</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Success искусственная кожа А5 176 листов&amp;nbsp;&amp;nbsp;Коллекция «„Success“» от Infolio — это не просто ежедневники, а модные, но не вычурные аксессуары для офиса и дома. При создании этой коллекции мы вдохновлялись современными популярными сумочными брендами, где дизайнеры мастерски комбинируют материал, не боятся использовать белый и играют на оригинальном контрасте цвета. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая интегральная обложка из приятной искусственной кожи двух цветов с прострочкой и печатью имеет скруглённые уголки, которые не повредят подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016733</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ab/dit5gz3eu3jkirxk2zndms4ti6wk23q3.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, мягкий, Happiness I1732 blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Happiness искусственная кожа А5 176 листов&amp;nbsp;&amp;nbsp;Коллекция «„Happiness“» от Infolio — воплощение стиля и утончённости. Вдохновлённая популярной винтажной посудой, она гармонично впишется в современную жизнь, станет верным помощником и прекрасным аксессуаром. Почувствуйте роскошь, привнесите красоту в каждый день, позвольте каждой странице стать частью Вашей жизни! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с цветной печатью и тиснением фольгой имеет удобный кармашек для мелочей на нахзаце. А благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016734</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/036/a26a3r6y2dp3rjxomsstnswt8hepjj00.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, мягкий, Nightfall I1736 light</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Nightfall искусственная кожа А5 176 листов&amp;nbsp;&amp;nbsp;Nightfall«&amp;quot; от Infolio — это эмоциональная коллекция, созданная для того, чтобы наполнять каждый день внутренней силой и теплом. На обложках — авторские иллюстрации, а душевные фразы, укутывающие словно уютные объятия, напоминают, что даже в самые тёмные времена всегда найдётся место для надежды и света. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с цветной печатью и тиснением фольгой имеет удобный кармашек для мелочей на нахзаце и прямые уголки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016735</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c5/8vyx2ph2pzsc0gybujlktpfa7txfs13m.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, мягкий, Nightfall I1736 train</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Nightfall искусственная кожа А5 176 листов комбинированный&amp;nbsp;&amp;nbsp;Nightfall«&amp;quot; от Infolio — это эмоциональная коллекция, созданная для того, чтобы наполнять каждый день внутренней силой и теплом. На обложках — авторские иллюстрации, а душевные фразы, укутывающие словно уютные объятия, напоминают, что даже в самые тёмные времена всегда найдётся место для надежды и света. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Мягкая обложка из приятной искусственной кожи с цветной печатью и тиснением фольгой имеет удобный кармашек для мелочей на нахзаце и прямые уголки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016736</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06d/b6onw2hpvxg2h0d9z0pnsn6wwc4xcjpw.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тв с рез, Explore I1715 black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Explore искусственная замша А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Explore«&amp;quot; от Infolio — элегантная коллекция для тех, кто стремится к новым горизонтам и смелым целям. Она вдохновляет на поиск идей, открытие возможностей и достижение большего. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая обложка из искусственной замши с тиснением фольгой имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Плотная резинка не позволит растрепаться страницам блока, а благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016737</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cd/81ysiycv8plr5n5e9g9tyvzkti422b5d.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тв, с рез, Explore I1715 blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Explore искусственная замша А5 176 листов синий&amp;nbsp;&amp;nbsp;Explore«&amp;quot; от Infolio — элегантная коллекция для тех, кто стремится к новым горизонтам и смелым целям. Она вдохновляет на поиск идей, открытие возможностей и достижение большего. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая обложка из искусственной замши с тиснением фольгой имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Плотная резинка не позволит растрепаться страницам блока, а благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016738</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/548/yukwnhdumf5k38qdpiz1o4eyrqvumqqc.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Britannia I1710 black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Britannia натуральная кожа А5 176 листов чёрный &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Britannia«&amp;quot; от Infolio — это настоящая премиальная классика во всех её проявлениях. Шикарный цвет кожи, золочёный обрез и блок цвета слоновой кости — вот, что создаёт аксессуар, который подчеркнёт статус и вкус владельца. Идеальный подарок для солидного мужчины! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из гладкой натуральной рециклированной кожи с прострочкой по периметру имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2 с окрашенным в золото обрезом. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016739</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4e/mbi7ozqt8blsb3ap0rvjvwzikgue1k6b.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Britannia I1710 blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Britannia натуральная кожа А5 176 листов синий &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Britannia«&amp;quot; от Infolio — это настоящая премиальная классика во всех её проявлениях. Шикарный цвет кожи, золочёный обрез и блок цвета слоновой кости — вот, что создаёт аксессуар, который подчеркнёт статус и вкус владельца. Идеальный подарок для солидного мужчины! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из гладкой натуральной рециклированной кожи с прострочкой по периметру имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2 с окрашенным в золото обрезом. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016740</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d51/6syhi99t05h60cdobl932zj6t727m2km.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Britannia I1710 bordo</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Britannia натуральная кожа А5 176 листов бордовый &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Britannia«&amp;quot; от Infolio — это настоящая премиальная классика во всех её проявлениях. Шикарный цвет кожи, золочёный обрез и блок цвета слоновой кости — вот, что создаёт аксессуар, который подчеркнёт статус и вкус владельца. Идеальный подарок для солидного мужчины! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из гладкой натуральной рециклированной кожи с прострочкой по периметру имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2 с окрашенным в золото обрезом. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016741</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3b/fjnw822uaprwrnf30zkp1fcwaaszhkse.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Britannia I1710 brown</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Britannia натуральная кожа А5 176 листов коричневый &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Britannia«&amp;quot; от Infolio — это настоящая премиальная классика во всех её проявлениях. Шикарный цвет кожи, золочёный обрез и блок цвета слоновой кости — вот, что создаёт аксессуар, который подчеркнёт статус и вкус владельца. Идеальный подарок для солидного мужчины! Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из гладкой натуральной рециклированной кожи с прострочкой по периметру имеет удобный кармашек для мелочей на нахзаце и скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги цвета слоновой кости плотностью 70 г/м2 с окрашенным в золото обрезом. Информационный блок ежедневника включает в себя: титульный лист, календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеются две удобные атласные закладки, которые помогут быстро найти нужные развороты.</t>
+  </si>
+  <si>
+    <t>1016742</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35f/yunvsbsz74b0bvp7fmneydijhrhnyn0i.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Lozanna AZ2805 black</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Lozanna искусственная кожа А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Коллекция «„Lozanna“» от Infolio выполнена в классическом деловом дизайне, который органично дополнен изысканным тиснением «„гусиная лапка“» по корешку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из классической искусственной кожи с декоративным тиснением по корешку и прострочкой по периметру имеет скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги белизной 100&amp;#37; и плотностью 70 г/м2. Информационный блок ежедневника включает в себя: календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеется одна удобная атласная закладка, которая поможет быстро найти нужный разворот.</t>
+  </si>
+  <si>
+    <t>1016743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/532/h90ds5mvxx8m1zhsvt257ge0qo5cvbg9.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Lozanna AZ2805 blue</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Lozanna искусственная кожа А5 176 листов синий&amp;nbsp;&amp;nbsp;Коллекция «„Lozanna“» от Infolio выполнена в классическом деловом дизайне, который органично дополнен изысканным тиснением «„гусиная лапка“» по корешку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из классической искусственной кожи с декоративным тиснением по корешку и прострочкой по периметру имеет скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги белизной 100&amp;#37; и плотностью 70 г/м2. Информационный блок ежедневника включает в себя: календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеется одна удобная атласная закладка, которая поможет быстро найти нужный разворот.</t>
+  </si>
+  <si>
+    <t>1016744</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc7/cjrvtlk1fjnnfo3xzup3k11cx6emgt0f.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Lozanna AZ2805 bordo</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Lozanna искусственная кожа А5 176 листов бордовый&amp;nbsp;&amp;nbsp;Коллекция «„Lozanna“» от Infolio выполнена в классическом деловом дизайне, который органично дополнен изысканным тиснением «„гусиная лапка“» по корешку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из классической искусственной кожи с декоративным тиснением по корешку и прострочкой по периметру имеет скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги белизной 100&amp;#37; и плотностью 70 г/м2. Информационный блок ежедневника включает в себя: календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеется одна удобная атласная закладка, которая поможет быстро найти нужный разворот.</t>
+  </si>
+  <si>
+    <t>1016745</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/465/2ka7cdulpx2v2x1svtel3bnpjsbpwt9d.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 IF 14х20см 176л, тверд Lozanna AZ2805 brown</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год InFolio Lozanna искусственная кожа А5 176 листов коричневый&amp;nbsp;&amp;nbsp;Коллекция «„Lozanna“» от Infolio выполнена в классическом деловом дизайне, который органично дополнен изысканным тиснением «„гусиная лапка“» по корешку. Удобный датированный на 2026 год ежедневник А5 формата &amp;#40;140?200 мм&amp;#41; будет не только незаменимым помощником в ведении дел, но и станет стильным аксессуаром, отражающим индивидуальность владельца. Твёрдая с поролоном обложка из классической искусственной кожи с декоративным тиснением по корешку и прострочкой по периметру имеет скруглённые уголки, которые не позволят порвать подкладку сумки. Благодаря крепкому ниткошвейному скреплению ежедневник верно прослужит весь год. Датированный внутренний блок в линейку на 176 листов &amp;#40;352 страницы&amp;#41; — из высококачественной бумаги белизной 100&amp;#37; и плотностью 70 г/м2. Информационный блок ежедневника включает в себя: календари на 2026-2027 гг, раздел «„планы на год“», развороты для заметок в начале и конце блока, планнер перед каждым месяцем. В ежедневнике также имеется одна удобная атласная закладка, которая поможет быстро найти нужный разворот.</t>
+  </si>
+  <si>
+    <t>1016746</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/542/uw8yodb7oux42o0j5plxn8cv408e3tsh.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  IDEAL NEW бордовый 3-344 04</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Ideal New балакрон А5 168 листов бордовый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Ideal New предназначен для структурирования задач и планирования дел на каждый день. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, что делает её удобной для повседневного использования. Обложка из балакрона бордового цвета оформлена в однотонном деловом стиле. Материал устойчив к истиранию и сохраняет аккуратный внешний вид даже при активной эксплуатации. Твёрдая основа и вертикальная ориентация обеспечивают удобство при работе с записями.&amp;nbsp;&amp;nbsp;Внутренний блок содержит 168 листов белой офсетной бумаги плотностью 60 г/кв. м, с линейной разметкой и печатью в две краски. Страницы соединены сшивкой, что повышает надёжность крепления. В ежедневнике предусмотрена датированная разметка на 2026 год, а также календарный блок на 2 года. Листы не имеют скруглённых углов, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016747</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0c/0o07mleeirocmuahph5hsavuy2m4iasv.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  IDEAL NEW коричневый 3-344 02</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Ideal New балакрон А5 168 листов коричневый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Ideal New предназначен для ведения записей и планирования на каждый день. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, что делает её удобной для использования в офисе и на выезде. Обложка из балакрона коричневого цвета оформлена в однотонном классическом дизайне и отличается высокой износостойкостью. Твёрдая основа и вертикальная ориентация обеспечивают комфорт при записи.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 60 г/кв. м с линейной разметкой и двухцветной печатью. Страницы скреплены сшивкой, что повышает надёжность конструкции. В ежедневнике предусмотрена датированная разметка на 2026 год и календарный блок на 2 года. Углы листов прямые, без скругления, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016748</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/695/llmih0q8t7ap3qs6p5gs5wun90o1gp2w.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  IDEAL NEW синий 3-344 05</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Ideal New балакрон А5 168 листов чёрный&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Ideal New подходит для планирования задач и ведения деловых записей. Модель выполнена в формате А5 с размером 14.6?20.6 см, что делает её удобной для повседневного использования. Твёрдая обложка из балакрона чёрного цвета оформлена в однотонном классическом стиле. Материал устойчив к истиранию и хорошо сохраняет внешний вид при регулярной эксплуатации. Вертикальная ориентация облегчает работу с записью информации.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 60 г/кв. м, разлинованных в линейку. Печать выполнена в две краски. Страницы надёжно скреплены сшивкой, что увеличивает срок службы изделия. В блоке предусмотрен календарь на 2 года.</t>
+  </si>
+  <si>
+    <t>1016749</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/088/jtrwyjcx8jdfaf2iagmiwr8w1m2k3f43.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  IDEAL NEW черный 3-344 03</t>
+  </si>
+  <si>
+    <t>1016750</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f4/x3gbn5r9j62fy58yda8lacqal8frmbdz.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA бордо, золот обрез 3-125 01</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов бордовый &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska предназначен для системного планирования задач в деловой и личной сфере. Модель оформлена в формате А5 и имеет размер 14.5?20.5 см, подходящий для повседневного использования. Обложка выполнена из искусственной кожи бордового цвета с однотонным дизайном. Она дополнена прострочкой по периметру, что повышает её прочность и придаёт изделию аккуратный вид. Твёрдая основа и вертикальная ориентация обеспечивают удобство при записи.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 70 г/кв. м с линейной разметкой и печатью в две краски. Ежедневник содержит датированную разметку на 2026 год и календарный блок на 2 года, а также раздел со справочной информацией. Цветной золотистый обрез придаёт изделию выразительный внешний вид. Скруглённые углы листов снижают риск повреждения бумаги при ежедневном использовании. Блок зафиксирован с помощью сшивки, что обеспечивает надёжность крепления. Встроенная закладка-ляссе помогает быстро находить нужную страницу.</t>
+  </si>
+  <si>
+    <t>1016751</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/831/vqixhtl83yjwcbbbe0vebhq28kac1r2p.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA зеленый, зол обрез 3-125 05</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов зелёный &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska подходит для планирования дел и ведения записей в течение всего года. Изделие выполнено в формате А5 и имеет размер 14.5?20.5 см, что делает его удобным для повседневного использования. Обложка из искусственной кожи зелёного цвета оформлена в однотонном дизайне и дополнена прострочкой по периметру, что придаёт изделию аккуратный внешний вид и защищает от износа. Твёрдая основа и вертикальная ориентация обеспечивают комфортное использование как в офисе, так и вне его.&amp;nbsp;&amp;nbsp;Блок надёжно закреплён при помощи сшивки. Внутри — 168 листов белой офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и напечатанных в две краски. Ежедневник содержит датированную разметку на 2026 год, календарный блок на 2 года, а также раздел справочной информации. Скруглённые углы листов предотвращают их повреждение. Золотистый обрез придаёт модели аккуратный и выразительный внешний вид. Для удобства навигации предусмотрено встроенное ляссе.</t>
+  </si>
+  <si>
+    <t>1016752</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/710/6qacjdz0nx75vpk9w76soabyd5nxcckf.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA коричневый, зол обрез 3-125 03</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов коричневый &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska предназначен для ведения записей и планирования на каждый день. Модель выполнена в формате А5 и имеет размер 14.5?20.5 см, что делает её удобной для повседневного использования. Твёрдая обложка из искусственной кожи коричневого цвета оформлена в однотонном дизайне и дополнена прострочкой по периметру, которая придаёт изделию завершённый внешний вид. Вертикальная ориентация обеспечивает привычное расположение страниц при использовании.&amp;nbsp;&amp;nbsp;Внутренний блок состоит из 168 листов белой офсетной бумаги плотностью 70 г/кв. м. Разметка выполнена в линейку с двухцветной печатью. Блок надёжно закреплён с помощью сшивки, что увеличивает срок службы ежедневника. Предусмотрен календарь на 2 года, а также встроенный справочный раздел. Золотистый обрез придаёт изделию выразительный внешний вид. Скруглённые углы листов защищают бумагу от загибов, а встроенное ляссе облегчает навигацию по записям.</t>
+  </si>
+  <si>
+    <t>1016753</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fec/rtg9xiqgsp71osvg3v7vpdl53fpuv34x.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA синий, зол обрез 3-125 04</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов синий &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska разработан для удобного ведения записей и структурирования рабочего графика. Модель выполнена в формате А5 и имеет размер 14.5?20.5 см, что делает её практичной для использования в офисе и при командировках. Твёрдая обложка из искусственной кожи синего цвета оформлена в однотонном деловом стиле и дополнена прострочкой по периметру, обеспечивающей аккуратность и прочность.&amp;nbsp;&amp;nbsp;Блок зафиксирован с помощью сшивки, что обеспечивает устойчивость к ежедневному использованию. Внутри размещено 168 листов белой офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и напечатанных в две краски. Ежедневник включает датированную разметку на 2026 год и календарный блок на 2 года, а также содержит справочный раздел. Золотистый обрез придаёт изделию выразительность и завершённость. Скруглённые углы листов защищают бумагу от повреждений. Встроенное ляссе позволяет быстро находить нужную дату.</t>
+  </si>
+  <si>
+    <t>1016754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0dc/0dga9txudbds55gum0dyef77h9ujghp7.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  SIDNEY NEBRASKA черный, зол обрез 3-125 02</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Sidney Nebraska искусственная кожа А5 168 листов чёрный &amp;#40;золотистый обрез&amp;#41;&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Sidney Nebraska предназначен для организации делового распорядка и систематизации записей в течение года. Модель выполнена в формате А5 и имеет размер 14.5?20.5 см, что делает её удобной для повседневного использования как в офисе, так и в командировке. Обложка из искусственной кожи чёрного цвета оформлена в однотонном классическом дизайне. Твёрдая основа обеспечивает жёсткость, а прострочка по периметру повышает прочность изделия.&amp;nbsp;&amp;nbsp;Блок зафиксирован с помощью сшивки, что делает ежедневник устойчивым к износу. Внутри — 168 листов офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и оформленных двухцветной печатью. Ежедневник включает датированную разметку на 2026 год и календарный блок на 2 года. Бумага имеет белый цвет, углы листов — скруглённые. Обработка торца золотистым обрезом придаёт модели строгий и статусный вид. Встроенное ляссе позволяет быстро находить нужную страницу.</t>
+  </si>
+  <si>
+    <t>1016755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c66/nnoch8zx1vkubz0folw5d6ygyj5upk7k.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET Коричневый 3-123 03</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов коричневый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ежедневного планирования и записи рабочих задач. Изделие выполнено в формате А5 и имеет размер 14.6?20.6 см, удобный для повседневного использования в офисе. Обложка из искусственной кожи коричневого цвета оформлена в однотонном сдержанном стиле. Твёрдая основа придаёт изделию надёжность, а прострочка по периметру усиливает конструкцию и придаёт аккуратный внешний вид. Вертикальная ориентация упрощает работу с записями.&amp;nbsp;&amp;nbsp;Внутренний блок состоит из 168 листов белой офсетной бумаги плотностью 70 г/кв. м. Разметка выполнена в линейку с двухцветной печатью. Крепление блока — сшивка, обеспечивающая долговечность. В ежедневнике предусмотрена датированная сетка на 2026 год и календарь на 2 года. Листы без скругления, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016756</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dcd/v2t55kvws4qbp1afmjux4uyb06ep1b4y.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET бордовый 3-123 02</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов бордовый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ежедневного планирования и записи информации. Модель выполнена в формате А5 с размером 14.6?20.6 см, что делает её удобной для использования в офисе или в дороге. Обложка из искусственной кожи бордового цвета оформлена в однотонном деловом стиле, отличается твёрдой основой и дополнена прострочкой по периметру, обеспечивающей аккуратный внешний вид и дополнительную прочность. Вертикальная ориентация позволяет удобно просматривать записи.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 70 г/кв. м. Страницы имеют линейную разметку и напечатаны в две краски. Переплёт выполнен на сшивке, что повышает долговечность изделия. Ежедневник содержит датированную разметку на 2026 год и календарный блок на 2 года. Углы страниц прямые, вырубка и перфорация отсутствуют.</t>
+  </si>
+  <si>
+    <t>1016757</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cd/2o0gu0xnxroc0pcz1yt7xr7fc6cgt5eq.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET красный 3-123 10</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов красный&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для систематизации рабочих задач и повседневного планирования. Изделие выполнено в формате А5 с размером 14.6?20.6 см, что делает его удобным для использования в офисе или на выезде. Обложка из искусственной кожи красного цвета оформлена в однотонном лаконичном стиле, имеет твёрдую основу и дополнена прострочкой по периметру, которая повышает прочность и придаёт аккуратный внешний вид. Вертикальная ориентация обеспечивает привычное расположение записей.&amp;nbsp;&amp;nbsp;Внутренний блок состоит из 168 листов белой офсетной бумаги плотностью 70 г/кв. м, с линейной разметкой и двухцветной печатью. Крепление выполнено с помощью сшивки, что гарантирует надёжность при ежедневном использовании. В ежедневнике предусмотрена датированная сетка на 2026 год и календарь на 2 года. Углы листов прямые, вырубка и перфорация отсутствуют.</t>
+  </si>
+  <si>
+    <t>1016758</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb8/cik954qsrerq7ztr82eea9tu1u6dhy9k.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET оранжевый 3-123 06</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов оранжевый&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ведения записей и планирования задач в деловой среде. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, удобный для ежедневного использования. Обложка из искусственной кожи оранжевого цвета оформлена в однотонном стиле, отличается твёрдой основой и усилена прострочкой по периметру, что повышает прочность и устойчивость к износу. Вертикальная ориентация делает использование ежедневника привычным и комфортным.&amp;nbsp;&amp;nbsp;Внутренний блок включает 168 листов белой офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и напечатанных в две краски. Страницы соединены сшивкой, обеспечивающей надёжность крепления. В ежедневнике предусмотрена датированная разметка на 2026 год и календарный блок на 2 года. Листья без скругления, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016759</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/45e/r02tgkwh1n4fkq6llvq9533xaf74wvre.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET синий 3-123 01</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов синий&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для планирования задач и ведения записей в течение года. Модель выполнена в формате А5 с размером 14.6?20.6 см, что удобно для ежедневного использования. Обложка из искусственной кожи синего цвета имеет однотонный дизайн и оформлена в сдержанном деловом стиле. Твёрдая основа придаёт изделию жёсткость, а прострочка по периметру повышает его износостойкость. Вертикальная ориентация обеспечивает комфортную работу с записью информации.&amp;nbsp;&amp;nbsp;Внутренний блок содержит 168 листов белой офсетной бумаги плотностью 70 г/кв. м, с линейной разметкой и двухцветной печатью. Листы скреплены сшивкой, что делает ежедневник прочным и долговечным. Включена датированная разметка на 2026 год, а также календарный блок на 2 года. Листья без скругления, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016760</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abf/18xffima1kjlk8dbvw52nnogp9sax4g9.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET темно-синий 3-123 18</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов тёмно-синий&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ведения записей и планирования задач в деловом или личном формате. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, что удобно для повседневного использования. Обложка из искусственной кожи тёмно-синего цвета оформлена в однотонном стиле, обладает твёрдой основой и усилена прострочкой по периметру, придающей аккуратность и устойчивость к износу. Вертикальная ориентация облегчает восприятие записей при работе.&amp;nbsp;&amp;nbsp;Внутренний блок состоит из 168 листов белой офсетной бумаги плотностью 70 г/кв.м, с линейной разметкой и двухцветной печатью. Крепление выполнено на сшивке, что обеспечивает надёжность при ежедневном использовании. В ежедневнике предусмотрена датированная разметка на 2026 год и календарный блок на 2 года. Листы не имеют скруглённых углов, перфорации и вырубки.</t>
+  </si>
+  <si>
+    <t>1016761</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fe/656nw62l2u3b4o48wo3i07tx4rlv0mt3.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 А5  VELVET черный 3-123 04</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Attache Velvet искусственная кожа А5 168 листов чёрный&amp;nbsp;&amp;nbsp;Ежедневник датированный 2026 год Attache Velvet предназначен для ежедневного планирования задач и ведения записей в деловом формате. Модель выполнена в формате А5 и имеет размер 14.6?20.6 см, удобный для повседневного использования. Обложка из искусственной кожи чёрного цвета оформлена в однотонном стиле, дополнена твёрдой основой и прострочкой по периметру, что делает изделие прочным и аккуратным. Вертикальная ориентация облегчает навигацию по записям.&amp;nbsp;&amp;nbsp;Блок содержит 168 листов белой офсетной бумаги плотностью 70 г/кв. м, разлинованных в линейку и напечатанных в две краски. Страницы надёжно скреплены с помощью сшивки, обеспечивающей долговечность ежедневника. Внутри предусмотрена датированная разметка на 2026 год, а также календарный блок на 2 года. Скругление, вырубка и перфорация углов отсутствуют.</t>
+  </si>
+  <si>
+    <t>1016762</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/419/41mop0pfvvujto22lf8rbmu1odynjvr3.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Каньон бордовый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 200?270 мм. Цвет: бордовый. Блок 352 страницы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016763</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cf/rtpu6b8cgegfm5avq6y1rfz5z71r0ykp.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Каньон, синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 200?270 мм. Цвет: синий. Блок 352 страницы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016764</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/822/i8ha67cl49ar2qn9wn13jil99ma4h2ta.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Каньон, черный</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 200?270 мм. Цвет: черный. Блок 352 страницы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016765</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41d/77mvzhiwp236gw4czrhlzubh5dwt7wqu.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Сиам красный</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 200?270 мм. Цвет: красный. Блок 352 страницы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016766</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91e/5r6pfgnoabr4duh95wg82106xpxcfatp.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А4, 176л, 200х270мм, Сиам синий</t>
+  </si>
+  <si>
+    <t>1016767</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c7/71ipukqvouy8oylkxgx625641pmmdpfp.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А5, 180л, 142х210мм, Каньон бордовый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: бордовый. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016768</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/205/1by0nyg1j3r61xyx9bo4696qpl7vrp3n.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А5, 180л, 142х210мм, Каньон синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: синий. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016769</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5c/097exxd1vvubn0e228lksj53axvp9uof.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А5, 180л, 143х210мм, Каньон черный</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: черный. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016770</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/051/5yc73yoo37dbd8cjg9v939moz87w507q.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А5, 180л, 143х210мм, Сиам серый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: серый. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016771</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f3/671hg2go6pj6esvcobbkl0r1db1v72nb.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А6, 176л, 110х155мм Каньон, бордовый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 110?155 мм. Цвет: бордовый. Блок 352 полосы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016772</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c98/mlfm34d01nw2rthf29sac6q7qdedzjrd.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А6, 176л, 110х155мм Сиам красный</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 110?155 мм. Цвет: красный. Блок 352 полосы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016773</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/132/b24y9nlk5re2r2f4aw8i1atyam8iyn0u.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А6, 176л, 110х155мм Сиам, синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 110?155 мм. Цвет: синий. Блок 352 полосы &amp;#40;176 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией включает: календарь на 2026-2029гг., планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016774</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec7/okc7k201aq02xli9j29qohx41i6navge.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ А6, 176л, 110х155мм, Каньон, синий</t>
+  </si>
+  <si>
+    <t>1016775</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b38/ym1q4qyacwnwn9k08ymwoxmgp8nett2l.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 АТТАСНЕ, А5, 180л, 143х210мм, Сиам зеленый</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год. Формат: 143?210 мм. Цвет: зеленый. Блок 360 страниц &amp;#40;180 листов&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Вырубка блока по месяцам. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе. Твердая обложка с прошивкой по периметру, выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016776</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a90/y39i1cu9rto7soonzv20a6mut7cami2s.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, 7БЦ, Isoline</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть Isoline 7БЦ А5 160 листов&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. В твёрдом переплёте с цветной глянцевой обложкой. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016777</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/vibor-est/"&gt;Выбор есть&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b4/wkqbmlf8fwx25o6bauj24ed4vu7mgamy.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, 7БЦ, Spectrum</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть Spectrum 7БЦ А5 160 листов&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. В твёрдом переплёте с цветной глянцевой обложкой. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016778</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0cc/gd255lxaobmicv0qw6ijam627hh2m9cn.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, 7БЦ, Wave</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть Wave 7БЦ А5 160 листов&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. В твёрдом переплёте с цветной глянцевой обложкой. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016779</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/064/58vg0l8f66qxouwhfa3raaaintbjytek.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, 7БЦ, Выбор есть Patriot</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть Patriot 7БЦ А5 160 листов&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. В твёрдом переплёте с цветной глянцевой обложкой. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016780</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b83/nl1opmmomer1nksioy8fr3ebky7y416m.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, бумвинил, бордо</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть бумвинил А5 160 листов бордовый&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. Обложка из твёрдого картона и бумвинила бордового цвета. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016781</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab6/sv29g8tu1bl5lxd4pbeidc215vaxk4ok.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, бумвинил, синий</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 год Выбор есть бумвинил А5 160 листов синий&amp;nbsp;&amp;nbsp;Ежедневник датированный Выбор есть на 2026 год. Размер блока: 140?200 мм, размер изделия: 147?206 мм. Обложка из твёрдого картона и бумвинила синего цвета. Стиль обложки универсальный, офисный. Прошитый тип крепления надёжно держит блок. Блок: датированный на 2026 год, 160 листов &amp;#40;320 страниц&amp;#41;, бумага белый офсет, плотностью 55 г/кв.м, печать в блоке в 1 краску. Цвет обреза белый. Содержит информационно-справочный блок — личные данные, календарь на 2026-2029 год, рассчитан на заполнение в течение одного года. Нет петли для ручки. Удобен для записи переговоров, встреч.</t>
+  </si>
+  <si>
+    <t>1016782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33f/fthkbbokv5mue49k594r000ml5oedaj1.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026 Выбор есть, А5, 160л, бумвинил, черный</t>
+  </si>
+  <si>
+    <t>1016783</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4a/qq7cdz06ziagxhxm209z4wzthr9c0wj0.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, бордо, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов бордовый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искусственной кожи бордового цвета, придаёт изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащён местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c4/h4x3ku7bgt2chpbldjcs61288ju3rp75.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, бордо, А5, 148х218 мм, 352 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Вива искусственная кожа А5 176 листов бордовый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи бордового цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e9/iu092yyljpuxbiak8g41gu557qk0qmau.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, бордо, А6, 100х150 мм, 336 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А6 168 листов бордовый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A6, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи бордового цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 10?15 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f89/au82nquwtxl8d5dj6xt7t029t4si637p.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, зеленый, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов зелёный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи зелёного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016787</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/751/icvcyuomx904ux0jks1gc138yl8rt05o.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, зеленый, А5, 148х218 мм, 352 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Вива искусственная кожа А5 176 листов зелёный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи зелёного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6f/07cfj3awt04ezbbzg5ow2oa5i55i3dgr.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, зеленый, А6, 100х150 мм, 336 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А6 168 листов зелёный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A6, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи зелёного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 10?15 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016789</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/847/wdoiyrmr2b3zxk1h11isxt0lrnpzp7st.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, коричневый, А5, 148x218 мм, 352 стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов коричневый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи коричневого цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b9/hw1nq057h5gk8fxu6yymohkufds92n28.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, красный, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов красный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи красного цвета, придаёт изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащён местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c18/ushexu4gwyp64i59cesr7janxjfph79m.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, синий, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синего цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/646/yf5wrkanuy17y4p2tja50tji5fkvayun.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, синий, А4, 210х265 мм, 336 стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А4 168 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A4, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синий цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 21?26.5 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22b/86t9tx9wfhemgwects5n3x78bz9361la.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, синий, А5, 148х218 мм, 352 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Вива искусственная кожа А5 176 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синего цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016794</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/142/sg2m5dn1b0eu8qha9tjcssld18cbuewh.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, синий, А6, 100х150 мм, 336 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А6 168 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A6, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синего цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 10?15 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b2/91xn98ccpnrlcphok29xdzqilt10zghu.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, черный, А5, 148x218 мм, 352 стр,АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи чёрного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/868/cjdgv5odo5xm1eyf1zhg460bcx95vk3u.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, черный, А5, 148х218 мм, 352 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Вива искусственная кожа А5 176 листов чёрный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи чёрного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e9/pttxwi1gaoc7my7mrtg2a0mums3xnhjf.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, черный, А6, 100х150 мм, 336 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 год Attache Agenda искусственная кожа А6 168 листов чёрный&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A6, содержит 168 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи чёрного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 10?15 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df1/sst0gx62e1p6ksrmr50iihhnx6xdj77h.png</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026, Attache,сереб. резин. срез, А5, 352стр, Рияд Ламе</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный на 2026 го Attache Рияд Ламе искусственная кожа А5 176 листов серебристый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный ежедневник имеет формат A5, содержит 176 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи серебряного цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 14.8?21.8 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. Срез тонированный серебристый. Вертикальная резинка и петля под ручку. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Ежедневник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Ежедневник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b35/phwjuc3xv9k518cf73nsiucl0fsjybqu.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 175х95мм, 64л, бежевый 70395</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 175?95 мм 64 листа бежевый с фиксирующей резинкой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в одну краску &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: нет. Особенности: застёжка-резинка. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016859</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afb/xi3r4tr0t1r3qswo9rhmc10u73p52cta.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 175х95мм, 64л, голубой 70396</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 175?95 мм 64 листа голубой с фиксирующей резинкой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в одну краску &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: нет. Особенности: застёжка-резинка. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016860</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f2/121xk39np3dc34w128g97fut23bgxrcm.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 175х95мм, 64л, красный 70394</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 175?95 мм 64 листа красный с фиксирующей резинкой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в одну краску &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: нет. Особенности: застёжка-резинка. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016861</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3d/du9mhetyv3kz4reynd80q8s2222m7dvi.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 175х95мм, 64л, черный 70392</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 175?95 мм 64 листа чёрный с фиксирующей резинкой&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, белый офсет 70 г/кв.м, печать в одну краску &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: одно ляссе. Каптал: нет. Особенности: застёжка-резинка. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016862</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/643/rgh9usr4mbd6esso2gzasdahi49guy5c.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 181х127мм, 64л, горчичный 70346</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 181?127 мм 64 листа&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016863</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/816/rg1ahlyev45xposw8vd4s2zkxpcrxlu7.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 181х127мм, 64л, мятный 70345</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 181?127 мм 64 листа мятный&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016864</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/720/9wiltzp0djv4dw4o9bg92ykuhgdw6lus.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 ESCALADA 181х127мм, 64л, сиреневый 70344</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 год Escalada искусственная кожа 181?127 мм 64 листа сиреневый&amp;nbsp;&amp;nbsp;Обложка: мягкий переплёт, запаянный край, блинтовое тиснение, обстрочка по периметру — нет, скруглённый корешок, прямые углы обложки. Внутренний блок: ниткошвейный, кремовый офсет 70 г/кв.м, печать в две краски &amp;#40;линия&amp;#41;, прямые углы блока, перфорация углов блока — нет, справочный материал — есть. Красочность форзаца: печать пантоном. Закладка: два ляссе. Каптал: есть. Индивидуальная упаковка: ПЭТ-пакет.</t>
+  </si>
+  <si>
+    <t>1016865</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cef/gi5lydsmu5eviandlo6vodd92eq4vxa9.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ 64л, 90х160мм, карм.верт, Каньон син</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 90?160 мм. Цвет: синий. Блок 128 полос &amp;#40;64 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией. Календарь на 2026-2027 года. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cf/ccidnajkslwd5u3xe2tx4lgh7odyd2qz.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ 64л, 90х160мм, карм.гор., Сиам бордо</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 90?160 мм. Цвет: бордовый. Блок 128 полос &amp;#40;64 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Дополнительный блок со справочной информацией. Календарь на 2026-2027 года. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dc/nzwpae02tkv4djxgfe8o1giukd1e18pj.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ 64л, 90х160мм, карм.гор., Сиам синий</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 90?160 мм. Цвет: синий. Блок 128 полос &amp;#40;64 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Дополнительный блок со справочной информацией. Календарь на 2026-2027 года. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92f/vujdz56ep18h9av0mjqh04i081wpmse9.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ 64л, 90х160мм,карм.верт,Каньон бордо</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 90?160 мм. Цвет: бордовый. Блок 128 полос &amp;#40;64 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Дополнительный блок со справочной информацией. Календарь на 2026-2027 года. Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016869</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b7/s4u2f45u30j5x7dp536otla0nmuoh4ek.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026 АТТАСНЕ А4 72л, 200х270мм Сиам, синий</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год. Формат: 200?270 мм. Цвет: синий. Блок 144 страницы &amp;#40;72 листа&amp;#41; в 2 краски. Бумага офсетная 70 г/кв.м. Блок с перфорацией уголка. Алфавитный блок без вырубки. Дополнительный блок со справочной информацией включает: календарь на 2026-2029 года, планирование на год, справочная информация, карта часовых поясов, лучшие места отдыха в зависимости от времени года, международные размеры одежды и обуви, символы по уходу за одеждой, знаки зодиака, питание и расход калорий. Закладка-ляссе.Твердая обложка с прошивкой по периметру выполнена из искусственной кожи высокого качества. Возможно нанесение логотипа на обложку, любым способом тиснения &amp;#40;блинт или фольга&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1016870</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d6/zwg81irbe25u8da3qftk4qkpyjmzr0ob.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026, бордо, А4, 213х265 мм, 160 стр, Agenda</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год Attache Agenda искусственная кожа А4 168 листов бордовый&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный еженедельник имеет формат A4, содержит 80 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи бордового цвета, придает изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 21.3?26.5 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Еженедельник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащен местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Еженедельник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016871</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/812/s1ghdw3dw5l2vnahe9tx6q6hzdo4f8xf.png</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный 2026, синий, А4, 213х265 мм, 160 стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>Еженедельник датированный на 2026 год Attache Agenda искусственная кожа А4 168 листов синий&amp;nbsp;&amp;nbsp;Это надёжный помощник для планирования и организации рабочего времени. Он идеально подходит для использования в офисе или на учёбе.&amp;nbsp;&amp;nbsp;Данный еженедельник имеет формат A4, содержит 80 листов. Твёрдая обложка с поролоном, выполненная из высококачественной искуственной кожи синий цвета, придаёт изделию элегантный и профессиональный вид. Страницы выполнены из белой офсетной бумаги плотностью 70 г/кв.м. Дизайн обложки: универсальный.&amp;nbsp;&amp;nbsp;Тип крепления — сшивка. Печать блока в 2 краски. Вид линовки — линейка. Размер: 21.3?26.5 см.&amp;nbsp;&amp;nbsp;Среди дополнительных характеристик — ляссе серебристого цвета и уникальный блок, выполненный в двух цветах. На страницах предусмотрен календарь на 2026-2027 гг., что позволяет удобно планировать мероприятия и торжественные даты.&amp;nbsp;&amp;nbsp;Еженедельник содержит информационно-справочный блок, включая личные данные, праздники, дни рождения и полезные сервисы. Блок также оснащён местами для записи регулярных платежей, важных телефонов и различных измерений. Перфорация уголка упрощает использование и добавляет удобства.&amp;nbsp;&amp;nbsp;Возможность нанесения логотипа на обложку любым способ тиснения открывает дополнительные возможности для корпоративного использования.&amp;nbsp;&amp;nbsp;Еженедельник Attache — отличный выбор для тех, кто ценит практичность и стиль в повседневной жизни.</t>
+  </si>
+  <si>
+    <t>1016872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ae/971hzcrf6qq5xsma8rre4ln5y3krnqfb.jpg</t>
+  </si>
+  <si>
+    <t>Ежедневник датированный 2026г., А5, 184л., Delucci, Гладкая кожа, зол. срез, коричневый</t>
+  </si>
+  <si>
+    <t>Изысканный датированный ежедневник Delucci формата A5 &amp;#40;150*215 мм&amp;#41; ? элегантный помощник для планирования. Обложка с поролоновой прослойкой изготовлена из премиальной глянцевой экокожи, имитирующей кожу первоклассной выделки, и прошита двойной строчкой. Цвет обложки ? коричневый. Изделие дополняют золотые металлические уголки и золотой фольгированный срез. Внутренний блок состоит из 184 листов высококачественной кремовой бумаги повышенной плотности 100 г/м2 с пантонной печатью блока в 2 краски. Блок имеет перфорированные уголки. Справочный материал, 2 удобных закладки-ляссе, отрывные заметки, бланки-извещения о ДТП и вырубной блок по неделям гарантируют комфорт при использовании ежедневника. Изделие подходит под персонализацию. Упаковано в подарочную матовую индивидуальную упаковку. Обладателя ежедневника также порадуют 3 комплекта стикеров. • Формат: А5; • Размер: 150*215 мм; • Количество листов: 184; • Материал обложки: экокожа; • Цвет обложки: коричневый.</t>
+  </si>
+  <si>
+    <t>1016939</t>
   </si>
   <si>
     <t>&lt;a href="/brands/delucci/"&gt;DELUCCI&lt;/a&gt;</t>
-  </si>
-[...286 lines deleted...]
-    <t>1013429</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -5467,10265 +5428,10116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J445"/>
+  <dimension ref="A1:M438"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G445" sqref="G445"/>
+      <selection pane="bottomRight" activeCell="G438" sqref="G438"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>21</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C10" s="1" t="s">
-[...15 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G14" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G16" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>82</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>92</v>
+        <v>52</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>96</v>
+        <v>52</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C26" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="F26" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="B27" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="C27" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="F27" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="B28" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="F28" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B29" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>111</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>55</v>
+        <v>114</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="B32" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>125</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>128</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>129</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>132</v>
+        <v>52</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>133</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>65</v>
+        <v>138</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B37" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="G37" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...12 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>55</v>
+        <v>146</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>55</v>
+        <v>162</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>164</v>
+        <v>54</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>164</v>
+        <v>54</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>170</v>
+        <v>64</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>171</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>173</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F46" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="B48" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="F48" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="B49" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="F49" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="B50" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="F50" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>193</v>
-      </c>
-[...9 lines deleted...]
-        <v>122</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>195</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>196</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>197</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>198</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>199</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>200</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>118</v>
+        <v>205</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>164</v>
+        <v>17</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>164</v>
+        <v>17</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B100" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G132" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...6 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="F143" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="B143" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>14</v>
+        <v>557</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="C150" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>599</v>
+        <v>584</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>600</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>14</v>
+        <v>138</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
         <v>601</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C154" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="C155" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>606</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="F155" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="B156" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="C156" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="F156" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="B157" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="C157" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="C158" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="F158" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="C159" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>618</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="B160" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="C160" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="F160" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="C161" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="F161" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="C162" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="F162" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="C163" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="F163" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="B164" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="C164" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="F164" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="C165" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="B166" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="C166" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="F166" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G163" s="3" t="s">
+      <c r="B167" s="1" t="s">
         <v>641</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="C167" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>643</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="F167" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="G167" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="C168" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="C165" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="D165" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="F168" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="B169" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="C169" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="F169" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="B170" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="C170" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="F170" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="B171" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="C171" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="F171" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="C172" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="F172" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="F173" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="B174" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="F174" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="B175" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="C172" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E172" s="3" t="s">
+      <c r="F175" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>677</v>
       </c>
-      <c r="F172" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A173" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>680</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E173" s="3" t="s">
+      <c r="F176" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C177" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="F177" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="B178" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="C178" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="F178" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="C179" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="F179" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>690</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="C180" s="1" t="s">
         <v>692</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="F176" s="3" t="s">
+      <c r="F180" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="G176" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>696</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="F181" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C183" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="F183" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="B184" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="C184" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="F184" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="B185" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="C185" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="F185" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="B186" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="C186" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>714</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="F186" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="B187" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="C187" s="1" t="s">
         <v>717</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="F187" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="C188" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="F188" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="B189" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C189" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="B190" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="F184" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="C190" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="B191" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="C191" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="C192" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="F192" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="C193" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="B194" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="C188" s="1" t="s">
+      <c r="F194" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="B195" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>744</v>
       </c>
-      <c r="C189" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="B196" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="C196" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="F196" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="C190" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="C197" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="C191" s="1" t="s">
+      <c r="C198" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="D191" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="F198" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="F191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="C199" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="C192" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="C200" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="B201" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="C201" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="B202" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="C202" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="F202" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="C195" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="B203" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="C203" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>770</v>
       </c>
-      <c r="C196" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="F203" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="C204" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>773</v>
       </c>
-      <c r="C197" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="F204" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="C205" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="C198" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="C206" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>779</v>
       </c>
-      <c r="C199" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F206" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="C207" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="C200" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="F207" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>785</v>
       </c>
-      <c r="C201" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="B209" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="C202" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="C209" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="C210" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="B211" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="C204" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="C211" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="F211" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="C205" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="C212" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="C206" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="B213" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="C213" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="F213" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="B214" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="C214" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>805</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>806</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="B215" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="C215" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="F215" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="C209" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="B216" s="1" t="s">
         <v>810</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="C216" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>812</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="F216" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="B217" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="C217" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="C211" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>816</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="C212" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="C218" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="C219" s="1" t="s">
         <v>823</v>
       </c>
-      <c r="F213" s="3" t="s">
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="G213" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="C214" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="C220" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="C215" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="B221" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="C221" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="C216" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="F221" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="C222" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="F222" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="B223" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="C223" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="F223" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="C224" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="F224" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="C225" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="F225" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="B226" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="D221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="F226" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="C227" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="F227" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>857</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="B228" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="C228" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>860</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="F228" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>864</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="F229" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>865</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="B230" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="C230" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="C225" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>868</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="F230" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="C231" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="B232" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>876</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="F232" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>877</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>880</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="F233" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>881</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="C234" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="F234" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="C235" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>886</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="F235" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="B236" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="C236" s="1" t="s">
         <v>889</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>890</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="F236" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="B237" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="C237" s="1" t="s">
         <v>893</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="C232" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="F237" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="C238" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="F238" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="C239" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="C234" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="F239" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="B240" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="C235" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="C240" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="F240" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="B241" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="C241" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="C237" s="1" t="s">
+      <c r="B242" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="C242" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="B243" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="C243" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="B244" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="C244" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="F244" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="C245" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>926</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="B246" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>930</v>
       </c>
-      <c r="C242" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="F246" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="F242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="C247" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="C243" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="C248" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="C245" s="1" t="s">
+      <c r="C249" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>942</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="B250" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="C246" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="C250" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="C247" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="B251" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="C251" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>949</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="C248" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="B252" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="C252" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="C249" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="B253" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="C253" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>955</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="C250" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="B254" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="C254" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="C251" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="B255" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>962</v>
       </c>
-      <c r="C252" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="F255" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="C256" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>965</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="B257" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="C257" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>968</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="C258" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>971</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="C255" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="C259" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>974</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="B260" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="C256" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="C260" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>978</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="F260" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="C257" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="B261" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="C261" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="F261" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="B262" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="C262" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>986</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="F262" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="B263" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="C263" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="C260" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>990</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="F263" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="B264" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="C261" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="C264" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>994</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="F264" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="C262" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="D262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="C265" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>997</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="F265" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="C263" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="C266" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>1000</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="F266" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="C264" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="C267" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1004</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="F267" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="C265" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="B268" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="C268" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1007</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="F268" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="C266" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="B269" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="C269" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1011</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="F269" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="B270" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="C270" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1014</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="F270" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="C268" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="B271" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="C271" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1017</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="C269" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="B272" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="C272" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>1020</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="B273" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="C273" s="1" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="F273" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="C274" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="F274" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="B275" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="C275" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1030</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="C273" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="C276" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1033</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="C274" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="B277" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="C275" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="D275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="C278" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1040</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="C279" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1044</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="C277" s="1" t="s">
+      <c r="B280" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="C280" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1047</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="B281" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="C281" s="1" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1050</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="F281" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="B282" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="C282" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="C279" s="1" t="s">
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1054</v>
       </c>
-      <c r="D279" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="F282" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="B283" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="C283" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="C280" s="1" t="s">
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1058</v>
       </c>
-      <c r="D280" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="F283" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="B284" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="C284" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="C281" s="1" t="s">
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1062</v>
       </c>
-      <c r="D281" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="F284" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="C285" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="C282" s="1" t="s">
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1066</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="F285" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="B286" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1070</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="F286" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="B287" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="C284" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1074</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="F287" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="B288" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="C288" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="C285" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1078</v>
       </c>
-      <c r="D285" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="F288" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="B289" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1082</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="F289" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="B290" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="C290" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="C287" s="1" t="s">
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1086</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="F290" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1087</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="B291" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="C291" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="C288" s="1" t="s">
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="F291" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="B292" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="C289" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1094</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="F292" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="B293" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="C293" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="C290" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1098</v>
       </c>
-      <c r="D290" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="F293" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="B294" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="C291" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="D291" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="F294" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="B295" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="C295" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="F295" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="B296" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1110</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="F296" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="B297" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="F297" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="B298" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="C298" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="C295" s="1" t="s">
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1118</v>
       </c>
-      <c r="D295" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="F298" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="B299" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="C299" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1122</v>
       </c>
-      <c r="D296" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="F299" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="B300" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="C300" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="C297" s="1" t="s">
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1126</v>
       </c>
-      <c r="D297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="F300" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="C301" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="C298" s="1" t="s">
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1130</v>
       </c>
-      <c r="D298" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="F301" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="C302" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="C299" s="1" t="s">
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1134</v>
       </c>
-      <c r="D299" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="F302" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="C303" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1138</v>
       </c>
-      <c r="D300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="F303" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="C304" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1142</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="F304" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="C305" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="C302" s="1" t="s">
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1146</v>
       </c>
-      <c r="D302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="F305" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C306" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="C303" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1150</v>
       </c>
-      <c r="D303" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="F306" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="C307" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="F307" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="C308" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="C305" s="1" t="s">
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1158</v>
       </c>
-      <c r="D305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="F308" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="C309" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1162</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="F309" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="B310" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="C310" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1166</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="F310" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="C311" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="C308" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1170</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="F311" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1171</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="B312" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="C309" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="C312" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1174</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="F312" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="B313" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1178</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="F313" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="D311" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="B314" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="F311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="C314" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1182</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="F314" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="B315" s="1" t="s">
         <v>1184</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="C315" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1186</v>
       </c>
-      <c r="C313" s="1" t="s">
+      <c r="F315" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="D313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="B316" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="C316" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1190</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="F316" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G316" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="B317" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1194</v>
       </c>
-      <c r="C315" s="1" t="s">
+      <c r="F317" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="D315" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="B318" s="1" t="s">
         <v>1196</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="C318" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1198</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="F318" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="D316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="B319" s="1" t="s">
         <v>1200</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="C319" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="C317" s="1" t="s">
+      <c r="F319" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1203</v>
       </c>
-      <c r="D317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="B320" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="C320" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1206</v>
       </c>
-      <c r="C318" s="1" t="s">
+      <c r="F320" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="D318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="B321" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="C321" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="C319" s="1" t="s">
+      <c r="F321" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="D319" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="B322" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="C322" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1214</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="F322" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="B323" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="C323" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1218</v>
       </c>
-      <c r="C321" s="1" t="s">
+      <c r="F323" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="D321" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="B324" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="C324" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1222</v>
       </c>
-      <c r="C322" s="1" t="s">
+      <c r="F324" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="D322" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="B325" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="1" t="s">
+      <c r="C325" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1226</v>
       </c>
-      <c r="C323" s="1" t="s">
+      <c r="F325" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="D323" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="B326" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A324" s="1" t="s">
+      <c r="C326" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1230</v>
       </c>
-      <c r="C324" s="1" t="s">
+      <c r="F326" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="D324" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="B327" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="C327" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="C325" s="1" t="s">
+      <c r="F327" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="D325" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="B328" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="C328" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1238</v>
       </c>
-      <c r="C326" s="1" t="s">
+      <c r="F328" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="D326" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="B329" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="C329" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1242</v>
       </c>
-      <c r="C327" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="F329" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="B330" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="C330" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="C328" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1246</v>
       </c>
-      <c r="F328" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="F330" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="B331" s="1" t="s">
         <v>1248</v>
-      </c>
-[...44 lines deleted...]
-        <v>1255</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F331" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F332" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B333" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="C333" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1258</v>
       </c>
-      <c r="C332" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="F333" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="B334" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="C334" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="C333" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1262</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="F334" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="B335" s="1" t="s">
         <v>1264</v>
-      </c>
-[...21 lines deleted...]
-        <v>1268</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>1265</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F335" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C336" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="F335" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1270</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="F336" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="C336" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E336" s="3" t="s">
+      <c r="B337" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="F336" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A337" s="1" t="s">
+      <c r="C337" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="D337" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1274</v>
       </c>
-      <c r="C337" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E337" s="3" t="s">
+      <c r="F337" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="B338" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="C338" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="C338" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
         <v>1278</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
         <v>1279</v>
       </c>
       <c r="B339" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="C339" s="1" t="s">
         <v>1281</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
         <v>1282</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="B340" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>1286</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>14</v>
+        <v>1287</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E341" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F341" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G341" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A342" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E342" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F342" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G342" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A343" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E343" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F343" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G343" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A344" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E344" s="3" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F344" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G344" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A345" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E345" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F345" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G345" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A346" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C346" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E346" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F346" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G346" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A347" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F347" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G347" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F348" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F349" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F350" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F351" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F352" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F353" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F354" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F355" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F356" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F357" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E358" s="3" t="s">
+        <v>1361</v>
+      </c>
+      <c r="F358" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E359" s="3" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F359" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F360" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F361" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F362" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F363" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F364" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F365" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F367" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F368" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F369" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F370" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F371" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="B341" s="1" t="s">
-[...22 lines deleted...]
-      <c r="B342" s="1" t="s">
+      <c r="G371" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>1417</v>
+      </c>
+      <c r="F372" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F373" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F374" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F375" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>1432</v>
+      </c>
+      <c r="F376" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F377" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>1440</v>
+      </c>
+      <c r="F378" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="F379" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F380" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F381" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F382" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F383" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F384" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F385" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F386" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F387" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F388" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F389" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F390" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F391" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F392" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F393" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F394" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F395" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F396" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F397" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F398" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F399" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F400" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F401" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>1535</v>
+      </c>
+      <c r="F402" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F403" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F404" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F405" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F406" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F407" s="3" t="s">
+        <v>1531</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F408" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>1562</v>
+      </c>
+      <c r="F409" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F410" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F411" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1574</v>
+      </c>
+      <c r="F412" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F413" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1582</v>
+      </c>
+      <c r="F414" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F415" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F416" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F417" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1596</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F418" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F419" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F420" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>1610</v>
+      </c>
+      <c r="F421" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F422" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1616</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F423" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F424" s="3" t="s">
         <v>1292</v>
       </c>
-      <c r="C342" s="1" t="s">
-[...1896 lines deleted...]
-      </c>
       <c r="G424" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
-        <v>1609</v>
+        <v>1623</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1610</v>
+        <v>1624</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1611</v>
+        <v>1625</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>1612</v>
+        <v>1626</v>
       </c>
       <c r="F425" s="3" t="s">
-        <v>57</v>
+        <v>1292</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
-        <v>1613</v>
+        <v>1627</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1614</v>
+        <v>1628</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1615</v>
+        <v>1629</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>1616</v>
+        <v>1630</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>57</v>
+        <v>1292</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1617</v>
+        <v>1631</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1618</v>
+        <v>1632</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1619</v>
+        <v>1633</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1620</v>
+        <v>1634</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>57</v>
+        <v>1292</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1621</v>
+        <v>1635</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1622</v>
+        <v>1636</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1623</v>
+        <v>1637</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>1624</v>
+        <v>1638</v>
       </c>
       <c r="F428" s="3" t="s">
-        <v>57</v>
+        <v>1292</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1625</v>
+        <v>1639</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1626</v>
+        <v>1640</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1627</v>
+        <v>1641</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1628</v>
+        <v>1642</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>57</v>
+        <v>1292</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1629</v>
+        <v>1643</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1630</v>
+        <v>1644</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1631</v>
+        <v>1645</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>1632</v>
+        <v>1646</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>57</v>
+        <v>1292</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1633</v>
+        <v>1647</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1634</v>
+        <v>1648</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1635</v>
+        <v>1649</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1636</v>
+        <v>1650</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>57</v>
+        <v>1287</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1637</v>
+        <v>1651</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1638</v>
+        <v>1652</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1639</v>
+        <v>1653</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1640</v>
+        <v>1654</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>57</v>
+        <v>1287</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1641</v>
+        <v>1655</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1642</v>
+        <v>1656</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1643</v>
+        <v>1657</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1644</v>
+        <v>1658</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>57</v>
+        <v>1287</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1645</v>
+        <v>1659</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1646</v>
+        <v>1660</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1647</v>
+        <v>1661</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1648</v>
+        <v>1662</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>57</v>
+        <v>1287</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1649</v>
+        <v>1663</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1650</v>
+        <v>1664</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1651</v>
+        <v>1665</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1652</v>
+        <v>1666</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>57</v>
+        <v>1287</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1653</v>
+        <v>1667</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1654</v>
+        <v>1668</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1655</v>
+        <v>1669</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1656</v>
+        <v>1670</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>57</v>
+        <v>1287</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1657</v>
+        <v>1671</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1658</v>
+        <v>1672</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1659</v>
+        <v>1673</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1660</v>
+        <v>1674</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>57</v>
+        <v>1287</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1661</v>
+        <v>1675</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1662</v>
+        <v>1676</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1663</v>
+        <v>1677</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1664</v>
+        <v>1678</v>
       </c>
       <c r="F438" s="3" t="s">
-        <v>57</v>
+        <v>1679</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>21</v>
-[...160 lines deleted...]
-        <v>21</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">