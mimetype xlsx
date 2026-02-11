--- v0 (2025-11-05)
+++ v1 (2026-02-11)
@@ -12,1030 +12,988 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="592">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="536">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a2a/a2a0a5c4097b3fcbe7815f6c30de09f1/75eb6ceb19aa0f579625e4dc2aac3ecf.jpg</t>
-[...5 lines deleted...]
-    <t>Недатированный настольный планинг-ежемесячник размером 49-35 см состоит из 12 листов офсетной бумаги плотностью 70 г/кв.м, скрепленных металлическим гребнем. Подложка выполнена из плотного картона, есть прижимной клапан синего цвета, на который можно нанести логотип. Обложка отсутствует. На каждом листе - графы для всех дней текущего месяца, календарная сетка на четыре года и поле для заметок. Информационный блок планинга не включает карту мира и карту России.</t>
+    <t>http://anytos.ru//upload/iblock/874/8749cf245814055b662727c61d6d5c0a/3d317cb2acdea978a0e8570851698f0b.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Планинг недатированный Attache картон 56 nbsp-листов в nbsp-ассортименте  300х100 nbsp-мм </t>
+  </si>
+  <si>
+    <t>Настольный горизонтальный еженедельник-планинг Attache. Модель на металлическом гребне, картонная обложка с фотографией достопримечательностей. Блок включает 56 недатированных листов, выполнен из высококачественного офсета. Плотность бумаги 70г/кв.м. Планинг содержит календарь на два года и таблицу с кодами междугородной телефонной связи. В ассортименте два вида дизайна обложки.</t>
   </si>
   <si>
     <t>Планинги</t>
   </si>
   <si>
-    <t>245617</t>
+    <t>245620</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0c/b0ca964bc3f1f4cad0aaa711cb2a8b4c/fd19ea2085e8f10068b770ac208d6df0.jpg</t>
+  </si>
+  <si>
+    <t>Планинг АТТАСНЕ Sidney  синий 305х130, 64 л. Ал штр.  4606016041455, 4607072644499</t>
+  </si>
+  <si>
+    <t>Недатированный планинг Attache Sidney размером 30,5-13 см с обложкой из искусственной кожи синего цвета &amp;#40;возможно нанести тиснение&amp;#41;. Внутренний блок состоит из 64 листов офсетной бумаги, скрепленных с помощью спирали. Удобен для планирования рабочего времени, встреч, совещаний, задач. Содержит информационно-справочный раздел.</t>
+  </si>
+  <si>
+    <t>245621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d63/d63e7bd0af12f7510b304120648bc3dd/c90d4b036538a15d351c15dfd37466be.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Планинг недатированный Attache бумвинил 56 nbsp-листов синий  300x135 nbsp-мм </t>
+  </si>
+  <si>
+    <t>Недатированный планинг Attache имеет обложку из бумвинила синего цвета &amp;#40;материал из ПВХ на бумажной основе&amp;#41;. Скреплен металлическим гребнем. Внутренний блок состоит из 56 листов офсетной бумаги плотностью 70 г/кв.м &amp;#40;112 страниц&amp;#41;. На неделю приходится один разворот. Планинг недатированный содержит календарь на два года, телефонные коды. Схема метро, карты России и мира отсутствуют. Размер планинга - 30-13,5 см.</t>
+  </si>
+  <si>
+    <t>245623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c3/7c3d7a13358bbae8cf1e0f8f75ff6be4/1669af52c2f11b4ecd2cf8acd9bad16b.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недат. синий оранжевый,оранж.прострочка,340x130мм,57л АТТАСНЕBizon</t>
+  </si>
+  <si>
+    <t>Планинг недат. синий&amp;#43;оранжевый,оранж.прострочка,340x130мм,57л АТТАСНЕBizon</t>
+  </si>
+  <si>
+    <t>375860</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a6/c1r8nw3dkrzsyqddguw9626aqchb4o7q.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный BRAUBERG недатированный, 305х140 мм,  quot;Imperial quot;, под гладкую кожу, коричн., крем. блок, 123499</t>
+  </si>
+  <si>
+    <t>Настольный планинг BRAUBERG &amp;quot;Imperial&amp;quot; предназначен для ведения записей. Благодаря отсутствию дат его можно использовать в любое время года. Внутренний блок содержит 60 листов офсетной бумаги кремового цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для конгревного тиснения и тиснения фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в коричневом цвете.</t>
+  </si>
+  <si>
+    <t>388176</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e99/zy5im85zogequ9lstdzksmlncuvkg8zz.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный BRAUBERG недатированный, 305х140 мм,  quot;Select quot;, под зернистую кожу, темно-синий, 123798</t>
+  </si>
+  <si>
+    <t>Настольный планинг BRAUBERG &amp;quot;Select&amp;quot; предназначен для ведения записей. Благодаря отсутствию дат его можно использовать в любое время года. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в темно-синем цвете.</t>
+  </si>
+  <si>
+    <t>388177</t>
+  </si>
+  <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/158/1588fd54fe84f706ca2c7fa8bb4b3deb/3f6b14178d0eca784d6237715f3a9124.jpg</t>
-[...8 lines deleted...]
-    <t>245618</t>
+    <t>http://anytos.ru//upload/iblock/ba8/cwg231ehcx61vqzswnukazq4hqt5ry3b.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный BRAUBERG недатированный, 305х140 мм,  quot;Select quot;, под зернистую кожу, черный, 123797</t>
+  </si>
+  <si>
+    <t>Настольный планинг BRAUBERG &amp;quot;Select&amp;quot; предназначен для ведения записей. Благодаря отсутствию дат его можно использовать в любое время года. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в классическом черном цвете.</t>
+  </si>
+  <si>
+    <t>388178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f09/d21u1us7s10hzmp16r738htbrlvog19e.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Imperial quot;, кожзам, кремовый блок, синий, 111694</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Мягкая, прошитая по периметру обложка с легкой рельефной фактурой, напоминающей натуральную кожу, и непревзойденное качество исполнения воплощают имперскую роскошь аксессуара. Внутренний блок содержит 60 листа офсетной бумаги кремового цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Снабжен обширным справочным материалом. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в синем цвете.</t>
+  </si>
+  <si>
+    <t>565134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be3/qjotiz821wifl6bwracfqwey45ov067c.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Rainbow quot;, кожзам, бирюзовый, 111700</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG серии &amp;quot;Raindow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в насыщенном бирюзовом цвете.</t>
+  </si>
+  <si>
+    <t>565135</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e41/w79j2iylc0fpzb14m7q6f6jywnqevnfu.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Rainbow quot;, кожзам, зеленый, 111702</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG серии &amp;quot;Raindow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в благородном зеленом цвете.</t>
+  </si>
+  <si>
+    <t>565136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89a/ptzcl4ec6xx46889ibtyuehn8w3s2u2o.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Rainbow quot;, кожзам, розовый, 111699</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG серии &amp;quot;Raindow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в нежном розовом цвете.</t>
+  </si>
+  <si>
+    <t>565138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/857/ip31v2hkwaz8tvnftrwnb6ko1junohfp.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Select quot;, балакрон, желтый, 111696</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения только фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в желтом цвете.</t>
+  </si>
+  <si>
+    <t>565139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44b/lgt4oa9gmeeaet4f2xzcv9vf55d864kc.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Select quot;, балакрон, зеленый, 111695</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения только фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в зеленом цвете.</t>
+  </si>
+  <si>
+    <t>565140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16c/8wy957invc0qqxy0f8fd68320scyqb7u.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Select quot;, балакрон, розовый, 111697</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения только фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в розовом цвете.</t>
+  </si>
+  <si>
+    <t>565141</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff3/fpde0qgp4826x114d6kh11femajttqob.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Select quot;, балакрон, синий, 111698</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения только фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в синем цвете.</t>
+  </si>
+  <si>
+    <t>565142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2dc/xu50k30xfvd2s9nhbzzjt19a09u9zh2s.jpg</t>
+  </si>
+  <si>
+    <t>Планинг Erich Krause MEGAPOLIS спираль, желтая бумага, 135х290, 96л.</t>
+  </si>
+  <si>
+    <t>Планинг Every day на спирали ErichKrause® MEGAPOLIS®. Включает 96 листов из тонированной желтой бумаги плотностью 65 г/кв.м. Обложка синего цвета выполнена из плотного картона 170 г/кв.м. Листы скреплены двойной евро-спиралью, что позволит сохранять записи предыдущих дней. На одном развороте помещаются записи на один день: на левой полосе - почасовой планинг на день, на правой - список дел, которые необходимо выполнить за день. Формат: 135х290 мм.</t>
+  </si>
+  <si>
+    <t>697995</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36a/1ig28wojnxdcq7ykepzouoamedzc88e1.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный, 64л., 330 130мм, кожзам, Berlingo  quot;Vivella Prestige quot;, бордовый</t>
+  </si>
+  <si>
+    <t>Планинги Berlingo Vivella Prestige изготовлены из высококачественного кожзаменителя с мягкой гладкой матовой поверхностью. Планинг недатированный формата - 330*130 мм с обложкой с поролоновой прослойкой, прострочкой по периметру и имиджевым тиснением. Цвет обложки - бордовый. Высококачественная белая бумага повышенной плотности 80 г/м2, пантонная печать блока в 2 краски.</t>
+  </si>
+  <si>
+    <t>700699</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fb/yrhd8o2yd5dmu0d22vca7drw11a4fq3y.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный, 64л., 330 130мм, кожзам, Berlingo  quot;Vivella Prestige quot;, зеленый</t>
+  </si>
+  <si>
+    <t>Планинги Berlingo Vivella Prestige изготовлены из высококачественного кожзаменителя с мягкой гладкой матовой поверхностью. Планинг недатированный формата - 330*130 мм с обложкой с поролоновой прослойкой, прострочкой по периметру и имиджевым тиснением. Цвет обложки - зеленый. Высококачественная белая бумага повышенной плотности 80 г/м2, пантонная печать блока в 2 краски.</t>
+  </si>
+  <si>
+    <t>700700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8c/dn9q4jgkxr6xos04xrzml1f19jcg8cyx.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный, 64л., 330 130мм, кожзам, Berlingo  quot;Vivella Prestige quot;, коричневый</t>
+  </si>
+  <si>
+    <t>Планинги Berlingo Vivella Prestige изготовлены из высококачественного кожзаменителя с мягкой гладкой матовой поверхностью. Планинг недатированный формата - 330*130 мм с обложкой с поролоновой прослойкой, прострочкой по периметру и имиджевым тиснением. Цвет обложки - коричневый. Высококачественная белая бумага повышенной плотности 80 г/м2, пантонная печать блока в 2 краски.</t>
+  </si>
+  <si>
+    <t>700701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e69/g73gxsh8p24286mfh5dkhdgdfb050b98.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недат. 305 х 130 мм Velvet красный 128 стр. 3-364 10</t>
+  </si>
+  <si>
+    <t>Планинг недат. 305 х 130 мм Velvet красный 128 стр. 3-364/10</t>
+  </si>
+  <si>
+    <t>716872</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a66/e56979forn39bjr8s3x4ambjc82h8j1h.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недат. 305 х 130 мм Velvet синий 128 стр. 3-364 01</t>
+  </si>
+  <si>
+    <t>Планинг недат. 305 х 130 мм Velvet синий 128 стр. 3-364/01</t>
+  </si>
+  <si>
+    <t>716873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/218/ogh2daj90dkj49oeye7258bo3tskzwz6.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недат. LITE 56 л. 303х127 мм тв. обл. бумвинил синий</t>
+  </si>
+  <si>
+    <t>Планинг недатированный 303 х 127 мм. Твердая обложка, материал бумвинил, цвет синий. Тип крепления: евроспираль. Внутренний блок 60 г/м2, белый, 56 листов.Блок содержит персональную информацию, календарь на 4 года, планирование недели &amp;#40;7 дней&amp;#41;,заметки.</t>
+  </si>
+  <si>
+    <t>769743</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81c/gkaty1j7flixl0b2w2n7jp17g12bmn3u.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Attache Economy бумвинил бордо 300х135, 56 л.21с11 П</t>
+  </si>
+  <si>
+    <t>789055</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ac/jhbq2vnup6l0w6lv1axc09b7dkndb1qv.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Attache Economy бумвинил черный 300х135, 56 л.21с11 П</t>
+  </si>
+  <si>
+    <t>789056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/518/erfdd5sp715fkvvldselyqpz6tcy82xq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IDEAL NEW quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815944</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/538/0ecbywfnruhauvhlm9o01s4gzgdwz6bu.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  БОРДОВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815945</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b2/0stl2lhrw4j6oe80zlbn066h9xp176b3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815946</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/276/z7sg88rsbnyxhk8g6yeca5muguz9cogr.jpg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б ВИН.  quot;БОРДОВЫЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б/ВИН. &amp;quot;БОРДОВЫЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>815947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fc/zh9uhxwczmg71sk70758mpi5qid58vxl.jpg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б ВИН.  quot;ЧЕРНЫЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б/ВИН. &amp;quot;ЧЕРНЫЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>815948</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be6/mk952p9qlwu8w4ihfnrlb7gsk21fger7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IDEAL NEW quot;  ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e58/yxlptji08jphfyo6i62o6lwnb6v06qr1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97e/f9dlby1uzq5ivowqt2tkcsllq8isjyf2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f5/9q5180cvkpqict611itjg7700coy2i3i.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  БОРДОВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18e/4akppy5msmicn8smgurpayu4uto9ytmy.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  ТЕМНО-СИНИЙ NAVY </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;ТЕМНО-СИНИЙ NAVY&amp;#41;</t>
+  </si>
+  <si>
+    <t>815954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9f/nm4s2mj1jts1ljly9az176pm31277o4i.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  ТЕМНО-ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;ТЕМНО-ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c84/0w2k5175ksicv8ka4fdqlmvg4zzvo9vs.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Status quot;, под кожу, 60 л., темно-синий, 113373</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG серии &amp;quot;Status&amp;quot; с классической обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм.</t>
+  </si>
+  <si>
+    <t>829691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a51/gycn0a7pmdam2msry7ie0sge7gefzyqw.jpg</t>
+  </si>
+  <si>
+    <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Leopards quot;, 113515</t>
+  </si>
+  <si>
+    <t>Настольный недатированный планинг-еженедельник STAFF можно использовать в любое время года благодаря отсутствию дат. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 65 г/м2. Твердая книжная обложка из переплетного картона с матовой ламинацией и выборочным лаком придаст индивидуальность и обеспечит долгий срок службы. Размер изделия - 165х90 мм.</t>
+  </si>
+  <si>
+    <t>829697</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/394/k9gcopmgtu8t8n2ccy6v3ahq7zmlpumu.jpg</t>
+  </si>
+  <si>
+    <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Marble quot;, 113516</t>
+  </si>
+  <si>
+    <t>829698</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/183/egscfz5i856uctksz6bof7j21jz5k1t2.jpg</t>
+  </si>
+  <si>
+    <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Metropolis quot;, 113514</t>
+  </si>
+  <si>
+    <t>829699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/249/j76c9jtaos76z7r8le79mrbci3ay58j4.jpg</t>
+  </si>
+  <si>
+    <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Pastel quot;, 113511</t>
+  </si>
+  <si>
+    <t>829700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c4/7g0m25qd9w8w270v3uv2ki0sqgluchdk.jpeg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б ВИН.  quot;ЗЕЛЕНЫЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б/ВИН. &amp;quot;ЗЕЛЕНЫЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>840605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5a/y1efo1vad9tf0va6icp799nw9zbcww5o.jpeg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б ВИН.  quot;КОРИЧНЕВЫЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б/ВИН. &amp;quot;КОРИЧНЕВЫЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>840606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/012/k6btj6pcxdy9r170olwap08i3zak5tg7.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IDEAL NEW quot;  БОРДОВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>840607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de0/epjcoypsd5j5qeybebe1icyd3v8ot2d1.jpeg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ БУМВИНИЛ  quot;СИНИЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ БУМВИНИЛ &amp;quot;СИНИЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>885704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed8/y81yqjt6ex6itiotzj4eazkrziwpoz9l.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ  quot;IDEAL NEW quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fe/u6r799gavbqknmxfg3qoex6o50xi99sg.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ  quot;IDEAL NEW quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22f/4o64ns1ao1tpwny0m0fyza31ojo41x2h.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ  quot;SIDNEY NEBRASKA quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d7/4l6s6c6v6i91ag0gtmziuvly5wpju9sv.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ  quot;SIDNEY NEBRASKA quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/591/vy2p7og614esnbl53takqfquoblk1zy8.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42f/eqmliwhw1j33n860e6ymhwgmrg1bp6fy.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  ТЕМНО-СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;ТЕМНО-СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cd/fm7qv9l9el4hq9buzjtes8me6v9gsh4b.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4e/0mulm4xxjptvcjowqmqsgfw58z79lts3.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b8/4npb9yd259ep941crq0oehkuz40bcmed.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/195/92a09e75wj58ydm1ceiuzxbt3fx610jp.jpeg</t>
+  </si>
+  <si>
+    <t>Планинг Альт  датированный 2025 год  305 х 130 мм   quot;БУМВИНИЛ quot; зеленый 128 стр. Арт. 3-061 02</t>
+  </si>
+  <si>
+    <t>Классический датированный планинг на 2025 год. Твердый переплет из высококачественного бумвинила украшает тиснение золотой фольгой. Блок состоит из 128 страниц высококачественной белой бумаги плотностью 70 г/кв.м. Планинг на гребне - удобный рабочий инструмент.</t>
+  </si>
+  <si>
+    <t>885718</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8e/owyj8tu3e1gzttpobq2qn8agl6plwd0m.jpeg</t>
+  </si>
+  <si>
+    <t>Планинг Альт  датированный 2025 год  305 х 130 мм   quot;БУМВИНИЛ quot; коричневый 128 стр. Арт. 3-061 03</t>
+  </si>
+  <si>
+    <t>885719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/517/g0g2wcolkk4bsow0q49nfimwzhpvtfwy.jpg</t>
+  </si>
+  <si>
+    <t>Планинг Альт недатированный  quot;BOSS quot; бордовый 64 л. Арт. 3-016 270</t>
+  </si>
+  <si>
+    <t>Планинг Альт® недатированный &amp;quot;BOSS&amp;quot; бордовый 64 л. Арт. 3-016/270</t>
+  </si>
+  <si>
+    <t>895241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c00/fyrjfne3uhn0ozk3pz07kx4qikisjor6.jpg</t>
+  </si>
+  <si>
+    <t>Еженедельник недатированный с резинкой  171х93 мм , BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Blur quot;, 114576</t>
+  </si>
+  <si>
+    <t>Недатированный планинг-еженедельник BRAUBERG предназначен для ведения записей. Отсутствие дат делает его уникальным товаром, которым можно начать пользоваться в любое время года. Надежен и практичен в применении. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 65 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долгий срок службы. Снабжен резинкой-фиксатором, благодаря чему планинг-еженедельник не откроется в сумке или портфеле. Отличительная особенность - это поля, где можно проставить даты. Размер изделия - 171х93 мм.</t>
+  </si>
+  <si>
+    <t>906091</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e9/5t8v1xzahub60uuq6dvn4uvt2z411hbe.jpg</t>
+  </si>
+  <si>
+    <t>Планер А5 недатированный LOREX HANGING CLOUDS 72 л. 145х207 мм мягк. обл. мел. карт. soft touch</t>
+  </si>
+  <si>
+    <t>Планер LOREX станет незаменимым помощником в планировании каждого дня! Удобная структура внутреннего блока позволит распланировать рабочие дела и покупки, а также оценить успехи проведенного дня. С помощью планера каждый сможет эффективно использовать свое время и своевременно выполнить все задачи. Планер формата А5 евро состоит из 72 листов плотностью 80 г/м2. Стильная обложка из мелованного картона с эффектом soft touch. Планер LOREX с эстетичным и оригинальным дизайном станет дополнительным аксессуаром на рабочем столе!</t>
+  </si>
+  <si>
+    <t>906689</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;BOSS quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;BOSS&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;BOSS quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;BOSS&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908970</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;BOSS quot;  ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;BOSS&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908971</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IMPERIUM quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IMPERIUM&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908973</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a8/gfexpb8j6ln8u303dunzetr3amogtfvb.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IMPERIUM quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IMPERIUM&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f24/lttj74flzkdr001uvjhl1ayltt33weto.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IMPERIUM quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IMPERIUM&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37a/f5t1gzpue4kdxx1g3939v4rcdt5an3ez.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PERSONA quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PERSONA&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47d/8by4uy7kce3e9ydggrfjka3c2g8ssww3.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PERSONA quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PERSONA&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908977</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PERSONA quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PERSONA&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908978</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PROFY quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PROFY&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908979</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PROFY quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PROFY&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PROFY quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PROFY&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8e/u1wehwnsuk836ej2c5p47lwggku3h1qy.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. ДАТ. 2023  quot;VELVET quot;  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. ДАТ. 2023 &amp;quot;VELVET&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f65/urghbl121y634mcars3t3ioqn3e1gs28.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный планер на месяц MESHU А4,  quot;Gradient quot;, с маркером</t>
+  </si>
+  <si>
+    <t>Магнитный планер на месяц MESHU &amp;quot;Gradient&amp;quot; станет незаменимым помощником в организации времени. Он поможет запомнить задачи, спланировать расписание и состыковать встречи с коллегами, друзьями или семьёй. Модель формата А4 выполнена из картона, покрытого магнитным винилом. Размер планера: 210*297 мм. Ламинация позволяет многократно писать и стирать надписи. К комплекту прилагается маркер со стирателем на магните, которым можно корректировать записи. Планер легко крепиться на любую металлическую поверхность, к примеру холодильник, и поэтому всегда будет на виду.&amp;nbsp;&amp;nbsp;Упакован в индивидуальный пакет. Внимание! Используйте только маркер на водной основе. Для очистки поверхности используйте влажную салфетку.</t>
+  </si>
+  <si>
+    <t>920612</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/874/8749cf245814055b662727c61d6d5c0a/3d317cb2acdea978a0e8570851698f0b.jpg</t>
-[...820 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/159/9d4vf53ps4qoevmmzvoquvzp4c2petj7.jpg</t>
   </si>
   <si>
     <t>Магнитный планер на месяц MESHU А3,  quot;Bright color quot;, с маркером</t>
   </si>
   <si>
     <t>Магнитный планер на месяц MESHU &amp;quot;Bright color&amp;quot; станет незаменимым помощником в организации времени. Он поможет запомнить задачи, спланировать расписание и состыковать встречи с коллегами, друзьями или семьёй. Трекер привычек позволит вам добиться успехов в любых начинаниях: бегать по утрам, раньше вставать или ложиться спать и правильно питаться. Модель формата А3 выполнена из картона, покрытого магнитным винилом. Размер планера: 297*420 мм. Ламинация позволяет многократно писать и стирать надписи. К комплекту прилагается маркер со стирателем на магните, которым можно корректировать записи. Планер легко крепиться на любую металлическую поверхность, к примеру холодильник, и поэтому всегда будет на виду.&amp;nbsp;&amp;nbsp;Упакован в индивидуальный пакет. Внимание! Используйте только маркер на водной основе. Для очистки поверхности используйте влажную салфетку.</t>
   </si>
   <si>
     <t>920615</t>
   </si>
   <si>
-    <t>Планинг BrunoVisconti  датированный 2026 год  305 х 130 мм   quot;SIDNEY NEBRASKA quot; черный 64л. Арт. 3-147 02</t>
-[...79 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/94d/ruc5npy8ee5j4k0vspd4rvtmwxxy2h41.jpg</t>
   </si>
   <si>
     <t>Планер недатированный, 32л., 135 210мм, на скобе MESHU  quot;Milk pool quot;, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Планер недатированный, 32л., 135*210мм, на скобе MESHU &amp;quot;Milk pool&amp;quot;, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>968560</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2e/9omp2tob24zq5n2jjxyrz7jf39jm2lml.jpg</t>
   </si>
   <si>
     <t>Планер недатированный, 32л., 135 210мм, на скобе MESHU  quot;Neko quot;, матовая ламинация, голографическая фольга</t>
   </si>
   <si>
     <t>Планер недатированный, 32л., 135*210мм, на скобе MESHU &amp;quot;Neko&amp;quot;, матовая ламинация, голографическая фольга</t>
   </si>
   <si>
     <t>968561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c9/96xm0ywjeycvvowxz14zjh5k5akji8x9.jpg</t>
@@ -1049,80 +1007,68 @@
   <si>
     <t>968562</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65a/nh7vqi2nw11bdnf4kxfayb7i4tk3by8a.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный ГР. Sidney Nebraska, черный 3-318 02</t>
   </si>
   <si>
     <t>Планинг недатированный ГР. Sidney Nebraska, черный 3-318/02</t>
   </si>
   <si>
     <t>973794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/955/eq0bnhs6t11qvaxj6fjtvhfs1gjvkxg0.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX GOOD VIBE А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975429</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6e5/45ztv5t1otxle8pd2rhvdq5eji3ndl0y.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX JOY А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be8/3y95tzpdsqfk2dsobejonqi531ckvffd.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX LIGHT VIOLET А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975431</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/085/7h8oobneluxcf0j3drhtpteqsh3l7yfe.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6f3/prg0d0e1epe800jpdy6asx8o5xd3nt89.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX NOT ORDINARY А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b8/ochj6mxuyqv7nusicpdac6gjd0118476.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX SILENT LANDSCAPE А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ed/a6c00j1h1zf2is9y7ym9n8z3eb16obmw.jpg</t>
   </si>
   <si>
     <t>Планер недатированный LOREX JOY 52 л. 204х110 мм роз. тв. обл., без отд., лин.</t>
   </si>
   <si>
     <t>975435</t>
@@ -1187,158 +1133,143 @@
   <si>
     <t>http://anytos.ru//upload/iblock/639/1lxbzcyt6g620elv5l1i9bcfafwrljbz.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56 листов, 330 130мм, BG, кожзам  quot;Winner. Dark teal quot;, бирюзовый</t>
   </si>
   <si>
     <t>Недатированный планинг BG &amp;quot;Winner.Dark teal&amp;quot; изготовлен из высококачественной экокожи бирюзового цвета с гладкой поверхностью и прострочкой по периметру. Размер – 330*140 мм. Внутренний блок состоит из 56 листов белой офсетной бумаги плотностью 70 г/м2, печатью в 2 краски. Планинг размером 330*130 мм отлично подходит для хранения на рабочем столе. Тип скрепления «гребень» делает его удобным в использовании, позволяя легко перелистывать страницы и делать записи. Наличие различной справочной информации, календаря и телефонной книжки сделают его использование комфортным. Подходит для всех видов полиграфического тиснения. Планинг BG – надёжный и стильный инструмент, который поможет структурировать задачи, установить приоритеты и достичь целей. • Размер: 330*130 мм; • Количество листов: 56; • Материал обложки: экокожа; • Цвет обложки: бирюзовый.</t>
   </si>
   <si>
     <t>996034</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b32/leszrhtupjjr4szxwc2cxvwcrneu4wjf.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56 листов, 330 130мм, балакрон, BG  quot;Ariane. Blue quot;</t>
   </si>
   <si>
     <t>Недатированный планинг BG &amp;quot;Ariane.Blue&amp;quot; – надёжный и стильный инструмент, который поможет правильно организовывать рабочий день и ничего не забыть. Изделие состоит из 56 листов офсетной бумаги плотностью 70 г/м2 и имеет размер 330*130 мм. Печать блока в 2 краски. Твёрдая обложка изготовлена из балакрона &amp;#40;переплётного материала с покрытием ПВХ&amp;#41; синего цвета. Блинтовое тиснение придаёт элегантный вид. Кроме блоков для важных задач и заметок, планинг включает телефонную книгу и календарь на четыре года. Тип скрепления &amp;quot;гребень&amp;quot; делает его удобным в использовании, позволяя легко перелистывать страницы и делать записи. Недатированный планинг BG поможет структурировать задачи, установить приоритеты и достичь поставленных целей. • Размер: 330*130 мм; • Количество листов: 56; • Материал обложки: балакрон • Цвет обложки: синий; • Плотность блока: 70 г/кв.м.</t>
   </si>
   <si>
     <t>996035</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3d4/auzziic1q4telrklhjux3ksrdraa84n2.jpg</t>
+  </si>
+  <si>
+    <t>Планер недат. LOREX ROOM CLOUDS 145х205 мм шв-клеев. 72 л. дизайн мягк. обл. мел. карт., soft touch</t>
+  </si>
+  <si>
+    <t>996279</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c89/fr12wzs2790j6tuk5qxz9ila4ttfnjk2.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>996469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ca/9hqx1a4w3pnyh7akbka42zbzsavltdfc.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  СЕРЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;СЕРЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>996470</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6c/3pmfoqz3k3t4ps5niygaiecg50eetqmy.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285 100 мм, картон, BG  quot;Блэкаут quot;</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285*100 мм, картон, BG &amp;quot;Блэкаут&amp;quot;</t>
   </si>
   <si>
     <t>998843</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1f9/gon7qqho4s4mqdi6yir7u4uo09epgpxb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ef3/qm63xtl300cm3gr5n48boii082ioam47.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285 100 мм, картон, BG  quot;Образ мышления quot;</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285*100 мм, картон, BG &amp;quot;Образ мышления&amp;quot;</t>
   </si>
   <si>
     <t>998845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/723/uu8658m6m06ek7uri7t9777u7tf7wh2w.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285 100 мм, картон, BG  quot;Удача любит смелых quot;</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285*100 мм, картон, BG &amp;quot;Удача любит смелых&amp;quot;</t>
   </si>
   <si>
     <t>998846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9be/ihimufywvlamd70pebu4jvlsm4rn4f3o.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56л., 285 100, бумвинил, BG, синий</t>
   </si>
   <si>
     <t>Планинг недатированный 56л., 285*100, бумвинил, BG, синий</t>
   </si>
   <si>
     <t>998847</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a35/vcb95z6mdr3s5r38o6gnh8hzyxyqslul.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56л., 285 100, бумвинил, BG, бордовый</t>
   </si>
   <si>
     <t>Планинг недатированный 56л., 285*100, бумвинил, BG, бордовый</t>
   </si>
   <si>
     <t>1002164</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/780/6nf2qiyqsf4f9mkn0p5tbpbwp63wquym.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3c1/7wb1kl32dfcq8qbkvfddm301vj0qjgvq.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330 130мм, BG, кожзам  quot;Nebraska. Dark red quot;, красный</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330*130мм, BG, кожзам &amp;quot;Nebraska. Dark red&amp;quot;, красный</t>
   </si>
   <si>
     <t>1002166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/797/aifwwgx161xr94rpcvujxms25gvc1n71.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330 130мм, BG, кожзам  quot;Winner. Black quot;, черный</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330*130мм, BG, кожзам &amp;quot;Winner. Black&amp;quot;, черный</t>
   </si>
   <si>
     <t>1002167</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88e/chke8ufrrzx3ce01fthrz2j7pqo1jo6i.jpg</t>
@@ -1367,471 +1298,372 @@
   <si>
     <t>http://anytos.ru//upload/iblock/09f/pke11zjvv7wf04fc2g2dcn4l2ubb9s4z.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330 130мм, балакрон, BG  quot;Ariane. Dark green quot;</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330*130мм, балакрон, BG &amp;quot;Ariane. Dark green&amp;quot;</t>
   </si>
   <si>
     <t>1002170</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/601/pb4ez7ujjbi2z17rgypg33201qqe391k.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330 130мм, балакрон, BG  quot;Ariane. Dark red quot;</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330*130мм, балакрон, BG &amp;quot;Ariane. Dark red&amp;quot;</t>
   </si>
   <si>
     <t>1002171</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d09/84b6rmdgte21k9d6gv0zvjcd87ffhuvu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d7b/7tqhjebod29dlg0qgcfckpcwl3nmkh2t.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Мрамор quot;, 117364</t>
   </si>
   <si>
     <t>Планинг – это компактный еженедельник с горизонтальной или вертикальной ориентацией. Все дни недели в планинге STAFF расположены на одном развороте, что делает планирование важных дел на неделю вперёд особенно удобным. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 65 г/м2. Обложка из мелованного картона обеспечивает долгий срок службы. Скрепление выполнено с помощью евроспирали. Размер изделия – 285х112 мм.</t>
   </si>
   <si>
     <t>1006388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/136/hjgl0oxz0u32qnix38gaaunilvo4ylyt.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Россия quot;, 117362</t>
   </si>
   <si>
     <t>1006389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d94/2lfh4t2das9ftqv8auxsg6vzlxb6z95g.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Сад магнолий quot;, 117365</t>
   </si>
   <si>
     <t>1006390</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР. ДАТ. 2025  quot;SIDNEY NEBRASKA quot;  КОРИЧНЕВЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. ДАТ. 2025 &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>1007820</t>
   </si>
   <si>
-    <t xml:space="preserve">ПЛАНИНГ ГР. ДАТ. 2025  quot;SIDNEY NEBRASKA quot;  СИНИЙ </t>
-[...7 lines deleted...]
-  <si>
     <t>ПЛАНИНГ ДАТ  quot;IDEAL NEW quot;  БОРДОВЫЙ  2025</t>
   </si>
   <si>
     <t>ПЛАНИНГ ДАТ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1007822</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/058/9iozeh8hl8e5yktlihhf2puzyc248ei7.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/720/mbmz87y6c46de93byvqr7303obme29ye.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026г., 64 листа, 285 100мм, картон, BG  quot;Символ года quot;, отд.фольгой, на гребне</t>
   </si>
   <si>
     <t>Датированный планинг на 2026 год BG &amp;quot;Символ года&amp;quot; – надёжный и стильный инструмент, который поможет спланировать и организовывать время. Изделие состоит из 64 листов офсетной бумаги плотностью 65 г/м2 и имеет размер 285*100 мм. Печать блока в 1 краску. Твёрдая обложка изготовлена из твердого картона с изображением лошади - Символа года 2026. Блинтовое тиснение года и бренда придаёт планингу элегантный вид. Тип скрепления &amp;quot;гребень&amp;quot; делает его удобным в использовании, позволяя легко перелистывать страницы и делать записи. Датированный планинг BG поможет структурировать задачи, установить приоритеты и достичь поставленных целей. Независимо от того, вы студент, профессионал, предприниматель или просто хотите быть более организованным в повседневной жизни, он станет вашим верным спутником. • Размер: 285*100 мм; • Количество листов: 64; • Материал обложки: картон; • Плотность блока: 65 г/м2; • Тип скрепления: гребень; • Цвет обложки: рисунок.</t>
   </si>
   <si>
     <t>1009845</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f95/d5mlbjdsu9o1rrfi1v7ebnqhsnz29yd9.jpg</t>
-[...73 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ec/qfoys3lvk7mtkwkqb5zm4rjm096j3pq8.jpg</t>
   </si>
   <si>
     <t>Планинг магнитный  quot;Месяц и Неделя quot; на холодильник 42х30 см, с маркером и салфеткой, BRAUBERG, 237854</t>
   </si>
   <si>
     <t>Магнитный планинг BRAUBERG – незаменимый помощник в искусстве тайм-менеджмента. Предназначен для письма маркерами для белых досок и меловыми маркерами. Это гибкая магнитная доска, которая легко крепится к гладким металлическим поверхностям. Это идеальный инструмент для личного планирования, заметок или переписок со своими домочадцами, рисования или черчения графиков, ведения учета калорий или продуктов, необходимых для покупки. С нашим планингом вы никогда не забудете ни об одном ближайшем важном событии!Магнитный планинг имеет многоразовую поверхность &amp;quot;пиши-стирай&amp;quot;, выполненную из ПВХ.В комплекте: черный маркер для белых досок с магнитом и стирателем в колпачке, салфетка из микрофибры &amp;#40;с &amp;quot;ушком&amp;quot; для подвешивания&amp;#41; и магнит специальной формы, удобной для подвешивания салфетки. Во избежание преждевременного высыхания маркер рекомендуется хранить на холодильнике, колпачком вниз.Особенности:– подходит для письма и рисования специальными маркерами для белой доски;– легко примагничивается к любой гладкой и ровной металлической поверхности.Поверхность планинга не боится воды, но избегайте попадания воды на края, во избежание расслаивания. Для очистки планинга используйте влажную салфетку. Корректируйте записи при помощи стирателя, встроенного в колпачок маркера.Размер – 42х30 см, формат – А3.Важно! Не использовать перманентные маркеры!</t>
   </si>
   <si>
     <t>1010509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/942/vd2urzbezywf9bmbgz612eqokuver9z6.jpg</t>
   </si>
   <si>
     <t>Планинг на холодильник магнитный НА НЕДЕЛЮ 42х30 см, с маркером и салфеткой, BRAUBERG, 237850</t>
   </si>
   <si>
     <t>1010510</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc9/7v1k41lgjc2rf6uuzg1v177jiyw58afq.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f6/ia194b6wggkki00tu4kckg8ejmufddl9.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 305х140 мм BRAUBERG  quot;Comodo quot;, под кожу, черный, 117223</t>
   </si>
   <si>
     <t>Датированный планинг BRAUBERG &amp;quot;Comodo&amp;quot; с обложкой, стилизованной под кожу крокодила, – великолепная возможность &amp;quot;прикоснуться&amp;quot; к легендарной рептилии. Строгий черный цвет делает этот деловой аксессуар изысканным. Внутренний блок содержит 60 листов офсетной бумаги кремового цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Для заметок в планинге имеется 11 страниц в конце внутреннего блока. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия – 305х140 мм.</t>
   </si>
   <si>
     <t>1011838</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0f7/tw6ukr4fn0o9r28xi1bwlp9r22qwvyw4.jpg</t>
-[...167 lines deleted...]
-    <t>1011854</t>
+    <t>http://anytos.ru//upload/iblock/5a4/4w5okfrq3eniactom13xblzg7fi0kd61.jpg</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 305х140 мм GALANT  quot;Ritter quot;, под кожу, черный, 117238</t>
+  </si>
+  <si>
+    <t>Датированный планинг GALANT &amp;quot;Ritter&amp;quot; выполнен в классическом стиле. Обложка с прошивкой по периметру имеет ярко выраженную текстуру &amp;quot;под кожу&amp;quot;, приятную на ощупь. Достойный выбор делового человека. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи классического черного цвета и твердый переплет обеспечивают долгий срок службы. Для заметок в планинге имеется 11 страниц в конце внутреннего блока. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия – 305х140 мм.</t>
+  </si>
+  <si>
+    <t>1011855</t>
   </si>
   <si>
     <t>&lt;a href="/brands/galant/"&gt;GALANT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5a4/4w5okfrq3eniactom13xblzg7fi0kd61.jpg</t>
-[...8 lines deleted...]
-    <t>1011855</t>
+    <t>http://anytos.ru//upload/iblock/043/2h9l55leeo4qi5lrw2jw4f1ks3veskix.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 340х130, Сиам зеленый</t>
+  </si>
+  <si>
+    <t>1016690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b5/2iqr3yzxnry5w7w472w8pjvuhbtxbj14.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 340х130, Сиам красный</t>
+  </si>
+  <si>
+    <t>1016691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/176/dr6jrvyp1ju3in99vsjrmxf2gz8k576o.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 340х130, Сиам оранжевый</t>
+  </si>
+  <si>
+    <t>1016692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdc/hob44oi20kacpykhp7wxm0iww84biego.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 340х130, Сиам, синий</t>
+  </si>
+  <si>
+    <t>1016693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eec/1st71584b6d57xt0c21n0jrsl12mun5u.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 405х145, Каньон, синий</t>
+  </si>
+  <si>
+    <t>1016695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98d/jmr29ykxf9y44y9mgttcfqdt0or3basz.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ESCALADA 310x130мм, 64л, черный 70321</t>
+  </si>
+  <si>
+    <t>1016699</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/escalada/"&gt;Escalada&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fc/r6xu0qdi64csqxv34j3n3rz2vabpnrqa.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, бордо 303х150 мм, 120 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/217/zgbi5s9benwvwqwolyx15iw7js3hqug7.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, бордо, 303х150 мм, 120стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>1016701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91d/eok785lfedg1ygcoet5jw81ee8oyhtol.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, зеленый 303х150 мм, 120 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/023/j9k15z0vspu4gkscp43urkykqjrxbris.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, зеленый, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>1016703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e75/75zh9bfr2mwpia4f93iuyvc3vfg0mrl1.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, коричневый, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, коричн, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>1016704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ded/2rb6ik0eqgl85d0c6dccewkyvubyxlsp.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, коричневый, 303х150 мм, 120 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, коричнев 303х150 мм, 120 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/458/zyhclapmcqqsscub4e7a6iplq4ilji0b.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, синий 303х150 мм, 120 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a3/a6guj039g1k2dinyshs4ygk653eoc09r.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, синий, 303х150 мм, 120стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>1016708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b46/tfp427s7vr7ahvr32gwjbop052yyus86.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, черный, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, черн, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>1016709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce9/ag9f32cjc4hh2iebz9c9a3aa15g3i0i3.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, черный 303х150 мм, 120 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/673/t9mxrk565cxfa7sd11ko2gi4wuayy93g.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Sidney бордо. 64 л. 3-318 0 1 Д</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Sidney бордо. 64 л. 3-318/0 1 Д</t>
+  </si>
+  <si>
+    <t>1016711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33e/316u2xwz8hssub05scxkd48jihvfpb49.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Sidney коричневый, 64 л. 3-318 03 Д</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Sidney коричнев., 64 л. 3-318/03 Д</t>
+  </si>
+  <si>
+    <t>1016712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55b/bf730frmambw2kir4n266wf9ntmnanlx.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный бордо, 305х130, 64 л.,Ideal 3-457 04</t>
+  </si>
+  <si>
+    <t>Планинг недатированный бордо,305х130, 64 л.,Ideal 3-457/04</t>
+  </si>
+  <si>
+    <t>1016713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64a/vq1ve0k3jl4a57c63p4jqo2tc9mzj0dc.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный синий, 305х130, 64 л.,Ideal 3-457 05</t>
+  </si>
+  <si>
+    <t>Планинг недатированный синий,305х130, 64 л.,Ideal 3-457/05</t>
+  </si>
+  <si>
+    <t>1016714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/691/elsvdcieb651tejfkg4mzk7t6zrxhc06.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный черный, 305х130, 64 л.,Ideal 3-457 03</t>
+  </si>
+  <si>
+    <t>Планинг недатированный черный,305х130, 64 л.,Ideal 3-457/03</t>
+  </si>
+  <si>
+    <t>1016715</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2158,3549 +1990,3216 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J153"/>
+  <dimension ref="A1:M138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G153" sqref="G153"/>
+      <selection pane="bottomRight" activeCell="G138" sqref="G138"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="G9" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...19 lines deleted...]
-      <c r="E10" s="3" t="s">
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="F10" s="3" t="s">
-[...121 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>43</v>
+        <v>89</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>89</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>89</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>115</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>43</v>
+        <v>172</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>170</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>43</v>
+        <v>172</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F42" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="G42" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...15 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>176</v>
+        <v>123</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>174</v>
+        <v>189</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>176</v>
+        <v>123</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B51" s="1" t="s">
-[...19 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="B62" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="B52" s="1" t="s">
-[...229 lines deleted...]
-      <c r="B62" s="1" t="s">
+      <c r="B63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G77" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...19 lines deleted...]
-      <c r="B63" s="1" t="s">
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...424 lines deleted...]
-      </c>
       <c r="G81" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>290</v>
+        <v>255</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>290</v>
+        <v>255</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>290</v>
+        <v>255</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>14</v>
+        <v>255</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>345</v>
+        <v>255</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>345</v>
+        <v>255</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>351</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>345</v>
+        <v>17</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B90" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F90" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="G90" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F91" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G91" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>345</v>
+        <v>356</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>14</v>
+        <v>255</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>374</v>
+        <v>123</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>374</v>
+        <v>123</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>115</v>
+        <v>356</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>115</v>
+        <v>356</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>374</v>
+        <v>172</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>374</v>
+        <v>172</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>435</v>
+        <v>207</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>374</v>
+        <v>269</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>439</v>
+        <v>132</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>374</v>
+        <v>269</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>454</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>107</v>
+        <v>36</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>455</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>457</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>458</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>176</v>
+        <v>36</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>459</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>460</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>176</v>
+        <v>463</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>176</v>
+        <v>17</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>306</v>
+        <v>467</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>253</v>
+        <v>17</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>207</v>
+        <v>470</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>253</v>
+        <v>17</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>124</v>
+        <v>473</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>253</v>
+        <v>17</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>374</v>
+        <v>17</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>374</v>
+        <v>482</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>485</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>374</v>
+        <v>17</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C125" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="B127" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="C127" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="F127" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="C128" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="F128" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="B129" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="C129" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="B130" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="C130" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="F130" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="B131" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="C131" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="B132" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="C132" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>512</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="F132" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="B133" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="C133" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="C133" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="B134" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="C134" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="B135" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="C135" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="B136" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="C136" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="B137" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="C137" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="B138" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="C138" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F138" s="3" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
-[...344 lines deleted...]
-        <v>44</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">