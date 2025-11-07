--- v0 (2025-11-05)
+++ v1 (2025-11-07)
@@ -12,922 +12,913 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="588">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2a/a2a0a5c4097b3fcbe7815f6c30de09f1/75eb6ceb19aa0f579625e4dc2aac3ecf.jpg</t>
   </si>
   <si>
     <t>Планер - ежемесячник 490х350, 12 л. Пт штр.  4607021884570, 4607021884600</t>
   </si>
   <si>
     <t>Недатированный настольный планинг-ежемесячник размером 49-35 см состоит из 12 листов офсетной бумаги плотностью 70 г/кв.м, скрепленных металлическим гребнем. Подложка выполнена из плотного картона, есть прижимной клапан синего цвета, на который можно нанести логотип. Обложка отсутствует. На каждом листе - графы для всех дней текущего месяца, календарная сетка на четыре года и поле для заметок. Информационный блок планинга не включает карту мира и карту России.</t>
   </si>
   <si>
     <t>Планинги</t>
   </si>
   <si>
     <t>245617</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/158/1588fd54fe84f706ca2c7fa8bb4b3deb/3f6b14178d0eca784d6237715f3a9124.jpg</t>
-[...8 lines deleted...]
-    <t>245618</t>
+    <t>http://anytos.ru//upload/iblock/874/8749cf245814055b662727c61d6d5c0a/3d317cb2acdea978a0e8570851698f0b.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Планинг недатированный Attache картон 56 nbsp-листов в nbsp-ассортименте  300х100 nbsp-мм </t>
+  </si>
+  <si>
+    <t>Настольный горизонтальный еженедельник-планинг Attache. Модель на металлическом гребне, картонная обложка с фотографией достопримечательностей. Блок включает 56 недатированных листов, выполнен из высококачественного офсета. Плотность бумаги 70г/кв.м. Планинг содержит календарь на два года и таблицу с кодами междугородной телефонной связи. В ассортименте два вида дизайна обложки.</t>
+  </si>
+  <si>
+    <t>245620</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0c/b0ca964bc3f1f4cad0aaa711cb2a8b4c/fd19ea2085e8f10068b770ac208d6df0.jpg</t>
+  </si>
+  <si>
+    <t>Планинг АТТАСНЕ Sidney  синий 305х130, 64 л. Ал штр.  4606016041455, 4607072644499</t>
+  </si>
+  <si>
+    <t>Недатированный планинг Attache Sidney размером 30,5-13 см с обложкой из искусственной кожи синего цвета &amp;#40;возможно нанести тиснение&amp;#41;. Внутренний блок состоит из 64 листов офсетной бумаги, скрепленных с помощью спирали. Удобен для планирования рабочего времени, встреч, совещаний, задач. Содержит информационно-справочный раздел.</t>
+  </si>
+  <si>
+    <t>245621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d63/d63e7bd0af12f7510b304120648bc3dd/c90d4b036538a15d351c15dfd37466be.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Планинг недатированный Attache бумвинил 56 nbsp-листов синий  300x135 nbsp-мм </t>
+  </si>
+  <si>
+    <t>Недатированный планинг Attache имеет обложку из бумвинила синего цвета &amp;#40;материал из ПВХ на бумажной основе&amp;#41;. Скреплен металлическим гребнем. Внутренний блок состоит из 56 листов офсетной бумаги плотностью 70 г/кв.м &amp;#40;112 страниц&amp;#41;. На неделю приходится один разворот. Планинг недатированный содержит календарь на два года, телефонные коды. Схема метро, карты России и мира отсутствуют. Размер планинга - 30-13,5 см.</t>
+  </si>
+  <si>
+    <t>245623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c3/7c3d7a13358bbae8cf1e0f8f75ff6be4/1669af52c2f11b4ecd2cf8acd9bad16b.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недат. синий оранжевый,оранж.прострочка,340x130мм,57л АТТАСНЕBizon</t>
+  </si>
+  <si>
+    <t>Планинг недат. синий&amp;#43;оранжевый,оранж.прострочка,340x130мм,57л АТТАСНЕBizon</t>
+  </si>
+  <si>
+    <t>375860</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a6/c1r8nw3dkrzsyqddguw9626aqchb4o7q.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный BRAUBERG недатированный, 305х140 мм,  quot;Imperial quot;, под гладкую кожу, коричн., крем. блок, 123499</t>
+  </si>
+  <si>
+    <t>Настольный планинг BRAUBERG &amp;quot;Imperial&amp;quot; предназначен для ведения записей. Благодаря отсутствию дат его можно использовать в любое время года. Внутренний блок содержит 60 листов офсетной бумаги кремового цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для конгревного тиснения и тиснения фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в коричневом цвете.</t>
+  </si>
+  <si>
+    <t>388176</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e99/zy5im85zogequ9lstdzksmlncuvkg8zz.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный BRAUBERG недатированный, 305х140 мм,  quot;Select quot;, под зернистую кожу, темно-синий, 123798</t>
+  </si>
+  <si>
+    <t>Настольный планинг BRAUBERG &amp;quot;Select&amp;quot; предназначен для ведения записей. Благодаря отсутствию дат его можно использовать в любое время года. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в темно-синем цвете.</t>
+  </si>
+  <si>
+    <t>388177</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba8/cwg231ehcx61vqzswnukazq4hqt5ry3b.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный BRAUBERG недатированный, 305х140 мм,  quot;Select quot;, под зернистую кожу, черный, 123797</t>
+  </si>
+  <si>
+    <t>Настольный планинг BRAUBERG &amp;quot;Select&amp;quot; предназначен для ведения записей. Благодаря отсутствию дат его можно использовать в любое время года. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в классическом черном цвете.</t>
+  </si>
+  <si>
+    <t>388178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f09/d21u1us7s10hzmp16r738htbrlvog19e.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Imperial quot;, кожзам, кремовый блок, синий, 111694</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Мягкая, прошитая по периметру обложка с легкой рельефной фактурой, напоминающей натуральную кожу, и непревзойденное качество исполнения воплощают имперскую роскошь аксессуара. Внутренний блок содержит 60 листа офсетной бумаги кремового цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Снабжен обширным справочным материалом. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в синем цвете.</t>
+  </si>
+  <si>
+    <t>565134</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be3/qjotiz821wifl6bwracfqwey45ov067c.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Rainbow quot;, кожзам, бирюзовый, 111700</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG серии &amp;quot;Raindow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в насыщенном бирюзовом цвете.</t>
+  </si>
+  <si>
+    <t>565135</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e41/w79j2iylc0fpzb14m7q6f6jywnqevnfu.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Rainbow quot;, кожзам, зеленый, 111702</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG серии &amp;quot;Raindow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в благородном зеленом цвете.</t>
+  </si>
+  <si>
+    <t>565136</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89a/ptzcl4ec6xx46889ibtyuehn8w3s2u2o.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Rainbow quot;, кожзам, розовый, 111699</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG серии &amp;quot;Raindow&amp;quot; с яркой обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в нежном розовом цвете.</t>
+  </si>
+  <si>
+    <t>565138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/857/ip31v2hkwaz8tvnftrwnb6ko1junohfp.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Select quot;, балакрон, желтый, 111696</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения только фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в желтом цвете.</t>
+  </si>
+  <si>
+    <t>565139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44b/lgt4oa9gmeeaet4f2xzcv9vf55d864kc.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Select quot;, балакрон, зеленый, 111695</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения только фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в зеленом цвете.</t>
+  </si>
+  <si>
+    <t>565140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16c/8wy957invc0qqxy0f8fd68320scyqb7u.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Select quot;, балакрон, розовый, 111697</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения только фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в розовом цвете.</t>
+  </si>
+  <si>
+    <t>565141</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff3/fpde0qgp4826x114d6kh11femajttqob.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Select quot;, балакрон, синий, 111698</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения только фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в синем цвете.</t>
+  </si>
+  <si>
+    <t>565142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2dc/xu50k30xfvd2s9nhbzzjt19a09u9zh2s.jpg</t>
+  </si>
+  <si>
+    <t>Планинг Erich Krause MEGAPOLIS спираль, желтая бумага, 135х290, 96л.</t>
+  </si>
+  <si>
+    <t>Планинг Every day на спирали ErichKrause® MEGAPOLIS®. Включает 96 листов из тонированной желтой бумаги плотностью 65 г/кв.м. Обложка синего цвета выполнена из плотного картона 170 г/кв.м. Листы скреплены двойной евро-спиралью, что позволит сохранять записи предыдущих дней. На одном развороте помещаются записи на один день: на левой полосе - почасовой планинг на день, на правой - список дел, которые необходимо выполнить за день. Формат: 135х290 мм.</t>
+  </si>
+  <si>
+    <t>697995</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe8/id0fbaztmvciwzt2vmfw4wjbzku3sb3l.jpg</t>
+  </si>
+  <si>
+    <t>Планинг Erich Krause MEGAPOLIS клеевое скрепление, желтая бумага, 330х220, 60л.</t>
+  </si>
+  <si>
+    <t>Планинг Every week настольный ErichKrause® MEGAPOLIS®. Включает 60 листов из тонированной желтой бумаги плотностью 65 г/кв.м. Обложка синего цвета выполнена из плотного картона 170 г/кв.м. Удобное клеевое скрепление листов. На одном листе помещаются записи и даты планирующихся встреч на одну неделю. Планинг позволит систематизировать ежедневные дела, как по степени важности, так и по времени выполнения. Формат: 330х220 мм.</t>
+  </si>
+  <si>
+    <t>697996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e2/dkieup393zb03jh1h7waoinng4gssmk7.jpg</t>
+  </si>
+  <si>
+    <t>Планинг Erich Krause MEGAPOLIS, спираль слева, желтая бумага, 290x135, 60л.</t>
+  </si>
+  <si>
+    <t>Планинг Every week настольный на спирали ErichKrause® MEGAPOLIS®. Включает 60 листов из тонированной желтой бумаги плотностью 65 г/кв.м. Верхняя обложка синего цвета выполнена из плотного картона 170 г/кв.м, подложка — картон толщиной 2 мм. Листы скреплены двойной евро-спиралью &amp;#40;спираль слева&amp;#41;, что позволит сохранять записи предыдущих дней. На одном развороте помещаются записи на одну неделю. Планинг позволит систематизировать ежедневные дела, как по степени важности, так и по времени выполнения. Формат: 135х290 мм.</t>
+  </si>
+  <si>
+    <t>697997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e69/g73gxsh8p24286mfh5dkhdgdfb050b98.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недат. 305 х 130 мм Velvet красный 128 стр. 3-364 10</t>
+  </si>
+  <si>
+    <t>Планинг недат. 305 х 130 мм Velvet красный 128 стр. 3-364/10</t>
+  </si>
+  <si>
+    <t>716872</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81c/gkaty1j7flixl0b2w2n7jp17g12bmn3u.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Attache Economy бумвинил бордо 300х135, 56 л.21с11 П</t>
+  </si>
+  <si>
+    <t>789055</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ac/jhbq2vnup6l0w6lv1axc09b7dkndb1qv.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Attache Economy бумвинил черный 300х135, 56 л.21с11 П</t>
+  </si>
+  <si>
+    <t>789056</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/518/erfdd5sp715fkvvldselyqpz6tcy82xq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IDEAL NEW quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815944</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/538/0ecbywfnruhauvhlm9o01s4gzgdwz6bu.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  БОРДОВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815945</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b2/0stl2lhrw4j6oe80zlbn066h9xp176b3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815946</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/276/z7sg88rsbnyxhk8g6yeca5muguz9cogr.jpg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б ВИН.  quot;БОРДОВЫЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б/ВИН. &amp;quot;БОРДОВЫЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>815947</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fc/zh9uhxwczmg71sk70758mpi5qid58vxl.jpg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б ВИН.  quot;ЧЕРНЫЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б/ВИН. &amp;quot;ЧЕРНЫЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>815948</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be6/mk952p9qlwu8w4ihfnrlb7gsk21fger7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IDEAL NEW quot;  ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e58/yxlptji08jphfyo6i62o6lwnb6v06qr1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97e/f9dlby1uzq5ivowqt2tkcsllq8isjyf2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f5/9q5180cvkpqict611itjg7700coy2i3i.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  БОРДОВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90d/mokntv2nljqgqnshsiow8ut47nrtwgwn.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  СЕРЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;СЕРЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18e/4akppy5msmicn8smgurpayu4uto9ytmy.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  ТЕМНО-СИНИЙ NAVY </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;ТЕМНО-СИНИЙ NAVY&amp;#41;</t>
+  </si>
+  <si>
+    <t>815954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a9f/nm4s2mj1jts1ljly9az176pm31277o4i.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  ТЕМНО-ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;ТЕМНО-ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>815955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53b/ij3d8drr4fdzv3ntc6hcb7f2cth41lii.jpg</t>
+  </si>
+  <si>
+    <t>Планинг Альт  датированный 2023 год  305 х 130 мм   quot;VELVET quot; бордовый 128 стр. Арт. 3-365 02</t>
+  </si>
+  <si>
+    <t>Планинг Альт, датированный на 2023 год, серии VELVET практичен и надежен. Обложка из искусственной кожи с нежной и приятной текстурой, отстрочена по периметру нитью в цвет. Уголки&amp;nbsp;&amp;nbsp;скруглённые. Крепление блока на гребне позволяет открывать планинг на 180 градусов. Цвет страниц белый с двухцветной печатью.&amp;nbsp;&amp;nbsp;Справочная информация на 21 странице.&amp;nbsp;&amp;nbsp;Есть календарь на 2023-2026 года. Подходит для персонализации. Размер блока 295 х 100 мм.</t>
+  </si>
+  <si>
+    <t>815956</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c84/0w2k5175ksicv8ka4fdqlmvg4zzvo9vs.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Status quot;, под кожу, 60 л., темно-синий, 113373</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG серии &amp;quot;Status&amp;quot; с классической обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм.</t>
+  </si>
+  <si>
+    <t>829691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d36/t5vdap9zm72tllmsl7g5c3uz407mg9f7.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Status quot;, под кожу, 60 л., черный, 113372</t>
+  </si>
+  <si>
+    <t>Недатированный планинг BRAUBERG серии &amp;quot;Status&amp;quot; с классической обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов тонированной бумаги плотностью 70 г/м2. Обложка из экокожи с фактурной текстурой. Твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм.</t>
+  </si>
+  <si>
+    <t>829692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a51/gycn0a7pmdam2msry7ie0sge7gefzyqw.jpg</t>
+  </si>
+  <si>
+    <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Leopards quot;, 113515</t>
+  </si>
+  <si>
+    <t>Настольный недатированный планинг-еженедельник STAFF можно использовать в любое время года благодаря отсутствию дат. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 65 г/м2. Твердая книжная обложка из переплетного картона с матовой ламинацией и выборочным лаком придаст индивидуальность и обеспечит долгий срок службы. Размер изделия - 165х90 мм.</t>
+  </si>
+  <si>
+    <t>829697</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/394/k9gcopmgtu8t8n2ccy6v3ahq7zmlpumu.jpg</t>
+  </si>
+  <si>
+    <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Marble quot;, 113516</t>
+  </si>
+  <si>
+    <t>829698</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/183/egscfz5i856uctksz6bof7j21jz5k1t2.jpg</t>
+  </si>
+  <si>
+    <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Metropolis quot;, 113514</t>
+  </si>
+  <si>
+    <t>829699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/249/j76c9jtaos76z7r8le79mrbci3ay58j4.jpg</t>
+  </si>
+  <si>
+    <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Pastel quot;, 113511</t>
+  </si>
+  <si>
+    <t>829700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c4/7g0m25qd9w8w270v3uv2ki0sqgluchdk.jpeg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б ВИН.  quot;ЗЕЛЕНЫЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б/ВИН. &amp;quot;ЗЕЛЕНЫЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>840605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5a/y1efo1vad9tf0va6icp799nw9zbcww5o.jpeg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б ВИН.  quot;КОРИЧНЕВЫЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ Б/ВИН. &amp;quot;КОРИЧНЕВЫЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>840606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/012/k6btj6pcxdy9r170olwap08i3zak5tg7.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IDEAL NEW quot;  БОРДОВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IDEAL NEW&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>840607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de0/epjcoypsd5j5qeybebe1icyd3v8ot2d1.jpeg</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ БУМВИНИЛ  quot;СИНИЙ quot;</t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ БУМВИНИЛ &amp;quot;СИНИЙ&amp;quot;</t>
+  </si>
+  <si>
+    <t>885704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed8/y81yqjt6ex6itiotzj4eazkrziwpoz9l.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ  quot;IDEAL NEW quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d7/4l6s6c6v6i91ag0gtmziuvly5wpju9sv.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ  quot;SIDNEY NEBRASKA quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/591/vy2p7og614esnbl53takqfquoblk1zy8.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42f/eqmliwhw1j33n860e6ymhwgmrg1bp6fy.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  ТЕМНО-СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;ТЕМНО-СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cd/fm7qv9l9el4hq9buzjtes8me6v9gsh4b.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b8/4npb9yd259ep941crq0oehkuz40bcmed.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/195/92a09e75wj58ydm1ceiuzxbt3fx610jp.jpeg</t>
+  </si>
+  <si>
+    <t>Планинг Альт  датированный 2025 год  305 х 130 мм   quot;БУМВИНИЛ quot; зеленый 128 стр. Арт. 3-061 02</t>
+  </si>
+  <si>
+    <t>Классический датированный планинг на 2025 год. Твердый переплет из высококачественного бумвинила украшает тиснение золотой фольгой. Блок состоит из 128 страниц высококачественной белой бумаги плотностью 70 г/кв.м. Планинг на гребне - удобный рабочий инструмент.</t>
+  </si>
+  <si>
+    <t>885718</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b8e/owyj8tu3e1gzttpobq2qn8agl6plwd0m.jpeg</t>
+  </si>
+  <si>
+    <t>Планинг Альт  датированный 2025 год  305 х 130 мм   quot;БУМВИНИЛ quot; коричневый 128 стр. Арт. 3-061 03</t>
+  </si>
+  <si>
+    <t>885719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/517/g0g2wcolkk4bsow0q49nfimwzhpvtfwy.jpg</t>
+  </si>
+  <si>
+    <t>Планинг Альт недатированный  quot;BOSS quot; бордовый 64 л. Арт. 3-016 270</t>
+  </si>
+  <si>
+    <t>Планинг Альт® недатированный &amp;quot;BOSS&amp;quot; бордовый 64 л. Арт. 3-016/270</t>
+  </si>
+  <si>
+    <t>895241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c00/fyrjfne3uhn0ozk3pz07kx4qikisjor6.jpg</t>
+  </si>
+  <si>
+    <t>Еженедельник недатированный с резинкой  171х93 мм , BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Blur quot;, 114576</t>
+  </si>
+  <si>
+    <t>Недатированный планинг-еженедельник BRAUBERG предназначен для ведения записей. Отсутствие дат делает его уникальным товаром, которым можно начать пользоваться в любое время года. Надежен и практичен в применении. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 65 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долгий срок службы. Снабжен резинкой-фиксатором, благодаря чему планинг-еженедельник не откроется в сумке или портфеле. Отличительная особенность - это поля, где можно проставить даты. Размер изделия - 171х93 мм.</t>
+  </si>
+  <si>
+    <t>906091</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;BOSS quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;BOSS&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908970</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;BOSS quot;  ЗЕЛЕНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;BOSS&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908971</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IMPERIUM quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IMPERIUM&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908973</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a8/gfexpb8j6ln8u303dunzetr3amogtfvb.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IMPERIUM quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IMPERIUM&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f24/lttj74flzkdr001uvjhl1ayltt33weto.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IMPERIUM quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;IMPERIUM&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/37a/f5t1gzpue4kdxx1g3939v4rcdt5an3ez.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PERSONA quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PERSONA&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47d/8by4uy7kce3e9ydggrfjka3c2g8ssww3.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PERSONA quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PERSONA&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908977</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PERSONA quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PERSONA&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908978</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PROFY quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PROFY&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908979</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PROFY quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PROFY&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PROFY quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;PROFY&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8e/u1wehwnsuk836ej2c5p47lwggku3h1qy.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР. ДАТ. 2023  quot;VELVET quot;  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. ДАТ. 2023 &amp;quot;VELVET&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c78/pukd0fdv8uaguorz9obk6hv862m5j14l.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный планер на неделю MESHU А4,  quot;Flowers quot;, с маркером</t>
+  </si>
+  <si>
+    <t>Магнитный планер на неделю MESHU &amp;quot;Flowers&amp;quot; станет незаменимым помощником в организации времени. Он поможет запомнить задачи, спланировать расписание и состыковать встречи с коллегами, друзьями или семьёй. Модель формата А4 выполнена из картона, покрытого магнитным винилом. Размер планера: 210*297 мм. Ламинация позволяет многократно писать и стирать надписи. К комплекту прилагается маркер со стирателем на магните, которым можно корректировать записи. Планер легко крепиться на любую металлическую поверхность, к примеру холодильник, и поэтому всегда будет на виду.&amp;nbsp;&amp;nbsp;Упакован в индивидуальный пакет. Внимание! Используйте только маркер на водной основе. Для очистки поверхности используйте влажную салфетку.</t>
+  </si>
+  <si>
+    <t>920608</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/874/8749cf245814055b662727c61d6d5c0a/3d317cb2acdea978a0e8570851698f0b.jpg</t>
-[...805 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f65/urghbl121y634mcars3t3ioqn3e1gs28.jpg</t>
   </si>
   <si>
     <t>Магнитный планер на месяц MESHU А4,  quot;Gradient quot;, с маркером</t>
   </si>
   <si>
     <t>Магнитный планер на месяц MESHU &amp;quot;Gradient&amp;quot; станет незаменимым помощником в организации времени. Он поможет запомнить задачи, спланировать расписание и состыковать встречи с коллегами, друзьями или семьёй. Модель формата А4 выполнена из картона, покрытого магнитным винилом. Размер планера: 210*297 мм. Ламинация позволяет многократно писать и стирать надписи. К комплекту прилагается маркер со стирателем на магните, которым можно корректировать записи. Планер легко крепиться на любую металлическую поверхность, к примеру холодильник, и поэтому всегда будет на виду.&amp;nbsp;&amp;nbsp;Упакован в индивидуальный пакет. Внимание! Используйте только маркер на водной основе. Для очистки поверхности используйте влажную салфетку.</t>
   </si>
   <si>
     <t>920612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/159/9d4vf53ps4qoevmmzvoquvzp4c2petj7.jpg</t>
   </si>
   <si>
     <t>Магнитный планер на месяц MESHU А3,  quot;Bright color quot;, с маркером</t>
   </si>
   <si>
     <t>Магнитный планер на месяц MESHU &amp;quot;Bright color&amp;quot; станет незаменимым помощником в организации времени. Он поможет запомнить задачи, спланировать расписание и состыковать встречи с коллегами, друзьями или семьёй. Трекер привычек позволит вам добиться успехов в любых начинаниях: бегать по утрам, раньше вставать или ложиться спать и правильно питаться. Модель формата А3 выполнена из картона, покрытого магнитным винилом. Размер планера: 297*420 мм. Ламинация позволяет многократно писать и стирать надписи. К комплекту прилагается маркер со стирателем на магните, которым можно корректировать записи. Планер легко крепиться на любую металлическую поверхность, к примеру холодильник, и поэтому всегда будет на виду.&amp;nbsp;&amp;nbsp;Упакован в индивидуальный пакет. Внимание! Используйте только маркер на водной основе. Для очистки поверхности используйте влажную салфетку.</t>
   </si>
   <si>
     <t>920615</t>
   </si>
   <si>
     <t>Планинг BrunoVisconti  датированный 2026 год  305 х 130 мм   quot;SIDNEY NEBRASKA quot; черный 64л. Арт. 3-147 02</t>
@@ -1376,66 +1367,57 @@
   <si>
     <t>http://anytos.ru//upload/iblock/601/pb4ez7ujjbi2z17rgypg33201qqe391k.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330 130мм, балакрон, BG  quot;Ariane. Dark red quot;</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330*130мм, балакрон, BG &amp;quot;Ariane. Dark red&amp;quot;</t>
   </si>
   <si>
     <t>1002171</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d09/84b6rmdgte21k9d6gv0zvjcd87ffhuvu.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 295х100, картон, 56 листов, 60 г кв</t>
   </si>
   <si>
     <t>Планинг недатированный Attache Economy картон 56 листов &amp;#40;295х100 мм&amp;#41;. Планинг недатированный Attache Economy предназначается для эффективного планирования рабочего времени, встреч, совещаний, задач и прочих событий. Его обложка мягкая, выполнена из картона. Ее эмоциональный, яркий дизайн включает изображение Госсимволики. Имеет лакированное покрытие. Возможно нанесение тиснения фольгой или шелкографией, тампопечатью. Размеры изделия составляют 295x100 мм. Модель крепится на спирали. Внутренний блок выполнен из высококачественного офсета. Планинг содержит календарь на 4 года &amp;#40;2022-2025 года&amp;#41;, а также таблицу с кодами междугородной телефонной связи, поле для заметок.</t>
   </si>
   <si>
     <t>1004682</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/565/o3ewbr64m1obdaf57p2vk04gg7l3fi5l.jpg</t>
-[...2 lines deleted...]
-    <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Black style quot;, 117363</t>
+    <t>http://anytos.ru//upload/iblock/d7b/7tqhjebod29dlg0qgcfckpcwl3nmkh2t.jpg</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Мрамор quot;, 117364</t>
   </si>
   <si>
     <t>Планинг – это компактный еженедельник с горизонтальной или вертикальной ориентацией. Все дни недели в планинге STAFF расположены на одном развороте, что делает планирование важных дел на неделю вперёд особенно удобным. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 65 г/м2. Обложка из мелованного картона обеспечивает долгий срок службы. Скрепление выполнено с помощью евроспирали. Размер изделия – 285х112 мм.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Мрамор quot;, 117364</t>
   </si>
   <si>
     <t>1006388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/136/hjgl0oxz0u32qnix38gaaunilvo4ylyt.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Россия quot;, 117362</t>
   </si>
   <si>
     <t>1006389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d94/2lfh4t2das9ftqv8auxsg6vzlxb6z95g.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Сад магнолий quot;, 117365</t>
   </si>
   <si>
     <t>1006390</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР. ДАТ. 2025  quot;SIDNEY NEBRASKA quot;  КОРИЧНЕВЫЙ </t>
   </si>
@@ -2164,57 +2146,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J154"/>
+  <dimension ref="A1:J152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G154" sqref="G154"/>
+      <selection pane="bottomRight" activeCell="G152" sqref="G152"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -2281,97 +2263,97 @@
       </c>
       <c r="G5" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>39</v>
       </c>
     </row>
@@ -2683,3052 +2665,3006 @@
       </c>
       <c r="C23" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>100</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="F24" s="3" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>103</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" s="3" t="s">
         <v>110</v>
-      </c>
-[...13 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>116</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>117</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>118</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>123</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>124</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>126</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>127</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>128</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>130</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>132</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>134</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>135</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B34" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>146</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
         <v>150</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
         <v>151</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>153</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
         <v>154</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>155</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
         <v>158</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>159</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>160</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>161</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>162</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>114</v>
+        <v>38</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>163</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>165</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>166</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>98</v>
+        <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>170</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>38</v>
+        <v>171</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>39</v>
+        <v>172</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F42" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="G42" s="3" t="s">
         <v>172</v>
-      </c>
-[...13 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>175</v>
+        <v>110</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>176</v>
+        <v>98</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>188</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>189</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
         <v>190</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>192</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>193</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>194</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>195</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>196</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>197</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>198</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>200</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>201</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>213</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B55" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>225</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>98</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>226</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F56" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
         <v>232</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
         <v>233</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>235</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
         <v>236</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>114</v>
+        <v>38</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>98</v>
+        <v>237</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>237</v>
+        <v>202</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>239</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>240</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>38</v>
+        <v>110</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>241</v>
+        <v>98</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>206</v>
+        <v>131</v>
       </c>
       <c r="B60" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F60" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>135</v>
+        <v>244</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>246</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>247</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>114</v>
+        <v>248</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F62" s="3" t="s">
         <v>248</v>
-      </c>
-[...13 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
         <v>253</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>255</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>256</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
         <v>257</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>259</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>260</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
         <v>261</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>263</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>264</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F66" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="B67" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F68" s="3" t="s">
         <v>248</v>
-      </c>
-[...13 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>253</v>
       </c>
       <c r="B69" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>257</v>
+        <v>277</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>280</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>252</v>
+        <v>110</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>281</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>284</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>114</v>
+        <v>285</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>98</v>
+        <v>286</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="F72" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="G72" s="3" t="s">
         <v>286</v>
-      </c>
-[...13 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>294</v>
+        <v>135</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>289</v>
+        <v>248</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>139</v>
+        <v>298</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>252</v>
+        <v>110</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>114</v>
+        <v>248</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>252</v>
+        <v>110</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>114</v>
+        <v>285</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>25</v>
+        <v>237</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>289</v>
+        <v>14</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>241</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>339</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>340</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>14</v>
+        <v>341</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F86" s="3" t="s">
         <v>341</v>
-      </c>
-[...13 lines deleted...]
-        <v>344</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>345</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>346</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>347</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>349</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>349</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>350</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>351</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>352</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>353</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>354</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>355</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>357</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>358</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>359</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>361</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>362</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>363</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>365</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>344</v>
+        <v>14</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>98</v>
+        <v>286</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>367</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>14</v>
+        <v>370</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B95" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F95" s="3" t="s">
         <v>370</v>
-      </c>
-[...10 lines deleted...]
-        <v>373</v>
       </c>
       <c r="G95" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G96" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G97" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>373</v>
+        <v>110</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>39</v>
+        <v>98</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>114</v>
+        <v>370</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>98</v>
+        <v>237</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>241</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G111" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G112" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G113" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>373</v>
+        <v>102</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>15</v>
+        <v>98</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>106</v>
+        <v>171</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>98</v>
+        <v>237</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
         <v>457</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
         <v>458</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>459</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
         <v>460</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B118" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>463</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>175</v>
+        <v>248</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>241</v>
+        <v>20</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B119" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="C119" s="1" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>466</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>175</v>
+        <v>248</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>241</v>
+        <v>20</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>305</v>
+        <v>119</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>467</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>469</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>206</v>
+        <v>470</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>252</v>
+        <v>370</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>123</v>
+        <v>474</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>252</v>
+        <v>370</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>373</v>
+        <v>171</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C128" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B128" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D128" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>373</v>
+        <v>171</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>503</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="G129" s="3" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>504</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>505</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
         <v>506</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="G130" s="3" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
         <v>507</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>175</v>
+        <v>38</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>175</v>
+        <v>38</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="B142" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D142" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>555</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
         <v>556</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>558</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
         <v>559</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>560</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>554</v>
+        <v>561</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>568</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
         <v>569</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>578</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
         <v>579</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>38</v>
+        <v>583</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B152" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="F152" s="3" t="s">
         <v>583</v>
       </c>
-      <c r="C152" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G152" s="3" t="s">
-        <v>15</v>
-[...44 lines deleted...]
-      <c r="G154" s="3" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>