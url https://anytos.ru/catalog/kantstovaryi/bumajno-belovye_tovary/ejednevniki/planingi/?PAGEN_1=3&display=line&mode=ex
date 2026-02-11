--- v1 (2025-11-07)
+++ v2 (2026-02-11)
@@ -12,184 +12,181 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="588">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="536">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a2a/a2a0a5c4097b3fcbe7815f6c30de09f1/75eb6ceb19aa0f579625e4dc2aac3ecf.jpg</t>
-[...5 lines deleted...]
-    <t>Недатированный настольный планинг-ежемесячник размером 49-35 см состоит из 12 листов офсетной бумаги плотностью 70 г/кв.м, скрепленных металлическим гребнем. Подложка выполнена из плотного картона, есть прижимной клапан синего цвета, на который можно нанести логотип. Обложка отсутствует. На каждом листе - графы для всех дней текущего месяца, календарная сетка на четыре года и поле для заметок. Информационный блок планинга не включает карту мира и карту России.</t>
+    <t>http://anytos.ru//upload/iblock/874/8749cf245814055b662727c61d6d5c0a/3d317cb2acdea978a0e8570851698f0b.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Планинг недатированный Attache картон 56 nbsp-листов в nbsp-ассортименте  300х100 nbsp-мм </t>
+  </si>
+  <si>
+    <t>Настольный горизонтальный еженедельник-планинг Attache. Модель на металлическом гребне, картонная обложка с фотографией достопримечательностей. Блок включает 56 недатированных листов, выполнен из высококачественного офсета. Плотность бумаги 70г/кв.м. Планинг содержит календарь на два года и таблицу с кодами междугородной телефонной связи. В ассортименте два вида дизайна обложки.</t>
   </si>
   <si>
     <t>Планинги</t>
   </si>
   <si>
-    <t>245617</t>
+    <t>245620</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b0c/b0ca964bc3f1f4cad0aaa711cb2a8b4c/fd19ea2085e8f10068b770ac208d6df0.jpg</t>
+  </si>
+  <si>
+    <t>Планинг АТТАСНЕ Sidney  синий 305х130, 64 л. Ал штр.  4606016041455, 4607072644499</t>
+  </si>
+  <si>
+    <t>Недатированный планинг Attache Sidney размером 30,5-13 см с обложкой из искусственной кожи синего цвета &amp;#40;возможно нанести тиснение&amp;#41;. Внутренний блок состоит из 64 листов офсетной бумаги, скрепленных с помощью спирали. Удобен для планирования рабочего времени, встреч, совещаний, задач. Содержит информационно-справочный раздел.</t>
+  </si>
+  <si>
+    <t>245621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d63/d63e7bd0af12f7510b304120648bc3dd/c90d4b036538a15d351c15dfd37466be.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Планинг недатированный Attache бумвинил 56 nbsp-листов синий  300x135 nbsp-мм </t>
+  </si>
+  <si>
+    <t>Недатированный планинг Attache имеет обложку из бумвинила синего цвета &amp;#40;материал из ПВХ на бумажной основе&amp;#41;. Скреплен металлическим гребнем. Внутренний блок состоит из 56 листов офсетной бумаги плотностью 70 г/кв.м &amp;#40;112 страниц&amp;#41;. На неделю приходится один разворот. Планинг недатированный содержит календарь на два года, телефонные коды. Схема метро, карты России и мира отсутствуют. Размер планинга - 30-13,5 см.</t>
+  </si>
+  <si>
+    <t>245623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c3/7c3d7a13358bbae8cf1e0f8f75ff6be4/1669af52c2f11b4ecd2cf8acd9bad16b.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недат. синий оранжевый,оранж.прострочка,340x130мм,57л АТТАСНЕBizon</t>
+  </si>
+  <si>
+    <t>Планинг недат. синий&amp;#43;оранжевый,оранж.прострочка,340x130мм,57л АТТАСНЕBizon</t>
+  </si>
+  <si>
+    <t>375860</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a6/c1r8nw3dkrzsyqddguw9626aqchb4o7q.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный BRAUBERG недатированный, 305х140 мм,  quot;Imperial quot;, под гладкую кожу, коричн., крем. блок, 123499</t>
+  </si>
+  <si>
+    <t>Настольный планинг BRAUBERG &amp;quot;Imperial&amp;quot; предназначен для ведения записей. Благодаря отсутствию дат его можно использовать в любое время года. Внутренний блок содержит 60 листов офсетной бумаги кремового цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для конгревного тиснения и тиснения фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в коричневом цвете.</t>
+  </si>
+  <si>
+    <t>388176</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e99/zy5im85zogequ9lstdzksmlncuvkg8zz.jpg</t>
+  </si>
+  <si>
+    <t>Планинг настольный BRAUBERG недатированный, 305х140 мм,  quot;Select quot;, под зернистую кожу, темно-синий, 123798</t>
+  </si>
+  <si>
+    <t>Настольный планинг BRAUBERG &amp;quot;Select&amp;quot; предназначен для ведения записей. Благодаря отсутствию дат его можно использовать в любое время года. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в темно-синем цвете.</t>
+  </si>
+  <si>
+    <t>388177</t>
+  </si>
+  <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/874/8749cf245814055b662727c61d6d5c0a/3d317cb2acdea978a0e8570851698f0b.jpg</t>
-[...82 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ba8/cwg231ehcx61vqzswnukazq4hqt5ry3b.jpg</t>
   </si>
   <si>
     <t>Планинг настольный BRAUBERG недатированный, 305х140 мм,  quot;Select quot;, под зернистую кожу, черный, 123797</t>
   </si>
   <si>
     <t>Настольный планинг BRAUBERG &amp;quot;Select&amp;quot; предназначен для ведения записей. Благодаря отсутствию дат его можно использовать в любое время года. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в классическом черном цвете.</t>
   </si>
   <si>
     <t>388178</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f09/d21u1us7s10hzmp16r738htbrlvog19e.jpg</t>
   </si>
   <si>
     <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Imperial quot;, кожзам, кремовый блок, синий, 111694</t>
   </si>
   <si>
     <t>Недатированный планинг BRAUBERG &amp;quot;Imperial&amp;quot; выполнен в классическом дизайне. Мягкая, прошитая по периметру обложка с легкой рельефной фактурой, напоминающей натуральную кожу, и непревзойденное качество исполнения воплощают имперскую роскошь аксессуара. Внутренний блок содержит 60 листа офсетной бумаги кремового цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Снабжен обширным справочным материалом. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в синем цвете.</t>
   </si>
   <si>
     <t>565134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be3/qjotiz821wifl6bwracfqwey45ov067c.jpg</t>
@@ -272,89 +269,131 @@
   <si>
     <t>Недатированный планинг BRAUBERG &amp;quot;Select&amp;quot; выполнен в строгом классическом стиле и имеет приятную на ощупь обложку с гладкой матовой поверхностью. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из балакрона и твердый переплет обеспечивают долгий срок службы. Подходит для тиснения только фольгой. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм. Выполнен в синем цвете.</t>
   </si>
   <si>
     <t>565142</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2dc/xu50k30xfvd2s9nhbzzjt19a09u9zh2s.jpg</t>
   </si>
   <si>
     <t>Планинг Erich Krause MEGAPOLIS спираль, желтая бумага, 135х290, 96л.</t>
   </si>
   <si>
     <t>Планинг Every day на спирали ErichKrause® MEGAPOLIS®. Включает 96 листов из тонированной желтой бумаги плотностью 65 г/кв.м. Обложка синего цвета выполнена из плотного картона 170 г/кв.м. Листы скреплены двойной евро-спиралью, что позволит сохранять записи предыдущих дней. На одном развороте помещаются записи на один день: на левой полосе - почасовой планинг на день, на правой - список дел, которые необходимо выполнить за день. Формат: 135х290 мм.</t>
   </si>
   <si>
     <t>697995</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe8/id0fbaztmvciwzt2vmfw4wjbzku3sb3l.jpg</t>
-[...20 lines deleted...]
-    <t>697997</t>
+    <t>http://anytos.ru//upload/iblock/36a/1ig28wojnxdcq7ykepzouoamedzc88e1.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный, 64л., 330 130мм, кожзам, Berlingo  quot;Vivella Prestige quot;, бордовый</t>
+  </si>
+  <si>
+    <t>Планинги Berlingo Vivella Prestige изготовлены из высококачественного кожзаменителя с мягкой гладкой матовой поверхностью. Планинг недатированный формата - 330*130 мм с обложкой с поролоновой прослойкой, прострочкой по периметру и имиджевым тиснением. Цвет обложки - бордовый. Высококачественная белая бумага повышенной плотности 80 г/м2, пантонная печать блока в 2 краски.</t>
+  </si>
+  <si>
+    <t>700699</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fb/yrhd8o2yd5dmu0d22vca7drw11a4fq3y.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный, 64л., 330 130мм, кожзам, Berlingo  quot;Vivella Prestige quot;, зеленый</t>
+  </si>
+  <si>
+    <t>Планинги Berlingo Vivella Prestige изготовлены из высококачественного кожзаменителя с мягкой гладкой матовой поверхностью. Планинг недатированный формата - 330*130 мм с обложкой с поролоновой прослойкой, прострочкой по периметру и имиджевым тиснением. Цвет обложки - зеленый. Высококачественная белая бумага повышенной плотности 80 г/м2, пантонная печать блока в 2 краски.</t>
+  </si>
+  <si>
+    <t>700700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8c/dn9q4jgkxr6xos04xrzml1f19jcg8cyx.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недатированный, 64л., 330 130мм, кожзам, Berlingo  quot;Vivella Prestige quot;, коричневый</t>
+  </si>
+  <si>
+    <t>Планинги Berlingo Vivella Prestige изготовлены из высококачественного кожзаменителя с мягкой гладкой матовой поверхностью. Планинг недатированный формата - 330*130 мм с обложкой с поролоновой прослойкой, прострочкой по периметру и имиджевым тиснением. Цвет обложки - коричневый. Высококачественная белая бумага повышенной плотности 80 г/м2, пантонная печать блока в 2 краски.</t>
+  </si>
+  <si>
+    <t>700701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e69/g73gxsh8p24286mfh5dkhdgdfb050b98.jpg</t>
   </si>
   <si>
     <t>Планинг недат. 305 х 130 мм Velvet красный 128 стр. 3-364 10</t>
   </si>
   <si>
     <t>Планинг недат. 305 х 130 мм Velvet красный 128 стр. 3-364/10</t>
   </si>
   <si>
     <t>716872</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a66/e56979forn39bjr8s3x4ambjc82h8j1h.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недат. 305 х 130 мм Velvet синий 128 стр. 3-364 01</t>
+  </si>
+  <si>
+    <t>Планинг недат. 305 х 130 мм Velvet синий 128 стр. 3-364/01</t>
+  </si>
+  <si>
+    <t>716873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/218/ogh2daj90dkj49oeye7258bo3tskzwz6.jpg</t>
+  </si>
+  <si>
+    <t>Планинг недат. LITE 56 л. 303х127 мм тв. обл. бумвинил синий</t>
+  </si>
+  <si>
+    <t>Планинг недатированный 303 х 127 мм. Твердая обложка, материал бумвинил, цвет синий. Тип крепления: евроспираль. Внутренний блок 60 г/м2, белый, 56 листов.Блок содержит персональную информацию, календарь на 4 года, планирование недели &amp;#40;7 дней&amp;#41;,заметки.</t>
+  </si>
+  <si>
+    <t>769743</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/81c/gkaty1j7flixl0b2w2n7jp17g12bmn3u.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный Attache Economy бумвинил бордо 300х135, 56 л.21с11 П</t>
   </si>
   <si>
     <t>789055</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ac/jhbq2vnup6l0w6lv1axc09b7dkndb1qv.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный Attache Economy бумвинил черный 300х135, 56 л.21с11 П</t>
   </si>
   <si>
     <t>789056</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/518/erfdd5sp715fkvvldselyqpz6tcy82xq.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IDEAL NEW quot;  КОРИЧНЕВЫЙ </t>
@@ -443,122 +482,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/97e/f9dlby1uzq5ivowqt2tkcsllq8isjyf2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  ЧЕРНЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>815951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f5/9q5180cvkpqict611itjg7700coy2i3i.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  БОРДОВЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>815952</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/90d/mokntv2nljqgqnshsiow8ut47nrtwgwn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/18e/4akppy5msmicn8smgurpayu4uto9ytmy.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  ТЕМНО-СИНИЙ NAVY </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;ТЕМНО-СИНИЙ NAVY&amp;#41;</t>
   </si>
   <si>
     <t>815954</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9f/nm4s2mj1jts1ljly9az176pm31277o4i.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР. недат.  quot;VELVET quot;  ТЕМНО-ЗЕЛЕНЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. недат. &amp;quot;VELVET&amp;quot; &amp;#40;ТЕМНО-ЗЕЛЕНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>815955</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/53b/ij3d8drr4fdzv3ntc6hcb7f2cth41lii.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c84/0w2k5175ksicv8ka4fdqlmvg4zzvo9vs.jpg</t>
   </si>
   <si>
     <t>Планинг настольный недатированный  305x140 мм  BRAUBERG  quot;Status quot;, под кожу, 60 л., темно-синий, 113373</t>
   </si>
   <si>
     <t>Недатированный планинг BRAUBERG серии &amp;quot;Status&amp;quot; с классической обложкой предназначен для энергичных людей, любящих нестандартные подходы к решению поставленных задач. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия - 305х140 мм.</t>
   </si>
   <si>
     <t>829691</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d36/t5vdap9zm72tllmsl7g5c3uz407mg9f7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a51/gycn0a7pmdam2msry7ie0sge7gefzyqw.jpg</t>
   </si>
   <si>
     <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Leopards quot;, 113515</t>
   </si>
   <si>
     <t>Настольный недатированный планинг-еженедельник STAFF можно использовать в любое время года благодаря отсутствию дат. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 65 г/м2. Твердая книжная обложка из переплетного картона с матовой ламинацией и выборочным лаком придаст индивидуальность и обеспечит долгий срок службы. Размер изделия - 165х90 мм.</t>
   </si>
   <si>
     <t>829697</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/394/k9gcopmgtu8t8n2ccy6v3ahq7zmlpumu.jpg</t>
   </si>
   <si>
     <t>Планинг-еженедельник недатированный  165х90 мм  STAFF, твердая обложка, УФ-ЛАК, 60 л.,  quot;Marble quot;, 113516</t>
   </si>
   <si>
     <t>829698</t>
@@ -620,98 +623,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/de0/epjcoypsd5j5qeybebe1icyd3v8ot2d1.jpeg</t>
   </si>
   <si>
     <t>ПЛАНИНГ БУМВИНИЛ  quot;СИНИЙ quot;</t>
   </si>
   <si>
     <t>ПЛАНИНГ БУМВИНИЛ &amp;quot;СИНИЙ&amp;quot;</t>
   </si>
   <si>
     <t>885704</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed8/y81yqjt6ex6itiotzj4eazkrziwpoz9l.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ  quot;IDEAL NEW quot;  СИНИЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>885705</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1fe/u6r799gavbqknmxfg3qoex6o50xi99sg.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ  quot;IDEAL NEW quot;  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22f/4o64ns1ao1tpwny0m0fyza31ojo41x2h.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ  quot;SIDNEY NEBRASKA quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885707</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3d7/4l6s6c6v6i91ag0gtmziuvly5wpju9sv.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ  quot;SIDNEY NEBRASKA quot;  СИНИЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>885708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/591/vy2p7og614esnbl53takqfquoblk1zy8.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  ЗЕЛЕНЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>885709</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42f/eqmliwhw1j33n860e6ymhwgmrg1bp6fy.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  ТЕМНО-СИНИЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;ТЕМНО-СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>885710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5cd/fm7qv9l9el4hq9buzjtes8me6v9gsh4b.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>885711</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e4e/0mulm4xxjptvcjowqmqsgfw58z79lts3.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  СИНИЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>885712</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8b8/4npb9yd259ep941crq0oehkuz40bcmed.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ НЕДАТИРОВАННЫЙ  quot;VELVET quot;  ЧЕРНЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ НЕДАТИРОВАННЫЙ &amp;quot;VELVET&amp;quot; &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>885713</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/195/92a09e75wj58ydm1ceiuzxbt3fx610jp.jpeg</t>
   </si>
   <si>
     <t>Планинг Альт  датированный 2025 год  305 х 130 мм   quot;БУМВИНИЛ quot; зеленый 128 стр. Арт. 3-061 02</t>
   </si>
   <si>
     <t>Классический датированный планинг на 2025 год. Твердый переплет из высококачественного бумвинила украшает тиснение золотой фольгой. Блок состоит из 128 страниц высококачественной белой бумаги плотностью 70 г/кв.м. Планинг на гребне - удобный рабочий инструмент.</t>
   </si>
   <si>
     <t>885718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b8e/owyj8tu3e1gzttpobq2qn8agl6plwd0m.jpeg</t>
@@ -728,50 +767,74 @@
   <si>
     <t>Планинг Альт недатированный  quot;BOSS quot; бордовый 64 л. Арт. 3-016 270</t>
   </si>
   <si>
     <t>Планинг Альт® недатированный &amp;quot;BOSS&amp;quot; бордовый 64 л. Арт. 3-016/270</t>
   </si>
   <si>
     <t>895241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c00/fyrjfne3uhn0ozk3pz07kx4qikisjor6.jpg</t>
   </si>
   <si>
     <t>Еженедельник недатированный с резинкой  171х93 мм , BRAUBERG, твердый, УФ-ЛАК, 64 л.,  quot;Blur quot;, 114576</t>
   </si>
   <si>
     <t>Недатированный планинг-еженедельник BRAUBERG предназначен для ведения записей. Отсутствие дат делает его уникальным товаром, которым можно начать пользоваться в любое время года. Надежен и практичен в применении. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 65 г/м2. Обложка 7БЦ &amp;#40;твердый переплет с матовой пленкой и выборочным лаком&amp;#41; обеспечивает долгий срок службы. Снабжен резинкой-фиксатором, благодаря чему планинг-еженедельник не откроется в сумке или портфеле. Отличительная особенность - это поля, где можно проставить даты. Размер изделия - 171х93 мм.</t>
   </si>
   <si>
     <t>906091</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7e9/5t8v1xzahub60uuq6dvn4uvt2z411hbe.jpg</t>
+  </si>
+  <si>
+    <t>Планер А5 недатированный LOREX HANGING CLOUDS 72 л. 145х207 мм мягк. обл. мел. карт. soft touch</t>
+  </si>
+  <si>
+    <t>Планер LOREX станет незаменимым помощником в планировании каждого дня! Удобная структура внутреннего блока позволит распланировать рабочие дела и покупки, а также оценить успехи проведенного дня. С помощью планера каждый сможет эффективно использовать свое время и своевременно выполнить все задачи. Планер формата А5 евро состоит из 72 листов плотностью 80 г/м2. Стильная обложка из мелованного картона с эффектом soft touch. Планер LOREX с эстетичным и оригинальным дизайном станет дополнительным аксессуаром на рабочем столе!</t>
+  </si>
+  <si>
+    <t>906689</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ПЛАНИНГ ГР.  quot;BOSS quot;  КОРИЧНЕВЫЙ </t>
+  </si>
+  <si>
+    <t>ПЛАНИНГ ГР. &amp;quot;BOSS&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>908969</t>
+  </si>
+  <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;BOSS quot;  СИНИЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;BOSS&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>908970</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;BOSS quot;  ЗЕЛЕНЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;BOSS&amp;quot; &amp;#40;ЗЕЛЕНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>908971</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;IMPERIUM quot;  КОРИЧНЕВЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;IMPERIUM&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
@@ -857,173 +920,80 @@
   <si>
     <t>908980</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;PROFY quot;  СИНИЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;PROFY&amp;quot; &amp;#40;СИНИЙ&amp;#41;</t>
   </si>
   <si>
     <t>908981</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8e/u1wehwnsuk836ej2c5p47lwggku3h1qy.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР. ДАТ. 2023  quot;VELVET quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. ДАТ. 2023 &amp;quot;VELVET&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>908985</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c78/pukd0fdv8uaguorz9obk6hv862m5j14l.jpg</t>
-[...8 lines deleted...]
-    <t>920608</t>
+    <t>http://anytos.ru//upload/iblock/f65/urghbl121y634mcars3t3ioqn3e1gs28.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный планер на месяц MESHU А4,  quot;Gradient quot;, с маркером</t>
+  </si>
+  <si>
+    <t>Магнитный планер на месяц MESHU &amp;quot;Gradient&amp;quot; станет незаменимым помощником в организации времени. Он поможет запомнить задачи, спланировать расписание и состыковать встречи с коллегами, друзьями или семьёй. Модель формата А4 выполнена из картона, покрытого магнитным винилом. Размер планера: 210*297 мм. Ламинация позволяет многократно писать и стирать надписи. К комплекту прилагается маркер со стирателем на магните, которым можно корректировать записи. Планер легко крепиться на любую металлическую поверхность, к примеру холодильник, и поэтому всегда будет на виду.&amp;nbsp;&amp;nbsp;Упакован в индивидуальный пакет. Внимание! Используйте только маркер на водной основе. Для очистки поверхности используйте влажную салфетку.</t>
+  </si>
+  <si>
+    <t>920612</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f65/urghbl121y634mcars3t3ioqn3e1gs28.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/159/9d4vf53ps4qoevmmzvoquvzp4c2petj7.jpg</t>
   </si>
   <si>
     <t>Магнитный планер на месяц MESHU А3,  quot;Bright color quot;, с маркером</t>
   </si>
   <si>
     <t>Магнитный планер на месяц MESHU &amp;quot;Bright color&amp;quot; станет незаменимым помощником в организации времени. Он поможет запомнить задачи, спланировать расписание и состыковать встречи с коллегами, друзьями или семьёй. Трекер привычек позволит вам добиться успехов в любых начинаниях: бегать по утрам, раньше вставать или ложиться спать и правильно питаться. Модель формата А3 выполнена из картона, покрытого магнитным винилом. Размер планера: 297*420 мм. Ламинация позволяет многократно писать и стирать надписи. К комплекту прилагается маркер со стирателем на магните, которым можно корректировать записи. Планер легко крепиться на любую металлическую поверхность, к примеру холодильник, и поэтому всегда будет на виду.&amp;nbsp;&amp;nbsp;Упакован в индивидуальный пакет. Внимание! Используйте только маркер на водной основе. Для очистки поверхности используйте влажную салфетку.</t>
   </si>
   <si>
     <t>920615</t>
   </si>
   <si>
-    <t>Планинг BrunoVisconti  датированный 2026 год  305 х 130 мм   quot;SIDNEY NEBRASKA quot; черный 64л. Арт. 3-147 02</t>
-[...79 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/94d/ruc5npy8ee5j4k0vspd4rvtmwxxy2h41.jpg</t>
   </si>
   <si>
     <t>Планер недатированный, 32л., 135 210мм, на скобе MESHU  quot;Milk pool quot;, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Планер недатированный, 32л., 135*210мм, на скобе MESHU &amp;quot;Milk pool&amp;quot;, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>968560</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2e/9omp2tob24zq5n2jjxyrz7jf39jm2lml.jpg</t>
   </si>
   <si>
     <t>Планер недатированный, 32л., 135 210мм, на скобе MESHU  quot;Neko quot;, матовая ламинация, голографическая фольга</t>
   </si>
   <si>
     <t>Планер недатированный, 32л., 135*210мм, на скобе MESHU &amp;quot;Neko&amp;quot;, матовая ламинация, голографическая фольга</t>
   </si>
   <si>
     <t>968561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c9/96xm0ywjeycvvowxz14zjh5k5akji8x9.jpg</t>
@@ -1037,80 +1007,68 @@
   <si>
     <t>968562</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65a/nh7vqi2nw11bdnf4kxfayb7i4tk3by8a.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный ГР. Sidney Nebraska, черный 3-318 02</t>
   </si>
   <si>
     <t>Планинг недатированный ГР. Sidney Nebraska, черный 3-318/02</t>
   </si>
   <si>
     <t>973794</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/955/eq0bnhs6t11qvaxj6fjtvhfs1gjvkxg0.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX GOOD VIBE А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975429</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6e5/45ztv5t1otxle8pd2rhvdq5eji3ndl0y.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX JOY А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be8/3y95tzpdsqfk2dsobejonqi531ckvffd.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX LIGHT VIOLET А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975431</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/085/7h8oobneluxcf0j3drhtpteqsh3l7yfe.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6f3/prg0d0e1epe800jpdy6asx8o5xd3nt89.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX NOT ORDINARY А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975433</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b8/ochj6mxuyqv7nusicpdac6gjd0118476.jpg</t>
   </si>
   <si>
     <t>Планер магнитный на месяц LOREX SILENT LANDSCAPE А3 297 х 420 мм с маркером</t>
   </si>
   <si>
     <t>975434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ed/a6c00j1h1zf2is9y7ym9n8z3eb16obmw.jpg</t>
   </si>
   <si>
     <t>Планер недатированный LOREX JOY 52 л. 204х110 мм роз. тв. обл., без отд., лин.</t>
   </si>
   <si>
     <t>975435</t>
@@ -1175,158 +1133,143 @@
   <si>
     <t>http://anytos.ru//upload/iblock/639/1lxbzcyt6g620elv5l1i9bcfafwrljbz.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56 листов, 330 130мм, BG, кожзам  quot;Winner. Dark teal quot;, бирюзовый</t>
   </si>
   <si>
     <t>Недатированный планинг BG &amp;quot;Winner.Dark teal&amp;quot; изготовлен из высококачественной экокожи бирюзового цвета с гладкой поверхностью и прострочкой по периметру. Размер – 330*140 мм. Внутренний блок состоит из 56 листов белой офсетной бумаги плотностью 70 г/м2, печатью в 2 краски. Планинг размером 330*130 мм отлично подходит для хранения на рабочем столе. Тип скрепления «гребень» делает его удобным в использовании, позволяя легко перелистывать страницы и делать записи. Наличие различной справочной информации, календаря и телефонной книжки сделают его использование комфортным. Подходит для всех видов полиграфического тиснения. Планинг BG – надёжный и стильный инструмент, который поможет структурировать задачи, установить приоритеты и достичь целей. • Размер: 330*130 мм; • Количество листов: 56; • Материал обложки: экокожа; • Цвет обложки: бирюзовый.</t>
   </si>
   <si>
     <t>996034</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b32/leszrhtupjjr4szxwc2cxvwcrneu4wjf.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56 листов, 330 130мм, балакрон, BG  quot;Ariane. Blue quot;</t>
   </si>
   <si>
     <t>Недатированный планинг BG &amp;quot;Ariane.Blue&amp;quot; – надёжный и стильный инструмент, который поможет правильно организовывать рабочий день и ничего не забыть. Изделие состоит из 56 листов офсетной бумаги плотностью 70 г/м2 и имеет размер 330*130 мм. Печать блока в 2 краски. Твёрдая обложка изготовлена из балакрона &amp;#40;переплётного материала с покрытием ПВХ&amp;#41; синего цвета. Блинтовое тиснение придаёт элегантный вид. Кроме блоков для важных задач и заметок, планинг включает телефонную книгу и календарь на четыре года. Тип скрепления &amp;quot;гребень&amp;quot; делает его удобным в использовании, позволяя легко перелистывать страницы и делать записи. Недатированный планинг BG поможет структурировать задачи, установить приоритеты и достичь поставленных целей. • Размер: 330*130 мм; • Количество листов: 56; • Материал обложки: балакрон • Цвет обложки: синий; • Плотность блока: 70 г/кв.м.</t>
   </si>
   <si>
     <t>996035</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3d4/auzziic1q4telrklhjux3ksrdraa84n2.jpg</t>
+  </si>
+  <si>
+    <t>Планер недат. LOREX ROOM CLOUDS 145х205 мм шв-клеев. 72 л. дизайн мягк. обл. мел. карт., soft touch</t>
+  </si>
+  <si>
+    <t>996279</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c89/fr12wzs2790j6tuk5qxz9ila4ttfnjk2.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  КРАСНЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;КРАСНЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>996469</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ca/9hqx1a4w3pnyh7akbka42zbzsavltdfc.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР.  quot;SIDNEY NEBRASKA quot;  СЕРЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;СЕРЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>996470</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6c/3pmfoqz3k3t4ps5niygaiecg50eetqmy.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285 100 мм, картон, BG  quot;Блэкаут quot;</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285*100 мм, картон, BG &amp;quot;Блэкаут&amp;quot;</t>
   </si>
   <si>
     <t>998843</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1f9/gon7qqho4s4mqdi6yir7u4uo09epgpxb.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ef3/qm63xtl300cm3gr5n48boii082ioam47.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285 100 мм, картон, BG  quot;Образ мышления quot;</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285*100 мм, картон, BG &amp;quot;Образ мышления&amp;quot;</t>
   </si>
   <si>
     <t>998845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/723/uu8658m6m06ek7uri7t9777u7tf7wh2w.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285 100 мм, картон, BG  quot;Удача любит смелых quot;</t>
   </si>
   <si>
     <t>Планинг недатированный 56 листов, 285*100 мм, картон, BG &amp;quot;Удача любит смелых&amp;quot;</t>
   </si>
   <si>
     <t>998846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9be/ihimufywvlamd70pebu4jvlsm4rn4f3o.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56л., 285 100, бумвинил, BG, синий</t>
   </si>
   <si>
     <t>Планинг недатированный 56л., 285*100, бумвинил, BG, синий</t>
   </si>
   <si>
     <t>998847</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a35/vcb95z6mdr3s5r38o6gnh8hzyxyqslul.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный 56л., 285 100, бумвинил, BG, бордовый</t>
   </si>
   <si>
     <t>Планинг недатированный 56л., 285*100, бумвинил, BG, бордовый</t>
   </si>
   <si>
     <t>1002164</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/780/6nf2qiyqsf4f9mkn0p5tbpbwp63wquym.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3c1/7wb1kl32dfcq8qbkvfddm301vj0qjgvq.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330 130мм, BG, кожзам  quot;Nebraska. Dark red quot;, красный</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330*130мм, BG, кожзам &amp;quot;Nebraska. Dark red&amp;quot;, красный</t>
   </si>
   <si>
     <t>1002166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/797/aifwwgx161xr94rpcvujxms25gvc1n71.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330 130мм, BG, кожзам  quot;Winner. Black quot;, черный</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330*130мм, BG, кожзам &amp;quot;Winner. Black&amp;quot;, черный</t>
   </si>
   <si>
     <t>1002167</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88e/chke8ufrrzx3ce01fthrz2j7pqo1jo6i.jpg</t>
@@ -1355,471 +1298,372 @@
   <si>
     <t>http://anytos.ru//upload/iblock/09f/pke11zjvv7wf04fc2g2dcn4l2ubb9s4z.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330 130мм, балакрон, BG  quot;Ariane. Dark green quot;</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330*130мм, балакрон, BG &amp;quot;Ariane. Dark green&amp;quot;</t>
   </si>
   <si>
     <t>1002170</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/601/pb4ez7ujjbi2z17rgypg33201qqe391k.jpg</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330 130мм, балакрон, BG  quot;Ariane. Dark red quot;</t>
   </si>
   <si>
     <t>Планинг недатированный, 56л., 330*130мм, балакрон, BG &amp;quot;Ariane. Dark red&amp;quot;</t>
   </si>
   <si>
     <t>1002171</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d09/84b6rmdgte21k9d6gv0zvjcd87ffhuvu.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d7b/7tqhjebod29dlg0qgcfckpcwl3nmkh2t.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Мрамор quot;, 117364</t>
   </si>
   <si>
     <t>Планинг – это компактный еженедельник с горизонтальной или вертикальной ориентацией. Все дни недели в планинге STAFF расположены на одном развороте, что делает планирование важных дел на неделю вперёд особенно удобным. Внутренний блок содержит 64 листа офсетной бумаги белого цвета плотностью 65 г/м2. Обложка из мелованного картона обеспечивает долгий срок службы. Скрепление выполнено с помощью евроспирали. Размер изделия – 285х112 мм.</t>
   </si>
   <si>
     <t>1006388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/136/hjgl0oxz0u32qnix38gaaunilvo4ylyt.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Россия quot;, 117362</t>
   </si>
   <si>
     <t>1006389</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d94/2lfh4t2das9ftqv8auxsg6vzlxb6z95g.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 285х112 мм, STAFF, гребень, картонная обложка, 64 л.,  quot;Сад магнолий quot;, 117365</t>
   </si>
   <si>
     <t>1006390</t>
   </si>
   <si>
     <t xml:space="preserve">ПЛАНИНГ ГР. ДАТ. 2025  quot;SIDNEY NEBRASKA quot;  КОРИЧНЕВЫЙ </t>
   </si>
   <si>
     <t>ПЛАНИНГ ГР. ДАТ. 2025 &amp;quot;SIDNEY NEBRASKA&amp;quot; &amp;#40;КОРИЧНЕВЫЙ&amp;#41;</t>
   </si>
   <si>
     <t>1007820</t>
   </si>
   <si>
-    <t xml:space="preserve">ПЛАНИНГ ГР. ДАТ. 2025  quot;SIDNEY NEBRASKA quot;  СИНИЙ </t>
-[...7 lines deleted...]
-  <si>
     <t>ПЛАНИНГ ДАТ  quot;IDEAL NEW quot;  БОРДОВЫЙ  2025</t>
   </si>
   <si>
     <t>ПЛАНИНГ ДАТ &amp;quot;IDEAL NEW&amp;quot; &amp;#40;БОРДОВЫЙ&amp;#41; 2025</t>
   </si>
   <si>
     <t>1007822</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/058/9iozeh8hl8e5yktlihhf2puzyc248ei7.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/720/mbmz87y6c46de93byvqr7303obme29ye.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026г., 64 листа, 285 100мм, картон, BG  quot;Символ года quot;, отд.фольгой, на гребне</t>
   </si>
   <si>
     <t>Датированный планинг на 2026 год BG &amp;quot;Символ года&amp;quot; – надёжный и стильный инструмент, который поможет спланировать и организовывать время. Изделие состоит из 64 листов офсетной бумаги плотностью 65 г/м2 и имеет размер 285*100 мм. Печать блока в 1 краску. Твёрдая обложка изготовлена из твердого картона с изображением лошади - Символа года 2026. Блинтовое тиснение года и бренда придаёт планингу элегантный вид. Тип скрепления &amp;quot;гребень&amp;quot; делает его удобным в использовании, позволяя легко перелистывать страницы и делать записи. Датированный планинг BG поможет структурировать задачи, установить приоритеты и достичь поставленных целей. Независимо от того, вы студент, профессионал, предприниматель или просто хотите быть более организованным в повседневной жизни, он станет вашим верным спутником. • Размер: 285*100 мм; • Количество листов: 64; • Материал обложки: картон; • Плотность блока: 65 г/м2; • Тип скрепления: гребень; • Цвет обложки: рисунок.</t>
   </si>
   <si>
     <t>1009845</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f95/d5mlbjdsu9o1rrfi1v7ebnqhsnz29yd9.jpg</t>
-[...73 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ec/qfoys3lvk7mtkwkqb5zm4rjm096j3pq8.jpg</t>
   </si>
   <si>
     <t>Планинг магнитный  quot;Месяц и Неделя quot; на холодильник 42х30 см, с маркером и салфеткой, BRAUBERG, 237854</t>
   </si>
   <si>
     <t>Магнитный планинг BRAUBERG – незаменимый помощник в искусстве тайм-менеджмента. Предназначен для письма маркерами для белых досок и меловыми маркерами. Это гибкая магнитная доска, которая легко крепится к гладким металлическим поверхностям. Это идеальный инструмент для личного планирования, заметок или переписок со своими домочадцами, рисования или черчения графиков, ведения учета калорий или продуктов, необходимых для покупки. С нашим планингом вы никогда не забудете ни об одном ближайшем важном событии!Магнитный планинг имеет многоразовую поверхность &amp;quot;пиши-стирай&amp;quot;, выполненную из ПВХ.В комплекте: черный маркер для белых досок с магнитом и стирателем в колпачке, салфетка из микрофибры &amp;#40;с &amp;quot;ушком&amp;quot; для подвешивания&amp;#41; и магнит специальной формы, удобной для подвешивания салфетки. Во избежание преждевременного высыхания маркер рекомендуется хранить на холодильнике, колпачком вниз.Особенности:– подходит для письма и рисования специальными маркерами для белой доски;– легко примагничивается к любой гладкой и ровной металлической поверхности.Поверхность планинга не боится воды, но избегайте попадания воды на края, во избежание расслаивания. Для очистки планинга используйте влажную салфетку. Корректируйте записи при помощи стирателя, встроенного в колпачок маркера.Размер – 42х30 см, формат – А3.Важно! Не использовать перманентные маркеры!</t>
   </si>
   <si>
     <t>1010509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/942/vd2urzbezywf9bmbgz612eqokuver9z6.jpg</t>
   </si>
   <si>
     <t>Планинг на холодильник магнитный НА НЕДЕЛЮ 42х30 см, с маркером и салфеткой, BRAUBERG, 237850</t>
   </si>
   <si>
     <t>1010510</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc9/7v1k41lgjc2rf6uuzg1v177jiyw58afq.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4f6/ia194b6wggkki00tu4kckg8ejmufddl9.jpg</t>
   </si>
   <si>
     <t>Планинг датированный 2026 305х140 мм BRAUBERG  quot;Comodo quot;, под кожу, черный, 117223</t>
   </si>
   <si>
     <t>Датированный планинг BRAUBERG &amp;quot;Comodo&amp;quot; с обложкой, стилизованной под кожу крокодила, – великолепная возможность &amp;quot;прикоснуться&amp;quot; к легендарной рептилии. Строгий черный цвет делает этот деловой аксессуар изысканным. Внутренний блок содержит 60 листов офсетной бумаги кремового цвета плотностью 70 г/м2. Обложка из экокожи и твердый переплет обеспечивают долгий срок службы. Для заметок в планинге имеется 11 страниц в конце внутреннего блока. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия – 305х140 мм.</t>
   </si>
   <si>
     <t>1011838</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0f7/tw6ukr4fn0o9r28xi1bwlp9r22qwvyw4.jpg</t>
-[...167 lines deleted...]
-    <t>1011854</t>
+    <t>http://anytos.ru//upload/iblock/5a4/4w5okfrq3eniactom13xblzg7fi0kd61.jpg</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 305х140 мм GALANT  quot;Ritter quot;, под кожу, черный, 117238</t>
+  </si>
+  <si>
+    <t>Датированный планинг GALANT &amp;quot;Ritter&amp;quot; выполнен в классическом стиле. Обложка с прошивкой по периметру имеет ярко выраженную текстуру &amp;quot;под кожу&amp;quot;, приятную на ощупь. Достойный выбор делового человека. Внутренний блок содержит 60 листов офсетной бумаги белого цвета плотностью 70 г/м2. Обложка из экокожи классического черного цвета и твердый переплет обеспечивают долгий срок службы. Для заметок в планинге имеется 11 страниц в конце внутреннего блока. Подходит для горячего тиснения. Скрепление осуществляется с помощью евроспирали. Размер изделия – 305х140 мм.</t>
+  </si>
+  <si>
+    <t>1011855</t>
   </si>
   <si>
     <t>&lt;a href="/brands/galant/"&gt;GALANT&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5a4/4w5okfrq3eniactom13xblzg7fi0kd61.jpg</t>
-[...8 lines deleted...]
-    <t>1011855</t>
+    <t>http://anytos.ru//upload/iblock/043/2h9l55leeo4qi5lrw2jw4f1ks3veskix.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 340х130, Сиам зеленый</t>
+  </si>
+  <si>
+    <t>1016690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b5/2iqr3yzxnry5w7w472w8pjvuhbtxbj14.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 340х130, Сиам красный</t>
+  </si>
+  <si>
+    <t>1016691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/176/dr6jrvyp1ju3in99vsjrmxf2gz8k576o.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 340х130, Сиам оранжевый</t>
+  </si>
+  <si>
+    <t>1016692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdc/hob44oi20kacpykhp7wxm0iww84biego.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 340х130, Сиам, синий</t>
+  </si>
+  <si>
+    <t>1016693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eec/1st71584b6d57xt0c21n0jrsl12mun5u.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ATTACHE 57л, 405х145, Каньон, синий</t>
+  </si>
+  <si>
+    <t>1016695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98d/jmr29ykxf9y44y9mgttcfqdt0or3basz.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026 ESCALADA 310x130мм, 64л, черный 70321</t>
+  </si>
+  <si>
+    <t>1016699</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/escalada/"&gt;Escalada&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fc/r6xu0qdi64csqxv34j3n3rz2vabpnrqa.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, бордо 303х150 мм, 120 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/217/zgbi5s9benwvwqwolyx15iw7js3hqug7.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, бордо, 303х150 мм, 120стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>1016701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91d/eok785lfedg1ygcoet5jw81ee8oyhtol.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, зеленый 303х150 мм, 120 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/023/j9k15z0vspu4gkscp43urkykqjrxbris.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, зеленый, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>1016703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e75/75zh9bfr2mwpia4f93iuyvc3vfg0mrl1.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, коричневый, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, коричн, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>1016704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ded/2rb6ik0eqgl85d0c6dccewkyvubyxlsp.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, коричневый, 303х150 мм, 120 стр, АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, коричнев 303х150 мм, 120 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/458/zyhclapmcqqsscub4e7a6iplq4ilji0b.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, синий 303х150 мм, 120 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a3/a6guj039g1k2dinyshs4ygk653eoc09r.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, синий, 303х150 мм, 120стр, АТТАСНЕ Agenda</t>
+  </si>
+  <si>
+    <t>1016708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b46/tfp427s7vr7ahvr32gwjbop052yyus86.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, черный, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, черн, 303х150 мм, 120стр, Agenda</t>
+  </si>
+  <si>
+    <t>1016709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ce9/ag9f32cjc4hh2iebz9c9a3aa15g3i0i3.png</t>
+  </si>
+  <si>
+    <t>Планинг датированный 2026, черный 303х150 мм, 120 стр,АТТАСНЕ Вива</t>
+  </si>
+  <si>
+    <t>1016710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/673/t9mxrk565cxfa7sd11ko2gi4wuayy93g.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Sidney бордо. 64 л. 3-318 0 1 Д</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Sidney бордо. 64 л. 3-318/0 1 Д</t>
+  </si>
+  <si>
+    <t>1016711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33e/316u2xwz8hssub05scxkd48jihvfpb49.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Sidney коричневый, 64 л. 3-318 03 Д</t>
+  </si>
+  <si>
+    <t>Планинг недатированный Sidney коричнев., 64 л. 3-318/03 Д</t>
+  </si>
+  <si>
+    <t>1016712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55b/bf730frmambw2kir4n266wf9ntmnanlx.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный бордо, 305х130, 64 л.,Ideal 3-457 04</t>
+  </si>
+  <si>
+    <t>Планинг недатированный бордо,305х130, 64 л.,Ideal 3-457/04</t>
+  </si>
+  <si>
+    <t>1016713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/64a/vq1ve0k3jl4a57c63p4jqo2tc9mzj0dc.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный синий, 305х130, 64 л.,Ideal 3-457 05</t>
+  </si>
+  <si>
+    <t>Планинг недатированный синий,305х130, 64 л.,Ideal 3-457/05</t>
+  </si>
+  <si>
+    <t>1016714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/691/elsvdcieb651tejfkg4mzk7t6zrxhc06.png</t>
+  </si>
+  <si>
+    <t>Планинг недатированный черный, 305х130, 64 л.,Ideal 3-457 03</t>
+  </si>
+  <si>
+    <t>Планинг недатированный черный,305х130, 64 л.,Ideal 3-457/03</t>
+  </si>
+  <si>
+    <t>1016715</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2146,3526 +1990,3216 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J152"/>
+  <dimension ref="A1:M138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G152" sqref="G152"/>
+      <selection pane="bottomRight" activeCell="G138" sqref="G138"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="G9" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...13 lines deleted...]
-      <c r="C10" s="1" t="s">
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...127 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F20" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="G113" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="G20" s="3" t="s">
-[...2142 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>454</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>171</v>
+        <v>36</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>455</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>456</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>171</v>
+        <v>36</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>171</v>
+        <v>463</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>302</v>
+        <v>464</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>202</v>
+        <v>467</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>119</v>
+        <v>470</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>248</v>
+        <v>17</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>370</v>
+        <v>17</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>370</v>
+        <v>17</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>480</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>370</v>
+        <v>482</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>484</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
         <v>485</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>370</v>
+        <v>17</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
         <v>486</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C125" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F125" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="B127" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="C127" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="F127" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="C128" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="F128" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="C128" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="B129" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="F129" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="B130" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="C130" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="F130" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="B131" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="C131" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="B132" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="C132" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>512</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="F132" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C133" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="B134" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="C134" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="B135" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="C135" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="B136" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="C136" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="B137" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="C137" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="B138" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="C138" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F138" s="3" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>15</v>
-[...321 lines deleted...]
-        <v>39</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">