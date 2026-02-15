--- v0 (2025-10-29)
+++ v1 (2026-02-15)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="453">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/868/ocw8gdmjgdqhte9ocr1r8e8p0tye788o.jpg</t>
   </si>
   <si>
     <t>Грамота БЛАГОДАРНОСТЬ  герб  А4 тисн. фольгой: 13615 штр.: 4607118088010</t>
   </si>
   <si>
     <t>Грамоты, дипломы, благодарности</t>
   </si>
   <si>
     <t>107982</t>
@@ -119,302 +128,284 @@
   <si>
     <t>107986</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/564/rdnwuef5t1em7yoswlnawy2glu1yk39f.jpg</t>
   </si>
   <si>
     <t>Грамота БЛАГОДАРСТВЕННОЕ ПИСЬМО А4 тисн. фольгой: 13586 штр.: 4607118087952</t>
   </si>
   <si>
     <t>107987</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc4/icu9hvc5gjumvj9ha5eymi79qyqi5i6g.jpg</t>
   </si>
   <si>
     <t>Грамота ГРАМОТА  герб  А4 тисн. фольгой: 13502 штр.: 4607118087532</t>
   </si>
   <si>
     <t>107989</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7b8/o8ik14n88atae0gfkrjzs6mx738yd5od.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/42c/fjyvfarwjtd1uwni8cj6ljmvgssp3wm0.jpg</t>
   </si>
   <si>
     <t>Грамота ГРАМОТА  герб  А4 тисн. фольгой: 13520 штр.: 4607118087693</t>
   </si>
   <si>
     <t>107991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a0/hwhd3zrcqn7hnuipnp7h0uo083azly5n.jpg</t>
   </si>
   <si>
     <t>Грамота ГРАМОТА  глобус  А4 спл. Уф-лак: 13619 штр.: 4607118088041</t>
   </si>
   <si>
     <t>107994</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49a/bbjs7hpsa3a4gd3er2lsjjy8xkua0rpi.jpg</t>
   </si>
   <si>
     <t>Грамота ГРАМОТА А4 тисн. фольгой: 13510 штр.: 4607118087617</t>
   </si>
   <si>
     <t>107998</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3b2/42hrwlydgw8vzpjrbmmwv0ebhh1g2t3v.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cb6/ukhe5acc95wm15ccjawie2guu2x8jh9s.jpg</t>
   </si>
   <si>
     <t>Грамота ГРАМОТА А4 тисн. фольгой: 13547 штр.: 4607118087815</t>
   </si>
   <si>
     <t>108000</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8df/u3duep6wnce3hofaqyfppe7h2r4ooooe.jpg</t>
-[...14 lines deleted...]
-    <t>108004</t>
+    <t>http://anytos.ru//upload/iblock/3d7/o4bpnb0ap5zlre585myvzib9ifwddql8.jpg</t>
+  </si>
+  <si>
+    <t>Грамота ДИПЛОМ  герб  А4 тисн. фольгой: 13617 штр.: 4607118088027</t>
+  </si>
+  <si>
+    <t>108001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21a/nsb2n9cvv1puuw5she8dfwojnw276p06.jpg</t>
   </si>
   <si>
     <t>Грамота ПОЧЕТНАЯ ГРАМОТА А4 тисн. фольгой: 13546 штр.: 4607118087808</t>
   </si>
   <si>
     <t>108009</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b9/nic1wdw0x62banoneb3jmlmhq03y5zn4.jpg</t>
   </si>
   <si>
     <t>Грамота ПОЧ ТНАЯ ГРАМОТА герб А4 тисн. фольгой: 13534 штр.: 4607118087761</t>
   </si>
   <si>
     <t>108011</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fc2/fc2f9434b97cd5577dbbdcd9e309ad68/c9dd4a2c0a3dc260459da42d5ae6613b.jpg</t>
-[...20 lines deleted...]
-    <t>334603</t>
+    <t>http://anytos.ru//upload/iblock/ee5/ee5cca82e0bbe8d464605d9a609d8897.jpg</t>
+  </si>
+  <si>
+    <t>Благодарственное письмо А4, мелованный картон: BBP_6515</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Благодарственное письмо&amp;quot; изготовлен из импортного целлюлозного мелованного картона плотностью 190 г/м2. Формат - А4. Наградные грамоты и благодарности используются для выражения признательности сотрудникам, коллегам и партнерам. Бланк подходит для цветной печати.</t>
+  </si>
+  <si>
+    <t>212951</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f5/8f504f5ab9fcd1c7ca76c3f5a7b5a23f.jpg</t>
+  </si>
+  <si>
+    <t>Почетная грамота А4, мелованный картон, тиснение фольгой: BPGF_6533 штр.:  4680211045333</t>
+  </si>
+  <si>
+    <t>Почетная грамота А4, мелованный картон, тиснение фольгой: BPGF_6533 Бланк &amp;quot;Почетная грамота&amp;quot; изготовлен из импортного целлюлозного мелованного картона плотностью 190 г/м2 и украшен декоративными элементами из золотой фольги. Формат - А4. Наградные грамоты и дипломы используются для выражения признательности сотрудникам, коллегам и партнерам. Бланк подходит для цветной печати.</t>
+  </si>
+  <si>
+    <t>215026</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31c/31cfe362fc9e56114855c21312330175.jpg</t>
+  </si>
+  <si>
+    <t>Благодарность А4, мелованный картон: BBL_6511</t>
+  </si>
+  <si>
+    <t>Благодарность А4, мелованный картон: BBL_6511 Бланк &amp;quot;Благодарность&amp;quot; изготовлен из импортного целлюлозного мелованного картона плотностью 190 г/м2. Формат - А4. Наградные грамоты и благодарности используются для выражения признательности сотрудникам, коллегам и партнерам. Бланк подходит для цветной печати.</t>
+  </si>
+  <si>
+    <t>216358</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a68/a68d1972072bdaa74da785743fdccc3b/21f8c6ca5458d35b53643d0222a01f66.jpg</t>
+  </si>
+  <si>
+    <t>Благодарность герб и флаг,рамка лавровый лист,А4,КЖ-158,15шт уп. 969088</t>
+  </si>
+  <si>
+    <t>Благодарность герб и флаг,рамка лавровый лист,А4,КЖ-158,15шт/уп.</t>
+  </si>
+  <si>
+    <t>334604</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d8f/d8fc658d70b8b4cba0814eaddc39f4a2/aa756f717c7039a37e4eb68be9ecefc0.jpg</t>
+  </si>
+  <si>
+    <t>Благодарственное письмо герб и флаг,рамка лавровый лист,А4,КЖ-159,15шт уп. 969091</t>
+  </si>
+  <si>
+    <t>Благодарственное письмо герб и флаг,рамка лавровый лист,А4,КЖ-159,15шт/уп.</t>
+  </si>
+  <si>
+    <t>334607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13d/13d144ec137eeb758d7ff382b9132f57/6cf6756dc1316aa5b745d761bc883abe.jpg</t>
+  </si>
+  <si>
+    <t>Грамота 210х290мм,49 Г,герб,трик,230 г кв.м,10шт уп 969092</t>
+  </si>
+  <si>
+    <t>Грамота 210х290мм,49/Г,герб,трик,230 г/кв.м,10шт/уп</t>
+  </si>
+  <si>
+    <t>334608</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a68/a68d1972072bdaa74da785743fdccc3b/21f8c6ca5458d35b53643d0222a01f66.jpg</t>
-[...59 lines deleted...]
-    <t>334611</t>
+    <t>http://anytos.ru//upload/iblock/527/52702861c977142a2176fc354c070bb6/b93f27beb6ed9fdfcc015ed3d2c831d6.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4-07 Г зел.рамка,герб,трик230г кв.м 969096</t>
+  </si>
+  <si>
+    <t>Грамота А4-07/Г зел.рамка,герб,трик230г/кв.м</t>
+  </si>
+  <si>
+    <t>334610</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c4/4c4dae89b5b85821a236200d749b11a4/14ba10377bdf13699973caa75a54e4b8.jpg</t>
   </si>
   <si>
     <t>Грамота А4-43 ПЧГ син.рамка,герб,трик230г кв.м10шт уп 969100</t>
   </si>
   <si>
     <t>Грамота А4-43/ПЧГ син.рамка,герб,трик230г/кв.м10шт/уп</t>
   </si>
   <si>
     <t>334613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f67/f679a9a93dadfb6da500eaf97826e82d/8e689f9214c0955210ec8dbf7b597a84.jpg</t>
   </si>
   <si>
     <t>Грамота бронза,А4,КЖ-579,15шт уп. 969101</t>
   </si>
   <si>
     <t>Грамота бронза,А4,КЖ-579,15шт/уп.</t>
   </si>
   <si>
     <t>334614</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c36/c3670abad22cf2e8e27bc982065f258a.jpg</t>
   </si>
   <si>
     <t>Грамота Почетная бордовая рамка герб трик 230 г кв.м 10шт уп 969102</t>
   </si>
   <si>
     <t>Грамота Почетная бордовая рамка герб трик 230 г/кв.м 10шт/уп</t>
   </si>
   <si>
     <t>334615</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b59/b59a71f4d1592955b5e99adaa6ec6fc4/02c18f1d7936c6aa0d053c89220a158b.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d6/2d6cb19674707f8c6e0a733841915d7d/00c8fba3d2fb23a9b562ed905075d613.jpg</t>
   </si>
   <si>
     <t>Диплом с бронзой,А4,КЖ-478,КЖ-478,15шт уп. 969105</t>
   </si>
   <si>
     <t>Диплом с бронзой,А4,КЖ-478,КЖ-478,15шт/уп.</t>
   </si>
   <si>
     <t>334618</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bac/bac0f3daec4215654543fb52a250d31e.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, мелованный картон, тиснение фольгой: BGRF_10570 штр.: 4680211085704</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Грамота&amp;quot; изготовлен из импортного целлюлозного мелованного картона плотностью 190 г/м2. Отделка бланка выполнена тиснением фольгой. Формат - А4. Наградные грамоты и благодарности используются для выражения признательности сотрудникам, коллегам и партнерам. Бланк подходит для цветной печати.</t>
+  </si>
+  <si>
+    <t>337510</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/161/161d23c2b7afbbb88293627c6760b29f.jpg</t>
+  </si>
+  <si>
+    <t>Почетная грамота А4, мелованный картон: BPG_10538 штр.: 4680211085384</t>
+  </si>
+  <si>
+    <t>Бланк &amp;quot;Почетная грамота&amp;quot; изготовлен из импортного целлюлозного мелованного картона плотностью 190 г/м2. Формат - А4. Наградные грамоты и благодарности используются для выражения признательности сотрудникам, коллегам и партнерам. Бланк подходит для цветной печати.</t>
+  </si>
+  <si>
+    <t>337511</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/032/0326be2f252de5419ff4021132ea75a1.jpg</t>
   </si>
   <si>
     <t>Благодарность  с гербом и флагом, рамка лавровый лист   уп. 40 шт  КЖ-158уп</t>
   </si>
   <si>
     <t>Благодарность &amp;#40;с гербом и флагом, рамка лавровый лист&amp;#41; &amp;#40;уп. 40 шт&amp;#41; КЖ-158уп</t>
   </si>
   <si>
     <t>377743</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c05/c05dbf5768792f6fba44e946798f724e.jpg</t>
   </si>
   <si>
     <t>Грамота  с гербом и флагом, вертикальная : уп. 40 шт. КЖ-907уп</t>
   </si>
   <si>
     <t>Грамота &amp;#40;с гербом и флагом, вертикальная&amp;#41;: уп. 40 шт. КЖ-907уп</t>
   </si>
   <si>
     <t>377747</t>
@@ -446,251 +437,164 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c36/c3633ad24d5ede799040e06b66b8b837.jpg</t>
   </si>
   <si>
     <t>Сертификат А4, вертикальный бланк зеленая рамка, тиснение фольгой 10 шт уп</t>
   </si>
   <si>
     <t>Сертификат А4, вертикальный бланк зеленая рамка, тиснение фольгой 10 шт/уп</t>
   </si>
   <si>
     <t>377785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cea/cea0e31b8d9ffb80ffde14ae40c66160/138172a50ac13b13b5b27f4be7c35eef.jpg</t>
   </si>
   <si>
     <t>Грамота почетная  с гербом и флагом, рамка картинная ,А4, КЖ-156, 15шт.уп</t>
   </si>
   <si>
     <t>Грамота почетная &amp;#40;с гербом и флагом, рамка картинная&amp;#41;,А4, КЖ-156, 15шт.уп</t>
   </si>
   <si>
     <t>417025</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b59/ggvugomtp93jw8qot4kn16lqfdpfrh5p.jpg</t>
-[...8 lines deleted...]
-    <t>423410</t>
+    <t>http://anytos.ru//upload/iblock/96e/p10j108ezr7b12vxkog5da5ni0l6hxes.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, мелованный картон, бронза, желтая, BRAUBERG, 121160</t>
+  </si>
+  <si>
+    <t>Грамота с изображением российской символики. Изготовлена из импортного мелованного картона плотностью 200 г/м2. Символика выполнена с помощью бронзовой краски, что подчеркивает статус и торжественность грамоты. Составляется в свободной форме. Имеется изображение российской символики. Формат А4.</t>
+  </si>
+  <si>
+    <t>423411</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>60</t>
-[...13 lines deleted...]
-  <si>
     <t>120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a1/7qp2e2iwppsd6i3skwkifvr6cb2uhxt4.jpg</t>
   </si>
   <si>
     <t>Грамота  quot;Почетная quot; А4, мелованный картон, бронза, красная, BRAUBERG, 122092</t>
   </si>
   <si>
     <t>423413</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0e/8ytefgeu1n3txzx3xl1p463xrqc5aahx.jpg</t>
-[...14 lines deleted...]
-    <t>Грамота  quot;Почетная quot; А4, мелованный картон, конгрев, тиснение фольгой, синяя, BRAUBERG, 123057</t>
+    <t>http://anytos.ru//upload/iblock/f6b/o0pvzqmflnfq0ko9nm2q3qdslwmkj09v.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, мелованный картон, конгрев, тиснение фольгой, красная, BRAUBERG, 123062</t>
   </si>
   <si>
     <t>Грамота с изображением российской символики. Изготовлена из импортного мелованного картона плотностью 230 г/м2. Надписи выполнены с помощью конгревного тиснения фольгой, что подчеркивает статус и торжественность грамоты. Составляется в свободной форме. Имеется изображение российской символики. Формат А4.</t>
   </si>
   <si>
-    <t>423416</t>
-[...34 lines deleted...]
-  <si>
     <t>423419</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/683/loluqi665s8n98r857qj5w570u2wheox.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/53c/3qh65uy87na2v3837f2urg4661eywz2w.jpg</t>
   </si>
   <si>
     <t>Грамота А4, мелованный картон, зеленая, BRAUBERG, 126548</t>
   </si>
   <si>
     <t>Грамота с изображением российской символики. Предназначена для награждения за заслуги в учебе, спорте, трудовой деятельности. Изготовлен из импортного мелованного картона плотностью 200 г/м2. Составляется в свободной форме. Имеется изображение российской символики. Формат А4.</t>
   </si>
   <si>
     <t>423426</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b1a/aiy48enrf10su2u0usc4k0znt6pc6gt9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b1/vjjcsg21bjt01i9p75sqixo5514gxj3k.jpg</t>
   </si>
   <si>
     <t>Грамота  quot;Спортивная quot;, А4, мелованный картон, конгрев, тиснение фольгой,  quot;Чемпион quot;, BRAUBERG, 128350</t>
   </si>
   <si>
     <t>Грамота со спортивной символикой имеет сбалансированную цветовую гамму в сочетании с высококачественным импортным мелованным картоном. Изготовлена из импортного мелованного картона плотностью 230 г/м2. Надписи выполнены с помощью конгревного тиснения фольгой, что подчеркивает статус и торжественность грамоты. Составляется в свободной форме. Имеется изображение российской символики. Формат А4.</t>
   </si>
   <si>
     <t>423436</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c20/w6wrv3y7yg4bhll4r6e1e972p0g8eqhi.jpg</t>
-[...2 lines deleted...]
-    <t>Грамота  quot;Поздравляем quot;, А4, мелованный картон, бронза, зеленая рамка, BRAUBERG, 128367</t>
+    <t>http://anytos.ru//upload/iblock/5ad/yq89hyorp3a30fzp7bnw35gj57nelt7b.jpg</t>
+  </si>
+  <si>
+    <t>Грамота  quot;Поздравляем quot;, А4, мелованный картон, бронза, бежевая рамка, BRAUBERG, 128365</t>
   </si>
   <si>
     <t>Поздравительная грамота с изображением российской символики.</t>
   </si>
   <si>
-    <t>423451</t>
+    <t>423449</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/301/k93vfzek9xecg5hvilq838g1kieous7g.jpg</t>
   </si>
   <si>
     <t>Грамота А4, плотная мелованная бумага 200 г м2, для лазерных принтеров, сине-желтая, STAFF, 128892</t>
   </si>
   <si>
     <t>Грамота с изображением российской символики. Изготовлена из плотной мелованной бумаги плотностью 200 г/м2. Составляется в свободной форме. Имеется изображение российской символики. Формат А4.</t>
   </si>
   <si>
     <t>423458</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e3/fwhtxmzmzyq4r44iab050n6oq2rv196q.jpg</t>
   </si>
   <si>
     <t>Грамота  quot;Благодарность quot;, А4, плотная мелованная бумага 200 г м2, для лазерных принтеров, золотая, STAFF, 128899</t>
   </si>
   <si>
     <t>Грамота для объявления благодарности с изображением российской символики. Изготовлена из плотной мелованной бумаги плотностью 200 г/м2. Составляется в свободной форме. Имеется изображение российской символики. Формат А4.</t>
   </si>
   <si>
     <t>423465</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/505/5059a985c8619eadbefc0e85cb5579f1.jpeg</t>
+  </si>
+  <si>
+    <t>Грамота A4, ArtSpace, мелованный картон, синяя</t>
+  </si>
+  <si>
+    <t>У человека всегда существует потребность в эмоциональном удовлетворении. Получая за свой труд моральное поощрение, работник, ученик, спортсмен и др., старается оправдать проявленное к нему доверие и поэтому стремится трудиться еще лучше и продуктивнее. Награждение Грамотой ArtSpace - мощный стимулирующий эффект, подталкивающий к развитию и стремлению достигать еще большие результаты и добиваться максимальных успехов, а также становится положительным примером для коллег, одноклассников, и др. Грамота выдается в награду за успехи в каком-либо деле, в знак благодарности за проведенную работу, успехи в учебе, достижения в спорте, за благотворительную деятельность, за победу или участие в конкурсах, соревнованиях, выставках.&amp;nbsp;&amp;nbsp;Грамота станет прекрасной памятной наградой и займёт почётное место на стене!</t>
+  </si>
+  <si>
+    <t>428005</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4d4/fpdc02vm413y4uoqbx3quj2a25b21fki.jpg</t>
   </si>
   <si>
     <t>Грамота А4, мелованный картон, конгрев, тиснение фольгой, зеленая, BRAUBERG, 123061</t>
   </si>
   <si>
     <t>434111</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd8/2hnmfgo9kg1gyq8wyngmdxvjfxwd1ivl.jpg</t>
   </si>
   <si>
     <t>Грамота  quot;Спортивная quot;, А4, плотная мелованная бумага 200 г м2, для лазерных принтеров, золотая, STAFF, 128901</t>
   </si>
   <si>
     <t>434117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb6/36iy73tygsh00ycqz2fp637pnm832uxo.jpg</t>
   </si>
   <si>
     <t>Грамота  quot;Благодарственное письмо quot;, A4, мелованная бумага 115 г м2, для лазерных принтеров, синяя, STAFF, 111800</t>
   </si>
   <si>
     <t>Грамота &amp;quot;Благодарственное письмо&amp;quot; с изображением российской символики. Изготовлена из импортной мелованной бумаги плотностью 115 г/м2. Составляется в свободной форме. Имеется изображение российской символики. Формат А4.</t>
@@ -758,194 +662,167 @@
   <si>
     <t>Грамота BRAUBERG предназначена для награждения за заслуги в учебе, спорте, трудовой деятельности. Изготовлена из импортного мелованного картона плотностью 200 г/м2. Составляется в свободной форме. Имеется изображение российской символики. Формат А4.</t>
   </si>
   <si>
     <t>468765</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c34/du9j9bhifb3vhhsbdkkn7dtnwyt9h8ko.jpg</t>
   </si>
   <si>
     <t>Грамота А4, мелованный картон, красная, BRAUBERG, 111805</t>
   </si>
   <si>
     <t>468767</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f0/ezx2kfs83sfbdfkxt5ivrg250rca03aw.jpg</t>
   </si>
   <si>
     <t>Грамота А4, мелованный картон, синяя, BRAUBERG, 111807</t>
   </si>
   <si>
     <t>468768</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2d7/en8bibp0lyc0100v77fkmj8avij5sst1.jpg</t>
-[...17 lines deleted...]
-    <t>581768</t>
+    <t>http://anytos.ru//upload/iblock/833/833ee635648699dd2fa1746d61fc47e3/eda0ba55eedb7f479c9fb5fa0dbd1698.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4-36 Г борд.рамка,герб,трик230г кв.м10шт уп</t>
+  </si>
+  <si>
+    <t>Грамота А4-36/Г борд.рамка,герб,трик230г/кв.м10шт/уп</t>
+  </si>
+  <si>
+    <t>581769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f43/f43f1c40aad4e9e20c246172b5a49a1b/19e96f6ac5467cb5f62bdf6e4e519456.jpg</t>
   </si>
   <si>
     <t>Грамота Почетная  с гербом и флагом, рамка картинная   уп. 40 шт  КЖ-156уп</t>
   </si>
   <si>
     <t>Грамота Почетная &amp;#40;с гербом и флагом, рамка картинная&amp;#41; &amp;#40;уп. 40 шт&amp;#41; КЖ-156уп</t>
   </si>
   <si>
     <t>581771</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/db8/db8dbbe8ef68dca67d7b4ba6be175921/860b896f03c39ee73a5accfebabf737f.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3fa/3fa9ed3db9ce3161763db1771a5331f7/fba10bfa73a946b9188985ac80315213.jpg</t>
   </si>
   <si>
     <t>Благодарность А4-41 Б корич.рамка,герб,трик230г кв.м10шт уп</t>
   </si>
   <si>
     <t>Благодарность А4-41/Б корич.рамка,герб,трик230г/кв.м10шт/уп</t>
   </si>
   <si>
     <t>611008</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/631/6317daeff80cc5acdabcaebfedce76e5/a1d3a625b090cc907d955cb9150c3a6e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Дизайн-бумага Свиток  А4,90г.,уп.20л. </t>
   </si>
   <si>
     <t>Дизайн-бумага Свиток &amp;#40;А4,90г.,уп.20л.&amp;#41;</t>
   </si>
   <si>
     <t>611011</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cd0/jz5bbnlp8fxniio715uucrjdla0zwx75.jpg</t>
-[...8 lines deleted...]
-    <t>787866</t>
+    <t>http://anytos.ru//upload/iblock/a98/ar0boj1v3siq9abcn7tvppc5evy8sx7h.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат-бумага А4 Attache 50 шт уп  сине-оранжевая рамка ID3</t>
+  </si>
+  <si>
+    <t>Сертификат-бумага А4 Attache 50 шт/уп  сине-оранжевая рамка ID3</t>
+  </si>
+  <si>
+    <t>787867</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a98/ar0boj1v3siq9abcn7tvppc5evy8sx7h.jpg</t>
-[...8 lines deleted...]
-    <t>787867</t>
+    <t>http://anytos.ru//upload/iblock/da0/n9iise25onubh1uprz2g53o74jt9iyd1.jpg</t>
+  </si>
+  <si>
+    <t>Грамота A4, ArtSpace, мелованный картон, зеленая с лентой</t>
+  </si>
+  <si>
+    <t>Бланк Грамота ArtSpace используется для выражения признательности сотрудникам, коллегам и партнерам. Товар изготовлен из импортного целлюлозного мелованного картона плотностью 190 г/м2, формата А4. Бланк выполнен в красном цвете. Товар подходит для цветной печати. В упаковке содержится 20 штук.</t>
+  </si>
+  <si>
+    <t>833534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7d/ez85rbysve4qn7esvfze54vkljeoevqn.jpg</t>
+  </si>
+  <si>
+    <t>833535</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff7/ki5w57eqvxytdgca5jyr0neyxiucv8cz.jpg</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт уп зеленая рамка ID3</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт/уп зеленая рамка ID3</t>
   </si>
   <si>
     <t>879361</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60a/bajltzg08rl3hqy01b35dakye3bp1cc2.jpg</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт уп двойная рамка красно-оранжевая ID10</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт/уп двойная рамка красно-оранжевая ID10</t>
   </si>
   <si>
     <t>898608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d84/zj1wo1y4yu7qcmwp42vfhhrdqyuy2z00.jpg</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт уп сине-голубая крученая рамка ID1</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт/уп сине-голубая крученая рамка ID1</t>
   </si>
   <si>
     <t>898609</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7da/621k1zsjrl8d8s462rljceeypep0nx4t.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f4/3cyz1uybu63e3erhzildrk20qhpbxrjq.jpg</t>
   </si>
   <si>
     <t>Грамота БЛАГОДАРНОСТЬ  герб  А4 тисн. фольгой и конгрев горизонт.</t>
   </si>
   <si>
     <t>Грамота БЛАГОДАРНОСТЬ &amp;#40;герб&amp;#41; А4 тисн. фольгой и конгрев горизонт.</t>
   </si>
   <si>
     <t>947687</t>
   </si>
   <si>
     <t>&lt;a href="/brands/znak-pocheta/"&gt;Знак почета&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/012/25l21817p8nolxzm3b7r37bhebep2pv3.jpg</t>
   </si>
   <si>
     <t>Грамота БЛАГОДАРСТВЕЕНОЕ ПИСЬМО  герб  А4 тисн. фольгой и конгрев</t>
   </si>
   <si>
     <t>Грамота БЛАГОДАРСТВЕЕНОЕ ПИСЬМО &amp;#40;герб&amp;#41; А4 тисн. фольгой и конгрев</t>
   </si>
   <si>
     <t>947688</t>
@@ -1004,306 +881,390 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bc7/cgozesr2sejv6jge3j8rqxwfwnq8vzd2.jpg</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт уп красная рамка спираль ID7</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт/уп красная рамка спираль ID7</t>
   </si>
   <si>
     <t>950374</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/272/low9csgea88o8yht82ifqj1n8smp49ta.jpg</t>
   </si>
   <si>
     <t>Сертификат-бумага А4  Attache зеленая рамка с водяными знаками, 50шт уп</t>
   </si>
   <si>
     <t>Сертификат-бумага А4  Attache зеленая рамка с водяными знаками, 50шт/уп</t>
   </si>
   <si>
     <t>950375</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/893/lzx0ot10co9sajp47dyc02su71dxv8tl.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7bc/zdr0v60w8a0d0sx8y9s8y4cuf5iy73xl.jpg</t>
   </si>
   <si>
     <t>Грамота детская А4, Мульти-Пульти  quot;Чебурашка quot;, мелованная бумага</t>
   </si>
   <si>
     <t>Грамота детская А4, Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, мелованная бумага</t>
   </si>
   <si>
     <t>966239</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45b/wtk1mosf3022ikr1b3vp7kubedjbg45c.jpg</t>
   </si>
   <si>
     <t>Грамота изготовлена из качественного мелованного картона плотностью 200 г/м2 с использованием технологии объемного тиснения золотой фольгой. Подходит для печати на принтере.</t>
   </si>
   <si>
     <t>975298</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cea/83u5775gbfddip1ke28tzb3ps92c1is9.jpg</t>
+  </si>
+  <si>
+    <t>Благодарность А4, BG, мелованный картон, тиснение фольгой, синяя</t>
+  </si>
+  <si>
+    <t>981909</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d90/n8nvj6gxv83shvaddchufhunlhafvydj.jpg</t>
+  </si>
+  <si>
+    <t>Благодарственное письмо А4, BG, мелованный картон, тиснение фольгой, красное</t>
+  </si>
+  <si>
+    <t>981911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c50/trg43so0fw6d1jia6uoe844736zbnj5s.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, зеленая</t>
+  </si>
+  <si>
+    <t>981913</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed9/n17j153pdrg0lkxh5rv6zhek82kil6aj.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, конгрев, тиснение фольгой, красная</t>
+  </si>
+  <si>
+    <t>981914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/904/gp6u4v7tezs82p3psld5kx20yktg0c7d.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, тиснение фольгой, красная</t>
+  </si>
+  <si>
+    <t>981916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fac/w8acnxfi8nwy215sk9qksfgvqx6r3ihv.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, тиснение фольгой, синяя</t>
+  </si>
+  <si>
+    <t>981917</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ce2/v06k2e8nlqxwn653ituhb7pw6eapnr09.jpg</t>
   </si>
   <si>
     <t>Грамота бланк А4, BG, мелованная бумага, 200г м2</t>
   </si>
   <si>
     <t>Грамота бланк А4, BG, мелованная бумага, 200г/м2</t>
   </si>
   <si>
     <t>981918</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/cdb/0m645gede2gfgm11jikk18o36qy2iv0w.jpg</t>
+  </si>
+  <si>
+    <t>Грамота детская А4, BG, мелованный картон</t>
+  </si>
+  <si>
+    <t>981919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b05/4bsxp25dznbgntacwbdx9fbjkaa7ec0b.jpg</t>
   </si>
   <si>
     <t>Грамота спортивная А4, BG, мелованный картон, красная</t>
   </si>
   <si>
     <t>981920</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/605/2n6xdfxb18dsv0am7e91xofuwj7j8sn5.jpg</t>
+  </si>
+  <si>
+    <t>Грамота спортивная А4, BG, мелованный картон, синяя</t>
+  </si>
+  <si>
+    <t>981921</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/534/ksvchwrludvkp4zjlm0wx2nypzu2a4do.jpg</t>
+  </si>
+  <si>
+    <t>Грамота спортивная А4, BG, мелованный картон, синяя, тиснение фольгой</t>
+  </si>
+  <si>
+    <t>981922</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/470/saz8wkonmairw2b5c851xw1skmp616gm.jpg</t>
   </si>
   <si>
     <t>Диплом А4, BG, мелованный картон, синий</t>
   </si>
   <si>
     <t>981928</t>
   </si>
   <si>
     <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
   </si>
   <si>
     <t>Диплом А4, BG, мелованный картон, тиснение фольгой, красный</t>
   </si>
   <si>
     <t>981929</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/752/y2sn2br4onufhwflrfdd4onprjputl9j.jpg</t>
   </si>
   <si>
     <t>Диплом детский А4, BG, мелованный картон</t>
   </si>
   <si>
     <t>981930</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6fc/l7d4anjmz7fxeje1q235jfub31ge1520.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/364/w9nujx882fzuyt89njslio5b74ww992n.jpg</t>
   </si>
   <si>
     <t>Почетная грамота А4, BG, мелованный картон, синяя</t>
   </si>
   <si>
     <t>981932</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b05/0yxkawysyx09w7rgomvdrss3kuwrsjob.jpg</t>
-[...35 lines deleted...]
-    <t>987500</t>
+    <t>http://anytos.ru//upload/iblock/261/2gu02rfszhh8wfa5dw5p1yhw9kohzkp3.jpg</t>
+  </si>
+  <si>
+    <t>Почетная грамота А4, BG, мелованный картон, тиснение фольгой</t>
+  </si>
+  <si>
+    <t>981933</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c3f/jru2h3diosr4nm8pyx9d68ijpi209pa0.jpg</t>
   </si>
   <si>
     <t>Дизайнерская бумага А4 Attache 50 шт уп свиток MD6</t>
   </si>
   <si>
     <t>Дизайнерская бумага А4 Attache 50 шт/уп свиток MD6</t>
   </si>
   <si>
     <t>987501</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/638/9hufjn1bp9lt4m6ks3lrt67crfsh7zk3.jpg</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт уп двойная рамка бирюза   оранжевая ID11</t>
   </si>
   <si>
     <t>Сертификат-бумага А4 Attache 50 шт/уп двойная рамка бирюза &amp;#43; оранжевая ID11</t>
   </si>
   <si>
     <t>987502</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec2/o4a12uk3jge82rov5upbzwi11r0m3d58.jpg</t>
-[...5 lines deleted...]
-    <t>1000991</t>
+    <t>http://anytos.ru//upload/iblock/fab/nw7qilb84jp0m6jagp2or54x8e689bvx.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованная бумага, синяя</t>
+  </si>
+  <si>
+    <t>998659</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d1/cad2442mu7p6y7v8mlr7lxqsex8uyew1.jpg</t>
   </si>
   <si>
     <t>Благодарственное письмо А4, BG, мелованный картон, зеленое</t>
   </si>
   <si>
     <t>1000992</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b50/p4vnvbzn6dri763in74et08kmqon0vu7.jpg</t>
-[...5 lines deleted...]
-    <t>1000995</t>
+    <t>http://anytos.ru//upload/iblock/01f/r8gzvf869hdjwsdk0pppsp9kwrp7mnzs.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованная бумага, мультиколор</t>
+  </si>
+  <si>
+    <t>1000993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5b/a9ijp0zu0aw2evs7bq673fbvq3hzj5nh.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованная бумага, синяя, 200 г м2</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованная бумага, синяя, 200 г/м2</t>
+  </si>
+  <si>
+    <t>1000994</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, зеленая с лентой</t>
+  </si>
+  <si>
+    <t>1000997</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/861/675ogc8cttho71l3f1aj31scrusxgv8i.jpg</t>
   </si>
   <si>
     <t>Грамота А4, BG, мелованный картон, красная</t>
   </si>
   <si>
     <t>1000998</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c78/htgw6cmvkx7hux3bgfw3lshnjug1b2fw.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, синяя</t>
+  </si>
+  <si>
+    <t>1000999</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, синяя с бежевым</t>
+  </si>
+  <si>
+    <t>1001000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a5/wdex97oid4wsovrcjras750zcvzhulr9.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, синяя с золотой рамкой</t>
+  </si>
+  <si>
+    <t>1001001</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40d/buaq81wbivz59xahrh9fgyk0zg3jg76h.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, тиснение фольгой, бежевая</t>
+  </si>
+  <si>
+    <t>1001002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16c/y6681hx4kp120dvblnyzxpow1vxen635.jpg</t>
+  </si>
+  <si>
+    <t>Грамота А4, BG, мелованный картон, тиснение фольгой, зеленая</t>
+  </si>
+  <si>
+    <t>1001003</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1f9/is51wj1or5hudslbc5rwu9pinob8esi7.jpg</t>
   </si>
   <si>
     <t>Грамота спортивная А4, BG, мелованная бумага, мультиколор</t>
   </si>
   <si>
     <t>1001004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/453/1f0ochye1dj8k8sxntfmr8x4ojg2a30q.jpg</t>
   </si>
   <si>
     <t>Грамота школьная А4, BG, мелованная бумага, зеленая</t>
   </si>
   <si>
     <t>1001005</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/938/ufw86hp33iy2w948gsmvriaoj9a48lmo.jpg</t>
   </si>
   <si>
     <t>Диплом А4, BG, мелованный картон, бежевый</t>
   </si>
   <si>
     <t>1001007</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c00/mptip56b1l8r3dq1174cgkasknw6ht73.jpg</t>
   </si>
   <si>
     <t>Почетная грамота А4, BG, мелованный картон, красная</t>
   </si>
   <si>
     <t>1001008</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a86/5kw2eza1mjj3p4j0rg74xj1nj3u89z43.jpg</t>
+  </si>
+  <si>
+    <t>Сертификат А4, BG, мелованный картон, тиснение фольгой, вертикальный</t>
+  </si>
+  <si>
+    <t>1001009</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/646/7r1lgm9nkgaw40zyxbckvjkfux6ha6ff.jpg</t>
   </si>
   <si>
     <t>Грамота А4, мелованный картон, конгрев, тиснение фольгой, золотая рамка, BRAUBERG, 117531</t>
   </si>
   <si>
     <t>Грамота BRAUBERG предназначена для награждения за успехи в учебе, спорте, трудовой деятельности. Изготовлена из импортного мелованного картона плотностью 200 г/м2. Надписи выполнены с помощью конгревного тиснения фольгой, что подчеркивает высокий статус грамоты. Формат А4.</t>
   </si>
   <si>
     <t>1010152</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e4/1l1izclrec03glrzdoieqgd8df8q9oap.jpg</t>
   </si>
   <si>
     <t>Грамота А4, мелованный картон, конгрев, тиснение фольгой, красная рамка, BRAUBERG, 117530</t>
   </si>
   <si>
     <t>Грамота BRAUBERG предназначена для награждения за успехи в учебе, спорте, трудовой деятельности. Изготовлена из импортного мелованного картона плотностью 200 г/м2. Надписи выполнены с помощью конгревного тиснения фольгой, что подчеркивает статус грамоты. Формат А4.</t>
   </si>
   <si>
     <t>1010153</t>
   </si>
@@ -1741,2665 +1702,2705 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J119"/>
+  <dimension ref="A1:M119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="G119" sqref="G119"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...12 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...12 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...12 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="C18" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>61</v>
+      </c>
       <c r="D18" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="C19" s="1"/>
+        <v>66</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>67</v>
+      </c>
       <c r="D19" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="G20" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="3" t="s">
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="F20" s="3" t="s">
-[...27 lines deleted...]
-      <c r="A22" s="1" t="s">
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G39" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...31 lines deleted...]
-      <c r="F23" s="3" t="s">
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F59" s="3" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...484 lines deleted...]
-      <c r="B47" s="1" t="s">
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>176</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...343 lines deleted...]
-      </c>
       <c r="C62" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="F63" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="G63" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>148</v>
+        <v>236</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>240</v>
+        <v>253</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>148</v>
+        <v>236</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>192</v>
+        <v>257</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>148</v>
+        <v>259</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>259</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>259</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F69" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B69" s="1" t="s">
-[...8 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="G69" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B76" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...141 lines deleted...]
-      </c>
       <c r="C76" s="1" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>274</v>
+        <v>259</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F79" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G79" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>274</v>
+        <v>301</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>328</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>329</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>274</v>
+        <v>301</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>330</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>331</v>
       </c>
       <c r="C87" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C88" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="F88" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="B89" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="C89" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="C90" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="F89" s="3" t="s">
+      <c r="F90" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="G89" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>343</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="C91" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="B92" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="C92" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="F92" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="C93" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="F91" s="3" t="s">
+      <c r="D93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="G91" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="F93" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="C94" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="F94" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="C93" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="B95" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="C95" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="F95" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="C94" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="B96" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="C96" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="F96" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="C95" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="B97" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="C97" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="F97" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="C96" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="B98" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="F96" s="3" t="s">
+      <c r="C98" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="G96" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="F98" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B99" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="D99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="F99" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="B100" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="C100" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="F98" s="3" t="s">
+      <c r="B101" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="G98" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="C101" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="F101" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B102" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="C102" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B103" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C103" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="B104" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="C104" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="F104" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="C105" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="F105" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="C106" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F106" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="B107" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C107" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="C103" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="F107" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="B108" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="C108" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="C104" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="F108" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C109" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="C105" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F109" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="B110" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C110" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="F110" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="B111" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="C111" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="D111" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="F111" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="B112" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="C112" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="F112" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="B113" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A110" s="1" t="s">
+      <c r="C113" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E110" s="3" t="s">
+      <c r="F113" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="B114" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="3" t="s">
+      <c r="F114" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G114" s="3" t="s">
         <v>419</v>
       </c>
-      <c r="F111" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A112" s="1" t="s">
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="B115" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="D115" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A113" s="1" t="s">
+      <c r="F115" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="B116" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="D116" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="F116" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="B117" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="D117" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G114" s="3" t="s">
+      <c r="F117" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>432</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="B118" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="F118" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="F115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="B119" s="1" t="s">
         <v>437</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="C119" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...73 lines deleted...]
-      </c>
       <c r="F119" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>343</v>
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">