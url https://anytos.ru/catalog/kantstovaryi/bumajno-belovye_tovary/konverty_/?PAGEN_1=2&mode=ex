--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1459">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1431">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -98,110 +98,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/164/eevnhpnmxbetygd2fl7xw7ooz2f4dhzx.jpg</t>
   </si>
   <si>
     <t>Конверт 125х125 стрип окно для CD 80 г м2 белый евробумага 100  белизна: EPCDS00WD штр.: 4602723015918</t>
   </si>
   <si>
     <t>Конверт для CD с окном для почтовой рассылки. Конверт производится из белой бумаги плотностью 80 г/м2, клеевой слой стрип. Материал: евробумага 100&amp;#37; белизна.</t>
   </si>
   <si>
     <t>108052</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/53a/bpme99tmoohf0fx8o8zzxjvhf4mi6uxp.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. C6 114x162 стрип куда-кому 80 г м2 белый плоск. евробумага 100  белизна: EPC6S00TX штр.: 4602723015710</t>
   </si>
   <si>
     <t>108057</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/598/vffl0utw3z7nq3rauoxli86xzidaw0sf.jpg</t>
+  </si>
+  <si>
+    <t>Конверт почт. оф. C6 114х162 декстрин 80 г м2 белый плоск. евробумага 100  белизна: EPC6D00CL штр.: 4602723015680</t>
+  </si>
+  <si>
+    <t>108059</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/32e/ysi920olq9zko2726bbwz1m8g2lbsrxx.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. C6 114х162 стрип 80 г м2 белый плоск. евробумага 100  белизна: EPC6S00CL штр.: 4602723015697</t>
   </si>
   <si>
     <t>108061</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/652/caynvff70sh7dxvnm17boaw5oxsv3qqk.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. C65 114х229 декстрин окно справа 80 г м2 белый плоск. автомат евробумага 100  белизна: EPC65AD00WD штр.: 4602723052395</t>
   </si>
   <si>
     <t>В конверт С65 входит лист формата А5, сложенный пополам, или лист формата А4 сложенный втрое - так же, как и в конверт Е65, только вкладывать содержимое гораздо удобнее.Конверт специализированный, предназначен для использования в конвертовальных машинах.&amp;nbsp;&amp;nbsp;Материал: евробумага 100&amp;#37; белизна.</t>
   </si>
   <si>
     <t>108063</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/392/h9oda4f81n5qp0cbffgxyv0fwee25mop.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/acb/jk3v0u1jryfe69rgyl4ii4qxq1kcx9e8.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. Е65 110x220 стрип 80 г м2 белый плоск. евробумага 100  белизна: EPE65S00CL штр.: 4602723015758</t>
   </si>
   <si>
     <t>108068</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cff/7fwvg6xu9td1v4tv05vwsgslpcmdhicp.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. Е65 110х220 декстрин куда-кому 80 г м2 белый плоск. евробумага 100  белизна: EPE65D00TX штр.: 4602723015734</t>
   </si>
   <si>
     <t>108070</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/463/x6kkoduqfdf9kps0suk6nlvqviblwp2a.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f8a/r8owkv0qw0blnt7znf9zm3vaafqkj3az.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. Е65 110х220 стрип куда-кому 80 г м2 белый плоск. внут.зап. евробумага 100  белизна: EPE65S01TX штр.: 4602723053491</t>
   </si>
   <si>
     <t>108074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/523/c4z6pk65khuhqtanjl3lv73j5q3twj28.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. Е65 110х220 стрип окно справа 80 г м2 белый плоск. внут.зап. евробумага 100  белизна: EPE65S01WD штр.: 4602723053484</t>
   </si>
   <si>
     <t>Конверт Е65 - конверт европейского стандарта. В конверт такого размера помещается лист формата А5, сложенный пополам, или лист формата А4, сложенный втрое. Размер &amp;#40;мм&amp;#41;: 110х220.Конверты Е65 используются как для отправки простых писем, так и для деловой переписки. Конверт выполнен с окном. Материал: евробумага 100&amp;#37; белизна.</t>
   </si>
   <si>
     <t>108076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2db/8ku15im2npv41f7sg3aaqhywby9qai65.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. С4 229х324 декстрин куда-кому 90 г м2 белый плоск. евробумага 100  белизна: EPC4D00TX штр.: 4602723015871</t>
@@ -260,87 +248,93 @@
   <si>
     <t>Конверт для почтовой рассылки формата С4, размером 229х324 мм с клевым слоем декстрин. В такой конверт помещаются толстые вложения А4 формата. Изделие изготовлено из офсетной бумаги. Материал: евробумага 100&amp;#37; белизна.</t>
   </si>
   <si>
     <t>108083</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1e/bgjmuf9e9vhp2i6bwaf7d78jxgr9dg2o.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. С5 162х229 мм стрип куда-кому белый плоск. внут.зап. евробумага 100  белизна: EPC5S01TX штр.: 4602723015826</t>
   </si>
   <si>
     <t>108089</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e4/s8m2p9wvnwe5haxt6bddqna5fnf1uicf.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. С5 162х229 стрип куда-кому 80 г м2 белый плоск. евробумага 100  белизна: EPC5S00TX штр.: 4602723015840</t>
   </si>
   <si>
     <t>108090</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/91b/0bbk7vaq74xskkvjbgoj2z5133v2n6fa.jpg</t>
-[...8 lines deleted...]
-    <t>108091</t>
+    <t>http://anytos.ru//upload/iblock/b6c/9nwlends77wobu130kkeaorcvc49kxya.jpg</t>
+  </si>
+  <si>
+    <t>Конверт почт. оф. С5 162х229 стрип окно справа 80 г м2 белый плоск. евробумага 100  белизна: EPC5S00WD штр.: 4602723015857</t>
+  </si>
+  <si>
+    <t>108093</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cde/dj36xaz6y4wmctu1xq0l8e1qoa4gyxcy.jpg</t>
   </si>
   <si>
     <t>Конверт почт. оф. С5 162х229 стрип окно справа 80 г м2 белый плоск. внут.зап. евробумага 100  белизна: EPC5S01WD штр.: 4602723015833</t>
   </si>
   <si>
     <t>В конверт С5 входит лист формата А4 сложенный вдвое, или лист формата А5.Конверт с окном подходит для почтовой рассылки. Изделие выполнено из офсетной бумаги, клеевой слой: стрип. Материал: евробумага 100&amp;#37; белизна.</t>
   </si>
   <si>
     <t>108094</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bab/sg6e2yn4enznpjoyzspq0ig9an1t2liu.jpg</t>
   </si>
   <si>
     <t>Пакет почт. крафт 250х353х40 мм стрип чистый 130 г м2 корич. объемн.: KFB4S40CL штр.: 4602723053477</t>
   </si>
   <si>
     <t>Пакет для почтовой рассылки представляет собой конверт с торцевой заклейкой формата А4. Вид клеевого слоя - самоклеящаяся полоса с защитной лентой &amp;#40;стрип&amp;#41;.</t>
   </si>
   <si>
     <t>108105</t>
   </si>
   <si>
     <t>250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a37/h71k9q9zv7yiowk8f8zjb3ikbvo20cun.jpg</t>
+  </si>
+  <si>
+    <t>Пакет почт. крафт 300х400 мм стрип чистый 120 г м2 корич. плоск.: KFE4S00CL штр.: 4602723015925</t>
+  </si>
+  <si>
+    <t>108109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/237/237d71f1c103e587ad5bd25321888de6.jpg</t>
   </si>
   <si>
     <t>Конверт C4 229 324 б подсказа, б окна, б клея, треугольный клапан: 4607122770772</t>
   </si>
   <si>
     <t>Конверт C4 229*324 б/подсказа, б/окна, б/клея, треугольный клапан: 4607122770772</t>
   </si>
   <si>
     <t>211511</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a6/1a650a8cf469d681c98ca2c51f44de80.jpg</t>
   </si>
   <si>
     <t>Конверт C5 162 229 с подсказом, б окна, отр. лента, внутр. запечатка: 70402,2</t>
   </si>
   <si>
     <t>Конверт C5 162*229 с подсказом, б/окна, отр. лента, внутр. запечатка: 70402,2 Почтовый конверт с подсказом формата C5 из белой офсетной бумаги. Предназначен для почтовых отправлений.</t>
   </si>
   <si>
     <t>212666</t>
   </si>
@@ -661,65 +655,50 @@
   <si>
     <t>Конверт С4 229х324мм выполнен из офсета 100г/м2, имеет клеевое нанесение типа стрип&amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п. Удобен для пересылки документов формата A4.Упакован в пленку по 25 штук.Срок годности не ограничен.Подходит для лазерной печати.</t>
   </si>
   <si>
     <t>244832</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/527/527a1a6c2b1c6d751a1b7533527fbf5b/236584ec4efea69415b21330ecb3e6d8.jpg</t>
   </si>
   <si>
     <t>Конверт Белый C4стрип BusinessPost 229х324 50шт уп 3754 штр.  4607025731146, 4607025731153</t>
   </si>
   <si>
     <t>Конверт С4 229х324 мм выполнен из офсета 100 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п. Удобен для пересылки документов формата A4.Упакован в пленку по 50 штук.Срок годности не ограничен.Подходит для лазерной печати.</t>
   </si>
   <si>
     <t>244833</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/59b/59b3088e1cd4ea6579df0d960ccb4d26/3f720ae76695e707ce3d563b51e327d7.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8cd/8cd281788599ddb6371bc4334c0d33de/963554a275289897d1bd92bb4e52df50.jpg</t>
   </si>
   <si>
     <t>Конверт Белый C5 стрип BusinessPost 162х229 1000шт уп 2876 штр.  4607025730217</t>
   </si>
   <si>
     <t>Конверт С5 162х229 мм выполнен из офсета 90 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в короба по 1000 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244835</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e7d/e7d6848e7ba8c3151d9c363941a240fe/14522d0beef6ad003fea8d5a6caf72d7.jpg</t>
   </si>
   <si>
     <t>Конверт Белый C5стрип BusinessPost 162х229 50шт уп 2878 штр.  4607025730590, 4607025730675</t>
   </si>
   <si>
     <t>Конверт С5 162х229 мм выполнен из офсета 90 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п.Белизна конвертов 146&amp;#37;.Упакован в пленку по 50 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244836</t>
   </si>
   <si>
     <t>24</t>
@@ -787,50 +766,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/583/583794a2598c9e14c7da326f1ee4f9ca/6cb4d081e15ad839ac094db332020b81.jpg</t>
   </si>
   <si>
     <t>Конверт Белый E65стрип BusinessPost 110х220 1000шт уп 1876 штр.  4607025730088</t>
   </si>
   <si>
     <t>Конверт E65 110х220 мм выполнен из офсета 90 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в короба по 1000 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244845</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa2/fa2b47ed3c38f33821224b466c060a98/c382972c9586000726a6365fdfd5f79d.jpg</t>
   </si>
   <si>
     <t>Конверт Белый E65стрип OfficePost 110х220 100шт уп 1782 штр.  407025731115, 4607025731115, 4607025731122</t>
   </si>
   <si>
     <t>Конверт E65 110х220 мм выполнен из офсета 80 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в пленку по 100 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244848</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/67f/67f733a5d88e6865d09536c65b931b9b/f53d80cc60fb02b299ffbdcf2b103b54.jpg</t>
+  </si>
+  <si>
+    <t>Конверт Белый E65стрип пр.окноBusinessPost 110х220 1000шт уп 1960 штр.  4607025730125, 4607025730743</t>
+  </si>
+  <si>
+    <t>Конверт E65 110х220 мм выполнен из офсета 90 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41; и правое окно.&amp;lt;br /&amp;gt;Размер окна 90х45 мм.&amp;lt;br /&amp;gt;Предназначен для почтовых отправлений различной документации, писем и т.п. &amp;lt;br /&amp;gt;Упакован в короба по 1000 штук.&amp;lt;br /&amp;gt;Срок годности не ограничен.</t>
+  </si>
+  <si>
+    <t>244850</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cba/cba06d1defb49c191071127e8e9b5a30/bcab98812caed7dbead4dd5c36e1cf48.jpg</t>
   </si>
   <si>
     <t>Конверт Белый E65стрипBusinessPost 110х220 50шт уп 1878 штр.  4607025730408, 4607025730644</t>
   </si>
   <si>
     <t>Конверт E65 110х220 мм выполнен из офсета 80 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в пленку по 50 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244851</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79f/79ff5212938eed2a3dbf4b62b3f1bb7f/ad8a3cbdfb1ae0bbbbb7efcf847d3758.jpg</t>
   </si>
   <si>
     <t>Конверт Белый С4 б кл 229х324 треуг.кл.115г Рос 500шт  уп штр.  4607122770789</t>
   </si>
   <si>
     <t>Конверт С4 229х324 мм выполнен из офсета 115 г/м2, не имеет клеевого нанесения на клапане, клапан треугольный.&amp;lt;br /&amp;gt;Предназначен для почтовых отправлений различной документации, писем и т.п. Удобен для пересылки документов формата A4.&amp;lt;br /&amp;gt;Упакован в короба по 500 штук.&amp;lt;br /&amp;gt;Производство - Ряжская печатная фабрика &amp;#40;Россия&amp;#41;. &amp;lt;br /&amp;gt;Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244853</t>
   </si>
   <si>
     <t>&lt;a href="/brands/rjazhsk/"&gt;Ряжск&lt;/a&gt;</t>
@@ -886,50 +877,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6c8/6c89952ab030bfb5e916610d32de7194/f6c5675813b5e5c4c22b3b9cee79915e.jpg</t>
   </si>
   <si>
     <t>Конверт Белый С4 стрип BusinessPost 229х324 250шт уп 3752 штр.  4607025730729, 8005235290976</t>
   </si>
   <si>
     <t>Конверт С4 229х324 мм выполнен из офсета 100 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п. Удобен для пересылки документов формата A4.Упакован в короба по 250 штук.Срок годности не ограничен.Подходит для лазерной печати.</t>
   </si>
   <si>
     <t>244858</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff3/ff3c7a0bc4d6fb867c9e485823a8764e/3ce34a5d7691155f7f56bfe2cc7ce90e.jpg</t>
   </si>
   <si>
     <t>Конверт Белый С4 стрип Security 229х324 100г Фин 500шт  уп штр.  4607160052083, 6420615021254</t>
   </si>
   <si>
     <t>Конверт С4 229х324 мм выполнен из офсета 100 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41; и и специальные насечки-индикаторы на клапане, позволяющие выявить попытку или факт несанкционированного вскрытия.&amp;lt;br /&amp;gt;Предназначен для почтовых отправлений различной документации, писем и т.п. Удобен для пересылки документов формата A4.&amp;lt;br /&amp;gt;Упакован в короба по 500 штук.&amp;lt;br /&amp;gt;Производство - BONG &amp;#40;Финляндия&amp;#41;.&amp;lt;br /&amp;gt;Срок годности не ограничен.&amp;lt;br /&amp;gt;Подходит для лазерной печати.</t>
   </si>
   <si>
     <t>244859</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/87e/87e4c5514b0095f90e95d1dae7f1f871/ff9517e3b1e75780e64898b95ff6819c.jpg</t>
+  </si>
+  <si>
+    <t>Конверт Белый С4стрип OfficePost229х324 250шт уп 3657 штр.  4607025732433</t>
+  </si>
+  <si>
+    <t>Конверт С4 229х324 мм выполнен из офсета 90 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п. Удобен для пересылки документов формата A4.Упакован в короба по 250 штук.Срок годности не ограничен.</t>
+  </si>
+  <si>
+    <t>244860</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1d0/1d09550ab1577861da250b0d06adb801/ef4a929ffb75e23421cc9922e59f22ee.jpg</t>
   </si>
   <si>
     <t>Конверт Белый С5 стрип OfficePost 162х229 1000шт кор 2781 штр.  4607025731900</t>
   </si>
   <si>
     <t>Конверт С5 162х229 мм выполнен из офсета 80 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в короба по 1000 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244864</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a9a/a9a430a48f17cfbc4620a363716f2165/24c8865c7de16424ffe8377baea92bf9.jpg</t>
   </si>
   <si>
     <t>Конверт Белый С5декстрин OfficePost 162х229 100шт уп 2502 штр.  4607025730958, 4607025730965</t>
   </si>
   <si>
     <t>Конверт С5 162х229 мм выполнен из офсета 80 г/м2, имеет клеевое нанесение типа декстрин &amp;#40;смачиваемый или водорастворимый клей&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в пленку по 100 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244866</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d3b/d3b866567cab8dde126186c67bfab8b9/413c23476b60575a7d2060e4d97d218c.jpg</t>
@@ -958,101 +961,125 @@
   <si>
     <t>http://anytos.ru//upload/iblock/314/314c0eaa9dfe46ee2f4521e70db66b53/68301c4609ea137876a6b4ec3fe5e4bc.jpg</t>
   </si>
   <si>
     <t>Конверт Белый С6декстрин OfficePost 114х162 100шт уп 1012 штр.  4607025730521, 4607025731016</t>
   </si>
   <si>
     <t>Конверт С6 114х162 мм выполнен из офсета 80 г/м2, имеет клеевое нанесение типа декстрин &amp;#40;смачиваемый или водорастворимый клей&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в пленку по 100 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244872</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2f/a2f2cb7af4519bc943783cd025d20c22/6dc752c44e886198a5b4e98365a50d97.jpg</t>
   </si>
   <si>
     <t>Конверт Голубой E65 стрип 110х220 90г 50шт уп.  1884 штр.  4607025735922</t>
   </si>
   <si>
     <t>Конверт E65 110х220 мм выполнен из офсета 90 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41; и почтовый подсказ &amp;quot;Куда-Кому&amp;quot;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в пленку по 50 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244876</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/60f/60fe8146711407dda7ebd4c2eb700e8c/376de72182cd6db280c9b03fef78213f.jpg</t>
+  </si>
+  <si>
+    <t>Конверт Желтый E65 стрип 110х220 90г Пинья 50шт уп 1882 штр.  4607025735946</t>
+  </si>
+  <si>
+    <t>Конверт E65 110х220 мм выполнен из офсета 90 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Тонирован в цвет без внутренней запечатки.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в пленку по 50 штук.Срок годности не ограничен.</t>
+  </si>
+  <si>
+    <t>244877</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ea7/ea7cbed660e5b5c860a77bce42b65273/7dc49087c02a6368cf9f788fd555c787.jpg</t>
   </si>
   <si>
     <t>Конверт Зеленый E65 стрип 110х220 90г 50шт уп. 1886 штр.  4607025735960</t>
   </si>
   <si>
     <t>Конверт E65 110х220 мм выполнен из офсета 90 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Тонированные в цвет без внутренней запечатки.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в пленку по 50 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244878</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/797/797a3a5be5d758d65ad10914989ec737/d220c47e1c8c894f44cb94f621eb692d.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Конверт Ряжский C4  229x324 nbsp-мм  крафт без клея  500 nbsp-штук в nbsp-упаковке </t>
   </si>
   <si>
     <t>Конверт С4 229х324 мм выполнен из крафт бумаги 90 г/м2, клеевое нанесение на клапане отсутствует, клапан треугольный.&amp;lt;br /&amp;gt;Предназначен для почтовых отправлений различной документации, писем и т.п. Удобен для пересылки документов формата A4.&amp;lt;br /&amp;gt;Упакован в короба по 500 штук.&amp;lt;br /&amp;gt;Производство - Ряжская печатная фабрика &amp;#40;Россия&amp;#41;.&amp;lt;br /&amp;gt;Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244880</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fe/6fefbe8863a3aff04236ee82906a1851/31bb3ccc79086a0e1dd6d9f5e6e05d75.jpg</t>
   </si>
   <si>
     <t>Конверт Крафт С5 декстрин 162х229 треуг.кл., 90г Рос 1000шт  уп штр.  4607122770369</t>
   </si>
   <si>
     <t>Конверт С5 162х229 мм выполнен из крафт бумаги 90 г/м2, клеевое нанесение типа декстрин &amp;#40;смачиваемый или водорастворимый клей&amp;#41;, клапан треугольный. Предназначен для почтовых отправлений различной документации, писем и т.п.&amp;nbsp;&amp;nbsp;Упакован в короба по 1000 штук. Производство - Ряжская печатная фабрика &amp;#40;Россия&amp;#41;. Ни на каких принтерах печать на данных конвертах не возможна.&amp;lt;br /&amp;gt;Можно печатать только на производстве на флекс-машине. Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244881</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2b6/2b6b0acc66ebf0070dd78a99b6708d43/de65929d87f113415cdad854205bdd3b.jpg</t>
+  </si>
+  <si>
+    <t>Конверт Куда-Кому E65 стрип ForPost 110х220 1000шт кор 1804 штр.  4607025732570</t>
+  </si>
+  <si>
+    <t>Конверт E65 110х220 мм выполнен из офсета 80 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41; и почтовый подсказ &amp;quot;Куда-Кому&amp;quot;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в короба по 1000 штук.Срок годности не ограничен.</t>
+  </si>
+  <si>
+    <t>244882</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/forpost/"&gt;ForPost&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/885/8852eb41b417e0a3d738aa30551db4eb/c8748c4cfabe0c24af1258e34c09c04e.jpg</t>
   </si>
   <si>
     <t>Конверт Куда-Кому E65стрип ForPost 110х220 100шт уп 1805 штр.  4607025732082, 4607025732099</t>
   </si>
   <si>
     <t>Конверт E65 110х220 мм выполнен из офсета 80 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41; и почтовый подсказ &amp;quot;Куда-Кому&amp;quot;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в пленку по 100 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244883</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/forpost/"&gt;ForPost&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ef9/ef97541bb592cb30c422d1775c0d1d02/c8bda315d9be525c8f4af741772ca462.jpg</t>
   </si>
   <si>
     <t>Конверт Куда-Кому E65стрип ForPost 110х220 50шт уп 1806 штр.  4607025730446, 4607025730637</t>
   </si>
   <si>
     <t>Конверт E65 110х220 мм выполнен из офсета 80 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41; и почтовый подсказ &amp;quot;Куда-Кому&amp;quot;.Предназначен для почтовых отправлений различной документации, писем и т.п.Упакован в пленку по 50 штук.Cрок годности не ограничен.</t>
   </si>
   <si>
     <t>244884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d79/d7972cd1ac001dda8477bbc69775b91f/a97aacd624d766b3a687f07a3c840882.jpg</t>
   </si>
   <si>
     <t>Конверт Куда-Кому С4 стрип ForPost 229х324 250шт уп 3680 штр.  4601025712471, 4607025732471</t>
   </si>
   <si>
     <t>Конверт С4 229х324 мм с почтовым подсказом &amp;quot;Куда-Кому&amp;quot; выполнен из офсета 90 г/м2, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;.Предназначен для почтовых отправлений различной документации, писем и т.п. Удобен для пересылки документов формата A4.Упакован в короба по 250 штук.Срок годности не ограничен.</t>
   </si>
   <si>
     <t>244886</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/150/150ae19899c243551e0faf7949179508/6a3fabd7371e078dfd121f690e5465d1.jpg</t>
@@ -1195,74 +1222,89 @@
   <si>
     <t>Пакет Белый 200х275 стрип с п э в под 100г Фин 10шт уп 10уп кор. штр.  4026283013298, 4607160052137, 5900950813048, 6420615025030</t>
   </si>
   <si>
     <t>Пакет почтовый с воздушной подушкой Bong имеет размер 200-275 мм. Наружный слой выполнен из белой бумаги плотностью 100 г/кв.м. Внутренний слой - пленка с воздушными камерами. Для удобства заклеивания на клапане предусмотрена полоса клея под легко удаляемой силиконовой лентой. Для облегчения вскрытия клапан снабжен специальной отрывной полосой. Также на пакете предусмотрены отверстия для прошнуровки и опечатывания почтового отправления. Подходит для отправки компакт-дисков, видеокассет, электронных компонентов, сувениров и прочих предметов, требующих защиты от механических повреждений. Обеспечивая защиту от ударов и влаги, пакеты имеют презентабельный внешний вид и пригодны для печати, наклеивания стикеров, надписей ручкой, фломастером, маркером. Упакованы в пленку по 10 штук. Относятся к серии профессиональных почтовых продуктов ProPac. Производство - Финляндия. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244906</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec5/ec5cf755259db2679a83800501b3ed73/edbfea698551aacfd3ab1b20ff1d1049.jpg</t>
   </si>
   <si>
     <t>Пакет Белый B4стрип Businesspack250х353 120г 200шт уп 5021 штр.  4607025736080</t>
   </si>
   <si>
     <t>Пакет почтовый Businesspack формата B4, размер - 250-353 мм. Выполнен из офсета плотностью 120 г/кв.м, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Предназначен для почтовых отправлений различной документации, календарей и т.п. В упаковке 200 почтовых пакетов. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244908</t>
   </si>
   <si>
     <t>&lt;a href="/brands/businesspack/"&gt;Businesspack&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/99b/99b86ce423a0b14623cf345ccd925d59/75318b1bd96f9db448a68dd03e4b3758.jpg</t>
+  </si>
+  <si>
+    <t>Пакет Белый B4стрип Businesspack250х353 120г 50шт уп 5023 штр.  4607025736097, 4607025736103</t>
+  </si>
+  <si>
+    <t>Пакет почтовый Businesspack формата B4, размер - 250-353 мм. Выполнен из офсета плотностью 120 г/кв.м, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Предназначен для почтовых отправлений различной документации, календарей и т.п. В упаковке 50 почтовых пакетов. Срок годности неограничен.</t>
+  </si>
+  <si>
+    <t>244909</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/432/43292a416f61da5a61d403488cdecfe2/bb65d50521909f55706d4600309025c7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет Белый С4 стрип Businesspack 229х324 120г 50шт уп 4855 штр.  4607025733294, 4607025733300</t>
+  </si>
+  <si>
+    <t>Пакет почтовый Businesspack формата С4 &amp;#40;229-324 мм&amp;#41; выполнен из офсета плотностью 120 г/кв.м. Имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Предназначен для почтовых отправлений различной документации, календарей и т.п. В упаковке 50 почтовых пакетов. Срок годности неограничен.</t>
+  </si>
+  <si>
+    <t>244913</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b94/b94fb2eddd0ed71850cae291dc876a52/0a66097981a581608739f254ce3e2e3e.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый Businesspack С4 из офсетной бумаги стрип 229х324 мм  120 г кв.м, 200 штук в упаковке  штр. 4607025731627</t>
   </si>
   <si>
     <t>Пакет почтовый Businesspack С4 из офсетной бумаги стрип 229х324 мм &amp;#40;120 г/кв.м, 200 штук в упаковке&amp;#41;. Пакет почтовый Businesspack формата С4 &amp;#40;229-324 мм&amp;#41; выполнен из офсета плотностью 120 г/кв.м. Имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Предназначен для почтовых отправлений различной документации, календарей и т.п. В упаковке 200 почтовых пакетов. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244915</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc1/cc1636671b488be233b80b4bb2b9caa1/d69919fda558da8f67b4de9bb479ec4e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5f3/5f3824413cba28719d786bf6cb8b5a8e/c5686b1d2928036170081d134be30e42.jpg</t>
   </si>
   <si>
     <t>Пакет Для сопр.док из прозр. п э 240x160 15 стрип DocuFIX 250шт уп штр.  4607160052250, 5900950819002</t>
   </si>
   <si>
     <t>Пакет почтовый DocuFix для сопроводительных документов изготовлен из прозрачного полиэтилена, оснащен отрывной силиконовой лентой. Имеет размер 240-160 мм, клапан 15 мм. Служит в качестве кармана для наклеивания на коробки, упаковки и т.п. Поставляется по 250 штук.</t>
   </si>
   <si>
     <t>244918</t>
   </si>
   <si>
     <t>&lt;a href="/brands/docufix/"&gt;DocuFIX&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13d/13d8abc6ff61ec126d4a2f01dafba57a/d5b7752c3e2286b2fddce90b61c29474.jpg</t>
   </si>
   <si>
     <t>Пакет Для сопр.док. из прозр.п э ZIP-Lock С4, 235х320, 250шт уп штр.  4620004208934</t>
   </si>
   <si>
     <t>Пакет почтовый Suominen формата С4 для упаковки сопроводительных документов изготовлен из прозрачного полиэтилена. Снабжен клейким слоем Hot-Melt, благодаря чему прочно закрепляется на любой поверхности. Каждый конверт имеет многоразовую застежку. Надежно защищает документы от различных атмосферных воздействий. Упакован в короба по 250 штук.</t>
@@ -1306,86 +1348,62 @@
   <si>
     <t>Пакет Крафт B4стрип Extrapack250х353х40 120г 25шт уп 6569 штр.  4601025734770, 4607025734710</t>
   </si>
   <si>
     <t>Пакет почтовый Extrapack формата B4, размер - 250-353 мм. Выполнен из крафт-бумаги плотностью 120 г/кв.м. Имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Боковое и донное расширение - 40 мм. Предназначен для почтовых отправлений различной многостраничной документации и объемных вложений. В упаковке 25 почтовых пакетов. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244922</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0c7/0c7fb1231842fc17437005badc416fa4/46c14874b53c664a01718d252f01c49e.jpg</t>
   </si>
   <si>
     <t>Пакет Крафт B4стрип Largepack250х353х40 120г 200шт уп 6306 штр.  4607025736950</t>
   </si>
   <si>
     <t>Пакет почтовый Largepack формата В4 &amp;#40;250-353 мм&amp;#41; изготовлен из прочной крафт-бумаги плотностью 120 г/кв.м. Предназначен для отправки почтой объемных вложений, многостраничных документов, архивных папок, журналов, каталогов. Оснащен клеевой полосой с отрывной силиконовой лентой &amp;#40;стрип&amp;#41;. Боковое расширение - 40 мм. В упаковке 200 почтовых пакетов.</t>
   </si>
   <si>
     <t>244923</t>
   </si>
   <si>
     <t>&lt;a href="/brands/largepack/"&gt;Largepack&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a89/a898cb52afa45d5ddb5c92909b30e146/607a356ae9d57fbdaa74cac2ad31f6f9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/887/887882c4753d557f0edb69c4049155d1/775429752b78c1f6e1387c96eff5aa06.jpg</t>
   </si>
   <si>
     <t>Пакет Крафт E4 стрип Multipack 300х400 100г 50шт уп 5863 штр.  4607025732228, 4607025732501, 4607025734673</t>
   </si>
   <si>
     <t>Пакет почтовый Multipack формата E4 &amp;#40;размер 300-400 мм&amp;#41; выполнен из крафт-бумаги плотностью 100 г/кв.м, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Предназначен для почтовых отправлений различной документации, писем и т.п. Упакован в пленку по 50 штук. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244925</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/608/608a9ba0691ddc43f4bc2843ddf1f9b1/151f0f8dad74eed2285c7bec213d5242.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a98/a989bf36bba5f39d0b88fa1abcabd464/50e486da390652d38610a8b19ed09834.jpg</t>
   </si>
   <si>
     <t>Пакет Крафт E4стрип Extrapack 300х400х40 120г 250шт уп 6586 штр.  8005235382527</t>
   </si>
   <si>
     <t>Пакет почтовый Extrapack формата E4 &amp;#40;размер 300-400-40 мм&amp;#41; выполнен из крафт-бумаги плотностью 120 г/кв.м, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Боковое и донное расширение - 40 мм. Предназначен для почтовых отправлений различной многостраничной документации &amp;#40;архивных документов, бухгалтерских отчетов, журналов, каталогов&amp;#41; и любых объемных вложений. Упакован в короба по 250 штук. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/142/142b3aa65fcefb13dd57ce10c064cc27/cf6172f484e7234dae64bd62d2eddfa3.jpg</t>
   </si>
   <si>
     <t>Пакет Крафт E4стрип Extrapack300х400х40 120г 25шт уп 6589 штр.  4607025734734, 4607087734734</t>
   </si>
   <si>
     <t>Пакет почтовый Extrapack формата E4 &amp;#40;размер 300-400-40 мм&amp;#41; выполнен из крафт-бумаги плотностью 120 г/кв.м, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Боковое и донное расширение - 40 мм. Предназначен для почтовых отправлений различной многостраничной документации &amp;#40;архивные документы, бухгалтерские отчеты, журналы, каталоги&amp;#41; и любых объемных вложений. Упакован в пленку по 25 штук. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244928</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79c/79c85359bff594723a0bd4f9a0d2f623/7cdd1f7df956ae7d232bb7df79f75ba1.jpg</t>
@@ -1402,77 +1420,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/494/494b653c3730d6a5f2a8e61bc6b0c43c/99bcd87eed1fb5c666ecd41971a99e77.jpg</t>
   </si>
   <si>
     <t>Пакет Крафт В4 стрип Gusset 250х353х40 130г 200шт уп штр.  4040134010427, 4607160051796</t>
   </si>
   <si>
     <t>Пакет почтовый Gusset формата B4, размер - 250-353 мм. Выполнен из крафт-бумаги плотностью 130 г/кв.м, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Боковое расширение - 40 мм. Предназначен для почтовых отправлений различной многостраничной документации и объемных вложений. Относится к серии профессиональных почтовых продуктов ProPac. В упаковке 200 почтовых пакетов. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/921/92180d706f06c51bde4ddd0ecccdef56/f04bdf73070c177ace0a27ec13692cb5.jpg</t>
   </si>
   <si>
     <t>Пакет Крафт В4 стрип Multipack250х353 100г 200шт уп 5781 штр.  4607025736271</t>
   </si>
   <si>
     <t>Пакет почтовый Multipack формата В4, размер - 250-353 мм. Выполнен из крафт-бумаги плотностью 100 г/кв.м, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Предназначен для почтовых отправлений различной документации, писем и т.п. В упаковке 200 почтовых пакетов. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244931</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/32e/32ede55b2418a847a0d6e8baef556336/b371f38ab39836190322a7a51205d442.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/937/9373205413130443ef829f69a5f17d82/da772b88eb004cd8d7c38b2540681479.jpg</t>
   </si>
   <si>
     <t>Пакет Крафт Е4 стрип Gusset 280х400х40 140г 100шт уп штр.  4040134010502, 4607160052045</t>
   </si>
   <si>
     <t>Пакет почтовый Gusset размером 280-400-40 мм выполнен из крафт-бумаги плотностью 140 г/кв.м, имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Боковое расширение - 40 мм.&amp;lt;br&amp;gt;Предназначен для почтовых отправлений различной многостраничной документации &amp;#40;архивных документов, бухгалтерских отчетов, журналов&amp;#41; и любых объемных вложений. Упакован в короба по 100 штук. Пакет относится к серии профессиональных почтовых продуктов ProPac. Производство - Германия. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244933</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/180/1802766447a1c26faddeca785e6e13f2/35f109c52af3dbc4072db5c837c2bb4c.jpg</t>
+  </si>
+  <si>
+    <t>Пакет Крафт С4 декстрин 229х324 80г Рос 200шт уп 68 штр.  4607122915968</t>
+  </si>
+  <si>
+    <t>Пакет почтовый формата C4 &amp;#40;229-324 мм&amp;#41; выполнен из крафт-бумаги плотностью 80 г/кв.м. Имеет клеевое нанесение типа декстрин &amp;#40;смачиваемый или водорастворимый клей&amp;#41;. Предназначен для почтовых отправлений различной документации, писем и т.п. Без расширения. В упаковке 200 почтовых пакетов. Срок годности неограничен.</t>
+  </si>
+  <si>
+    <t>244934</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/371/371fb9bffb43fa824bc864faf3439aee/c84c49b78777ae8155ddf87fe6244eb9.jpg</t>
   </si>
   <si>
     <t>Пакет Крафт С4 стрип Gusset 229х324х40 130г 200шт уп штр.  4040134010755, 4607160051789</t>
   </si>
   <si>
     <t>Пакет почтовый Gusset формата С4 &amp;#40;229-324 мм&amp;#41; выполнен из крафт-бумаги плотностью 130 г/кв.м. Имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Боковое и донное расширение - 40 мм. Предназначен для почтовых отправлений различной многостраничной документации и объемных вложений. Относится к серии профессиональных почтовых продуктов ProPac. В упаковке 200 почтовых пакетов. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244935</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18c/18c5926cdb29c9b69ab7dae8452c7a9a/edf4fb4d4dade772758af5a34002247d.jpg</t>
   </si>
   <si>
     <t>Пакет Крафт С4 стрип Multipack229х324 100г 200шт уп 5701 штр.  4607025736325</t>
   </si>
   <si>
     <t>Пакет почтовый Multipack формата С4 &amp;#40;229-324 мм&amp;#41; выполнен из крафт-бумаги плотностью 100 г/кв.м. Имеет клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. Предназначен для почтовых отправлений различной документации, писем и т.п. В упаковке 200 почтовых пакетов. Срок годности неограничен.</t>
   </si>
   <si>
     <t>244936</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3dc/3dca39148eaa7bc2f448aec02640c069/aef98627a46e9e73dc52d919ee9826f2.jpg</t>
@@ -1675,1145 +1690,1037 @@
   <si>
     <t>http://anytos.ru//upload/iblock/052/052cbebb54b4ff3c0aa16134d0145ee5.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый B4 250 353 40 коричневый крафт, отр. лента, 130г м2: 391157 штр.: 4680004012665</t>
   </si>
   <si>
     <t>Пакет почтовый, формат C4, размер 250х3535мм, боковое и донное расширение 40мм., коричневый крафт, отрывная лента, 130г/м2</t>
   </si>
   <si>
     <t>337099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5f/b5f9ac94f510b336d583a244f3956253.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый C4 229 324 полиэтилен, отр. лента, 70мкм: 11003.10 штр.:</t>
   </si>
   <si>
     <t>Пакет почтовый, формат С4 , размер 229х324мм., трёхслойный&amp;nbsp;&amp;nbsp;полиэтилен, отрывная лента.</t>
   </si>
   <si>
     <t>337100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61a/61a91f4ad5cb3a21a3dc6c6366a7bca8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e0e/e0e77b23c1933d1e656a8d41d6b69fb7.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый C5 162 229 полиэтилен, отр. лента, 70мкм: 11002.10 штр.: SN7051398</t>
   </si>
   <si>
     <t>Пакет почтовый, формат С5 , размер 162х229 мм., трёхслойный&amp;nbsp;&amp;nbsp;полиэтилен, отрывная лента.</t>
   </si>
   <si>
     <t>337102</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0c7/0c7bfc536faa0e062d4d4ffb5e462647.jpg</t>
-[...8 lines deleted...]
-    <t>337103</t>
+    <t>http://anytos.ru//upload/iblock/80d/80da06feb1aefe39638266a99bd066d7.jpg</t>
+  </si>
+  <si>
+    <t>Пакет почтовый В3 360 500 полиэтилен, отр. лента, 70мкм: 11007.10 штр.:</t>
+  </si>
+  <si>
+    <t>Пакет почтовый размер 360х500 мм., трёхслойный&amp;nbsp;&amp;nbsp;полиэтилен, отрывная лента.</t>
+  </si>
+  <si>
+    <t>337104</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/80d/80da06feb1aefe39638266a99bd066d7.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/458/45849ad8a043840cc52d4a83774d722b.jpg</t>
   </si>
   <si>
     <t>Конверт C4 229 324 б подсказа, б окна, отр. лента, внутр. запечатка: 70501 штр.:</t>
   </si>
   <si>
     <t>337373</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/62a/62aa9e68aaa6764708fbe148811b6cfd.jpg</t>
+  </si>
+  <si>
+    <t>Конверт C5 162 229 б подсказа, с прав. окном, отр. лента, внутр. запечатка: 70404 штр.:</t>
+  </si>
+  <si>
+    <t>Почтовый конверт формата C5 с правым окном размером 45*90 мм. Клапан конверта крепится с помощью отрывной силиконовой ленты</t>
+  </si>
+  <si>
+    <t>337374</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/375/37538168dc0a33810fdd1b61158a4275.jpg</t>
   </si>
   <si>
     <t>Конверт E65 110 220 б подсказа, с прав. окном, отр. лента 4607122770598</t>
   </si>
   <si>
     <t>Конверт евроформата размером 110х220мм без подсказа, с окном, расположенным справа. Предназначен для вложения листов формата А4, сложенных вчетверо или А5, сложенных вдвое. Клапан конверта крепится с помощью отрывной силиконовой ленты</t>
   </si>
   <si>
     <t>338908</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1fd/1fd7ae4fd7f80e2612b70abfb248109a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b7c/b7c9f77b8c6d52472cab3e37a0e610aa.jpg</t>
   </si>
   <si>
     <t>Конверт E65, KurtStrip, 110 220мм, б подсказа, б окна, отр. лента, внутр. запечатка 70201</t>
   </si>
   <si>
     <t>Конверт E65, 110*220 мм, отрывная силиконовая лента, внутренняя запечатка, 80 г/м2</t>
   </si>
   <si>
     <t>349626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/671/671c841284c2666c1f4c019057413792.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый B4, KurtStrip, 250 353 40мм, коричневый крафт, отр. лента, 130г м2 391157.25</t>
   </si>
   <si>
     <t>Пакет почтовый B4 с расширением, 250*353*40мм, коричневый крафт, отрывная силиконовая лента, 130 г/м2, упаковка 25 шт.</t>
   </si>
   <si>
     <t>350198</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce7/ce73d40be73caafbf4627f7ff8246595.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый C4, UltraPac, 229 324мм, коричневый крафт, отр. лента, 90г м2 161150</t>
   </si>
   <si>
     <t>Пакет C4, 229*324мм, коричневый крафт, отрывная силиконовая&amp;nbsp;&amp;nbsp;лента, 90 г/м2</t>
   </si>
   <si>
     <t>350199</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/580/58031ae9ee131b074f056df805f2852c.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/532/53274c5120d8e26ca3dc79330392f527.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый, UltraPac, 320 355мм, полиэтилен, отр. лента, 70мкм 11006.10</t>
   </si>
   <si>
     <t>Пакет почтовый полиэтиленовый, UltraPac, 320*355 мм, подсказ КУДА-КОМУ, отрывная лента, 70 мкм, упаковка 10 шт.</t>
   </si>
   <si>
     <t>350201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/620/62036eec5bcb6cdaf2be143f791ed105.jpg</t>
   </si>
   <si>
     <t>Конверт C4 Security, KurtStrip, 229 324мм, б подсказа, б окна, отр. лента, защ. просечки, pin запеч. 120180</t>
   </si>
   <si>
     <t>Конверт C4 Security, 229*324мм, отрывная силиконовая лента, защитные просечки от вскрытия, черная pin запечатка, 100 г/м2</t>
   </si>
   <si>
     <t>350407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ca/4caa1cb6ca670f7b9255e9e55ef5d2dd.jpg</t>
   </si>
   <si>
     <t>Конверт C4, KurtStrip, 229 324мм, б подсказа, б окна, кл.край 120.50</t>
   </si>
   <si>
     <t>Конверт C4, KurtStrip, 229*324мм, внутренняя запечатка, клей декстрин, 80г/м2 упаковка 50 шт.</t>
   </si>
   <si>
     <t>350408</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a9c/a9c0700a40595528ebb72c6f7105ea71.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eb8/eb824b4034b80b661859e2b84a8774de.jpg</t>
   </si>
   <si>
     <t>Конверт C4, KurtStrip, 229 324мм, с подсказом, б окна, кл.край 162.50</t>
   </si>
   <si>
     <t>Конверт C4, 229*324 мм, подсказ КУДА-КОМУ, клей декстрин, внутренняя запечатка, 90 г/м2., упаковка 50 шт</t>
   </si>
   <si>
     <t>350410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97f/97f37890eb93cba2a098b0e4ca476e34.jpg</t>
   </si>
   <si>
     <t>Конверт C5, KurtStrip, 162 229мм б подсказа, б окна, отр. лента, внутр. запечатка 70401</t>
   </si>
   <si>
     <t>Конверт C5, 162*229 мм, отрывная силиконовая лента, внутренняя запечатка, 80 г/м2</t>
   </si>
   <si>
     <t>350411</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/134/134fba8e8c4fe429f7a8e16e39671317.jpg</t>
-[...8 lines deleted...]
-    <t>350412</t>
+    <t>http://anytos.ru//upload/iblock/c71/c71da93c087e053eac1e8edc69fde2b8.jpg</t>
+  </si>
+  <si>
+    <t>Конверт C5, KurtStrip, 162 229мм, с подсказом, б окна, кл.край 251.100</t>
+  </si>
+  <si>
+    <t>Конверт C5, 162*229 мм, подсказ КУДА-КОМУ, клей декстрин, внутренняя запечатка, 80 г/м2, упаковка 100 шт.</t>
+  </si>
+  <si>
+    <t>350413</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/193/193a38d56bcd8dd6d8aed39f8dd69a72.jpg</t>
+  </si>
+  <si>
+    <t>Конверт C5, KurtStrip, 162 229мм, с подсказом, б окна, отр. лента, внутр. запечатка С50.15.50</t>
+  </si>
+  <si>
+    <t>Конверт C5, 162*229 мм, подсказ КУДА-КОМУ отрывная силиконовая лента, внутренняя запечатка, 80 г/м2, упаковка 50 шт.</t>
+  </si>
+  <si>
+    <t>350415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ce/4ce15ef98adbb82e3ad28ceb84e5b23f.jpg</t>
+  </si>
+  <si>
+    <t>Конверт E65, KurtStrip, 110 220мм, б подсказа, б окна, отр. лента, внутр. запечатка Е65.10.25</t>
+  </si>
+  <si>
+    <t>Конверт E65,&amp;nbsp;&amp;nbsp;110*220 мм, отрывная силиконовая лента, внутренняя запечатка, 80 г/м2, упаковка 25 шт</t>
+  </si>
+  <si>
+    <t>350416</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/34b/34b542e310dee09b76ee0698fd2c7b8a.jpg</t>
+  </si>
+  <si>
+    <t>Конверт E65, KurtStrip, 110 220мм, б подсказа, б окна, отр. лента, внутр. запечатка Е65.10.100</t>
+  </si>
+  <si>
+    <t>Конверт E65,&amp;nbsp;&amp;nbsp;110*220 мм, отрывная силиконовая лента, внутренняя запечатка, 80 г/м2 упаковка 100 шт</t>
+  </si>
+  <si>
+    <t>350417</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/183/1836765f5569399b384bb72696cf8be4.jpg</t>
+  </si>
+  <si>
+    <t>Конверт E65, KurtStrip, 110 220мм, б подсказа, с прав.окном, отр. лента, внутр. запечатка 70203</t>
+  </si>
+  <si>
+    <t>Конверт Е65,&amp;nbsp;&amp;nbsp;110*220 мм, отрывная силиконовая лента, окно 45х90 справа внизу, внутренняя запечатка, 80 г/м2</t>
+  </si>
+  <si>
+    <t>350418</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33e/33e58c37c675c66a84937b557bba33cc.jpg</t>
+  </si>
+  <si>
+    <t>Конверт E65, KurtStrip, 110 220мм, с подсказом, б окна, отр. лента, внутр. запечатка Е65.15.25</t>
+  </si>
+  <si>
+    <t>Конверт E65,&amp;nbsp;&amp;nbsp;110*220 мм, подсказ КУДА-КОМУ отрывная силиконовая лента, внутренняя запечатка, 80 г/м2, упаковка 25 шт.</t>
+  </si>
+  <si>
+    <t>350420</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ec/7ecbabed8f4d6458cfb0211f4a5730b3.jpg</t>
+  </si>
+  <si>
+    <t>Конверт E65, KurtStrip, 110 220мм, с подсказом, б окна, отр. лента, внутр. запечатка 70202</t>
+  </si>
+  <si>
+    <t>Конверт E65,&amp;nbsp;&amp;nbsp;110*220 мм, подсказ КУДА-КОМУ отрывная силиконовая лента, внутренняя запечатка, 80 г/м2</t>
+  </si>
+  <si>
+    <t>350421</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/97b/97bf5654a8867129f61f87d3dd7d019a.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С6, KurtStrip, 114 162мм, б подсказа, б окна, отр. лента, внутр. запечатка 70103</t>
+  </si>
+  <si>
+    <t>Конверт С6, 114*162мм,&amp;nbsp;&amp;nbsp;отрывная силиконовая лента, внутренняя запечатка</t>
+  </si>
+  <si>
+    <t>350423</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/245/2450a02a769488f01bf600705dd7e0f3.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С65, KurtStrip, 114 229мм, б подсказа, б окна, отр. лента, радуга  5цв. 2шт.  225А.10</t>
+  </si>
+  <si>
+    <t>Конверт С65, KurtStrip, 114*229мм, отрывная силиконовая лента, радуга &amp;#40;5 цветов по 2шт. - зеленый, красный, желтый, оранжевый, голубой&amp;#41;, 120 г/м2</t>
+  </si>
+  <si>
+    <t>350424</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/404/404c915bab92e95a4360cbf08a533a47.jpg</t>
+  </si>
+  <si>
+    <t>Конверт бумажный 125 125мм для CD, KurtStrip, с окном, декстрин 201070.100</t>
+  </si>
+  <si>
+    <t>Бумажный конверт с прозрачным окном для хранения оптических дисков диаметром 12 см</t>
+  </si>
+  <si>
+    <t>350791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/899/8991d151a968c3c03b844d8f25bdfffd.jpg</t>
+  </si>
+  <si>
+    <t>Конверт C4, KurtStrip, 229 324мм, б подсказа, б окна, отр. лента, внутр. запечатка 1657</t>
+  </si>
+  <si>
+    <t>Конверт C4, 229*324мм, отрывная силиконовая лента, внутренняя запечатка, 100 г/м2</t>
+  </si>
+  <si>
+    <t>351002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c96/n516gflu6fbilraao4xnr0qso4aeqahl.jpg</t>
+  </si>
+  <si>
+    <t>Конверт почт. оф. Е65 110x220 стрип куда-кому 80 г м2 белый плоск.евробумага 100  белизна  100 шт упак. EPE65S00TX 100</t>
+  </si>
+  <si>
+    <t>Конверты выполнены из офсета 80-90 г/м2, из бумаги UPM &amp;#40;Финляндия&amp;#41;, имеют клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. При изготовлении используются лучшие сорта бумаги, клеев и других материалов. Белизна – 100&amp;#37; CIE. Предназначены для почтовых отправлений различной документации, писем и т.п. Упакованы по 100 шт.</t>
+  </si>
+  <si>
+    <t>359330</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b44/b443bb1fb2a372b5b2102f48752115f3/9665b27fdbe01ba8a8ee4465ac67fc06.jpg</t>
+  </si>
+  <si>
+    <t>Конверты Куда-Кому Е65 стрип ECOPOST 110х220 1000шт кор</t>
+  </si>
+  <si>
+    <t>Конверты Куда-Кому Е65 стрип ECOPOST 110х220 1000шт/кор</t>
+  </si>
+  <si>
+    <t>375850</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/998/99885d53b62ddc298877f368c59a8a26/9ea7fba215e8c40d40b67c1b444250ce.jpg</t>
+  </si>
+  <si>
+    <t>Конверты Куда-Кому С4 стрип ECOPOST 229х324 90гр 250шт уп</t>
+  </si>
+  <si>
+    <t>Конверты Куда-Кому С4 стрип ECOPOST 229х324 90гр 250шт/уп</t>
+  </si>
+  <si>
+    <t>375851</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e85/e85c6f12b1de2a70e626cd9903d6e3e5/e5ff01bb69352a4d747e1390c4f6a5d2.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С4 BUSINESSPOST стрип прав.ниж окно  55x110 100г м2 250шт уп</t>
+  </si>
+  <si>
+    <t>Конверты С4 BUSINESSPOST стрип прав.ниж окно &amp;#40;55x110&amp;#41;100г/м2 250шт/уп</t>
+  </si>
+  <si>
+    <t>375852</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/441/441babe346deec43df42a0e2d9bb92e8/d1a0f2f4fa6ca9c57edb76f642d391c5.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С4 ECOPOST стрип прав.ниж окно  55x110  90г м2 250шт уп</t>
+  </si>
+  <si>
+    <t>Конверты С4 ECOPOST стрип прав.ниж окно &amp;#40;55x110&amp;#41; 90г/м2 250шт/уп</t>
+  </si>
+  <si>
+    <t>375853</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b09/b099aef1ce0958c220ef785b1fc1fda7/7b0f923c034c7879d142718680cccdfc.jpg</t>
+  </si>
+  <si>
+    <t>Конверты Куда-Кому С5стрип ECOPOST 162х229 1000шт уп.</t>
+  </si>
+  <si>
+    <t>Конверты Куда-Кому С5стрип ECOPOST 162х229 1000шт/уп.</t>
+  </si>
+  <si>
+    <t>375854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c1/9c17edfda4da82925ce5068b83f590f9/2cfbc03b088aa0960684b1e43e3b5d89.jpg</t>
+  </si>
+  <si>
+    <t>Пакет Для сопр.док из прозр. п э 325х235 25мм стрип DocuFIX 500шт уп</t>
+  </si>
+  <si>
+    <t>Пакет Для сопр.док из прозр. п/э 325х235&amp;#43;25мм стрип DocuFIX 500шт/уп</t>
+  </si>
+  <si>
+    <t>375855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/442/kqx50uw8l4maywi7rwprhefrjpexihnq.jpg</t>
+  </si>
+  <si>
+    <t>Конверт E65, комплект 1000 шт., отрывная полоса STRIP, внутренняя запечатка, 110х220 мм, Е65.01С</t>
+  </si>
+  <si>
+    <t>Конверт почтовый предназначен для рассылки писем, открыток и т.п.</t>
+  </si>
+  <si>
+    <t>391047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/adc/dc2p2od33g4m4ps1j1wduth3qirkc2v2.jpg</t>
+  </si>
+  <si>
+    <t>Конверт E65, комплект 1000 шт., отрывная полоса STRIP, правое окно, внутренняя запечатка, 110х220 мм, Е65.03СО</t>
+  </si>
+  <si>
+    <t>Конверт почтовый предназначен для рассылки писем, открыток и т.п. Окно имеет размер 45 мм х 90 мм.</t>
+  </si>
+  <si>
+    <t>391048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f1/q8mdzesl17tytjkwd7w99c2oagz3180l.jpg</t>
+  </si>
+  <si>
+    <t>Конверт Е65, КОМПЛЕКТ 50 штук, клей декстрин,  quot;Куда-Кому quot;, 110х220 мм, 207.50</t>
+  </si>
+  <si>
+    <t>Почтовый конверт стандартных форматов, предназначенный для рассылки писем, открыток и т.п.</t>
+  </si>
+  <si>
+    <t>391051</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aab/tb51k127556xytp3kiju2iq0x6whqetj.jpg</t>
+  </si>
+  <si>
+    <t>Конверт Е65, КОМПЛЕКТ 50 штук, клей декстрин, белый, 110х220 мм, 206.50</t>
+  </si>
+  <si>
+    <t>Конверт почтовый &amp;quot;Евро&amp;quot; белый, без печати.</t>
+  </si>
+  <si>
+    <t>391052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52a/bu9nudu7duw1ijbhx4uwr6w2mr3xn65u.jpg</t>
+  </si>
+  <si>
+    <t>Конверт Е65, КОМПЛЕКТ 50 штук, отрывная полоса STRIP, белый,  quot;Security quot;, внутренняя запечатка, 110х220 мм, 121182.50</t>
+  </si>
+  <si>
+    <t>Почтовые конверты стандартных форматов предназначены для рассылки корреспонденции, писем, открыток и т.п. Специальные насечки на клапане конверта позволяют выявить попытку или факт несанкционированного вскрытия.</t>
+  </si>
+  <si>
+    <t>391054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56f/svtigaaazqabi37atdf568b5rc62qntu.jpg</t>
+  </si>
+  <si>
+    <t>Конверт Е65, КОМПЛЕКТ 50 штук, отрывная полоса STRIP, белый, 110х220 мм, Е65.10.50С</t>
+  </si>
+  <si>
+    <t>Конверт почтовый &amp;quot;Евро&amp;quot; предназначен для рассылки писем, открыток и т.п.</t>
+  </si>
+  <si>
+    <t>391055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/789/ufm1jjwyobld1p4qezoqnveo0j9bra3k.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С4, комплект 250 шт., отрывная полоса STRIP,  quot;Куда-Кому quot;, внутренняя запечатка, 229х324 мм, С4.02СКК.250</t>
+  </si>
+  <si>
+    <t>Почтовые конверты больших форматов предназначены для рассылки документов, журналов и другой корреспонденции формата А4 без сложения.</t>
+  </si>
+  <si>
+    <t>391057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/022/phpx41t452hjc5qyassshw758d848v0z.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С4, комплект 250 шт., отрывная полоса STRIP, внутренняя запечатка, 229х324 мм, С4.01С.250</t>
+  </si>
+  <si>
+    <t>391058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90f/l2sl8drgcu28esoam76v5qgmz8utnpr0.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С4, комплект 50 шт., отрывная полоса STRIP,  quot;Security quot;, внутренняя запечатка, 229х324 мм, 120180.50</t>
+  </si>
+  <si>
+    <t>391059</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/faf/niyu4hdw7jw9gnta39k500gnzv9ze88s.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С5, комплект 50 шт., отрывная полоса STRIP,  quot;Security quot;, внутренняя запечатка, 162х229 мм, 121180.50</t>
+  </si>
+  <si>
+    <t>Конверт почтовый формата С5 предназначен для рассылки писем, открыток, документов формата А5 или А4 в сложенном виде.</t>
+  </si>
+  <si>
+    <t>391071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffb/zi9rdvk3wazemfzjepalgfauw8jmr4or.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С5, КОМПЛЕКТ 50 штук, клей декстрин,  quot;Куда-Кому quot;, 162х229 мм, 251.50</t>
+  </si>
+  <si>
+    <t>391072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50d/e0vzmvj67t3tkw5or6u4a63476dmq3r9.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С5, КОМПЛЕКТ 50 штук, отрывная полоса STRIP,  quot;Куда-Кому quot;, 162х229 мм, 80 г м2, С50.15.50С</t>
+  </si>
+  <si>
+    <t>391073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/44f/mf46d6k417rznnuvtnr6bgyax2ku6knm.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С5, КОМПЛЕКТ 50 штук, отрывная полоса STRIP, белый, 162х229 мм, 80 г м2, С50.10.50С</t>
+  </si>
+  <si>
+    <t>391074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a15/wi3sim1dhj4ch70i569vb0p216mlhs8l.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С6, комплект 50 штук, клей декстрин, белый, 114х162 мм, 200.50</t>
+  </si>
+  <si>
+    <t>Конверт почтовый формата С6 предназначен для рассылки писем, открыток и т.п.</t>
+  </si>
+  <si>
+    <t>391075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b0/ugcb0vxbl51xvibphsfdf9ct4khz1zz7.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С65, комплект 10 шт., отрывная полоса STRIP,  quot;Радуга quot;, европодвес, 114х229 мм, 225А.10</t>
+  </si>
+  <si>
+    <t>Предназначен для почтовых отправлений различной документации, открыток, писем и прямой почтовой рассылки.</t>
+  </si>
+  <si>
+    <t>391079</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/29d/yupp832kr8tbf9i7bm8yg56r3l5fvxpf.jpg</t>
+  </si>
+  <si>
+    <t>Конверт-пакет В4 объемный, 250х353х40 мм, из крафт-бумаги, с отрывной полосой, на 300 листов, 391157</t>
+  </si>
+  <si>
+    <t>Пакет почтовый объемный предназначен для рассылки журналов, каталогов и другой объемной корреспонденции А4 формата.</t>
+  </si>
+  <si>
+    <t>391080</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d8b/q0scwpcebbzyxs5o6ejxhmdaybp8uuu6.jpg</t>
+  </si>
+  <si>
+    <t>Конверт-пакет В4 объемный, комплект 25 шт., 250х353х40 мм, отрывная полоса, крафт-бумага, коричневый, на 300 листов, 391157.25</t>
+  </si>
+  <si>
+    <t>Пакет объемный предназначен для рассылки журналов, каталогов и другой объемной корреспонденции А4 формата.</t>
+  </si>
+  <si>
+    <t>391081</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f1/gf86hv07m58v2s51yxqclx37ew8dza4r.jpg</t>
+  </si>
+  <si>
+    <t>Конверт-пакет Е4  объемный, комплект 25 шт.,300х400х40 мм, отрывная полоса, крафт-бумага, коричневый, на 300 листов, 302127.25</t>
+  </si>
+  <si>
+    <t>391085</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/657/kh830je12bh8n11jynmtz78yt1ruk08q.jpg</t>
+  </si>
+  <si>
+    <t>Конверт-пакет полиэтиленовые, DOCUFIX, комплект 250 шт., 225х165 мм, ДЛЯ СОПРОВОДИТЕЛЬНЫХ ДОКУМЕНТОВ, 1084</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся конверты из прозрачного полиэтилена плотность 70 мкм, используются для прикрепления сопроводительных документов к посылке или грузу. Конверт надежно защищает документы от влажности, пыли и грязи. Внутренний размер пакета: 225х160мм.</t>
+  </si>
+  <si>
+    <t>391087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d25/qos6xnm7rt4vf6np8ddmnu324u89t6aj.jpg</t>
+  </si>
+  <si>
+    <t>Конверт-пакет с прослойкой из пузырчатой пленки, комплект 10 шт., 240х330 мм, отрывная полоса, крафт-бумага, коричневый, G 4-G.10</t>
+  </si>
+  <si>
+    <t>Легкий и прочный конверт-пакет с пузырчатой пленкой внутри оптимален для отправки вложений, требующих защиты от механических повреждений. Обеспечивает защиту от ударов и влаги, имеет презентабельный внешний вид. Внутренний размер пакета: 230х340 мм.</t>
+  </si>
+  <si>
+    <t>391091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66d/t4mgxr2rdka01y4824xpoo35hzjhvrkw.jpg</t>
+  </si>
+  <si>
+    <t>Конверт-пакет С4 объемный, 229х324х40 мм, из крафт-бумаги, с отрывной полосой, на 250 листов, 381227</t>
+  </si>
+  <si>
+    <t>391092</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98d/evpa4ypb7at203qd6rxbgf32lsa0szqd.jpg</t>
+  </si>
+  <si>
+    <t>Конверт-пакет С4 объемный, комплект 25 шт., 229х324х40 мм, отрывная полоса, крафт-бумага, коричневый, на 250 листов, 381227.25</t>
+  </si>
+  <si>
+    <t>391093</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b7/uorkiqf7kr4xzcv3uizcd4edti1gpdkd.jpg</t>
+  </si>
+  <si>
+    <t>Конверт-пакет С4 плоский, комплект 25 шт., 229х324 мм, отрывная полоса, крафт-бумага, коричневый, на 90 листов, 161150.25</t>
+  </si>
+  <si>
+    <t>Пакет почтовый плоский предназначен для рассылки журналов, каталогов и другой корреспонденции формата А4 без сложения.</t>
+  </si>
+  <si>
+    <t>391095</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91b/nwshoig0p5y8agngd0lgd6us3b03dg1b.jpg</t>
+  </si>
+  <si>
+    <t>Конверт-пакет С5 плоский, комплект 25 шт., 162х229 мм, отрывная полоса, крафт-бумага, коричневый, на 90 листов, 357707.25</t>
+  </si>
+  <si>
+    <t>Пакет почтовый плоский формата С5 предназначен для рассылки писем, открыток, документов формата А5 или А4 в сложенном виде.</t>
+  </si>
+  <si>
+    <t>391096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ead/dzsehyx2s0myk7s1zuqv345il5rdj1pm.jpg</t>
+  </si>
+  <si>
+    <t>Конверты Е65 BRAUBERG, комплект 25 шт., отрывная полоса STRIP,  quot;Куда-Кому quot;, 110х220 мм, 122450</t>
+  </si>
+  <si>
+    <t>Почтовые конверты BRAUBERG предназначены для рассылки документов, журналов и другой корреспонденции. В конверт формата Е65 &amp;#40;DL&amp;#41; можно вложить сложенный втрое документ формата А4. На передней стороне конверта имеются адресные указатели: &amp;quot;Куда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;. Плотность бумаги 80 г/м2 позволяет компактно размещать корреспонденцию, а также скрывать ее от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа. 25 штук в комплекте. Упакованы в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>391097</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/018/oy5hqkuu92w9x1r92np1xrunpqk5ous5.jpg</t>
+  </si>
+  <si>
+    <t>Конверты Е65 BRAUBERG, комплект 25 шт., отрывная полоса STRIP, белые, 110х220 мм, 122449</t>
+  </si>
+  <si>
+    <t>Почтовые конверты BRAUBERG предназначены для рассылки документов, журналов и другой корреспонденции. В конверт формата Е65 &amp;#40;DL&amp;#41; можно вложить сложенный втрое документ формата А4. Белый конверт плотностью бумаги 80 г/м2 позволяет компактно размещать корреспонденцию, а также скрывать ее от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа. 25 штук в комплекте. Упакованы в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>391098</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ba/ce323sbhumv9z0hn8e0mfjs77yc7y6su.jpg</t>
+  </si>
+  <si>
+    <t>Конверты Е65, КОМПЛЕКТ 1000 штук, клей декстрин, белые, 110х220 мм</t>
+  </si>
+  <si>
+    <t>391099</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d8/lfs1fwu3u9qkz6hwz8j7blbo0u2f62ps.jpg</t>
+  </si>
+  <si>
+    <t>Конверты Е65, КОМПЛЕКТ 1000 штук, отрывная полоса STRIP,  quot;Куда-Кому quot;, 110х220 мм</t>
+  </si>
+  <si>
+    <t>391100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ae/s9mxe70bnfcapke0u094jl6e9zvw9u2u.jpg</t>
+  </si>
+  <si>
+    <t>Конверты Е65, КОМПЛЕКТ 1000 штук, отрывная полоса STRIP, белые, 110х220 мм</t>
+  </si>
+  <si>
+    <t>Конверт почтовый без печати, с отрывной полосой.</t>
+  </si>
+  <si>
+    <t>391101</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/039/ddasfs30c8lcmnzeod32ipop9zp2vpcx.jpg</t>
+  </si>
+  <si>
+    <t>Конверты Е65, КОМПЛЕКТ 1000 штук, отрывная полоса STRIP, белые, правое окно, 110х220 мм</t>
+  </si>
+  <si>
+    <t>391102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c6/jd5y0k7zwnmd2hhq2hthedbytq6zo5gd.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С4 BRAUBERG, комплект 25 шт., отрывная полоса STRIP,  quot;Куда-Кому quot;, 229x324 мм, 121853</t>
+  </si>
+  <si>
+    <t>Почтовые конверты BRAUBERG предназначены для рассылки документов, журналов и другой корреспонденции. В конверт формата С4 можно вложить документ формата А4. На передней стороне конверта имеются адресные указатели: &amp;quot;Куда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;. Плотность бумаги 100 г/м2 позволяет размещать тяжелую корреспонденцию, а также скроет ее от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа. 25 штук в комплекте. Упакованы в термоусадочную пленку.</t>
+  </si>
+  <si>
+    <t>391103</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3df/3gouz56fzw8a0xam66gu1m7j0l4r1ku9.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С4, КОМПЛЕКТ 500 штук, без клеевого слоя, белые, треугольный клапан, 229х324 мм</t>
+  </si>
+  <si>
+    <t>391105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d1/sq1oha1zuohh0zszqzs4c7k8teb3cb9f.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С4, КОМПЛЕКТ 500 штук, отрывная полоса STRIP,  quot;Куда-Кому quot;, 229х324 мм</t>
+  </si>
+  <si>
+    <t>Почтовый конверт предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата С4 можно вложить документ формата А4. На передней стороне конверта имеются адресные указатели: &amp;quot;Куда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;. Плотность бумаги 100 г/м2 позволяет размещать тяжелую корреспонденцию, а также скроет ее от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.Данные почтовые конверты относятся к стандартному сегменту.</t>
+  </si>
+  <si>
+    <t>391106</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19f/diqy2di74xw1a73g7w7do836rug0kq63.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С4, КОМПЛЕКТ 500 штук, отрывная полоса STRIP, белые, 229х324 мм</t>
+  </si>
+  <si>
+    <t>Конверт почтовый формата С4 предназначен для рассылки документов, журналов и другой корреспонденции формата А4 без сложения.</t>
+  </si>
+  <si>
+    <t>391107</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b35/jry8i8ho3h99hp6vgb3aknaexm56rnbb.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С5, КОМПЛЕКТ 1000 штук, отрывная полоса STRIP,  quot;Куда-Кому quot;, 162х229 мм</t>
+  </si>
+  <si>
+    <t>391108</t>
+  </si>
+  <si>
+    <t>Конверты С5, КОМПЛЕКТ 1000 штук, отрывная полоса STRIP, белые, 162х229 мм</t>
+  </si>
+  <si>
+    <t>391109</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a1e/q4lfzy1qlo7w9po1m16vbq0kyu5xnh0x.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С5, КОМПЛЕКТ 1000 штук, отрывная полоса STRIP, белые, правое окно, 162х229 мм</t>
+  </si>
+  <si>
+    <t>391110</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e3/0vge67f4nai95fqmxzh4jh5sg48i791h.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С6, КОМПЛЕКТ 1000 штук, клей декстрин, белые, 114х162 мм</t>
+  </si>
+  <si>
+    <t>391111</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/556/4il1532b5rx05bucigzmupu4b4bzisaz.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С6, КОМПЛЕКТ 1000 штук, отрывная полоса STRIP, белые, 114х162 мм</t>
+  </si>
+  <si>
+    <t>391112</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ad/l69ij0mvr04me2yay9allijfhl0oh1rt.jpg</t>
+  </si>
+  <si>
+    <t>Конверты-пакеты В4 полиэтиленовые, комплект 10 шт., 250х353 мм,  quot;Куда-кому quot;, отрывная лента, на 300 листов, 11004.10</t>
+  </si>
+  <si>
+    <t>Конверт-пакеты предназначены для упаковки всех видов почтовых отправлений. Изготовлены из 3-слойного полиэтилена. Надежно защищают вложение от влаги и механических повреждений. Нанесение информации возможно шариковой ручкой. Конверт-пакеты формата В4 способны вмещать до 300 листов.На передней стороне конверта имеются адресные указатели: &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;Куда&amp;quot;. Отрывная полоса типа STRIP обеспечивает легкое запечатывание пакета. Поставляются по 10 штук в упаковке.Инструкция по применению:1. Перед вложением чего-либо в пакет, необходимо заполнить информационные поля на его лицевой стороне.2. После того, как завершено вложение документов &amp;#40;и других объектов&amp;#41; в пакет, необходимо оторвать защитную ленту STRIP с клеевого слоя. Для обеспечения снятия защитной ленты, необходимо отогнуть его нижний, свободный от клея уголок &amp;#40;с правого или левого края&amp;#41;, захватить его пальцами и оторвать ленту от клеевого слоя, одновременно прижимая другой рукой сам пакет.3. Затем необходимо перегнуть клапан &amp;quot;на себя&amp;quot; и плавным движением обеих рук от середины к краям равномерно прижать клапан к тыльной стенке пакета. После этого еще раз разгладить клапан, прижимая его и обеспечивая прочность склеивания.4. Максимальная &amp;#40;рабочая&amp;#41; степень адгезии клеевого слоя достигается через 10-15 минут после приклеивания клапана.ВНИМАНИЕ!!!1. После снятия защитной ленты открывается клеевой слой клапана. Во избежание складок, морщин, пузырей и т.д., при перегибании и наклеивании клапана следует выровнять тыльную стенку пакета и не браться пальцам за клеевой слой. Неправильно заклеенный &amp;#40;не по всей ширине клеевого слоя, с загрязненным клеевым слоем, со значительными складками, пузырями и пр.&amp;#41; пакет непригоден к использованию по назначению.2. Повторное приклеивание клапана и использование конверт-пакета невозможно.3. Заклеивание следует выполнять при положительной температуре материала пакета &amp;#40;клеевого слоя&amp;#41;. При отрицательных температурах клапан к материалу не приклеится.</t>
+  </si>
+  <si>
+    <t>391116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f5/ahy4zcg4vm36nxh1ek9p8sfb9lc293xz.jpg</t>
+  </si>
+  <si>
+    <t>Конверты-пакеты полиэтиленовые, комплект 10 шт., 280х380 мм,  quot;Куда-кому quot;, отрывная лента, на 500 листов, 11005.10</t>
+  </si>
+  <si>
+    <t>Конверт-пакеты предназначены для упаковки всех видов почтовых отправлений. Изготовлены из 3-слойного полиэтилена. Надежно защищают вложение от влаги и механических повреждений. Нанесение информации возможно шариковой ручкой. Конверт-пакеты формата Е4 способны вмещать до 500 листов.На передней стороне конверта имеются адресные указатели: &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;Куда&amp;quot;. Отрывная полоса типа STRIP обеспечивает легкое запечатывание пакета. Поставляются по 10 штук в упаковке.Инструкция по применению:1. Перед вложением чего-либо в пакет, необходимо заполнить информационные поля на его лицевой стороне.2. После того, как завершено вложение документов &amp;#40;и других объектов&amp;#41; в пакет, необходимо оторвать защитную ленту STRIP с клеевого слоя. Для обеспечения снятия защитной ленты, необходимо отогнуть его нижний, свободный от клея уголок &amp;#40;с правого или левого края&amp;#41;, захватить его пальцами и оторвать ленту от клеевого слоя, одновременно прижимая другой рукой сам пакет.3. Затем необходимо перегнуть клапан &amp;quot;на себя&amp;quot; и плавным движением обеих рук от середины к краям равномерно прижать клапан к тыльной стенке пакета. После этого еще раз разгладить клапан, прижимая его и обеспечивая прочность склеивания.4. Максимальная &amp;#40;рабочая&amp;#41; степень адгезии клеевого слоя достигается через 10-15 минут после приклеивания клапана.ВНИМАНИЕ!!!1. После снятия защитной ленты открывается клеевой слой клапана. Во избежание складок, морщин, пузырей и т.д., при перегибании и наклеивании клапана следует выровнять тыльную стенку пакета и не браться пальцам за клеевой слой. Неправильно заклеенный &amp;#40;не по всей ширине клеевого слоя, с загрязненным клеевым слоем, со значительными складками, пузырями и пр.&amp;#41; пакет непригоден к использованию по назначению.2. Повторное приклеивание клапана и использование конверт-пакета невозможно.3. Заклеивание следует выполнять при положительной температуре материала пакета &amp;#40;клеевого слоя&amp;#41;. При отрицательных температурах клапан к материалу не приклеится.</t>
+  </si>
+  <si>
+    <t>391117</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a46/fut7hoglhgxkjadre9ut7r5x2fd8hv63.jpg</t>
+  </si>
+  <si>
+    <t>Конверты-пакеты полиэтиленовые, комплект 10 шт., 320х355 мм,  quot;Куда-кому quot;, отрывная лента, на 500 листов, 11006.10</t>
+  </si>
+  <si>
+    <t>Конверт-пакеты предназначены для упаковки всех видов почтовых отправлений. Изготовлены из 3-слойного полиэтилена. Надежно защищают вложение от влаги и механических повреждений. Нанесение информации возможно шариковой ручкой. Конверт-пакеты формата С3 способны вмещать до 500 листов.На передней стороне конверта имеются адресные указатели: &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;Куда&amp;quot;. Отрывная полоса типа STRIP обеспечивает легкое запечатывание пакета. Поставляются по 10 штук в упаковке.Инструкция по применению:1. Перед вложением чего-либо в пакет, необходимо заполнить информационные поля на его лицевой стороне.2. После того, как завершено вложение документов &amp;#40;и других объектов&amp;#41; в пакет, необходимо оторвать защитную ленту STRIP с клеевого слоя. Для обеспечения снятия защитной ленты, необходимо отогнуть его нижний, свободный от клея уголок &amp;#40;с правого или левого края&amp;#41;, захватить его пальцами и оторвать ленту от клеевого слоя, одновременно прижимая другой рукой сам пакет.3. Затем необходимо перегнуть клапан &amp;quot;на себя&amp;quot; и плавным движением обеих рук от середины к краям равномерно прижать клапан к тыльной стенке пакета. После этого еще раз разгладить клапан, прижимая его и обеспечивая прочность склеивания.4. Максимальная &amp;#40;рабочая&amp;#41; степень адгезии клеевого слоя достигается через 10-15 минут после приклеивания клапана.ВНИМАНИЕ!!!1. После снятия защитной ленты открывается клеевой слой клапана. Во избежание складок, морщин, пузырей и т.д., при перегибании и наклеивании клапана следует выровнять тыльную стенку пакета и не браться пальцам за клеевой слой. Неправильно заклеенный &amp;#40;не по всей ширине клеевого слоя, с загрязненным клеевым слоем, со значительными складками, пузырями и пр.&amp;#41; пакет непригоден к использованию по назначению.2. Повторное приклеивание клапана и использование конверт-пакета невозможно.3. Заклеивание следует выполнять при положительной температуре материала пакета &amp;#40;клеевого слоя&amp;#41;. При отрицательных температурах клапан к материалу не приклеится.</t>
+  </si>
+  <si>
+    <t>391118</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/030/gkqlvyzwvs9lezk0fko54b2x3otojidc.jpg</t>
+  </si>
+  <si>
+    <t>Конверты-пакеты полиэтиленовые, комплект 10 шт., 360х500 мм,  quot;Куда-кому quot;, отрывная лента, на 500 листов, 11007.10</t>
+  </si>
+  <si>
+    <t>Конверт-пакеты предназначены для упаковки всех видов почтовых отправлений. Изготовлены из 3-слойного полиэтилена. Надежно защищают вложение от влаги и механических повреждений. Нанесение информации возможно шариковой ручкой. Конверт-пакеты формата В3 способны вмещать до 500 листов.На передней стороне конверта имеются адресные указатели: &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;Куда&amp;quot;. Отрывная полоса типа STRIP обеспечивает легкое запечатывание пакета. Поставляются по 10 штук в упаковке.Инструкция по применению:1. Перед вложением чего-либо в пакет, необходимо заполнить информационные поля на его лицевой стороне.2. После того, как завершено вложение документов &amp;#40;и других объектов&amp;#41; в пакет, необходимо оторвать защитную ленту STRIP с клеевого слоя. Для обеспечения снятия защитной ленты, необходимо отогнуть его нижний, свободный от клея уголок &amp;#40;с правого или левого края&amp;#41;, захватить его пальцами и оторвать ленту от клеевого слоя, одновременно прижимая другой рукой сам пакет.3. Затем необходимо перегнуть клапан &amp;quot;на себя&amp;quot; и плавным движением обеих рук от середины к краям равномерно прижать клапан к тыльной стенке пакета. После этого еще раз разгладить клапан, прижимая его и обеспечивая прочность склеивания.4. Максимальная &amp;#40;рабочая&amp;#41; степень адгезии клеевого слоя достигается через 10-15 минут после приклеивания клапана.ВНИМАНИЕ!!!1. После снятия защитной ленты открывается клеевой слой клапана. Во избежание складок, морщин, пузырей и т.д., при перегибании и наклеивании клапана следует выровнять тыльную стенку пакета и не браться пальцам за клеевой слой. Неправильно заклеенный &amp;#40;не по всей ширине клеевого слоя, с загрязненным клеевым слоем, со значительными складками, пузырями и пр.&amp;#41; пакет непригоден к использованию по назначению.2. Повторное приклеивание клапана и использование конверт-пакета невозможно.3. Заклеивание следует выполнять при положительной температуре материала пакета &amp;#40;клеевого слоя&amp;#41;. При отрицательных температурах клапан к материалу не приклеится.</t>
+  </si>
+  <si>
+    <t>391119</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/211/r3wzcgbgafl97p93npj81gperojgxm2n.jpg</t>
+  </si>
+  <si>
+    <t>Конверты-пакеты С4 полиэтиленовые, комплект 10 шт., 229х324 мм,  quot;Куда-кому quot;, отрывная лента, на 160 листов, 11003.10</t>
+  </si>
+  <si>
+    <t>Конверт-пакеты предназначены для упаковки всех видов почтовых отправлений. Изготовлены из 3-слойного полиэтилена. Надежно защищают вложение от влаги и механических повреждений. Нанесение информации возможно шариковой ручкой. Конверт-пакеты формата С4 способны вмещать до 160 листов.На передней стороне конверта имеются адресные указатели: &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;Куда&amp;quot;. Отрывная полоса типа STRIP обеспечивает легкое запечатывание пакета. Поставляются по 10 штук в упаковке.Инструкция по применению:1. Перед вложением чего-либо в пакет, необходимо заполнить информационные поля на его лицевой стороне.2. После того, как завершено вложение документов &amp;#40;и других объектов&amp;#41; в пакет, необходимо оторвать защитную ленту STRIP с клеевого слоя. Для обеспечения снятия защитной ленты, необходимо отогнуть его нижний, свободный от клея уголок &amp;#40;с правого или левого края&amp;#41;, захватить его пальцами и оторвать ленту от клеевого слоя, одновременно прижимая другой рукой сам пакет.3. Затем необходимо перегнуть клапан &amp;quot;на себя&amp;quot; и плавным движением обеих рук от середины к краям равномерно прижать клапан к тыльной стенке пакета. После этого еще раз разгладить клапан, прижимая его и обеспечивая прочность склеивания.4. Максимальная &amp;#40;рабочая&amp;#41; степень адгезии клеевого слоя достигается через 10-15 минут после приклеивания клапана.ВНИМАНИЕ!!!1. После снятия защитной ленты открывается клеевой слой клапана. Во избежание складок, морщин, пузырей и т.д., при перегибании и наклеивании клапана следует выровнять тыльную стенку пакета и не браться пальцам за клеевой слой. Неправильно заклеенный &amp;#40;не по всей ширине клеевого слоя, с загрязненным клеевым слоем, со значительными складками, пузырями и пр.&amp;#41; пакет непригоден к использованию по назначению.2. Повторное приклеивание клапана и использование конверт-пакета невозможно.3. Заклеивание следует выполнять при положительной температуре материала пакета &amp;#40;клеевого слоя&amp;#41;. При отрицательных температурах клапан к материалу не приклеится.</t>
+  </si>
+  <si>
+    <t>391120</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac2/mwdxlu29uh1m1z58wsrhgj2omn3pu621.jpg</t>
+  </si>
+  <si>
+    <t>Конверты-пакеты С5 полиэтиленовые, комплект 10 шт., 162х229 мм,  quot;Куда-кому quot;, отрывная лента, на 150 листов, 11002.10</t>
+  </si>
+  <si>
+    <t>Конверт-пакеты предназначены для упаковки всех видов почтовых отправлений. Изготовлены из 3-слойного полиэтилена. Надежно защищают вложение от влаги и механических повреждений. Нанесение информации возможно шариковой ручкой. Конверт-пакеты формата С5 способны вмещать до 150 листов.На передней стороне конверта имеются адресные указатели: &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;Куда&amp;quot;. Отрывная полоса типа STRIP обеспечивает легкое запечатывание пакета. Поставляются по 10 штук в упаковке.Инструкция по применению:1. Перед вложением чего-либо в пакет, необходимо заполнить информационные поля на его лицевой стороне.2. После того, как завершено вложение документов &amp;#40;и других объектов&amp;#41; в пакет, необходимо оторвать защитную ленту STRIP с клеевого слоя. Для обеспечения снятия защитной ленты, необходимо отогнуть его нижний, свободный от клея уголок &amp;#40;с правого или левого края&amp;#41;, захватить его пальцами и оторвать ленту от клеевого слоя, одновременно прижимая другой рукой сам пакет.3. Затем необходимо перегнуть клапан &amp;quot;на себя&amp;quot; и плавным движением обеих рук от середины к краям равномерно прижать клапан к тыльной стенке пакета. После этого еще раз разгладить клапан, прижимая его и обеспечивая прочность склеивания.4. Максимальная &amp;#40;рабочая&amp;#41; степень адгезии клеевого слоя достигается через 10-15 минут после приклеивания клапана.ВНИМАНИЕ!!!1. После снятия защитной ленты открывается клеевой слой клапана. Во избежание складок, морщин, пузырей и т.д., при перегибании и наклеивании клапана следует выровнять тыльную стенку пакета и не браться пальцам за клеевой слой. Неправильно заклеенный &amp;#40;не по всей ширине клеевого слоя, с загрязненным клеевым слоем, со значительными складками, пузырями и пр.&amp;#41; пакет непригоден к использованию по назначению.2. Повторное приклеивание клапана и использование конверт-пакета невозможно.3. Заклеивание следует выполнять при положительной температуре материала пакета &amp;#40;клеевого слоя&amp;#41;. При отрицательных температурах клапан к материалу не приклеится.</t>
+  </si>
+  <si>
+    <t>391121</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c15/ccq5ekn6zkhwdcj49m0t256x9t6b6g7e.jpg</t>
+  </si>
+  <si>
+    <t>Конверты для CD DVD BRAUBERG, комплект 25 шт., бумажные, на 1 CD DVD, с окном, 123599</t>
+  </si>
+  <si>
+    <t>Бумажные конверты с окном BRAUBERG предназначены для хранения CD и DVD дисков диаметром 12 см. Изготовлены из белой бумаги плотностью 80 г/м2. Заклеиваются с помощью нанесенного клея декстрина. Продаются комплектом из 25 штук. Размер - 125х125 мм.</t>
+  </si>
+  <si>
+    <t>424329</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff6/5kr9dsxjv1dzyvi19hakim8zug6znp3c.jpg</t>
+  </si>
+  <si>
+    <t>Конверты для CD DVD с окном, комплект 100 шт., бумажные, клей декстрин, 125х125 мм, 201070.100</t>
+  </si>
+  <si>
+    <t>Предназначены для хранения и почтовых отправлений CD и DVD-дисков. Упакованы в пленку по 100 штук. Диаметр окна 100 мм.</t>
+  </si>
+  <si>
+    <t>424333</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eff/eff84313c78f76252d75d031b83af775.jpeg</t>
+  </si>
+  <si>
+    <t>Конверт C5, KurtStrip, 162 229мм, с подсказом, б окна, отр. лента, внутр. запечатка, термоусадка</t>
+  </si>
+  <si>
+    <t>Конверт арт.С50.15.25, С5&amp;#40;162х229&amp;#41;, 80 г,&amp;nbsp;&amp;nbsp;силиконовая лента, куда-кому, внутренняя запечатка, пачка=25 шт.</t>
+  </si>
+  <si>
+    <t>428311</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/621/621bcc558a458d559e85692516a71240.jpeg</t>
+  </si>
+  <si>
+    <t>Конверт С5, Ряжская печатная фабрика, 162 229мм, крафт, б подсказа, б окна, клеевой край</t>
+  </si>
+  <si>
+    <t>Конверт с треугольным клапаном С5 размером 162*229 из крафт бумаги &amp;#40;непрозрачной&amp;#41;, смачиваемый клей на клапане &amp;#40;декстрин&amp;#41;. Предназначен для отправки листов А4, сложенных вдвое</t>
+  </si>
+  <si>
+    <t>428312</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc7/fc72290d14b03fbc5854bf39518f11d8.jpeg</t>
+  </si>
+  <si>
+    <t>Конверт C5, KurtStrip, 162 229мм, б подсказа, б окна, отр. лента, внутр. запечатка, термоусадка</t>
+  </si>
+  <si>
+    <t>Конверт арт.С50.10.25, С5&amp;#40;162х229&amp;#41;, 80 г,&amp;nbsp;&amp;nbsp;силиконовая лента, внутренняя запечатка, пачка=25 шт.</t>
+  </si>
+  <si>
+    <t>429474</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51f/51f517ea0f30ae0cb87f31f0b5e09ad0/295bee017c4d1dc54543da546afe8a69.jpg</t>
+  </si>
+  <si>
+    <t>Конверты C6 стрип ECOPOST 114х162 1000 шт</t>
+  </si>
+  <si>
+    <t>439562</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff6/ff6c8f5677a0c708c6e2909b64e19dfc/541a3c8731eda61719f177f2a70d3165.jpg</t>
+  </si>
+  <si>
+    <t>Конверт C4, KurtStrip, 229 324мм, с подсказом, б окна, отр. лента, внутр. запечатка</t>
+  </si>
+  <si>
+    <t>Конверт C4, 229*324 мм, подсказ КУДА-КОМУ, отрывная силиконовая лента, внутренняя запечатка, 90 г/м2, упаковка 50 шт.</t>
+  </si>
+  <si>
+    <t>558806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2f/d2f6664e63aac50907af43eac8892545/fb9103164db3bba017298f3723c42335.jpg</t>
+  </si>
+  <si>
+    <t>Конверт C4, KurtStrip, 229 324мм, б подсказа, б окна, отр. лента, внутр. запечатка</t>
+  </si>
+  <si>
+    <t>Конверт C4, 229*324 мм, отрывная силиконовая лента, внутренняя запечатка, 90 г/м2, упаковка 50 шт.</t>
+  </si>
+  <si>
+    <t>558807</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c16/c16f3b35bcc09dfa0e0307f1596b6610/b7a2d5236d0f7b29c95d99c7173df017.jpg</t>
+  </si>
+  <si>
+    <t>Конверт C5, KurtStrip, 162 229мм, с подсказом, б окна, отр. лента, внутр. запечатка</t>
+  </si>
+  <si>
+    <t>Конверт C5, 162*229 мм, подсказ КУДА-КОМУ, отрывная силиконовая лента, внутренняя запечатка, 80 г/м2, упаковка 100 шт.</t>
+  </si>
+  <si>
+    <t>558808</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c71/c71da93c087e053eac1e8edc69fde2b8.jpg</t>
-[...853 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/292/292c3797ae1ea1ddda4d45ccb53c3137/567fed974aeac9410dd8e36b2bd7920d.jpg</t>
   </si>
   <si>
     <t>Конверт C4, KurtStrip, 229 324мм, б подсказа, б окна, отр. лента, внутр. запечатка, термоусадка</t>
   </si>
   <si>
     <t>Конверт арт.С40.10.25, С4&amp;#40;229х324&amp;#41;, 90 г, силиконовая лента, внутренняя запечатка, пачка=25 шт.</t>
   </si>
   <si>
     <t>558809</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/159/15971cf263ca8074ee429e01a6ec8b2f/f4649fcdee2fffd3e5bb391bae3ecc38.jpg</t>
   </si>
   <si>
     <t>Конверт C4, KurtStrip, 229 324мм, с подсказом, б окна, отр. лента, внутр. запечатка, термоусадка</t>
   </si>
   <si>
     <t>Конверт арт.С40.15.25, С4&amp;#40;229х324&amp;#41;, 90 г, силиконовая лента, куда-кому, внутренняя запечатка, пачка=25 шт.</t>
   </si>
   <si>
     <t>558810</t>
   </si>
   <si>
     <t>75</t>
@@ -2878,62 +2785,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/468/468654eaf0caee482442b7b94f58ba68/d8de78562fce5ef7d95ebeb04df08808.jpg</t>
   </si>
   <si>
     <t>Конверты Куда-Кому E65 декстрин 110х220 80г без внут.зап. КОМУС 1000 шт уп</t>
   </si>
   <si>
     <t>Конверты Куда-Кому E65 декстрин 110х220 80г без внут.зап. КОМУС 1000 шт/уп</t>
   </si>
   <si>
     <t>583182</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a3/6a30806f7b8f8220d878c575d78cfd9c/c66fb09a7d0e6d6bc42f051bbbd1b5ed.jpg</t>
   </si>
   <si>
     <t>Конверты белый Е65 стрип 110х220 80г прав.окно КОМУС 50 шт уп</t>
   </si>
   <si>
     <t>Конверты белый Е65 стрип 110х220 80г прав.окно КОМУС 50 шт/уп</t>
   </si>
   <si>
     <t>583185</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/86c/86c71210642e71ae153e728629b097f8/f78fae83759d8e5d8a9df91250c68f30.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dbc/dbc784f09a9d502019d7a35b64fba8fc/4ebd192ccd448fe02e47a3f8d5568568.jpg</t>
   </si>
   <si>
     <t>Конверты белый С4 стрип 229х324 90г прав.окно КОМУС 500 шт уп</t>
   </si>
   <si>
     <t>Конверты белый С4 стрип 229х324 90г прав.окно КОМУС 500 шт/уп</t>
   </si>
   <si>
     <t>583194</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e7/5e70ac92314d41f8f51f115b945b15f5/a0c6ae5e152285e8c273d2fae53167fa.jpg</t>
   </si>
   <si>
     <t>Конверты Куда-Кому С4 декстрин 229х324, 90г м2 КОМУС 50шт уп</t>
   </si>
   <si>
     <t>Конверты Куда-Кому С4 декстрин 229х324, 90г/м2 КОМУС 50шт/уп</t>
   </si>
   <si>
     <t>583195</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/836/836b9b47acfb9e4c44a4212f1606747a/71898ea940266a4f59b4614d80512228.jpg</t>
@@ -2947,125 +2842,116 @@
   <si>
     <t>583198</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a2c/pbt7914mgqhs36s4qeu9xiw0eeu17cio.jpg</t>
   </si>
   <si>
     <t>Конверт почтовый оф. C6 114х162 стрип чистый 80 г м2 белый плоск.</t>
   </si>
   <si>
     <t>Конверты для почтовой рассылки. Клеевой слой: декстрин - смачиваемый клеевой слой, силикон - самоклеящаяся полоса с защитной лентой.</t>
   </si>
   <si>
     <t>590420</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lite/"&gt;LITE&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a8/l40lv96pk36pzh4ldrxrua4j4qhpnt7j.jpg</t>
   </si>
   <si>
     <t>Конверт почтовый оф. Е65 110x220 стрип чистый 80 г м2 белый плоск.евробумага 100  белизна 100 шт упак.</t>
   </si>
   <si>
-    <t>Конверты выполнены из офсета 80-90 г/м2, из бумаги UPM &amp;#40;Финляндия&amp;#41;, имеют клеевое нанесение типа стрип &amp;#40;отрывная силиконовая лента&amp;#41;. При изготовлении используются лучшие сорта бумаги, клеев и других материалов. Белизна – 100&amp;#37; CIE. Предназначены для почтовых отправлений различной документации, писем и т.п. Упакованы по 100 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>590421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0bc/g6rsv7v4otybrr6fwbgc1x4hehfropw6.jpg</t>
   </si>
   <si>
     <t>Конверт почтовый оф. Е65 110х220 стрип куда-кому 80 г м2 белый плоск.</t>
   </si>
   <si>
     <t>Конверты для почтовой рассылки. Клеевой слой силикон - самоклеящаяся полоса с защитной лентой. Защита от попыток незаметного вскрытия: нет, внутрення запечатка: нет.</t>
   </si>
   <si>
     <t>590422</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f57/0sat3aijd0xqe2k5u1lxysli8ozz5wyo.jpg</t>
   </si>
   <si>
     <t>Конверт почтовый оф. Е65 110х220 стрип окно справа 80 г м2 белый плоск.</t>
   </si>
   <si>
     <t>Конверты для почтовой рассылки. Клеевой слой: силикон - самоклеящаяся полоса с защитной лентой.</t>
   </si>
   <si>
     <t>590423</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c0/7gn0njq2xjup8dfpi4cwsatyigid22zd.jpg</t>
   </si>
   <si>
     <t>Конверт почтовый оф. Е65 110х220 стрип чистый 80 г м2 белый плоск.</t>
   </si>
   <si>
     <t>590424</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16e/k613m2qei0u0oajwzybr4ai7p5j8o5m6.jpg</t>
   </si>
   <si>
     <t>Конверт почтовый оф. С4 229х324 стрип куда-кому 100 г м2 белый плоск.</t>
   </si>
   <si>
     <t>590426</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/52d/8mml02kyu8ora95rujdd0gonnf3mj2v6.jpg</t>
+  </si>
+  <si>
+    <t>Конверт почтовый оф. С4 229х324 стрип чистый 100 г м2 белый плоск.</t>
+  </si>
+  <si>
+    <t>590428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9e/eo2z6b4q28mcap08vsq9xirjv4n22dyp.jpg</t>
+  </si>
+  <si>
+    <t>Конверт почтовый оф. С4 229х324 стрип чистый 90 г м2 белый плоск.евробумага 100  белизна 100 шт упак.</t>
+  </si>
+  <si>
+    <t>590429</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/29f/mt8vxzvqsbbybpysqkjlbylnthqlz5ae.jpg</t>
   </si>
   <si>
-    <t>Конверт почтовый оф. С4 229х324 стрип куда-кому 90 г м2 белый плоск.евробумага 100  белизна 100 шт упак.</t>
-[...22 lines deleted...]
-  <si>
     <t>Конверт почтовый оф. С5 162х229 стрип куда-кому 80 г м2 белый плоск.</t>
   </si>
   <si>
     <t>590430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57e/vf6xxijh7hxhjpvknrgs7relbuoylatm.jpg</t>
   </si>
   <si>
     <t>Конверт почтовый оф. С5 162х229 стрип окно справа 80 г м2 белый плоск.</t>
   </si>
   <si>
     <t>590431</t>
   </si>
   <si>
     <t>Конверт почтовый оф. С5 162х229 стрип чистый 80 г м2 белый плоск.евробумага 100  белизна 100 шт упак.</t>
   </si>
   <si>
     <t>590432</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/11f/xrytgfucvumnx3j47758zr3c7z06mo9m.jpg</t>
   </si>
   <si>
     <t>Конверты Е65  110х220 мм , отрывная лента, внутренняя запечатка, КОМПЛЕКТ 100 шт., BRAUBERG, 112193, DLНКРс BRAUBERG</t>
@@ -3079,131 +2965,140 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7c5/s4kxn9t5q2fct2xtzzri6u7cmlaudb3l.jpg</t>
   </si>
   <si>
     <t>Конверты Е65  110х220 мм , отрывная лента, Куда-Кому, внутренняя запечатка, КОМПЛЕКТ 100 шт., BRAUBERG, 112195, DLНПРс BRAUBERG</t>
   </si>
   <si>
     <t>Почтовый конверт BRAUBERG предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата E65 можно вложить документ формата А4, сложенный втрое. На передней стороне конверта имеются адресные указатели: &amp;quot;Куда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;. Плотность бумаги 80 г/м2 позволяет размещать тяжелую корреспонденцию, а внутренняя запечатка поможет скрыть содержимое от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
   </si>
   <si>
     <t>600618</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/202/ev62hzvv023prdwcdpjs6w2hkid9z411.jpg</t>
   </si>
   <si>
     <t>Конверты КРАФТ С5  162х229мм , с клеевым слоем, треугольный клапан, КОМПЛЕКТ 50шт., BRAUBERG, 112364</t>
   </si>
   <si>
     <t>Конверт почтовый BRAUBERG формата С5 предназначен для рассылки документов, журналов и и другой корреспонденции формата А5 без сложения. В конверт формата C5 &amp;#40;162х229 мм&amp;#41; можно вложить документ формата А5. Плотность бумаги 90 г/м2 позволяет размещать тяжелую корреспонденцию. Клеевой слой обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа. Цвет - коричневый.</t>
   </si>
   <si>
     <t>600619</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/edf/cv3pcblibjckeuqt9cvsxcaoq0yi8fdk.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c0e/moasff6qqk0pzl97mc9cd25h61wkosy4.jpg</t>
   </si>
   <si>
     <t>Конверты С4  229х324 мм , клеевой слой, Куда-Кому, внутренняя запечатка, 90 г м2, КОМПЛЕКТ 50 шт., BRAUBERG, 112178, С4НПР-50 BRAUBE</t>
   </si>
   <si>
     <t>Почтовый конверт BRAUBERG предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата C4 можно вложить документ формата А4. На передней стороне конверта имеются адресные указатели: &amp;quot;Куда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;. Плотность бумаги 90 г/м2 позволяет размещать тяжелую корреспонденцию, а внутренняя запечатка поможет скрыть содержимое от посторонних глаз. Клеевой слой, нанесенный по краю клапана, обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
   </si>
   <si>
     <t>600621</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0c/lqvt3lxzcn9asq9j2rzb0ng3hk3i4flf.jpg</t>
   </si>
   <si>
     <t>Конверты С4  229х324 мм , отрывная лента, 100 г м2, КОМПЛЕКТ 50 шт., BRAUBERG, 112184, С4НКс-50</t>
   </si>
   <si>
     <t>Почтовый конверт BRAUBERG предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата C4 можно вложить документ формата А4. Плотность бумаги 100 г/м2 позволяет размещать тяжелую корреспонденцию и скрыть содержимое от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
   </si>
   <si>
     <t>600622</t>
   </si>
   <si>
     <t>Конверты С4  229х324 мм , отрывная лента, внутренняя запечатка, 100 г м2, КОМПЛЕКТ 50 шт., BRAUBERG, 112181, С4НКРс-50 BRAUB</t>
   </si>
   <si>
     <t>Почтовый конверт BRAUBERG предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата C4 можно вложить документ формата А4. Плотность бумаги 100 г/м2 позволяет размещать тяжелую корреспонденцию, а внутренняя запечатка поможет скрыть содержимое от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
   </si>
   <si>
     <t>600623</t>
   </si>
   <si>
+    <t>Конверты С4  229х324 мм , отрывная лента, внутренняя запечатка, 90 г м2, КОМПЛЕКТ 50 шт., BRAUBERG, 112179, С4НКРс-50 BRAUB</t>
+  </si>
+  <si>
+    <t>Почтовый конверт BRAUBERG предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата C4 можно вложить документ формата А4. Плотность бумаги 90 г/м2 позволяет размещать тяжелую корреспонденцию, а внутренняя запечатка поможет скрыть содержимое от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
+  </si>
+  <si>
+    <t>600624</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/04b/33y4maubdb7gfylze5ai473gf9c3m506.jpg</t>
   </si>
   <si>
     <t>Конверты С4  229х324 мм , отрывная лента, Куда-Кому, 100 г м2, КОМПЛЕКТ 50 шт., BRAUBERG, 112185, С4НПс-50</t>
   </si>
   <si>
     <t>Почтовый конверт BRAUBERG предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата C4 можно вложить документ формата А4. На передней стороне конверта имеются адресные указатели: &amp;quot;Куда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;. Плотность бумаги 100 г/м2 позволяет размещать тяжелую корреспонденцию и скрывать содержимое от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
   </si>
   <si>
     <t>600625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/242/6d2cnwzarvfp1c26epej37vhd1sh1osc.jpg</t>
   </si>
   <si>
     <t>Конверты С4  229х324 мм , отрывная лента, Куда-Кому, внутренняя запечатка, 100 г м2, КОМПЛЕКТ 50 шт., BRAUBERG, 112183, С4НПРс-50 BRAUB</t>
   </si>
   <si>
     <t>Почтовый конверт BRAUBERG предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата C4 можно вложить документ формата А4. На передней стороне конверта имеются адресные указатели: &amp;quot;Куда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;. Плотность бумаги 100 г/м2 позволяет размещать тяжелую корреспонденцию, а внутренняя запечатка поможет скрыть содержимое от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
   </si>
   <si>
     <t>600626</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af1/bpkc8inwbvjnwiex3keejtpbzuvs6r8g.jpg</t>
   </si>
   <si>
     <t>Конверты С4  229х324 мм , отрывная лента, Куда-Кому, внутренняя запечатка, 90 г м2, КОМПЛЕКТ 50 шт., BRAUBERG, 112180, С4НПРс-50 BRAUB</t>
   </si>
   <si>
     <t>Конверт почтовый BRAUBERG формата С4 предназначен для рассылки документов, журналов и и другой корреспонденции формата А4 без сложения. В конверт формата C4 можно вложить документ формата А4. На передней стороне конверта имеются адресные указатели: &amp;quot;Куда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;. Плотность бумаги 90 г/м2 позволяет размещать тяжелую корреспонденцию, а внутренняя запечатка поможет скрыть содержимое от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
   </si>
   <si>
     <t>600627</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bab/kv32w0mn21qxtj9f5z669x7g1vch2abn.jpg</t>
+  </si>
+  <si>
+    <t>Конверты С5  162х229 мм  ПРАВОЕ ОКНО, отрывная лента, 80 г м2, КОМПЛЕКТ 1000 шт., внутренняя запечатка, С5.03СО</t>
+  </si>
+  <si>
+    <t>Конверт почтовый формата С5 предназначен для рассылки писем, открыток, документов формата А5 или А4 в сложенном виде. Окно имеет размер 45 мм х 90 мм.</t>
+  </si>
+  <si>
+    <t>600628</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2a0/wlx1pr6fdovhpjv1oe9zr8m1j1l47qde.jpg</t>
   </si>
   <si>
     <t>Конверты С5  162х229 мм , отрывная лента, внутренняя запечатка, 80 г м2, КОМПЛЕКТ 100 шт., BRAUBERG, 112187, C50.10.100С  11</t>
   </si>
   <si>
     <t>Почтовый конверт BRAUBERG предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата C5 можно вложить документ формата А4, сложенный пополам. Плотность бумаги 80 г/м2 позволяет размещать тяжелую корреспонденцию, а внутренняя запечатка поможет скрыть содержимое от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
   </si>
   <si>
     <t>600629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/06c/id4t690w6ud1dguhz2w13t2squa9dacx.jpg</t>
   </si>
   <si>
     <t>Конверты С5  162х229 мм , отрывная лента, Куда-Кому, внутренняя запечатка, 80 г м2, КОМПЛЕКТ 100 шт., BRAUBERG, 112188, С50.15.100С  11</t>
   </si>
   <si>
     <t>Почтовый конверт BRAUBERG предназначен для рассылки документов, журналов и другой корреспонденции. В конверт формата C5 можно вложить документ формата А4, сложенный пополам. На передней стороне конверта имеются адресные указатели: &amp;quot;Куда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;. Плотность бумаги 80 г/м2 позволяет размещать тяжелую корреспонденцию, а внутренняя запечатка поможет скрыть содержимое от посторонних глаз. Отрывная полоса типа STRIP обеспечивает надежное запечатывание конверта и сохранность личного письма или важного документа.</t>
   </si>
   <si>
     <t>600630</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a8/k9fu7xwk0td7jfqck1l8fj7yo2fnqm6e.jpg</t>
@@ -3454,62 +3349,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/11b/fy6eq6jzadziuvfema17qizy72yewcic.jpg</t>
   </si>
   <si>
     <t>Конверт-пакеты ПОЛИЭТИЛЕН С6  114х162 мм  отрывная лента, Куда-Кому, КОМПЛЕКТ 100 шт., BRAUBERG, 113492</t>
   </si>
   <si>
     <t>Конверт-пакеты BRAUBERG предназначены для упаковки всех видов почтовых отправлений. Надежно защищают вложение от влаги и механических повреждений. Конверт-пакеты формата C6 изготовлены из особо прочного 5-слойного полиэтилена. Нанесение информации возможно шариковой ручкой.На передней стороне конверта имеются адресные указатели: &amp;quot;От кого&amp;quot;, &amp;quot;Откуда&amp;quot;, &amp;quot;Кому&amp;quot;, &amp;quot;Куда&amp;quot;. Отрывная полоса типа STRIP обеспечивает легкое запечатывание пакета. Поставляются по 50 штук в упаковке.Инструкция по применению:1. Перед вложением чего-либо в пакет, необходимо заполнить информационные поля на его лицевой стороне.2. После того, как завершено вложение документов &amp;#40;и других объектов&amp;#41; в пакет, необходимо оторвать защитную ленту STRIP с клеевого слоя. Для обеспечения снятия защитной ленты, необходимо отогнуть его нижний, свободный от клея уголок &amp;#40;с правого или левого края&amp;#41;, захватить его пальцами и оторвать ленту от клеевого слоя, одновременно прижимая другой рукой сам пакет.3. Затем необходимо перегнуть клапан &amp;quot;на себя&amp;quot; и плавным движением обеих рук от середины к краям равномерно прижать клапан к тыльной стенке пакета. После этого еще раз разгладить клапан, прижимая его и обеспечивая прочность склеивания.4. Максимальная &amp;#40;рабочая&amp;#41; степень адгезии клеевого слоя достигается через 10-15 минут после приклеивания клапана.ВНИМАНИЕ!!!1. После снятия защитной ленты открывается клеевой слой клапана. Во избежание складок, морщин, пузырей и т.д., при перегибании и наклеивании клапана следует выровнять тыльную стенку пакета и не браться пальцам за клеевой слой. Неправильно заклеенный &amp;#40;не по всей ширине клеевого слоя, с загрязненным клеевым слоем, со значительными складками, пузырями и проч.&amp;#41; пакет непригоден к использованию по назначению.2. Повторное приклеивание клапана и использование конверт-пакета невозможно.3. Заклеивание следует выполнять при положительной температуре материала пакета &amp;#40;клеевого слоя&amp;#41;. При отрицательных температурах клапан к материалу не приклеится.</t>
   </si>
   <si>
     <t>708907</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34a/tepn94ukkt0kjyrf0mig62omp65oxent.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый E4 Курт и К, 280 380мм, полиэтилен, отр. лента, 60 мкм</t>
   </si>
   <si>
     <t>Пакет арт.11005 &amp;#40;280х380&amp;#41; полиэтиленовый почтовый, адресная сетка</t>
   </si>
   <si>
     <t>710867</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92f/gqwfpjlluo6g6rf6om85phtehunkj4x9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8ef/31ri96ormu2o0u42pz4z15dt09v2spun.jpg</t>
   </si>
   <si>
     <t>Конверт С4  из крафт бум. 90 г м2 с силиконовой лентой, 25 шт уп</t>
   </si>
   <si>
     <t>Конверт С4  из крафт бум. 90 г/м2 с силиконовой лентой, 25 шт/уп</t>
   </si>
   <si>
     <t>716180</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25c/9532b4ndcxarm7uu04c1ohnvrwx779ie.jpg</t>
   </si>
   <si>
     <t>Конверт С5 из цв.бум, 120г м2,с отрыв.лентой, 5в 10шт. уп</t>
   </si>
   <si>
     <t>Конверт С5 из цв.бум, 120г/м2,с отрыв.лентой, 5в/10шт. уп</t>
   </si>
   <si>
     <t>716181</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/827/oavzw1p5e50x7zuthb9688b60o5whu59.jpg</t>
@@ -3811,50 +3694,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/695/x490srzz9ks3260wqpd001e1zy0s2f5g.jpg</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110 220мм, б подсказа, б окна, отр. лента, термоусадка</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110*220мм, б/подсказа, б/окна, отр. лента, термоусадка</t>
   </si>
   <si>
     <t>967301</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba8/4xrq4axviloew1t7k2sd47a9vpx0iout.jpg</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110 220мм, б подсказа, с прав. окном, отр. лента</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110*220мм, б/подсказа, с прав. окном, отр. лента</t>
   </si>
   <si>
     <t>967302</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a17/60idn5a6975kxtfmajboq3457sjenpo0.jpg</t>
+  </si>
+  <si>
+    <t>Конверт E65, OfficeSpace, 110 220мм, с подсказом, б окна, отр. лента</t>
+  </si>
+  <si>
+    <t>Конверт E65, OfficeSpace, 110*220мм, с подсказом, б/окна, отр. лента</t>
+  </si>
+  <si>
+    <t>967303</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4d5/d73bl03ywaps9suyutqvpqx1yaz851h1.jpg</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110 220мм, с подсказом, б окна, отр. лента, термоусадка</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110*220мм, с подсказом, б/окна, отр. лента, термоусадка</t>
   </si>
   <si>
     <t>967304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e56/y14vii7kz9u2vkg2wsl0cmse8t3ada2v.jpg</t>
   </si>
   <si>
     <t>Конверт С6, OfficeSpace, 114 162мм, б подсказа, б окна, отр. лента</t>
   </si>
   <si>
     <t>Конверт С6, OfficeSpace, 114*162мм, б/подсказа, б/окна, отр. лента</t>
   </si>
   <si>
     <t>967305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/044/bcz340juhas7h2z3zhlq82melwnjtyx6.jpg</t>
@@ -3976,50 +3871,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/364/qglrgu12fib2c8oaiiqq204orunj3ar8.jpg</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110 220мм, б подсказа, б окна, отр. лента, внутренняя запечатка, термоусадка</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110*220мм, б/подсказа, б/окна, отр. лента, внутренняя запечатка, термоусадка</t>
   </si>
   <si>
     <t>986098</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b41/81cg0hbyf7ly9vekvdaitxxhie3uba1k.jpg</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110 220мм, б подсказа, с прав. окном, отр. лента, внутренняя запечатка</t>
   </si>
   <si>
     <t>Конверт E65, OfficeSpace, 110*220мм, б/подсказа, с прав. окном, отр. лента, внутренняя запечатка</t>
   </si>
   <si>
     <t>986099</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4f2/y0fwsg549eez2gqibtlglmkd81xoy905.jpg</t>
+  </si>
+  <si>
+    <t>Конверт курьерский белый с карманом Bong 265х340 картон 280 гр 10шт уп</t>
+  </si>
+  <si>
+    <t>Конверт курьерский белый с карманом Bong 265х340 картон 280 гр 10шт/уп</t>
+  </si>
+  <si>
+    <t>988241</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/030/3zno4zvonhwmlxd5g1ttf184viavd9bq.jpg</t>
   </si>
   <si>
     <t>Конверт в упаковке Attache Economy Е65 стрип пр.окно 110х220 1000шт уп</t>
   </si>
   <si>
     <t>Конверт в упаковке Attache Economy Е65 стрип пр.окно 110х220 1000шт/уп</t>
   </si>
   <si>
     <t>988242</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e38/mr1ab6j597vkup4xxx0jf6xd302ocyol.jpg</t>
   </si>
   <si>
     <t>Конверт белый E65 декстрин 110х220 80г КОМУС 100шт уп 12уп кор</t>
   </si>
   <si>
     <t>Конверт белый E65 декстрин 110х220 80г КОМУС 100шт/уп 12уп/кор</t>
   </si>
   <si>
     <t>988243</t>
@@ -4045,77 +3955,86 @@
   <si>
     <t>Конверт белый E65 стрип 110х220 80г КОМУС 1000шт  уп</t>
   </si>
   <si>
     <t>Конверт белый E65 стрип 110х220 80г КОМУС 1000шт/ уп</t>
   </si>
   <si>
     <t>988245</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Конверты крафт С5 стрип Ecopost 162х229, 80г, 800шт уп</t>
   </si>
   <si>
     <t>Конверты крафт С5 стрип Ecopost 162х229, 80г, 800шт/уп</t>
   </si>
   <si>
     <t>988246</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1e6/sqopo4gvyicsjybhytl9bza66y48nb6k.jpg</t>
+  </si>
+  <si>
+    <t>Конверт С4 ECOPOST белый стрип 229х324 c вн. зап. 80г бел.92-100  250шт уп</t>
+  </si>
+  <si>
+    <t>Конверт С4 ECOPOST белый стрип 229х324 c вн. зап. 80г бел.92-100&amp;#37; 250шт/уп</t>
+  </si>
+  <si>
+    <t>988247</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/244/eqetwo6o1upg56s60fqu023x5l1l4nlz.jpg</t>
   </si>
   <si>
     <t>Конверт белый С6 стрип 114х162 80г КОМУС 100шт уп 12уп кор</t>
   </si>
   <si>
     <t>Конверт белый С6 стрип 114х162 80г КОМУС 100шт/уп 12уп/кор</t>
   </si>
   <si>
     <t>988248</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7e/3l6j1e99vfs0pz9g912pxrhnu3z1krwz.jpg</t>
   </si>
   <si>
     <t>Конверт Куда-Кому E65 декстрин автомат 110х220 80г КОМУС 50 шт уп</t>
   </si>
   <si>
     <t>Конверт Куда-Кому E65 декстрин/автомат 110х220 80г КОМУС 50 шт/уп</t>
   </si>
   <si>
     <t>988249</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd9/9kp3ixcfifo46fqnybp261wckf16w7yl.jpg</t>
   </si>
   <si>
     <t>Конверт белый С4 стрип security 229х324 90г КОМУС 50 шт уп</t>
   </si>
   <si>
     <t>Конверт белый С4 стрип security 229х324 90г КОМУС 50 шт/уп</t>
   </si>
   <si>
     <t>988250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbc/vggyccg5q0c4q3cyzmsd3x2q2mh92nxo.jpg</t>
   </si>
   <si>
     <t>Конверт Куда-Кому С5 декстрин автомат 162х229 80г КОМУС 50 шт уп</t>
   </si>
   <si>
     <t>Конверт Куда-Кому С5 декстрин/автомат 162х229 80г КОМУС 50 шт/уп</t>
   </si>
   <si>
     <t>988251</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e4d/vgg9mt7x8zsqtaqff0aun5dna3dcoofw.jpg</t>
@@ -4171,111 +4090,108 @@
   <si>
     <t>http://anytos.ru//upload/iblock/305/o82eg0pyb8qo48892u4ycblkif6hi71z.jpg</t>
   </si>
   <si>
     <t>Конверт белый С5 стрип 162х229 80г КОМУС 50 шт уп</t>
   </si>
   <si>
     <t>Конверт белый С5 стрип 162х229 80г КОМУС 50 шт/уп</t>
   </si>
   <si>
     <t>988256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c06/xhe3bkmyur1kjd9kufpisgcm8w9h54zj.jpg</t>
   </si>
   <si>
     <t>Конверт белый С5 стрип 162х229 80г КОМУС 100 шт уп, 12 уп кор</t>
   </si>
   <si>
     <t>Конверт белый С5 стрип 162х229 80г КОМУС 100 шт/уп, 12 уп/кор</t>
   </si>
   <si>
     <t>988257</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0b5/tupmrhmncn9w32p6estsr8o9eng759yg.jpg</t>
-[...20 lines deleted...]
-    <t>988259</t>
+    <t>http://anytos.ru//upload/iblock/480/0jjf37m0pg3rxzuvietcc9vcrqnlptzb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Курьер-пакет, без печати, с карманом, 340x460 40, 50 мкм  50шт уп </t>
+  </si>
+  <si>
+    <t>Курьер-пакет, без печати, с карманом, 340x460&amp;#43;40, 50 мкм &amp;#40;50шт/уп&amp;#41;</t>
+  </si>
+  <si>
+    <t>988260</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a38/nbu0momankx201763a9s316d5lq00dxz.jpg</t>
   </si>
   <si>
     <t>Сейф-пакет размер 328x490 40, 60 мкм, 100 шт уп</t>
   </si>
   <si>
     <t>Сейф-пакет размер 328x490&amp;#43;40, 60 мкм, 100 шт/уп</t>
   </si>
   <si>
     <t>988262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe5/oqki7hyr12ekuoxi8hug70twlqkj6yql.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Курьер-пакет прозрачный, без печати, без кармана, 240х320 50 мм, 50 мкм  100шт уп </t>
   </si>
   <si>
     <t>Курьер-пакет прозрачный, без печати, без кармана, 240х320&amp;#43;50 мм, 50 мкм &amp;#40;100шт/уп&amp;#41;</t>
   </si>
   <si>
     <t>988265</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/335/4yp54y21ltp6l0t7rl2cyiqv1n8sqc6r.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Сейф-пакет размер 438х575 40 мм, 65 мкм  50 шт уп </t>
   </si>
   <si>
     <t>Сейф-пакет размер 438х575&amp;#43;40 мм, 65 мкм &amp;#40;50 шт/уп&amp;#41;</t>
   </si>
   <si>
     <t>988267</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/480/0jjf37m0pg3rxzuvietcc9vcrqnlptzb.jpg</t>
+    <t>http://anytos.ru//upload/iblock/91c/pil7nnk7c1jd1jr57455f35m49ly3h9b.jpg</t>
+  </si>
+  <si>
+    <t>Сейф-пакет размер 205x295, 50 мкм, 100 шт уп</t>
+  </si>
+  <si>
+    <t>Сейф-пакет размер 205x295, 50 мкм, 100 шт/уп</t>
+  </si>
+  <si>
+    <t>988269</t>
   </si>
   <si>
     <t xml:space="preserve">Курьерский пакет стандарт, без печати, с карманом, 400x500 40 мм, 50 мкм  100шт уп </t>
   </si>
   <si>
     <t>Курьерский пакет стандарт, без печати, с карманом, 400x500&amp;#43;40 мм, 50 мкм &amp;#40;100шт/уп&amp;#41;</t>
   </si>
   <si>
     <t>988271</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b51/lmupdkro5udp2vmrol3e55d4lzpjyn7a.jpg</t>
   </si>
   <si>
     <t>Корд курьерский пакет, без печати, без кармана, черный, 500х600 40, 40мкм, 50шт уп</t>
   </si>
   <si>
     <t>Корд курьерский пакет, без печати, без кармана, черный, 500х600&amp;#43;40, 40мкм, 50шт/уп</t>
   </si>
   <si>
     <t>988273</t>
   </si>
   <si>
     <t>Сейф-пакет размер 296x400 45к, 60 мкм, 100 шт уп</t>
   </si>
@@ -4330,120 +4246,120 @@
   <si>
     <t>Конверт почтовый, крафт нестанд. Курт и К 240х350 без клея чистый 90 г м2 корич. плоск.</t>
   </si>
   <si>
     <t>Конверт почтовый, крафт нестанд. Курт и К 240х350 без клея чистый 90 г/м2 корич. плоск.</t>
   </si>
   <si>
     <t>1009669</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kurt-i-k/"&gt;Курт и К&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c6/ksvk8cozajn5q044utsywpzp0rw1zafy.jpg</t>
   </si>
   <si>
     <t>Конверт почтовый, крафт С4 Курт и К 229х324 декстрин чистый 90 г м2 корич. плоск.</t>
   </si>
   <si>
     <t>Конверт почтовый, крафт С4 Курт и К 229х324 декстрин чистый 90 г/м2 корич. плоск.</t>
   </si>
   <si>
     <t>1009670</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/893/93ggiu9mkvnx1renybzswzjz0jqi1qlk.jpg</t>
-[...8 lines deleted...]
-    <t>1009671</t>
+    <t>http://anytos.ru//upload/iblock/9f1/3bz0q9u2ld96m1b3gnax412z8l3qohq2.jpg</t>
+  </si>
+  <si>
+    <t>Конверт почтовый, оф. С4 Курт и К 229х324 стрип окно справа 90 г м2 белый плоск. внутренняя запечатка</t>
+  </si>
+  <si>
+    <t>Конверт почтовый, оф. С4 Курт и К 229х324 стрип окно справа 90 г/м2 белый плоск. внутренняя запечатка</t>
+  </si>
+  <si>
+    <t>1009672</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d0d/yma2q0wj0ix0ich21532rxcptedetplh.jpg</t>
   </si>
   <si>
     <t>Конверт почтовый, оф. С4 Курт и К 229х324 стрип чистый 90 г м2 белый плоск. внутренняя запечатка</t>
   </si>
   <si>
     <t>Конверт почтовый, оф. С4 Курт и К 229х324 стрип чистый 90 г/м2 белый плоск. внутренняя запечатка</t>
   </si>
   <si>
     <t>1009673</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/40d/2xy98jc250nu0wu23ano0pgogwsywsb3.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый крафт С4 Курт и К 229х324х40 мм стрип боковое и донное расширение 130 г м2 корич. объемн. 250 шт</t>
   </si>
   <si>
     <t>Пакет почтовый крафт С4 Курт и К 229х324х40 мм стрип боковое и донное расширение 130 г/м2 корич. объемн. 250 шт</t>
   </si>
   <si>
     <t>1009675</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/438/1c3zao7l92wl2cc8lq6jcvznjok9rf6h.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый крафт С4 Курт и К 229х324х40 мм стрип боковое и донное расширение 140 г м2 белый объемн.</t>
   </si>
   <si>
     <t>Пакет почтовый крафт С4 Курт и К 229х324х40 мм стрип боковое и донное расширение 140 г/м2 белый объемн.</t>
   </si>
   <si>
     <t>1009676</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bd9/m81k862oba7xsv3it3bl5gddld3eunpg.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2ea/cc3453n2dmazeeock2l0r60uk0m75edg.jpg</t>
   </si>
   <si>
     <t>Пакет почтовый ПЭ нестанд. Курт и К 280х380 стрип защита типа Security 70 г м2 белый плоск. 500 шт внутренняя запечатка</t>
   </si>
   <si>
     <t>Пакет почтовый ПЭ нестанд. Курт и К 280х380 стрип защита типа Security 70 г/м2 белый плоск. 500 шт внутренняя запечатка</t>
   </si>
   <si>
     <t>1009678</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/536/cys3lot5f6zlknpcsr4p6f2wcn03b2c2.jpg</t>
+  </si>
+  <si>
+    <t>Пакет почтовый ПЭ С4 Курт и К 229х324 стрип защита типа Security 70 г м2 белый плоск. 500 шт внутренняя запечатка</t>
+  </si>
+  <si>
+    <t>Пакет почтовый ПЭ С4 Курт и К 229х324 стрип защита типа Security 70 г/м2 белый плоск. 500 шт внутренняя запечатка</t>
+  </si>
+  <si>
+    <t>1009679</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4770,57 +4686,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J364"/>
+  <dimension ref="A1:J358"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G364" sqref="G364"/>
+      <selection pane="bottomRight" activeCell="G358" sqref="G358"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -4939,8156 +4855,8017 @@
       </c>
       <c r="B8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="C9" s="1"/>
+      <c r="D9" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="C15" s="1"/>
+      <c r="D15" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C16" s="1"/>
+      <c r="C16" s="1" t="s">
+        <v>57</v>
+      </c>
       <c r="D16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>62</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>66</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>72</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C20" s="1"/>
+      <c r="D20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B22" s="1" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>84</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="D24" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="C25" s="1"/>
+      <c r="D25" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D26" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="F27" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="G27" s="3" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="F30" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>119</v>
-      </c>
-[...7 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C32" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B38" s="1" t="s">
+      <c r="D38" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B39" s="1" t="s">
+      <c r="D39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>151</v>
-      </c>
-[...7 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>155</v>
-      </c>
-[...7 lines deleted...]
-        <v>157</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="F41" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G41" s="3" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="F42" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G42" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>168</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="F44" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G44" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C47" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F48" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C49" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C49" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F49" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C50" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="D50" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="F50" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G50" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="F51" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G51" s="3" t="s">
         <v>204</v>
-      </c>
-[...10 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="F52" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G52" s="3" t="s">
         <v>209</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F53" s="3" t="s">
-        <v>216</v>
+        <v>199</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="F54" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G54" s="3" t="s">
         <v>218</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="F56" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="G56" s="3" t="s">
         <v>228</v>
-      </c>
-[...10 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="C57" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="F58" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="G58" s="3" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C59" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F59" s="3" t="s">
-        <v>244</v>
+        <v>199</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>245</v>
+        <v>67</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="B60" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F60" s="3" t="s">
-        <v>201</v>
+        <v>237</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>71</v>
+        <v>238</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B61" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>244</v>
+        <v>199</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>245</v>
+        <v>67</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B62" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="F63" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G63" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="B64" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F64" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="B65" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F65" s="3" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B66" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F66" s="3" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B67" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="B68" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F68" s="3" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="B69" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F69" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="B70" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F70" s="3" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B71" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F71" s="3" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>245</v>
+        <v>67</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B72" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F72" s="3" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="B73" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F73" s="3" t="s">
-        <v>262</v>
+        <v>237</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>71</v>
+        <v>238</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="B74" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F74" s="3" t="s">
-        <v>244</v>
+        <v>259</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>245</v>
+        <v>67</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B75" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F75" s="3" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B76" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F76" s="3" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F77" s="3" t="s">
-        <v>262</v>
+        <v>227</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>71</v>
+        <v>218</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B78" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F78" s="3" t="s">
-        <v>262</v>
+        <v>227</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>71</v>
+        <v>218</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F79" s="3" t="s">
-        <v>327</v>
+        <v>259</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>245</v>
+        <v>67</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>327</v>
+        <v>259</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>225</v>
+        <v>67</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="B81" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G81" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="B82" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F82" s="3" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>206</v>
+        <v>238</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="B83" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F83" s="3" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B84" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F84" s="3" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="B85" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F85" s="3" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>245</v>
+        <v>204</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="B86" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F86" s="3" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="B87" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F87" s="3" t="s">
-        <v>176</v>
+        <v>332</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="B88" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F88" s="3" t="s">
-        <v>167</v>
+        <v>332</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>71</v>
+        <v>238</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B89" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F89" s="3" t="s">
-        <v>167</v>
+        <v>332</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>71</v>
+        <v>218</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="B90" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F90" s="3" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="B91" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F91" s="3" t="s">
-        <v>376</v>
+        <v>165</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>206</v>
+        <v>67</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>206</v>
+        <v>67</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>206</v>
+        <v>67</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F94" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="B94" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G94" s="3" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>389</v>
+        <v>174</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>389</v>
+        <v>174</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="F97" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="B97" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G97" s="3" t="s">
-        <v>403</v>
+        <v>67</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>71</v>
+        <v>403</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>71</v>
+        <v>403</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>417</v>
+        <v>398</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="F101" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="G101" s="3" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="F102" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="B102" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G102" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>376</v>
+        <v>422</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="F104" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="B104" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G104" s="3" t="s">
-        <v>211</v>
+        <v>67</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="B105" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F105" s="3" t="s">
-        <v>376</v>
+        <v>431</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="F106" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G106" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F107" s="3" t="s">
-        <v>417</v>
+        <v>385</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C108" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F108" s="3" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="C109" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="D109" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F109" s="3" t="s">
-        <v>176</v>
+        <v>431</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C110" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="D110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F110" s="3" t="s">
-        <v>376</v>
+        <v>440</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="C111" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="D111" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="C111" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111" s="3" t="s">
-        <v>376</v>
+        <v>174</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>463</v>
+        <v>67</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="B112" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F112" s="3" t="s">
-        <v>176</v>
+        <v>385</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="B113" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="B114" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F114" s="3" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="B115" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F115" s="3" t="s">
-        <v>417</v>
+        <v>174</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="B116" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F116" s="3" t="s">
-        <v>417</v>
+        <v>385</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>206</v>
+        <v>67</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="B117" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F117" s="3" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="B118" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F118" s="3" t="s">
-        <v>376</v>
+        <v>431</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>463</v>
+        <v>204</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="B119" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F119" s="3" t="s">
-        <v>408</v>
+        <v>440</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>496</v>
+        <v>67</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>408</v>
+        <v>385</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>496</v>
+        <v>403</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="G121" s="3" t="s">
         <v>501</v>
-      </c>
-[...16 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="B122" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F122" s="3" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>117</v>
+        <v>501</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>513</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="G124" s="3" t="s">
         <v>514</v>
-      </c>
-[...16 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>518</v>
       </c>
-      <c r="B125" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F125" s="3" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="B126" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F126" s="3" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="B127" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F127" s="3" t="s">
-        <v>71</v>
+        <v>422</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="B128" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F128" s="3" t="s">
-        <v>211</v>
+        <v>422</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="B129" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F129" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>538</v>
       </c>
-      <c r="B130" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F130" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>496</v>
+        <v>209</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="B131" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F131" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>496</v>
+        <v>67</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="B132" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F132" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>235</v>
+        <v>501</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="B133" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F133" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>94</v>
+        <v>501</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="B134" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F134" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>558</v>
+        <v>228</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G135" s="3" t="s">
         <v>559</v>
-      </c>
-[...16 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G136" s="3" t="s">
         <v>564</v>
-      </c>
-[...16 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>569</v>
-[...3 lines deleted...]
-      </c>
+        <v>566</v>
+      </c>
+      <c r="C137" s="1"/>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>573</v>
-[...1 lines deleted...]
-      <c r="C138" s="1"/>
+        <v>569</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>570</v>
+      </c>
       <c r="D138" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>575</v>
-      </c>
-[...10 lines deleted...]
-        <v>578</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>579</v>
       </c>
-      <c r="B140" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F140" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>583</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="F141" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G141" s="3" t="s">
         <v>584</v>
-      </c>
-[...13 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F142" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>591</v>
+        <v>89</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="B143" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F143" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>94</v>
+        <v>564</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B144" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F144" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G145" s="3" t="s">
         <v>601</v>
-      </c>
-[...13 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C146" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="D146" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="C146" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F146" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>58</v>
+        <v>601</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C147" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="D147" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F147" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>612</v>
+        <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="B148" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F148" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="B149" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F149" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>612</v>
+        <v>102</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B150" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F150" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="B151" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F151" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>629</v>
+        <v>115</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>104</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>104</v>
+        <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>117</v>
+        <v>601</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>629</v>
+        <v>54</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>94</v>
+        <v>601</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>117</v>
+        <v>67</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>103</v>
+        <v>199</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>612</v>
+        <v>67</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>104</v>
+        <v>67</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>103</v>
+        <v>416</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>104</v>
+        <v>67</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>167</v>
+        <v>101</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>167</v>
+        <v>101</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="F168" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G168" s="3" t="s">
         <v>694</v>
-      </c>
-[...16 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="B169" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F169" s="3" t="s">
-        <v>167</v>
+        <v>101</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>71</v>
+        <v>694</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="B170" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F170" s="3" t="s">
-        <v>402</v>
+        <v>101</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>71</v>
+        <v>209</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>706</v>
       </c>
-      <c r="B171" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F171" s="3" t="s">
-        <v>104</v>
+        <v>101</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>694</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="B172" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F172" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>720</v>
+        <v>709</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>722</v>
+        <v>417</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>723</v>
+        <v>717</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>722</v>
+        <v>403</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>728</v>
+        <v>722</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>730</v>
+        <v>723</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>732</v>
+        <v>725</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>733</v>
+        <v>719</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>734</v>
+        <v>726</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>722</v>
+        <v>403</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>736</v>
+        <v>728</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>737</v>
+        <v>719</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>738</v>
+        <v>729</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>71</v>
+        <v>403</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>739</v>
+        <v>730</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>403</v>
+        <v>204</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>742</v>
+        <v>734</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>743</v>
+        <v>735</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>744</v>
+        <v>736</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>745</v>
+        <v>737</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>746</v>
+        <v>738</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>747</v>
+        <v>739</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>744</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>211</v>
+        <v>67</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>755</v>
+        <v>749</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>463</v>
+        <v>67</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>463</v>
+        <v>417</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>763</v>
+        <v>744</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>206</v>
+        <v>89</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>767</v>
+        <v>744</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>768</v>
+        <v>762</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>206</v>
+        <v>417</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>769</v>
+        <v>763</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>772</v>
+        <v>766</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>94</v>
+        <v>767</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>774</v>
+        <v>769</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>403</v>
+        <v>209</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>103</v>
+        <v>776</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>780</v>
       </c>
-      <c r="B191" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F191" s="3" t="s">
-        <v>103</v>
+        <v>776</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>786</v>
+        <v>697</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>403</v>
+        <v>67</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>775</v>
+        <v>684</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>775</v>
+        <v>789</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>403</v>
+        <v>67</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>796</v>
+        <v>705</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>798</v>
+        <v>67</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>206</v>
+        <v>403</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>804</v>
+        <v>798</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>805</v>
+        <v>799</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>806</v>
+        <v>709</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>803</v>
+        <v>14</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>206</v>
+        <v>67</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>725</v>
+        <v>803</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>810</v>
+        <v>804</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>811</v>
+        <v>805</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>812</v>
+        <v>806</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>712</v>
+        <v>807</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>813</v>
+        <v>808</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>816</v>
+        <v>719</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>817</v>
+        <v>811</v>
       </c>
       <c r="F200" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>818</v>
+        <v>805</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>819</v>
+        <v>812</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>733</v>
+        <v>719</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>820</v>
+        <v>813</v>
       </c>
       <c r="F201" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>821</v>
+        <v>814</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>822</v>
+        <v>815</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>823</v>
+        <v>719</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>824</v>
+        <v>816</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>803</v>
+        <v>14</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>463</v>
+        <v>67</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>825</v>
+        <v>817</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>826</v>
+        <v>818</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>827</v>
+        <v>732</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>828</v>
+        <v>819</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>803</v>
+        <v>14</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>463</v>
+        <v>67</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>831</v>
+        <v>732</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>832</v>
+        <v>822</v>
       </c>
       <c r="F204" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>833</v>
+        <v>823</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>834</v>
+        <v>824</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>835</v>
+        <v>825</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>836</v>
+        <v>826</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>71</v>
+        <v>209</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>837</v>
+        <v>827</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>838</v>
+        <v>828</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>744</v>
+        <v>829</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>839</v>
+        <v>830</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>71</v>
+        <v>767</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="C207" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="B207" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D207" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>71</v>
+        <v>767</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>843</v>
+        <v>836</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>744</v>
+        <v>837</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>844</v>
+        <v>838</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>71</v>
+        <v>417</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>845</v>
+        <v>839</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>763</v>
+        <v>841</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>71</v>
+        <v>403</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>763</v>
+        <v>845</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>71</v>
+        <v>847</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>851</v>
       </c>
-      <c r="B211" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F211" s="3" t="s">
-        <v>103</v>
+        <v>776</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>855</v>
       </c>
-      <c r="B212" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F212" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>798</v>
+        <v>767</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>859</v>
       </c>
-      <c r="B213" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F213" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>798</v>
+        <v>102</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>863</v>
       </c>
-      <c r="B214" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F214" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>403</v>
+        <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="B215" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F215" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>463</v>
+        <v>102</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>875</v>
+        <v>67</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>803</v>
+        <v>101</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>206</v>
+        <v>601</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>798</v>
+        <v>883</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>104</v>
+        <v>601</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="G221" s="3" t="s">
         <v>892</v>
-      </c>
-[...16 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>896</v>
       </c>
-      <c r="B222" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F222" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>104</v>
+        <v>54</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>900</v>
       </c>
-      <c r="B223" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F223" s="3" t="s">
-        <v>167</v>
+        <v>14</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>903</v>
       </c>
-      <c r="B224" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F224" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>162</v>
+        <v>67</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>909</v>
+        <v>899</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>910</v>
+        <v>906</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>612</v>
+        <v>67</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="F226" s="3" t="s">
         <v>911</v>
       </c>
-      <c r="B226" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G226" s="3" t="s">
-        <v>629</v>
+        <v>67</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>915</v>
       </c>
-      <c r="B227" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F227" s="3" t="s">
-        <v>103</v>
+        <v>911</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>612</v>
+        <v>67</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="C228" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>919</v>
       </c>
-      <c r="B228" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F228" s="3" t="s">
-        <v>103</v>
+        <v>911</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>923</v>
+        <v>67</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>925</v>
+        <v>921</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>926</v>
+        <v>922</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>927</v>
+        <v>923</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>14</v>
+        <v>911</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>930</v>
+        <v>926</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>14</v>
+        <v>911</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>737</v>
+        <v>930</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="C232" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>935</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="F232" s="3" t="s">
         <v>936</v>
       </c>
-      <c r="C232" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G232" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="B233" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="C233" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>939</v>
       </c>
-      <c r="C233" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F233" s="3" t="s">
-        <v>942</v>
+        <v>24</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>71</v>
+        <v>601</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="C234" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>943</v>
       </c>
-      <c r="B234" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F234" s="3" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>947</v>
       </c>
-      <c r="B235" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F235" s="3" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>953</v>
+        <v>942</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>71</v>
+        <v>936</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>957</v>
+        <v>942</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>961</v>
+        <v>934</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>962</v>
+        <v>956</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>963</v>
+        <v>957</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>964</v>
+        <v>958</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>965</v>
+        <v>656</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>71</v>
+        <v>24</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>601</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>967</v>
+        <v>960</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>969</v>
+        <v>942</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>971</v>
+        <v>936</v>
       </c>
       <c r="G240" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>972</v>
+        <v>963</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>973</v>
+        <v>964</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>974</v>
+        <v>946</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>24</v>
+        <v>936</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>612</v>
+        <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>976</v>
+        <v>932</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>977</v>
+        <v>966</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>978</v>
+        <v>656</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>971</v>
+        <v>24</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>15</v>
+        <v>601</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>980</v>
+        <v>968</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>982</v>
+        <v>970</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>971</v>
+        <v>776</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>15</v>
+        <v>403</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>984</v>
+        <v>972</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>985</v>
+        <v>973</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>986</v>
+        <v>975</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>971</v>
+        <v>776</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>15</v>
+        <v>403</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>987</v>
+        <v>976</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>988</v>
+        <v>977</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>978</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>989</v>
+        <v>979</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>971</v>
+        <v>776</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>58</v>
+        <v>209</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>990</v>
+        <v>980</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>991</v>
+        <v>981</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>992</v>
+        <v>983</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>24</v>
+        <v>776</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>612</v>
+        <v>417</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>993</v>
+        <v>984</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>994</v>
+        <v>985</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>969</v>
+        <v>986</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>995</v>
+        <v>987</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>971</v>
+        <v>776</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>58</v>
+        <v>417</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>996</v>
+        <v>984</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>997</v>
+        <v>988</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>974</v>
+        <v>989</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>998</v>
+        <v>990</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>24</v>
+        <v>776</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>612</v>
+        <v>417</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>990</v>
+        <v>984</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>999</v>
+        <v>991</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>978</v>
+        <v>992</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>971</v>
+        <v>776</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>15</v>
+        <v>417</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>1002</v>
+        <v>995</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>1003</v>
+        <v>997</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>971</v>
+        <v>776</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>15</v>
+        <v>417</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>967</v>
+        <v>998</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>974</v>
+        <v>1000</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>24</v>
+        <v>776</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>612</v>
+        <v>417</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>463</v>
+        <v>767</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>803</v>
+        <v>101</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>463</v>
+        <v>67</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>211</v>
+        <v>767</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>1021</v>
+        <v>1017</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>403</v>
+        <v>767</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>1022</v>
+        <v>1018</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1023</v>
+        <v>1019</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>1024</v>
+        <v>732</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>1025</v>
+        <v>1020</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>803</v>
+        <v>14</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>403</v>
+        <v>67</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1027</v>
+        <v>1022</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>403</v>
+        <v>209</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B258" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="B258" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C258" s="1" t="s">
-        <v>1031</v>
+        <v>1027</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>403</v>
+        <v>209</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>403</v>
+        <v>67</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>1039</v>
+        <v>1035</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>798</v>
+        <v>417</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>798</v>
+        <v>767</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1050</v>
+        <v>1046</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>798</v>
+        <v>767</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>763</v>
+        <v>1051</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1055</v>
+        <v>1052</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>14</v>
+        <v>776</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>71</v>
+        <v>694</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1058</v>
+        <v>942</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>803</v>
+        <v>936</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>211</v>
+        <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1062</v>
+        <v>719</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1063</v>
+        <v>1058</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>803</v>
+        <v>14</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>211</v>
+        <v>67</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1064</v>
+        <v>1059</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1065</v>
+        <v>1060</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1066</v>
+        <v>684</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1067</v>
+        <v>1061</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>803</v>
+        <v>101</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1068</v>
+        <v>1062</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1069</v>
+        <v>1063</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1070</v>
+        <v>1064</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1071</v>
+        <v>1065</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>67</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1072</v>
+        <v>823</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1073</v>
+        <v>1066</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1074</v>
+        <v>1067</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1075</v>
+        <v>1068</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>803</v>
+        <v>101</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>403</v>
+        <v>67</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1076</v>
+        <v>1069</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1077</v>
+        <v>1070</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1078</v>
+        <v>1071</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1079</v>
+        <v>1072</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>803</v>
+        <v>14</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>798</v>
+        <v>67</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1080</v>
+        <v>1073</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1082</v>
+        <v>1075</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>798</v>
+        <v>417</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1085</v>
+        <v>1078</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1086</v>
+        <v>1079</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>803</v>
+        <v>776</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>722</v>
+        <v>67</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1089</v>
+        <v>1082</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>978</v>
+        <v>1083</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1090</v>
+        <v>1084</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>971</v>
+        <v>14</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1092</v>
+        <v>1086</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>744</v>
+        <v>1087</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1093</v>
+        <v>1088</v>
       </c>
       <c r="F274" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1094</v>
+        <v>1089</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>712</v>
+        <v>1091</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1096</v>
+        <v>1092</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>103</v>
+        <v>14</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1098</v>
+        <v>1094</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1100</v>
+        <v>1096</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>71</v>
+        <v>101</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>851</v>
+        <v>1097</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1102</v>
+        <v>899</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1103</v>
+        <v>1099</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1107</v>
+        <v>1103</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>14</v>
+        <v>776</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>71</v>
+        <v>417</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1111</v>
+        <v>1107</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>803</v>
+        <v>101</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>403</v>
+        <v>514</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1112</v>
+        <v>1108</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1114</v>
+        <v>1110</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1116</v>
+        <v>1112</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1125</v>
+        <v>1121</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1126</v>
+        <v>1122</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1127</v>
+        <v>1123</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1129</v>
+        <v>1125</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1130</v>
+        <v>1126</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1131</v>
+        <v>1127</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E285" s="3" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F285" s="3" t="s">
         <v>1132</v>
       </c>
-      <c r="B285" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G285" s="3" t="s">
-        <v>71</v>
+        <v>564</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C286" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1136</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="F286" s="3" t="s">
         <v>1137</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G286" s="3" t="s">
-        <v>403</v>
+        <v>67</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B287" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="C287" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1141</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F287" s="3" t="s">
-        <v>103</v>
+        <v>1137</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>509</v>
+        <v>67</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B288" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="C288" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="C288" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1145</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F288" s="3" t="s">
-        <v>103</v>
+        <v>1137</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>117</v>
+        <v>67</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B289" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="C289" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1149</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F289" s="3" t="s">
-        <v>71</v>
+        <v>1137</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B290" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="C290" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="C290" s="1" t="s">
+      <c r="D290" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1153</v>
       </c>
-      <c r="D290" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F290" s="3" t="s">
-        <v>71</v>
+        <v>1137</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B291" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="C291" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="C291" s="1" t="s">
+      <c r="D291" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1157</v>
       </c>
-      <c r="D291" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F291" s="3" t="s">
-        <v>71</v>
+        <v>1132</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B292" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1161</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F292" s="3" t="s">
-        <v>103</v>
+        <v>1137</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B293" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="C293" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1165</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F293" s="3" t="s">
-        <v>71</v>
+        <v>1137</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B294" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1169</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F294" s="3" t="s">
-        <v>1171</v>
+        <v>1137</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>563</v>
+        <v>67</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C295" s="1" t="s">
         <v>1172</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="D295" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1173</v>
       </c>
-      <c r="C295" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F295" s="3" t="s">
-        <v>1176</v>
+        <v>1132</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1177</v>
       </c>
-      <c r="B296" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F296" s="3" t="s">
-        <v>1176</v>
+        <v>911</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1181</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="F297" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G297" s="3" t="s">
         <v>1182</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C298" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="D298" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1186</v>
       </c>
-      <c r="C298" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="G298" s="3" t="s">
         <v>1187</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B299" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="C299" s="1" t="s">
         <v>1190</v>
       </c>
-      <c r="C299" s="1" t="s">
+      <c r="D299" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1191</v>
       </c>
-      <c r="D299" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F299" s="3" t="s">
-        <v>1176</v>
+        <v>165</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>71</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>1192</v>
+      </c>
+      <c r="C300" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="D300" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1194</v>
       </c>
-      <c r="C300" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F300" s="3" t="s">
-        <v>1171</v>
+        <v>165</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>94</v>
+        <v>209</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C301" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="D301" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1198</v>
       </c>
-      <c r="C301" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F301" s="3" t="s">
-        <v>1176</v>
+        <v>1132</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>71</v>
+        <v>601</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C302" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="D302" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="C302" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F302" s="3" t="s">
-        <v>1176</v>
+        <v>1132</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C303" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1206</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F303" s="3" t="s">
-        <v>1176</v>
+        <v>1132</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C304" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="D304" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="C304" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F304" s="3" t="s">
-        <v>1171</v>
+        <v>1132</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C305" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="D305" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1214</v>
       </c>
-      <c r="C305" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F305" s="3" t="s">
-        <v>942</v>
+        <v>1132</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C306" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1218</v>
       </c>
-      <c r="C306" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F306" s="3" t="s">
-        <v>167</v>
+        <v>1132</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>1221</v>
+        <v>883</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C307" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1222</v>
       </c>
-      <c r="B307" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F307" s="3" t="s">
-        <v>167</v>
+        <v>1132</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>1226</v>
+        <v>15</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1227</v>
+        <v>1223</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1228</v>
+        <v>1224</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1229</v>
+        <v>1225</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1230</v>
+        <v>1226</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>167</v>
+        <v>1132</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>1226</v>
+        <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>167</v>
+        <v>1132</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>211</v>
+        <v>883</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="B310" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F310" s="3" t="s">
-        <v>1171</v>
+        <v>1132</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>612</v>
+        <v>15</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1240</v>
+        <v>1236</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>1171</v>
+        <v>911</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>94</v>
+        <v>67</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>1171</v>
+        <v>165</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1247</v>
+        <v>1243</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1248</v>
+        <v>1244</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1249</v>
+        <v>1245</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>1171</v>
+        <v>165</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>104</v>
+        <v>67</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1250</v>
+        <v>1246</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1251</v>
+        <v>1247</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1252</v>
+        <v>1248</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>1171</v>
+        <v>165</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1254</v>
+        <v>1250</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1256</v>
+        <v>1252</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1171</v>
+        <v>1132</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>629</v>
+        <v>89</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1261</v>
+        <v>1257</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1171</v>
+        <v>1132</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1262</v>
+        <v>1258</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1263</v>
+        <v>1259</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1264</v>
+        <v>1260</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1265</v>
+        <v>1261</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1171</v>
+        <v>1132</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>629</v>
+        <v>15</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1266</v>
+        <v>1262</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1267</v>
+        <v>1263</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1268</v>
+        <v>1264</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1269</v>
+        <v>1265</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1171</v>
+        <v>1132</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>15</v>
+        <v>883</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1270</v>
+        <v>1266</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1271</v>
+        <v>1267</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>942</v>
+        <v>1132</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>71</v>
+        <v>601</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1273</v>
       </c>
-      <c r="B320" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F320" s="3" t="s">
-        <v>167</v>
+        <v>1132</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1277</v>
       </c>
-      <c r="B321" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F321" s="3" t="s">
-        <v>167</v>
+        <v>1132</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>71</v>
+        <v>883</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1281</v>
       </c>
-      <c r="B322" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F322" s="3" t="s">
-        <v>167</v>
+        <v>1132</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1285</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="F323" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="G323" s="3" t="s">
         <v>1286</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C324" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="D324" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1290</v>
       </c>
-      <c r="C324" s="1" t="s">
+      <c r="F324" s="3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G324" s="3" t="s">
         <v>1291</v>
-      </c>
-[...10 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B325" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="C325" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="C325" s="1" t="s">
+      <c r="D325" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1295</v>
       </c>
-      <c r="D325" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F325" s="3" t="s">
-        <v>1171</v>
+        <v>911</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>15</v>
+        <v>238</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B326" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="C326" s="1" t="s">
         <v>1298</v>
       </c>
-      <c r="C326" s="1" t="s">
+      <c r="D326" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1299</v>
       </c>
-      <c r="D326" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="F326" s="3" t="s">
         <v>1300</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G326" s="3" t="s">
-        <v>629</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>1303</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E327" s="3" t="s">
         <v>1304</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>1171</v>
+        <v>911</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>612</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1305</v>
+        <v>1188</v>
       </c>
       <c r="B328" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E328" s="3" t="s">
         <v>1308</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>1171</v>
+        <v>1300</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>15</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>1171</v>
+        <v>1300</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>629</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>1171</v>
+        <v>911</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>15</v>
+        <v>238</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>1176</v>
+        <v>911</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>1321</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>1324</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E332" s="3" t="s">
         <v>1325</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>942</v>
+        <v>911</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>245</v>
+        <v>204</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="C333" s="1" t="s">
         <v>1328</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E333" s="3" t="s">
         <v>1329</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>1330</v>
+        <v>911</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>1221</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B334" s="1" t="s">
         <v>1331</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="C334" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="C334" s="1" t="s">
+      <c r="D334" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1333</v>
       </c>
-      <c r="D334" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F334" s="3" t="s">
-        <v>942</v>
+        <v>911</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>1335</v>
+        <v>204</v>
       </c>
     </row>
     <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1227</v>
+        <v>1334</v>
       </c>
       <c r="B335" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C335" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="C335" s="1" t="s">
+      <c r="D335" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1337</v>
       </c>
-      <c r="D335" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="F335" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="G335" s="3" t="s">
         <v>1338</v>
-      </c>
-[...4 lines deleted...]
-        <v>1339</v>
       </c>
     </row>
     <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B336" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="C336" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="C336" s="1" t="s">
+      <c r="D336" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1342</v>
       </c>
-      <c r="D336" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F336" s="3" t="s">
-        <v>942</v>
+        <v>911</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>245</v>
+        <v>209</v>
       </c>
     </row>
     <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B337" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="C337" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="C337" s="1" t="s">
+      <c r="D337" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1346</v>
       </c>
-      <c r="D337" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F337" s="3" t="s">
-        <v>942</v>
+        <v>911</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>1348</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C338" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="D338" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1350</v>
       </c>
-      <c r="C338" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F338" s="3" t="s">
-        <v>942</v>
+        <v>911</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
     </row>
     <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C339" s="1" t="s">
         <v>1353</v>
       </c>
-      <c r="B339" s="1" t="s">
+      <c r="D339" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E339" s="3" t="s">
         <v>1354</v>
       </c>
-      <c r="C339" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F339" s="3" t="s">
-        <v>942</v>
+        <v>911</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>1348</v>
+        <v>238</v>
       </c>
     </row>
     <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C340" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="B340" s="1" t="s">
+      <c r="D340" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E340" s="3" t="s">
         <v>1358</v>
       </c>
-      <c r="C340" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F340" s="3" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>204</v>
       </c>
     </row>
     <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C341" s="1" t="s">
         <v>1361</v>
       </c>
-      <c r="B341" s="1" t="s">
+      <c r="D341" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E341" s="3" t="s">
         <v>1362</v>
       </c>
-      <c r="C341" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F341" s="3" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>1365</v>
+        <v>209</v>
       </c>
     </row>
     <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E342" s="3" t="s">
         <v>1366</v>
       </c>
-      <c r="B342" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F342" s="3" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>67</v>
       </c>
     </row>
     <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E343" s="3" t="s">
         <v>1370</v>
       </c>
-      <c r="B343" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F343" s="3" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>209</v>
       </c>
     </row>
     <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E344" s="3" t="s">
         <v>1374</v>
       </c>
-      <c r="B344" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F344" s="3" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>204</v>
       </c>
     </row>
     <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1378</v>
+        <v>1355</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1379</v>
+        <v>1375</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1380</v>
+        <v>1376</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1381</v>
+        <v>1377</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>209</v>
       </c>
     </row>
     <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1382</v>
+        <v>1378</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1383</v>
+        <v>1379</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1384</v>
+        <v>1380</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
     </row>
     <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1386</v>
+        <v>1359</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1387</v>
+        <v>1382</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1388</v>
+        <v>1383</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1389</v>
+        <v>1384</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>71</v>
+        <v>209</v>
       </c>
     </row>
     <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1391</v>
+        <v>1386</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1392</v>
+        <v>1387</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1393</v>
+        <v>1388</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>211</v>
+        <v>1132</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>71</v>
+        <v>1132</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1398</v>
+        <v>1393</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1399</v>
+        <v>1394</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1400</v>
+        <v>1395</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1401</v>
+        <v>1396</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>211</v>
+        <v>1397</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F351" s="3" t="s">
         <v>1402</v>
       </c>
-      <c r="B351" s="1" t="s">
-[...12 lines deleted...]
-        <v>211</v>
+      <c r="G351" s="3" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1406</v>
       </c>
-      <c r="B352" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F352" s="3" t="s">
-        <v>206</v>
+        <v>1402</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1390</v>
+        <v>1407</v>
       </c>
       <c r="B353" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1410</v>
       </c>
-      <c r="C353" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F353" s="3" t="s">
-        <v>211</v>
+        <v>1402</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C354" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="D354" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1414</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F354" s="3" t="s">
-        <v>1171</v>
+        <v>1402</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
     </row>
     <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C355" s="1" t="s">
         <v>1417</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="D355" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1418</v>
       </c>
-      <c r="C355" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F355" s="3" t="s">
-        <v>1171</v>
+        <v>1402</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
     </row>
     <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C356" s="1" t="s">
         <v>1421</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="D356" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1422</v>
       </c>
-      <c r="C356" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F356" s="3" t="s">
-        <v>1425</v>
+        <v>1402</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
     </row>
     <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1426</v>
       </c>
-      <c r="B357" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F357" s="3" t="s">
-        <v>1430</v>
+        <v>1402</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1431</v>
+        <v>1427</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1432</v>
+        <v>1428</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1433</v>
+        <v>1429</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1434</v>
+        <v>1430</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>1430</v>
+        <v>1402</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>94</v>
-[...137 lines deleted...]
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">