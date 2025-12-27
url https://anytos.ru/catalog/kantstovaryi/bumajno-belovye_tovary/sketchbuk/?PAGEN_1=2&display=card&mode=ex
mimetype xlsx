--- v0 (2025-11-01)
+++ v1 (2025-12-27)
@@ -12,178 +12,157 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1589">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1561">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0f6/xlnyjth1ozf40husncwlxpxcngrjyvsk.jpg</t>
+  </si>
+  <si>
+    <t>Альбом-планшет д зарисовок 40 листов А4 греб. жестк.подложка офс. 160 г м2. AF13-061-03</t>
+  </si>
+  <si>
+    <t>Скетч – основная техника каждого дизайнера, а самыми популярными направлениями скетчинга являются зарисовки дизайнов одежды и модных образов, интерьеров, архитектурных объектов, промышленный дизайн и иллюстрирование в путешествиях. Альбом-планшет для скетчей выполнен с внутренним блоком из 40 листов белой офсетной бумаги плотностью 160 гр./м?. Оригинальный компактный альбом размером 19х19 см, удобен для повсеместного ношения с собой, а квадратная форма позволит реализовать множество интересных идей. Благодаря качественному внутреннему блоку из белоснежной, плотной и однородной в своей массе бумаги, альбом практически универсален с точки зрения используемых художественных материалов - от шариковых ручек и карандашей до фломастеров и различных красок. Скрепление листов на спирали и плотная картонная подложка-планшет обеспечивают комфорт во время работы.</t>
+  </si>
+  <si>
+    <t>Скетчбук</t>
+  </si>
+  <si>
+    <t>340887</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artformat/"&gt;АРТформат&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/85d/jhcoq1qdcsphbc04ubfffweqms37i1uv.jpg</t>
   </si>
   <si>
     <t>Альбом-планшет д зарисовок 40 листов А5 греб.  жестк.подложка офс. 160 г м2. AF13-062-03</t>
   </si>
   <si>
-    <t>Скетч – основная техника каждого дизайнера, а самыми популярными направлениями скетчинга являются зарисовки дизайнов одежды и модных образов, интерьеров, архитектурных объектов, промышленный дизайн и иллюстрирование в путешествиях. Альбом-планшет для скетчей выполнен с внутренним блоком из 40 листов белой офсетной бумаги плотностью 160 гр./м?. Оригинальный компактный альбом размером 19х19 см, удобен для повсеместного ношения с собой, а квадратная форма позволит реализовать множество интересных идей. Благодаря качественному внутреннему блоку из белоснежной, плотной и однородной в своей массе бумаги, альбом практически универсален с точки зрения используемых художественных материалов - от шариковых ручек и карандашей до фломастеров и различных красок. Скрепление листов на спирали и плотная картонная подложка-планшет обеспечивают комфорт во время работы.</t>
-[...4 lines deleted...]
-  <si>
     <t>340888</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/artformat/"&gt;АРТформат&lt;/a&gt;</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/22b/r4v6dvyyyo9his0u06zxgpfcvm8zwets.jpg</t>
   </si>
   <si>
     <t>Скетчбук, акварельная белая бумага 200 г м2 ГОЗНАК, 205х290 мм, 20 листов, гребень подложка, BRAUBERG ART  quot;DEBUT quot;, 110991</t>
   </si>
   <si>
     <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; прекрасно подойдет для профессионалов, а также любителей акварельной живописи. Бумага идеальна для рисования акварелью, гуашью, древесным углем, цветными карандашами и чернилами. Изделие формата А4 &amp;#40;205х290 мм&amp;#41; содержит 20 белоснежных листов плотностью 200 г/м2 со среднезернистой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Привлекательная обложка выполнена из импортного мелованного картона. Жесткая задняя подложка жесткая позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Бумага обеспечивает равномерную акварельную заливку и контролируемый край, впитывает воду, но при этом слабо деформируется, стойка к вымыванию, не съедает цвет, оставляя яркие цвета неизменными, быстро сохнет.Данный товар - это отличный пример соотношения высокого качества и доступной цены.</t>
   </si>
   <si>
     <t>426380</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/245/6sirlqoljjjhq5a7z7pwr9a62q7e5o09.jpg</t>
   </si>
   <si>
     <t>Скетчбук, акварельная белая бумага 200 г м2 ГОЗНАК, 280х280 мм, 20 листов, гребень подложка, BRAUBERG ART  quot;DEBUT quot;, 110992</t>
   </si>
   <si>
     <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; прекрасно подойдет для профессионалов, а также любителей акварельной живописи. Бумага идеальна для рисования акварелью, гуашью, древесным углем, цветными карандашами и чернилами. Изделие имеет размер 280х280 мм и содержит 20 белоснежных листов плотностью 200 г/м2 со среднезернистой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Привлекательная обложка выполнена из импортного мелованного картона. Жесткая задняя подложка жесткая позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Бумага обеспечивает равномерную акварельную заливку и контролируемый край, впитывает воду, но при этом слабо деформируется, стойка к вымыванию, не съедает цвет, оставляя яркие цвета неизменными, быстро сохнет.Данный товар - это отличный пример соотношения высокого качества и доступной цены.</t>
   </si>
   <si>
     <t>426381</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/808/natyrg2d0u5cnxmy8tc9hi0h8ew1f0gq.jpg</t>
   </si>
   <si>
     <t>Скетчбук, акварельная белая бумага 200 г м2 ГОЗНАК, 190х190 мм, 20 листов, гребень подложка BRAUBERG ART  quot;DEBUT quot;, 110993</t>
   </si>
   <si>
     <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; прекрасно подойдет для профессионалов, а также любителей акварельной живописи. Бумага идеальна для рисования акварелью, гуашью, древесным углем, цветными карандашами и чернилами. Изделие имеет размер 190х190 мм и содержит 20 белоснежных листов плотностью 200 г/м2 со среднезернистой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Привлекательная обложка выполнена из импортного мелованного картона. Жесткая задняя подложка позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Бумага обеспечивает равномерную акварельную заливку и контролируемый край, впитывает воду, но при этом слабо деформируется, стойка к вымыванию, не съедает цвет, оставляя яркие цвета неизменными, быстро сохнет.</t>
   </si>
   <si>
     <t>426382</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/233/6ouah356pa8vp4ks92r83o02a107fhto.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/735/bku9qoav7hn60r11ck0l4tlq5jt7360b.jpg</t>
   </si>
   <si>
     <t>Скетчбук, белая бумага 160 г м2, 205х290 мм, 30 л., гребень, ж сткая подложка, BRAUBERG ART  quot;DEBUT quot;, 110985</t>
   </si>
   <si>
     <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначен для эскизов, зарисовок, графики в различных техниках рисования: карандашом, пастелью, сангиной, углем. С его помощью можно набросать проект картины, проработав все детали, прежде чем начинать глобальную работу. Привлекательная обложка выполнена из импортного мелованного картона. В блокноте 30 белоснежных листов плотностью 160 г/м2, т.е. 30 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 180 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 205х290 мм. Данный товар - это сочетание высокого качества по приемлемой стоимости.</t>
   </si>
   <si>
     <t>426388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16a/kdavidxkuduc6czn1ney9gsuoad6ok70.jpg</t>
   </si>
   <si>
     <t>Скетчбук, белая бумага 160 г м2, 145х205 мм, 30 л., гребень, ж сткая подложка, BRAUBERG ART  quot;DEBUT quot;, 110989</t>
   </si>
   <si>
     <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначен для эскизов, зарисовок, графики в различных техниках рисования: карандашом, пастелью, сангиной, углем. С его помощью можно набросать проект картины, проработав все детали, прежде чем начинать глобальную работу. Привлекательная обложка выполнена из импортного мелованного картона. В блокноте 30 белоснежных листов плотностью 160 г/м2, т.е. 30 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 180 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат, размером 145х205 мм, поместится даже в небольшую сумку. Данный товар - это сочетание высокого качества по приемлемой стоимости.</t>
   </si>
   <si>
     <t>426391</t>
   </si>
   <si>
     <t>5</t>
@@ -191,62 +170,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b2c/2wvhq0h1v8zwk4xhv6crlfcwbq825nni.jpg</t>
   </si>
   <si>
     <t>Альбом-скетчбук А4  210х297 мм , кремовая бумага, 30 л., 150 г м2, гребень, BRAUBERG ART  quot;CLASSIC quot;, 128947</t>
   </si>
   <si>
     <t>Альбом для эскизов и графики с жесткой подложкой. Внутренний блок - специальная художественная кремовая бумага с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и т.д.&amp;#41;. Привлекательная обложка выполнена из импортного мелованного картона. В блокноте 30 листов цвета слоновой кости плотностью 150 г/м2, т.е. 30 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 360 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски на весу. Удобный формат размером 210х297 мм.</t>
   </si>
   <si>
     <t>426412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cab/vngm3tyjvk3h8hctlam1vkolau06eiqf.jpg</t>
   </si>
   <si>
     <t>Альбом-скетчбук МАЛЫЙ ФОРМАТ  148х210 мм  А5, кремовая бумага, 30 л., 150 г м2, гребень, BRAUBERG ART  quot;CLASSIC quot;, 128948</t>
   </si>
   <si>
     <t>Альбом для эскизов и графики с жесткой подложкой. Внутренний блок - специальная художественная кремовая бумага с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из импортного мелованного картона. В блокноте 30 листов цвета слоновой кости плотностью 150 г/м2, т.е. 30 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 360 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски на весу. Удобный формат размером 148х210 мм.</t>
   </si>
   <si>
     <t>426413</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/66b/4gejwn6brgkgga44qlmv4jocj4otna25.jpg</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук А4  210х297 мм , белая бумага, 30 л., 150 г м2, гребень, BRAUBERG ART  quot;CLASSIC quot;, 128949</t>
+  </si>
+  <si>
+    <t>Альбом для эскизов и графики с жесткой подложкой. Внутренний блок - специальная художественная бумага белого цвета с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из импортного мелованного картона. В блокноте 30 листов белой бумаги плотностью 150 г/м2, т.е. 30 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 360 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски на весу. Удобный формат размером 210х297 мм.</t>
+  </si>
+  <si>
+    <t>426414</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6c8/schd4sulgkpy2j1imlcnij23dy7bjnl9.jpg</t>
   </si>
   <si>
     <t>Альбом-скетчбук МАЛЫЙ ФОРМАТ  148х210 мм  А5, черная бумага, 32 л., 120 г м2, гребень, BRAUBERG ART  quot;CLASSIC quot;, 128952</t>
   </si>
   <si>
     <t>Альбом для эскизов и графики с жесткой подложкой. Внутренний блок - специальная художественная гладкая бумага черного цвета. Предназначен преимущественно для работы с белыми графическими материалами &amp;#40;гелевые ручки, карандаши, мел и прочие&amp;#41;. Привлекательная обложка выполнена из импортного мелованного картона. В блокноте 32 листа бумаги черного цвета плотностью 120 г/м2, т.е. 32 возможности воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 360 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски на весу. Удобный формат размером 148х210 мм.</t>
   </si>
   <si>
     <t>426416</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/300/dv9cas5frkd3s5ma0vz4qzm4qv0dz87j.jpg</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук А4  210х297 мм , кремовая бумага, 32 л., 150 г м2, склейка, BRAUBERG ART  quot;CLASSIC quot;, 128955</t>
+  </si>
+  <si>
+    <t>Альбом для эскизов и графики на склейке. Внутренний блок - специальная художественная бумага кремового оттенка с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из импортного картона. В блокноте 32 листа бумаги цвета слоновой кости плотностью 150 г/м2, т.е. 32 возможности воплотить свою задумку! Листы удобно скреплены склейкой. Удобный формат размером 210х297 мм.</t>
+  </si>
+  <si>
+    <t>426419</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/462/9w1cak0xu2rpq8phk0ss1n5x1o4q5vc4.jpg</t>
   </si>
   <si>
     <t>Альбом-скетчбук МАЛЫЙ ФОРМАТ  148х210 мм  А5, кремовая бумага, 32 л., 150 г м2, склейка, BRAUBERG ART  quot;CLASSIC quot;, 128956</t>
   </si>
   <si>
     <t>Альбом для эскизов и графики на склейке. Внутренний блок - специальная художественная бумага кремового оттенка с легкой зернистой фактурой. Альбом подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из импортного картона. В блокноте 32 листа бумаги цвета слоновой кости плотностью 150 г/м2, т.е. 32 возможности воплотить свою задумку! Листы удобно скреплены склейкой. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 148х210 мм.</t>
   </si>
   <si>
     <t>426420</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/036/dvklqfvk4r7v6r6hss1xvz2edfgx8lby.jpg</t>
   </si>
   <si>
     <t>Блокнот-скетчбук, твердый переплет, кремовая бумага, А4, 210х297 мм, 100 г м2, 110 л., BRAUBERG ART  quot;CLASSIC quot;, 128957</t>
   </si>
   <si>
     <t>Скетчбук для эскизов и графики. Внутренний блок - специальная художественная бумага кремового оттенка с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка выполнена в виде книжного переплета. В блокноте 110 листов бумаги цвета слоновой кости плотностью 100 г/м2, т.е. 220 возможностей воплотить свою задумку! Листы надежно скреплены ниткой. Жесткая, книжная обложка позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 210х297 мм.</t>
   </si>
   <si>
     <t>426421</t>
@@ -254,4575 +260,4485 @@
   <si>
     <t>http://anytos.ru//upload/iblock/37d/wugweijrr5d2ksa8f1f7m9j3bqsux1d1.jpg</t>
   </si>
   <si>
     <t>Альбом-скетчбук А4  210х297 мм , кремовая бумага, 120 л., 100 г м2, прошивка, BRAUBERG ART  quot;CLASSIC quot;, 128960</t>
   </si>
   <si>
     <t>Альбом для эскизов и графики с открытым переплетом. Внутренний блок - специальная художественная кремовая бумага с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Супер-обложка выполнена в виде папки. В блокноте 120 листов бумаги цвета слоновой кости плотностью 100 г/м2, т.е. 120 возможностей воплотить свою задумку! Листы надежно скреплены ниткой. Удобный формат размером 210х297 мм.</t>
   </si>
   <si>
     <t>426423</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cbd/80jdrvmxmpuv2rxho8oy1knxje22k4gm.jpg</t>
   </si>
   <si>
     <t>Альбом-скетчбук МАЛЫЙ ФОРМАТ  145х210 мм  А5, кремовый, 120 л., 100 г м2, прошивка, BRAUBERG ART  quot;CLASSIC quot;, 128961</t>
   </si>
   <si>
     <t>Альбом для эскизов и графики с открытым переплетом. Внутренний блок - специальная художественная кремовая бумага с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и т.д.&amp;#41;. Супер-обложка выполнена в виде папки. В блокноте 120 листов бумаги цвета слоновой кости плотностью 100 г/м2, т.е. 120 возможностей воплотить свою задумку! Листы надежно скреплены ниткой. Удобный формат размером 148х210 мм.</t>
   </si>
   <si>
     <t>426424</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/44e/44e4647a9974542f7baf6d0dfb0c4a40.jpeg</t>
   </si>
   <si>
     <t>Планшет для зарисовок маркерами 50л. А4 на склейке Лилия Холдинг, 75г м2</t>
   </si>
   <si>
     <t>Благодаря уникальной пропитке, тонкий лист не промокает насквозь, а слегка прозрачный лист помогает делать иллюстрации, рисунки и эскизы. Подходит как для профессионалов, так и для начинающих художников. Данная бумага из-за совей прозрачности позволяет научиться красиво рисовать через перерисовку иллюстраций. Идеально подходит для маркеров и чернографита. Удобная подложка планшета позволяет его брать с собой, а актуальные размеры помогут создавать самые красивые работы.</t>
   </si>
   <si>
     <t>427402</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lilija-holding/"&gt;Лилия Холдинг&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd0/dsaogkjdxqnl49laiczdch7172rcruju.jpg</t>
   </si>
   <si>
     <t>Скетчбук, черная бумага 120 г м2, 205х290 мм, 20 л., гребень, ж сткая подложка, BRAUBERG ART  quot;DEBUT quot;, 110995</t>
   </si>
   <si>
     <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначен для эскизов и графики в различных техниках рисования: белыми графическими материалами, среди которых гелевые ручки, карандаши, мел, пастель и прочие. Привлекательная обложка выполнена из импортного мелованного картона. Внутренний блок - 20 листов специальной художественной гладкой бумаги черного цвета плотностью 120 г/м2, т.е. 20 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 180 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 205х290 мм. В буквальном переводе sketchbook переводится с английского как альбом для набросков &amp;#40;sketch – набросок, быстрый рисунок, book – книга&amp;#41;. Хранилище внезапно возникающих интересных идей – вот наиболее краткий ответ на вопрос, что такое скетчбук и зачем он нужен. Для творческих личностей &amp;#40;в особенности – начинающих художников&amp;#41; это просто незаменимая вещь. По сути скетчбук – записная книжка идей для тех, кто рисует или чья работа как-либо связана с изображениями &amp;#40;например, архитекторы, фотографы, рекламщики&amp;#41;.Позволяет фиксировать всевозможные идеи и фантазии, а также служит своеобразным простором для тренировки творческого воображения. На его страницы можно нанести эскизы будущей картины или же хендмейд изделия, что наиболее актуально для мастериц, создающих оригинальные украшения. Ведение скетчбука позволяет систематизировать творческие идеи, сохранить их и впоследствии реализовать. Если возникшие фантазии не зафиксировать, с большой вероятностью они скоро позабудутся.Данный товар - это сочетание высокого качества по приемлемой стоимости.</t>
   </si>
   <si>
     <t>434611</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c06/80qr8omo2lh63wict6dy7q9h78en7a5b.jpg</t>
-[...8 lines deleted...]
-    <t>434613</t>
+    <t>http://anytos.ru//upload/iblock/ded/p0jen2rei1jbmjqarwzymk7pcxq14fxf.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2, 190х190 мм, 60 л., гребень, ж сткая подложка, BRAUBERG ART  quot;DEBUT quot;, 110998</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначен для эскизов, зарисовок, графики в различных техниках рисования: карандашом, пастелью, сангиной, углем. С его помощью можно набросать проект картины, проработав все детали, прежде чем начинать глобальную работу. Привлекательная обложка выполнена из импортного мелованного картона. В блокноте 60 белоснежных листов плотностью 100 г/м2, т.е. 60 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 180 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 190х190 мм поместится даже в небольшую сумку. Данный товар - это сочетание высокого качества по приемлемой стоимости.</t>
+  </si>
+  <si>
+    <t>434614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c4/yd3kuc3th3e611y30hwh148viyi10x43.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, черная бумага 120 г м2, 210х297 мм, 32 л., гребень, BRAUBERG ART  quot;CLASSIC quot;, 128951</t>
+  </si>
+  <si>
+    <t>Альбом для эскизов и графики с жесткой подложкой. Внутренний блок - специальная художественная гладкая бумага черного цвета. Предназначен преимущественно для работы с белыми графическими материалами &amp;#40;гелевые ручки, карандаши, мел и прочие&amp;#41;. Привлекательная обложка выполнена из импортного мелованного картона. В блокноте 32 листа бумаги черного цвета плотностью 120 г/м2, т.е. 32 возможности воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 360 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски на весу. Удобный формат размером 210х297 мм.</t>
+  </si>
+  <si>
+    <t>434615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25b/0f1rec36m9fmm0hf2n1q1f6akqsq3kw1.jpg</t>
+  </si>
+  <si>
+    <t>Раскраска-эскиз АРТформат ПТИЦЫ 10 листов А4 акварельная бумага, 200 гр, в папке</t>
+  </si>
+  <si>
+    <t>Эскизы-раскраски под акварель для всех, кто хочет освоить акварельную живопись или только попробовать в качестве эксперимента и интересного расслабляющего досуга: • В коллекции 10 разных эскизов формата А4 в удобной картонной папке с карманом • Специальная плотная фактурная бумага для акварели &amp;#40;плотность 200 г/м?&amp;#41; • Имитация карандашных линий, выполненных от руки • Детальная прорисовка • Постер-формат с изящной отбивкой полей по периметру, чтобы готовые работы эффектно смотрелись в рамке. Можно сразу же взяться за кисти и краски, не владея навыком рисунка и не размышляя над сюжетом и его композицией, а значит будет снят главный барьер — страх чистого листа</t>
+  </si>
+  <si>
+    <t>590639</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/866/orqhdhcxutgmcdg9g9wmjbwm9j5uh2gw.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 100 г м2, 148х210 мм, 110 л., книжный твердый переплет, BRAUBERG ART  quot;CLASSIC quot;, 128958</t>
+  </si>
+  <si>
+    <t>Скетчбук для эскизов и графики. Внутренний блок - специальная художественная бумага кремового оттенка с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка выполнена в виде книжного переплета. В блокноте 110 листов бумаги цвета слоновой кости плотностью 100 г/м2, т.е. 220 возможностей воплотить свою задумку! Листы надежно скреплены ниткой. Жесткая, книжная обложка позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 148х210 мм.</t>
+  </si>
+  <si>
+    <t>617158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/454/454ca12467ae69bdbf6b119e5229ce4a.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л. А5 7БЦ BG  quot;Цветущая гортензия quot;, матовая ламинация, розовый блок</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией. Внутренний блок - офсетный, тонированный, розовый пастельный, 80 г/м2.</t>
+  </si>
+  <si>
+    <t>632533</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0b/a0bb9859c145e09add26599ba560aec8.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 120л. А5 7БЦ BG  quot;For notes quot;, 80г м2, трехцветный блок, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией. Внутренний блок - офсетный, трехцветный, 80 г/м2</t>
+  </si>
+  <si>
+    <t>632539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab7/ab74615cca56a73bd490ad62757bbed8.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 120л. А5 7БЦ BG  quot;Мечтай и рисуй quot;, 100г м2, трехцветный блок, матовая ламинация, выб. лак</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией и выборочным лакм. Внутренний блок - офсетный, трехцветный, 80 г/м2</t>
+  </si>
+  <si>
+    <t>632540</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52c/52c4bf343ddb53d701d8517348060648.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG  quot;Hygge quot;, матовая ламинация, бежевый тонированный блок, тв.обложка.</t>
+  </si>
+  <si>
+    <t>Тетрадь - скетчбук для зарисовок, эскизов. Формат А5. Обложка - твердый картон с матовой ламинацией.&amp;nbsp;&amp;nbsp;Вид крепления - гребень. Внутренний блок - офсетная бумага тонированная, бежевого цвета, плотностью 80 г/м2</t>
+  </si>
+  <si>
+    <t>638586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/693/pbynxe6xsy0rwg54d13sp3r84f6clt9r.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л. А4 на гребне ArtSpace  quot;Craft style quot;, 80г м2, крафт</t>
+  </si>
+  <si>
+    <t>Скетчбук прекрасно подойдет как для зарисовок, так и для записей. Он позволяет быстро и легко зафиксировать свои идеи и развить творческие навыки. С ним ни одна мысль не останется забытой - он всегда под рукой. Внутренний блок: крафт-бумага. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скрепление &amp;#39;спираль&amp;#39; дает возможность раскрывать скетчбук на 360 градусов.</t>
+  </si>
+  <si>
+    <t>695172</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad6/jnvjicv0bph1n9jil17eza5omivth2qe.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л. А5 на гребне ArtSpace  quot;Craft style quot;, 80г м2, крафт</t>
+  </si>
+  <si>
+    <t>695174</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2d/6ra7iglbajr3oetjknoub2cwhxli3ddv.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 250 250мм на гребне ArtSpace  quot;Countries quot;, 180г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук прекрасно подойдет как для зарисовок, так и для записей. Он позволяет быстро и легко зафиксировать свои идеи и развить творческие навыки. С ним ни одна мысль не останется забытой - он всегда под рукой. Квадратный формат является оптимальным для творчества, так как симметричные композиции на нем смотрятся гораздо интереснее и гармоничнее. Скрепление &amp;#39;спираль&amp;#39; дает возможность раскрывать скетчбук на 360 градусов.</t>
+  </si>
+  <si>
+    <t>695177</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/059/wn82sbxzzmwbkkct6d89zoamdt9w24l5.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 250 250мм на склейке ArtSpace  quot;Portrait quot;, 180г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук прекрасно подойдет как для зарисовок, так и для записей. Он позволяет быстро и легко зафиксировать свои идеи и развить творческие навыки. С ним ни одна мысль не останется забытой - он всегда под рукой. Квадратный формат является оптимальным для творчества, так как симметричные композиции на нем смотрятся гораздо интереснее и гармоничнее.</t>
+  </si>
+  <si>
+    <t>695178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/306/ei5jlx0m1ijk06j79brinarrhfne0ygl.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 120л. А5 7БЦ BG  quot;Будь другим quot;, 80г м2, трехцветный блок, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией. Внутренний блок - офсетный, трехцветный, 70 г/м2</t>
+  </si>
+  <si>
+    <t>700721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d20/j1af660yz0zkio0k5tb05pnz9s8ro28y.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л. А5 BG  quot;Цветение quot;, на гребне, матовая ламинация, выб. лак, белый блок</t>
+  </si>
+  <si>
+    <t>Тетрадь - скетчбук для зарисовок, эскизов. Формат А5. Обложка - твердый картон с матовой ламинацией выборочный лак.&amp;nbsp;&amp;nbsp;Вид крепления - гребень. Внутренний блок - офсетная бумага белого цвета, плотностью 120 г/м2</t>
+  </si>
+  <si>
+    <t>700728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/345/dokic47giwswx541p728u3unf9ro0unj.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л. А5 BG  quot;Штрихи quot;, на гребне, матовая ламинация, белый блок</t>
+  </si>
+  <si>
+    <t>Тетрадь - скетчбук для зарисовок, эскизов. Формат А5. Обложка - твердый картон с матовой ламинацией.&amp;nbsp;&amp;nbsp;Вид крепления - гребень. Внутренний блок - офсетная бумага белого цвета, плотностью 120 г/м2</t>
+  </si>
+  <si>
+    <t>700730</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/822/rtojvy659fj282gcadjlxil9o2z6bgub.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук А5 80л. 7БЦ BG  quot;Gently quot;, матовая ламинация, белый блок</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией. Внутренний блок - офсетный, белый блок, 100 г/м2.</t>
+  </si>
+  <si>
+    <t>710965</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e29/imlfcy59u0r1vzs3ximgwemh2b1u3533.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук А5 80л. 7БЦ BG  quot;Jungle Art quot;, матовая ламинация, салатовый тонированный блок</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией. Внутренний блок - офсетный, тонированный салатовый, 80 г/м2.</t>
+  </si>
+  <si>
+    <t>710966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4e/2izg4y61pkcxlion7gs2hmzdf8tqwct5.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 120 г м2, 170х195 мм, 60 л., гребень, фольга, выборочный твин лак,  quot;Лев quot;, 99488</t>
+  </si>
+  <si>
+    <t>Скетчбук &amp;quot;ЛЕВ&amp;quot; предназначен для эскизов и зарисовок в различных техниках рисования: карандаш, пастель, сангина, уголь, маркер. Обложка выполнена из картона с различными спецэффектами. В блокноте 60 листов плотностью 120 г/м2, листы скреплены гребнем. Удобный формат размером 170х195 мм поместится даже в небольшую сумку.</t>
+  </si>
+  <si>
+    <t>770197</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/pzbm/"&gt;ПЗБМ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f7/n4a2herydc6z5on0j3vdy6y8ol23pqpu.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, каменная бумага 235 г м2, 170х195 мм, 20 л., гребень, подложка, холодная фольга,  quot;Мрамор quot;, 98627</t>
+  </si>
+  <si>
+    <t>Скетчбук &amp;quot;СИНИЙ МРАМОР&amp;quot; предназначен для эскизов и зарисовок в различных техниках рисования: карандаш, пастель, сангина, уголь, маркер. Обложка выполнена из картона с различными спецэффектами. В блокноте 20 листов плотностью 245 г/м2, листы скреплены гребнем. Удобный формат размером 170х195 мм поместится даже в небольшую сумку.</t>
+  </si>
+  <si>
+    <t>770203</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c54/rjs0ewah0lz5di3hkd1jsrg4v6biray1.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, серая бумага 120 г м2, 170х195 мм, 30 л., гребень, подложка, цветная фольга,  quot;Роза quot;, 98702</t>
+  </si>
+  <si>
+    <t>Обложка выполнена из картона с различными спецэффектами. В блокноте 30 листов плотностью 120 г/м2, листы скреплены гребнем. Удобный формат размером 170х195 мм поместится даже в небольшую сумку.</t>
+  </si>
+  <si>
+    <t>770206</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/770/x8buf6er90tiut4ykpbse7vmv4u8b820.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, черная бумага 120 г м2, 195х300 мм, 30 л., гребень, SoftTouch, выборочный лак,  quot;Авокадо quot;, 97644</t>
+  </si>
+  <si>
+    <t>Скетчбук &amp;quot;СПЕЛЫЙ АВОКАДО&amp;quot; предназначен для эскизов и зарисовок в различных техниках рисования: карандаш, пастель, сангина, уголь, маркер. Обложка выполнена из картона с различными спецэффектами. В блокноте 30 листов плотностью 120 г/м2, листы скреплены гребнем. Удобный формат размером 195х300 мм позволит разместить все свои идеи на одном листе.</t>
+  </si>
+  <si>
+    <t>774811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/486/s105rlmogrnpb83wm7qbjiibd5ahry1q.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л. А5 7БЦ BG  quot;Не верю в приметы quot;, матовая ламинация, выб. лак, белый блок</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией и выборочным лаком. Внутренний блок - офсетный плотностью 100г/м2, белый блок.</t>
+  </si>
+  <si>
+    <t>786805</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12e/x2k4qsgmml8kgwjauahw7za2urc11893.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук А5 80л. 7БЦ BG  quot;Чайки quot;, матовая ламинация, белый блок</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией. Внутренний блок - офсетный плотностью 100г/м2, белый блок.</t>
+  </si>
+  <si>
+    <t>786806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f0/cr32zl818mkfzq2y5ix5jkyq7427md36.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л. А5 7БЦ BG  quot;Котик с бантиком quot;, 100г м2, матовая ламинация, белый блок с градиентом</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией. Внутренний блок - офсетный плотностью 100г/м2, белый с градиентом.</t>
+  </si>
+  <si>
+    <t>789721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/275/wxroy8yunch46mbxfgacr6ynwz1rt4z8.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л. А5 7БЦ BG  quot;Ты мой космос quot;, 100г м2, матовая ламинация, белый блок с градиентом</t>
+  </si>
+  <si>
+    <t>789722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d07/d3h6ruvca48n4da9fxrcd6h2rh7h1lct.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук А5 80л. 7БЦ BG  quot;Рисую счастье quot;, матовая ламинация, блестки, белый блок с градиентом, 100г м2</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - 7БЦ твердый переплет. Обложка с матовой ламинацией и блестками. Внутренний блок - офсетный, белый блок с градиентом.</t>
+  </si>
+  <si>
+    <t>789726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3e/kkbva2lxkkd342ynel9g9zamz6k1hpqy.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук А5 80л. 7БЦ BG  quot;Сладкая жизнь quot;, матовая ламинация, блестки, белый блок с градиентом, 100г м2</t>
+  </si>
+  <si>
+    <t>789727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f87/wvh3r20op8im0hywtk51cpett9pi2le9.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук-тетрадь 120л. А5 на гребне BG  quot;Pastorale moderne quot;, 80г м2, тв.обл., мат. лам., 3-х цв тон. блок</t>
+  </si>
+  <si>
+    <t>Формат А5. Вид крепления - гребень. Обложка - твердый картон с матовой ламинацией. Внутренний блок - офсетный, тонированный 3-хцветный &amp;#40;бежевый, салатовый, розовый&amp;#41;, 80 г/м2.</t>
+  </si>
+  <si>
+    <t>791202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f04/oz457ikwcxhnazlcudhu2vpdrfntynmx.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л. А5 на гребне 7БЦ BG  quot;Отличная идея quot;, 80г м2, матовая ламинация, выб. лак</t>
+  </si>
+  <si>
+    <t>Скетчбук для зарисовок и эскизов. Формат А5. Обложка - твердый картон с матовой ламинацией и выборочным лаком. Вид крепления - гребень. Внутренний блок - офсетная бумага плотностью 80 г/м2</t>
+  </si>
+  <si>
+    <t>793044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/171/wyek7zlelfmiu5nhfmtscbkexbry2ry2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 120л. А5 7БЦ BG  quot;Кот с попкорном quot;, 80г м2, трехцветный блок, матовая ламинация</t>
+  </si>
+  <si>
+    <t>794602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/298/mgbyf2h10x0xmoc6anjun3x2oviym8u5.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, акварельная бумага 200 г м2, 195х195 мм, 20 л., мелкое зерно, гребень, BRAUBERG ART CLASSIC, 112979</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; прекрасно подойдет для профессионалов, а также любителей акварельной живописи. Бумага идеальна для рисования акварелью, гуашью, древесным углем, цветными карандашами и чернилами. Изделие имеет размер 195х195 мм и содержит 20 белоснежных листов плотностью 200 г/м2 с мелкозернистой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 360°. Привлекательная твердая обложка и жесткая задняя подложка позволяет делать зарисовки и наброски на весу. Бумага обеспечивает равномерную акварельную заливку и контролируемый край, впитывает воду, но при этом слабо деформируется, стойка к вымыванию, не съедает цвет, оставляя яркие цвета неизменными, быстро сохнет.</t>
+  </si>
+  <si>
+    <t>798939</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e66/a0x7mxq0gtsno5zlowl1pmprdr662gs6.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, акварельная бумага 200 г м2, 200х290 мм, 20 л., мелкое зерно, гребень, BRAUBERG ART CLASSIC, 112980</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; прекрасно подойдет для профессионалов, а также любителей акварельной живописи. Бумага идеальна для рисования акварелью, гуашью, древесным углем, цветными карандашами и чернилами. Изделие имеет размер 200х290 мм и содержит 20 белоснежных листов плотностью 200 г/м2 с мелкозернистой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 360°. Привлекательная твердая обложка и жесткая задняя подложка позволяет делать зарисовки и наброски на весу. Бумага обеспечивает равномерную акварельную заливку и контролируемый край, впитывает воду, но при этом слабо деформируется, стойка к вымыванию, не съедает цвет, оставляя яркие цвета неизменными, быстро сохнет.</t>
+  </si>
+  <si>
+    <t>798940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/198/z43dylc4ephzr7ec2ly3n8w8a42ekdsd.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 180 г м2, 165х240 мм, 20 л., гребень, твердая обложка, BRAUBERG ART CLASSIC, 112993</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART &amp;quot;CLASSIC&amp;quot; идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами, пастелью, углем и другими сухими материалами. Также могут быть использованы для рисования маркерами и линерами. Изделие имеет размер 165х240 мм и содержит 20 белоснежных листов плотностью 180 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Привлекательная твердая обложка и жесткая задняя подложка позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Бумага не съедает цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>798942</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/568/sj5b0a3a15qxeexv0whnu5wshnzysbnc.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, крафт-бумага 80 г м2, 142х212 мм, 120 л., гребень, твердая обложка, BRAUBERG ART DEBUT, 112998</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная гладкая крафт-бумага коричневого оттенка. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из твердого переплетного картона. В скетчбуке 120 листов крафт-бумаги плотностью 80 г/м2, т.е. 120 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 180 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 142х212 мм.</t>
+  </si>
+  <si>
+    <t>798943</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f0/zb02hzirz1t6lx6mgeylpqkvg9lvk63z.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, крафт-бумага 80 г м2, 165х240 мм, 120 л., гребень, твердая обложка, BRAUBERG ART DEBUT, 112999</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная гладкая крафт-бумага коричневого оттенка. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из твердого переплетного картона. В скетчбуке 120 листов крафт-бумаги плотностью 80 г/м2, т.е. 120 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 180 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 165х240 мм.</t>
+  </si>
+  <si>
+    <t>798944</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27c/1fwz51zxqypaxqxfcs5b92xayscowvge.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, крафт-бумага 80 г м2, 195х195 мм, 120 л., гребень, твердая обложка, BRAUBERG ART DEBUT, 113000</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная гладкая крафт-бумага коричневого оттенка. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из твердого переплетного картона. В скетчбуке 120 листов крафт-бумаги плотностью 80 г/м2, т.е. 120 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 180 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 195х195 мм.</t>
+  </si>
+  <si>
+    <t>798945</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/378/1t9y7danmlajc8474bx2ds5ziceml7tq.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 120л. А5 7БЦ BG  quot;С друзьями quot;, трехцветный тонированный блок</t>
+  </si>
+  <si>
+    <t>Скетчбук BG &amp;quot;С друзьями&amp;quot; предназначен для набросков, эскизов, зарисовок и записей идей. Внутренний блок А5 &amp;#40;145х210 мм&amp;#41; состоит из 120 листов офсетной бумаги трёх цветов &amp;#40;салатовый, розовый, оранжевый&amp;#41; плотностью 80 г/м?. Твёрдая обложка изготовлена из ламинированного картона с матовой ламинацией. Вид скрепления – твердый переплет, что отлично защищает листы от повреждений.</t>
+  </si>
+  <si>
+    <t>801083</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24b/62kf3fqe66j349qevja45r72fb00lwr0.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 105х184 мм, 96Л. IVORY 80 ГР. КРАФТ 80ГР. НА ГРЕБНЕ С ХЛЯСТИКОМ  8 ВИДОВ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 105х184 мм, 96Л. IVORY 80 ГР.&amp;#43;КРАФТ 80ГР. НА ГРЕБНЕ С ХЛЯСТИКОМ &amp;#40;8 ВИДОВ&amp;#41;</t>
+  </si>
+  <si>
+    <t>818531</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f56/9s37edd0rckdf6ejfn22ll47vb9jhdcy.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 179Х250 мм, 60Л, ТЕТРАДЬ, ЧЕРНЫЙ 80 ГР, ПРОШИТЫЙ БЛОК  4 ВИДА  МИКС 1</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 179Х250 мм, 60Л, ТЕТРАДЬ, ЧЕРНЫЙ 80 ГР, ПРОШИТЫЙ БЛОК &amp;#40;4 ВИДА&amp;#41; МИКС 1</t>
+  </si>
+  <si>
+    <t>818532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/150/lqd3oqeefhvp7lw2erbtt1p9y3pjkhja.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 147х210 мм, 40Л, ТЕТРАДЬ, КРАФТ 70 гр, ПРОШИТЫЙ БЛОК  4 ВИДА  МИКС 1</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 147х210 мм, 40Л, ТЕТРАДЬ, КРАФТ 70 гр, ПРОШИТЫЙ БЛОК &amp;#40;4 ВИДА&amp;#41; МИКС 1</t>
+  </si>
+  <si>
+    <t>818535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a4e/83weorgpg1yg2umtpip4cpupmft1qfpg.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 179х250 мм, 60Л, ТЕТРАДЬ, ЧЕРНЫЙ 80 ГР, ПРОШИТЫЙ БЛОК  4 ВИДА  МИКС 2</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 179х250 мм, 60Л, ТЕТРАДЬ, ЧЕРНЫЙ 80 ГР, ПРОШИТЫЙ БЛОК &amp;#40;4 ВИДА&amp;#41; МИКС 2</t>
+  </si>
+  <si>
+    <t>818536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0d/c80cq58sbhm9ab1g01i4dzu70gg4y91d.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 147х210 мм, 40Л, ТЕТРАДЬ, ЧЕРНЫЙ 80 ГР, ПРОШИТЫЙ БЛОК  4 ВИДА  МИКС 2</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 147х210 мм, 40Л, ТЕТРАДЬ, ЧЕРНЫЙ 80 ГР, ПРОШИТЫЙ БЛОК &amp;#40;4 ВИДА&amp;#41; МИКС 2</t>
+  </si>
+  <si>
+    <t>818538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3f/6f1lzlirt7iarwgyoeqwpkf9wjx5p7qb.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 147х210 мм, 40Л, ТЕТРАДЬ, КРАФТ 70 гр, ПРОШИТЫЙ БЛОК  4 ВИДА  МИКС 2</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 147х210 мм, 40Л, ТЕТРАДЬ, КРАФТ 70 гр, ПРОШИТЫЙ БЛОК &amp;#40;4 ВИДА&amp;#41; МИКС 2</t>
+  </si>
+  <si>
+    <t>818539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76e/vta1ymoli0zd1m820sofn4ofq3y60uiz.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 140х210 мм, 80Л, КРАФТ 80 г, В ТВЕРДОМ ПЕРЕПЛЕТЕ,  3 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 140х210 мм, 80Л, КРАФТ 80 г, В ТВЕРДОМ ПЕРЕПЛЕТЕ, &amp;#40;3 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818540</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ba/qj4lsaaq224k3jl2czj3s10ciseibws7.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 100х130 мм, 120Л, КРАФТ 100 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 100х130 мм, 120Л, КРАФТ 100 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/114/z6l6858kk1cthlc0isf5213fyj3pad2g.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 100х130 мм, 120Л. БЕЖЕВЫЙ 100 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 100х130 мм, 120Л. БЕЖЕВЫЙ 100 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/597/1pbn7n900x5xko9b4eg1n4lrj413rd7b.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 105х185 мм, 80Л, КРАФТ 100 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 105х185 мм, 80Л, КРАФТ 100 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5a/4mukz6flmze23d6lieghkl7bfa12iead.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 200х200 мм, 80Л, КРАФТ 100 гр, В ТВЕРДОМ ПЕРЕПЛЕТЕ  3 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 200х200 мм, 80Л, КРАФТ 100 гр, В ТВЕРДОМ ПЕРЕПЛЕТЕ &amp;#40;3 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa6/blkiul2iaw1u5mf011218f0btjbz7eb8.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 200х200 мм, 64Л, ЧЕРНЫЙ 110 гр. В ТВЕРДОМ ПЕРЕПЛЕТЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 200х200 мм, 64Л, ЧЕРНЫЙ 110 гр. В ТВЕРДОМ ПЕРЕПЛЕТЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/275/76i28mr70p1brmgjw3108zzqsr07ns7j.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 179х250 мм, 80Л, КРАФТ 100 гр, В ТВЕРДОМ ПЕРЕПЛЕТЕ  3 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 179х250 мм, 80Л, КРАФТ 100 гр, В ТВЕРДОМ ПЕРЕПЛЕТЕ &amp;#40;3 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8b/1ie8rigg5drg6strzz8dlac9xje742ym.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 179х250 мм, 80Л, ЧЕРНЫЙ 110 гр. В ТВЕРДОМ ПЕРЕПЛЕТЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 179х250 мм, 80Л, ЧЕРНЫЙ 110 гр. В ТВЕРДОМ ПЕРЕПЛЕТЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818550</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a7/j02i184s8j3e1etqfxij0ex8lr6itmdg.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 105х185 мм, 80Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 105х185 мм, 80Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818552</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2a/cxelopjj224mbjd7321l4f95hj3lttna.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 200х200 мм, 80Л, КРАФТ 100 гр, НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 200х200 мм, 80Л, КРАФТ 100 гр, НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818553</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61c/747munp9dmgj920arsuhdq68jy23c6vl.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 200х200 мм, 80Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 200х200 мм, 80Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818554</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b8/a3a7grhrehg7swv3jpqof8x3nypu3qhl.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 180х260 мм, 60Л, КРАФТ 100 гр, НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 180х260 мм, 60Л, КРАФТ 100 гр, НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818555</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8c/cuf7jab3fskbn1p91brsrh1zuv6qubyr.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 180х260 мм, 80Л. БЕЖЕВЫЙ 100 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 180х260 мм, 80Л. БЕЖЕВЫЙ 100 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818556</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/517/5tnkoq3krth0nhy3us5r4n33qxrkjevl.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 180х260 мм, 80 Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 180х260 мм, 80 Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818557</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/240/op1q77zlqiz10hs08wfidqdgwinmmv9m.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 147х210 мм, 80 Л, КРАФТ 80 гр, НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 147х210 мм, 80 Л, КРАФТ 80 гр, НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818558</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7d/xlmtr7zl6xokdlu3pvd0ybwvmywa23t5.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 147х210 мм, 80Л. БЕЖЕВЫЙ 100 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 147х210 мм, 80Л. БЕЖЕВЫЙ 100 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818559</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16e/13n83mg6bxemr4grs2c1p3ejn6onn0xy.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 147х210 мм, 60Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 147х210 мм, 60Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818560</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb5/gf1m199r1xqya8uj14simn36avh3zhp4.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 185х250 мм, 120 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 185х250 мм, 120 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818562</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fd/qelami6qthvj7lvcwj2o4wnr3kdq0deo.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 105Х220 мм, 120 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ  6 ВИДОВ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 105Х220 мм, 120 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ &amp;#40;6 ВИДОВ&amp;#41;</t>
+  </si>
+  <si>
+    <t>818563</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/352/dgpf9zvtypljwl43m7qnq5jxtwl9j8ks.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV,185х250 мм, 120 Л. КРАФТ 70 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV,185х250 мм, 120 Л. КРАФТ 70 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818566</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ee/0ebatd642rx1svb9v4hcgq8o7v5j705h.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV,105Х220 мм, 120 Л. КРАФТ 70 гр. НА ГРЕБНЕ,  6 ВИДОВ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV,105Х220 мм, 120 Л. КРАФТ 70 гр. НА ГРЕБНЕ, &amp;#40;6 ВИДОВ&amp;#41;</t>
+  </si>
+  <si>
+    <t>818567</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/10e/41137b2ost1n8x8vvhqofj95mzhm6r5j.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 185х250 мм, 80 Л.КРАФТ 125 гр, НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 185х250 мм, 80 Л.КРАФТ 125 гр, НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818570</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/870/6ypcfsxbbnmc58tz4dal3k7705z3meqi.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 105х220 мм, 80 Л.КРАФТ 125 гр, НА ГРЕБНЕ  6 ВИДОВ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 105х220 мм, 80 Л.КРАФТ 125 гр, НА ГРЕБНЕ &amp;#40;6 ВИДОВ&amp;#41;</t>
+  </si>
+  <si>
+    <t>818571</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12e/m1py9wetcpdge8838nouvwkd9sp10zx0.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 185х250 мм, 80 Л.160 ГР. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 185х250 мм, 80 Л.160 ГР. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818574</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f64/uw34srg0nkb1sco4suganhcqtu9c3ayr.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 105Х220 мм, 80 Л.160 ГР. НА ГРЕБНЕ  6 ВИДОВ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 105Х220 мм, 80 Л.160 ГР. НА ГРЕБНЕ &amp;#40;6 ВИДОВ&amp;#41;</t>
+  </si>
+  <si>
+    <t>818575</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77b/9pmoeeav7pi1k5wi9pik15uvpxpcvmb1.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 185х250 мм, 50 Л. 200 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 185х250 мм, 50 Л. 200 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>818576</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af2/kt3kj8jmnyybaisi31rvgcrhatmppdfq.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 105Х220 мм, 50 Л. 200 гр. НА ГРЕБНЕ  6 ВИДОВ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 105Х220 мм, 50 Л. 200 гр. НА ГРЕБНЕ &amp;#40;6 ВИДОВ&amp;#41;</t>
+  </si>
+  <si>
+    <t>818577</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/153/y4iux8jcf3q13g8xtkx563kk9h94pm63.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 184х257 мм,120Л, БЕЖЕВЫЙ 110 гр В МЯГКОМ ПЕРЕПЛЕТЕ,  3 ВИДА , МИКС</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 184х257 мм,120Л, БЕЖЕВЫЙ 110 гр В МЯГКОМ ПЕРЕПЛЕТЕ, &amp;#40;3 ВИДА&amp;#41;, МИКС</t>
+  </si>
+  <si>
+    <t>818578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68a/s7b362drtuj19xbu6d7ohs5kl6lxyzjm.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 140х205 мм. 36Л, ТЕТРАДЬ, БЕЖЕВЫЙ 110 ГР. ПРОШИТЫЙ БЛОК,  4 ВИДА , МИКС</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 140х205 мм. 36Л, ТЕТРАДЬ, БЕЖЕВЫЙ 110 ГР. ПРОШИТЫЙ БЛОК, &amp;#40;4 ВИДА&amp;#41;, МИКС</t>
+  </si>
+  <si>
+    <t>818579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/259/tfv0ijv80n6aa0x1oiqs3dwqx60n30af.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 188х259 мм. 36Л, ТЕТРАДЬ, БЕЖЕВЫЙ 110 ГР. ПРОШИТЫЙ БЛОК,  4 ВИДА , МИКС</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 188х259 мм. 36Л, ТЕТРАДЬ, БЕЖЕВЫЙ 110 ГР. ПРОШИТЫЙ БЛОК, &amp;#40;4 ВИДА&amp;#41;, МИКС</t>
+  </si>
+  <si>
+    <t>818581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/405/ly3a9i0fhfkkbfw72gussw01ctxs2fg7.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук белая бумага 100 г м2 165х240 мм, 80 л., гребень, твердая обложка, BRAUBERG ART DEBUT, 112985</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART &amp;quot;DEBUT&amp;quot; идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами, пастелью, углем и другими сухими материалами. Также могут быть использованы для рисования маркерами и линерами. Изделие имеет размер 165х240 мм и содержит 80 белоснежных листов плотностью 100 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Привлекательная твердая обложка и жесткая задняя подложка позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Бумага не съедает цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>829888</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/042/wt9yx1zn9qrh7f738a3lkt6nr634c0yf.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 200 г м2, 148х210 мм, среднее зерно, 40 л., книжный переплет, BRAUBERG ART PREMIERE, 113262</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART PREMIERE предназначен для профессионалов и людей, увлекающихся живописью. В альбоме использована специальная бумага для рисования акварелью. Подходит для работы с широким спектром материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка выполнена в виде книжного переплета. Удобный формат размером 148х210 мм. В скетчбуке 40 листов, специально предназначенных для рисования всеми видами водорастворимых красок. Скетчбук также подходит для акварельных карандашей, гуаши, темперы, акрила, масляной и сухой пастели, угля, соусов, сепии, сангины и смешанных техник.Качественные листы высокой плотности 200 г/м2 устойчивы к истиранию, воздействию влаги, обеспечивают чистую и реалистичную передачу цвета. Бумага цвета &amp;quot;слоновая кость&amp;quot;. Текстура бумаги &amp;quot;среднее зерно&amp;quot; подходит для разных техник рисования: как для детализированной живописи, так и для создания красивых зернистых эффектов.</t>
+  </si>
+  <si>
+    <t>829889</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61e/38g8jx80kn3cjvkxa22h2d9z7u0b92cp.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 200 г м2, 148х210 мм, среднее зерно, 40 л., КОЖЗАМ, резинка, BRAUBERG ART PREMIERE, 113265</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART PREMIERE предназначен для профессионалов и людей, увлекающихся живописью. В альбоме использована специальная бумага для рисования акварелью. Подходит для работы с широким спектром материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка выполнена в виде книжного переплета, покрыта эко-кожей, снабжена резинкой-фиксатором, благодаря чему скетчбук не раскроется в сумочке или портфеле и листы не помнутся. Удобный формат размером 148х210 мм. В скетчбуке 40 листов, специально предназначенных для рисования всеми видами водорастворимых красок. Скетчбук также подходит для акварельных карандашей, гуаши, темперы, акрила, масляной и сухой пастели, угля, соусов, сепии, сангины и смешанных техник. Качественные листы высокой плотности 200 г/м2 устойчивы к истиранию, воздействию влаги, обеспечивают чистую и реалистичную передачу цвета. Белизна 100&amp;#37;. Текстура бумаги &amp;quot;среднее зерно&amp;quot; подходит для разных техник рисования: как для детализированной живописи, так и для создания красивых зернистых эффектов.</t>
+  </si>
+  <si>
+    <t>829890</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b54/h8hn82mkbwwiefognhshj82klx8rg7wr.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 200 г м2, 195х195 мм, среднее зерно, 20 л., сшивка, резинка, БЕЖЕВЫЙ, BRAUBERG ART, 113260</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART предназначен для профессионалов и людей, увлекающихся живописью. В альбоме использована специальная бумага для рисования акварелью. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка из дизайнерского картона снабжена резинкой-фиксатором, благодаря чему скетчбук не раскроется в сумочке или портфеле и листы не помнутся. Удобный формат размером 195х195 мм. В скетчбуке 20 листов, специально предназначенных для рисования акварелью и всеми видами водорастворимых красок. Скетчбук также подходит для акварельных карандашей, гуаши, масляной пастели, смешанных техник. Качественные листы высокой плотности 200 г/м2 сделаны из 100&amp;#37; целлюлозы и устойчивы к истиранию, воздействию влаги, обеспечивают чистую и реалистичную передачу цвета. Белизна 100&amp;#37;. Текстура бумаги &amp;quot;среднее зерно&amp;quot; подходит для разных техник рисования: как для детализированной живописи, так и для создания красивых зернистых эффектов.</t>
+  </si>
+  <si>
+    <t>829891</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb7/6kckurrg72r6d9o94gsqbt8mff74fent.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 200 г м2, 195х195 мм, среднее зерно, 20 л., сшивка, резинка, КРАСНЫЙ, BRAUBERG ART, 113258</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART PREMIERE предназначен для профессионалов и людей, увлекающихся живописью. В альбоме использована специальная бумага для рисования акварелью. Подходит для работы с широким спектром материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка из дизайнерского картона снабжена резинкой-фиксатором, благодаря чему скетчбук не раскроется в сумочке или портфеле и листы не помнутся. Удобный формат размером 195х195 мм. В скетчбуке 20 листов, специально предназначенных для рисования акварелью и всеми видами водорастворимых красок. Скетчбук также подходит для акварельных карандашей, гуаши, масляной пастели, смешанных техник. Качественные листы высокой плотности 200 г/м2 сделаны из 100&amp;#37; целлюлозы и устойчивы к истиранию, воздействию влаги, обеспечивают чистую и реалистичную передачу цвета. Белизна 100&amp;#37;. Текстура бумаги &amp;quot;среднее зерно&amp;quot; подходит для разных техник рисования: как для детализированной живописи, так и для создания красивых зернистых эффектов.</t>
+  </si>
+  <si>
+    <t>829892</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/169/r26vtuviknk5sgb0r3h5xieekd3qxpn8.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2 200х290 мм, 80 л., гребень, твердая обложка, BRAUBERG ART DEBUT, 112987</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART &amp;quot;DEBUT&amp;quot; идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами, пастелью, углем и другими сухими материалами. Также могут быть использованы для рисования маркерами и линерами. Изделие имеет размер 210х290 мм и содержит 80 белоснежных листов плотностью 100 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Привлекательная твердая обложка и жесткая задняя подложка позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Бумага не съедает цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>829894</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a09/l4kyxp19g6n2okydjn9gwqhs0h6c03pk.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 140 г м2 130х210 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113183</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага белого цвета с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной белой бумаги плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>829897</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/619/iywut3j94ql22r2btaup66vglr0ct568.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 140 г м2 210х148 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113182</t>
+  </si>
+  <si>
+    <t>829898</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bff/4crpauge9k0qxazy2trb3k6999n3dp2j.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 140 г м2 210х297 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113184</t>
+  </si>
+  <si>
+    <t>829899</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c41/5ogzzw96qn2m55go2j7ke2muccw5ffh2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 140 г м2 90х140 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113180</t>
+  </si>
+  <si>
+    <t>829900</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/327/5zk6kkziuba6i5ygajrk5wn7h0r2cagl.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 190 г м2, 142х212 мм, 60 л., гребень, твердая обложка, BRAUBERG ART CLASSIC, 113851</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначен для эскизов и зарисовок в различных техниках рисования: карандаш, пастель, сангина, уголь, маркер. С его помощью можно набросать проект картины, проработав все детали, прежде чем начинать глобальную работу. Обложка выполнена из переплетного картона картона толщиной 1,8 мм. В блокноте 60 белоснежных листов плотностью 190 г/м2, то есть 120 возможностей воплотить свою задумку! Листы удобно скреплены спиралью – это позволяет переворачивать их на 360°. Задняя подложка жесткая, что позволит делать зарисовки и наброски на весу. Удобный формат размером 145х212 мм поместится даже в небольшую сумку.</t>
+  </si>
+  <si>
+    <t>829902</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c3/s2abf1q0lrx2un0s22xq9lmcvcwjv59p.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 120х120 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, белый, 113189</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной бумаги кремового цвета плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>829903</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cf/ole6ham4ne6uraphrsd9uv6ualvx0fby.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 120х120 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, красный, 113190</t>
+  </si>
+  <si>
+    <t>829904</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/472/ij9mhtsu907ck4efvxp34ezd1lelz4k7.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 120х120 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113191</t>
+  </si>
+  <si>
+    <t>829905</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eeb/033upwspocepzhqzw43rx5aq0rltw33v.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 130х210 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, белый, 113192</t>
+  </si>
+  <si>
+    <t>829906</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f32/hs3m3fcxmecg0zty38o1konbbui3riff.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 130х210 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, красный, 113193</t>
+  </si>
+  <si>
+    <t>829907</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bee/uhrh4y3opjmdf7ig7mdzhyx9pkc3m2dh.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 130х210 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113194</t>
+  </si>
+  <si>
+    <t>829908</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ba/6fpqk4zscewqti5wdwk3gb0e2d1b00so.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 200х200 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, красный, 113195</t>
+  </si>
+  <si>
+    <t>829909</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74f/dgv1ghp9g3qehrxiudo250mihsj8jxyg.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 200х200 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113196</t>
+  </si>
+  <si>
+    <t>829910</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17d/xy3f625b4spmy9zpcz7hubntt8zw0hyf.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 210х148 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, красный, 113197</t>
+  </si>
+  <si>
+    <t>829911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/723/2f3e3ifinugjrai1hifh12zxfyngsrvp.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 210х148 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113198</t>
+  </si>
+  <si>
+    <t>829912</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc7/jm3ex7iucfkq80jqc5oitqtlqgag9m63.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 210х297 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, красный, 113199</t>
+  </si>
+  <si>
+    <t>829913</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0aa/l9vm09uan5vap0bx3hl8u704ll13lrgs.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 210х297 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113200</t>
+  </si>
+  <si>
+    <t>829914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd2/s8r86c6p9y7m9zqnkjc0c9fpwv2x3yuk.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 90х140 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, красный, 113187</t>
+  </si>
+  <si>
+    <t>829915</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acb/4i10npew7nnmf7efnxhax325lq82jjo1.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 90х140 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 113188</t>
+  </si>
+  <si>
+    <t>829916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1bd/70p1ozgrxkpxnxl5j1opnp7vxo0qs7li.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость, 100 г м2, 190х190 мм, 110 л., книжный твердый переплет, BRAUBERG ART, 113185</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART для эскизов и графики. Внутренний блок - специальная художественная бумага кремового оттенка с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка выполнена в виде книжного переплета. В блокноте 110 листов бумаги цвета слоновой кости плотностью 100 г/м2, т.е. 220 возможностей воплотить свою задумку! Листы надежно скреплены ниткой. Жесткая книжная обложка позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат - 190х190 мм.</t>
+  </si>
+  <si>
+    <t>829917</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8af/enzh8igkwxt3iqrxhfemehzy01fgweup.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость, 100 г м2, 210х148 мм, 110 л., книжный твердый переплет, BRAUBERG ART, 113186</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART для эскизов и графики. Внутренний блок - специальная художественная бумага кремового оттенка с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка выполнена в виде книжного переплета. В блокноте 110 листов бумаги цвета слоновой кости плотностью 100 г/м2, т.е. 220 возможностей воплотить свою задумку! Листы надежно скреплены ниткой. Жесткая книжная обложка позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат - 210х148 мм.</t>
+  </si>
+  <si>
+    <t>829918</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a7/i3s1zowa5xaokd9hl2hoip811ei6zsu4.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, черная бумага 140 г м2 120х120 мм, 80 л., КОЖЗАМ, резинка, карман, BRAUBERG ART, черный, 113202</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - бумага черного цвета с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;карандаши, масляная пастель, гелевые ручки&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной черной бумаги плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;гелевые ручки, металлизированные маркеры и карандаши, маслянная пастель&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. На внутренней стороне задней обложки есть удобный конверт для разных мелочей в виде открыток, листов с набросками, визиток, напоминалок и других милых и полезных вещей. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>829919</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/055/4diyzru2yn921ptl4rlqn0wj4zt3ehn2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, черная бумага 140 г м2 200х200 мм, 80 л., КОЖЗАМ, резинка, карман, BRAUBERG ART, черный, 113204</t>
+  </si>
+  <si>
+    <t>829921</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/920/tkvosqlfr6vj5ckg6sh5ydmtl1agr3iw.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, черная бумага 140 г м2 90х140 мм, 80 л., КОЖЗАМ, резинка, карман, BRAUBERG ART, черный, 113201</t>
+  </si>
+  <si>
+    <t>829924</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/816/iajo1ff2kgs0x5szuz6yb13n0aco9s7m.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук белая бумага 100 г м2 195х195 мм, 80 л., гребень, твердая обложка, BRAUBERG ART DEBUT, 112986</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART &amp;quot;DEBUT&amp;quot; идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами, пастелью, углем и другими сухими материалами. Также могут быть использованы для рисования маркерами и линерами. Изделие имеет размер 195х195 мм и содержит 80 белоснежных листов плотностью 100 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Привлекательная твердая обложка и жесткая задняя подложка позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Бумага не съедает цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>833423</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f1c/dvxa429in1ue5teyyvjswmuj304mwelm.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 120 г м2   крафт 80 г м2 195х195 мм, 60   20 л., гребень, BRAUBERG ART DEBUT, 112983</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; для эскизов и графики. Внутренний блок ассорти - бумага белого цвета и крафт-бумага. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из твердого переплетного картона. В скетчбуке 60 листов белой бумаги плотностью 120 г/м2 и 20 листов крафт-бумаги плотностью 80 г/м2, т.е. 80 возможностей воплотить свою задумку! Листы удобно скреплены спиралью - это позволяет переворачивать их на 180 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 195х195 мм.</t>
+  </si>
+  <si>
+    <t>833425</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d09/q6t8uawspmkh64i80jjvcp37laad5hme.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, ватман ГОЗНАК 200 г м2, 142х212 мм, 20 л., гребень, твердая обложка, BRAUBERG ART CLASSIC, 112977</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - бумага белого цвета с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из твердого переплетного картона. В скетчбуке 20 листов бумаги производства ГОЗНАК плотностью 200 г/м2. Листы удобно скреплены спиралью - это позволяет переворачивать их на 360 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски на весу. Удобный формат размером 142х212 мм.</t>
+  </si>
+  <si>
+    <t>833428</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fe/g42ed0wl8sqq4cqls7f0govy7oev0cua.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, ватман ГОЗНАК 200 г м2, 165х240 мм, 20 л., гребень, твердая обложка, BRAUBERG ART CLASSIC, 112978</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - бумага белого цвета с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Привлекательная обложка выполнена из твердого переплетного картона. В скетчбуке 20 листов бумаги производства ГОЗНАК плотностью 200 г/м2. Листы удобно скреплены спиралью - это позволяет переворачивать их на 180 градусов. Задняя подложка жесткая, что позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 165х240 мм.</t>
+  </si>
+  <si>
+    <t>833429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/911/69dgfoutgcenmpcm550t2zfuxdzuwi3p.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 18л. 150 200 Greenwich Line, бежевый, 100  хлопок, 200 г м2, на резинке</t>
+  </si>
+  <si>
+    <t>Скетчбук Greenwich Line -&amp;nbsp;&amp;nbsp;ваша уютная мастерская, на страницах которой вы можете размышлять в виде набросков или заметок. Он состоит из 18 листов плотностью 200 г/м2, тип скрепления – сшивка. Внутренний блок - 100&amp;#37; хлопок с двумя типами поверхности &amp;#40;гладкая, лёгкое зерно&amp;#41;. Удобный размер 150*200 мм позволяет взять скетчбук с собой и делать зарисовки на улице и в путешествии. Мягкая обложка из дизайнерского картона фиксируется резинкой.</t>
+  </si>
+  <si>
+    <t>834620</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/greenwich-line/"&gt;Greenwich Line&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/594/p6nvl6x47froi08281cvrhbaz06tqg0b.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 18л. 150 200 Greenwich Line, красный, 100  хлопок, 200 г м2, на резинке</t>
+  </si>
+  <si>
+    <t>834621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b64/mn12x4ltjugnczztajtrbsae2l21t7mi.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 18л. 150 200 Greenwich Line, темно-синий, 100  хлопок, 200 г м2, на резинке</t>
+  </si>
+  <si>
+    <t>834622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62d/bsxdotyuw43mc0tp4vop7p1mv8qf8btn.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 18л. 200 200 Greenwich Line, лазурный, 100  хлопок, 200 г м2, на резинке</t>
+  </si>
+  <si>
+    <t>Скетчбук Greenwich Line -&amp;nbsp;&amp;nbsp;ваша уютная мастерская, на страницах которой вы можете размышлять в виде набросков или заметок. Он состоит из 18 листов плотностью 200 г/м2, тип скрепления – сшивка. Внутренний блок - 100&amp;#37; хлопок с двумя типами поверхности &amp;#40;гладкая, лёгкое зерно&amp;#41;. Удобный размер 200*200 мм позволяет взять скетчбук с собой и делать зарисовки на улице и в путешествии. Квадратный формат является оптимальным для творчества, так как симметричные композиции на нем смотрятся гораздо интереснее и гармоничнее. Мягкая обложка из дизайнерского картона фиксируется резинкой.</t>
+  </si>
+  <si>
+    <t>834623</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3d6/e8mi4av5snynm46txhvcav66vif6eg4k.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 18л. 200 200 Greenwich Line, оранжевый, 100  хлопок, 200 г м2, на резинке</t>
+  </si>
+  <si>
+    <t>834624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a0/7r7cc3ok4i12ams1f10yxbhid2zbauy5.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 18л. 200 200 Greenwich Line, сиреневый, 100  хлопок, 200 г м2, на резинке</t>
+  </si>
+  <si>
+    <t>834625</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7aa/k0jbegh31sjs6aersb3u6q4xxj43e29v.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 190 170 Greenwich Line  quot;Irises quot;, 200 г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук Greenwich Line - ваша уютная мастерская, на страницах которой вы можете размышлять в виде набросков или заметок. Он состоит из 20 листов плотностью 200 г/м2, тип скрепления – сшивка. Удобный размер 190*170 мм позволяет взять скетчбук с собой и делать зарисовки на улице и в путешествии.</t>
+  </si>
+  <si>
+    <t>834626</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22e/npil0ws1gm22rg8403rp85ylpqwc8ety.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 190 170 Greenwich Line  quot;Whale quot;, 200 г м2</t>
+  </si>
+  <si>
+    <t>834627</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/287/hyl1o27jbjwany7d3wc5hz7ce9ol76oe.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 190 190 Greenwich Line, золотой, 200 г м2, на резинке</t>
+  </si>
+  <si>
+    <t>Скетчбук Greenwich Line - ваша уютная мастерская, на страницах которой вы можете размышлять в виде набросков или заметок. Он состоит из 20 листов плотностью 200 г/м2, тип скрепления – сшивка. Удобный размер 190*190 мм позволяет взять скетчбук с собой и делать зарисовки на улице и в путешествии. Квадратный формат является оптимальным для творчества, так как симметричные композиции на нем смотрятся гораздо интереснее и гармоничнее. Мягкая обложка из дизайнерского картона фиксируется резинкой.</t>
+  </si>
+  <si>
+    <t>834628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/588/p289iynd039tqetfx12s65x22o2k687u.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 190 190 Greenwich Line, серебряный, 200 г м2, на резинке</t>
+  </si>
+  <si>
+    <t>834629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e50/5inl38axdv1ovcqebmy5ncv4fjnfr3qc.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 190 190 на гребне Greenwich Line  quot;Dreams in clouds quot;, 200 г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук Greenwich Line - ваша уютная мастерская, на страницах которой вы можете размышлять в виде набросков или заметок. Он состоит из 20 листов плотностью 200 г/м2, тип скрепления – сшивка. Удобный размер 190*190 мм позволяет взять скетчбук с собой и делать зарисовки на улице и в путешествии. Квадратный формат является оптимальным для творчества, так как симметричные композиции на нем смотрятся гораздо интереснее и гармоничнее. Для легкого отрыва листа и предотвращения его повреждения предусмотрена перфорация. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать скетчбук на 360 градусов.</t>
+  </si>
+  <si>
+    <t>834630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7de/ss420knvzirmoy4lvktx075vbzl1idwf.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 190 190 на гребне Greenwich Line  quot;Navy ships quot;, 200 г м2</t>
+  </si>
+  <si>
+    <t>834631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/618/sj8bku36aozrw341kzo47wwpenmhgr81.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 190 190 на гребне Greenwich Line  quot;Winter town quot;, 200 г м2</t>
+  </si>
+  <si>
+    <t>834632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e2/g3mr40pmtz7wgudjks1uoj0c4dr1qodr.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 260 190 на гребне Greenwich Line  quot;Dreams in clouds quot;, 200 г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук Greenwich Line - ваша уютная мастерская, на страницах которой вы можете размышлять в виде набросков или заметок. Он состоит из 20 листов плотностью 200 г/м2, тип скрепления – сшивка. Удобный размер 260*190 мм позволяет взять скетчбук с собой и делать зарисовки на улице и в путешествии. Для легкого отрыва листа и предотвращения его повреждения предусмотрена перфорация. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать скетчбук на 360 градусов.</t>
+  </si>
+  <si>
+    <t>834633</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/248/04xh9ii23cowpyy4ktq34qbh710w9ch5.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 260 190 на гребне Greenwich Line  quot;Navy ships quot;, 200 г м2</t>
+  </si>
+  <si>
+    <t>834634</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f17/rj5y1mnok99i169gkhf916nlaxqx0j5i.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. 260 190 на гребне Greenwich Line  quot;Winter town quot;, 200 г м2</t>
+  </si>
+  <si>
+    <t>834635</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fff/ekwiilnheqblqmdudspas811k8uwytrn.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 120 г м2 125х176 мм, 80 л., гребень, твердая обложка, BRAUBERG ART DEBUT, 112988</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART &amp;quot;DEBUT&amp;quot; идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами, пастелью, углем и другими сухими материалами. Также могут быть использованы для рисования маркерами и линерами. Изделие имеет размер 125х176 мм и содержит 80 белоснежных листов плотностью 120 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Привлекательная твердая обложка и жесткая задняя подложка позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Бумага не съедает цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>835050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5f/ev1zv3nty56f5w7rby6s0bf3c5ssvrv4.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 190 г м2, 195х195 мм, 60 л., гребень, твердая обложка, BRAUBERG ART CLASSIC, 113852</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначен для эскизов и зарисовок в различных техниках рисования: карандаш, пастель, сангина, уголь, маркер. С его помощью можно набросать проект картины, проработав все детали, прежде чем начинать глобальную работу. Обложка выполнена из переплетного картона картона толщиной 1,8 мм. В блокноте 60 белоснежных листов плотностью 190 г/м2, то есть 120 возможностей воплотить свою задумку! Листы удобно скреплены спиралью – это позволяет переворачивать их на 360°. Задняя подложка жесткая, что позволит делать зарисовки и наброски на весу. Удобный формат размером 195х195 мм поместится даже в небольшую сумку.</t>
+  </si>
+  <si>
+    <t>835052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d74/puntfr6i3prh0gvkxhjh201pbm5q6cmo.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л., 150 150 MESHU  quot;Kawaii quot;, на гребне, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбуки Meshu оценят художники и любители творчества. Скетчбуки подойдут для рисования цветными и акварельными карандашами, а также любыми другими графическими материалами. Благодаря компактному формату его удобно брать с собой в путешествия, на прогулку или пленэр. Обложка с отделкой Soft Touch является приятной на ощупь. Тип крепления гребень позволяет раскрывать скетчбук на 360 градусов. Перенесите на бумагу все желания, эмоции и слова.</t>
+  </si>
+  <si>
+    <t>836466</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a73/5jd9djlbyqt8ky5g3ieyuramyn0ar9yp.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 190 г м2, 297х210 мм, 60 л., гребень, твердая обложка, BRAUBERG ART CLASSIC, 113853</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; предназначен для эскизов и зарисовок в различных техниках рисования: карандаш, пастель, сангина, уголь, маркер. С его помощью можно набросать проект картины, проработав все детали, прежде чем начинать глобальную работу. Обложка выполнена из переплетного картона картона толщиной 1,8 мм. В блокноте 60 белоснежных листов плотностью 190 г/м2, то есть 120 возможностей воплотить свою задумку! Листы удобно скреплены спиралью – это позволяет переворачивать их на 360°. Задняя подложка жесткая, что позволит делать зарисовки и наброски на весу. Стандартный формат размером 297х210 мм.</t>
+  </si>
+  <si>
+    <t>839931</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a93/py15xaoop55p46pcu78gj24b79eoh0ll.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 100х130 мм, 120Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 100х130 мм, 120Л, ЧЕРНЫЙ 110 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>840951</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/645/tnuiflgvoeukueao51piipuggva7sirz.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 140х210 мм, 80Л, ЧЕРНЫЙ 110 гр. В ТВЕРДОМ ПЕРЕПЛЕТЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 140х210 мм, 80Л, ЧЕРНЫЙ 110 гр. В ТВЕРДОМ ПЕРЕПЛЕТЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>840953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02d/bd2033g7c0qpiwlu3i2br158bryobpn3.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 200х200 мм, 100Л. БЕЖЕВЫЙ 100 гр. НА ГРЕБНЕ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 200х200 мм, 100Л. БЕЖЕВЫЙ 100 гр. НА ГРЕБНЕ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>840955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8e/7yowx2g5phol3aksl46pp8zno9k1ajtb.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 100 Л. КРАФТ 70 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 100 Л. КРАФТ 70 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>840958</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d6/9lkxljkyyvqlxe1isnkqs2ilg6bc41sv.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 50 Л. 200 гр. НА ГРЕБНЕ, ДЛЯ АКВАРЕЛИ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 50 Л. 200 гр. НА ГРЕБНЕ, ДЛЯ АКВАРЕЛИ</t>
+  </si>
+  <si>
+    <t>840959</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f13/0lmikp51l8gojt8vxcce4gq6gssalalo.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 60 Л. 160 ГР. НА ГРЕБНЕ, ДЛЯ АКРИЛА, ГУАШИ И ТЕМПЕРЫ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 60 Л. 160 ГР. НА ГРЕБНЕ, ДЛЯ АКРИЛА, ГУАШИ И ТЕМПЕРЫ</t>
+  </si>
+  <si>
+    <t>840960</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/783/2wkj6wi9a5t18w4q9qp2wiicw16ab6yq.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 60 Л. КРАФТ 125 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 60 Л. КРАФТ 125 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>840961</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8df/1xog4fx3rciv3hfkgpf5mb42hyivkdr1.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 80 Л. 170 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧ-МАРКЕРОВ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 80 Л. 170 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧ-МАРКЕРОВ</t>
+  </si>
+  <si>
+    <t>840962</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/e9v9pk16bpwcmhomjpcxe3k5y9d8ifqb.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 80 Л. 170 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧ-МАРКЕРОВ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 80 Л. 170 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧ-МАРКЕРОВ</t>
+  </si>
+  <si>
+    <t>840963</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/265/eebrebjo4yardz6bq1sdunbsj5hr5v4l.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 50 Л. 200 гр. НА ГРЕБНЕ, ДЛЯ АКВАРЕЛИ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 50 Л. 200 гр. НА ГРЕБНЕ, ДЛЯ АКВАРЕЛИ</t>
+  </si>
+  <si>
+    <t>840964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56b/ir1cv2rpbivft54hxd33376vnuw0u170.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 80 Л. 170 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧ-МАРКЕРОВ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 80 Л. 170 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧ-МАРКЕРОВ</t>
+  </si>
+  <si>
+    <t>840965</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd9/9aple9pfpa0p8qnz5zco50eb2eaiu4ff.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 20л., А4 ArtSpace  quot;Black line. Bird quot;, на гребне, 120г м2, черный блок</t>
+  </si>
+  <si>
+    <t>Скетчбук марки ArtSpace имеет внутренний блок черного цвета и плотностью бумаги 120 г/м. Она отлично подходит для рисования пастелью, восковыми мелками, акрилом, акварельными карандашами, гуашью и тушью белых и других светлых цветов. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать скетчбук на 360 градусов.</t>
+  </si>
+  <si>
+    <t>842782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ca/kbw8vw2ibk1xhhinitc6t1mqatxy72ck.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скетчбук 30л., А4 ArtSpace  quot;Чайная церемония quot;, на гребне, Микс 3 блока  крафт черный пастель беж </t>
+  </si>
+  <si>
+    <t>Скетчбук марки ArtSpace имеет внутренний блок из трех типов бумаги: крафт, черная и пастельно-бежевая, плотностью 80 г/м. Она отлично подходит для эскизов пастелью, углем, восковыми мелками, акрилом, акварельными карандашами, гуашью и тушью. Скрепление &amp;quot;гребень&amp;quot; дает возможность раскрывать скетчбук на 360 градусов.</t>
+  </si>
+  <si>
+    <t>842784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/521/zxfep2u5olj6fyo19l0gt9ojx2a7a1ax.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., А4 ArtSpace  quot;Black line. Horse quot;, на гребне, 120г м2, черный блок</t>
+  </si>
+  <si>
+    <t>842785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdb/fy21rhex4v1nn5qp2fze3yvrffaad4ve.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., А5 ArtSpace  quot;Black line. Strokes quot;, на гребне, 120г м2, черный блок</t>
+  </si>
+  <si>
+    <t>842786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4f/9ulsp3xj3krx3n2k3r88zxxrsuvz5vt3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Скетчбук 60л., А4 ArtSpace  quot;Уютный дом quot;, на гребне, МИКС 3 блока  крафт черный пастель беж </t>
+  </si>
+  <si>
+    <t>842787</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db3/n42ca6cizcr6kkffa4zdmluk4mele7ti.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX MAXIMIZE PLEASANT MOMENTS 100 г м2 80 л. А5 тв.обл. soft touch фольга</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX MAXIMIZE PLEASANT MOMENTS 100 г/м2 80 л. А5 тв.обл. soft touch фольга</t>
+  </si>
+  <si>
+    <t>847611</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f73/3yr50jkpldgasnmyzfiqv1hb0r5nr26b.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 160 г м2, 145х203 мм, 80 л., твердая обложка, BRAUBERG ART CLASSIC  quot;Мрамор quot;, 114592</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART CLASSIC предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART CLASSIC прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 160 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу.Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей.</t>
+  </si>
+  <si>
+    <t>887186</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1cf/g1039mbwl1i2kxvgawhbneop3201hvmr.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 160 г м2, 145х203 мм, 80 л., твердая обложка, BRAUBERG ART CLASSIC  quot;Ночь quot;, 114593</t>
+  </si>
+  <si>
+    <t>887187</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/683/gpu15wiue6lml4a5wbhniiy71y9zh6ei.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 80 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART DEBUT  quot;Тигр quot;, 114580</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART DEBUT предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART DEBUT прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 80 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу.Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей.</t>
+  </si>
+  <si>
+    <t>887188</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b2/7w0kgn66n0cghetwordklxjr93ai1snf.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 80 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART DEBUT  quot;Хогвартс quot;, 114581</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART DEBUT предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART DEBUT прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 80 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу. Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей.</t>
+  </si>
+  <si>
+    <t>887189</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d77/31fns18j99w7kvote7dxjk1ylu3z0cpv.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX CURLY GRADIENT TOUCH 120 г м2 бежевая бумага 60 л. А4 тв.обл. soft touch и фольга</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX CURLY для настоящих любителей рисования!Внутренний блок выполнен из качественной бежевой бумаги плотностью 120 г/м2. Кол-во листов – 60 штук. Удобный и универсальный формат бумаги А4, гребень по длинной стороне.Невероятно приятное покрытие обложки soft touch дополнено завораживающей фольгой.Идеальный выбор для новичков и профессионалов!</t>
+  </si>
+  <si>
+    <t>887266</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d33/wglegbslj00l8299vakhrzr31r2sdltr.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX CURLY GRADIENT TOUCH 165х165 мм бежевая бумага 60 л. тв.обл. soft touch и фольга</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX CURLY для настоящих любителей рисования!Внутренний блок выполнен из качественной бежевой бумаги плотностью 120 г/м2. Кол-во листов – 60 штук. Удобный формат бумаги 165х165 мм, на гребне.Невероятно приятное покрытие обложки soft touch дополнено завораживающей фольгой.Идеальный выбор для новичков и профессионалов!</t>
+  </si>
+  <si>
+    <t>887269</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/82e/j7519n6gmkbr5gor3xrsyi3zfjioebeo.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX STITCH GRADIENT TOUCH 120 г м2 бежевая бумага 40 л. А5- мел. карт. soft touch</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX STITCH для настоящих любителей рисования!Удобный и тонкий скетчбук состоит из 40 листов плотной бежевой бумаги &amp;#40;100 г/м2&amp;#41;. Крепление блока – сшивка. Популярный и компактный формат бумаги А5 евро, книжная ориентация.Обложка дополненная невероятным покрытие soft touch.Идеальный выбор для новичков и профессионалов!</t>
+  </si>
+  <si>
+    <t>887273</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2f/6n9dahugchjk5rkkcr0h3eqsel1uunl1.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 120 г м2 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART DEBUT  quot;Дюна quot;, 114586</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART DEBUT предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART DEBUT прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 120 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу.Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей. Цвет резинки может отличаться от оригинала в зависимости от партии товара.</t>
+  </si>
+  <si>
+    <t>904081</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/195/41o6wc4egwb99s771jex4orhk26zznyw.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 120 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART DEBUT  quot;Льв нок quot;, 114585</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART DEBUT предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART DEBUT прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 120 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу.Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей.</t>
+  </si>
+  <si>
+    <t>904083</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f5/ooxfh1u19804rc0uatm37s6smlin2lsh.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 120 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART DEBUT  quot;Фламинго quot;, 114584</t>
+  </si>
+  <si>
+    <t>904084</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00c/ydbw9v7c9r11l68pwyss9iu4b7ig9nnf.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 160 г м, 145х203 мм, 64 л., резинка, твердый, BRAUBERG ART CLASSIC  quot;Это Кот quot;, 114589</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART CLASSIC предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART CLASSIC прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 64 белоснежных листа плотностью 160 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу.Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей.</t>
+  </si>
+  <si>
+    <t>904085</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c26/lh0ukmimuisdzdeoe57h79p91vdffxd8.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 160 г м2, 145х203 мм, 64 л., резинка, твердый, BRAUBERG ART CLASSIC  quot;Авокадо quot;, 114588</t>
+  </si>
+  <si>
+    <t>904086</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ef/6g3206tvkskv4xxjccdnc6i21p8ied8j.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 160 г м2, 145х203 мм, 64 л., резинка, твердый, BRAUBERG ART CLASSIC  quot;Ван Гог quot;, 114590</t>
+  </si>
+  <si>
+    <t>904087</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/01d/sc6umzuyif5etg0cfr5tblztegm3545t.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 80 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART DEBUT  quot;Аниме quot;, 114578</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART DEBUT предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART DEBUT прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 80 г/м2.Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу. Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей.</t>
+  </si>
+  <si>
+    <t>904090</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/626/kv27g8r6w85ff4sjejypjlulsmapqbhy.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 80 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART DEBUT  quot;Корги quot;, 114579</t>
+  </si>
+  <si>
+    <t>904091</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/267/f6u3z0k2us3t8qdn8uxcls1r0dvtns1i.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для творчества АРТФормат ВЕЧЕРНЯЯ ПРОГУЛКА 145 х 205 мм офсет 80 г м2 80 л. А5 шв-клеев. мел. карт. мат.лам.</t>
+  </si>
+  <si>
+    <t>Скетчбуки для графики АРТформат предназначены для любителей и профессионалов быстрых техник зарисовок! Популярный формат бумаги А5евро оптимален для художников, которые берут скетчбук с собой в путешествия или на прогулки. Блок скетчбука состоит из 80 листов белой бумаги плотностью 80 г/м2. Сшитый блок предотвращает выпадение листов и позволяет с легкостью открывать скетчбук на 180° и даже на 360°. Декоративный корешок не ломается при раскрытии и стильно дополняет дизайн скетчбука!</t>
+  </si>
+  <si>
+    <t>906760</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b4/f8fy0253zage9zvh7s0av90ipdnf5z2b.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для творчества АРТФормат ПАПАЙЯ 145 х 205 мм офсет 80 г м2 80 л. А5 шв-клеев. мел. карт. мат.лам.</t>
+  </si>
+  <si>
+    <t>906761</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d19/9f6nw4r1p6p91txczvdcclve1k167ruf.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук Schoolformat ЖЕЛТЫЙ АКЦЕНТ 80г м2 черная бумага 20 л. А5 греб. тв. картон мат.лам., выб.лак</t>
+  </si>
+  <si>
+    <t>В скетчбуках Schoolformat юный любитель рисования сможет визуально выразить мысли и быстро передать образ фантазий! Универсальный формат А5 наиболее мобильный и оптимальный по удобству рисования быстрых зарисовок. Плотность черной бумаги 80 г/м2 отлично подойдет для рисования карандашами, пастелью и белыми гелевыми ручками. Блок скетчбука состоит из 20 листов черной бумаги. Тип скрепление гребень дает возможность раскрывать скетчбук на 360 градусов, а жёсткая подложка обеспечивает удобное использование скетчбука «на ходу». Красочные дизайны на обложках не только порадуют художников, но и вдохновят на новые скетчи!</t>
+  </si>
+  <si>
+    <t>906767</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecb/iroahqlm110mgc12qqzstj5d6apcuv6f.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук Schoolformat МАГИЧЕСКИЕ БАБОЧКИ 80г м2 черная бумага 20 л. А5 греб. тв. картон мат.лам., выб.лак</t>
+  </si>
+  <si>
+    <t>906769</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12f/8n845jnibkh8akb1byl5r6bo30051j49.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук Schoolformat ОЖИДАНИЕ РАССВЕТА 80г м2 50 л. А5 греб. крафт ВД-лак</t>
+  </si>
+  <si>
+    <t>В скетчбуках Schoolformat юный любитель рисования сможет визуально выразить мысли и быстро передать образ фантазий! Универсальный формат А5 наиболее мобильный и оптимальный по удобству рисования быстрых зарисовок. Плотность крафтовой бумаги 80 г/м2 позволяет рисовать различными видами карандашей и цветными ручками. Блок скетчбука состоит из 20 листов крафтовой бумаги. Тип скрепление гребень дает возможность раскрывать скетчбук на 360 градусов, а жёсткая подложка обеспечивает удобное использование скетчбука «на ходу». Красочные дизайны на обложках не только порадуют художников, но и вдохновят на новые скетчи!</t>
+  </si>
+  <si>
+    <t>906770</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/050/tnx0o1ka8iv34qwlo98iff7oixb0ifrr.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук Schoolformat СТАЯ ПТИЦ 80г м2 50 л. А5 греб. крафт ВД-лак</t>
+  </si>
+  <si>
+    <t>906772</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/94a/h9tyr813akqw0s96qdff32cv1pza4z3r.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV, 105х220 мм, 120 Л. 52 гр., ГЛАДКАЯ, НА ГРЕБНЕ, ДЛЯ СКЕТЧЕЙ И НАБРОСКОВ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, 105х220 мм, 120 Л. 52 гр., ГЛАДКАЯ, НА ГРЕБНЕ, ДЛЯ СКЕТЧЕЙ И НАБРОСКОВ</t>
+  </si>
+  <si>
+    <t>909790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dec/6bkigwr1wwvjj2cd2vmcxhdelwjp2x8g.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV, 185х155 мм, 120 Л. 52 гр., ГЛАДКАЯ, НА ГРЕБНЕ, ДЛЯ СКЕТЧЕЙ И НАБРОСКОВ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, 185х155 мм, 120 Л. 52 гр., ГЛАДКАЯ, НА ГРЕБНЕ, ДЛЯ СКЕТЧЕЙ И НАБРОСКОВ</t>
+  </si>
+  <si>
+    <t>909791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae0/fd7jmyff0aji58vns1ubwr56w62oouo4.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV, 185х250 мм, 120 Л. 52 гр., ГЛАДКАЯ, НА ГРЕБНЕ, ДЛЯ СКЕТЧЕЙ И НАБРОСКОВ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, 185х250 мм, 120 Л. 52 гр., ГЛАДКАЯ, НА ГРЕБНЕ, ДЛЯ СКЕТЧЕЙ И НАБРОСКОВ</t>
+  </si>
+  <si>
+    <t>909792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/125/aktspa88rq27fmdbj5g5alyrmgfnvbd9.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, HORIZONT,210х140 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, HORIZONT,210х140 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;КРАСНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/347/5a2k8hmj7w489lkswz4gt8tqnlrayeoi.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, HORIZONT,210х140 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  СЕРЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, HORIZONT,210х140 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;СЕРЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909794</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de8/8nuees8pn31l0t9tjmkucm268vmw8j3y.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, HORIZONT,210х140 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, HORIZONT,210х140 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb5/7ykskmzxjwvkd42jegq81kcw6p1gd5k0.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, HORIZONT,250х179 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, HORIZONT,250х179 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;КРАСНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d8d/lh9c2zl4r1ywjzxq0ujvhc7pkrqu3pa0.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, HORIZONT,250х179 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  СЕРЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, HORIZONT,250х179 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;СЕРЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2aa/rjl44bloaaobip4vn0977vgspec53qig.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, HORIZONT,250х179 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, HORIZONT,250х179 мм, 48 л., БЕЛЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9bd/49a9y0wdust79i7qm8z2u65p7wd80eno.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ORIGINAL, 140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ORIGINAL, 140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/70d/1x81wsx9ho8z116aiiz7zl24bbt2rqql.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ORIGINAL,140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ORIGINAL,140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;КРАСНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6c0/1n3ab73c53l63duedq4nnzrmha2xff27.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ORIGINAL,140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  СЕРЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ORIGINAL,140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;СЕРЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909801</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c30/lq0t3j1c5da3q7co8rgw2ahwv16tsxxy.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ORIGINAL,145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ORIGINAL,145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;КРАСНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909802</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/096/mmh9qlbq2lwfs48diuhyz4awie2d1v68.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ORIGINAL,145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  СЕРЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ORIGINAL,145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;СЕРЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909803</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb9/i9hk8e5kd6zh4g7l0o8ysh53t9qpdybx.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ORIGINAL,145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  ЧЕРНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ORIGINAL,145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;ЧЕРНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909804</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27c/9yeq2vbnj97g6y6i89v4cp7a7io3jale.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ORIGINAL,179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ORIGINAL,179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;КРАСНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909805</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b14/fp2q39u6gnny1opbhm33bicvv8rpisd3.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ORIGINAL,179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  СЕРЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ORIGINAL,179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;СЕРЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33f/jluvs7ychl0azqjwu6k9dn1uqghd3z3h.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ZEFIR, 140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  ГОЛУБОЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ZEFIR, 140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;ГОЛУБОЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909808</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e48/18qcg6vrtxe4rjon7fomzvmddsx02gcx.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ZEFIR, 140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  РОЗОВЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ZEFIR, 140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;РОЗОВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909809</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/997/mt810p93dylhokiv6sc2ic6u2239mhpx.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ZEFIR, 145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  ГОЛУБОЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ZEFIR, 145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;ГОЛУБОЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909810</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fe/40djdzvbitui0axwdk6stpxw5eo74qmb.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ZEFIR, 145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  МЯТНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ZEFIR, 145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;МЯТНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec2/gvw3jngebb36s1nf57f1w1szx3ty0ixy.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ZEFIR, 145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  РОЗОВЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ZEFIR, 145х145 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;РОЗОВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e1/5ccrh4x4h5e8oiz7jym2neeqixonzw41.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ZEFIR, 179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  ГОЛУБОЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ZEFIR, 179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;ГОЛУБОЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909813</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30f/lju99aaylquk1p6o3tiz1mxwhnxbgq4m.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ZEFIR, 179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  МЯТНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ZEFIR, 179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;МЯТНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909814</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68e/5u8nldyzi5b1f7lf7i2i5ao375xi4muo.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ZEFIR, 179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  РОЗОВЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ZEFIR, 179х250 мм, 80 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;РОЗОВЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>909815</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3f/pfu43c53v2ieqgegg6cgxb5dhvoqqmy3.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 100 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА И ЭСКИЗОВ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 100 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА И ЭСКИЗОВ</t>
+  </si>
+  <si>
+    <t>909816</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09c/7hq27yl3p9pnkt55jh8ct1b4i0v20233.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 150 Л. КРАФТ 45 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 150 Л. КРАФТ 45 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909817</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/609/45f3b7aaq6ezbsc0npayt3fvui1o0pqv.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 25 Л. СЕРЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 25 Л. СЕРЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>909818</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f58/yqlh4st41iauolxpzr60gw8qwbh9a06x.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 25 Л. ЧЕРНЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 25 Л. ЧЕРНЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>909819</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95f/xduvf0f8cosrlr2292i9c0ci9inzua9y.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 50 Л. 200 ГР. НА ГРЕБНЕ, ДЛЯ ЦВЕТНЫХ КАРАНДАШЕЙ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 50 Л. 200 ГР. НА ГРЕБНЕ, ДЛЯ ЦВЕТНЫХ КАРАНДАШЕЙ</t>
+  </si>
+  <si>
+    <t>909820</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acc/wgywku41rrnjopqw5hn1d9zixdjt9rh2.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,105х220 мм, 60 Л. ПУХЛАЯ 100 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,105х220 мм, 60 Л. ПУХЛАЯ 100 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c25/8ngpui5xsuv0w765xdqq0ju37nwam1du.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 100 Л. КРАФТ 70 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 100 Л. КРАФТ 70 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909822</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d5/32vqwti2ua7ddgg32l96m7xt9dvbrx1w.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 100 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА И ЭСКИЗОВ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 100 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА И ЭСКИЗОВ</t>
+  </si>
+  <si>
+    <t>909823</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16b/9zyxc27f6tli9xvod897zdlt7ysas1c9.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 150 Л. КРАФТ 45 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 150 Л. КРАФТ 45 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909824</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b9/t6mz4rhslpeiyevwj664p3wlpxnmwzcv.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 25 Л. СЕРЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 25 Л. СЕРЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>909825</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edf/jjd07rbgx9w4nbj5rjrewndp13qmb6cc.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 25 Л. ЧЕРНЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 25 Л. ЧЕРНЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>909826</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d06/sce2v2i46g5l064xct6jc10h8hlietg4.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 50 Л. 200 гр. НА ГРЕБНЕ, ДЛЯ АКВАРЕЛИ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 50 Л. 200 гр. НА ГРЕБНЕ, ДЛЯ АКВАРЕЛИ</t>
+  </si>
+  <si>
+    <t>909827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/806/l1528m3bexj5tkdu8e2wyiitmo7y6no5.png</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 50 Л. 200 ГР. НА ГРЕБНЕ, ДЛЯ ЦВЕТНЫХ КАРАНДАШЕЙ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 50 Л. 200 ГР. НА ГРЕБНЕ, ДЛЯ ЦВЕТНЫХ КАРАНДАШЕЙ</t>
+  </si>
+  <si>
+    <t>909828</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0f5/7xxo8r4lf1v9zo6kcl2zc9o97ape3cwu.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 60 Л. 160 ГР. НА ГРЕБНЕ, ДЛЯ АКРИЛА, ГУАШИ И ТЕМПЕРЫ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 60 Л. 160 ГР. НА ГРЕБНЕ, ДЛЯ АКРИЛА, ГУАШИ И ТЕМПЕРЫ</t>
+  </si>
+  <si>
+    <t>909829</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cb/cpr9d50dnwsobk2zmsys81exuegpgfda.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 60 Л. КРАФТ 125 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 60 Л. КРАФТ 125 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909830</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b39/3sff085ckeib3i3jgt178v32jpi1h6z9.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,180х155 мм, 60 Л. ПУХЛАЯ 100 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,180х155 мм, 60 Л. ПУХЛАЯ 100 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909831</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fae/mmeog04ijskq4k83ckssoeb7raw7ts1y.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 100 Л. КРАФТ 70 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 100 Л. КРАФТ 70 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909832</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/983/3c89ryongt7cuaq3jdlv2mv3vv7z8qh4.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 100 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА И ЭСКИЗОВ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 100 Л. ПУХЛАЯ 60 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА И ЭСКИЗОВ</t>
+  </si>
+  <si>
+    <t>909833</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e82/hov1mrk4o8007soru4vxef1tnji0rnac.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 150 Л. КРАФТ 45 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 150 Л. КРАФТ 45 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909834</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/959/rkz2ytcnhusru7yvffpwebrnkcxowt2y.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 25 Л. СЕРЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 25 Л. СЕРЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>909835</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2c/bo194e2acrkdz7ht3ktknbu1mlqak7dd.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 25 Л. ЧЕРНЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 25 Л. ЧЕРНЫЙ 220 ГР. НА ГРЕБНЕ, ДЛЯ СКЕТЧИНГА</t>
+  </si>
+  <si>
+    <t>909836</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d33/0ltdg2s2l52hlz2mzffejzv95xioun95.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 50 Л. 200 ГР. НА ГРЕБНЕ, ДЛЯ ЦВЕТНЫХ КАРАНДАШЕЙ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 50 Л. 200 ГР. НА ГРЕБНЕ, ДЛЯ ЦВЕТНЫХ КАРАНДАШЕЙ</t>
+  </si>
+  <si>
+    <t>909837</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/456/bajck073gtm1otndqlewf6q30namz7tj.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 60 Л. 160 ГР. НА ГРЕБНЕ, ДЛЯ АКРИЛА, ГУАШИ И ТЕМПЕРЫ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 60 Л. 160 ГР. НА ГРЕБНЕ, ДЛЯ АКРИЛА, ГУАШИ И ТЕМПЕРЫ</t>
+  </si>
+  <si>
+    <t>909838</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/779/y9eaxwvu6yx8by616e0i77boe5ksmowu.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 60 Л. КРАФТ 125 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 60 Л. КРАФТ 125 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909839</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b2/d7ff8c3zafpxu9lvurrcyvnqvnmgdakj.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV,185х250 мм, 60 Л. ПУХЛАЯ 100 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV,185х250 мм, 60 Л. ПУХЛАЯ 100 гр. НА ГРЕБНЕ</t>
+  </si>
+  <si>
+    <t>909840</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7cb/2vfjgvxaxi97b8picsesandewy6o2ru2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., А5 7БЦ BG  quot;Трехцветная кошка quot;, матовая ламинация, 80г м2, бежевый блок</t>
+  </si>
+  <si>
+    <t>Скетчбук BG «Трехцветная кошка» отлично подойдет для набросков, эскизов. Скетчбук формата А5 размером 151*211 мм состоит из 80 листов.&amp;nbsp;&amp;nbsp;Блокнот состоит из офсетной тонированной бумаги бежевого цвета плотностью 80 г/м2. Забавная обложка с изображением кота из твёрдого картона &amp;#40;7БЦ&amp;#41; с матовой ламинацией.&amp;nbsp;&amp;nbsp;• Формат: А5;&amp;nbsp;&amp;nbsp;• Размер: 151*211 мм; • Количество листов: 80; • Внутренний блок: офсетная бумага; • Плотность блока: 80 г/кв. м; • Материал обложки: твёрдый картон; • Тип скрепления: сшивка.</t>
+  </si>
+  <si>
+    <t>926617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d6/x2tk1eihpetge7tg120drwu0h3wehthi.jpg</t>
+  </si>
+  <si>
+    <t>Волшебные пони. Скетчбук с наклейками. 145х210 мм. 48 стр.   35 наклеек. Умка</t>
+  </si>
+  <si>
+    <t>Волшебные пони. Скетчбук с наклейками. 145х210 мм. 48 стр. &amp;#43; 35 наклеек. Умка</t>
+  </si>
+  <si>
+    <t>936854</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e46/ujjab6wvvjjx1wotv3votgerg68hncsm.jpg</t>
+  </si>
+  <si>
+    <t>Милые малышки. Скетчбук с наклейками. Лол. 145х210 мм. 48 стр.   35 наклеек. Умка</t>
+  </si>
+  <si>
+    <t>Милые малышки. Скетчбук с наклейками. Лол. 145х210 мм. 48 стр. &amp;#43; 35 наклеек. Умка</t>
+  </si>
+  <si>
+    <t>936855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffe/3oam9cb853lybgus4tlpwx9xyof3bqfi.jpg</t>
+  </si>
+  <si>
+    <t>Скетч-блокнот. Эскизы для творчества. Безумная гонка. Хот Вилс. 148х210 мм. 32 стр. Умка</t>
+  </si>
+  <si>
+    <t>936856</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/829/p1uevwjg96zqg1mxlt7ifb9wint488yq.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 80 г м2, 195х195 мм, 80 л., резинка, твердый, BRAUBERG ART DEBUT  quot;Уноколор quot;, 114583</t>
+  </si>
+  <si>
+    <t>938785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a4/ml5ni36seqn1wz7bbv9jk400id7hz2rp.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов 40л., 190 190 Greenwich Line  quot;Crystal. Amethyst Stone quot;, на гребне, 160г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов Greenwich Line состоит из 40 листов бумаги белого цвета, плотностью 160 г/м2. Тип скрепления – гребень. Скетчбук идеален для эскизов и набросков. Отлично подходят для рисования карандашами, пастелью, углем и другими сухими материалами. Квадратный формат является оптимальным для творчества, так как симметричные композиции на нем смотрятся гораздо интереснее и гармоничнее. Скрепление гребень дает возможность раскрывать скетчбук на 360 градусов. • Формат: 190*190 мм; • Кол-во листов: 40; • Техника &amp;#40;назначение&amp;#41;: для графики и эскизов; • Вид скрепления: гребень; • Цвет внутреннего блока: белый; • Плотность блока: 160 г/м2.</t>
+  </si>
+  <si>
+    <t>940578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/565/fp0v3a0dg9bq8bifxrojhz1g73f24gki.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов 40л., 190 190 Greenwich Line  quot;Crystal. Arctic Stone quot;, на гребне, 160г м2</t>
+  </si>
+  <si>
+    <t>940579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/782/p7cajzcn6yqoydyw8uhllzxxzzbwggya.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов 40л., 190 190 Greenwich Line  quot;Crystal. Emerald Stone quot;, на гребне, 160г м2</t>
+  </si>
+  <si>
+    <t>940580</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3e/rdzlvmkrgrsm1ktprv12y3wuzf1m3t8m.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов 40л., 190 190 Greenwich Line  quot;Crystal. Golden Stone quot;, на гребне, 160г м2</t>
+  </si>
+  <si>
+    <t>940581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0e/yvsz5doj2bzipvm0qxu8z3tqs9gefadx.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов 40л., А4 Greenwich Line  quot;Graphics. Graceful girl quot;, на склейке, 160г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов Greenwich Line состоит из 40 листов бумаги белого цвета, плотностью 160 г/м2. Тип скрепления – склейка. Скетчбук идеален для эскизов и набросков. Отлично подходят для рисования карандашами, пастелью, углем и другими сухими материалами. • Формат: 210*297 мм; • Кол-во листов: 40; • Техника &amp;#40;назначение&amp;#41;: для графики и эскизов; • Вид скрепления: склейка; • Цвет внутреннего блока: белый; • Плотность блока: 160 г/м2.</t>
+  </si>
+  <si>
+    <t>940582</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e50/ahsa6oncebphxhku8rk6h94f6vfizrbs.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов 40л., А4 Greenwich Line  quot;Graphics. Outlines quot;, на склейке, 160г м2</t>
+  </si>
+  <si>
+    <t>940583</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/191/3sao255u21bfjpjaxrnd6n9xxztlc1mi.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов 40л., А5 Greenwich Line  quot;Graphics. Graceful girl quot;, на склейке, 160г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов Greenwich Line состоит из 40 листов бумаги белого цвета, плотностью 160 г/м2. Тип скрепления – склейка. Скетчбук идеален для эскизов и набросков. Отлично подходят для рисования карандашами, пастелью, углем и другими сухими материалами. Удобный компактный размер 148*210 мм позволяет взять его с собой. • Формат: 148*210 мм; • Кол-во листов: 40; • Техника &amp;#40;назначение&amp;#41;: для графики и эскизов; • Вид скрепления: склейка; • Цвет внутреннего блока: белый; • Плотность блока: 160 г/м2.</t>
+  </si>
+  <si>
+    <t>940584</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ed/51wamcchhaz4b4kxpkd7iiulcnrpx7me.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и эскизов 40л., А5 Greenwich Line  quot;Graphics. Outlines quot;, на склейке, 160г м2</t>
+  </si>
+  <si>
+    <t>940585</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/292/33y36zt3gn6p0soxeo1em6tbez2dh1ai.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров 60л., А4 Greenwich Line  quot;City walk quot;, на склейке, 100г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров Greenwich Line состоит из 60 листов бумаги цвета слоновой кости, плотностью 100 г/м2. Тип скрепления – склейка. Специальная пропитка листа позволяет рисовать на обеих сторонах листа и защищает от протекания. Скетчбук подходит для быстрых зарисовок маркерами и линерами. Они отлично скользят по поверхности и придают рисунку яркие и сочные цвета. Рисовать маркерами на гладкой бумаге одно удовольствие. Удобный компактный размер 210*297 мм позволяет взять его с собой. • Формат: 210*297 мм; • Кол-во листов: 60; • Техника &amp;#40;назначение&amp;#41;: для маркеров; • Вид скрепления: склейка; • Цвет внутреннего блока: слоновая кость; • Плотность блока: 100 г/м2.</t>
+  </si>
+  <si>
+    <t>940586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/685/6a4y6qf4mrdts7cb5qy6dfkut87rdi6r.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров 60л., А5 Greenwich Line  quot;City walk quot;, на склейке, 100г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров Greenwich Line состоит из 60 листов бумаги цвета слоновой кости, плотностью 100 г/м2. Тип скрепления – склейка. Специальная пропитка листа позволяет рисовать на обеих сторонах листа и защищает от протекания. Скетчбук подходит для быстрых зарисовок маркерами и линерами. Они отлично скользят по поверхности и придают рисунку яркие и сочные цвета. Рисовать маркерами на гладкой бумаге одно удовольствие. Удобный компактный размер 148*210 мм позволяет взять его с собой. • Формат: 148*210 мм; • Кол-во листов: 60; • Техника &amp;#40;назначение&amp;#41;: для маркеров; • Вид скрепления: склейка; • Цвет внутреннего блока: слоновая кость; • Плотность блока: 100 г/м2.</t>
+  </si>
+  <si>
+    <t>940587</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6b/24syqbvq1rjfcha0ff1mn0a0uwe4s0x6.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, С ШАБЛОНАМИ ФИГУР, бумага 160 г м2, 145х205 мм, 60 л., гребень, подложка, BRAUBERG ART, 115073</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Изделие имеет размер 145х205 мм и содержит 60 листов с разнообразными шаблонами фигур для моделирования образа. Плотность внутреннего блока - 160 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Стильный дизайн на обложке из импортного мелованного картона не оставит равнодушной ни одну модницу.</t>
+  </si>
+  <si>
+    <t>943621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87d/lq5ag1ltop1he6xm5icks2q1jm4tzw8x.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров, бумага 160 г м2, 210х297 мм, 50 л., гребень, подложка, BRAUBERG ART CLASSIC,  quot;Неон quot;, 115077</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART предназначен для выполнения зарисовок маркерами, фломастерами и линерами. Изделие размером 210х297 мм содержит 50 каландрированных листов плотностью 160 г/м2. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Жесткая задняя подложка позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;, а вложенные 2 листа-непромокайки обезопасят следующий лист от пропитывания маркерами! Бумага не &amp;quot;съедает&amp;quot; цвета, оставляя их яркими и неизменными.</t>
+  </si>
+  <si>
+    <t>945666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d3/wq4ub6lp9011h4bnrwad2lpllt4g2zn0.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2, 140х201 мм, 60 л., гребень, ж сткая подложка, BRAUBERG ART,  quot;Аниме quot;, 115061</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Изделие имеет размер 140х201 мм и содержит 60 белоснежных листов плотностью 100 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Твердая подложка позволяет делать зарисовки и наброски на весу. Бумага не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными. Прекрасным дополнением является стильная красочная обложка из мелованного картона.</t>
+  </si>
+  <si>
+    <t>945667</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5da/0x1z2w3y5k3o9nbklgy3k3qrqwqpsdo5.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2, 140х201 мм, 60 л., гребень, подложка, BRAUBERG ART,  quot;Порисуем quot;, 115063</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Изделие имеет размер 140х201 мм и содержит 60 белоснежных листов плотностью 100 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Твердая обложка со стильным молодежным дизайном и жесткая задняя подложка позволяет делать зарисовки и наброски на весу. Бумага не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>945668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/471/2u95yd6x3msihvt05vng1km70crsx2xb.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров, бумага ВХИ 200 г м2 145х205 мм, 40 л., гребень, твердая обложка, ЧЕРНАЯ, BRAUBERG, 115079</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 145х205 мм и содержит 40 каландрированных листов бумаги производства ГОЗНАК плотностью 200 г/м2. Данная бумага идеально подходят для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не съедает цвет, оставляя яркие цвета неизменными, удобно скреплена спиралью, что позволяет переворачивать её на 360 градусов. Твердая обложка позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;, а черная минималистичная обложка может быть декорирована яркими наклейками и стикерами.</t>
+  </si>
+  <si>
+    <t>946218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/485/h982znqiqgtp9j1c0qrod9vofvlbewh2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров, бумага ВХИ 200 г м2 210х297 мм, 30 л., гребень, твердая обложка, ЧЕРНАЯ, BRAUBERG, 115080</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 210х297 мм и содержит 30 каландрированных листов бумаги производства ГОЗНАК плотностью 200 г/м2. Данная бумага идеально подходят для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не съедает цвет, оставляя яркие цвета неизменными, удобно скреплена спиралью, что позволяет переворачивать её на 360 градусов. Твердая обложка позволяет делать зарисовки и наброски &amp;quot;на весу&amp;quot;, а черная минималистичная обложка может быть декорирована яркими наклейками и стикерами.</t>
+  </si>
+  <si>
+    <t>946219</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fd/04ecrvx53jz97fauepomfccezho5ii99.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров, бумага ВХИ ГОЗНАК 200 г м2 190х190 мм, 40 л., гребень, тв рдая обложка, ЧЕРНЫЙ, BRAUBERG ART CLASSIC, 115081</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART CLASSIC предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 190х190 мм и содержит 40 каландрированных листов бумаги производства ГОЗНАК плотностью 200 г/м2. Данная бумага идеально подходит для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными, удобно скреплена спиралью, что позволяет переворачивать её на 360 градусов. Твердая обложка позволяет делать зарисовки и наброски на весу, а черная минималистичная обложка может быть задекорирована яркими наклейками и стикерами.</t>
+  </si>
+  <si>
+    <t>946220</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69a/lqbvw9riglh6e97obvb6l7ncv0ds7dqb.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2, 140х201 мм, 60 л., гребень, ж сткая подложка, BRAUBERG ART,  quot;Корги quot;, 115064</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Изделие имеет размер 140х201 мм и содержит 60 белоснежных листов плотностью 100 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Твердая обложка с молодёжным дизайном и жесткая задняя подложка позволяет делать зарисовки и наброски на весу. Бумага не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>946221</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66e/ue1z53a22aq4nvqtcpz2g0rpxeynsk3g.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2, 140х201 мм, 60 л., гребень, ж сткая подложка, BRAUBERG ART,  quot;Котик , 115062</t>
+  </si>
+  <si>
+    <t>946222</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad1/ds6ds79y2de5lorvntong3as38zv473w.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 160 г м2, 190х190 мм, 60 л., гребень, тв рдая обложка ЧЕРНАЯ, BRAUBERG ART, 115074</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Изделие имеет размер 190х190 мм и содержит 60 белоснежных листов плотностью 160 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Минималистичную черную обложку также можно оформить при помощи наклеек и стикеров &amp;#40;не идут в комплекте&amp;#41;. Твердая обложка позволяет делать зарисовки и наброски на весу. Бумага не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>946228</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b3/qc49bi6yi7wobxtlo66j8eq680dnkwmn.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, крафт бумага 80 г м2, 145х205 мм, 60 л., гребень, твердая обложка, BRAUBERG ART DEBUT, 115065</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Изделие имеет размер 145х205 мм и содержит 60 листов крафт-бумаги плотностью 80 г/м2. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов. Минималистичная обложка без дизайна может быть оформлена под юного художника яркими наклейками и стикерами. Жесткая обложка позволяет делать зарисовки и наброски на весу. Бумага не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>946230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc4/uysb7oqdyaz5356sbohdcxdnpxuel7t6.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, 4 типа бумаги  акварельная, белая, черная, крафт  146х204 мм, 60 л., гребень, BRAUBERG ART, 115066</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Изделие имеет размер 146х204 мм и содержит 60 листов. Обложка с модным дизайном и жесткая задняя подложка позволяют делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Внутренний блок представлен сразу четырьмя видами бумаги: акварельная &amp;#40;10 листов плотностью 200 г/м2&amp;#41;, белая &amp;#40;20 листов плотностью 120 г/м2&amp;#41;, крафтовая &amp;#40;20 листов плотностью 80 г/м2&amp;#41; и черная &amp;#40;10 листов плотностью 120 г/м2&amp;#41;.Несколько видов бумаги, из которых состоит внутренний блок, позволят юному художнику попробовать сразу несколько техник рисования в одном скетчбуке. Листы удобно скреплены спиралью, что позволяет переворачивать их на 180 градусов.</t>
+  </si>
+  <si>
+    <t>949851</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f4/m8tlsl9y0aynkddl10qglw0tur6ny26g.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK BV, 140х210 мм, 96Л. IVORY80 ГР. КРАФТ 80ГР. BLACK 80ГР НА ГРЕБНЕ С ХЛЯСТИКОМ  4 ВИДА </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK BV, 140х210 мм, 96Л. IVORY80 ГР.&amp;#43;КРАФТ 80ГР.&amp;#43;BLACK 80ГР НА ГРЕБНЕ С ХЛЯСТИКОМ &amp;#40;4 ВИДА&amp;#41;</t>
+  </si>
+  <si>
+    <t>956417</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2db/ypb6et9bh004v61gwkypyct0xdyzcuge.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV, 138х205 мм. 24Л, ТЕТРАДЬ, СЕРЫЙ 110 ГР. ПРОШИТЫЙ БЛОК</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, 138х205 мм. 24Л, ТЕТРАДЬ, СЕРЫЙ 110 ГР. ПРОШИТЫЙ БЛОК</t>
+  </si>
+  <si>
+    <t>956419</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e36/3xapajukfb971wlun0lhevcl0wat1c1z.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV, 138х205 мм. 24Л, ТЕТРАДЬ, ЧЕРНЫЙ 150 ГР. ПРОШИТЫЙ БЛОК</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, 138х205 мм. 24Л, ТЕТРАДЬ, ЧЕРНЫЙ 150 ГР. ПРОШИТЫЙ БЛОК</t>
+  </si>
+  <si>
+    <t>956420</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dab/mhu0hog31a3uzbcgr6xb5973qu4b062w.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV, 188х259 мм. 24Л, ТЕТРАДЬ, СЕРЫЙ 110 ГР. ПРОШИТЫЙ БЛОК</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, 188х259 мм. 24Л, ТЕТРАДЬ, СЕРЫЙ 110 ГР. ПРОШИТЫЙ БЛОК</t>
+  </si>
+  <si>
+    <t>956421</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a4/gs6wt4edddomqt4c369kddp6g55xounc.jpeg</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH ART BV, 188х259 мм. 24Л, ТЕТРАДЬ, ЧЕРНЫЙ 150 ГР. ПРОШИТЫЙ БЛОК</t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, 188х259 мм. 24Л, ТЕТРАДЬ, ЧЕРНЫЙ 150 ГР. ПРОШИТЫЙ БЛОК</t>
+  </si>
+  <si>
+    <t>956422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/847/gun5t3gvdjfhmz7ug8zs08jbdqdwxkt1.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ZEFIR, 140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  МЯТНЫЙ </t>
+  </si>
+  <si>
+    <t>SKETCHBOOK SKETCH&amp;ART BV, ZEFIR, 140х210 мм, 100 л., БЕЖЕВЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ &amp;#40;МЯТНЫЙ&amp;#41;</t>
+  </si>
+  <si>
+    <t>956423</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b58/3liacq0ezjb1b4ay6hywnnw0vefrv8do.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG  quot;Black white quot;, матовая ламинация, 100г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG &amp;quot;Black&amp;white&amp;quot;, матовая ламинация, 100г/м2</t>
+  </si>
+  <si>
+    <t>969315</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a1/xdgji19upbt0rs30et85fiadxex0fu6f.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG  quot;City life quot;, глянцевая ламинация, 100г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG &amp;quot;City life&amp;quot;, глянцевая ламинация, 100г/м2</t>
+  </si>
+  <si>
+    <t>969316</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6b/jchfug9h3obtat6noysd24zkvsnceanw.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG  quot;Ананас quot;, глянцевая ламинация, 100г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG &amp;quot;Ананас&amp;quot;, глянцевая ламинация, 100г/м2</t>
+  </si>
+  <si>
+    <t>969317</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2bd/escayptik92o6c18920dccea3xifi54c.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG  quot;Поговорим? quot;, глянцевая ламинация, 100г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG &amp;quot;Поговорим?&amp;quot;, глянцевая ламинация, 100г/м2</t>
+  </si>
+  <si>
+    <t>969322</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/174/b95drzepd2xr1x9tz1hm1y3nck7ty5ki.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG  quot;Подводное царство quot;, матовая ламинация, 100г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG &amp;quot;Подводное царство&amp;quot;, матовая ламинация, 100г/м2</t>
+  </si>
+  <si>
+    <t>969323</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0cb/4bjh2lffx8fgqkuzn7lwvrrp7wmdi3j8.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG  quot;Царь зверей quot;, глянцевая ламинация, 100г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 100л. А5 7БЦ BG &amp;quot;Царь зверей&amp;quot;, глянцевая ламинация, 100г/м2</t>
+  </si>
+  <si>
+    <t>969324</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea2/p16cbr2qaj6jbcuzbqg2oj13pl2jpibr.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами 50л. А5 на склейке MESHU  quot;Anime cat quot;, 90г м2, soft touch</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами 50л. А5 на склейке MESHU &amp;quot;Anime cat&amp;quot;, 90г/м2, soft touch</t>
+  </si>
+  <si>
+    <t>969330</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e99/cx9u02racp8qdfl9mt97add3h3yua3qf.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами 50л. А5 на склейке MESHU  quot;Cat quot;, 90г м2, soft touch</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами 50л. А5 на склейке MESHU &amp;quot;Cat&amp;quot;, 90г/м2, soft touch</t>
+  </si>
+  <si>
+    <t>969331</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07e/mvl428bgt0x00kkuyvgyy7d6u0udwiw1.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами 50л. А5 на склейке MESHU  quot;Girl and music quot;, 90г м2, soft touch</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами 50л. А5 на склейке MESHU &amp;quot;Girl and music&amp;quot;, 90г/м2, soft touch</t>
+  </si>
+  <si>
+    <t>969332</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4a/vzb7f6uzz5hmccgsez91o2mo4fssm2zc.jpg</t>
+  </si>
+  <si>
+    <t>Sketchbook BrunoVisconti  черный 210х140 мм, 48 л., 200 г кв.м, черная бумага гибкая обложка  quot;Sketch Art quot; Арт. 1-523 01</t>
+  </si>
+  <si>
+    <t>Скетчбук «SKETCH&amp;ART» формата А5 горизонтального открытия в мягком переплете для создания эскизов и зарисовок.&amp;nbsp;&amp;nbsp;Скетчбук обладатель гибкой обложки из искусственной кожи с великолепным качеством отделки, бархатистым покрытием Soft Touch и скругленными углами – образец стиля и элегантности, комфорта и практичности.&amp;nbsp;&amp;nbsp;Он сохраняет первоначальный внешний вид даже при активном использовании и дарит приятные тактильные ощущения. Блок содержит 48 листов черного цвета и плотностью 200 г/кв.м&amp;nbsp;&amp;nbsp;Закладка-ляссе в цвет обложки поможет быстро&amp;nbsp;&amp;nbsp;найти нужную страницу. Художественно оформленные форзац и нахзац с выделенным полем для персональных данных - еще одно преимущество скетчбука. Отличная идея для подарка!</t>
+  </si>
+  <si>
+    <t>970265</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bed/pm92cyuo0mj89p3y8uu8qddhf0r2qsnt.jpg</t>
+  </si>
+  <si>
+    <t>Sketchbook BrunoVisconti  черный 140х210 мм, 100 л., 100 г кв.м, черная бумага гибкая обложка  quot;Sketch Art quot; Арт. 1-524 01</t>
+  </si>
+  <si>
+    <t>Скетчбук «SKETCH&amp;ART» на 100 листов в книжном переплете от Bruno Visconti – это функциональный блокнот для зарисовок. Гибкая обложка из искусственной кожи с великолепным качеством отделки и скругленными углами – образец стиля и элегантности, комфорта и практичности.&amp;nbsp;&amp;nbsp;Скетчбук сохраняет первоначальный внешний вид даже при активном использовании и дарит приятные тактильные ощущения благодаря бархатистому покрытию Soft Touch. Формат А5 позволяет брать скетчбук в дорогу, он легко помещается в дамскую сумочку, а значит всегда будет у вас под рукой.&amp;nbsp;&amp;nbsp;Листы блока плотностью 100 г/кв.м черного цвета -&amp;nbsp;&amp;nbsp;приятный и выгодный фон для создания эскизов и зарисовок цветными и чернографитными карандашами, ручками, линерами. Художественно оформленные форзац и нахзац с выделенным полем для персональных данных - дополнительное преимущество скетчбука.</t>
+  </si>
+  <si>
+    <t>970266</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/837/871k2wkyvvoddsbdndu88v56sgbk32yw.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и маркеров,  quot;БРИСТОЛЬ quot; 200 г м2, 140х210 мм, 32 л., КОЖЗАМ, BRAUBERG ART, Сиреневый, 115098</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART PREMIERE предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 140х210 мм и содержит 32 каландрированных листа бумаги &amp;quot;БРИСТОЛЬ&amp;quot; плотностью 200 г/м2. Данная бумага идеально подходит для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными. Оригинальное скрепление сшивкой позволяет открывать скетчбук на 180 градусов. Твердая обложка позволяет делать зарисовки и наброски на весу.</t>
+  </si>
+  <si>
+    <t>978016</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/701/pc9fo0a0mysdxa2kchw42g8l4qath6i3.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и маркеров,  quot;БРИСТОЛЬ quot; 200 г м2, 140х210 мм, 32 л., КОЖЗАМ, BRAUBERG ART, Черный, 115099</t>
+  </si>
+  <si>
+    <t>978017</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/289/bnnrytda7z8n2xb4vjgd1gc4eyw48123.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и маркеров,  quot;БРИСТОЛЬ quot; 200 г м2, 148х210 мм, 30 л., ГРЕБЕНЬ, BRAUBERG ART, 115108</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART PREMIERE предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 148х210 мм и содержит 30 каландрированных листов бумаги &amp;quot;БРИСТОЛЬ&amp;quot; плотностью 200 г/м2. Данная бумага идеально подходят для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не съедает цвет, оставляя яркие цвета неизменными. Листы удобно скреплены спиралью, что позволяет переворачивать их на 360 градусов.Твердая обложка позволяет делать зарисовки и наброски на весу. Черный цвет обложки даёт возможность декорировать её яркими наклейками и стикерами.</t>
+  </si>
+  <si>
+    <t>978018</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/388/72kbcdc8ez3t27nlugzpagltfqnmocbe.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для графики и маркеров,  quot;БРИСТОЛЬ quot; 200 г м2, 195х195 мм, 32 л., КОЖЗАМ, BRAUBERG ART, Черный, 115100</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART PREMIERE предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 195х195 мм и содержит 32 каландрированных листа бумаги &amp;quot;БРИСТОЛЬ&amp;quot; плотностью 200 г/м2. Данная бумага идеально подходит для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными. Оригинальное скрепление сшивкой позволяет открывать скетчбук на 180 градусов. Твердая обложка позволяет делать зарисовки и наброски на весу.</t>
+  </si>
+  <si>
+    <t>978019</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02b/05ry9zyabn9nv3ar8ksnc8ct441zug2c.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 150 г м2, 148х210 мм, 64 л., книжный твердый переплет, BRAUBERG ART, 115110</t>
+  </si>
+  <si>
+    <t>Скетчбук для эскизов и графики. Внутренний блок - специальная художественная бумага белого цвета с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка выполнена в виде книжного переплета. В блокноте 64 листа белой бумаги плотностью 150 г/м2, т.е. 128 возможностей воплотить свою задумку! Листы надежно скреплены ниткой. Жесткая, книжная обложка позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 148х210 мм.</t>
+  </si>
+  <si>
+    <t>978020</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad4/fovtr2emrtxkxm9clti8nr4qwly9xn7r.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 100 г м2, 148х210 мм, 80 л., гребень, твердая обложка, BRAUBERG ART, 115109</t>
+  </si>
+  <si>
+    <t>Скетчбук для эскизов и графики. Внутренний блок - специальная художественная бумага кремового оттенка с легкой зернистой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Обложка выполнена в виде книжного переплета. В блокноте 80 листов бумаги цвета слоновой кости плотностью 100 г/м2, т.е. 160 возможностей воплотить свою задумку! Листы надежно скреплены евроспиралью, что позволяет раскрывать скетчбук на 360 градусов. Жесткая, книжная обложка позволит делать зарисовки и наброски &amp;quot;на весу&amp;quot;. Удобный формат размером 148х210 мм.</t>
+  </si>
+  <si>
+    <t>978021</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/61a/mg8pcam0j3b1j1urhejxa6slg0200ckw.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров 120 г м2, 148х210 мм, 40 листов, гребень, жесткая подложка, BRAUBERG ART, 115107</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART CLASSIC предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 148х210 мм и содержит 40 каландрированных листов бумаги плотностью 120 г/м2. Данная бумага идеально подходит для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными. Листы удобно скреплены спиралью, что позволяет переворачивать их на 360 градусов.Твердая обложка позволяет делать зарисовки и наброски на весу. Черный цвет обложки даёт возможность декорировать её яркими наклейками и стикерами.</t>
+  </si>
+  <si>
+    <t>978319</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d71/ragk6zmameltb0z59vo6snc9k3si2vv2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров 120 г м2, 148х210 мм, 60 л., твердая обложка, резинка, BRAUBERG ART, Аниме, 115102</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART PREMIERE предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 148х210 мм и содержит 60 каландрированных листов плотностью 120 г/м2. Данная бумага идеально подходит для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными, оригинальное &amp;quot;книжное&amp;quot; скрепление позволяет открывать скетчбук на 180 градусов. Прочная твердая обложка делает возможным создание рисунков и эскизов на весу. Обложка снабжена резинкой-фиксатором благодаря чему скетчбук не откроется в сумочке или портфеле и листы на помнутся.</t>
+  </si>
+  <si>
+    <t>978320</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40d/ciw1132nyrbwl6kbmjf5fsqy2qflfx83.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров 120 г м2, 195х195 мм, 60 л., твердая обложка, резинка, BRAUBERG ART,  quot;Мрамор quot;, 115105</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART PREMIERE предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 195х195 мм и содержит 60 каландрированных листов плотностью 120 г/м2. Данная бумага идеально подходит для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными, оригинальное &amp;quot;книжное&amp;quot; скрепление позволяет открывать скетчбук на 180°. Твердая обложка позволяет делать зарисовки и наброски на весу. Обложка снабжена резинкой-фиксатором благодаря чему скетчбук не откроется в сумочке или портфеле и листы на помнутся.</t>
+  </si>
+  <si>
+    <t>978321</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/932/0a15p9u6qloeaz3386ovhu1f9or81o7v.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров 120 г м2, 195х195 мм, 60 л., твердая обложка, резинка, BRAUBERG ART, Замок, 115104</t>
+  </si>
+  <si>
+    <t>Cкетчбук BRAUBERG ART PREMIERE предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 195х195 мм и содержит 60 каландрированных листов плотностью 120 г/м2. Данная бумага идеально подходит для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными, оригинальное &amp;quot;книжное&amp;quot; скрепление позволяет открывать скетчбук на 180°. Прочная твердая обложка делает возможным создание рисунков и эскизов на весу. Обложка снабжена резинкой-фиксатором благодаря чему скетчбук не откроется в сумочке или портфеле и листы на помнутся.</t>
+  </si>
+  <si>
+    <t>978322</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bb/bz2mygfhgfe9z1qj3blay8lqb72kl4z7.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров 120г м2, 148х210 мм, 60 л., твердая обложка, резинка, BRAUBERG ART, For you, 115101</t>
+  </si>
+  <si>
+    <t>978323</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffe/fz2jfia8jp6ekaggpwgmcq0fxkv64009.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, HORIZON, 210х140 мм, 48 листов, ЧЕРНЫЙ 200 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>Скетчбук «SKETCH&amp;ART» формата А5 горизонтального открытия в мягком переплете для создания эскизов и зарисовок. Скетчбук обладатель гибкой обложки из искусственной кожи с великолепным качеством отделки, бархатистым покрытием Soft Touch и скругленными углами – образец стиля и элегантности, комфорта и практичности. Он сохраняет первоначальный внешний вид даже при активном использовании и дарит приятные тактильные ощущения. Блок содержит 48 листов черного цвета и плотностью 200 г/кв.м Закладка-ляссе в цвет обложки поможет быстро найти нужную страницу. Художественно оформленные форзац и нахзац с выделенным полем для персональных данных - еще одно преимущество скетчбука. Отличная идея для подарка!</t>
+  </si>
+  <si>
+    <t>980175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b01/guj67l9t0bh1yjjjojprqlposzzonl8t.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SKETCHBOOK SKETCH ART BV, ORIGINAL, 140х210 мм, 100 листов, ЧЕРНЫЙ 100 гр. В МЯГКОМ ПЕРЕПЛЕТЕ  КРАСНЫЙ </t>
+  </si>
+  <si>
+    <t>Скетчбук «SKETCH&amp;ART» на 100 листов в книжном переплете от Bruno Visconti – это функциональный блокнот для зарисовок. Гибкая обложка из искусственной кожи с великолепным качеством отделки и скругленными углами – образец стиля и элегантности, комфорта и практичности. Скетчбук сохраняет первоначальный внешний вид даже при активном использовании и дарит приятные тактильные ощущения благодаря бархатистому покрытию Soft Touch. Формат А5 позволяет брать скетчбук в дорогу, он легко помещается в дамскую сумочку, а значит всегда будет у вас под рукой. Листы блока плотностью 100 г/кв.м черного цвета - приятный и выгодный фон для создания эскизов и зарисовок цветными и чернографитными карандашами, ручками, линерами. Художественно оформленные форзац и нахзац с выделенным полем для персональных данных - дополнительное преимущество скетчбука.</t>
+  </si>
+  <si>
+    <t>980176</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7a/qz0r7sn1uryouh4822qhdo5kcfx1hytk.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л. 105 195 на гребне BG  quot;Fashion quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л. 105*195 на гребне BG &amp;quot;Fashion&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/342/mpbqav4mbw4hjldyu9aquufe8usk47pg.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л. 105 195мм на гребне BG  quot;Fashion Week quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л. 105*195мм на гребне BG &amp;quot;Fashion Week&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4c/33ushlvqv14ix0aoi217d8knjuybcqco.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 на гребне BG  quot;Divination quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 на гребне BG &amp;quot;Divination&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/48e/pyn6ksn7fvfpjndzg54cv101idun8hif.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 на гребне BG  quot;Magic comes quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 на гребне BG &amp;quot;Magic comes&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984140</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bae/8bv6837mb11tnmdf2e2yddjpftkyje08.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А5 на гребне BG  quot;Птицы quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А5 на гребне BG &amp;quot;Птицы&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984141</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/043/1pfkqow5nouamngajek2s9bzte2njhyb.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А5 на гребне BG  quot;Тропики quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А5 на гребне BG &amp;quot;Тропики&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984142</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/180/xbdil0cr2hj3gb2nai1gh20mpi2uhb0a.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А5 на гребне BG  quot;Яркие краски quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А5 на гребне BG &amp;quot;Яркие краски&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984143</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d1/01x16khbua2qjlm1sp9qo2mg69d7fw9p.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А6 на гребне BG  quot;Фантазеры quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А6 на гребне BG &amp;quot;Фантазеры&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984144</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ded/p0jen2rei1jbmjqarwzymk7pcxq14fxf.jpg</t>
-[...44 lines deleted...]
-    <t>440344</t>
+    <t>http://anytos.ru//upload/iblock/4ec/olh2rdwirmil83q2818g7gc2z7rfqbwr.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А6 на гребне BG  quot;Хюгге quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А6 на гребне BG &amp;quot;Хюгге&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984145</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/622/069xrg8spxazmo9sauxnzrq4grrq1j1t.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А6 на гребне BG  quot;Чародей quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л. А6 на гребне BG &amp;quot;Чародей&amp;quot;, 120г/м2</t>
+  </si>
+  <si>
+    <t>984146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8b/1crva0kti6o6k1y3yk02erio9jgqx23q.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 120 120 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, черная, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 120*120 Гамма &amp;quot;Студия&amp;quot;, черный, твердая обложка, на резинке, черная, 140г/м2</t>
+  </si>
+  <si>
+    <t>984151</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/gamma_/"&gt;Гамма&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d1/ekupougv070ogmexbtembsg3of2dz1na.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 120 120 Гамма  quot;Студия quot;, яркие цвета ассорти, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 120*120 Гамма &amp;quot;Студия&amp;quot;, яркие цвета ассорти, твердая обложка, на резинке, слоновая кость, 140г/м2</t>
+  </si>
+  <si>
+    <t>984152</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e5/7sjyatw2p1e9szk1p78ra9he56w3a4ap.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 130 210 Гамма  quot;Студия quot;, винный, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 130*210 Гамма &amp;quot;Студия&amp;quot;, винный, твердая обложка, на резинке, слоновая кость, 140г/м2</t>
+  </si>
+  <si>
+    <t>984153</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53e/m4cljsimdkh17p51709oump5jtnssnwr.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 130 210 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, белая, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 130*210 Гамма &amp;quot;Студия&amp;quot;, черный, твердая обложка, на резинке, белая, 140г/м2</t>
+  </si>
+  <si>
+    <t>984154</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fc/66kz32e8qwwj2ja0ipukihbsccwk3qj5.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 130 210 Гамма  quot;Студия quot;, яркие цвета ассорти, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 130*210 Гамма &amp;quot;Студия&amp;quot;, яркие цвета ассорти, твердая обложка, на резинке, слоновая кость, 140г/м2</t>
+  </si>
+  <si>
+    <t>984155</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/671/mnajqt2nslty82kldikb1414t3aw3h5y.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 150 150 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, черная, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 150*150 Гамма &amp;quot;Студия&amp;quot;, черный, твердая обложка, на резинке, черная, 140г/м2</t>
+  </si>
+  <si>
+    <t>984160</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/592/kv8fvflc8jm9d1tvus7dmihgigpsil25.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 150 150 Гамма  quot;Студия quot;, яркие цвета ассорти, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 150*150 Гамма &amp;quot;Студия&amp;quot;, яркие цвета ассорти, твердая обложка, на резинке, слоновая кость, 140г/м2</t>
+  </si>
+  <si>
+    <t>984161</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f45/96nf4b0jo97v2xv0zwtylja1g1tmxn46.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 200 200 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 200*200 Гамма &amp;quot;Студия&amp;quot;, черный, твердая обложка, на резинке, слоновая кость, 140г/м2</t>
+  </si>
+  <si>
+    <t>984163</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8c/7dde5i0kj6o57zhjzgsam0kli49t9jw9.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 200 200 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, черная, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 200*200 Гамма &amp;quot;Студия&amp;quot;, черный, твердая обложка, на резинке, черная, 140г/м2</t>
+  </si>
+  <si>
+    <t>984164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f2/u1ybza92eo4ubiwql3j6be67jnvht4ku.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 90 140 Гамма  quot;Студия quot;, винный, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 90*140 Гамма &amp;quot;Студия&amp;quot;, винный, твердая обложка, на резинке, слоновая кость, 140г/м2</t>
+  </si>
+  <si>
+    <t>984168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cf/uasiw467fe57ijwh2bld19y0rhu35lra.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 90 140 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, белая, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 90*140 Гамма &amp;quot;Студия&amp;quot;, черный, твердая обложка, на резинке, белая, 140г/м2</t>
+  </si>
+  <si>
+    <t>984169</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc2/35j3debgm6qx0jc3chn961yd8g9mh1f5.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 90 140 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 90*140 Гамма &amp;quot;Студия&amp;quot;, черный, твердая обложка, на резинке, слоновая кость, 140г/м2</t>
+  </si>
+  <si>
+    <t>984170</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67d/0r8a4cvqygihip7phnhzrvj6exc7jvbp.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 90 140 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, черная, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., 90*140 Гамма &amp;quot;Студия&amp;quot;, черный, твердая обложка, на резинке, черная, 140г/м2</t>
+  </si>
+  <si>
+    <t>984171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ff/0kvlhxor4lvelkm24o11fw5c2pbrn6s1.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., А5 Гамма  quot;Студия quot;, яркие цвета ассорти, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 80л., А5 Гамма &amp;quot;Студия&amp;quot;, яркие цвета ассорти, твердая обложка, на резинке, слоновая кость, 140г/м2</t>
+  </si>
+  <si>
+    <t>984178</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/59d/me4i1d99c26wlgp9dgxvgras0f7xr28y.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. А5 на гребне, BG  quot;Внутреннее тепло quot;, 180г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. А5 на гребне, BG &amp;quot;Внутреннее тепло&amp;quot;, 180г/м2</t>
+  </si>
+  <si>
+    <t>984179</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c86/jalzqumay2j05vvjjv0vrvwqw6qe11gm.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. А5 на гребне, BG  quot;Поднять паруса quot;, 180г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л. А5 на гребне, BG &amp;quot;Поднять паруса!&amp;quot;, 180г/м2</t>
+  </si>
+  <si>
+    <t>984180</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6b/gl2bbe81fc1d082jtb2fopim06n2idl9.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 20л., 200 200 BG  quot;Акварельный кот quot;, на склейке, 200г м2, ГОЗНАК, среднее зерно</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 20л., 200*200 BG &amp;quot;Акварельный кот&amp;quot;, на склейке, 200г/м2, ГОЗНАК, среднее зерно</t>
+  </si>
+  <si>
+    <t>984181</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dfa/s4tcynt34b24g768surv0ngddhwy43a7.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 20л., 200 200 BG  quot;Аниме quot;, на склейке, 200г м2, ГОЗНАК, среднее зерно</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 20л., 200*200 BG &amp;quot;Аниме&amp;quot;, на склейке, 200г/м2, ГОЗНАК, среднее зерно</t>
+  </si>
+  <si>
+    <t>984182</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef8/jx4uysamldferght2s1swecwglrnm2mn.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 20л., 200 200 BG  quot;Бабочка quot;, на склейке, 200г м2, ГОЗНАК, среднее зерно</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 20л., 200*200 BG &amp;quot;Бабочка&amp;quot;, на склейке, 200г/м2, ГОЗНАК, среднее зерно</t>
+  </si>
+  <si>
+    <t>984183</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/920/1fgy5w5rwa6eb561xbqx83x3t2i4k6po.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 20л., 200 200 BG  quot;Путешествие quot;, на склейке, 200г м2, ГОЗНАК, среднее зерно</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели, 20л., 200*200 BG &amp;quot;Путешествие&amp;quot;, на склейке, 200г/м2, ГОЗНАК, среднее зерно</t>
+  </si>
+  <si>
+    <t>984184</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/28b/29ph9ldb11k9e14ew8dgqdf9pra5lkqx.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40 листов, 170 170 на гребне BG  quot;Secret place. Cat quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для зарисовок BG «Secret place.Cat» состоит из 40 листов бумаги белого цвета, плотностью 120г/м2. Блокнот размером 170*170 мм удобно взять с собой. Листы скреплены спиралью по боковому краю, что позволяет переворачивать их как на 180, так и на 360 градусов. Блок на гребне делает использование тетради для зарисовок комфортным и надёжным. Все рисунки и записи будут храниться в одном месте. Скетчбук отлично подходит для рисования карандашами, пастелью, углем и другими сухими материалами. Обложка из твёрдого картона с ярким дизайном придаёт ему стильный и современный вид. • Формат: 170*170 мм; • Кол-во листов: 40; • Техника &amp;#40;назначение&amp;#41;: для зарисовок; • Вид скрепления: гребень/спираль; • Цвет внутреннего блока: белый; • Плотность блока: 120г/м2.</t>
+  </si>
+  <si>
+    <t>986200</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af5/mavacozozwhwm3tw9beag70s9as5ilp2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40 листов, 170 170 на гребне BG  quot;Secret place. Dog quot;, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для зарисовок BG «Secret place.Dog» состоит из 40 листов бумаги белого цвета, плотностью 120г/м2. Блокнот размером 170*170 мм удобно взять с собой. Листы скреплены спиралью по боковому краю, что позволяет переворачивать их как на 180, так и на 360 градусов. Блок на гребне делает использование тетради для зарисовок комфортным и надёжным. Все рисунки и записи будут храниться в одном месте. Скетчбук отлично подходит для рисования карандашами, пастелью, углем и другими сухими материалами. Обложка из твёрдого картона с ярким дизайном придаёт ему стильный и современный вид. • Формат: 170*170 мм; • Кол-во листов: 40; • Техника &amp;#40;назначение&amp;#41;: для зарисовок; • Вид скрепления: гребень/спираль; • Цвет внутреннего блока: белый; • Плотность блока: 120г/м2.</t>
+  </si>
+  <si>
+    <t>986201</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f0/7z438o77n2jy25iqxkx6u3m05r4gsylu.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40 листов, А5 на гребне BG  quot;Neon. Orange quot;, маркерная бумага 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук BG &amp;quot;Neon. Orange&amp;quot; создан для любителей стиля и творчества. Отлично подходит для быстрых зарисовок как карандашами, так и маркерами для скетчинга и линерами. Они отлично скользят по поверхности и придают рисунку яркие и сочные цвета. Плотная белая бумага 120 г/м2 и гладкая фактура обеспечивает отличное качество, позволяет рисовать на обеих сторонах листа и защищает от протекания. Блокнот состоит из 40 листов. Тип скрепления – гребень. Удобный компактный формат А5 &amp;#40;148*210 мм&amp;#41; позволяет взять его с собой. Твердая подложка позволяет работать на весу. Неоновая полупрозрачная пластиковая обложка делает его модным аксессуаром. На срезе светится ярким неоновым цветом. Надпись, сделанная лазером внутри, и кольца в цвет обложки добавляют стиля. Скетчбук подойдет для занятий нейрографикой и даже в качестве личного дневника или bullet journal. Индивидуальная упаковка в пакет. • Формат: А5; • Кол-во листов: 40; • Вид скрепления: гребень/спираль; • Внутренний блок: бумага для маркеров; • Плотность блока: 120 г/м2; • Цвет блока: белый.</t>
+  </si>
+  <si>
+    <t>986202</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c0/g2z97ivi6t83of3gmh0mha14fe367ro1.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40 листов, А5 на гребне BG  quot;Neon. Pink quot;, маркерная бумага 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук BG &amp;quot;Neon. Pink&amp;quot; создан для любителей стиля и творчества. Отлично подходит для быстрых зарисовок как карандашами, так и маркерами для скетчинга и линерами. Они отлично скользят по поверхности и придают рисунку яркие и сочные цвета. Плотная белая бумага 120 г/м2 и гладкая фактура обеспечивает отличное качество, позволяет рисовать на обеих сторонах листа и защищает от протекания. Блокнот состоит из 40 листов. Тип скрепления – гребень. Удобный компактный формат А5 &amp;#40;148*210 мм&amp;#41; позволяет взять его с собой. Твердая подложка позволяет работать на весу. Неоновая полупрозрачная пласиковая обложка делает его модным аксессуаром. На срезе светится ярким неоновым цветом. Надпись, сделанная лазером внутри, и кольца в цвет обложки добавляют стиля. Скетчбук подойдет для занятий нейрографикой и даже в качестве личного дневника или bullet journal. Индивидуальная упаковка в пакет. • Формат: А5; • Кол-во листов: 40; • Вид скрепления: гребень/спираль; • Внутренний блок: бумага для маркеров; • Плотность блока: 120 г/м2; • Цвет блока: белый.</t>
+  </si>
+  <si>
+    <t>986203</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c36/meunym1totdzm0k7soqo7488omycl77f.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80 листов, 130 210 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук «ГАММА» размером 130*210 мм идеален для эскизов, набросков, скетчинга, записей. Подойдёт как для художников, дизайнеров, так и для студентов, школьников. Внутренний блок состоит из 80 листов высококачественной бумаги цвета слоновой кости плотностью 140 г/м2. Походит для рисования разными материалами: карандашами, линерами, пастелью, графитом, ручками и другими. Тип скрепления – сшивка. Лаконичный, компактный размер и жёсткая обложка с эффектом soft-touch обеспечивает удобство зарисовок на прогулке или в путешествии. Цвет обложки – чёрный. Закладка-ляссе помогает быстро открыть скетчбук на нужной странице, а эластичная резинка предотвращает листы от замятия и случайного открытия. Скетчбук удобно брать в путешествие, на прогулку или пленэр. Индивидуальная упаковка в термоусадочную плёнку. • Размер: 130*210 мм; • Количество листов: 80; • Тип скрепления: сшивка; • Внутренний блок: рисовальная бумага; • Плотность блока: 140 г/м2.</t>
+  </si>
+  <si>
+    <t>986204</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71e/zp09v0hjizhz95qg5zim0y86gjgiw13o.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 80 листов, 210 130 Гамма  quot;Студия quot;, черный, твердая обложка, на резинке, слоновая кость, 140г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук «ГАММА» размером 210*130 мм идеален для эскизов, набросков, скетчинга, записей. Подойдёт как для художников, дизайнеров, так и для студентов, школьников. Внутренний блок состоит из 80 листов высококачественной бумаги цвета слоновой кости плотностью 140 г/м2. Походит для рисования разными материалами: карандашами, линерами, пастелью, графитом, ручками и другими. Тип скрепления – сшивка. Лаконичный, компактный размер и жёсткая обложка с эффектом soft-touch обеспечивает удобство зарисовок на прогулке или в путешествии. Цвет обложки – чёрный. Закладка-ляссе помогает быстро открыть скетчбук на нужной странице, а эластичная резинка предотвращает листы от замятия и случайного открытия. Скетчбук удобно брать в путешествие, на прогулку или пленэр. Индивидуальная упаковка в термоусадочную плёнку. • Размер: 210*130 мм; • Количество листов: 80; • Тип скрепления: сшивка; • Внутренний блок: рисовальная бумага; • Плотность блока: 140 г/м2.</t>
+  </si>
+  <si>
+    <t>986205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc4/213n8sc10ef9dcc0kpdgcyriplxnuknd.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость, 140 г м2, 120х120 мм, 80 л., КОЖЗАМ, резинка, SKETCHMARKER, 3 цвета ПАСТЕЛЬ, 2971, 23142971OFM</t>
+  </si>
+  <si>
+    <t>Скетчбук SKETCHMARKER предназначен для зарисовок и набросков, каллиграфии, леттеринга, иллюстрации, записей и заметок. Бумага подходит для работы карандашами, шариковыми и перьевыми ручками, линерами и роллерами, гуашью и акрилом. Коллекция скетчбуков для графики в твердой обложке от бренда SKETCHMARKER, специализирующегося на производстве материалов для скетчинга.Цветовая гамма обложек включает 3 цвета ПАСТЕЛЬ: лимонный, фиолетовый пастельный, небесно-голубой.В твердой обложке скетчбука – 80 листов бумаги теплого белого оттенка, без линовки. Бумага гладкая, с едва ощутимой фактурой, плотностью 140 г/м2, произведена из 100&amp;#37; целлюлозы и отлично выдерживает исправления.Скетчбук оснащён закладкой-ляссе, эластичной резинкой для фиксации в закрытом виде и держателем для пишущего инструмента – все эти элементы выполнены в цвете обложки скетчбука.</t>
+  </si>
+  <si>
+    <t>994651</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sketchmarker/"&gt;SKETCHMARKER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d78/jaourg4385ry8tthgx9ijqd75wf54u19.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага, 160 г м2, плотная, 19х19 см, 60 л., гребень, твердая обложка, КРАФТ, BRAUBERG ART CLASSIC, 116366</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Скетчбук имеет размер 190х190 мм и содержит 60 белоснежных листов плотностью 160 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет раскрывать их на 360°. Минималистичная обложка без дизайна может быть оформлена яркими наклейками и стикерами. Твердая обложка позволяет делать зарисовки и наброски на весу. Бумага не съедает цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>995393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c3/83oh3rmsomjkm17ulb00c51jmv432haq.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40 листов, А5 BG  quot;Bright. Black quot;, кожзам, на резинке, 200г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук BG &amp;quot;Bright.Black&amp;quot; формата А5 идеально подходит для создания акварельных эскизов, набросков и зарисовок. Внутренний блок состоит из 40 листов рисовальной бумаги белого цвета. Плотностью 200 г/м2 обеспечивает исключительную устойчивость к деформации, гарантируя, что рисунки останутся безупречными. Бумага имеет однородную гладкую текстуру. Обложка выполнена из качественной экокожи. Удобная резинка надёжно удерживает страницы на месте, а закладка-ляссе поможет быстро открыть скетчбук на нужной странице. Скетчбук BG станет незаменимым спутником художника, дизайнера или творческого человека в повседневной жизни или во время путешествий. Компактный размер и прочная конструкция делают его практичным и удобным в использовании. • Размер: 148*210 мм; • Количество листов: 40; • Тип скрепления: сшивка; • Внутренний блок: рисовальная бумага; • Плотность блока: 200 г/м2.</t>
+  </si>
+  <si>
+    <t>996408</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/271/47cnbkjv5lprufks4ucr93xz7j792few.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров 120 г м2, 148х210 мм, 60 л., твердая обложка, резинка, BRAUBERG ART PREMIERE, МИКС, 115103</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART CLASSIC предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 148х210 мм и содержит 60 каландрированных листов плотностью 120 г/м2. Данная бумага идеально подходит для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными, оригинальное &amp;quot;книжное&amp;quot; скрепление позволяет открывать скетчбук на 180 градусов. Прочная твердая обложка делает возможным создание рисунков и эскизов на весу. Обложка снабжена резинкой-фиксатором благодаря чему скетчбук не откроется в сумочке или портфеле и листы на помнутся.</t>
+  </si>
+  <si>
+    <t>998544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de3/ohus9eq6awj0pxyc50106nyj2lyqxpuw.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для маркеров 120 г м2, 195х195 мм, 60 л., твердая обложка, резинка, BRAUBERG ART PREMIERE, МИКС, 115106</t>
+  </si>
+  <si>
+    <t>Альбом-скетчбук BRAUBERG ART CLASSIC предназначен для выполнения зарисовок маркерами. Скетчбук имеет размер 195х195 мм и содержит 60 каландрированных листов плотностью 120 г/м2. Данная бумага идеально подходит для рисования маркерами и фломастерами, не позволяя им просачиваться на следующий лист. Не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными, оригинальное &amp;quot;книжное&amp;quot; скрепление позволяет открывать скетчбук на 180°. Твердая обложка позволяет делать зарисовки и наброски на весу. Обложка снабжена резинкой-фиксатором благодаря чему скетчбук не откроется в сумочке или портфеле и листы на помнутся.</t>
+  </si>
+  <si>
+    <t>998545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fda/k6s9820oysxakucqsxi7td7mr0xrhza3.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 BG  quot;Все вместе quot;, на гребне, 120г м2,  quot;Волшебник изумрудного города quot;</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 BG &amp;quot;Все вместе&amp;quot;, на гребне, 120г/м2, &amp;quot;Волшебник изумрудного города&amp;quot;</t>
+  </si>
+  <si>
+    <t>998896</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e78/qcj8b9jn5twe7lbcs0tqwso29hjkwa05.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 BG  quot;Элли и Тотошка quot;, на гребне, 120г м2,  quot;Волшебник изумрудного города quot;</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 BG &amp;quot;Элли и Тотошка&amp;quot;, на гребне, 120г/м2, &amp;quot;Волшебник изумрудного города&amp;quot;</t>
+  </si>
+  <si>
+    <t>998897</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08d/k1xylxtwfan3y098ya1ofrd8iu6fl441.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 20л., А5 BG  quot;Stylish girl quot;, на гребне, черный блок, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 20л., А5 BG &amp;quot;Stylish girl&amp;quot;, на гребне, черный блок, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002952</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da2/q7by5nw5ei8c6aqhbha3ahrrb09vfkaa.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 BG  quot;Black. Leaves quot;, на гребне, soft tuch, выборочный лак, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 BG &amp;quot;Black. Leaves&amp;quot;, на гребне, soft tuch, выборочный лак, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002953</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19f/otfv7qqhvx1sl72vcuqpz75m4g4i7rkj.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 BG  quot;Black. Tiger quot;, на гребне, soft tuch, выборочный лак, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 BG &amp;quot;Black. Tiger&amp;quot;, на гребне, soft tuch, выборочный лак, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002954</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6d/3b79kwucchj1p524tiu8mw2syk18fsyp.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 BG  quot;Steampunk. Fox quot;, на гребне, глянцевая ламинация, фольга, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 BG &amp;quot;Steampunk. Fox&amp;quot;, на гребне, глянцевая ламинация, фольга, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a3/z6l2vn5vwe7y2p4e707vdlqnho0d2vu9.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 BG  quot;Витраж. Бабочка quot;, на гребне, матовая ламинация, отд.фольгой, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 BG &amp;quot;Витраж. Бабочка&amp;quot;, на гребне, матовая ламинация, отд.фольгой, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002957</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b86/q7987qk29oru2jv6fjvvp91apbewfrv3.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 BG  quot;Витраж. Цветы quot;, на гребне, матовая ламинация, отд.фольгой, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 BG &amp;quot;Витраж. Цветы&amp;quot;, на гребне, матовая ламинация, отд.фольгой, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002958</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/694/8wz6nbs92ym6nfabjauj9mu2m2z2zrmr.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 BG  quot;Звездная ночь quot;, на гребне, матовая ламинация, выборочный лак, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 BG &amp;quot;Звездная ночь&amp;quot;, на гребне, матовая ламинация, выборочный лак, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002959</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/021/5dpdedgf379fso5lxoezcs88b18r8j38.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170 170 BG  quot;Пионы quot;, на гребне, матовая ламинация, выборочный лак, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., 170*170 BG &amp;quot;Пионы&amp;quot;, на гребне, матовая ламинация, выборочный лак, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002960</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/427/rsz2pxlgb8ufx9r7qj4ionklhr9o4glm.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., А5 BG  quot;Arctic fox quot;, на гребне, черный блок, 80г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., А5 BG &amp;quot;Arctic fox&amp;quot;, на гребне, черный блок, 80г/м2</t>
+  </si>
+  <si>
+    <t>1002961</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/754/c5awmebct52wk8eqm2ukz4ptj86tfvub.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., А5 BG  quot;Neon. Yellow quot;, на гребне, маркерная бумага 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 40л., А5 BG &amp;quot;Neon. Yellow&amp;quot;, на гребне, маркерная бумага 120г/м2</t>
+  </si>
+  <si>
+    <t>1002962</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecc/za41okbzwpgkfx34ft6r1u6ivghirch9.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л., 150 150 MESHU  quot;Funny banny quot;, на гребне, soft-touch, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л., 150*150 MESHU &amp;quot;Funny banny&amp;quot;, на гребне, soft-touch, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e3/jcl09omyki5to7x4c95zac8pgixoks1g.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л., А5 BG  quot;Imagine quot;, на гребне, матовая ламинация, выборочный лак, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л., А5 BG &amp;quot;Imagine&amp;quot;, на гребне, матовая ламинация, выборочный лак, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/657/0hxh6wwrtcc0v7fvknak9iok5qsxqmtb.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л., А5 BG  quot;Киты quot;, на гребне, матовая ламинация, выборочный лак, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л., А5 BG &amp;quot;Киты&amp;quot;, на гребне, матовая ламинация, выборочный лак, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a89/o43n67e2wysyvbi2y6phnnh5awtksauz.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л., А6 BG  quot;Сказочный олень quot;, на гребне, глянцевая ламинация, 120г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук 60л., А6 BG &amp;quot;Сказочный олень&amp;quot;, на гребне, глянцевая ламинация, 120г/м2</t>
+  </si>
+  <si>
+    <t>1002968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12f/ehk4hk2ypepjrtqnlwx7yg6lyo73v90s.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л., А5 BG  quot;Титул quot;, на гребне, глянцевая ламинация, 180г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 20л., А5 BG &amp;quot;Титул&amp;quot;, на гребне, глянцевая ламинация, 180г/м2</t>
+  </si>
+  <si>
+    <t>1002969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfd/zx1uox0tqpc47rbhi38z2efb6vrzsdat.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., 145 145 BG  quot;Bright. Berry quot;, кожзам, на резинке, 200г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., 145*145 BG &amp;quot;Bright. Berry&amp;quot;, кожзам, на резинке, 200г/м2</t>
+  </si>
+  <si>
+    <t>1002970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0bb/p056w51yrdbmtbq4ckypvxjtlku31g86.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., 145 145 BG  quot;Bright. Black quot;, кожзам, на резинке, 200г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., 145*145 BG &amp;quot;Bright. Black&amp;quot;, кожзам, на резинке, 200г/м2</t>
+  </si>
+  <si>
+    <t>1002971</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93c/30lmdhxsubjyq3jq9z3aubunptzy4wv8.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., 145 145 BG  quot;Bright. Teal quot;, кожзам, на резинке, 200г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., 145*145 BG &amp;quot;Bright. Teal&amp;quot;, кожзам, на резинке, 200г/м2</t>
+  </si>
+  <si>
+    <t>1002972</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfa/pgxjac7ecc045jbk5sxh8dtkw74qqru0.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., 145 145 BG  quot;Bright. Yellow quot;, кожзам, на резинке, 200г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., 145*145 BG &amp;quot;Bright. Yellow&amp;quot;, кожзам, на резинке, 200г/м2</t>
+  </si>
+  <si>
+    <t>1002973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/707/bre7x6q9k63dl7l6emo3u5di61gcrz1h.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., А5 BG  quot;Bright. Berry quot;, кожзам, на резинке, 200г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., А5 BG &amp;quot;Bright. Berry&amp;quot;, кожзам, на резинке, 200г/м2</t>
+  </si>
+  <si>
+    <t>1002974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/940/x38fyy9zqnuzsi3juqx7itmuxcuy7wkj.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., А5 BG  quot;Bright. Teal quot;, кожзам, на резинке, 200г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., А5 BG &amp;quot;Bright. Teal&amp;quot;, кожзам, на резинке, 200г/м2</t>
+  </si>
+  <si>
+    <t>1002975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c66/oeis5o060q4g02yhow19rg678dey0ls8.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., А5 BG  quot;Bright. Yellow quot;, кожзам, на резинке, 200г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для акварели 40л., А5 BG &amp;quot;Bright. Yellow&amp;quot;, кожзам, на резинке, 200г/м2</t>
+  </si>
+  <si>
+    <t>1002976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ba/gdxbmuhw5bqawqzfqwym65c682xg67bl.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами, 50л., 170 170 на гребне, BG  quot;Stranger quot;, 90г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами, 50л., 170*170 на гребне, BG &amp;quot;Stranger&amp;quot;, 90г/м2</t>
+  </si>
+  <si>
+    <t>1002979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df2/4ccvglcbv16pah74rs5jl3ea6zibt6op.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами, 50л., 170 170 на гребне, BG  quot;Яркий взгляд quot;, 90г м2</t>
+  </si>
+  <si>
+    <t>Скетчбук для рисования маркерами, 50л., 170*170 на гребне, BG &amp;quot;Яркий взгляд&amp;quot;, 90г/м2</t>
+  </si>
+  <si>
+    <t>1002980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3e/cpomqruq8ae23oo0zzt7uferrdt1t2b0.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 140 г м2 130х210 мм, 80 л., КОЖЗАМ, застежка, BRAUBERG ART CLASSIC, черный, 116461</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага белого цвета с гладкой фактурой. Предназначен для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной бумаги белого цвета плотностью 140 г/м2. Оптимален для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, и держатель для письменных принадлежностей. Магнитная застежка надежно сбережет листы от замятия и случайного раскрытия. На задней обложке расположен карман для мелочей.Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20a/ljifetxvfzhid7aqnwv8j18j7g6n0zez.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 140 г м2 200х200 мм, 80 л., КОЖЗАМ, застежка, BRAUBERG ART CLASSIC, черный, 116463</t>
+  </si>
+  <si>
+    <t>1005607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2d/2jntvv3u8ecacegnj9na4soc4wi47dxc.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 140 г м2 90х140 мм, 80 л., КОЖЗАМ, застежка, BRAUBERG ART CLASSIC, черный, 116459</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага белого цвета с гладкой фактурой. Предназначен для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной бумаги белого цвета плотностью 140 г/м2. Оптимален для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;.Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, и держатель для письменных принадлежностей. Магнитная застежка надежно сбережет листы от замятия и случайного раскрытия. На задней обложке расположен карман для мелочей.Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005608</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c46/e0pjes1nc8fmvkxrbu54s5obhg101ul0.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 130х210 мм, 80 л., КОЖЗАМ, застежка, BRAUBERG ART CLASSIC, черный, 116460</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Предназначен для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной бумаги кремового цвета плотностью 140 г/м2. Оптимален для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;.Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, и держатель для письменных принадлежностей. Магнитная застежка надежно сбережет листы от замятия и случайного раскрытия. На задней обложке расположен карман для мелочей.Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005610</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d5/z9cm7i35edzowvez9dzpee2j60b0y3o1.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 90х140 мм, 80 л., КОЖЗАМ, застежка, BRAUBERG ART CLASSIC, черный,116458</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Предназначен для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной бумаги кремового цвета плотностью 140 г/м2. Оптимален для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, и держатель для письменных принадлежностей. Магнитная застежка надежно сбережет листы от замятия и случайного раскрытия. На задней обложке расположен карман для мелочей.Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbb/1nzjitbn1tu322dwv7h0c01swsmgwvau.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 130х210мм, 80 л., КОЖЗАМ, застежка металл, BRAUBERG  quot;Inspiration quot;, под кожу, цветной срез, синий, 116465</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;&amp;quot;Inspiration&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Предназнач для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной бумаги кремового цвета плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице и держатель для письменных принадлежностей, который расположен на корешке скетчбука. Оригинальная магнитная застежка надежно сбережет листы от замятия и случайного раскрытия. На задней обложке расположен карман для мелочей. Срез скетчбука и держатель для письменных принадлежностей прокрашены на контрасте с цветом обложки, что делает данный скетчбук оригинальным и не повторимым. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee5/1k5udytifv1q2a2gpnxpieg3q792q9j6.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 130х210мм, 80 л., КОЖЗАМ, застежка металл, BRAUBERG ART CLASSIC,  quot;Inspiration quot;, под кожу, цветной срез, кра, 116466</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной бумаги кремового цвета плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице и держатель для письменных принадлежностей, который расположен на корешке скетчбука. Оригинальная магнитная застежка надежно сбережет листы от замятия и случайного раскрытия. На задней обложке расположен карман для мелочей. Срез скетчбука и держатель для письменных принадлежностей прокрашены на контрасте с цветом обложки, что делает данный скетчбук оригинальным и не повторимым. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/662/7vlnrwrk9s0ubu0f0whou83qpsmzzbob.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 130х210мм, 80 л., КОЖЗАМ, застежка металл, BRAUBERG ART CLASSIC,  quot;Inspiration quot;, под кожу, цветной срез, чер, 116464</t>
+  </si>
+  <si>
+    <t>1005616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c4/t5u9d838j5ka726cfzohch61o1qyg5qs.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 130х210мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, CROCO, черный, 116470</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под кожу крокодила. Внутренний блок - 80 листов специальной художественной белой бумаги плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице и держатель для письменных принадлежностей, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. На задней обложке расположен карман для мелочей Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/510/bjd93nt7tfi82yqo0l2lzu2i4dojd9n2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 200х200мм, 80 л., КОЖЗАМ, застежка, BRAUBERG ART CLASSIC, черный, 116462</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной бумаги кремового цвета плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице и держатель для письменных принадлежностей, а магнитная застежка надежно сбережет листы от замятия и случайного раскрытия. На задней обложке расположен карман для мелочей. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005618</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e66/r5chvhcu17r96p606g9deovsf8n331tg.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 200х200мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, CROCO, коричневый, 116473</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под кожу крокодила. Внутренний блок - 80 листов специальной художественной белой бумаги плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице и держатель для письменных принадлежностей, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. На задней обложке расположен карман для мелочей. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005619</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8dc/siug55zhszned4rqccn5b6z256h7x95k.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 200х200мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, CROCO, черный, 116472</t>
+  </si>
+  <si>
+    <t>1005620</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d8/0vw5nw92gys066py3c0lu253a8n8hqan.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 130х210мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, CROCO, коричневый, 116471</t>
+  </si>
+  <si>
+    <t>1005621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d6/w8l7e18c115hgbrplnzqw8epy1sxfn2i.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 130х210мм, 80 л., софт-тач, резинка, BRAUBERG ART CLASSIC, Polo style, 116468</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Компактный скетчбук с жесткой обложкой, покрытой матовой пленкой soft-touch. Внутренний блок - 80 листов специальной художественной тонированной бумаги цвета &amp;quot;слоновая кость&amp;quot; плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице и держатель для письменных принадлежностей, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1005622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b98/b7llrcwff012xay3k26y4kgf8wnkwu9a.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140г м2 130х210мм, 80 л., софт-тач, резинка, BRAUBERG ART CLASSIC, Милый гусь, 116469</t>
+  </si>
+  <si>
+    <t>1005624</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/74a/aek1uo2s0pcz768to80x4mokplh21qkv.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX CURLY AQUARELLE GRADIENT TOUCH 200 г м2 тонированная бумага 30 л. А4 тв.обл. soft touch и фольга</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX CURLY AQUARELLE GRADIENT TOUCH 200 г/м2 тонированная бумага 30 л. А4 тв.обл. soft touch и фольга</t>
+  </si>
+  <si>
+    <t>1007421</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5fd/rnkp1057db3xr3gi2a7770ah9u0aia17.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX CURLY AQUARELLE GRADIENT TOUCH 200 г м2 тонированная бумага 30 л. А5 тв.обл. soft touch и фольга</t>
+  </si>
+  <si>
+    <t>Скетчбук LOREX CURLY AQUARELLE GRADIENT TOUCH 200 г/м2 тонированная бумага 30 л. А5 тв.обл. soft touch и фольга</t>
+  </si>
+  <si>
+    <t>1007422</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c8/qbxhecrqo838gynb5k51fwlqkut3xaut.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 120х120 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, пастель сиреневый, 116877</t>
+  </si>
+  <si>
+    <t>1010611</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a53/npt87iwvi9wt3djvx3sl8w6xp6f63ufg.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 130х210 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, пастель розовый, 116878</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Внутренний блок - специальная художественная бумага цвета &amp;quot;слоновая кость&amp;quot; с гладкой фактурой. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок - 80 листов специальной художественной бумаги кремового цвета плотностью 140 г/м2. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;.Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1010612</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3a/o4tzzn6dezq055nxf82h9s4ee2asctl2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 130х210 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, пастель сиреневый, 116879</t>
+  </si>
+  <si>
+    <t>1010613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/81f/ta3usf779wg65p4ep5uff0xne4o9x0pq.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 200х200 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, пастель розовый, 116880</t>
+  </si>
+  <si>
+    <t>1010614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/75b/p6mvpujj9o5ya7ir49wk270yg6oaybyk.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 210х297 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, пастель розовый, 116882</t>
+  </si>
+  <si>
+    <t>1010616</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe9/381jz8hre3nl3bsgcs8fj0ycx7s5o1el.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 210х297 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, пастель сиреневый, 116883</t>
+  </si>
+  <si>
+    <t>1010617</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e6/es9fcgb6nx1ix4x91y2oudo49g5lo7qz.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 90х140 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, пастель розовый, 116874</t>
+  </si>
+  <si>
+    <t>1010618</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/020/0jdcirlwj2jsw7s29jb5uodtjs9n48qm.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость 140 г м2 90х140 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, пастель сиреневый, 116875</t>
+  </si>
+  <si>
+    <t>1010619</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd4/s7ljj0w73z486nyd3p7xvz5ys5ef6cpo.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость белая 140 г м2, 120х120 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 116872</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок – специальная художественная бумага с гладкой фактурой плотностью 140 г/м2: 40 листов белого цвета и 40 листов цвета &amp;quot;слоновой кости&amp;quot;. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1010620</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/110/8kg74rzd44fayatny8el4dj6cx6515gs.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость белая 140 г м2, 130х210 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 116873</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для эскизов и графики. Подходит для работы с широким спектром графических материалов &amp;#40;уголь, соусы, карандаши и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок – специальная художественная бумага с гладкой фактурой плотностью 140 г/м2: 40 листов белого цвета и 40 листов цвета &amp;quot;слоновой кости&amp;quot;. Подходит для работы с широким спектром графических материалов &amp;#40;ручки, карандаши, линеры и прочие&amp;#41;.Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1010621</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/395/g7xail71c6jia6rk243hy4pwgf0640vj.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, слоновая кость белая 140 г м2, 90х140 мм, 80 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, черный, 116871</t>
+  </si>
+  <si>
+    <t>1010622</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/908/z9jdgbsbhu6xvgnzhw2bcb97fnj9uhfh.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2, 140х201 мм, 60 л., гребень, ж сткая подложка, BRAUBERG ART, Minimal сиреневый, 116901</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Скетчбук имеет размер 140х201 мм и содержит 60 белоснежных листов плотностью 100 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 360 градусов. Твердая обложка с молодёжным дизайном и жесткая задняя подложка позволяет делать зарисовки и наброски на весу. Бумага не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>1012603</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d0/kmp2s8qygnxuk7fs6b3p04zhf6dalo9y.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2, 140х201 мм, 60 л., гребень, ж сткая подложка, BRAUBERG ART, Minimal черный, 116900</t>
+  </si>
+  <si>
+    <t>1012604</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/125/u2gyhf6g8z7jleggdvld8cizlfzwpi7g.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2, 140х201 мм, 60 л., гребень, ж сткая подложка, BRAUBERG ART, Ассорти Beige, 116904</t>
+  </si>
+  <si>
+    <t>1012605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bac/45plq1d6b24bj3bmiql0a852encce59b.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 120 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART,  quot;Motivation quot;, 116899</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 120 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу.Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей.</t>
+  </si>
+  <si>
+    <t>1012606</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2dc/2zdp4f0luhdgupus2yztr9yx36sjnj17.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 120 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART,  quot;Прогулка quot;, 116896</t>
+  </si>
+  <si>
+    <t>1012607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f40/6njmnbe54yx46qdxx11cmsl3p10ahybi.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 120 г м2, 190х190 мм, 80 л., гребень, ж сткая подложка, BRAUBERG ART, Ассорти Mood, 116905</t>
+  </si>
+  <si>
+    <t>Скетчбуки BRAUBERG ART идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Скетчбук имеет размер 190х190 мм и содержит 80 белоснежных листов плотностью 120 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 360 градусов. Жесткая задняя подложка позволяет делать зарисовки и наброски на весу. Бумага не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными. Прекрасным дополнением является милая красочная обложка из мелованного картона.</t>
+  </si>
+  <si>
+    <t>1012608</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/683/15vm0evfkkz87vuvcxha3fdas2r4h13o.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 80 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART,  quot;Don t burn out quot;, 116893</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 80 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу. Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей.</t>
+  </si>
+  <si>
+    <t>1012609</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b40/tu92w8rre50a8mw3uih793tcijzde07r.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 80 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART,  quot;Russia quot;, 116894</t>
+  </si>
+  <si>
+    <t>1012610</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43b/gfoaxisr4mv1zq2nee675ug2bav7w8an.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 80 г м2, 145х203 мм, 80 л., резинка, твердый, BRAUBERG ART,  quot;Эльфийка quot;, 116892</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук BRAUBERG ART &amp;quot;DEBUT&amp;quot; прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 80 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу. Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков и любителей.</t>
+  </si>
+  <si>
+    <t>1012612</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/801/d41m4xoa908hbyjz3iugp159consxwdd.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук для смешанных техник MixMedia, 200 г м2, 200х200 мм, 60 л., КОЖЗАМ, резинка, BRAUBERG ART CLASSIC, 116970</t>
+  </si>
+  <si>
+    <t>Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для смешанных техник. Внутренний блок – специальная художественная бумага белого цвета. Подходит для работы с широким спектром графических материалов &amp;#40;акварель, гуашь, акрил, маркеры, фломастеры и прочие&amp;#41;. Скетчбук BRAUBERG ART &amp;quot;CLASSIC&amp;quot; подходит для эскизов, графики, набросков, каллиграфии, леттеринга, скетчинга и записей. Утонченный, компактный скетчбук с жесткой обложкой, покрытой материалом, стилизованным под гладкую кожу. Внутренний блок – 60 листов специальной художественной белой бумаги плотностью 200 г/м2. Подходит для работы с широким спектром материалов. Благодаря компактному формату его можно носить с собой, а жесткая обложка станет верным подспорьем для рисования на весу. Дополнением является закладка-ляссе, с помощью которой при необходимости можно быстро открыть скетчбук на нужной странице. Имеется держатель для ручки или карандаша, а эластичная резинка надежно сбережет листы от замятия и случайного раскрытия. Скетчбук станет прекрасным выбором для любителей и профессионалов, студентов и школьников, художников и дизайнеров.</t>
+  </si>
+  <si>
+    <t>1015414</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/842/eonajzn0m1c42ifeplicm0lvv2c0rdc2.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 100 г м2, 140х201 мм, 60 л., гребень, ж сткая подложка, FUNSTER  ФАНСТЕР , АССОРТИ Ocean, 116902</t>
+  </si>
+  <si>
+    <t>Скетчбуки FUNSTER идеальны для графики и эскизов. Бумага прекрасно подойдет для рисования карандашами и другими сухими материалами. Также могут быть использованы для рисования линерами. Скетчбук имеет размер 140х201 мм и содержит 60 белоснежных листов плотностью 100 г/м2 с гладкой текстурой. Листы удобно скреплены спиралью, что позволяет переворачивать их на 360 градусов. Твердая обложка с молодёжным дизайном и жесткая задняя подложка позволяет делать зарисовки и наброски на весу. Бумага не &amp;quot;съедает&amp;quot; цвет, оставляя яркие цвета неизменными.</t>
+  </si>
+  <si>
+    <t>1015416</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08d/rg1sfks5fsygdr5fwoiiq0bzjlw4s2xk.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;POCKET JOURNAL quot; 90 Х 90 ММ, 60 Л, НА ГРЕБНЕ  quot;FLORA. FOREST FAIRY TALE quot;</t>
+  </si>
+  <si>
+    <t>Компактный, вертикально ориентированный блокнот &amp;quot;POCKET JOURNAL» для записей и заметок торговой марки Bruno Visconti отличается качеством и стильным авторским дизайном. Плотная картонная обложка защищает блок от повреждения и сгиба. Блок, состоящий из 60 листов бежевой бумаги в линейку плотностью 80 г/кв.м, позволит вести записи аккуратно и компактно. Крепление блока на гребне позволяет переворачивать листы блокнота на 360 градусов. Блокнот не займет много места в сумочке или рюкзаке.</t>
+  </si>
+  <si>
+    <t>1016975</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/25b/0f1rec36m9fmm0hf2n1q1f6akqsq3kw1.jpg</t>
-[...4427 lines deleted...]
-    <t>1012612</t>
+    <t>http://anytos.ru//upload/iblock/028/uae5s7s1lgrkaulosa28c8yr0pldpmoa.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> quot;POCKET JOURNAL quot; 90 Х 90 ММ, 60 Л, НА ГРЕБНЕ  quot;FLORA. ГРАНАТ quot;</t>
+  </si>
+  <si>
+    <t>1016976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/012/4yyof73uxt1hpm3hqnn7fij9drz9b4pn.jpg</t>
+  </si>
+  <si>
+    <t>Скетчбук, белая бумага 80 г м2, 145х203 мм, 80 л., резинка, твердый, FUNSTER  ФАНСТЕР , Гусь  quot;Че смотришь? quot;, 116891</t>
+  </si>
+  <si>
+    <t>Скетчбук FUNSTER предназначен для эскизов и зарисовок. Жесткая обложка позволяет выполнять наброски и зарисовки в любом месте. Скетчбук FUNSTER прекрасно подойдет для эскизов, набросков и записей. Внутренний блок – 80 белоснежных листов плотностью 80 г/м2. Благодаря компактному формату скетчбук можно носить с собой, а жесткая обложка с модным дизайном станет верным подспорьем для рисования на весу. Удобным дополнением является эластичная резинка, которая не даст блокноту случайно раскрыться в рюкзаке или сумке. Скетчбук станет отличным выбором для новичков с самого раннего возраста и любителей.</t>
+  </si>
+  <si>
+    <t>1017556</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -5149,57 +5065,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J409"/>
+  <dimension ref="A1:J402"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G409" sqref="G409"/>
+      <selection pane="bottomRight" activeCell="G402" sqref="G402"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -5231,9175 +5147,9011 @@
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="G6" s="3" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>34</v>
-      </c>
-[...13 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F9" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
         <v>43</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F11" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="F15" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>64</v>
-      </c>
-[...13 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="F16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="3" t="s">
         <v>69</v>
-      </c>
-[...13 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="C18" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>85</v>
+        <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="B20" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G20" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>111</v>
+        <v>64</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>14</v>
+        <v>111</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>128</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>128</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>128</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>128</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>146</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>148</v>
+        <v>111</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F39" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B39" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G39" s="3" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F40" s="3" t="s">
-        <v>15</v>
+        <v>164</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>187</v>
+        <v>111</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="B45" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>187</v>
+        <v>111</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>187</v>
+        <v>111</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>187</v>
+        <v>111</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>181</v>
+        <v>114</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>181</v>
+        <v>212</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>138</v>
+        <v>224</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>229</v>
       </c>
-      <c r="B56" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F56" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="F57" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G57" s="3" t="s">
         <v>234</v>
-      </c>
-[...13 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="D58" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F58" s="3" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="F59" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G59" s="3" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F60" s="3" t="s">
-        <v>26</v>
+        <v>243</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B61" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>26</v>
+        <v>243</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="B62" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>26</v>
+        <v>243</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B63" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="D63" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F63" s="3" t="s">
-        <v>128</v>
+        <v>243</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F64" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F65" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="D66" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F66" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F68" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="C69" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F69" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F70" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F71" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F72" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="D74" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="C74" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F74" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="C75" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F75" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="C76" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F76" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F77" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="C78" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F78" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="C79" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F79" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F80" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C81" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F81" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="C82" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F82" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="C83" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="D83" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="C83" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F83" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="C84" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="C84" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F84" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="C85" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="C85" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F85" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="C86" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F86" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C87" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F87" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G87" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="C88" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="C88" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F88" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G88" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="C89" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F89" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F90" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G90" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="C91" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F91" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G91" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C92" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="C92" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F92" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G92" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C93" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="C93" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F93" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G93" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C94" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="C94" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F94" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G94" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="C95" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F95" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="C96" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F96" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="C97" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F97" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F98" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C99" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="C99" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F99" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>407</v>
       </c>
-      <c r="C100" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F100" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="C101" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F101" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="B102" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F102" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>424</v>
+        <v>410</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>440</v>
+        <v>427</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>444</v>
+        <v>427</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>448</v>
+        <v>427</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>448</v>
+        <v>427</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>448</v>
+        <v>427</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>458</v>
+        <v>427</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>458</v>
+        <v>427</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>458</v>
+        <v>427</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="C116" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F116" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>458</v>
+        <v>427</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>458</v>
+        <v>427</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>458</v>
+        <v>427</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>458</v>
+        <v>470</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>480</v>
+        <v>471</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>481</v>
+        <v>472</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>458</v>
+        <v>474</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>485</v>
+        <v>477</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>458</v>
+        <v>478</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>458</v>
+        <v>478</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>458</v>
+        <v>478</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>504</v>
+        <v>497</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>27</v>
+        <v>234</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>26</v>
+        <v>506</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>26</v>
+        <v>506</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>26</v>
+        <v>506</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>26</v>
+        <v>506</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>26</v>
+        <v>506</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>528</v>
+        <v>515</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>539</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>562</v>
+        <v>555</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>563</v>
+        <v>549</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>530</v>
+        <v>23</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>530</v>
+        <v>23</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>530</v>
+        <v>569</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="C148" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="D148" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F148" s="3" t="s">
-        <v>530</v>
+        <v>23</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>581</v>
       </c>
-      <c r="B150" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F150" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="B151" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F151" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>589</v>
       </c>
-      <c r="B152" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F152" s="3" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>597</v>
       </c>
-      <c r="B154" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F154" s="3" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C155" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>601</v>
       </c>
-      <c r="C155" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F155" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C156" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>605</v>
-      </c>
-[...7 lines deleted...]
-        <v>607</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C157" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>609</v>
-      </c>
-[...7 lines deleted...]
-        <v>611</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>613</v>
-      </c>
-[...7 lines deleted...]
-        <v>615</v>
       </c>
       <c r="F158" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="C159" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="D159" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>617</v>
-      </c>
-[...7 lines deleted...]
-        <v>619</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="C160" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="D160" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="C160" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F160" s="3" t="s">
-        <v>15</v>
+        <v>128</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C161" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="C161" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F161" s="3" t="s">
-        <v>15</v>
+        <v>128</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="B162" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F162" s="3" t="s">
-        <v>15</v>
+        <v>128</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>634</v>
+        <v>620</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>15</v>
+        <v>128</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>638</v>
+        <v>624</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>15</v>
+        <v>128</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="F165" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="G165" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>15</v>
+        <v>23</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>148</v>
+        <v>23</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="C168" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F168" s="3" t="s">
-        <v>148</v>
+        <v>23</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>656</v>
+        <v>652</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>657</v>
+        <v>653</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>148</v>
+        <v>23</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>148</v>
+        <v>639</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>662</v>
       </c>
-      <c r="B171" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F171" s="3" t="s">
-        <v>148</v>
+        <v>639</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C172" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>666</v>
       </c>
-      <c r="C172" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F172" s="3" t="s">
-        <v>148</v>
+        <v>639</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="B173" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="B173" s="1" t="s">
+      <c r="C173" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="C173" s="1" t="s">
+      <c r="D173" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="D173" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F173" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="B174" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="C174" s="1" t="s">
         <v>673</v>
       </c>
-      <c r="C174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>674</v>
       </c>
-      <c r="D174" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F174" s="3" t="s">
-        <v>676</v>
+        <v>23</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="B175" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F175" s="3" t="s">
-        <v>676</v>
+        <v>23</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>681</v>
       </c>
-      <c r="B176" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F176" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="C179" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F179" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>698</v>
+        <v>653</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>706</v>
+        <v>697</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>707</v>
+        <v>701</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>710</v>
+        <v>704</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>711</v>
+        <v>705</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>712</v>
+        <v>706</v>
       </c>
       <c r="G183" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>713</v>
+        <v>707</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>714</v>
+        <v>708</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>715</v>
+        <v>704</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>712</v>
+        <v>706</v>
       </c>
       <c r="G184" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>712</v>
+        <v>706</v>
       </c>
       <c r="G185" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>721</v>
+        <v>715</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="F186" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="G186" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
       <c r="F187" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>728</v>
+        <v>721</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>730</v>
+        <v>723</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="F188" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>732</v>
+        <v>725</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>733</v>
+        <v>726</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>734</v>
+        <v>727</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>735</v>
+        <v>728</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>738</v>
+        <v>731</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="F190" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>741</v>
+        <v>734</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="F191" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>747</v>
+        <v>740</v>
       </c>
       <c r="F192" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>751</v>
+        <v>744</v>
       </c>
       <c r="F193" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="F194" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>757</v>
+        <v>750</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="F195" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>763</v>
+        <v>756</v>
       </c>
       <c r="F196" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="F197" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>770</v>
+        <v>763</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>777</v>
+        <v>770</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="F200" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>780</v>
+        <v>773</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>781</v>
+        <v>774</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>782</v>
+        <v>775</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>783</v>
+        <v>776</v>
       </c>
       <c r="F201" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>784</v>
+        <v>777</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="F202" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>788</v>
+        <v>781</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>791</v>
+        <v>784</v>
       </c>
       <c r="F203" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>792</v>
+        <v>785</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>794</v>
+        <v>787</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="F204" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="F205" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>802</v>
+        <v>795</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="F206" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="F207" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>810</v>
+        <v>803</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="F208" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>812</v>
+        <v>805</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>815</v>
+        <v>808</v>
       </c>
       <c r="F209" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>816</v>
+        <v>809</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>818</v>
+        <v>811</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>819</v>
+        <v>812</v>
       </c>
       <c r="F210" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>820</v>
+        <v>813</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>821</v>
+        <v>814</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>822</v>
+        <v>815</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>823</v>
+        <v>816</v>
       </c>
       <c r="F211" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>824</v>
+        <v>817</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>825</v>
+        <v>818</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>826</v>
+        <v>819</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>827</v>
+        <v>820</v>
       </c>
       <c r="F212" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>828</v>
+        <v>821</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>829</v>
+        <v>822</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>831</v>
+        <v>824</v>
       </c>
       <c r="F213" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>835</v>
+        <v>828</v>
       </c>
       <c r="F214" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>836</v>
+        <v>829</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>837</v>
+        <v>830</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>838</v>
+        <v>831</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="F215" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>840</v>
+        <v>833</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>841</v>
+        <v>834</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>843</v>
+        <v>836</v>
       </c>
       <c r="F216" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>845</v>
+        <v>838</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>846</v>
+        <v>839</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>847</v>
+        <v>840</v>
       </c>
       <c r="F217" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>848</v>
+        <v>841</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>849</v>
+        <v>842</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>850</v>
+        <v>843</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>851</v>
+        <v>844</v>
       </c>
       <c r="F218" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>852</v>
+        <v>845</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>853</v>
+        <v>846</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>854</v>
+        <v>847</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="F219" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>856</v>
+        <v>849</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>857</v>
+        <v>850</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>858</v>
+        <v>851</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>859</v>
+        <v>852</v>
       </c>
       <c r="F220" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>860</v>
+        <v>853</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>861</v>
+        <v>854</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>863</v>
+        <v>856</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>864</v>
+        <v>857</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>865</v>
+        <v>858</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>866</v>
+        <v>859</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>867</v>
+        <v>860</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>869</v>
+        <v>862</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>870</v>
+        <v>863</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>871</v>
+        <v>864</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>872</v>
+        <v>865</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>873</v>
+        <v>866</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>874</v>
+        <v>867</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>875</v>
+        <v>868</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>876</v>
+        <v>869</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>877</v>
+        <v>870</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>878</v>
+        <v>871</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>879</v>
+        <v>872</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>880</v>
+        <v>873</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>881</v>
+        <v>874</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>882</v>
+        <v>875</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>888</v>
+        <v>881</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>889</v>
+        <v>882</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>890</v>
+        <v>883</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>891</v>
+        <v>884</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>892</v>
+        <v>885</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>893</v>
+        <v>886</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>895</v>
+        <v>888</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>896</v>
+        <v>889</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>897</v>
+        <v>890</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>898</v>
+        <v>891</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>899</v>
+        <v>892</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>901</v>
+        <v>894</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>902</v>
+        <v>895</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>903</v>
+        <v>896</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>904</v>
+        <v>897</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>905</v>
+        <v>898</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>906</v>
+        <v>899</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>907</v>
+        <v>900</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>908</v>
+        <v>901</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>909</v>
+        <v>902</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>910</v>
+        <v>903</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>911</v>
+        <v>904</v>
       </c>
       <c r="F233" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>912</v>
+        <v>905</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>913</v>
+        <v>906</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>914</v>
+        <v>907</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>915</v>
+        <v>908</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>916</v>
+        <v>909</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>917</v>
+        <v>910</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>918</v>
+        <v>911</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>919</v>
+        <v>912</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="G235" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>921</v>
+        <v>913</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="G236" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>926</v>
+        <v>918</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>926</v>
+        <v>919</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>927</v>
+        <v>920</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>920</v>
+        <v>111</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>929</v>
+        <v>922</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>930</v>
+        <v>923</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>530</v>
+        <v>925</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>932</v>
+        <v>926</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>530</v>
+        <v>925</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>937</v>
+        <v>932</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>530</v>
+        <v>925</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>930</v>
+        <v>653</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>530</v>
+        <v>23</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>944</v>
+        <v>939</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>946</v>
+        <v>941</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>951</v>
+        <v>945</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>952</v>
+        <v>946</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>953</v>
+        <v>947</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>954</v>
+        <v>948</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>955</v>
+        <v>949</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>956</v>
+        <v>950</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>957</v>
+        <v>951</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>958</v>
+        <v>952</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>959</v>
+        <v>953</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>960</v>
+        <v>954</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>961</v>
+        <v>951</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>962</v>
+        <v>955</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>530</v>
+        <v>506</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>964</v>
+        <v>957</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>965</v>
+        <v>958</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>26</v>
+        <v>506</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>967</v>
+        <v>960</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>969</v>
+        <v>958</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>26</v>
+        <v>506</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>971</v>
+        <v>963</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>972</v>
+        <v>964</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>973</v>
+        <v>965</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>974</v>
+        <v>966</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>26</v>
+        <v>506</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>975</v>
+        <v>967</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>976</v>
+        <v>968</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>977</v>
+        <v>969</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>978</v>
+        <v>970</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>26</v>
+        <v>506</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>979</v>
+        <v>971</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>980</v>
+        <v>972</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>981</v>
+        <v>973</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>982</v>
+        <v>974</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>983</v>
+        <v>975</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>984</v>
+        <v>976</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>985</v>
+        <v>977</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>986</v>
+        <v>978</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>988</v>
+        <v>980</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>989</v>
+        <v>981</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>990</v>
+        <v>982</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>991</v>
+        <v>983</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>993</v>
+        <v>986</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>994</v>
+        <v>987</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>995</v>
+        <v>988</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>996</v>
+        <v>989</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>997</v>
+        <v>990</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>998</v>
+        <v>991</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>999</v>
+        <v>992</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>1002</v>
+        <v>995</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>1005</v>
+        <v>998</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>1006</v>
+        <v>999</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1007</v>
+        <v>1000</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1008</v>
+        <v>1001</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>1009</v>
+        <v>1002</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>1010</v>
+        <v>1003</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1011</v>
+        <v>1004</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>591</v>
+        <v>985</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>1012</v>
+        <v>1005</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>593</v>
+        <v>23</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>67</v>
+        <v>34</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>1013</v>
+        <v>1006</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>1014</v>
+        <v>1007</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>1015</v>
+        <v>1008</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1016</v>
+        <v>1009</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1018</v>
+        <v>1011</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1019</v>
+        <v>1012</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1020</v>
+        <v>1013</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>1021</v>
+        <v>34</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1022</v>
+        <v>1014</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1024</v>
+        <v>1016</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1025</v>
+        <v>1017</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>1021</v>
+        <v>29</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1026</v>
+        <v>1018</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1027</v>
+        <v>1019</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1028</v>
+        <v>1020</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>1029</v>
+        <v>1021</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>1021</v>
+        <v>234</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>1030</v>
+        <v>1022</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1031</v>
+        <v>1023</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1032</v>
+        <v>1024</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>1033</v>
+        <v>1025</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>1034</v>
+        <v>1027</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>1038</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>1039</v>
+        <v>1031</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1040</v>
+        <v>1032</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1041</v>
+        <v>1033</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>1042</v>
+        <v>1034</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>128</v>
+        <v>243</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>27</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1044</v>
+        <v>1036</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>1045</v>
+        <v>1037</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>128</v>
+        <v>243</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>27</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>1047</v>
+        <v>1039</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>1049</v>
+        <v>1041</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>128</v>
+        <v>243</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>27</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1051</v>
+        <v>1044</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1052</v>
+        <v>1045</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1055</v>
+        <v>1048</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1056</v>
+        <v>1049</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1057</v>
+        <v>1050</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1058</v>
+        <v>1051</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1059</v>
+        <v>1052</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>1061</v>
+        <v>1054</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>593</v>
+        <v>111</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1064</v>
+        <v>1057</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1065</v>
+        <v>1058</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>593</v>
+        <v>111</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1069</v>
+        <v>1062</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1070</v>
+        <v>1063</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>593</v>
+        <v>111</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1071</v>
+        <v>1064</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1072</v>
+        <v>1065</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1073</v>
+        <v>1066</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1074</v>
+        <v>1067</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>593</v>
+        <v>111</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1075</v>
+        <v>1068</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1076</v>
+        <v>1069</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1077</v>
+        <v>1070</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1078</v>
+        <v>1071</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>593</v>
+        <v>569</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1079</v>
+        <v>1072</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1080</v>
+        <v>1073</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1082</v>
+        <v>1075</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>265</v>
+        <v>569</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>1038</v>
+        <v>34</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1085</v>
+        <v>1078</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1086</v>
+        <v>1079</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>265</v>
+        <v>569</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>1038</v>
+        <v>34</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1087</v>
+        <v>1080</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1088</v>
+        <v>1081</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1089</v>
+        <v>1082</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1090</v>
+        <v>1083</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>26</v>
+        <v>243</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>80</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1091</v>
+        <v>1084</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1092</v>
+        <v>1085</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1089</v>
+        <v>1086</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1093</v>
+        <v>1087</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>26</v>
+        <v>243</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>80</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1094</v>
+        <v>1088</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1095</v>
+        <v>1089</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1096</v>
+        <v>1090</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1097</v>
+        <v>1091</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1098</v>
+        <v>1092</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1099</v>
+        <v>1093</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1100</v>
+        <v>1090</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1101</v>
+        <v>1094</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1102</v>
+        <v>1095</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1103</v>
+        <v>1096</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1104</v>
+        <v>1097</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1106</v>
+        <v>1099</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1107</v>
+        <v>1100</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1108</v>
+        <v>1101</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1109</v>
+        <v>1102</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1110</v>
+        <v>1103</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1111</v>
+        <v>1104</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1112</v>
+        <v>1105</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1114</v>
+        <v>1107</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1115</v>
+        <v>1108</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1116</v>
+        <v>1109</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1117</v>
+        <v>1110</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1118</v>
+        <v>1111</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1119</v>
+        <v>1112</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1120</v>
+        <v>1113</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1121</v>
+        <v>1114</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1123</v>
+        <v>1116</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1124</v>
+        <v>1117</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1125</v>
+        <v>1118</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1126</v>
+        <v>1119</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1127</v>
+        <v>1120</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1128</v>
+        <v>1122</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1129</v>
+        <v>1123</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1130</v>
+        <v>1124</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1131</v>
+        <v>1125</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1132</v>
+        <v>1126</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>1038</v>
+        <v>64</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1133</v>
+        <v>1127</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1134</v>
+        <v>1128</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1135</v>
+        <v>1117</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1136</v>
+        <v>1129</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>1038</v>
+        <v>64</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1137</v>
+        <v>1130</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1138</v>
+        <v>1131</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1139</v>
+        <v>1132</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>128</v>
+        <v>243</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>37</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1142</v>
+        <v>1135</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1143</v>
+        <v>1136</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>128</v>
+        <v>243</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>37</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1149</v>
+        <v>1142</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1150</v>
+        <v>1143</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1151</v>
+        <v>1144</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1152</v>
+        <v>1145</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1153</v>
+        <v>1146</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1154</v>
+        <v>1147</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1155</v>
+        <v>1148</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1158</v>
+        <v>1151</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1159</v>
+        <v>1152</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1160</v>
+        <v>1153</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1161</v>
+        <v>1154</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1162</v>
+        <v>1155</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1163</v>
+        <v>1156</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1166</v>
+        <v>1159</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1167</v>
+        <v>1160</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1168</v>
+        <v>1161</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1169</v>
+        <v>1162</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1170</v>
+        <v>1163</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1171</v>
+        <v>1164</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1172</v>
+        <v>1165</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1173</v>
+        <v>1166</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1174</v>
+        <v>1167</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1175</v>
+        <v>1168</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1176</v>
+        <v>1169</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>32</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1178</v>
+        <v>1171</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1179</v>
+        <v>1172</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1180</v>
+        <v>1173</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1181</v>
+        <v>1174</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>32</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1183</v>
+        <v>1176</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1184</v>
+        <v>1177</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>32</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1186</v>
+        <v>1179</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1188</v>
+        <v>1181</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1189</v>
+        <v>1182</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1190</v>
+        <v>1184</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1191</v>
+        <v>1185</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1192</v>
+        <v>1186</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1193</v>
+        <v>1187</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1194</v>
+        <v>1188</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1195</v>
+        <v>1189</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1196</v>
+        <v>1190</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1197</v>
+        <v>1191</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1198</v>
+        <v>1192</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1199</v>
+        <v>1193</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1200</v>
+        <v>1194</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1201</v>
+        <v>1195</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1202</v>
+        <v>1196</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1204</v>
+        <v>1198</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1205</v>
+        <v>1199</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1207</v>
+        <v>1201</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1208</v>
+        <v>1202</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1212</v>
+        <v>1206</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1213</v>
+        <v>1207</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1214</v>
+        <v>1208</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1215</v>
+        <v>1209</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1216</v>
+        <v>1210</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1217</v>
+        <v>1211</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1218</v>
+        <v>1212</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1219</v>
+        <v>1213</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1220</v>
+        <v>1214</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1221</v>
+        <v>1215</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1222</v>
+        <v>1216</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1223</v>
+        <v>1217</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1224</v>
+        <v>1218</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1225</v>
+        <v>1219</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1226</v>
+        <v>1220</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1233</v>
+        <v>1227</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1235</v>
+        <v>1229</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1236</v>
+        <v>1230</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1238</v>
+        <v>1232</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1239</v>
+        <v>1233</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1240</v>
+        <v>1234</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1241</v>
+        <v>1235</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>15</v>
+        <v>64</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1242</v>
+        <v>1236</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1243</v>
+        <v>1237</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1244</v>
+        <v>1238</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1245</v>
+        <v>1239</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>27</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1246</v>
+        <v>1240</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1247</v>
+        <v>1241</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1248</v>
+        <v>1242</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1249</v>
+        <v>1243</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>27</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1250</v>
+        <v>1244</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1251</v>
+        <v>1245</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1252</v>
+        <v>1246</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1253</v>
+        <v>1247</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1254</v>
+        <v>1248</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1255</v>
+        <v>1249</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1256</v>
+        <v>1250</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1257</v>
+        <v>1251</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1258</v>
+        <v>1252</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1259</v>
+        <v>1253</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1260</v>
+        <v>1254</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1261</v>
+        <v>1255</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1262</v>
+        <v>1256</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1263</v>
+        <v>1257</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1264</v>
+        <v>1258</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1265</v>
+        <v>1259</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1266</v>
+        <v>1260</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1267</v>
+        <v>1261</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1268</v>
+        <v>1262</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1269</v>
+        <v>1263</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1270</v>
+        <v>1264</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1271</v>
+        <v>1265</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1272</v>
+        <v>1266</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1273</v>
+        <v>1267</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1274</v>
+        <v>1268</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1275</v>
+        <v>1269</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1276</v>
+        <v>1270</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1277</v>
+        <v>1271</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1278</v>
+        <v>1272</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1279</v>
+        <v>1273</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1280</v>
+        <v>1274</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1281</v>
+        <v>1275</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1282</v>
+        <v>1276</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1283</v>
+        <v>1277</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1284</v>
+        <v>1278</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1285</v>
+        <v>1279</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>128</v>
+        <v>1183</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1286</v>
+        <v>1280</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1287</v>
+        <v>1281</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1288</v>
+        <v>1282</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1289</v>
+        <v>1283</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>128</v>
+        <v>1183</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1290</v>
+        <v>1284</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1291</v>
+        <v>1285</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1292</v>
+        <v>1286</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1293</v>
+        <v>1287</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>128</v>
+        <v>1288</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1294</v>
+        <v>1289</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1295</v>
+        <v>1290</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1296</v>
+        <v>1291</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1297</v>
+        <v>1292</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1300</v>
+        <v>1295</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1302</v>
+        <v>1297</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1303</v>
+        <v>1298</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1306</v>
+        <v>1301</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1307</v>
+        <v>1302</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1309</v>
+        <v>1304</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
     </row>
     <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1310</v>
+        <v>1305</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1311</v>
+        <v>1306</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1312</v>
+        <v>1307</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
     </row>
     <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1314</v>
+        <v>1309</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1315</v>
+        <v>1310</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1316</v>
+        <v>1311</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1317</v>
+        <v>1312</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>1177</v>
+        <v>111</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
     </row>
     <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1318</v>
+        <v>1313</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1319</v>
+        <v>1314</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1320</v>
+        <v>1315</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1321</v>
+        <v>1316</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1322</v>
+        <v>1317</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1325</v>
+        <v>1320</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1326</v>
+        <v>1321</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1327</v>
+        <v>1322</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1349</v>
+        <v>1344</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
     </row>
     <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1355</v>
+        <v>1350</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1356</v>
+        <v>1351</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1357</v>
+        <v>1352</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1358</v>
+        <v>1353</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1359</v>
+        <v>1354</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1360</v>
+        <v>1355</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1361</v>
+        <v>1356</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>128</v>
+        <v>569</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1362</v>
+        <v>1357</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1363</v>
+        <v>1358</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1364</v>
+        <v>1359</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1365</v>
+        <v>1360</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1366</v>
+        <v>1361</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1367</v>
+        <v>1362</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
     </row>
     <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1370</v>
+        <v>1365</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1371</v>
+        <v>1366</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1372</v>
+        <v>1367</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1373</v>
+        <v>1368</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>37</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1374</v>
+        <v>1369</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1375</v>
+        <v>1370</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1376</v>
+        <v>1371</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1377</v>
+        <v>1372</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>50</v>
+        <v>234</v>
       </c>
     </row>
     <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1378</v>
+        <v>1373</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1379</v>
+        <v>1374</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1380</v>
+        <v>1375</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1381</v>
+        <v>1376</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1382</v>
+        <v>1377</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1383</v>
+        <v>1378</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1384</v>
+        <v>1379</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1385</v>
+        <v>1380</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>593</v>
+        <v>111</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
     </row>
     <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1386</v>
+        <v>1381</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1387</v>
+        <v>1382</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1388</v>
+        <v>1383</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1389</v>
+        <v>1384</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
     </row>
     <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1391</v>
+        <v>1386</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1392</v>
+        <v>1387</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1393</v>
+        <v>1388</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
     </row>
     <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1394</v>
+        <v>1389</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
     </row>
     <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1398</v>
+        <v>1393</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1399</v>
+        <v>1394</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1400</v>
+        <v>1395</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1401</v>
+        <v>1396</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
     </row>
     <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1402</v>
+        <v>1397</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1403</v>
+        <v>1398</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1404</v>
+        <v>1399</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1405</v>
+        <v>1400</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
     </row>
     <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1406</v>
+        <v>1401</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1407</v>
+        <v>1402</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1408</v>
+        <v>1403</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1409</v>
+        <v>1404</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1410</v>
+        <v>1405</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1411</v>
+        <v>1406</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1412</v>
+        <v>1407</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1413</v>
+        <v>1408</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1414</v>
+        <v>1409</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1415</v>
+        <v>1410</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1418</v>
+        <v>1413</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1419</v>
+        <v>1414</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1420</v>
+        <v>1411</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1421</v>
+        <v>1415</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1422</v>
+        <v>1416</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1423</v>
+        <v>1417</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1424</v>
+        <v>1418</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1425</v>
+        <v>1419</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1426</v>
+        <v>1420</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1427</v>
+        <v>1421</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1428</v>
+        <v>1422</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1429</v>
+        <v>1423</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1430</v>
+        <v>1424</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1431</v>
+        <v>1425</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1432</v>
+        <v>1426</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1433</v>
+        <v>1427</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
     </row>
     <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1434</v>
+        <v>1428</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1435</v>
+        <v>1429</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1436</v>
+        <v>1430</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1437</v>
+        <v>1431</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
     </row>
     <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1438</v>
+        <v>1432</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1439</v>
+        <v>1433</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1440</v>
+        <v>1434</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1441</v>
+        <v>1435</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1442</v>
+        <v>1436</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1443</v>
+        <v>1437</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1440</v>
+        <v>1434</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1444</v>
+        <v>1438</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1445</v>
+        <v>1439</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1446</v>
+        <v>1440</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1447</v>
+        <v>1441</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1448</v>
+        <v>1442</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
     </row>
     <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1449</v>
+        <v>1443</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1450</v>
+        <v>1444</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1451</v>
+        <v>1445</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1452</v>
+        <v>1446</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1453</v>
+        <v>1447</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1454</v>
+        <v>1448</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1455</v>
+        <v>1449</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1456</v>
+        <v>1450</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>27</v>
+        <v>64</v>
       </c>
     </row>
     <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1457</v>
+        <v>1451</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1458</v>
+        <v>1452</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1459</v>
+        <v>1441</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1460</v>
+        <v>1453</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1461</v>
+        <v>1454</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1462</v>
+        <v>1455</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1463</v>
+        <v>1441</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1464</v>
+        <v>1456</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1465</v>
+        <v>1457</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1466</v>
+        <v>1458</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1463</v>
+        <v>1459</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1467</v>
+        <v>1460</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1468</v>
+        <v>1461</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1469</v>
+        <v>1462</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1470</v>
+        <v>1459</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1471</v>
+        <v>1463</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1472</v>
+        <v>1464</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1473</v>
+        <v>1465</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1474</v>
+        <v>1466</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1475</v>
+        <v>1467</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>26</v>
+        <v>639</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1476</v>
+        <v>1468</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1477</v>
+        <v>1469</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1478</v>
+        <v>1470</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1479</v>
+        <v>1471</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>26</v>
+        <v>639</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1480</v>
+        <v>1472</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1481</v>
+        <v>1473</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1470</v>
+        <v>427</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1482</v>
+        <v>1474</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>80</v>
+        <v>29</v>
       </c>
     </row>
     <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1483</v>
+        <v>1475</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1484</v>
+        <v>1476</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1470</v>
+        <v>1477</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1485</v>
+        <v>1478</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1486</v>
+        <v>1479</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1487</v>
+        <v>1480</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1488</v>
+        <v>1477</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1489</v>
+        <v>1481</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1490</v>
+        <v>1482</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1491</v>
+        <v>1483</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1488</v>
+        <v>1477</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1492</v>
+        <v>1484</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1493</v>
+        <v>1485</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1494</v>
+        <v>1486</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1488</v>
+        <v>427</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1495</v>
+        <v>1487</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1496</v>
+        <v>1488</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1497</v>
+        <v>1489</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1498</v>
+        <v>1477</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1499</v>
+        <v>1490</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
     </row>
     <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1500</v>
+        <v>1491</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1501</v>
+        <v>1492</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1502</v>
+        <v>1477</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1503</v>
+        <v>1493</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>676</v>
+        <v>23</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1504</v>
+        <v>1494</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1505</v>
+        <v>1495</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1506</v>
+        <v>1477</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1507</v>
+        <v>1496</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>676</v>
+        <v>23</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1508</v>
+        <v>1497</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1509</v>
+        <v>1498</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1510</v>
+        <v>1499</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1511</v>
+        <v>1500</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>676</v>
+        <v>23</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
     </row>
     <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1512</v>
+        <v>1501</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1513</v>
+        <v>1502</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>458</v>
+        <v>1503</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1514</v>
+        <v>1504</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
     </row>
     <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1515</v>
+        <v>1505</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1516</v>
+        <v>1506</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>458</v>
+        <v>1503</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1517</v>
+        <v>1507</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1518</v>
+        <v>1508</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1519</v>
+        <v>1509</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1520</v>
+        <v>1510</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1521</v>
+        <v>1511</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
     </row>
     <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1522</v>
+        <v>1512</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1523</v>
+        <v>1513</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1520</v>
+        <v>1510</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1524</v>
+        <v>1514</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
     </row>
     <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1525</v>
+        <v>1515</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1526</v>
+        <v>1516</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1520</v>
+        <v>1510</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1527</v>
+        <v>1517</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
     </row>
     <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1528</v>
+        <v>1518</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1529</v>
+        <v>1519</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>1520</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1530</v>
+        <v>1521</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1531</v>
+        <v>1522</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1532</v>
+        <v>1523</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>458</v>
+        <v>1520</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1533</v>
+        <v>1524</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1534</v>
+        <v>1525</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1535</v>
+        <v>1526</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1536</v>
+        <v>1528</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1537</v>
+        <v>1529</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1538</v>
+        <v>1530</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1520</v>
+        <v>1531</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1539</v>
+        <v>1532</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
     </row>
     <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1540</v>
+        <v>1533</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1541</v>
+        <v>1534</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1520</v>
+        <v>1531</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1542</v>
+        <v>1535</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
     </row>
     <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1543</v>
+        <v>1536</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1544</v>
+        <v>1537</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1545</v>
+        <v>1538</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1546</v>
+        <v>1539</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1547</v>
+        <v>1540</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1548</v>
+        <v>1541</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1549</v>
+        <v>1542</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1550</v>
+        <v>1543</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
     </row>
     <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1551</v>
+        <v>1544</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1552</v>
+        <v>1545</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1553</v>
+        <v>1547</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>26</v>
+        <v>1548</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>27</v>
+        <v>234</v>
       </c>
     </row>
     <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1554</v>
+        <v>1549</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1555</v>
+        <v>1550</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1556</v>
+        <v>1551</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1557</v>
+        <v>1552</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>26</v>
+        <v>243</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>119</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1558</v>
+        <v>1554</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1559</v>
+        <v>1555</v>
       </c>
       <c r="C401" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1556</v>
       </c>
-      <c r="D401" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F401" s="3" t="s">
-        <v>26</v>
+        <v>243</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>119</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1561</v>
+        <v>1557</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>26</v>
+        <v>1548</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>119</v>
-[...160 lines deleted...]
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">