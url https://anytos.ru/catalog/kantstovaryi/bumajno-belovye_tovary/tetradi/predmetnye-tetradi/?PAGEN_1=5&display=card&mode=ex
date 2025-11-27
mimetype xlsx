--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,187 +12,325 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2937">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3b4/vm5trotear481s1wry40puxp0k3a7bju.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь-словарик, 48 л., А5, HATBER, для записи английских слов,  quot;Английский флаг quot;, 48T5B5 10697, T105221</t>
+  </si>
+  <si>
+    <t>Предназначена для записи изученных слов, их повторения и самопроверки. На первой странице размещен алфавит, последних восьми - грамматический материал. Каждая страница словарика поделена на три части. Тетрадь-словарик с обложкой из мелованного картона предназначена для записи и изучения английских слов. Каждая страница представлена в табличном виде для заполнения трех столбцов: слово, транскрипция, перевод. Внутренний блок: офсет 60 г/м2. Линовка - оригинальный блок в клетку.</t>
+  </si>
+  <si>
+    <t>Предметные тетради</t>
+  </si>
+  <si>
+    <t>386223</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/38d/38dea44b377b56b86238a0cded73728a/3880d5cd81492e5cfb8e62f5ce7a18cf.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;ПАЛИТРА ЗНАНИЙ quot; 36 л., обложка мелованная бумага, МХК, клетка, BRAUBERG, 403506</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;Палитра знаний&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном и привлекательном дизайне.</t>
   </si>
   <si>
-    <t>Предметные тетради</t>
-[...1 lines deleted...]
-  <si>
     <t>426794</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37a/6gibtx62l3ri3djohqhci5ui8hj4bdkp.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 10 ПРЕДМЕТОВ,  quot;BLACK   BRIGHT quot;, 48 л., глянцевый лак, BRAUBERG, 403560</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG &amp;quot;BLACK &amp; BRIGHT&amp;quot; выполнены в современном и привлекательном дизайне. Содержат необходимую справочную информацию по школьному предмету. Обложка оформлена в тематике соответствующего предмета. Краткий справочник всегда под рукой! Предметные тетради BRAUBERG из серии &amp;quot;BLACK &amp; BRIGHT&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Покрытие глянцевым лаком обеспечивает обложке неповторимый визуальный эффект. В комплекте 10 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;.Внутренний блок плотности 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Длина: 205 мм. Ширина: 165 мм. Артикул производителя: 403560.</t>
   </si>
   <si>
     <t>426825</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c4/mvgi1bw2812v4hmsp1b65sdpqdkobvfo.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 10 ПРЕДМЕТОВ,  quot;PASTEL quot;, 48 л., SoftTouch, фольга, 70 г м2, BRAUBERG, 404031</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG со справочным материалом предназначены для учащихся средних и старших классов. Ламинация &amp;quot;SoftTouch&amp;quot; с тиснением фольгой обеспечивает обложке бархатистый тактильный эффект. Внутренний блок повышенной плотности 65 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;PASTEL&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Уникальная ламинация &amp;quot;SoftTouch&amp;quot; с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. В комплекте – 10 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;. Внутренний блок повышенной плотности 65 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. В тетрадях по 48 листов. Формат – А5. На скрепке. Скругленные углы. Длина – 205 мм. Ширина – 165 мм.</t>
   </si>
   <si>
     <t>652613</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/09b/7h7wurq7idrv7pmyzqsmoxank129zpvt.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 10 ПРЕДМЕТОВ,  quot;КЛАССИКА XXI quot;, 48 л., обложка картон, BRAUBERG, 404025</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG предназначены для учащихся средних и старших классов. Обложка из плотной мелованной бумаги обеспечивает тетради долговечность. Внутренний блок плотностью 60 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;КЛАССИКА XXI&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из мелованного картона обеспечивает тетради долговечность.В комплекте 10 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, Физика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;,.Внутренний блок плотностью 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Длина: 205 мм. Ширина: 165 мм. Артикул производителя: 404025.</t>
+  </si>
+  <si>
+    <t>654422</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/687/sxjx7hfjpl70dctjzx2603a10o35t3gf.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, ПАСТЕЛЬНАЯ, 48 листов, обложка картон, BRAUBERG, 404026</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG предназначены для учащихся средних и старших классов. Обложка из плотной мелованной бумаги обеспечивает тетради долговечность. Внутренний блок плотностью 60 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;ПАСТЕЛЬНАЯ&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из мелованного картона обеспечивает тетради долговечность. В комплекте 12 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Химия, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;. Внутренний блок плотностью 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Длина: 205 мм. Ширина: 165 мм.</t>
   </si>
   <si>
     <t>662076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69c/zpvegr7uyv9m98mvpgmx982xu0veywzw.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;DARK quot;, 48 листов, глянцевый УФ-лак, BRAUBERG, 404028</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG со справочным материалом предназначены для учащихся средних и старших классов. Покрытие глянцевым лаком обеспечивает обложке неповторимый визуальный эффект. Внутренний блок плотностью 60 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;DARK&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Покрытие глянцевым лаком обеспечивает обложке неповторимый визуальный эффект. В комплекте 12 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Химия, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;. Внутренний блок плотностью 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Размеры 205х165 мм. Артикул производителя: 404028.</t>
   </si>
   <si>
     <t>673412</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ba5/j4u9mzoquq39pw2d6besciz3g29u18bl.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая Erich Krause К доске , Русский язык, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок на 8 страниц с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
+  </si>
+  <si>
+    <t>698825</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c3d/6ry561vv7zdt1d0yngxaqgm3wg6doul4.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая Erich Krause Перспектива, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок на 5 страниц с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
   </si>
   <si>
     <t>698826</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
-[...2 lines deleted...]
-    <t>5</t>
+    <t>http://anytos.ru//upload/iblock/c17/cljhbapwkaxlgoquv2d1k2550cuvufc8.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, АЛГЕБРА, клетка, BRAUBERG, 404309</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Алгебра&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>796874</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07d/udkruxsradzr9ekhgfrw4ae44504lsa7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, АНГЛИЙСКИЙ ЯЗЫК, клетка, BRAUBERG, 404311</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Английский язык&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>796875</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/510/sp9ym3w3229q8ryr7jdqtto78cxk2v30.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, БИОЛОГИЯ, клетка, BRAUBERG, 404312</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Биология&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>796876</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cf/gci3d3l3eugs4umato97cq1w38wf036k.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, ОБЩЕСТВОЗНАНИЕ, клетка, BRAUBERG, 404310</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Обществознание&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>796878</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f53/rhwgjoeqgbv4mqtll4n1jd2bcwn21cvc.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, ЛИТЕРАТУРА, линия, BRAUBERG, 404317</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Литература&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в линию, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>798955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1da/8z1t03xrmtd6wm612p5lyukt79kwtb80.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, РУССКИЙ ЯЗЫК, линия, BRAUBERG, 404318</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Русский язык&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в линию, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>798957</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c0d/bf2nuxwrq1solsh82tm3rm3jyymp6aap.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, ФИЗИКА, клетка, BRAUBERG, 404319</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Физика&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>798958</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b96/pnp44p33fv0j1t9zxkj7k1zop85q83cq.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, ХИМИЯ, клетка, BRAUBERG, 404320</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Химия&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>798959</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/100/q396q2pytlzs5ful9052y2qvtrdpizw9.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Котоцинизм quot; - Алгебра, ТВИН-лак</t>
   </si>
   <si>
     <t>Тетрадь тематическая «Алгебра» из серии «Котоцинизм» &amp;#40;в серии 15 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 65 г/м?, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – целлюлозный картон, отделка обложки – ТВИН-лак.</t>
   </si>
   <si>
     <t>801236</t>
   </si>
   <si>
     <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9a2/cciyj58ph1yopyn5hnhl6mcc1r6pz1v6.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ТЕМАТИЧЕСКАЯ 48Л, СЕРИЯ  quot;КОНТРАСТЫ quot; АЛГЕБРА</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ТЕМАТИЧЕСКАЯ 48Л, СЕРИЯ &amp;quot;КОНТРАСТЫ&amp;quot; АЛГЕБРА</t>
   </si>
   <si>
     <t>816166</t>
   </si>
   <si>
     <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b66/6j791bw5v2pt5gveixygyl9n2h3qnuh5.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48Л, СЕРИЯ  quot;НОВАЯ КЛАССИКА quot; АЛГЕБРА</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48Л, СЕРИЯ &amp;quot;НОВАЯ КЛАССИКА&amp;quot; АЛГЕБРА</t>
@@ -599,413 +737,422 @@
   <si>
     <t>http://anytos.ru//upload/iblock/95d/pesl4mgijij7rjhzfhp1g3ejj0680t7o.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;SHADE quot;, 48 л., глянцевый УФ-лак, BRAUBERG, 404324</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG &amp;quot;SHADE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Покрытие глянцевым лаком обеспечивает обложке неповторимый визуальный эффект. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, История, Информатика, Обществознание, Физика, Химия, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;. Внутренний блок плотностью 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Размер: 202х165 мм.</t>
   </si>
   <si>
     <t>829719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b2/0ve0n3wx19au27twq3oaahlc5q3jzuk7.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;AVOCADO quot; 48 л., глянцевый лак, ГЕОМЕТРИЯ, клетка, BRAUBERG, 404278</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;AVOCADO&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Геометрия&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Благодаря глянцевому лаку краски на изображении становятся более яркими и насыщенными. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
   </si>
   <si>
     <t>829740</t>
   </si>
   <si>
-    <t>10</t>
+    <t>http://anytos.ru//upload/iblock/082/9k0f7yzyh1a773nan6h4mw3q4q8v9aeg.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, ГЕОМЕТРИЯ, клетка, BRAUBERG, 404314</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Геометрия&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>829741</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a6f/2haf5u8j6x7yof76pbjhn2pckqp8hm4e.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, ГЕОГРАФИЯ, клетка, BRAUBERG, 404313</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;География&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>829748</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/14e/5s3kxhiglhai430708c17ieo5a10in48.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;PASTEL quot; 48 л., SoftTouch, фольга, ИНФОРМАТИКА, клетка, BRAUBERG, 404315</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PASTEL&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь &amp;quot;Информатика&amp;quot; формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
+  </si>
+  <si>
+    <t>829755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d7/d3oj37dmpv36hwx2xr2nvcsw89i8s987.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;MARBLE quot;, 48 л., SoftTouch, фольга, BRAUBERG, 404326</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG &amp;quot;MARBLE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, История, Информатика, Обществознание, Физика, Химия, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;. Внутренний блок плотностью 65 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Размер тетради - 202х165 мм.</t>
   </si>
   <si>
     <t>833364</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/61d/xyjtsinbprf6446oexselhv7e1mihfzd.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. MESHU  quot;Bright splash quot; - Алгебра, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>Тетрадь тематическая «Алгебра» из серии «Bright splash» &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 65 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – целлюлозный картон, с цветной запечаткой форзаца, отделка обложки – матовая ламинация, выборочное УФ-лакирование. Листы со справочной информацией яркие и являются продолжением дизайна обложки тетради.</t>
   </si>
   <si>
     <t>834393</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/22c/n8goyh3skiwp99bksv2obrkx5pgu3ya6.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. MESHU  quot;Bright splash quot; - Геометрия, матовая ламинация, выборочный УФ-лак</t>
   </si>
   <si>
     <t>Тетрадь тематическая «Геометрия» из серии «Bright splash» &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 65 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – целлюлозный картон, с цветной запечаткой форзаца, отделка обложки – матовая ламинация, выборочное УФ-лакирование. Листы со справочной информацией яркие и являются продолжением дизайна обложки тетради.</t>
   </si>
   <si>
     <t>834414</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/788/55nqnq3ctq06ekbuzk598z3l8b09yk8j.jpg</t>
-[...20 lines deleted...]
-    <t>834440</t>
+    <t>http://anytos.ru//upload/iblock/7ce/krkdoybotxv5sk8r30u63bi6z145o9af.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. Greenwich Line  quot;Color theory quot; - Литература, пантонная печать, матовая ламинация, выборочный УФ-лак, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь тематическая «Литература» из серии «Color theory» &amp;#40;в серии 16 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 70 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – импортный целлюлозный картон с двухсторонней печатью, отделка обложки – пантонная печать, матовая ламинация, выборочный УФ-лак.</t>
+  </si>
+  <si>
+    <t>834442</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/greenwich-line/"&gt;Greenwich Line&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d0/r8xue0vcr31hcu1gd7ln4x6iqkydwrab.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. MESHU  quot;Bright splash quot; - Литература, матовая ламинация, выборочный УФ-лак</t>
+  </si>
+  <si>
+    <t>Тетрадь тематическая «Литература» из серии «Bright splash» &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 65 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – целлюлозный картон, с цветной запечаткой форзаца, отделка обложки – матовая ламинация, выборочное УФ-лакирование. Листы со справочной информацией яркие и являются продолжением дизайна обложки тетради.</t>
+  </si>
+  <si>
+    <t>834443</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/872/6jfrq2svjnondn1x0gxeu570vx5lr7uo.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. Greenwich Line  quot;Color theory quot; - Обществознание, пантонная печать, матовая ламинация, выборочный УФ-лак, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь тематическая «Обществознание» из серии «Color theory» &amp;#40;в серии 16 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 70 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – целлюлозный картон с двухсторонней печатью, отделка обложки – пантонная печать, матовая ламинация, выборочный УФ-лак.</t>
+  </si>
+  <si>
+    <t>834449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6ae/jxhgt1df50p1j3f2jhimapxk3v5uq8qx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. Greenwich Line  quot;Skyline quot; - Обществознание,  quot;софт-тач quot; ламинация, тиснение фольгой, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь тематическая «Обществознание» из серии «Skyline» &amp;#40;в серии 10 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 70 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – импортный целлюлозный картон с двухсторонней печатью, отделка обложки – софт-тач ламинация, тиснение серебром.</t>
+  </si>
+  <si>
+    <t>834450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b9/y8i7e2gzcixtybcapi7glf21vl3b5shc.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. MESHU  quot;Bright splash quot; - Обществознание, матовая ламинация, выборочный УФ-лак</t>
+  </si>
+  <si>
+    <t>Тетрадь тематическая «Обществознание» из серии «Bright splash» &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 65 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – целлюлозный картон, с цветной запечаткой форзаца, отделка обложки – матовая ламинация, выборочное УФ-лакирование. Листы со справочной информацией яркие и являются продолжением дизайна обложки тетради.</t>
+  </si>
+  <si>
+    <t>834451</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a85/9epqkrg7lj3o61z8szz4af867mfsspfz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. MESHU  quot;Bright splash quot; - Русский язык, матовая ламинация, выборочный УФ-лак</t>
+  </si>
+  <si>
+    <t>Тетрадь тематическая «Русский язык» из серии «Bright splash» &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 65 г/м2, белизна 100&amp;#37;, линовка – линия с полями. Обложка – целлюлозный картон, с цветной запечаткой форзаца, отделка обложки – матовая ламинация, выборочное УФ-лакирование. Листы со справочной информацией яркие и являются продолжением дизайна обложки тетради.</t>
+  </si>
+  <si>
+    <t>834458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38f/rmhl757rk4tcltcdf7z7i6hcie6nup9w.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. Greenwich Line  quot;Color theory quot; - Физика, пантонная печать, матовая ламинация, выборочный УФ-лак, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь тематическая «Физика» из серии «Color theory» &amp;#40;в серии 16 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 70 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – целлюлозный картон с двухсторонней печатью, отделка обложки – пантонная печать, матовая ламинация, выборочный УФ-лак.</t>
+  </si>
+  <si>
+    <t>834463</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/444/fxw23snz20dz55ocp5mpalwu5wx31f5h.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. Greenwich Line  quot;Skyline quot; - Литература,  quot;софт-тач quot; ламинация, тиснение фольгой, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь тематическая «Литература» из серии «Skyline» &amp;#40;в серии 10 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 70 г/м?, белизна 100&amp;#37;, линовка – линия с полями. Обложка – импортный целлюлозный картон с двухсторонней печатью, отделка обложки – софт-тач ламинация, тиснение серебром.</t>
+  </si>
+  <si>
+    <t>836311</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/338/iz00a57tnacj1xa6u9x9ox2ro79stze1.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; АЛГЕБРА</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;HASHTAGS&amp;quot; АЛГЕБРА</t>
+  </si>
+  <si>
+    <t>840791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a53/dy8svjp7er948yir5wlmku5v5iz94z17.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; АНГЛИЙСКИЙ ЯЗЫК</t>
+  </si>
+  <si>
+    <t>Тетрадь для работ по английскому языку предметных тетрадей серии &amp;quot;HASHTAGS&amp;quot; станет прекрасным проводником и навигатором в изучении школьного предмета. А 5 страниц справочной информации помогут с легкостью ориентироваться в тонкостях иностранного языка. Тетрадь изготовлена из высококачественных полиграфических материалов, соответствующих требованиям, предъявляемым к данному продукту. Обложка - картон плотностью 235 г/кв.м. Блок - белая офсетная бумага плотностью 65 г/кв.м. Линовка блока в клетку с полями, совпадающая с лицевой и оборотной сторонами листа. Для поднятия отдельных деталей оформления в отделке тетради используется технология термоподъема. Скругленные углы обложки предотвращают появление заломов. 2 металлические скрепки надежно удерживают все листы тетради.</t>
+  </si>
+  <si>
+    <t>840792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98e/5s3f8kbtxrt4ln7jhouojiooan294oug.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; БИОЛОГИЯ</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;HASHTAGS&amp;quot; БИОЛОГИЯ</t>
+  </si>
+  <si>
+    <t>840793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a0/pexs2z7xhljvz10drgmh2uvw302m9mco.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; ГЕОГРАФИЯ</t>
+  </si>
+  <si>
+    <t>Следуй за привычным навигатором # по просторам увлекательного школьного предмета с серией тетрадей &amp;quot;HASHTAGS&amp;quot;. Тетрадь по географии имеет 5 станиц со справочной информацией, которая включает в себя основные термины и определения по предмету. Дизайн тетрадей разработан с учетом молодежных трендов и предпочтений, в отделке обложки используется технология термоподъема, которая эффектно подчеркивает отдельные элементы дизайна. Плотная картонная обложка 235 г/кв.м надежно защищает тетрадь от механических повреждений. Блок плотностью 65 г/кв.м обеспечивает комфортное письмо при использовании любых чернил. Линовка блока - клетка с полями, позволяет вести аккуратные и четкие записи. Две металлические скрепки надежно удерживают все листы блока, не давая им рассыпаться. Углы тетради скруглены.</t>
+  </si>
+  <si>
+    <t>840795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c3/jkz2eff4uk5te2ic3q90tappcp7w3ome.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; ГЕОМЕТРИЯ</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;HASHTAGS&amp;quot; ГЕОМЕТРИЯ</t>
+  </si>
+  <si>
+    <t>840796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/325/s9z1kw42je7wiya4vg8h3qdl72vwp6rn.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; ИНФОРМАТИКА</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;HASHTAGS&amp;quot; ИНФОРМАТИКА</t>
+  </si>
+  <si>
+    <t>840797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0eb/bmbk1hpgug0ukfoqiew4fxk93ksy5aab.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;НОВАЯ КЛАССИКА quot; ЛИТЕРАТУРА</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;НОВАЯ КЛАССИКА&amp;quot; ЛИТЕРАТУРА</t>
+  </si>
+  <si>
+    <t>840803</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed1/9acaddy6ctcgr2maly19tyqzdku1bs5q.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; ОБЩЕСТВОЗНАНИЕ</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;HASHTAGS&amp;quot; ОБЩЕСТВОЗНАНИЕ</t>
+  </si>
+  <si>
+    <t>840804</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d0/do4ipvh4n3tebg3i8kmdwwv33ghq15pd.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; РУССКИЙ ЯЗЫК</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;HASHTAGS&amp;quot; РУССКИЙ ЯЗЫК</t>
+  </si>
+  <si>
+    <t>840806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c64/izupyd68tq3ls9nyl1ewna91qafps1mv.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;НОВАЯ КЛАССИКА quot; РУССКИЙ ЯЗЫК</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;НОВАЯ КЛАССИКА&amp;quot; РУССКИЙ ЯЗЫК</t>
+  </si>
+  <si>
+    <t>840807</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/779/g30pxz7lh5h0jdhl3kkifzc5475ler6d.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; ФИЗИКА</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;HASHTAGS&amp;quot; ФИЗИКА</t>
+  </si>
+  <si>
+    <t>840808</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/601/3iwip6uqvvof1e8n041p6rfv9wmb2k38.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; ХИМИЯ</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;HASHTAGS&amp;quot; ХИМИЯ</t>
+  </si>
+  <si>
+    <t>840809</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b72/1d0ev8g93zsb1bufhhpb3797kghtv4yp.jpg</t>
+  </si>
+  <si>
+    <t>Комплект  12 шт.  предметных тетрадей 48л. Greenwich Line  quot;Color theory quot;, матовая ламинация, выборочный УФ-лак, 70г м2</t>
+  </si>
+  <si>
+    <t>Комплект предметных тетрадей Greenwich Line серии Color theory идеален для учёбы. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид скрепления – скрепка. Внутренний блок содержит 48 листов плотностью 70 г/м2. Обложка изготовлена из импортного целлюлозного мелованного картона с двусторонней запечаткой. Отделка обложки - матовая ламинация, выборочный УФ-лак. Линовка – клетка и линейка с полями &amp;#40;зависит от предмета&amp;#41;. В наборе 12 тетрадей по предметам: алгебра, английский язык, биология, география, геометрия, история, обществознание, физика, русский язык, литература, химия, информатика.</t>
+  </si>
+  <si>
+    <t>848258</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/685/vcddk1f5amfob0wt838couyr232bylb1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause  Зри в корень, Геометрия, 48 листов, клетка, дизайнерский картон на обложку, трафаретная печать</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного крашенного в массе черного картона плотностью 180 г/м2. Отделка обложки - трафаретная печать. В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок на 4 страницы с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук</t>
+  </si>
+  <si>
+    <t>853319</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fa/euw1jqeyk1mn8jciatrwwzvc3zosffof.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная, 36л. ArtSpace,  quot;Пять в квадрате quot;- Обществознание, эконом</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная «Обществознание» из серии «Пять в квадрате» &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на обложке. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 36 листов офсетной бумаги плотностью 60 г/м. Белизна 92&amp;#37;, линовка – клетка с полями. Обложка выполнена из мелованной бумаги с отделкой ВД-лаком. • Количество листов: 36; • Формат: А5; • Справочные материалы: на обложке; • Линовка: клетка.</t>
+  </si>
+  <si>
+    <t>884482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73e/xzixocillyv8grfavxcmt555ua53m770.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Art object quot; - Алгебра, эконом</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная BG «Алгебра» из серии Art object &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на форзацах. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м2 и белизной блока 90-92&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с рисунком и имеет удобные скруглённые углы. Предметные тетради серии Art Object – для ценителей искусства с чувством юмора. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 90-92&amp;#37;; • Плотность блока: 60 г/м2; • Крепление: скрепка</t>
+  </si>
+  <si>
+    <t>926476</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7ce/krkdoybotxv5sk8r30u63bi6z145o9af.jpg</t>
-[...292 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fd7/f1iwjq8gr3pc3dml27xf6fjnetb0sci0.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Скандальности quot; - Алгебра, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Алгебра» из серии Скандальности &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на форзаце и 2-х дополнительных листах. Есть титульный лист. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с глянцевой ламинацией. Скругленные уголки обложки и внутреннего блока. Школа – это страна со своими персонажами и событиями. И в этой стране, как и в любой другой, выходят новости. Если хочешь быть в курсе происходящего, то советуем подписаться на нашу серию «Скандальности».&amp;nbsp;&amp;nbsp;• Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>926478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a1/gftmyncr6p8158q4w81jwk8lfgzpobqw.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Не по правилам quot;- Геометрия, глянцевая лаимнация</t>
   </si>
   <si>
     <t>Тетрадь предметная «Геометрия» из серии &amp;quot;Не по правилам&amp;quot; &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м. Белизна 100&amp;#37;, линовка – клетка с полями. Обложка выполнена из целлюлозного картона с отделкой глянцевая ламинация. • Количество листов: 48; • Формат: А5; • Справочные материалы: на вкладке; • Линовка: клетка.</t>
   </si>
   <si>
     <t>926495</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17f/16qouh41qt6cm4kthau49hmctksvi6t8.jpg</t>
@@ -1058,338 +1205,422 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e8b/azownz1gici37jzoiwzlkxpyif2p6bt3.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Art object quot; - Обществознание, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Обществознание» из серии Art object &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на форзацах. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м2 и белизной блока 90-92&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с рисунком и имеет удобные скруглённые углы. Предметные тетради серии Art Object – для ценителей искусства с чувством юмора. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 90-92&amp;#37;; • Плотность блока: 60 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>926513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8cf/zjfji4nk13oqpzvqn5vimjso0pcmarid.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Скандальности quot; - Обществознание, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Обществознание» из серии Скандальности &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на форзаце и 2-х дополнительных листах. Есть титульный лист. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с глянцевой ламинацией. Скругленные уголки обложки и внутреннего блока. Школа – это страна со своими персонажами и событиями. И в этой стране, как и в любой другой, выходят новости. Если хочешь быть в курсе происходящего, то советуем подписаться на нашу серию «Скандальности».&amp;nbsp;&amp;nbsp;• Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>926514</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/78c/qatmkqg72znbuyaew02gl1geo92ip0mx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7f9/5gsial37h3antx94ia0k7ipqpm1ex802.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Скандальности quot; - Русский язык, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Русский язык» из серии Скандальности &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на форзаце и 2-х дополнительных листах. Есть титульный лист. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – линия с полями. Обложка выполнена из мелованного картона с глянцевой ламинацией. Скругленные уголки обложки и внутреннего блока. Школа – это страна со своими персонажами и событиями. И в этой стране, как и в любой другой, выходят новости. Если хочешь быть в курсе происходящего, то советуем подписаться на нашу серию «Скандальности».&amp;nbsp;&amp;nbsp;• Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: линия с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>926519</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/264/57mkndg8z60o9o3x77n66t0fkbebra66.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/940/mi5ng0a75gpqht38huvs5iv56w2ajy7h.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Скандальности quot; - Физика, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Физика» из серии Скандальности &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на форзаце и 2-х дополнительных листах. Есть титульный лист. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с глянцевой ламинацией. Скругленные уголки обложки и внутреннего блока. Школа – это страна со своими персонажами и событиями. И в этой стране, как и в любой другой, выходят новости. Если хочешь быть в курсе происходящего, то советуем подписаться на нашу серию «Скандальности».&amp;nbsp;&amp;nbsp;• Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>926524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/257/bb23pzxfk6a8rnpj16u4d4g3fydqr0ee.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Не по правилам quot; - Химия, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная «Химия» из серии &amp;quot;Не по правилам&amp;quot; &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м. Белизна 100&amp;#37;, линовка – клетка с полями. Обложка выполнена из целлюлозного картона с отделкой глянцевая ламинация. • Количество листов: 48; • Формат: А5; • Справочные материалы: на вкладке; • Линовка: клетка.</t>
   </si>
   <si>
     <t>926526</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/740/shduzecb5nyxhd4m9vs9oxotfoww2s14.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Скандальности quot; - Химия, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Химия» из серии Скандальности &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на форзаце и 2-х дополнительных листах. Есть титульный лист. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с глянцевой ламинацией. Скругленные уголки обложки и внутреннего блока. Школа – это страна со своими персонажами и событиями. И в этой стране, как и в любой другой, выходят новости. Если хочешь быть в курсе происходящего, то советуем подписаться на нашу серию «Скандальности».&amp;nbsp;&amp;nbsp;• Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>926529</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9a5/ff2brvrsn7rnjp6owh6ty2adye0esowb.jpg</t>
+  </si>
+  <si>
+    <t>Комплект предметных тетрадей 48 листов  10 штук  BG  quot;Хочу все знать quot;, эконом</t>
+  </si>
+  <si>
+    <t>Комплект предметных тетрадей BG &amp;quot;Monocolor. Perfection&amp;quot; - это сочетание изящества с классикой. Каждому предмету соответствует свой цвет, что помогает быстрее находить нужную тетрадь. Тетради предназначены для учащихся средних и старших классов. Формат тетрадей А5. Обложка выполнена из высококачественного картона с матовой ламинацией и выборочным лаком. Рисунок нанесен пантонной печатью. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Линовка: клетка и линия с полями. В комплект входит 10 предметов: алгебра, английский язык, биология, география, геометрия, история, литература, русский язык, физика, химия. В каждой тетради есть справочный материал по предмету на дополнительных листах. Комплект тетрадей упакован в термоплёнку с вкладышем. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка/линия с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 90&amp;#37;; • Плотность блока: 60 г/м2; • Крепление: скрепка</t>
+  </si>
+  <si>
+    <t>926948</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/db4/30t9sm07ufp653dcje1ecxo2b7og3qfq.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Мысли вслух quot; - Алгебра, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная «Алгебра» из серии «Мысли вслух» &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на обложке. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м?. Белизна 92&amp;#37;, линовка – клетка с полями. Обложка выполнена из мелованной бумаги с отделкой ВД-лаком</t>
   </si>
   <si>
     <t>938860</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a6e/sxlwcbggkpy6yniqdn5g0n8ldbcgh218.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c6/g85p9sqevr19ywmkyzznkbh03lndnlrh.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Мысли вслух quot; - Физика, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная «Физика» из серии &amp;quot;Мысли вслух&amp;quot; &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на обложке. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м?. Белизна 92&amp;#37;, линовка – клетка с полями. Обложка выполнена из мелованной бумаги с отделкой ВД-лаком.</t>
   </si>
   <si>
     <t>938865</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e00/5ti68ie4ekft5wil2a2tb21gq8xuknsf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/998/lgby5up0ddhekkiclq9a4evsg0ks79s3.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Мысли вслух quot;- История, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная «История» из серии &amp;quot;Мысли вслух&amp;quot; &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на обложке. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м?. Белизна 92&amp;#37;, линовка – клетка с полями. Обложка выполнена из мелованной бумаги с отделкой ВД-лаком.</t>
   </si>
   <si>
     <t>938868</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a16/nzpbxjhs3n6xbfwskz33kg04arkwgt5z.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/09e/skr1rm1hk0g807szhswj2e8zognbprr1.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Мысли вслух quot; - Литература, эконом</t>
   </si>
   <si>
     <t>Тетрадь тематическая А5 ArtSpace «Литература» из серии &amp;quot;Мысли вслух&amp;quot;, со справочным материалом на обложке. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 60 г/м?, белизна 92&amp;#37;. Линовка – линия с полями. Обложка – целлюлозный картон, отделка обложки – ВД-лак. Тетрадь идеальна для написания эссе и сочинений.</t>
   </si>
   <si>
     <t>938870</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/863/bgqe0sze8to7gw77kyottq28nn7nbys7.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Мысли вслух quot;- Русский язык, эконом</t>
   </si>
   <si>
     <t>Тетрадь тематическая А5 ArtSpace «Русский язык» из серии &amp;quot;Мысли вслух&amp;quot;, со справочным материалом на обложке. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 60 г/м?, белизна 92&amp;#37;. Линовка – линия с полями. Обложка – целлюлозный картон, отделка обложки – ВД-лак. Тетрадь идеальна для написания эссе и сочинений.</t>
   </si>
   <si>
     <t>938871</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb0/kuyf10bjic2yqdstov41zdwk9e4pkgep.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;DELIGHT quot;, 48 л., обложка картон, BRAUBERG, 404606</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG серии &amp;quot;DELIGHT&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги 100&amp;#37; белизны, плотностью 60 г/м2, с красными полями. Листы соединены скобами.В справочном материале для учащихся собраны основные подсказки по школьным предметам.</t>
   </si>
   <si>
     <t>939456</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/125/3zfmja955mxhsum4dv75ieujl6yykhkx.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;MAGICAL quot;, 48 л., матовая ламинация, фольга, BRAUBERG, 404610</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;MAGICAL&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Благодаря матовой ламинации и фольге краски на изображении становятся более яркими и насыщенными.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизной, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>939457</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5dd/2oqthhb78seny34x0nfhpduzvvgumbvi.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, АЛГЕБРА, клетка, подсказ, BRAUBERG, 404556</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по алгебре формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>939464</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30c/gfb1akmwpoa3i3kk0nmdherntox1txgt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, АНГЛИЙСКИЙ ЯЗЫК, клетка, подсказ, BRAUBERG, 404558</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по английскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>939470</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/293/iino3k54sstpxicesnx4trwk1x9tz7ts.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, БИОЛОГИЯ, клетка, подсказ, BRAUBERG, 404559</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по биологии формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>939476</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc3/p3qz1k8tkoexd9tlrq2ja6aot8fbbfel.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, ГЕОГРАФИЯ, клетка, подсказ, BRAUBERG, 404560</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по географии формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>939482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8eb/ky033iu03x9h23ajdagf12u30zm1nk80.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, ГЕОМЕТРИЯ, клетка, подсказ, BRAUBERG, 404561</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по геометрии формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>939487</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/124/chddmocv07rjyuhz9rntz5wq6izp2mn7.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;КЛАССИКА NATURE quot; 48 л., обложка картон, ИНФОРМАТИКА, клетка, BRAUBERG, 404586</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КЛАССИКА NATURE&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по информатике формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;.Листы соединены скобами. Линовка блока - клетка, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>939492</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/227/q2ue2n0o20nanh1jwp901kkoxf57bkq4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, ИНФОРМАТИКА, клетка, подсказ, BRAUBERG, 404562</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по информатике формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>939493</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/145/1rt3yd139v7cbkqk2syeh99xmo6jgbjj.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, ИСТОРИЯ, клетка, подсказ, BRAUBERG, 404563</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по истории формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>939499</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f38/o6povajilkc7s85fqgz1siprm8ibpvz1.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;ANIME quot; 48 л., глянцевый УФ-лак, ОБЩЕСТВОЗНАНИЕ, клетка, BRAUBERG, 404533</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG серии &amp;quot;ANIME&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по обществознанию формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги 100&amp;#37; белизны, плотностью 60 г/м2. Листы соединены скобами. Линовка блока - в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2. Благодаря глянцевому лаку краски на изображении выглядят более яркими и насыщенными. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>939507</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/547/s0a7mw7agj3wrz66prxsbv9cdkduejzz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, ОБЩЕСТВОЗНАНИЕ, клетка, подсказ, BRAUBERG, 404557</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по обществознанию формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>939511</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7ae/j1g1j2li8z8pxdv449r4dl07fv1llx14.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;STARLIGHT quot; 48 л., глянцевый УФ-лак, РУССКИЙ ЯЗЫК, линия, BRAUBERG, 404529</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;STARLIGHT&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по русскому языку формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги 100&amp;#37; белизны, плотностью 60 г/м2. Листы соединены скобами. Линовка блока - в линию, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Благодаря глянцевому лаку краски на изображении выглядят более яркими и насыщенными. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>939515</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/42b/t1viblx6w0mto134z51q26pwd8dw0ghm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, ФИЗИКА, клетка, подсказ, BRAUBERG, 404566</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по физике формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>939521</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1d6/mm1ju9yj6td99zpynn9vp1a79pie60ls.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;DELIGHT quot; 48 л., обложка картон, ХИМИЯ, клетка, BRAUBERG, 404579</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;DELIGHT&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по химии формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;.Листы соединены скобами. Линовка блока - клетка, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>939523</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3c/xquzxagm8u75rpbl209o74t0lploy4gw.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;КОТ-ЭНТУЗИАСТ quot;, 48 л., TWIN-лак, BRAUBERG, 404609</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. Предметные тетради BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; снабжены справочным материалом, в котором для учащихся собраны основные подсказки по школьному предмету.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги 100&amp;#37; белизны и плотности 60 г/м2, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>939821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a8/qbbpki985lpfdhvsk9c2i3ra8wls4zh1.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Угадай кто quot; - Алгебра, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Алгебра» из серии Угадай кто &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. На форзацах обложки размещена биография ученого и интересные факты о нем. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с матовой ламинацией и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Предметные тетради из серии Угадай кто предлагают проверить свои знания и угадать кто из ученых загадан на обложке. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>940439</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f2b/jxtwf85qk9cb11govzg7z5amze50njx1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Угадай кто quot; - Английский язык, матовая ламинация, выборочный лак</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная BG «Английский язык» из серии Угадай кто &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. На форзацах обложки размещена биография ученого и интересные факты о нем. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с матовой ламинацией и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Предметные тетради из серии Угадай кто предлагают проверить свои знания и угадать кто из ученых загадан на обложке. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
+  </si>
+  <si>
+    <t>940443</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/35d/zlp87qy2vz7m783xxkrls3hg2i64278g.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Угадай кто quot; - Биология, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Биология» из серии Угадай кто &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. На форзацах обложки размещена биография ученого и интересные факты о нем. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с матовой ламинацией и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Предметные тетради из серии Угадай кто предлагают проверить свои знания и угадать кто из ученых загадан на обложке. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>940447</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/146/51ojg3ey60gjb85kk6x8scn6loehp646.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Monocolor. Element quot; - География, ламинация soft-touch, выборочный лак, 70г м2</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «География» из серии Monocolor. Element &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. Есть титульный лист. Цветные форзацы. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 70 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с ламинацией soft-touch и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Дизайны выполнены в моностиле с небольшим элементом. В данной серии используются модные оттенки цветов. Эти тетради не только радуют глаз, но еще дарят приятные тактильные ощущения. Для тех кому важны эмоции! • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 70 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>940451</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/180/w02w4t819mb2vnbl6q9ji0i8uw75gx52.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Угадай кто quot; - География, матовая ламинация, выборочный лак</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная BG «География» из серии Угадай кто &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. На форзацах обложки размещена биография ученого и интересные факты о нем. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с матовой ламинацией и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Предметные тетради из серии Угадай кто предлагают проверить свои знания и угадать кто из ученых загадан на обложке. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
+  </si>
+  <si>
+    <t>940452</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a7c/r4mkt8rkt8iy9efuof6or2sv3tdxe31x.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Пиксель quot;- Геометрия, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная «Геометрия» из серии &amp;quot;Пиксель&amp;quot; &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на обложке. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м. Белизна 92&amp;#37;, линовка – клетка с полями. Обложка выполнена из мелованной бумаги с отделкой ВД-лаком. • Количество листов: 48; • Формат: А5; • Справочные материалы: на обложке; • Линовка: клетка.</t>
   </si>
   <si>
     <t>940454</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ad/ldwbd7w5t2lzbtgckurx2h4imbwoaplb.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Угадай кто quot; - Геометрия, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Геометрия» из серии Угадай кто &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. На форзацах обложки размещена биография ученого и интересные факты о нем. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с матовой ламинацией и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Предметные тетради из серии Угадай кто предлагают проверить свои знания и угадать кто из ученых загадан на обложке. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>940455</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43e/tebavl5gdklq68xqtyh3606dcei90w0f.jpg</t>
@@ -1442,50 +1673,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/20e/buhpitgf70if3yy2yco07zerxvlar7nr.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Коллаборация quot; - Физика, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь предметная «Физика» из серии &amp;quot;Коллаборация&amp;quot; &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м. Белизна 100&amp;#37;, линовка – клетка с полями. Обложка выполнена из целлюлозного картона с матовой ламинацией, выборочным УФ-лаком. • Количество листов: 48; • Формат: А5; • Справочные материалы: на вкладке; • Линовка: клетка.</t>
   </si>
   <si>
     <t>940476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/234/vi3vph841pi9oiphn92ugm6b5w7qf1he.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Угадай кто quot; - Физика, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Физика» из серии Угадай кто &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. На форзацах обложки размещена биография ученого и интересные факты о нем. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с матовой ламинацией и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Предметные тетради из серии Угадай кто предлагают проверить свои знания и угадать кто из ученых загадан на обложке. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>940479</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/720/49tx9qi43dq01vll9llczk4hgy9qnaqk.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Monocolor. Element quot; - Химия, ламинация soft-touch, выборочный лак, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная BG «Химия» из серии Monocolor. Element &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. Есть титульный лист. Цветные форзацы. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 70 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с ламинацией soft-touch и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Дизайны выполнены в моностиле с небольшим элементом. В данной серии используются модные оттенки цветов. Эти тетради не только радуют глаз, но еще дарят приятные тактильные ощущения. Для тех кому важны эмоции! • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 70 г/м2; • Крепление: скрепка</t>
+  </si>
+  <si>
+    <t>940483</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c2f/f53gt5072x252h75ns60fi8i4oyc3lzp.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Угадай кто quot; - Химия, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Химия» из серии Угадай кто &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. На форзацах обложки размещена биография ученого и интересные факты о нем. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с матовой ламинацией и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Предметные тетради из серии Угадай кто предлагают проверить свои знания и угадать кто из ученых загадан на обложке. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>940484</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de5/ngx1zv7gr3woij7m23sjm0qdomxqylk7.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, АЛГЕБРА, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
   </si>
   <si>
     <t>942023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b61/nx22qyhgagw4tbu5jj59tgv7ivc7mku6.jpg</t>
@@ -1520,62 +1763,80 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, ХИМИЯ, 48 листов, клетка</t>
   </si>
   <si>
     <t>942027</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/540/so8ikz2b8ql61du3qqni4ecj02jeqvgt.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Hit the Books, АЛГЕБРА, 48 листов, клетка</t>
   </si>
   <si>
     <t>942028</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08d/2m5o7u3tjb9enjcblhmx452kkg32tn5r.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Hit the Books, ГЕОМЕТРИЯ, 48 листов, клетка</t>
   </si>
   <si>
     <t>942029</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ad1/b86ua6p7nu6v1ju0h1lopy2dz8fgbes4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, желтый, Геометрия, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого пластика неонового оттенка с фактурой «песок». В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
+  </si>
+  <si>
+    <t>942032</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a7d/1d9uaadspgc61v936za10tzs0hi79kau.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, желтый, Химия, 48 листов, клетка</t>
   </si>
   <si>
-    <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого пластика неонового оттенка с фактурой «песок». В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
-[...1 lines deleted...]
-  <si>
     <t>942034</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/828/wxhpkgcccv3y1x7nrr7c2iv8otgpmdx9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, оранжевый, Биология, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942041</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e9d/17bam4t99pnj2clr8nrcm3dn4vxv1giu.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, оранжевый, Химия, 48 листов, клетка</t>
   </si>
   <si>
     <t>942044</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/249/2xt4xa4e01y402unideikurce4yi5oti.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, розовый, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>942045</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0b4/td4ooz2niv633mpaimvvnb66m1fx6tf6.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, розовый, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>942046</t>
@@ -1757,50 +2018,74 @@
   <si>
     <t>942076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a4/7221o1vie1wl42cfdcwdkuax9ckvrikp.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Чубрик, ХИМИЯ, 48 листов, клетка</t>
   </si>
   <si>
     <t>942077</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d95/va89q64lce0aiy6j8ck74386l4uisaby.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;ANIME quot;, 48 л., глянцевый УФ-лак, BRAUBERG, 404608</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;ANIME&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Благодаря глянцевому лаку краски на изображении становятся более яркими и насыщенными.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизной, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>943750</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6d6/t5m5vdjasa3n0vwe251cd07qwtuwr0ja.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;ELEGANCE quot;, 48 л., SoftTouch, фольга, BRAUBERG, 404611</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG серии &amp;quot;ELEGANCE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги 100&amp;#37; белизны, плотностью 60 г/м2, с красными полями. Листы соединены скобами.</t>
+  </si>
+  <si>
+    <t>943751</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e56/pywqre46qturyqa2vb4roi3bwru26jj5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, ЛИТЕРАТУРА, линия, подсказ, BRAUBERG, 404564</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по литературе формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>943759</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4d8/jy01j5m0xv7bb78k2xkiccpnkub5x8kr.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;ELEGANCE quot; 48 л., SoftTouch, фольга, ХИМИЯ, клетка, BRAUBERG, 404555</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;ELEGANCE&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по химии формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;.Листы соединены скобами. Линовка блока - клетка, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>943764</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ce/u9py0j120wsje9d2igk4te0p6umvdvdc.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Monocolor. Element quot; - Геометрия, ламинация soft-touch, выборочный лак, 70г м2</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Monocolor. Element&amp;quot; - Геометрия, ламинация soft-touch, выборочный лак, 70г/м2</t>
   </si>
   <si>
     <t>945200</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3dd/dvs6vv9w577s9e6eix19iyvd6mmi5jst.jpg</t>
@@ -1841,50 +2126,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/411/nkdyxdghguxkenhzweygc4yn1i5bzydi.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;ELEGANCE quot; 48 л., SoftTouch, фольга, ФИЗИКА, клетка, BRAUBERG, 404554</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;ELEGANCE&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по физике формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;.Листы соединены скобами. Линовка блока - клетка, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. Углы тетради скруглены. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>945883</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ef/2a8kzldnfzfq65j1veqhf02s7z9kdc0u.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;СИЯНИЕ ЗНАНИЙ quot; 48 л., глянцевый лак, ХИМИЯ, клетка, BRAUBERG, 404531</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;СИЯНИЕ ЗНАНИЙ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по химии формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Благодаря глянцевому лаку краски на изображении становятся более яркими и насыщенными. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
   </si>
   <si>
     <t>946154</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c2a/ifvyiw5epbfz5mkfgcz8l3p5rtgpofjy.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. кл. Schoolformat ДЖУСИ КОЛОРС Алгебра мел. карт. спл. Уф-лак</t>
+  </si>
+  <si>
+    <t>948093</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/634/nf4w5pdbw6a9rudd2j0ma4u2akyjf7t7.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;GENERATION quot; АЛГЕБРА</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;GENERATION&amp;quot; АЛГЕБРА</t>
   </si>
   <si>
     <t>956125</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71f/qgd631ynp3ja67re1628chuww20k2a3g.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;SIMPLE BLACK quot; АЛГЕБРА</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;SIMPLE BLACK&amp;quot; АЛГЕБРА</t>
   </si>
   <si>
     <t>956126</t>
@@ -2315,50 +2612,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a7d/zr2kgz6jhzpw6a2ubvdba8l408hcpqdj.jpeg</t>
   </si>
   <si>
     <t>Тетрадь тематическая Альт  А5  165 х 203 мм   quot;SIMPLE BLACK quot; физика, 48 листов, клетка. Арт. 7-48-1225 01</t>
   </si>
   <si>
     <t>961539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7f/uxku3sgt8ljojj42ei0vz2hvw3mkhpgw.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная набор  1 School Аниме 48л А5 офсет 65г м2 10 предметов</t>
   </si>
   <si>
     <t>Тетрадь предметная набор №1 School Аниме 48л А5 офсет 65г/м2 10 предметов</t>
   </si>
   <si>
     <t>964511</t>
   </si>
   <si>
     <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/852/63c5325evfx1bebp8wfik8z3an4njzqe.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная набор  1 School Панк 48л А5 10 предметов</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная набор №1 School Панк 48л А5 10 предметов</t>
+  </si>
+  <si>
+    <t>964512</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5c4/gqgqdghyr6ba0a6eugp2xjry3qmm35nl.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Профтест quot; - Алгебра, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Профтест&amp;quot; - Алгебра, эконом</t>
   </si>
   <si>
     <t>968855</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/696/2k1cqu2gsa60j8t4ggxre0ucuhqwvm7o.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Профтест quot; - Биология, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Профтест&amp;quot; - Биология, эконом</t>
   </si>
   <si>
     <t>968863</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/291/191qos9cjfm3agpdfnznx1m19ntqah2x.jpg</t>
@@ -2375,119 +2684,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a81/zj6yyn7cji2im2qu1qgvh2v8598nkisw.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Правда жизни quot; - Геометрия</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Правда жизни&amp;quot; - Геометрия</t>
   </si>
   <si>
     <t>968869</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ea/p7iy253edf7y93swl8xda9zgfnwgde6p.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. MESHU  quot;Ученый MISHKA quot; - Геометрия, матовая ламинация, выборочный УФ-лак, тиснение фольгой</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. MESHU &amp;quot;Ученый MISHKA&amp;quot; - Геометрия, матовая ламинация, выборочный УФ-лак, тиснение фольгой</t>
   </si>
   <si>
     <t>968871</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dda/nqwwf5qo52z3oaav171w96uzqvl9lnyr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bce/jqdgytzflou6uj1akn46h7eqc0eh3euh.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Профтест quot; - Литература, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Профтест&amp;quot; - Литература, эконом</t>
   </si>
   <si>
     <t>968881</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9c7/dx2wf12dv3kqo47zlhuenuzrtvb2w82s.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/caa/v7fzh50ah96ea3a4jy87u35x4ro16vnn.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Профтест quot; - Обществознание, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Профтест&amp;quot; - Обществознание, эконом</t>
   </si>
   <si>
     <t>968886</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d10/hbv0wt287benk9gsrgy1k7is82qys2wk.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная DOG БОБИК 48л, TWIN лак, АЛГЕБРА, клетка, подсказ, BRAUBERG, 404782</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;DOG БОБИК&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь 48 листов, формат А5 &amp;#40;165х202 мм&amp;#41;. Изготовлена из высококачественной офсетной бумаги плотностью 60 г/м2, белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные.Обложка выполнена из мелованного картона плотностью 190 г/м2. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>974541</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/557/29u9uyt5l2v73i1vpzupr540al8tovaw.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная DOG БОБИК 48л, TWIN лак, ГЕОГРАФИЯ, клетка, подсказ, BRAUBERG, 404786</t>
+  </si>
+  <si>
+    <t>974544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c70/5y2dh8hux7tg70bhq6mg73zmgrg4o3k6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная DOG БОБИК 48л, TWIN лак, ГЕОМЕТРИЯ, клетка, подсказ, BRAUBERG, 404786, 404787</t>
+  </si>
+  <si>
+    <t>974545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68d/lnju5b18rx9g7hktw66zs316h83ebou0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная DOG БОБИК 48л, TWIN лак, ЛИТЕРАТУРА, линия, подсказ, BRAUBERG, 404790</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;DOG БОБИК&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь 48 листов, формат А5 &amp;#40;165х202 мм&amp;#41;. Изготовлена из высококачественной офсетной бумаги плотностью 60 г/м2, белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в линию, поля красные.Обложка выполнена из мелованного картона плотностью 190 г/м2. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>974548</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9c3/xn0qaunszpm9eeg1of0vvdl3myu00quy.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная DOG БОБИК 48л, TWIN лак, ОБЩЕСТВОЗНАНИЕ, клетка, подсказ, BRAUBERG, 404783</t>
   </si>
   <si>
     <t>974549</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cca/2v0tv15pltwzr8zm2vekag9ag329a652.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная DOG БОБИК 48л, TWIN лак, ХИМИЯ, клетка, подсказ, BRAUBERG, 404793</t>
+  </si>
+  <si>
+    <t>974552</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3c5/xxtm576sp2sakqflrz1air3zntl002ly.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная PIGMENT 48 листов, глянцевый УФ-лак, ОБЩЕСТВОЗНАНИЕ, клетка, подсказ, BRAUBERG, 404759</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;PIGMENT&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь 48 листов, формат А5 &amp;#40;165х202 мм&amp;#41;. Изготовлена из высококачественной офсетной бумаги плотностью 60 г/м2, белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные.Обложка выполнена из мелованного картона плотностью 190 г/м2. Благодаря глянцевому УФ-лаку краски на изображении выглядят более яркими и насыщенными. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
   </si>
   <si>
     <t>975115</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42f/4zz4s63itjzer2pqxqodati5zd7br0x9.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная PIGMENT 48 листов, глянцевый УФ-лак, ХИМИЯ, клетка, подсказ, BRAUBERG, 404769</t>
   </si>
   <si>
     <t>975118</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/834/mwy1cz3qv6ht8omr631f4zuk2x2u23e1.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;ПРИРОДА quot; 48 л., обложка картон, ХИМИЯ, клетка, подсказ, BRAUBERG, 404781</t>
@@ -2702,50 +3026,59 @@
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;ANIME GIRLS&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь 48 листов, формат А5 &amp;#40;165х202 мм&amp;#41;. Изготовлена из высококачественной офсетной бумаги плотностью 60 г/м2, белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в линию, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2. Спецэффект на обложке - матовая ламинация. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
   </si>
   <si>
     <t>978370</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f43/gz2lquc7d7jzxoiswgbf54f40dzlki4b.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;ANIME GIRLS quot; 48 л., матовая ламинация, ОБЩЕСТВОЗНАНИЕ, клетка, подсказ, BRAUBERG, 404747</t>
   </si>
   <si>
     <t>978371</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2dd/12ssbaxenuzo60kmyc1pa513f0yo9trw.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;SPORT CLUB quot; 48 л., обложка картон, ОБЩЕСТВОЗНАНИЕ, клетка, подсказ, BRAUBERG, 404795</t>
   </si>
   <si>
     <t>978372</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/209/nx7u7rshan9e1wbzov4byftp92ptymzs.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;ANIME GIRLS quot; 48 л., матовая ламинация, РУССКИЙ ЯЗЫК, линия, подсказ, BRAUBERG, 404755</t>
+  </si>
+  <si>
+    <t>978374</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ceb/sqc1pa9a7zw6spzluaeix8wqbqvg3ht6.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;ANIME GIRLS quot; 48 л., матовая ламинация, ФИЗИКА, клетка, подсказ, BRAUBERG, 404756</t>
   </si>
   <si>
     <t>978377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/70a/2rpmg9z2chu2ivyqlrj8j9bym6od6eoc.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;SPORT CLUB quot; 48 л., обложка картон, ФИЗИКА, клетка, подсказ, BRAUBERG, 40480, 404804</t>
   </si>
   <si>
     <t>978378</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e10/yw18oab3hglircalwnb02uljwtmkikpk.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;ANIME GIRLS quot; 48 л., матовая ламинация, ХИМИЯ, клетка, подсказ, BRAUBERG, 404757</t>
   </si>
   <si>
     <t>978380</t>
@@ -2789,92 +3122,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c88/cz1yplko37yod2abz7eumr6yyv96o28b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических Erich Krause Timeline, 36 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей по 12 основным учебным предметам: русский язык, литература, алгебра, геометрия, физика, химия, биология, география, история, обществознание, английский язык, информатика. Удобный вариант для приобретения на целый учебный год или в подарок. Каждая тетрадь объемом 36 листов имеет инфо-блок на 2 страницы с кратким изложением школьной программы. Упаковка - картонная обечайка в термоусадочной пленке.</t>
   </si>
   <si>
     <t>978617</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f5/ctx050896ye19pvhv4arbjqpigtxhdns.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Be Informed, 48 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей по 12 основным учебным предметам: русский язык, литература, алгебра, геометрия, физика, химия, биология, география, история, обществознание, английский язык, информатика. Удобный вариант для приобретения на целый учебный год или в подарок. Каждая тетрадь объемом 48 листов имеет инфо-блок на 2 страницы с кратким изложением школьной программы. Упаковка - картонная обечайка в термоусадочной пленке.</t>
   </si>
   <si>
     <t>978618</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5fa/ab7ctqir4ggph0usa5by7pk6kwwf9p8k.jpg</t>
-[...2 lines deleted...]
-    <t>Тетрадь общая ученическая Erich Krause Inscription, Английский язык, 48 листов, клетка, твин-лак</t>
+    <t>http://anytos.ru//upload/iblock/418/wbx0prfldxcwantlggglirz7sn9loat6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая Erich Krause Manga, Английский язык, 48 листов, клетка, твин-лак</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. Отделка - твин-лак. В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет дополнительный лист с инфо-блоком с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
   </si>
   <si>
-    <t>978619</t>
-[...7 lines deleted...]
-  <si>
     <t>978620</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4cf/czbbguq8vhqkktk7a0bcsclfqca7i8qr.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая Erich Krause Timeline, Английский язык, 36 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 36 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
   </si>
   <si>
     <t>978621</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4bb/jx9nun609cyq60a8bu68moodsx2eq01p.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b9d/rch0r4mnva1cyujj1otarzjjhdgsvsyz.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая Erich Krause Manga, География, 48 листов, клетка, твин-лак</t>
   </si>
   <si>
     <t>978623</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d1/mqcgp8xqmfe6tfanr7ufl9yj6phu5598.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая Erich Krause Timeline, География, 36 листов, клетка</t>
   </si>
   <si>
     <t>978624</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/48f/v7jfposbep4pka34iav2pmbsveh527wj.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая Erich Krause Inscription, Информатика, 48 листов, клетка, твин-лак</t>
   </si>
   <si>
     <t>978625</t>
@@ -3068,68 +3383,146 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>978834</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/916/2tq3xicv77ca4oka665jlay3whdx93eh.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>978835</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f6/5xtfs31cuzto1uiwisf1i7artlnxdnaw.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, Русский язык, 48 листов, линейка</t>
   </si>
   <si>
     <t>978836</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cb5/4b0a2nv2dyxn7pew4msip4elcy4g1vda.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов А5 клетка, скрепка Schoolformat УНИКАЛЬНЫЙ ПОДХОД Алгебра мел. карт. запечатка форзаца, спл. УФ-лак</t>
+  </si>
+  <si>
+    <t>979004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c9/wqb8oyk1qvq32u29dj8jd06qnlwbkqp5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов А5 клетка, скрепка Schoolformat УНИКАЛЬНЫЙ ПОДХОД Анг.язык мел. карт. запечатка форзаца, спл. УФ-лак</t>
+  </si>
+  <si>
+    <t>979007</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ded/5hgvx7c35g94qeu9cmz2kbo40t1w55jp.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов А5 клетка, скрепка Schoolformat УНИКАЛЬНЫЙ ПОДХОД География мел. карт. запечатка форзаца, спл. УФ-лак</t>
+  </si>
+  <si>
+    <t>979013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f9/834thd3yh2qed71f2zlj8topuc88v611.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов А5 клетка, скрепка Schoolformat УНИКАЛЬНЫЙ ПОДХОД Информат. мел. карт. запечатка форзаца, спл. УФ-лак</t>
+  </si>
+  <si>
+    <t>979017</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/379/nf2xrmkbvhiemyl68mwoobo3g2y1exf5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов А5 клетка, скрепка Schoolformat УНИКАЛЬНЫЙ ПОДХОД История мел. карт. запечатка форзаца, спл. УФ-лак</t>
+  </si>
+  <si>
+    <t>979019</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c99/1io186zk6ebjp0nm7tr081o27qbl944a.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов А5 линия, скрепка Schoolformat АНИМЕ СТИЛЬ Литерат. мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>979021</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/7af/91b8snb7gjezvef4x6ojxpb8d9h3qggs.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов А5 клетка, скрепка Schoolformat КОШАЧИЙ МИР Обществозн. мел. карт. запечатка форзаца, ВД-лак</t>
+  </si>
+  <si>
+    <t>979024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/52b/034g2tjapkq7f2ajo70f9h5xiu2824z0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов А5 клетка, скрепка Schoolformat УНИКАЛЬНЫЙ ПОДХОД Обществозн. мел. карт. запечатка форзаца, спл. УФ-лак</t>
+  </si>
+  <si>
+    <t>979025</t>
   </si>
   <si>
     <t>Тетрадь 48 листов А5 линия, скрепка Schoolformat АНИМЕ СТИЛЬ Рус. язык мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>979026</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6b2/c7o5j70q1pgppbmccrcmus3c3313zp8r.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов А5 линия, скрепка Schoolformat УНИКАЛЬНЫЙ ПОДХОД Рус. язык мел. карт. запечатка форзаца, спл. УФ-лак</t>
+  </si>
+  <si>
+    <t>979028</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc5/6dyoz1xdmrlr2y1nikxvyf343yz0snwh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов А5 клетка, скрепка Schoolformat КОШАЧИЙ МИР Физика мел. карт. запечатка форзаца, ВД-лак</t>
+  </si>
+  <si>
+    <t>979029</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5f0/kezggwb7f37tjm6061lb3pq0ic3cfu4o.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических Erich Krause Inscription, 48 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей общих ученических Erich Krause Inscription, 48 листов, клетка/линейка, со справочным материалом &amp;#40;обечайка 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>979254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4d/2srxsgfy0tl3s0v3ej0bx61uu5mzgumb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических Erich Krause Академкнига, 36 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей общих ученических Erich Krause Академкнига, 36 листов, клетка/линейка, со справочным материалом &amp;#40;обечайка 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>979255</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd0/mh6nyzfpjp465h1lcsg2mg1r5git1i86.jpg</t>
@@ -3521,62 +3914,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/71d/hpnuvl0kuq9f7bte97mhogp2or2al84c.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Непотопляемая quot; - Английский язык, матовая ламинация, выб. лак, конгрев</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Непотопляемая&amp;quot; - Английский язык, матовая ламинация, выб. лак, конгрев</t>
   </si>
   <si>
     <t>983589</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e5/psnem3m94dlx82e537rx1ohq42bphtqk.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Профтест quot; - Английский язык, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Профтест&amp;quot; - Английский язык, эконом</t>
   </si>
   <si>
     <t>983591</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c95/xxp6ibjs61twioaw2ia5hjz8gpft3ojz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/94a/6zr1gomz76j8bivib6db4u0zkle9us67.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Биология, пластиковая обложка</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Биология, пластиковая обложка</t>
   </si>
   <si>
     <t>983596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4bb/b5w71455rn6msw510vz8h0ilqgzmawk6.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Мир будущего quot; - Биология, металлизированный картон</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Мир будущего&amp;quot; - Биология, металлизированный картон</t>
   </si>
   <si>
     <t>983597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a5/5s3sa72a78w14bl44pt0ax1dayfngvrz.jpg</t>
@@ -3809,50 +4190,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7c2/eoiqu8iq22xoh2ecoa5jzdu0ius33s39.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Непотопляемая quot; - История, матовая ламинация, выб. лак, конгрев</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Непотопляемая&amp;quot; - История, матовая ламинация, выб. лак, конгрев</t>
   </si>
   <si>
     <t>983638</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34f/p2nraj448qy5xw2s5xmode1lq07eimte.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Профтест quot; - История, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Профтест&amp;quot; - История, эконом</t>
   </si>
   <si>
     <t>983640</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/63c/shf495pz0iftr0bwnq72e30jh2xx7rpm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Точка РУ quot; - История, матовая ламинация, тиснение голографической фольгой, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Точка РУ&amp;quot; - История, матовая ламинация, тиснение голографической фольгой, 70г/м2</t>
+  </si>
+  <si>
+    <t>983641</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e6b/ksc5xakatk65chojlx3085shxts72214.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Мир будущего quot; - Литература, металлизированный картон</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Мир будущего&amp;quot; - Литература, металлизированный картон</t>
   </si>
   <si>
     <t>983645</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e2/s4zm0meiql0xtqclfvyzmfdefjiojto5.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Неоновые истории quot; - Литература, неоновая краска</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Неоновые истории&amp;quot; - Литература, неоновая краска</t>
   </si>
   <si>
     <t>983646</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/41e/qesff2dtl6d1hfcz8e110st7abz6ehd2.jpg</t>
@@ -4073,62 +4466,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b44/3mfoctjks9a5uf660dyirge43qurih43.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Записки школьника quot; - Химия, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Записки школьника&amp;quot; - Химия, эконом</t>
   </si>
   <si>
     <t>983677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/909/5z23xuwjxdialcxi2z1eoevpjxvcxv7b.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Фотосфера quot; - Химия , эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Фотосфера&amp;quot; - Химия , эконом</t>
   </si>
   <si>
     <t>983678</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/902/ntto4wy1vqi6zv6enzif5szi9u4ycnww.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9a2/dk52osr6kwk30coutfktoklht8u8a31e.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Профтест quot; - Химия, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Профтест&amp;quot; - Химия, эконом</t>
   </si>
   <si>
     <t>983683</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf9/qse1ds3e8gyflqa3dbq9c99pxkr70woc.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;КЛАССИКА SCIENCE quot;, 48 л., обложка картон, BRAUBERG, 404843</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;КЛАССИКА SCIENCE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Обложка из мелованного картона обеспечивает тетради долговечность.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>985283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecb/tl5mfp7bert98w1uc0uz5gy8in8rh3dw.jpg</t>
@@ -4334,254 +4715,425 @@
   <si>
     <t>985551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af5/1ij9idy8m059g2zkk39nbdq1ngf6wduh.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE Алгебра мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985793</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/779/4ih4zsvy1a4vqiblnjmu82klqn4c9sph.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ Алгебра мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985795</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/659/cnlh6zmv94vl6mvc6mitz8b6v5ub23x4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК Алгебра мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7da/ahz6k68rr85eyly153jgjecyn8uc95af.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE Анг.язык мел. карт. запечатка форзаца, фольга</t>
+  </si>
+  <si>
+    <t>985797</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/64d/20j7qy2nfgej18kkakkvkue3s2jd306z.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ Анг.язык мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985799</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cef/tt4ulg0m21ybtx0n1we004ok5arwb0h1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК Анг.язык мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985800</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7b1/am404r8mqna9u852k79iuggv26idn7o8.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE Биология мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985801</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/294/4qt1k1yygy9535uzp1zzcmj00gjq2r12.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ Биология мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985803</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1c3/o2ppfnjnt44g0vs9s7g0gpzzjhuz07cw.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК Биология мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985804</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b5e/gvlp8iw0uk7ryz04vo66ywc9ep1jn5yk.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE География мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985805</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68b/1v5yz0krdtli4g3iw4zt5i4orbu1s16v.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ География мел. карт., спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985807</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d23/ss1wpao1vzg93y6g7gwacycpqdj7yhur.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК География мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985808</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e6b/tw13bxo7r3qbxefllfq4sgvh1xkdb1x7.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE Геометрия мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985809</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/560/k10gphf1tjru03rmyuvx93rei9ckkgtu.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ Геометрия мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985811</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/49c/a2jbv7pxpdsvl1tcclk97ducfyejzbvx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК Геометрия мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985812</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e83/9gd1u5ds0440nr609j3p480v18z8sq6s.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE Информат. мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985813</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/893/hudc4ohbxe87790lzxfp52ayu42t7j7g.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX THIRD DIMENSION Информат. мел. карт. запечатка форзаца</t>
+  </si>
+  <si>
+    <t>985814</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/62a/6p8b5nzrr9u88d780x180xqg9n5gsx83.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ Информат. мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985815</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/10c/liy2dquyyz1ekap4kwpaq3ej09mz7hq3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК Информат. мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985816</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b12/g6n14g1prvqyk5lbjd9j0el9jz9xy19k.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE История мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4a/a7a7m5ffvpimk08hn2r6sqhd3f5jznb2.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ История мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985819</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dc0/1zvxvnjxv6azlcba4gbaaqk5qjw8v98u.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК История мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985820</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/826/44ul8jrepudoxbp8sdgv15tml3i0rhrj.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5 линия, скрепка LOREX DEMONS INSIDE Литерат. мел. карт. запечатка форзаца, фольга</t>
+  </si>
+  <si>
+    <t>985821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/deb/hwhymrqt230jm31rxr9v9reg1cksz0dq.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5 линия, скрепка Schoolformat КОСМОКОТИК Литерат. мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985822</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a0f/zc4pgz8c6fjzf8nde8h2dcc0o6osm7da.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE Обществозн. мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985823</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fe/5o88325bcq77h10m4lfsi7yf9g8nq6ys.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ Обществозн. мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985825</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9cf/1oe3b4n47nafo5ei1bsekgjanaoutkkt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК Обществозн. мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985826</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/365/tjz0q3fcip90c8vuj8tc0y1wxpcs46dy.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5 линия, скрепка LOREX DEMONS INSIDE Рус. язык мел. карт. запечатка форзаца, фольга</t>
+  </si>
+  <si>
+    <t>985827</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b1/q0novgat2yaq8ylkzjkyck6lhxb9vbgm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5 линия, скрепка Schoolformat КОСМОКОТИК Рус. язык мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985828</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/eda/0yd2t5sc853kwf76m8skdqekq41jivhs.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE Физика мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985829</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/edc/wszoecrrq1splc5nqv9hhi3kgwdj5vad.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX THIRD DIMENSION Физика мел. карт. запечатка форзаца</t>
+  </si>
+  <si>
+    <t>985830</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c29/87od310mlx8etuh42gtk30c3adui86im.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ Физика мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985831</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/992/barknbgd36sxb7ruurthek8780vba29w.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК Физика мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985832</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6ea/3s74p5c9bz0l0jd64o4al8o11wfibo4m.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE Химия мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985833</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a52/wjswn3pqffcu7ekppr6k14bxl6f4znll.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX THIRD DIMENSION Химия мел. карт. запечатка форзаца</t>
+  </si>
+  <si>
+    <t>985834</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4f0/rt4aktl4dqai275797aqazn8gep9ct49.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ Химия мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985835</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2ca/ar8jgxwtih5mz4qjrmm823sm32ttxxvv.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК Химия мел. карт. запечатка форзаца, глиттер</t>
+  </si>
+  <si>
+    <t>985836</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/48e/b3rjn5nvqg0u6qlg0kxmtl3y5gz5jctl.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48 листов, BG  quot;Мир будущего quot; - Обществознание, металлизированный картон</t>
   </si>
   <si>
     <t>Тетрадь предметная 48 листов, BG &amp;quot;Мир будущего&amp;quot; - Обществознание, металлизированный картон</t>
   </si>
   <si>
     <t>986143</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12a/zn74ytaor0sytqzll75gi8lqx28bnqz0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Persons, 48 листов, кл. лин., со спр. мат.  обечайка 12 штук </t>
   </si>
   <si>
     <t>992896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5a/dad3saudcshdusz587l0af10dvcmda0o.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48Л, СЕРИЯ  quot;SIMPLE BLACK quot; ИСТОРИЯ</t>
   </si>
   <si>
     <t>992927</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c41/6cj6pvvsjjpzsrhn4z3zsx0ykv74js2e.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;SIMPLE BLACK quot; ГЕОГРАФИЯ</t>
   </si>
   <si>
     <t>993844</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fea/qilvt6bqfscj4y7u93mo8rb2w7c215xz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Алгебра, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>995671</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/268/tfll26fckjrp6l55eo0r8oo2qrupwdnf.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995672</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/576/3wemwedlgutc82m4g6of6qx3ow58x7ks.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995673</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77a/atsbaw6cgfvbr7e45pdp96i328hsvjrt.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995674</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0df/glfngec3wr0l6nc16pedcdfnnwhhs10w.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995675</t>
@@ -4601,50 +5153,59 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>995677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/777/n9q4k0ehjt2ol9xc29umaoqqo2fu45np.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>995678</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/125/060c5mhaz6p20pkq6tv3w58ogth4rh3m.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>995679</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ed9/0yyxwpndmf3sca37nwr842rnr5pqzxp9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, География, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>995681</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e07/ufe80uv9qm9yxbpoih7382vpq4cvsw1u.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>995682</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c6/0e6k7tlgzvg3nndmt1tqou0kqlo0zlmj.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>995684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc8/k5a719w8nkvva8w6sq1ac0kzjit53ohh.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>995685</t>
@@ -4709,50 +5270,59 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995692</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbf/7vs6oo4pmkw36stiwquy3ogrwzxry99c.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/bjwgmico5g9vheahlnkca1s99shkd8vm.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995695</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ea5/u3w68f13pmkzrzj1zfv74flr1xyn5iu7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, История, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>995696</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/aaa/4tormtpzdgkfkcacy6sosfuukh9bqa9k.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, История, 48 листов, клетка</t>
   </si>
   <si>
     <t>995697</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c2/eciiye431p2sj1nked713ofxdhijcxk0.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, История, 48 листов, клетка</t>
   </si>
   <si>
     <t>995699</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/747/o5b1ru0xha88n4xzbez79vf45rwh7x82.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, История, 48 листов, клетка</t>
   </si>
   <si>
     <t>995700</t>
@@ -4772,50 +5342,59 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d1/6xu1iuhxo8ob2wy9y7iq3s3yy5u6qat4.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995703</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/892/m9xa7i1jgjezfpf5eyjd7iq632eze5h6.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995704</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bc1/dfv2gj6bvsa4g9v7qe6b27o6mfxx1o80.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Литература, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>995705</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/273/yzuapy5tyxmttomy85imrhbhj2rgimbh.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d69/6x812spq1wv4syrzs2vmuxuabx54595m.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe1/ic0ct9g0u2c3s82ogdxhd8i33upd6fc2.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995708</t>
@@ -5138,110 +5717,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dfc/jgp0vjvjb48cokmbuk4r2r93rkpmrdpt.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Робот quot; - Английский язык, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Робот&amp;quot; - Английский язык, эконом</t>
   </si>
   <si>
     <t>1002409</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a6a/tri7x7dewyr14k071pghy4fglbf28njp.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Single colour quot; - Английский язык, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Single colour&amp;quot; - Английский язык, эконом</t>
   </si>
   <si>
     <t>1002410</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/758/hdh5nn94dsgioaxpwbeiu6pvxyt3hkxg.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Крафт quot; - Английский язык, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Крафт&amp;quot; - Английский язык, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002411</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fd8/edi3ldjg9t7lyklf9uwpnh5g6e31r336.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Робот quot; - Биология, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Робот&amp;quot; - Биология, эконом</t>
   </si>
   <si>
     <t>1002412</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e0f/whbv0ox2c3f62l6rrqa16nz98tna1ux2.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Single colour quot; - Биология, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Single colour&amp;quot; - Биология, эконом</t>
   </si>
   <si>
     <t>1002413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e68/hjzyyuwf1zl523mr4fsnknl491y99h1w.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Дерево знаний quot; - Биология, soft-touch ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Дерево знаний&amp;quot; - Биология, soft-touch ламинация</t>
   </si>
   <si>
     <t>1002414</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d58/ldu5u3fec5216lzff5ylec8eh2b8y5iu.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Крафт quot; - Биология, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Крафт&amp;quot; - Биология, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002415</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/23a/r7hjq2rw182hvry39chyak1f4r73mfrm.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Робот quot; - География, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Робот&amp;quot; - География, эконом</t>
   </si>
   <si>
     <t>1002417</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ab/3ssa9kvr0vbrm9iiblw9fy238f21a3e3.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Single colour quot; - География, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Single colour&amp;quot; - География, эконом</t>
   </si>
   <si>
     <t>1002418</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/60a/c3ct2h6ya3tarzby4sg4t8s6z05ffld1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Крафт quot; - География, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Крафт&amp;quot; - География, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002419</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/01a/tnzrkf64t1epzh9tnoq0uykdy3jtiif0.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Робот quot; - Геометрия, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Робот&amp;quot; - Геометрия, эконом</t>
   </si>
   <si>
     <t>1002421</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/136/32r7wwym7i4qwc5s9ahn85le3zjetl32.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Single colour quot; - Геометрия, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Single colour&amp;quot; - Геометрия, эконом</t>
   </si>
   <si>
     <t>1002422</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d25/tfblufhtd5rczzhzzwz34e3brph2o40p.jpg</t>
@@ -5318,50 +5933,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/89a/rydpor05emcx9wxhsenjo3jtysq6izjz.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Single colour quot; - История, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Single colour&amp;quot; - История, эконом</t>
   </si>
   <si>
     <t>1002430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfe/9zp681rbu3unnjkse4c1tymrwxe4th1k.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Дерево знаний quot; - История, soft-touch ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Дерево знаний&amp;quot; - История, soft-touch ламинация</t>
   </si>
   <si>
     <t>1002431</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b3a/1ymt3mts4tcfqj1ityiarehbcfssfb6e.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Крафт quot; - История, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Крафт&amp;quot; - История, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002432</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5b9/9jsqwm0k27lmglka41pzm7up2ylov7ua.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Робот quot; - Литература, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Робот&amp;quot; - Литература, эконом</t>
   </si>
   <si>
     <t>1002435</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ab/td7hcdq4jqo1vqnpr2cysxo2uto3ah2s.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Glossy style quot; - Литература, матовая ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Glossy style&amp;quot; - Литература, матовая ламинация</t>
   </si>
   <si>
     <t>1002436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/432/fnqe259y6xxvopd9ylw5j2aanjyq8r07.jpg</t>
@@ -5450,179 +6077,236 @@
   <si>
     <t>http://anytos.ru//upload/iblock/97d/y7kat3to1jfxdlfewhmpuch0561bl6t9.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Single colour quot; - Русский язык, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Single colour&amp;quot; - Русский язык, эконом</t>
   </si>
   <si>
     <t>1002446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2b/aj4wlnqe1zabpei3tkb2xeba6det0dka.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Дерево знаний quot; - Русский язык soft-touch ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Дерево знаний&amp;quot; - Русский язык soft-touch ламинация</t>
   </si>
   <si>
     <t>1002447</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9b3/o8illo0zvco90de80qhupse6bz8csjo8.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Крафт quot; - Русский язык, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Крафт&amp;quot; - Русский язык, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002448</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/759/o41ppr1jkq9f8722dk3n218je0xzpbeg.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Точка РУ quot; - Русский язык, матовая ламинация, тиснение голографической фольгой, 70г м2</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Точка РУ&amp;quot; - Русский язык, матовая ламинация, тиснение голографической фольгой, 70г/м2</t>
   </si>
   <si>
     <t>1002449</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5dd/q36rh0uoqjcqpe5v1awk2ndv19cx0akp.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Робот quot; - Физика, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Робот&amp;quot; - Физика, эконом</t>
   </si>
   <si>
     <t>1002450</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b40/0gqx2w20yjcfx386tcsq6y9gx5o7zbos.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Single colour quot; - Физика, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Single colour&amp;quot; - Физика, эконом</t>
   </si>
   <si>
     <t>1002451</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/204/s3rqft1qy8bqvelky0ma43vtnt0gps2q.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Крафт quot; - Физика, матовая ламинация</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Крафт&amp;quot; - Физика, матовая ламинация</t>
+  </si>
+  <si>
+    <t>1002452</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3e7/xldih9bcmfov5zjm2nus0ilgao1fi278.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Робот quot; - Химия, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Робот&amp;quot; - Химия, эконом</t>
   </si>
   <si>
     <t>1002453</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b86/e5c87zdhzu3c256buvvhirmrvtyfwojs.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Single colour quot; - Химия, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Single colour&amp;quot; - Химия, эконом</t>
   </si>
   <si>
     <t>1002454</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a73/vbval2qqb0au0dn0moewmwti9d0nar49.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Дерево знаний quot; - Химия, soft-touch ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Дерево знаний&amp;quot; - Химия, soft-touch ламинация</t>
   </si>
   <si>
     <t>1002455</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0cf/drxti8zybm09ympsusckz1z130a5t6t7.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Крафт quot; - Химия, матовая ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Крафт&amp;quot; - Химия, матовая ламинация</t>
   </si>
   <si>
     <t>1002456</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4c6/x5u4iv6porhd88gysqrh007wqh52sxqe.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Русский язык, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>1004389</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a14/79gs50gpy6urs4u89wl4vhoau8q9r6hb.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CLASSIC 48 л., рельефный картон, матовая ламинация, АЛГЕБРА, клетка, подсказки, BRAUBERG, 405135</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;CLASSIC&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по алгебре формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Рельефная фактура придает изображениям оригинальность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1005561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3cb/qf63m1l172aeq4e2etn30qnqqkrvxl3l.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CREATIVE 48 л., обложка картон, АЛГЕБРА, клетка, подсказки, BRAUBERG, 405109</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;CREATIVE&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь 48 листов, формат А5 &amp;#40;165х202 мм&amp;#41;. Изготовлена из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы скреплены скобами. Блок линован в клетку, с красными полями. Обложка выполнена из мелованного картона плотностью 190 г/м2. Справочный материал для учащихся содержит ключевые сведения по школьному предмету.</t>
   </si>
   <si>
     <t>1005562</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f20/5r2pbqj42kmmcr1ucb26900pv709zs6d.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CLASSIC 48 л., рельефный картон, матовая ламинация, АНГЛИЙСКИЙ, клетка, подсказки, BRAUBERG, 405137</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;CLASSIC&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по английскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Рельефная фактура придает изображениям оригинальность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1005565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33d/vv53e5zfgki0p93v5konovgh5liuuo24.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CREATIVE 48 л., обложка картон, АНГЛИЙСКИЙ, клетка, подсказки, BRAUBERG, 405111</t>
   </si>
   <si>
     <t>1005566</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e6e/xuwinptpnyln4plg50v0canmu9li4iit.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная МЕМЫ 48 л., TWIN-лак, АНГЛИЙСКИЙ ЯЗЫК, клетка, подсказки, BRAUBERG, 405098</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по английскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1005568</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/423/j48u5kc5cbxrkm3o28pr0qnongn8o3xg.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная CLASSIC 48 л., рельефный картон, матовая ламинация, БИОЛОГИЯ, клетка, подсказки, BRAUBERG, 405138</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;CLASSIC&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по биологии формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Рельефная фактура придает изображениям оригинальность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1005569</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a09/jod4y35t6cd5lorp93ejgdoeey30mgxs.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CREATIVE 48 л., обложка картон, БИОЛОГИЯ, клетка, подсказки, BRAUBERG, 405112</t>
   </si>
   <si>
     <t>1005570</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e7/tjfh7x06t198300wqppy05p3hfh4srgq.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная МЕМЫ 48 л., TWIN-лак, БИОЛОГИЯ, клетка, подсказки, BRAUBERG, 405099</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по биологии формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1005572</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71d/mhi7w5rjaps9m6arx16mbg2x6oy0sqvn.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CLASSIC 48 л., рельефный картон, матовая ламинация, ГЕОГРАФИЯ, клетка, подсказки, BRAUBERG, 405139</t>
@@ -5720,59 +6404,83 @@
   <si>
     <t>1005582</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ff/0ruzyje1ovk7n9arfrjz8s7cmcatbq3w.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная КЛАССИКА ПРИРОДА 48 л., обложка картон, ИНФОРМАТИКА, клетка, подсказки, BRAUBERG, 405088</t>
   </si>
   <si>
     <t>1005583</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d5/geir25gbr3gm5549h6vff4g6gm69nfwn.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная МЕМЫ 48 л., TWIN-лак, ИНФОРМАТИКА, клетка, подсказки, BRAUBERG, 405102</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по информатике формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1005584</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/33b/uqx4ilsj83p4s4gdy1fcqs1mwaldvsxr.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная CLASSIC 48 л., рельефный картон, матовая ламинация, ИСТОРИЯ, клетка, подсказки, BRAUBERG, 405142</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;CLASSIC&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по истории формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Рельефная фактура придает изображениям оригинальность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1005585</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/933/cwgrmop2rv6w2j7h1ur4u0m3uqviqxis.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CREATIVE 48 л., обложка картон, ИСТОРИЯ, клетка, подсказки, BRAUBERG, 405116</t>
   </si>
   <si>
     <t>1005586</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/804/wojwn3edo0x237hvodb6d0fti0c2s9u9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная МЕМЫ 48 л., TWIN-лак, ИСТОРИЯ, клетка, подсказки, BRAUBERG, 405103</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по истории формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1005588</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f3c/4tgpjzlzbvdpj7bvwzc1gjqm961h0uco.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CLASSIC 48 л., рельефный картон, матовая ламинация, ОБиЗР, клетка, подсказки, BRAUBERG, 405147</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;CLASSIC&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по ОБиЗР формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Рельефная фактура придает изображениям оригинальность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1005590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d57/bn8d2oui6o3qvy243c6khhh5se5bj2nd.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CREATIVE 48 л., обложка картон, ОБиЗР, клетка, подсказки, BRAUBERG, 405121</t>
   </si>
   <si>
     <t>1005591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d4/huxsr60fdggrfudp9tk9ob3f2xsf06ry.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная КЛАССИКА ПРИРОДА 48 л, обложка картон, ОБиЗР, клетка, подсказки, BRAUBERG, 405094</t>
@@ -5909,62 +6617,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/678/dj7wp8hkm2etkx97dbh3i9y69mxdc5uc.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная КЛАССИКА ПРИРОДА 48 л., обложка картон, ХИМИЯ, клетка, подсказки, BRAUBERG, 405093</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КЛАССИКА ПРИРОДА&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по химии 48 листов, формат А5 &amp;#40;165х202 мм&amp;#41;. Изготовлена из высококачественной офсетной бумаги 100&amp;#37; белизны плотностью 60 г/м2. Листы соединены скобами. Линовка блока – в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
   </si>
   <si>
     <t>1005604</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c10/8g8uuc4jcrplrybl55qhsr192h7if2ie.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная МЕМЫ 48 л., TWIN-лак, ХИМИЯ, клетка, подсказки, BRAUBERG, 405107</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по химии формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1005605</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bf0/ukvix09rfkel7oaecoti5fm1vlfkvxgs.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd7/19ju6pkvl2bdw274uprk2xeg68hw741f.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;КОЛОР quot; 36 л., обложка мелованная бумага, АЛГЕБРА, клетка, BRAUBERG, 405069</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG серии &amp;quot;КОЛОР&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном классическом дизайне. Тетрадь по информатике формата А5 &amp;#40;165х205 мм&amp;#41; содержит 36 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны. Листы соединены скобами. Блок разлинован в клетку с красными полями. Обложка выполнена из мелованной бумаги плотностью 170 г/м2. На обратной стороне обложки размещена основная справочная информация по школьному предмету.</t>
   </si>
   <si>
     <t>1006420</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/423/ad7c2ca21lykkyo3di0wrj2vzua1sm3j.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная ДАТЫ 48 л., TWIN-лак, АЛГЕБРА, клетка, подсказ, BRAUBERG, 405122</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;ДАТЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по алгебре формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1006422</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fda/xypazzptv1ft0kc5eyyxy482oyvtwn6n.jpg</t>
@@ -6239,62 +6935,50 @@
   <si>
     <t>1006455</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/564/2fl0ufcxvtze958uujp3omoc8hca88vv.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CREATIVE 48 л., обложка картон, РУССКИЙ ЯЗЫК, линия, подсказ, BRAUBERG, 405118</t>
   </si>
   <si>
     <t>1006456</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/294/lp0y2007lcrhni7i7qdtkjhtsox0dkfg.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная ДАТЫ 48 л., TWIN лак, РУССКИЙ ЯЗЫК, линия, подсказ, BRAUBERG, 405131</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;ДАТЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по русскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в линию, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1006458</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/787/jq0vjq96gnxfsoosvmdwtuh4bin2fs3d.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cb5/l6f0dzb5nifkt2vu5331bj027ayt6vah.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная МЕМЫ 48 л., TWIN-лак, РУССКИЙ ЯЗЫК, линия, подсказ, BRAUBERG, 405105</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по русскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в линию, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1006460</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdf/9cwifwwk0dz2vz2o5te9r0thovsgmumk.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;КОЛОР quot; 36 л., обложка мелованная бумага, ФИЗИКА, клетка, BRAUBERG, 405079</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG серии &amp;quot;КОЛОР&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном классическом дизайне. Тетрадь по физике формата А5 &amp;#40;165х205 мм&amp;#41; содержит 36 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны. Листы соединены скобами. Блок разлинован в клетку с красными полями. Обложка выполнена из мелованной бумаги плотностью 170 г/м2. На обратной стороне обложки размещена основная справочная информация по школьному предмету.</t>
   </si>
   <si>
     <t>1006461</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/494/ap146htcq515qtt45q3mrxjow5bncbcx.jpg</t>
@@ -6335,176 +7019,176 @@
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ Алгебра мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007289</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c43/jklywp2e809pg0ttnffe2ide7d8ipd60.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЛЮБОПЫТНЫЙ КОТИК Алгебра мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>1007291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fc/sxwy740gosw1aktg3t5xsjp74oaogz16.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ Алгебра мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007292</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ff3/xeeufiyer9xes3l6qjx287gxjpw5azc4.jpg</t>
-[...5 lines deleted...]
-    <t>1007295</t>
+    <t>http://anytos.ru//upload/iblock/bb2/8ddzqcf1tl1isvlvgzao6ut664r2aogr.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЭСТЕТИКА ПРЕДМЕТОВ Алгебра мел. карт. запечатка форзаца, твин-лак</t>
+  </si>
+  <si>
+    <t>1007293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f18/k5db3i1epelxyerkxpu5whfvuooev4ls.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ Анг.язык мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e14/qln4f836enfxxukpmmo1pn6ay5q9zhit.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЛЮБОПЫТНЫЙ КОТИК Анг.язык мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>1007298</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39c/yiv9273n4cn7lupnplss44zt7xxr55j9.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ Анг.язык мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007299</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/22f/sjs0v1elvv4dlc1ins2k9cx23dox26wy.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0ce/3hevd36k45xjybhgaddpg4y74j8dd8hh.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ Биология мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007303</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/59b/sp0fnrxw0qqvmc31g0xn5qods2ut54d4.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЛЮБОПЫТНЫЙ КОТИК Биология мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>1007305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f77/6h3vketa4brfi93fol7olr05pz78ey53.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ Биология мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007306</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b2a/k840vnux4qohguz89cr6lx5n9szi985y.jpg</t>
-[...5 lines deleted...]
-    <t>1007308</t>
+    <t>http://anytos.ru//upload/iblock/e9f/0m6wvg4klev9bxs0vhe2jshpf2thkmcx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЭСТЕТИКА ПРЕДМЕТОВ Биология мел. карт. запечатка форзаца, твин-лак</t>
+  </si>
+  <si>
+    <t>1007307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d1/qend84awrvhrq0ymgmoe4p51i4689u3v.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ География мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ea/54fxfa1l4c9ggfb52qdnvp7ldqa9mdns.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЛЮБОПЫТНЫЙ КОТИК География мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>1007311</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/901/ndflu72vx9ixej69gra8g1t52xmjf9qe.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ География мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007312</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a61/qm52plso0grwutsbumosfynbt3bxghiv.jpg</t>
-[...5 lines deleted...]
-    <t>1007314</t>
+    <t>http://anytos.ru//upload/iblock/d88/ww2e65inoht38h1vqi920qgg9ye4tnem.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЭСТЕТИКА ПРЕДМЕТОВ География мел. карт. запечатка форзаца, твин-лак</t>
+  </si>
+  <si>
+    <t>1007313</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/649/zelvnp9yt1ip6us555z1x6jtu1pobd53.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ Геометрия мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007315</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bb7/45z9frxsb07gi5w64hcq6dq5uj338p7a.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЖИДКИЙ МЕТАЛЛ Геометрия мел. карт., твин-лак</t>
+  </si>
+  <si>
+    <t>1007316</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/440/cljgrtw853mk61mezwjv60p9m7a4s79m.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЛЮБОПЫТНЫЙ КОТИК Геометрия мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>1007317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49e/22yhlx3c8dlrgkw5pkuq3l8q7hc91e8p.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ Геометрия мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007318</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9d4/6alg3r8wq1yu3r8c6ohi06yl921kz6uz.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat TOTAL BLACK Информат. мел. карт., твин-лак</t>
   </si>
   <si>
     <t>1007320</t>
@@ -6515,185 +7199,239 @@
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ Информат. мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007321</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/35e/1z3d1tvy930ghslaynrwrxn797yz87w2.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЖИДКИЙ МЕТАЛЛ Информат. мел. карт., твин-лак</t>
   </si>
   <si>
     <t>1007322</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd4/8lvkij6122kz4bum9uhq2klz5yvfcf7q.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ Информат. мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007323</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e38/zblq11caqyqxl8tdsj1b2r45su0kpc84.jpg</t>
-[...5 lines deleted...]
-    <t>1007325</t>
+    <t>http://anytos.ru//upload/iblock/84b/4ctqifzt4g4bt9hf1r3l6rbwfvp9qdi6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЭСТЕТИКА ПРЕДМЕТОВ Информат. мел. карт. запечатка форзаца, твин-лак</t>
+  </si>
+  <si>
+    <t>1007324</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3e/38t6tzxiza4ypbtgvqb8urxfikz3b3pw.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ История мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f4/bjvn6eqqd0nw13u15n51ptqwfmlpjahr.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЛЮБОПЫТНЫЙ КОТИК История мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>1007328</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76a/0ffnjw310ouq1gbato761i19bkqpqqvq.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ История мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007329</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/33e/cb7sp0v47fzrgmicvoq45z02ict9rtev.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЭСТЕТИКА ПРЕДМЕТОВ История мел. карт. запечатка форзаца, твин-лак</t>
+  </si>
+  <si>
+    <t>1007330</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/880/dyfzk2tg5dkj2ay2kf822iczqy9pkwx3.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ Универсал. мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007332</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/326/bom2723jteb5fnfq4iu7lm68vz9t2ah5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЖИДКИЙ МЕТАЛЛ Универсал. мел. карт., твин-лак</t>
+  </si>
+  <si>
+    <t>1007333</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1c7/svi4kahjgucn5c4jbte2h7ld3wznfeng.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ Универсал. мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007334</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d64/301go125q7fwgirriiz3e8wjapzmuorg.jpg</t>
-[...5 lines deleted...]
-    <t>1007336</t>
+    <t>http://anytos.ru//upload/iblock/2ce/ozja64nnpu7cbfdpso44qvv7xd9j4tpi.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЭСТЕТИКА ПРЕДМЕТОВ Обществозн. мел. карт. запечатка форзаца, твин-лак</t>
+  </si>
+  <si>
+    <t>1007335</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b6/xapcv3tdu6dgism613sqjgxpy6thfnzp.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ Физика мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007337</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/318/95fkxuvd1puhmgszpjf8dvuti9mki0ja.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЖИДКИЙ МЕТАЛЛ Физика мел. карт., твин-лак</t>
+  </si>
+  <si>
+    <t>1007338</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/99b/fp39yifobgyj0zket20ytgkxzeg72l3k.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЛЮБОПЫТНЫЙ КОТИК Физика мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>1007339</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a4/h7m4qua7h4050vxpn5lemfi88m3maa2j.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ Физика мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007340</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/59b/ut08jf822jcgeqsmoht1h047rg2i0xa0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЭСТЕТИКА ПРЕДМЕТОВ Физика мел. карт. запечатка форзаца, твин-лак</t>
+  </si>
+  <si>
+    <t>1007341</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/404/o15pljyebe9g3v4g1nokbna6g9n245p6.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat TOTAL BLACK Химия мел. карт., твин-лак</t>
   </si>
   <si>
     <t>1007342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5fe/bn0v5andjaj1r5xh956vesgphw7bl1yc.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ Химия мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18d/0t3cnl2eh0jj0q9xd323k41raal1gwlr.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЖИДКИЙ МЕТАЛЛ Химия мел. карт., твин-лак</t>
   </si>
   <si>
     <t>1007344</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/666/s66slm3gddww4q6e0lrdo50fcc8s6x5o.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЛЮБОПЫТНЫЙ КОТИК Химия мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>1007345</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/492/7p1tv4smxbkuh1r1bionbzlysrhi5inf.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat НАТУРАЛЬНЫЙ ГРАДИЕНТ Химия мел. карт., мат.лам., фольга</t>
   </si>
   <si>
     <t>1007346</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1c9/9ux0p8f7gbteyewriwike4plnw66pv6z.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat УНИКАЛЬНЫЙ ПОДХОД Химия мел. карт. запечатка форзаца, спл. УФ-лак</t>
+  </si>
+  <si>
+    <t>1007347</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/342/mi4i0l3haki6pcphhvmqdczj04vil523.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЭСТЕТИКА ПРЕДМЕТОВ Химия мел. карт. запечатка форзаца, твин-лак</t>
+  </si>
+  <si>
+    <t>1007348</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e1a/id9uxuxmnex4nrqrjx9bxrku0280fwln.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ  quot;SIMPLE BLACK quot;  коробка SOFT TOUCH голубая </t>
   </si>
   <si>
     <t>НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ &amp;quot;SIMPLE BLACK&amp;quot; &amp;#40;коробка SOFT TOUCH голубая&amp;#41;</t>
   </si>
   <si>
     <t>1008108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd8/8ez2v6tyolndch8rg22q9eck4i8twngr.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ  quot;SIMPLE BLACK quot;  коробка SOFT TOUCH серая </t>
   </si>
   <si>
     <t>НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ &amp;quot;SIMPLE BLACK&amp;quot; &amp;#40;коробка SOFT TOUCH серая&amp;#41;</t>
   </si>
   <si>
     <t>1008109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f1e/msgxjh2dkw7mmgpt01g4yh23lk98sxkm.jpeg</t>
@@ -6782,50 +7520,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2e8/2x3iglqhazs3zzljdazwvi2sc55wzhqb.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;STONE COLOR quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;STONE COLOR&amp;quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>1008117</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad8/wx81v1hval92q0thnyzfqyd4qpmftt5q.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;СОЗВЕЗДИЕ quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;СОЗВЕЗДИЕ&amp;quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>1008118</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/278/vjtqoerrgnsc0gg3mm3it6qys20wlqmx.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;STONE COLOR quot; БИОЛОГИЯ</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;STONE COLOR&amp;quot; БИОЛОГИЯ</t>
+  </si>
+  <si>
+    <t>1008119</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/342/nhxks25yjnjikczjz68lxsmvwftfbyoz.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;СОЗВЕЗДИЕ quot; БИОЛОГИЯ</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;СОЗВЕЗДИЕ&amp;quot; БИОЛОГИЯ</t>
   </si>
   <si>
     <t>1008120</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/785/5yhwsfgkdixd8eiv5gjgdfveuw1xpjk3.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;СОЗВЕЗДИЕ quot; ГЕОГРАФИЯ</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;СОЗВЕЗДИЕ&amp;quot; ГЕОГРАФИЯ</t>
   </si>
   <si>
     <t>1008121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e59/obltzrflq20y8j22g59e22we9zb84ced.jpeg</t>
@@ -6854,50 +7604,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c5e/74540rk2qo57n8zgdzupugyr91u3l57y.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;STONE COLOR quot; ИНФОРМАТИКА</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;STONE COLOR&amp;quot; ИНФОРМАТИКА</t>
   </si>
   <si>
     <t>1008124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27a/ecz5fzkxuwuepdiqu1988avqk2kxxhlu.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;СОЗВЕЗДИЕ quot; ИНФОРМАТИКА</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;СОЗВЕЗДИЕ&amp;quot; ИНФОРМАТИКА</t>
   </si>
   <si>
     <t>1008125</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bd8/msr2k1ur20ar0gupbh5nynd6tm2las19.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;STONE COLOR quot; ИСТОРИЯ</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;STONE COLOR&amp;quot; ИСТОРИЯ</t>
+  </si>
+  <si>
+    <t>1008126</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5bb/xvs4ezz9mt3n5jae552p90te21xpepgn.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;СОЗВЕЗДИЕ quot; ИСТОРИЯ</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;СОЗВЕЗДИЕ&amp;quot; ИСТОРИЯ</t>
   </si>
   <si>
     <t>1008127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8bb/1cua12ms0k4jdc8ugegjnjpvxgl2694z.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;СОЗВЕЗДИЕ quot; ЛИТЕРАТУРА</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;СОЗВЕЗДИЕ&amp;quot; ЛИТЕРАТУРА</t>
   </si>
   <si>
     <t>1008128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5dc/p0vkx5434vn94tk8uuyv0331z649g5ew.jpeg</t>
@@ -7106,86 +7868,95 @@
   <si>
     <t>Тетрадь общая ученическая ErichKrause DogTone, Русский язык, 48 листов, линейка, выборочный УФ-лак</t>
   </si>
   <si>
     <t>1008965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4a/a79ppe1v3h40gvio5c4j7xwspyfnsr4u.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause DogTone, Физика, 48 листов, клетка, выборочный УФ-лак</t>
   </si>
   <si>
     <t>1008966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d15/rxtw7bunuds38yhl8831c1xy3fqphy6b.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause DogTone, Химия, 48 листов, клетка, выборочный УФ-лак</t>
   </si>
   <si>
     <t>1008967</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d7e/pnqmn7ugp2z79sfkztp6psirxk2cy39b.jpg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48Л. СЕРИЯ  quot;STONE COLOR quot; ГЕОГРАФИЯ</t>
+  </si>
+  <si>
+    <t>Стильная обложка предметной тетради серии STONE COLOR разработана в лучших традициях компании Альт. Она выполнена из плотного картона 235 г/кв.м, покрыта матовой ламинацией и дополнена конгревным тиснением. Блок изготовлен из белой офсетной бумаги плотностью 60 г/кв.м. Линовка блока - клетка с полями - точно совпадает с лицевой и оборотной сторонами листа. 48 листов блока и обложка надежно скреплены двумя металлическими скобами. Углы тетради скруглены. Пять страниц справочного материала отличное подспорье в деле освоения новых знаний.</t>
+  </si>
+  <si>
+    <t>1009853</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4d/06au1ha8dj7lr0j1setbo8h5auzmssuq.jpg</t>
+  </si>
+  <si>
+    <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48Л. СЕРИЯ  quot;STONE COLOR quot; ХИМИЯ</t>
+  </si>
+  <si>
+    <t>1009854</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a82/4josnvu263gdti8213mcyfq4lso11q4k.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., SoftTouch, BRAUBERG  quot;VINTAGE quot;, 405183</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;VINTAGE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с серой линовкой и серыми полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Ламинация SoftTouch обеспечивает обложке мягкий, бархатистый тактильный эффект. В справочном материале собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1010527</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a99/q986bvgsjpufuqyrpmfql2s6e3rrg5tr.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., SoftTouch, BRAUBERG  quot;РИТМ quot;, 405181</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;РИТМ&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с серой линовкой и серыми полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Ламинация SoftTouch обеспечивает обложке мягкий, бархатистый тактильный эффект. В справочном материале собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1010528</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a5f/qt4gccsggg6hjcveyheut6ci9zcjv9zd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3ee/bdb6y1dzfuph2799mnlotmqqpor3c85m.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., глянцевый УФ-лак, BRAUBERG  quot;GLITCH quot;, 405170</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;GLITCH&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Благодаря глянцевому лаку краски на изображении становятся более яркими и насыщенными. В справочном материале собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1010531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b76/3xk5cts1j3h2gfz7z97eqels505zdu2s.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., глянцевый УФ-лак, BRAUBERG  quot;ILLUSION quot;, 405171</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;ILLUSION&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Благодаря глянцевому лаку краски на изображении становятся более яркими и насыщенными. В справочном материале собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1010532</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8fc/8bg26ww96a4zft1pktkv0c2ld28rstxm.jpg</t>
@@ -7512,50 +8283,590 @@
     <t>1011378</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f43/b69tl0kp0kyrsx1mij4plwz21vfg1pid.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Noir, Физика, 48 листов, клетка, ламинация soft-touch выборочный УФ-лак</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Noir, Физика, 48 листов, клетка, ламинация soft-touch&amp;#43;выборочный УФ-лак</t>
   </si>
   <si>
     <t>1011379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b09/dejplxkz9rplsjp6tkwlt6guz34tsp1l.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Noir, Химия, 48 листов, клетка, ламинация soft-touch выборочный УФ-лак</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Noir, Химия, 48 листов, клетка, ламинация soft-touch&amp;#43;выборочный УФ-лак</t>
   </si>
   <si>
     <t>1011380</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d8/bbnuaiyaa3hixoh4ehpadqdq4zvc3hyo.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических ErichKrause Noir, 48 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
+  </si>
+  <si>
+    <t>Комплект тетрадей общих ученических ErichKrause Noir, 48 листов, клетка/линейка, со справочным материалом &amp;#40;обечайка 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1012775</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/688/zeyx5o6ymft2eonbu8v0it2reaelif5w.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке ErichKrause Black Diamond, 48 листов, кл. лин., со спр. мат.  в коробке 10 штук </t>
+  </si>
+  <si>
+    <t>Комплект тетрадей общих ученических в пластиковой обложке ErichKrause Black Diamond, 48 листов, кл./лин., со спр. мат. &amp;#40;в коробке 10 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>1012776</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/feb/rcp0kyypbu0f50e8kiu2pdnzkaqyuwsn.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, Алгебра, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012777</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/86e/pahu5qtgvw3fyqdw6sww4lmkan1bzppn.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Алгебра, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012778</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/671/uxk4rq7vwbtz58h9bgz335s63y2o22xx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause PASTEL, сиреневый, Алгебра, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012779</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83d/gbm5vvfw2mvs3oy1yjmsg4e3pcpogm0u.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Алгебра, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012780</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b4e/fuaymxzidgmuquluwbyrq676wao1z93f.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, Алгебра, 36 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012781</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e4/ii8tj6wt80kl3dcie31wm3dr5ulbjqpj.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, Английский язык, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/757/kzdhs98tt9tti1q9k4j3qqxi01g3of18.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, Английский язык, 36 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012783</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2cf/100okm0tq78q1i8lboxae24a93iocrm6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, Биология, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09a/wzkasccgsdw34om3ubelun88vuv984v0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Биология, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5d/53vaf60mj79weontpzierwjhl65ekkuz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Биология, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3e/hkkdmnmx3b75m2o4tp8pn4fdku46avq6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, Биология, 36 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012787</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfb/iydnaodjah256yir4j0bbju2rghxomc1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, География, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4a0/nsyhkv28r24vlyb0ydfjnjjwgzhppm32.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, География, 36 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012789</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/321/cam2xg23skk0z0o5pvxb91yuq2344qb6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, Геометрия, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/450/taawdsiwh6ipb3gemf21jnw4nefyhyix.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Геометрия, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93b/qg5zlzcze2jj6f844gi0z43zr6fbrlu1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Геометрия, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/21f/2pgvns204k9ku5h23txt2jwajhle8h89.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, Геометрия, 36 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b34/644udbyqc1cx2nfdorqnbqxuxmrbwo8k.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, История, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012794</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24f/56x7v7oavi3zurfllbe33yys40vryps5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, История, 36 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/944/z00si3lrx3v54965u2bzxl8mndk1m3us.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause Зри в корень, Литература, 48 листов, линейка, дизайнерский картон на обложку, трафаретная печать</t>
+  </si>
+  <si>
+    <t>1012796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d6/undj67qdsuu5of4dyrugor62prmdfyu5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, Литература, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>1012797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a04/b3pmhqwzsefjohbmdy3wzxkl4e1xpzrp.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, Литература, 36 листов, линейка</t>
+  </si>
+  <si>
+    <t>1012798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dfb/m6yzzaj9wc6ho4tor2on43vhddmy19zw.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause Ассоциации, Обществознание, 48 листов, клетка, матовая ламинация   тиснение фольгой</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause Ассоциации, Обществознание, 48 листов, клетка, матовая ламинация &amp;#43; тиснение фольгой</t>
+  </si>
+  <si>
+    <t>1012799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aee/v7txrkgro60wkx5l7ajt2an7kqcf1m02.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, Обществознание, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef6/s2rnnpnrblupo3zprtc3r6flotp4367t.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, Обществознание, 36 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012801</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/770/wsi0q1prrr9eu8r8l0cxzv8n5zj999i9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause Зри в корень, Русский язык, 48 листов, линейка, дизайнерский картон на обложку, трафаретная печать</t>
+  </si>
+  <si>
+    <t>1012802</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/584/qrgkh77xphuumq6hcfcf8cwjtwo5ev9d.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, Русский язык, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>1012803</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/424/jm5b67tsvt63ncloht9w79mmfppmipgz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, Русский язык, 36 листов, линейка</t>
+  </si>
+  <si>
+    <t>1012804</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/36e/ahzyg4zink2xwnsdxx8wbsd1cusvwk0e.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Black Diamond, Физика, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012805</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/32f/8jup1gcjed9xsn4d7gcysuo97d8v010w.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Физика, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ce/kf2n6e24bttaxy479eyctpi12lqtnjcy.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Физика, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012807</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea0/r9npkalbctbcuj0jr4is9uczi1k6ziti.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая ErichKrause Gradient, Физика, 36 листов, клетка</t>
+  </si>
+  <si>
+    <t>1012808</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4c/h9cehyt8mstqutpjs29lind388nxovig.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Химия, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012809</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5bd/yjwui8p0j4hn3lsgmhqnednqum5zxi74.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Химия, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1012810</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1c/jd6l8p74k24t28yqesk7gsi7lhtgsr10.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause К доске , Английский язык, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая ErichKrause К доске!, Английский язык, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1013666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e4b/khe2ez2tef1nvqzei4ylx03fc4i8sobh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Английский язык, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013667</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/368/6nuq1ac8jfqzsp8bghx35sc5b77pf1o7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Английский язык, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a07/5wrl6qfspmjj1ok4cyj7n60wojkt73nx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause NEON, зеленый, Биология, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1013669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fca/uprp8x5f21dpmqlscvwe0col8c1p4j1o.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, География, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d7/dt243ybsjc8354mpuyk89c1xn8x6mtle.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, География, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/042/9tmgq2q1bo9wdooc3cwfz68iwew2ua4n.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Информатика, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1f/hi0gcgsmzq7vhm3slutxcw0b7h0v0vz3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Информатика, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55c/g2wntqt1ocrpxrvswyiott36hf8d3bjx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, История, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013674</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/743/miqhoh3mqtxpakod9o8p2n9t82j0n1sp.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, История, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013675</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/281/i9tux0ugzvaps3eg5yr0ujp91duqkng2.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Литература, 48 листов, линейка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013676</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87c/nqet6kssxdi9wt03bs0xp01xaoprdcg9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Литература, 48 листов, линейка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013677</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b8/9vsl9la11l8498qfoyvu4u147v2olu05.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Обществознание, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013678</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4b/jfax99a5guxrc9jzw5r4okbqjjfxiizt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Обществознание, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013679</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/01c/zpvvd9k7m3dqn0z151ptezqkpcfp78uu.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Русский язык, 48 листов, линейка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/750/jxlf8kpdt1x3olw0x6ku2v5evcrubf91.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Русский язык, 48 листов, линейка MIX-PACK</t>
+  </si>
+  <si>
+    <t>1013681</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac6/dwfykbx5nyguj78wrz6a21qvbcl11phf.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause As easy as ABC, ХИМИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>1013682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/434/2pd1fzgo21u1avxlz7mbyekvmpzhjsqo.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., TWIN лак, BRAUBERG  quot;ДАТЫ quot;, 405173</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;ДАТЫ&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1015136</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/477/tnsmx4ut5xij7i18h7o2cjazxphg69e7.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., TWIN лак, BRAUBERG  quot;МЕМЫ quot;, 405172</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1015137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfd/z5f4ig6w8mpkwkcxdunatwvsm4fvqxx6.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., матовая ламинация, лак, BRAUBERG  quot;MAJESTIC BLACK quot;, 405177</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;MAJESTIC BLACK&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Матовое покрытие с выборочным глянцевым лаком обеспечивает обложке яркий визуальный эффект. В справочном материале собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1015138</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07b/kut0n93xa8yhg6c38g2iv514h4l8u2pa.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 13 ПРЕДМЕТОВ, 48 л., матовая ламинация, BRAUBERG  quot;MONOCOLOR quot;, 405175</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;MONOCOLOR&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 13 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия, ОБиЗР.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Матовое покрытие придает обложке мягкий тактильный эффект. В справочном материале собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1015139</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -7882,57 +9193,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J691"/>
+  <dimension ref="A1:J823"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G691" sqref="G691"/>
+      <selection pane="bottomRight" activeCell="G823" sqref="G823"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -7973,15832 +9284,18868 @@
       </c>
       <c r="F4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="D11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C11" s="1" t="s">
+      <c r="F11" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="3" t="s">
+      <c r="G11" s="3" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="C12" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F12" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="F13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" s="3" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="D15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="D17" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C18" s="1" t="s">
+      <c r="D18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="D18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="3" t="s">
+      <c r="F21" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="F21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G21" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>92</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>94</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="G23" s="3" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>195</v>
+        <v>96</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>204</v>
+        <v>95</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>205</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>207</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>208</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>204</v>
+        <v>95</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>209</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>211</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>212</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>204</v>
+        <v>95</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>213</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>216</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F53" s="3" t="s">
-        <v>222</v>
+        <v>95</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>223</v>
+        <v>96</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B54" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F54" s="3" t="s">
-        <v>204</v>
+        <v>95</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F55" s="3" t="s">
-        <v>222</v>
+        <v>95</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>223</v>
+        <v>96</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="B56" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F56" s="3" t="s">
-        <v>222</v>
+        <v>20</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>223</v>
+        <v>26</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F57" s="3" t="s">
-        <v>204</v>
+        <v>20</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B58" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F58" s="3" t="s">
-        <v>204</v>
+        <v>20</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B59" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F59" s="3" t="s">
-        <v>222</v>
+        <v>20</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>223</v>
+        <v>57</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="B60" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F60" s="3" t="s">
-        <v>222</v>
+        <v>20</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>223</v>
+        <v>57</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="B61" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F61" s="3" t="s">
-        <v>222</v>
+        <v>20</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>223</v>
+        <v>57</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B62" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="F63" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G63" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="D64" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F64" s="3" t="s">
-        <v>49</v>
+        <v>261</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="D65" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="F65" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="G65" s="3" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>274</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>275</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>49</v>
+        <v>261</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>279</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>49</v>
+        <v>270</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>50</v>
+        <v>271</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>282</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>283</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>49</v>
+        <v>270</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>50</v>
+        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>284</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>285</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>286</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>287</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>49</v>
+        <v>261</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>288</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>290</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>291</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>49</v>
+        <v>261</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>292</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>293</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>295</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>49</v>
+        <v>270</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>50</v>
+        <v>271</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>296</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>297</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>299</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>49</v>
+        <v>270</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>50</v>
+        <v>271</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>303</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>49</v>
+        <v>95</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>305</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>306</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>307</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>311</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>312</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>313</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>314</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>315</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>317</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>318</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>319</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>320</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>321</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>322</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>323</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>325</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>326</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>327</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>328</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>329</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>330</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>331</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>333</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>334</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>335</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>336</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>337</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>338</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>339</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>340</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>341</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>342</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>343</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>344</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>345</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>346</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>347</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>348</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>349</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>350</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>351</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>43</v>
+        <v>270</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>353</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>354</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>355</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>356</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>357</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>358</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>359</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>360</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>361</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>362</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>363</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F89" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B89" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G89" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>217</v>
+        <v>90</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>43</v>
+        <v>364</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>43</v>
+        <v>364</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>43</v>
+        <v>364</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>43</v>
+        <v>364</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>43</v>
+        <v>364</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>43</v>
+        <v>364</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>43</v>
+        <v>364</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>195</v>
+        <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>217</v>
+        <v>90</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>482</v>
+        <v>495</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>482</v>
+        <v>499</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>482</v>
+        <v>503</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>482</v>
+        <v>507</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>501</v>
+        <v>508</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>502</v>
+        <v>509</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>504</v>
+        <v>511</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>505</v>
+        <v>512</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>504</v>
+        <v>519</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>504</v>
+        <v>523</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>504</v>
+        <v>527</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>518</v>
+        <v>529</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>519</v>
+        <v>530</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>504</v>
+        <v>531</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>521</v>
+        <v>533</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>504</v>
+        <v>535</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>523</v>
+        <v>536</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>524</v>
+        <v>537</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>525</v>
+        <v>538</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>482</v>
+        <v>539</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>482</v>
+        <v>543</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>529</v>
+        <v>544</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>530</v>
+        <v>545</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>531</v>
+        <v>546</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>482</v>
+        <v>547</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>532</v>
+        <v>548</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>534</v>
+        <v>550</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>482</v>
+        <v>551</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>535</v>
+        <v>552</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>536</v>
+        <v>553</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>537</v>
+        <v>554</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>482</v>
+        <v>555</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>538</v>
+        <v>556</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>539</v>
+        <v>557</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>540</v>
+        <v>558</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>541</v>
+        <v>559</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>542</v>
+        <v>560</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>543</v>
+        <v>561</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>544</v>
+        <v>562</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>541</v>
+        <v>563</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>545</v>
+        <v>564</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>546</v>
+        <v>565</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>547</v>
+        <v>566</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>541</v>
+        <v>563</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>548</v>
+        <v>567</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>549</v>
+        <v>568</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>550</v>
+        <v>569</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>541</v>
+        <v>563</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>551</v>
+        <v>570</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>552</v>
+        <v>571</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>553</v>
+        <v>572</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>541</v>
+        <v>563</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>554</v>
+        <v>573</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>555</v>
+        <v>574</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>556</v>
+        <v>575</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>482</v>
+        <v>563</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>557</v>
+        <v>576</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>558</v>
+        <v>577</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>559</v>
+        <v>578</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>482</v>
+        <v>563</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>560</v>
+        <v>579</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>561</v>
+        <v>580</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>562</v>
+        <v>581</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>482</v>
+        <v>563</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>563</v>
+        <v>582</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>564</v>
+        <v>583</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>565</v>
+        <v>584</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>567</v>
+        <v>586</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>568</v>
+        <v>587</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>569</v>
+        <v>588</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>570</v>
+        <v>589</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>571</v>
+        <v>590</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>572</v>
+        <v>591</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>573</v>
+        <v>592</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>574</v>
+        <v>593</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>575</v>
+        <v>594</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>566</v>
+        <v>585</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>576</v>
+        <v>595</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>577</v>
+        <v>596</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>578</v>
+        <v>597</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>580</v>
+        <v>598</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>581</v>
+        <v>599</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>582</v>
+        <v>600</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>584</v>
+        <v>601</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>195</v>
+        <v>48</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="C151" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="B151" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D151" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>589</v>
+        <v>605</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>590</v>
+        <v>606</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>592</v>
+        <v>607</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>594</v>
+        <v>609</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>597</v>
+        <v>611</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>599</v>
+        <v>563</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>600</v>
+        <v>613</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>601</v>
+        <v>614</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>603</v>
+        <v>563</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>604</v>
+        <v>616</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>195</v>
+        <v>48</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>606</v>
+        <v>618</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>607</v>
+        <v>563</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>195</v>
+        <v>48</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>609</v>
+        <v>620</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>610</v>
+        <v>621</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>611</v>
+        <v>563</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>616</v>
+        <v>563</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>628</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>640</v>
+        <v>563</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>644</v>
+        <v>563</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>648</v>
+        <v>563</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>657</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>658</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>659</v>
       </c>
       <c r="C169" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F169" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B170" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="C170" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="C170" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F170" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="B171" s="1" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>666</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>667</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
         <v>668</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>669</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>694</v>
+        <v>703</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>699</v>
+        <v>710</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>700</v>
+        <v>711</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>702</v>
+        <v>714</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>702</v>
+        <v>715</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>703</v>
+        <v>716</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>704</v>
+        <v>717</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>705</v>
+        <v>718</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>705</v>
+        <v>719</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>708</v>
+        <v>723</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>709</v>
+        <v>724</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>710</v>
+        <v>725</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>711</v>
+        <v>726</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>711</v>
+        <v>727</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E186" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="F186" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G186" s="3" t="s">
         <v>712</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>713</v>
+        <v>729</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>714</v>
+        <v>730</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>714</v>
+        <v>731</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>715</v>
+        <v>732</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>717</v>
+        <v>734</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>717</v>
+        <v>735</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>718</v>
+        <v>736</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>720</v>
+        <v>738</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>720</v>
+        <v>739</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>721</v>
+        <v>740</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>722</v>
+        <v>741</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>723</v>
+        <v>742</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>723</v>
+        <v>743</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>724</v>
+        <v>744</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>725</v>
+        <v>745</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>726</v>
+        <v>746</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>726</v>
+        <v>747</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>727</v>
+        <v>748</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>728</v>
+        <v>749</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>729</v>
+        <v>750</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>729</v>
+        <v>751</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>730</v>
+        <v>752</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>731</v>
+        <v>753</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>732</v>
+        <v>754</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>732</v>
+        <v>755</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>733</v>
+        <v>756</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>734</v>
+        <v>757</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>735</v>
+        <v>758</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>735</v>
+        <v>759</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>736</v>
+        <v>760</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>38</v>
+        <v>712</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>737</v>
+        <v>761</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>738</v>
+        <v>762</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>738</v>
+        <v>762</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>739</v>
+        <v>763</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>740</v>
+        <v>764</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>741</v>
+        <v>765</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>741</v>
+        <v>765</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>742</v>
+        <v>766</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>743</v>
+        <v>767</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>744</v>
+        <v>768</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>744</v>
+        <v>768</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>745</v>
+        <v>769</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>746</v>
+        <v>770</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>747</v>
+        <v>771</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>747</v>
+        <v>771</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>748</v>
+        <v>772</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>749</v>
+        <v>773</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>750</v>
+        <v>774</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>754</v>
+        <v>777</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>751</v>
+        <v>777</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>755</v>
+        <v>778</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>756</v>
+        <v>779</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>757</v>
+        <v>780</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>751</v>
+        <v>780</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>758</v>
+        <v>781</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>759</v>
+        <v>782</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>760</v>
+        <v>783</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>751</v>
+        <v>783</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>761</v>
+        <v>784</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>762</v>
+        <v>785</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>763</v>
+        <v>786</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>764</v>
+        <v>786</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>765</v>
+        <v>787</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>766</v>
+        <v>47</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>195</v>
+        <v>48</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>767</v>
+        <v>788</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>768</v>
+        <v>789</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>769</v>
+        <v>789</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>770</v>
+        <v>790</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>771</v>
+        <v>791</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>772</v>
+        <v>792</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>773</v>
+        <v>792</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>774</v>
+        <v>793</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>775</v>
+        <v>794</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>776</v>
+        <v>795</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>777</v>
+        <v>795</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>778</v>
+        <v>796</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>779</v>
+        <v>797</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>780</v>
+        <v>798</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>781</v>
+        <v>798</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>782</v>
+        <v>799</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>195</v>
+        <v>48</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>783</v>
+        <v>800</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>784</v>
+        <v>801</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>785</v>
+        <v>801</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>786</v>
+        <v>802</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>204</v>
+        <v>47</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>787</v>
+        <v>803</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>788</v>
+        <v>804</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>790</v>
+        <v>805</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>791</v>
+        <v>806</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>792</v>
+        <v>807</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>793</v>
+        <v>807</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>794</v>
+        <v>808</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>795</v>
+        <v>809</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>796</v>
+        <v>810</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>797</v>
+        <v>810</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>798</v>
+        <v>811</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>204</v>
+        <v>47</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>799</v>
+        <v>812</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>800</v>
+        <v>813</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>804</v>
+        <v>816</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>805</v>
+        <v>816</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>806</v>
+        <v>817</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>807</v>
+        <v>818</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>808</v>
+        <v>819</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>805</v>
+        <v>819</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>809</v>
+        <v>820</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>810</v>
+        <v>821</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>811</v>
+        <v>822</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>812</v>
+        <v>825</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>818</v>
+        <v>828</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>823</v>
+        <v>834</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>850</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>858</v>
+        <v>850</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>14</v>
+        <v>865</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E229" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="F229" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G229" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>858</v>
+        <v>872</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>858</v>
+        <v>880</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>871</v>
+        <v>884</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>858</v>
+        <v>888</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>14</v>
+        <v>261</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>858</v>
+        <v>900</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>871</v>
+        <v>900</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>858</v>
+        <v>900</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>871</v>
+        <v>910</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>858</v>
+        <v>900</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>871</v>
+        <v>900</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>927</v>
+        <v>938</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>927</v>
+        <v>946</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>927</v>
+        <v>950</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>934</v>
+        <v>954</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>944</v>
+        <v>955</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>945</v>
+        <v>956</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>946</v>
+        <v>957</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>927</v>
+        <v>958</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>947</v>
+        <v>959</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>948</v>
+        <v>960</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>949</v>
+        <v>961</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>927</v>
+        <v>962</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>951</v>
+        <v>964</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>934</v>
+        <v>966</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>954</v>
+        <v>968</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>934</v>
+        <v>966</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>956</v>
+        <v>970</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>957</v>
+        <v>971</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>958</v>
+        <v>972</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>969</v>
+        <v>982</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>966</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>972</v>
+        <v>985</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>927</v>
+        <v>979</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>973</v>
+        <v>986</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>974</v>
+        <v>987</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>975</v>
+        <v>988</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>977</v>
+        <v>989</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>978</v>
+        <v>990</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>979</v>
+        <v>991</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>934</v>
+        <v>992</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>959</v>
+        <v>996</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>986</v>
+        <v>1000</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>966</v>
+        <v>996</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>993</v>
+        <v>1007</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>994</v>
+        <v>1008</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>927</v>
+        <v>966</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>995</v>
+        <v>1009</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>996</v>
+        <v>1010</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>997</v>
+        <v>1011</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>998</v>
+        <v>979</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>999</v>
+        <v>1012</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>1000</v>
+        <v>1013</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>1001</v>
+        <v>1014</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>998</v>
+        <v>966</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>1002</v>
+        <v>1015</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>1003</v>
+        <v>1016</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1004</v>
+        <v>1017</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>998</v>
+        <v>979</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>1005</v>
+        <v>1018</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>1007</v>
+        <v>1020</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>998</v>
+        <v>1021</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>1008</v>
+        <v>1022</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>38</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>1009</v>
+        <v>1024</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1010</v>
+        <v>1025</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>482</v>
+        <v>1026</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>1011</v>
+        <v>1027</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1012</v>
+        <v>1028</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1013</v>
+        <v>1029</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>998</v>
+        <v>1030</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1014</v>
+        <v>1031</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1015</v>
+        <v>1032</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1016</v>
+        <v>1033</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>482</v>
+        <v>1034</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1017</v>
+        <v>1035</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1018</v>
+        <v>1036</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1019</v>
+        <v>1037</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1019</v>
+        <v>1038</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1020</v>
+        <v>1039</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>1021</v>
+        <v>47</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1018</v>
+        <v>1040</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1022</v>
+        <v>1041</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1022</v>
+        <v>1042</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1023</v>
+        <v>1043</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>1021</v>
+        <v>47</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1024</v>
+        <v>1044</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1025</v>
+        <v>1045</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1026</v>
+        <v>1038</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1027</v>
+        <v>1046</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1028</v>
+        <v>1047</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1029</v>
+        <v>1048</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1031</v>
+        <v>1049</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1032</v>
+        <v>1050</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1033</v>
+        <v>1051</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1034</v>
+        <v>1052</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1035</v>
+        <v>1053</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1036</v>
+        <v>1054</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1037</v>
+        <v>1055</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1038</v>
+        <v>1056</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1039</v>
+        <v>1057</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1040</v>
+        <v>1058</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1041</v>
+        <v>1059</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="C283" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1044</v>
+        <v>1062</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1045</v>
+        <v>1063</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1045</v>
+        <v>1064</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1046</v>
+        <v>1065</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1047</v>
+        <v>1066</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1048</v>
+        <v>1067</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1048</v>
+        <v>1064</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1049</v>
+        <v>1068</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1050</v>
+        <v>1069</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1051</v>
+        <v>1070</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1051</v>
+        <v>1071</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1052</v>
+        <v>1072</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1053</v>
+        <v>1073</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1054</v>
+        <v>1074</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1054</v>
+        <v>1071</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1055</v>
+        <v>1075</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1056</v>
+        <v>1076</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1057</v>
+        <v>1077</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1057</v>
+        <v>1038</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1058</v>
+        <v>1078</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1059</v>
+        <v>1079</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1060</v>
+        <v>1080</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1060</v>
+        <v>1081</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1061</v>
+        <v>1082</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1062</v>
+        <v>1083</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1063</v>
+        <v>1084</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1063</v>
+        <v>1042</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1064</v>
+        <v>1085</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1065</v>
+        <v>1086</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1066</v>
+        <v>1087</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1067</v>
+        <v>1088</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1068</v>
+        <v>1089</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1069</v>
+        <v>1090</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1070</v>
+        <v>1064</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1071</v>
+        <v>1091</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1072</v>
+        <v>1092</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1073</v>
+        <v>1093</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1075</v>
+        <v>1094</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1076</v>
+        <v>1095</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1077</v>
+        <v>1096</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1078</v>
+        <v>1071</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1079</v>
+        <v>1097</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1080</v>
+        <v>1098</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1081</v>
+        <v>1099</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1082</v>
+        <v>1038</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1083</v>
+        <v>1100</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1084</v>
+        <v>1101</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1085</v>
+        <v>1102</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1082</v>
+        <v>1103</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1086</v>
+        <v>1104</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1087</v>
+        <v>1105</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1088</v>
+        <v>1106</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1082</v>
+        <v>1103</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1089</v>
+        <v>1107</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1090</v>
+        <v>1108</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1091</v>
+        <v>1109</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1082</v>
+        <v>1103</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1092</v>
+        <v>1110</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1093</v>
+        <v>1111</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1094</v>
+        <v>1112</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1082</v>
+        <v>1103</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1095</v>
+        <v>1113</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1096</v>
+        <v>1114</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1097</v>
+        <v>1115</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1082</v>
+        <v>563</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1098</v>
+        <v>1116</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1099</v>
+        <v>1117</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1100</v>
+        <v>1118</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1082</v>
+        <v>1103</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1101</v>
+        <v>1119</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1102</v>
+        <v>1120</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1103</v>
+        <v>1121</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1082</v>
+        <v>563</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1104</v>
+        <v>1122</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>613</v>
+        <v>48</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1105</v>
+        <v>1123</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1106</v>
+        <v>1124</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1082</v>
+        <v>1124</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1107</v>
+        <v>1125</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>49</v>
+        <v>707</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>613</v>
+        <v>96</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1108</v>
+        <v>1126</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1109</v>
+        <v>1127</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1082</v>
+        <v>1127</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1110</v>
+        <v>1128</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>49</v>
+        <v>707</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>613</v>
+        <v>96</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1111</v>
+        <v>1129</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1112</v>
+        <v>1130</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1082</v>
+        <v>1130</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1113</v>
+        <v>1131</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>49</v>
+        <v>707</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>613</v>
+        <v>96</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1114</v>
+        <v>1132</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1115</v>
+        <v>1133</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1082</v>
+        <v>1133</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1116</v>
+        <v>1134</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>49</v>
+        <v>707</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>613</v>
+        <v>96</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1117</v>
+        <v>1135</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1118</v>
+        <v>1136</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1119</v>
+        <v>1136</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1120</v>
+        <v>1137</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>49</v>
+        <v>707</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>195</v>
+        <v>96</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1121</v>
+        <v>1138</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1122</v>
+        <v>1139</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1123</v>
+        <v>1139</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1124</v>
+        <v>1140</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>49</v>
+        <v>707</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>195</v>
+        <v>96</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1125</v>
+        <v>1141</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1126</v>
+        <v>1142</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1127</v>
+        <v>1142</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1128</v>
+        <v>1143</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>49</v>
+        <v>707</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>195</v>
+        <v>96</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1129</v>
+        <v>1144</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1130</v>
+        <v>1145</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1131</v>
+        <v>1145</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1132</v>
+        <v>1146</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>49</v>
+        <v>707</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>195</v>
+        <v>96</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1135</v>
+        <v>1147</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1136</v>
+        <v>1148</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>217</v>
+        <v>707</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1137</v>
+        <v>1149</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1138</v>
+        <v>1150</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1139</v>
+        <v>1150</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1140</v>
+        <v>1151</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>217</v>
+        <v>707</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1141</v>
+        <v>1152</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>217</v>
+        <v>707</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1149</v>
+        <v>1159</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1150</v>
+        <v>1160</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1151</v>
+        <v>1161</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>44</v>
+        <v>96</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1155</v>
+        <v>1164</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1157</v>
+        <v>1166</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1158</v>
+        <v>1167</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E325" s="3" t="s">
         <v>1192</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
         <v>1193</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="C326" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1195</v>
       </c>
-      <c r="D326" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F326" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B327" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="C327" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1198</v>
       </c>
-      <c r="C327" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F327" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C328" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="D328" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1202</v>
       </c>
-      <c r="C328" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F328" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C329" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="D329" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1206</v>
       </c>
-      <c r="C329" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F329" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C330" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="D330" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="C330" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F330" s="3" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C331" s="1" t="s">
         <v>1213</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="D331" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1214</v>
       </c>
-      <c r="C331" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F331" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1217</v>
       </c>
-      <c r="B332" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F332" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1223</v>
+        <v>1213</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1224</v>
+        <v>1220</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1225</v>
+        <v>1221</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1226</v>
+        <v>1222</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1227</v>
+        <v>1213</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1228</v>
+        <v>1223</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1229</v>
+        <v>1224</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1230</v>
+        <v>1225</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1231</v>
+        <v>1213</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1233</v>
+        <v>1227</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1235</v>
+        <v>1213</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1236</v>
+        <v>1229</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1237</v>
+        <v>1230</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1238</v>
+        <v>1231</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1239</v>
+        <v>1213</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1240</v>
+        <v>1232</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1241</v>
+        <v>1233</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1242</v>
+        <v>1234</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1243</v>
+        <v>1213</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1244</v>
+        <v>1235</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1245</v>
+        <v>1236</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1246</v>
+        <v>1237</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1247</v>
+        <v>1213</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1248</v>
+        <v>1238</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>222</v>
+        <v>95</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1249</v>
+        <v>1239</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1250</v>
+        <v>1240</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1251</v>
+        <v>1213</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1252</v>
+        <v>1241</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1253</v>
+        <v>1242</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1254</v>
+        <v>1243</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1255</v>
+        <v>1213</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1256</v>
+        <v>1244</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1257</v>
+        <v>1245</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1258</v>
+        <v>1246</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1259</v>
+        <v>1213</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1260</v>
+        <v>1247</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>44</v>
+        <v>712</v>
       </c>
     </row>
     <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1261</v>
+        <v>1248</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1262</v>
+        <v>1249</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1263</v>
+        <v>1250</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1264</v>
+        <v>1251</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1265</v>
+        <v>1252</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1266</v>
+        <v>1253</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1267</v>
+        <v>1254</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1268</v>
+        <v>1255</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1269</v>
+        <v>1256</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1270</v>
+        <v>1257</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1271</v>
+        <v>1258</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1272</v>
+        <v>1259</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1273</v>
+        <v>1260</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1274</v>
+        <v>1261</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1275</v>
+        <v>1262</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1276</v>
+        <v>1263</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>217</v>
+        <v>95</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1277</v>
+        <v>1264</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1278</v>
+        <v>1265</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1279</v>
+        <v>1266</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1280</v>
+        <v>1267</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1281</v>
+        <v>1268</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1282</v>
+        <v>1269</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1283</v>
+        <v>1270</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1284</v>
+        <v>1271</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1285</v>
+        <v>1272</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1286</v>
+        <v>1273</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1287</v>
+        <v>1274</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1288</v>
+        <v>1275</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1289</v>
+        <v>1276</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1290</v>
+        <v>1277</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1291</v>
+        <v>1278</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1292</v>
+        <v>1279</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1293</v>
+        <v>1280</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1294</v>
+        <v>1281</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1295</v>
+        <v>1282</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1296</v>
+        <v>1283</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1297</v>
+        <v>1284</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1298</v>
+        <v>1285</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1299</v>
+        <v>1286</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1300</v>
+        <v>1287</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1301</v>
+        <v>1288</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1302</v>
+        <v>1289</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1303</v>
+        <v>1290</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1304</v>
+        <v>1291</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1305</v>
+        <v>1292</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1306</v>
+        <v>1293</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1307</v>
+        <v>1294</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1308</v>
+        <v>1295</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1309</v>
+        <v>1296</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1310</v>
+        <v>1297</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1311</v>
+        <v>1298</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1312</v>
+        <v>1299</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1313</v>
+        <v>1300</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1314</v>
+        <v>1301</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1315</v>
+        <v>1302</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1316</v>
+        <v>1303</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1317</v>
+        <v>1304</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1318</v>
+        <v>1305</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1319</v>
+        <v>1306</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1320</v>
+        <v>1307</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1321</v>
+        <v>1308</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1322</v>
+        <v>1309</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1323</v>
+        <v>1310</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1324</v>
+        <v>1311</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1325</v>
+        <v>1312</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1326</v>
+        <v>1313</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1327</v>
+        <v>1314</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1328</v>
+        <v>1315</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1330</v>
+        <v>1317</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1331</v>
+        <v>1318</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1332</v>
+        <v>1319</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1333</v>
+        <v>1320</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1334</v>
+        <v>1321</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1335</v>
+        <v>1322</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1336</v>
+        <v>1323</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1337</v>
+        <v>1324</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1338</v>
+        <v>1325</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1339</v>
+        <v>1326</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1340</v>
+        <v>1327</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1341</v>
+        <v>1328</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1342</v>
+        <v>1329</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1343</v>
+        <v>1330</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1344</v>
+        <v>1331</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1345</v>
+        <v>1332</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1346</v>
+        <v>1333</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1347</v>
+        <v>1334</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1348</v>
+        <v>1335</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1349</v>
+        <v>1336</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1350</v>
+        <v>1337</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1351</v>
+        <v>1338</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1352</v>
+        <v>1339</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1353</v>
+        <v>1340</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1354</v>
+        <v>1341</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1355</v>
+        <v>1342</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1356</v>
+        <v>1343</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1357</v>
+        <v>1344</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1358</v>
+        <v>1345</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1359</v>
+        <v>1346</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1360</v>
+        <v>1347</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>217</v>
+        <v>364</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1361</v>
+        <v>1348</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1362</v>
+        <v>1349</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1363</v>
+        <v>1350</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1364</v>
+        <v>1351</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1365</v>
+        <v>1352</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1366</v>
+        <v>1353</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1367</v>
+        <v>1354</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1368</v>
+        <v>1355</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1369</v>
+        <v>1356</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1370</v>
+        <v>1357</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1371</v>
+        <v>1358</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1372</v>
+        <v>1359</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1373</v>
+        <v>1360</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1374</v>
+        <v>1361</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1374</v>
+        <v>1362</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1375</v>
+        <v>1363</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1376</v>
+        <v>1364</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1377</v>
+        <v>1365</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1377</v>
+        <v>1366</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1378</v>
+        <v>1367</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1379</v>
+        <v>1368</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1380</v>
+        <v>1369</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1380</v>
+        <v>1370</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1381</v>
+        <v>1371</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1382</v>
+        <v>1372</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1383</v>
+        <v>1373</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1383</v>
+        <v>1374</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1384</v>
+        <v>1375</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>37</v>
+        <v>270</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1385</v>
+        <v>1376</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1386</v>
+        <v>1377</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1386</v>
+        <v>1378</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1387</v>
+        <v>1379</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1388</v>
+        <v>1380</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1389</v>
+        <v>1381</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1389</v>
+        <v>1382</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1390</v>
+        <v>1383</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1391</v>
+        <v>1384</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1392</v>
+        <v>1385</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1392</v>
+        <v>1386</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1393</v>
+        <v>1387</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1394</v>
+        <v>1388</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1395</v>
+        <v>1389</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1395</v>
+        <v>1390</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1396</v>
+        <v>1391</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1398</v>
+        <v>1393</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1398</v>
+        <v>1394</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1399</v>
+        <v>1395</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1400</v>
+        <v>1396</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1401</v>
+        <v>1397</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1401</v>
+        <v>1398</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1402</v>
+        <v>1399</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E381" s="3" t="s">
         <v>1403</v>
       </c>
-      <c r="B381" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F381" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C382" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="B382" s="1" t="s">
+      <c r="D382" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>1407</v>
       </c>
-      <c r="C382" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F382" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B383" s="1" t="s">
         <v>1409</v>
-      </c>
-[...1 lines deleted...]
-        <v>1410</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>1410</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>1411</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
         <v>1412</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>1413</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>1436</v>
+        <v>364</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1438</v>
+        <v>1446</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1439</v>
+        <v>1447</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>1021</v>
+        <v>364</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1440</v>
+        <v>1448</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1441</v>
+        <v>1449</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1441</v>
+        <v>1450</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1442</v>
+        <v>1451</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>1021</v>
+        <v>364</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1443</v>
+        <v>1452</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1444</v>
+        <v>1453</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1444</v>
+        <v>1454</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1445</v>
+        <v>1455</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>1436</v>
+        <v>364</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1446</v>
+        <v>1456</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1447</v>
+        <v>1457</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1447</v>
+        <v>1458</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1448</v>
+        <v>1459</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>1021</v>
+        <v>364</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1449</v>
+        <v>1460</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1450</v>
+        <v>1461</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1451</v>
+        <v>1463</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>1436</v>
+        <v>364</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1453</v>
+        <v>1465</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1453</v>
+        <v>1466</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1454</v>
+        <v>1467</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>1021</v>
+        <v>364</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1455</v>
+        <v>1468</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1456</v>
+        <v>1469</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1457</v>
+        <v>1471</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>1436</v>
+        <v>364</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1458</v>
+        <v>1472</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1459</v>
+        <v>1473</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1459</v>
+        <v>1474</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1460</v>
+        <v>1475</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>1021</v>
+        <v>364</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1461</v>
+        <v>1476</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1462</v>
+        <v>1477</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1462</v>
+        <v>1478</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1463</v>
+        <v>1479</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>1436</v>
+        <v>364</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1464</v>
+        <v>1480</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1465</v>
+        <v>1481</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1465</v>
+        <v>1482</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1466</v>
+        <v>1483</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>1021</v>
+        <v>364</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1467</v>
+        <v>1484</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1468</v>
+        <v>1486</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1469</v>
+        <v>1487</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>1436</v>
+        <v>364</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1470</v>
+        <v>1488</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1471</v>
+        <v>1489</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1471</v>
+        <v>1490</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1472</v>
+        <v>1491</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
     </row>
     <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1473</v>
+        <v>1492</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1474</v>
+        <v>1493</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1474</v>
+        <v>1494</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1475</v>
+        <v>1495</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>1436</v>
+        <v>47</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1476</v>
+        <v>1496</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1477</v>
+        <v>1497</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1477</v>
+        <v>1498</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1478</v>
+        <v>1499</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>1021</v>
+        <v>47</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1479</v>
+        <v>1500</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1480</v>
+        <v>1501</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1480</v>
+        <v>1501</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1481</v>
+        <v>1502</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>1436</v>
+        <v>47</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1482</v>
+        <v>1503</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1483</v>
+        <v>1504</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1483</v>
+        <v>1504</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1484</v>
+        <v>1505</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>1021</v>
+        <v>47</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1485</v>
+        <v>1506</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1486</v>
+        <v>1507</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1486</v>
+        <v>1507</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1487</v>
+        <v>1508</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>1436</v>
+        <v>47</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="409" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1488</v>
+        <v>1509</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1489</v>
+        <v>1510</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1489</v>
+        <v>1510</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1490</v>
+        <v>1511</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>1021</v>
+        <v>47</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="410" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1491</v>
+        <v>1512</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1492</v>
+        <v>1513</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1493</v>
+        <v>1513</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1494</v>
+        <v>1514</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="411" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
-        <v>1495</v>
+        <v>1515</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1496</v>
+        <v>1516</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>923</v>
+        <v>1516</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>1497</v>
+        <v>1517</v>
       </c>
       <c r="F411" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="412" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
-        <v>1498</v>
+        <v>1518</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1499</v>
+        <v>1519</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>751</v>
+        <v>1519</v>
       </c>
       <c r="D412" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>1500</v>
+        <v>1520</v>
       </c>
       <c r="F412" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="413" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
-        <v>1501</v>
+        <v>1521</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1502</v>
+        <v>1522</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>751</v>
+        <v>1522</v>
       </c>
       <c r="D413" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1503</v>
+        <v>1523</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="414" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
-        <v>1504</v>
+        <v>1524</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1505</v>
+        <v>1525</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1505</v>
+        <v>1525</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>1506</v>
+        <v>1526</v>
       </c>
       <c r="F414" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G414" s="3" t="s">
-        <v>1507</v>
+        <v>48</v>
       </c>
     </row>
     <row r="415" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
-        <v>1508</v>
+        <v>1527</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1509</v>
+        <v>1528</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1509</v>
+        <v>1528</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1510</v>
+        <v>1529</v>
       </c>
       <c r="F415" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>1507</v>
+        <v>48</v>
       </c>
     </row>
     <row r="416" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
-        <v>1511</v>
+        <v>1530</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1512</v>
+        <v>1531</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1512</v>
+        <v>1531</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>1513</v>
+        <v>1532</v>
       </c>
       <c r="F416" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>1507</v>
+        <v>48</v>
       </c>
     </row>
     <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
-        <v>1514</v>
+        <v>1533</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1515</v>
+        <v>1534</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1515</v>
+        <v>1534</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>1516</v>
+        <v>1535</v>
       </c>
       <c r="F417" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="418" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
-        <v>1517</v>
+        <v>1536</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1518</v>
+        <v>1537</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>1519</v>
+        <v>1538</v>
       </c>
       <c r="F418" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="419" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
-        <v>1520</v>
+        <v>1539</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1521</v>
+        <v>1540</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1521</v>
+        <v>1540</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>1522</v>
+        <v>1541</v>
       </c>
       <c r="F419" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>1507</v>
+        <v>48</v>
       </c>
     </row>
     <row r="420" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
-        <v>1523</v>
+        <v>1542</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1524</v>
+        <v>1543</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1524</v>
+        <v>1543</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>1525</v>
+        <v>1544</v>
       </c>
       <c r="F420" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>1507</v>
+        <v>48</v>
       </c>
     </row>
     <row r="421" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
-        <v>1526</v>
+        <v>1545</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1527</v>
+        <v>1546</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1527</v>
+        <v>1546</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>1528</v>
+        <v>1547</v>
       </c>
       <c r="F421" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>1507</v>
+        <v>48</v>
       </c>
     </row>
     <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
-        <v>1529</v>
+        <v>1548</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1530</v>
+        <v>1549</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1530</v>
+        <v>1549</v>
       </c>
       <c r="D422" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>1531</v>
+        <v>1550</v>
       </c>
       <c r="F422" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>1507</v>
+        <v>48</v>
       </c>
     </row>
     <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
-        <v>1532</v>
+        <v>1551</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1533</v>
+        <v>1552</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1533</v>
+        <v>1552</v>
       </c>
       <c r="D423" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>1534</v>
+        <v>1553</v>
       </c>
       <c r="F423" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G423" s="3" t="s">
-        <v>1507</v>
+        <v>48</v>
       </c>
     </row>
     <row r="424" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
-        <v>1535</v>
+        <v>1554</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1536</v>
+        <v>1555</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1536</v>
+        <v>1555</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>1537</v>
+        <v>1556</v>
       </c>
       <c r="F424" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G424" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
     </row>
     <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
-        <v>1538</v>
+        <v>1557</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1539</v>
+        <v>1558</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1539</v>
+        <v>1558</v>
       </c>
       <c r="D425" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>1540</v>
+        <v>1559</v>
       </c>
       <c r="F425" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>1507</v>
+        <v>48</v>
       </c>
     </row>
     <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
-        <v>1541</v>
+        <v>1560</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1542</v>
+        <v>1561</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1542</v>
+        <v>1561</v>
       </c>
       <c r="D426" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>1543</v>
+        <v>1562</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1544</v>
+        <v>1564</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1545</v>
+        <v>1565</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1545</v>
+        <v>1565</v>
       </c>
       <c r="D427" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1546</v>
+        <v>1566</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1547</v>
+        <v>1567</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1548</v>
+        <v>1568</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1548</v>
+        <v>1568</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>1549</v>
+        <v>1569</v>
       </c>
       <c r="F428" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1550</v>
+        <v>1570</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1551</v>
+        <v>1571</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1551</v>
+        <v>1571</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1552</v>
+        <v>1572</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1553</v>
+        <v>1573</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1554</v>
+        <v>1574</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1554</v>
+        <v>1574</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>1555</v>
+        <v>1575</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1556</v>
+        <v>1576</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1557</v>
+        <v>1577</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1557</v>
+        <v>1577</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1558</v>
+        <v>1578</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1559</v>
+        <v>1579</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1560</v>
+        <v>1580</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1560</v>
+        <v>1580</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1561</v>
+        <v>1581</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1562</v>
+        <v>1582</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1563</v>
+        <v>1583</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1563</v>
+        <v>1583</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1564</v>
+        <v>1584</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1565</v>
+        <v>1585</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1566</v>
+        <v>1586</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1566</v>
+        <v>1586</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1567</v>
+        <v>1587</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1568</v>
+        <v>1588</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1569</v>
+        <v>1589</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1569</v>
+        <v>1589</v>
       </c>
       <c r="D435" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1570</v>
+        <v>1590</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1571</v>
+        <v>1591</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1572</v>
+        <v>1592</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1572</v>
+        <v>1592</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1573</v>
+        <v>1593</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1574</v>
+        <v>1594</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1575</v>
+        <v>1595</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1575</v>
+        <v>1595</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1576</v>
+        <v>1596</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1577</v>
+        <v>1597</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1578</v>
+        <v>1598</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1578</v>
+        <v>1598</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1579</v>
+        <v>1599</v>
       </c>
       <c r="F438" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="439" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
-        <v>1580</v>
+        <v>1600</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1581</v>
+        <v>1601</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1581</v>
+        <v>1601</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>1582</v>
+        <v>1602</v>
       </c>
       <c r="F439" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G439" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="440" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
-        <v>1583</v>
+        <v>1603</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1584</v>
+        <v>1604</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1584</v>
+        <v>1604</v>
       </c>
       <c r="D440" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>1585</v>
+        <v>1605</v>
       </c>
       <c r="F440" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G440" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="441" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
-        <v>1586</v>
+        <v>1606</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1587</v>
+        <v>1607</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1587</v>
+        <v>1607</v>
       </c>
       <c r="D441" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>1588</v>
+        <v>1608</v>
       </c>
       <c r="F441" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G441" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="442" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
-        <v>1589</v>
+        <v>1609</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1590</v>
+        <v>1610</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1590</v>
+        <v>1610</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>1591</v>
+        <v>1611</v>
       </c>
       <c r="F442" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G442" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="443" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A443" s="1" t="s">
-        <v>1592</v>
+        <v>1612</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1593</v>
+        <v>1613</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1593</v>
+        <v>1613</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>1594</v>
+        <v>1614</v>
       </c>
       <c r="F443" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G443" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="444" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A444" s="1" t="s">
-        <v>1595</v>
+        <v>1615</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1596</v>
+        <v>1616</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1596</v>
+        <v>1616</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>1597</v>
+        <v>1617</v>
       </c>
       <c r="F444" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G444" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="445" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A445" s="1" t="s">
-        <v>1598</v>
+        <v>1618</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1599</v>
+        <v>1619</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1599</v>
+        <v>1619</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>1600</v>
+        <v>1620</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="446" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
-        <v>1601</v>
+        <v>1621</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1602</v>
+        <v>1622</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1602</v>
+        <v>1622</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>1603</v>
+        <v>1623</v>
       </c>
       <c r="F446" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G446" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="447" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A447" s="1" t="s">
-        <v>1604</v>
+        <v>1624</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1605</v>
+        <v>1625</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1605</v>
+        <v>1625</v>
       </c>
       <c r="D447" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>1606</v>
+        <v>1626</v>
       </c>
       <c r="F447" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G447" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="448" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A448" s="1" t="s">
-        <v>1607</v>
+        <v>1627</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1608</v>
+        <v>1628</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1608</v>
+        <v>1628</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="F448" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G448" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="449" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
-        <v>1610</v>
+        <v>1630</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1611</v>
+        <v>1631</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1611</v>
+        <v>1631</v>
       </c>
       <c r="D449" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>1612</v>
+        <v>1632</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G449" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="450" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
-        <v>1613</v>
+        <v>1633</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1614</v>
+        <v>1634</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1614</v>
+        <v>1634</v>
       </c>
       <c r="D450" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>1615</v>
+        <v>1635</v>
       </c>
       <c r="F450" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G450" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="451" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
-        <v>1616</v>
+        <v>1636</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1617</v>
+        <v>1637</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1617</v>
+        <v>1637</v>
       </c>
       <c r="D451" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>1618</v>
+        <v>1638</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G451" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="452" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
-        <v>1619</v>
+        <v>1639</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1620</v>
+        <v>1640</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1620</v>
+        <v>1640</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>1621</v>
+        <v>1641</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G452" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="453" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
-        <v>1622</v>
+        <v>1642</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1623</v>
+        <v>1643</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1623</v>
+        <v>1643</v>
       </c>
       <c r="D453" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>1624</v>
+        <v>1644</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G453" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="454" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
-        <v>1625</v>
+        <v>1645</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1626</v>
+        <v>1646</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1626</v>
+        <v>1646</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>1627</v>
+        <v>1647</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="455" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
-        <v>1628</v>
+        <v>1648</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1629</v>
+        <v>1649</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1629</v>
+        <v>1649</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>1630</v>
+        <v>1650</v>
       </c>
       <c r="F455" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G455" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="456" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
-        <v>1631</v>
+        <v>1651</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1632</v>
+        <v>1652</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1632</v>
+        <v>1652</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1633</v>
+        <v>1653</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="457" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
-        <v>1634</v>
+        <v>1654</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1635</v>
+        <v>1655</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1635</v>
+        <v>1655</v>
       </c>
       <c r="D457" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>1636</v>
+        <v>1656</v>
       </c>
       <c r="F457" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G457" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="458" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
-        <v>1637</v>
+        <v>1657</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1638</v>
+        <v>1658</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1639</v>
+        <v>1658</v>
       </c>
       <c r="D458" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>1640</v>
+        <v>1659</v>
       </c>
       <c r="F458" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G458" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="459" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
-        <v>1641</v>
+        <v>1660</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1642</v>
+        <v>1661</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1643</v>
+        <v>1661</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>1644</v>
+        <v>1662</v>
       </c>
       <c r="F459" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G459" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="460" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
-        <v>1645</v>
+        <v>1663</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1646</v>
+        <v>1664</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1647</v>
+        <v>1664</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>1648</v>
+        <v>1665</v>
       </c>
       <c r="F460" s="3" t="s">
-        <v>37</v>
+        <v>1563</v>
       </c>
       <c r="G460" s="3" t="s">
-        <v>1507</v>
+        <v>96</v>
       </c>
     </row>
     <row r="461" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
-        <v>1649</v>
+        <v>1666</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1650</v>
+        <v>1667</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1650</v>
+        <v>1667</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1651</v>
+        <v>1668</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G461" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="462" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1654</v>
+        <v>1671</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G462" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="463" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1655</v>
+        <v>1672</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1656</v>
+        <v>1673</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1656</v>
+        <v>1674</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1657</v>
+        <v>1675</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="464" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1658</v>
+        <v>1676</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1659</v>
+        <v>1677</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1659</v>
+        <v>1034</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>1660</v>
+        <v>1678</v>
       </c>
       <c r="F464" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G464" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="465" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1661</v>
+        <v>1679</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1662</v>
+        <v>1680</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1662</v>
+        <v>850</v>
       </c>
       <c r="D465" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1663</v>
+        <v>1681</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G465" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="466" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1664</v>
+        <v>1682</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1665</v>
+        <v>1683</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1665</v>
+        <v>850</v>
       </c>
       <c r="D466" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1666</v>
+        <v>1684</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G466" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="467" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1667</v>
+        <v>1685</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1668</v>
+        <v>1686</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1668</v>
+        <v>1686</v>
       </c>
       <c r="D467" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>1669</v>
+        <v>1687</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>38</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="468" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
-        <v>1670</v>
+        <v>1689</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1671</v>
+        <v>1690</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1671</v>
+        <v>1690</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>1672</v>
+        <v>1691</v>
       </c>
       <c r="F468" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G468" s="3" t="s">
-        <v>38</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="469" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
-        <v>1673</v>
+        <v>1692</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1674</v>
+        <v>1693</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1674</v>
+        <v>1693</v>
       </c>
       <c r="D469" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>1675</v>
+        <v>1694</v>
       </c>
       <c r="F469" s="3" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G469" s="3" t="s">
-        <v>38</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="470" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
-        <v>1676</v>
+        <v>1695</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1677</v>
+        <v>1696</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1678</v>
+        <v>1696</v>
       </c>
       <c r="D470" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>1679</v>
+        <v>1697</v>
       </c>
       <c r="F470" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G470" s="3" t="s">
-        <v>20</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="471" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
-        <v>1680</v>
+        <v>1698</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1681</v>
+        <v>1699</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1682</v>
+        <v>1699</v>
       </c>
       <c r="D471" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>1683</v>
+        <v>1700</v>
       </c>
       <c r="F471" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G471" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="472" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
-        <v>1684</v>
+        <v>1701</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1685</v>
+        <v>1702</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1686</v>
+        <v>1702</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>1687</v>
+        <v>1703</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G472" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="473" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E473" s="3" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F473" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G473" s="3" t="s">
         <v>1688</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="474" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1692</v>
+        <v>1707</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1693</v>
+        <v>1708</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1694</v>
+        <v>1708</v>
       </c>
       <c r="D474" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1695</v>
+        <v>1709</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G474" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="475" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1696</v>
+        <v>1710</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1697</v>
+        <v>1711</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1698</v>
+        <v>1711</v>
       </c>
       <c r="D475" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1699</v>
+        <v>1712</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G475" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="476" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1700</v>
+        <v>1713</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1701</v>
+        <v>1714</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1702</v>
+        <v>1714</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1703</v>
+        <v>1715</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G476" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="477" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1704</v>
+        <v>1716</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1705</v>
+        <v>1717</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1706</v>
+        <v>1717</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1707</v>
+        <v>1718</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G477" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="478" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1708</v>
+        <v>1719</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1709</v>
+        <v>1720</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1710</v>
+        <v>1720</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1711</v>
+        <v>1721</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G478" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="479" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1712</v>
+        <v>1722</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1713</v>
+        <v>1723</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1714</v>
+        <v>1723</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1715</v>
+        <v>1724</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G479" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="480" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1716</v>
+        <v>1725</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1717</v>
+        <v>1726</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="D480" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1719</v>
+        <v>1727</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="481" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1720</v>
+        <v>1728</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1722</v>
+        <v>1729</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1723</v>
+        <v>1730</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G481" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="482" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1724</v>
+        <v>1731</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1725</v>
+        <v>1732</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1726</v>
+        <v>1732</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1727</v>
+        <v>1733</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G482" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="483" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1728</v>
+        <v>1734</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1730</v>
+        <v>1735</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G483" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="484" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1732</v>
+        <v>1737</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1733</v>
+        <v>1738</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G484" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="485" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="D485" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G485" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="486" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="D486" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G486" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="487" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="D487" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="488" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="C488" s="1" t="s">
         <v>1750</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E488" s="3" t="s">
         <v>1751</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="489" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
         <v>1752</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>1753</v>
       </c>
       <c r="C489" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E489" s="3" t="s">
         <v>1754</v>
       </c>
-      <c r="D489" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F489" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B490" s="1" t="s">
         <v>1756</v>
       </c>
-      <c r="B490" s="1" t="s">
+      <c r="C490" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E490" s="3" t="s">
         <v>1757</v>
       </c>
-      <c r="C490" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F490" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E491" s="3" t="s">
         <v>1760</v>
       </c>
-      <c r="B491" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F491" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1764</v>
+        <v>1761</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1765</v>
+        <v>1762</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1766</v>
+        <v>1762</v>
       </c>
       <c r="D492" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1767</v>
+        <v>1763</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G492" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1768</v>
+        <v>1764</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1769</v>
+        <v>1765</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1770</v>
+        <v>1765</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E493" s="3" t="s">
-        <v>1771</v>
+        <v>1766</v>
       </c>
       <c r="F493" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G493" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1772</v>
+        <v>1767</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1773</v>
+        <v>1768</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1774</v>
+        <v>1768</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1775</v>
+        <v>1769</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>195</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1776</v>
+        <v>1770</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1777</v>
+        <v>1771</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1778</v>
+        <v>1771</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1779</v>
+        <v>1772</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G495" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="496" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1780</v>
+        <v>1773</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1781</v>
+        <v>1774</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1782</v>
+        <v>1774</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1783</v>
+        <v>1775</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G496" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="497" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1784</v>
+        <v>1776</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1785</v>
+        <v>1777</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1786</v>
+        <v>1777</v>
       </c>
       <c r="D497" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1787</v>
+        <v>1778</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="498" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1788</v>
+        <v>1779</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1789</v>
+        <v>1780</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1790</v>
+        <v>1780</v>
       </c>
       <c r="D498" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1791</v>
+        <v>1781</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="499" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1792</v>
+        <v>1782</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1793</v>
+        <v>1783</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1794</v>
+        <v>1783</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1795</v>
+        <v>1784</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G499" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="500" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1796</v>
+        <v>1785</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1797</v>
+        <v>1786</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1798</v>
+        <v>1786</v>
       </c>
       <c r="D500" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1799</v>
+        <v>1787</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G500" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="501" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1800</v>
+        <v>1788</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1801</v>
+        <v>1789</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1802</v>
+        <v>1789</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1803</v>
+        <v>1790</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G501" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="502" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1804</v>
+        <v>1791</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1805</v>
+        <v>1792</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1806</v>
+        <v>1792</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1807</v>
+        <v>1793</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G502" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="503" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1808</v>
+        <v>1794</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1809</v>
+        <v>1795</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1810</v>
+        <v>1795</v>
       </c>
       <c r="D503" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1811</v>
+        <v>1796</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G503" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="504" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1812</v>
+        <v>1797</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1813</v>
+        <v>1798</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1814</v>
+        <v>1798</v>
       </c>
       <c r="D504" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1815</v>
+        <v>1799</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G504" s="3" t="s">
-        <v>195</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="505" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1816</v>
+        <v>1800</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1817</v>
+        <v>1801</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1818</v>
+        <v>1801</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>1819</v>
+        <v>1802</v>
       </c>
       <c r="F505" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G505" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="506" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1820</v>
+        <v>1803</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1821</v>
+        <v>1804</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1822</v>
+        <v>1804</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1823</v>
+        <v>1805</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G506" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="507" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1824</v>
+        <v>1806</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1825</v>
+        <v>1807</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1826</v>
+        <v>1807</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1827</v>
+        <v>1808</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G507" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="508" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
-        <v>1828</v>
+        <v>1809</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1829</v>
+        <v>1810</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1830</v>
+        <v>1810</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1831</v>
+        <v>1811</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G508" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="509" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1832</v>
+        <v>1812</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1833</v>
+        <v>1813</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1834</v>
+        <v>1813</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1835</v>
+        <v>1814</v>
       </c>
       <c r="F509" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G509" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="510" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
-        <v>1836</v>
+        <v>1815</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1837</v>
+        <v>1816</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1838</v>
+        <v>1816</v>
       </c>
       <c r="D510" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>1839</v>
+        <v>1817</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>217</v>
+        <v>47</v>
       </c>
       <c r="G510" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="511" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A511" s="1" t="s">
-        <v>1840</v>
+        <v>1818</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1841</v>
+        <v>1819</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>1842</v>
+        <v>1819</v>
       </c>
       <c r="D511" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>1843</v>
+        <v>1820</v>
       </c>
       <c r="F511" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G511" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="512" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A512" s="1" t="s">
-        <v>1844</v>
+        <v>1821</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1845</v>
+        <v>1822</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1846</v>
+        <v>1822</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>1847</v>
+        <v>1823</v>
       </c>
       <c r="F512" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G512" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="513" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A513" s="1" t="s">
-        <v>1848</v>
+        <v>1824</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1849</v>
+        <v>1825</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>1850</v>
+        <v>1825</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>1851</v>
+        <v>1826</v>
       </c>
       <c r="F513" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G513" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="514" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A514" s="1" t="s">
-        <v>1852</v>
+        <v>1827</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>1853</v>
+        <v>1828</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1846</v>
+        <v>1828</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E514" s="3" t="s">
-        <v>1854</v>
+        <v>1829</v>
       </c>
       <c r="F514" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G514" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="515" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A515" s="1" t="s">
-        <v>1855</v>
+        <v>1830</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1856</v>
+        <v>1831</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1846</v>
+        <v>1832</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>1857</v>
+        <v>1833</v>
       </c>
       <c r="F515" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G515" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="516" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A516" s="1" t="s">
-        <v>1858</v>
+        <v>1834</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1859</v>
+        <v>1835</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1860</v>
+        <v>1836</v>
       </c>
       <c r="D516" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>1861</v>
+        <v>1837</v>
       </c>
       <c r="F516" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G516" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="517" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A517" s="1" t="s">
-        <v>1862</v>
+        <v>1838</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1863</v>
+        <v>1839</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1864</v>
+        <v>1840</v>
       </c>
       <c r="D517" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>1865</v>
+        <v>1841</v>
       </c>
       <c r="F517" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G517" s="3" t="s">
-        <v>44</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="518" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A518" s="1" t="s">
-        <v>1866</v>
+        <v>1842</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1867</v>
+        <v>1843</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>1846</v>
+        <v>1843</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>1868</v>
+        <v>1844</v>
       </c>
       <c r="F518" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G518" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="519" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A519" s="1" t="s">
-        <v>1869</v>
+        <v>1845</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1870</v>
+        <v>1846</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1871</v>
+        <v>1846</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>1872</v>
+        <v>1847</v>
       </c>
       <c r="F519" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G519" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="520" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A520" s="1" t="s">
-        <v>1873</v>
+        <v>1848</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1874</v>
+        <v>1849</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>1875</v>
+        <v>1849</v>
       </c>
       <c r="D520" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>1876</v>
+        <v>1850</v>
       </c>
       <c r="F520" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G520" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="521" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A521" s="1" t="s">
-        <v>1877</v>
+        <v>1851</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1878</v>
+        <v>1852</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="D521" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>1879</v>
+        <v>1853</v>
       </c>
       <c r="F521" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G521" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="522" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A522" s="1" t="s">
-        <v>1880</v>
+        <v>1854</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1881</v>
+        <v>1855</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>1882</v>
+        <v>1855</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>1883</v>
+        <v>1856</v>
       </c>
       <c r="F522" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G522" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="523" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A523" s="1" t="s">
-        <v>1884</v>
+        <v>1857</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1885</v>
+        <v>1858</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1886</v>
+        <v>1858</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>1887</v>
+        <v>1859</v>
       </c>
       <c r="F523" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G523" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="524" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A524" s="1" t="s">
-        <v>1888</v>
+        <v>1860</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1889</v>
+        <v>1861</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1890</v>
+        <v>1861</v>
       </c>
       <c r="D524" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>1891</v>
+        <v>1862</v>
       </c>
       <c r="F524" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G524" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="525" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A525" s="1" t="s">
-        <v>1892</v>
+        <v>1863</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1893</v>
+        <v>1864</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>1846</v>
+        <v>1864</v>
       </c>
       <c r="D525" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>1894</v>
+        <v>1865</v>
       </c>
       <c r="F525" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G525" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="526" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A526" s="1" t="s">
-        <v>1895</v>
+        <v>1866</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1896</v>
+        <v>1867</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>1882</v>
+        <v>1867</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>1897</v>
+        <v>1868</v>
       </c>
       <c r="F526" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G526" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="527" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A527" s="1" t="s">
-        <v>1898</v>
+        <v>1869</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1899</v>
+        <v>1870</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>1900</v>
+        <v>1871</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E527" s="3" t="s">
-        <v>1901</v>
+        <v>1872</v>
       </c>
       <c r="F527" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G527" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="528" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A528" s="1" t="s">
-        <v>1902</v>
+        <v>1873</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>1903</v>
+        <v>1874</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>1846</v>
+        <v>1875</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>1904</v>
+        <v>1876</v>
       </c>
       <c r="F528" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G528" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="529" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A529" s="1" t="s">
-        <v>1905</v>
+        <v>1877</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1906</v>
+        <v>1878</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>1907</v>
+        <v>1879</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>1908</v>
+        <v>1880</v>
       </c>
       <c r="F529" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G529" s="3" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="530" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A530" s="1" t="s">
-        <v>1909</v>
+        <v>1881</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>1910</v>
+        <v>1882</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>1846</v>
+        <v>1883</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>1911</v>
+        <v>1884</v>
       </c>
       <c r="F530" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G530" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="531" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A531" s="1" t="s">
-        <v>1912</v>
+        <v>1885</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1913</v>
+        <v>1886</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>1914</v>
+        <v>1887</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>1915</v>
+        <v>1888</v>
       </c>
       <c r="F531" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G531" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="532" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A532" s="1" t="s">
-        <v>1916</v>
+        <v>1889</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1917</v>
+        <v>1890</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>1918</v>
+        <v>1891</v>
       </c>
       <c r="D532" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>1919</v>
+        <v>1892</v>
       </c>
       <c r="F532" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G532" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="533" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A533" s="1" t="s">
-        <v>1920</v>
+        <v>1893</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1921</v>
+        <v>1894</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1922</v>
+        <v>1895</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>1923</v>
+        <v>1896</v>
       </c>
       <c r="F533" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G533" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="534" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A534" s="1" t="s">
-        <v>1924</v>
+        <v>1897</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1925</v>
+        <v>1898</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1846</v>
+        <v>1899</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>1926</v>
+        <v>1900</v>
       </c>
       <c r="F534" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G534" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="535" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A535" s="1" t="s">
-        <v>1927</v>
+        <v>1901</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1928</v>
+        <v>1902</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1929</v>
+        <v>1903</v>
       </c>
       <c r="D535" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>1930</v>
+        <v>1904</v>
       </c>
       <c r="F535" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G535" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="536" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A536" s="1" t="s">
-        <v>1931</v>
+        <v>1905</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1932</v>
+        <v>1906</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>1933</v>
+        <v>1907</v>
       </c>
       <c r="D536" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>1934</v>
+        <v>1908</v>
       </c>
       <c r="F536" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G536" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="537" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A537" s="1" t="s">
-        <v>1935</v>
+        <v>1909</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1936</v>
+        <v>1910</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1937</v>
+        <v>1911</v>
       </c>
       <c r="D537" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>1938</v>
+        <v>1912</v>
       </c>
       <c r="F537" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G537" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="538" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A538" s="1" t="s">
-        <v>1939</v>
+        <v>1913</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1940</v>
+        <v>1914</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1846</v>
+        <v>1915</v>
       </c>
       <c r="D538" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>1941</v>
+        <v>1916</v>
       </c>
       <c r="F538" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G538" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="539" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A539" s="1" t="s">
-        <v>1942</v>
+        <v>1917</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1943</v>
+        <v>1918</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>1944</v>
+        <v>1919</v>
       </c>
       <c r="D539" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>1945</v>
+        <v>1920</v>
       </c>
       <c r="F539" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G539" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="540" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A540" s="1" t="s">
-        <v>1946</v>
+        <v>1921</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1947</v>
+        <v>1922</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>1948</v>
+        <v>1923</v>
       </c>
       <c r="D540" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>1949</v>
+        <v>1924</v>
       </c>
       <c r="F540" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G540" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="541" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A541" s="1" t="s">
-        <v>1950</v>
+        <v>1925</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1951</v>
+        <v>1926</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1952</v>
+        <v>1927</v>
       </c>
       <c r="D541" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>1953</v>
+        <v>1928</v>
       </c>
       <c r="F541" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G541" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="542" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A542" s="1" t="s">
-        <v>1954</v>
+        <v>1929</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>1955</v>
+        <v>1930</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>1846</v>
+        <v>1931</v>
       </c>
       <c r="D542" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>1956</v>
+        <v>1932</v>
       </c>
       <c r="F542" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G542" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="543" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A543" s="1" t="s">
-        <v>1957</v>
+        <v>1933</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>1958</v>
+        <v>1934</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>1959</v>
+        <v>1935</v>
       </c>
       <c r="D543" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>1960</v>
+        <v>1936</v>
       </c>
       <c r="F543" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G543" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="544" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A544" s="1" t="s">
-        <v>1961</v>
+        <v>1937</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1962</v>
+        <v>1938</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1963</v>
+        <v>1939</v>
       </c>
       <c r="D544" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>1964</v>
+        <v>1940</v>
       </c>
       <c r="F544" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G544" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="545" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A545" s="1" t="s">
-        <v>1965</v>
+        <v>1941</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>1966</v>
+        <v>1942</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>1967</v>
+        <v>1943</v>
       </c>
       <c r="D545" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>1968</v>
+        <v>1944</v>
       </c>
       <c r="F545" s="3" t="s">
-        <v>37</v>
+        <v>364</v>
       </c>
       <c r="G545" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="546" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A546" s="1" t="s">
-        <v>1969</v>
+        <v>1945</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>1970</v>
+        <v>1946</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>1971</v>
+        <v>1947</v>
       </c>
       <c r="D546" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E546" s="3" t="s">
-        <v>1972</v>
+        <v>1948</v>
       </c>
       <c r="F546" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G546" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="547" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A547" s="1" t="s">
-        <v>1973</v>
+        <v>1949</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>1974</v>
+        <v>1950</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>1975</v>
+        <v>1951</v>
       </c>
       <c r="D547" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E547" s="3" t="s">
-        <v>1976</v>
+        <v>1952</v>
       </c>
       <c r="F547" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G547" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="548" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A548" s="1" t="s">
-        <v>1977</v>
+        <v>1953</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1978</v>
+        <v>1954</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1979</v>
+        <v>1955</v>
       </c>
       <c r="D548" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E548" s="3" t="s">
-        <v>1980</v>
+        <v>1956</v>
       </c>
       <c r="F548" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G548" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="549" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A549" s="1" t="s">
-        <v>1981</v>
+        <v>1957</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>1982</v>
+        <v>1958</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1983</v>
+        <v>1959</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E549" s="3" t="s">
-        <v>1984</v>
+        <v>1960</v>
       </c>
       <c r="F549" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G549" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="550" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A550" s="1" t="s">
-        <v>1985</v>
+        <v>1961</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1986</v>
+        <v>1962</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>1987</v>
+        <v>1963</v>
       </c>
       <c r="D550" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>1988</v>
+        <v>1964</v>
       </c>
       <c r="F550" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G550" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="551" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A551" s="1" t="s">
-        <v>1989</v>
+        <v>1965</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1990</v>
+        <v>1966</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1991</v>
+        <v>1967</v>
       </c>
       <c r="D551" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E551" s="3" t="s">
-        <v>1992</v>
+        <v>1968</v>
       </c>
       <c r="F551" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G551" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="552" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A552" s="1" t="s">
-        <v>1993</v>
+        <v>1969</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>1994</v>
+        <v>1970</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>1995</v>
+        <v>1971</v>
       </c>
       <c r="D552" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E552" s="3" t="s">
-        <v>1996</v>
+        <v>1972</v>
       </c>
       <c r="F552" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G552" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="553" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A553" s="1" t="s">
-        <v>1997</v>
+        <v>1973</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1998</v>
+        <v>1974</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1999</v>
+        <v>1975</v>
       </c>
       <c r="D553" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E553" s="3" t="s">
-        <v>2000</v>
+        <v>1976</v>
       </c>
       <c r="F553" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G553" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="554" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A554" s="1" t="s">
-        <v>2001</v>
+        <v>1977</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>2002</v>
+        <v>1978</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>2003</v>
+        <v>1979</v>
       </c>
       <c r="D554" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E554" s="3" t="s">
-        <v>2004</v>
+        <v>1980</v>
       </c>
       <c r="F554" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G554" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="555" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A555" s="1" t="s">
-        <v>2005</v>
+        <v>1981</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>2006</v>
+        <v>1982</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>1971</v>
+        <v>1983</v>
       </c>
       <c r="D555" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>2007</v>
+        <v>1984</v>
       </c>
       <c r="F555" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G555" s="3" t="s">
-        <v>912</v>
+        <v>57</v>
       </c>
     </row>
     <row r="556" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A556" s="1" t="s">
-        <v>2008</v>
+        <v>1985</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>2009</v>
+        <v>1986</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>2010</v>
+        <v>1987</v>
       </c>
       <c r="D556" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>2011</v>
+        <v>1988</v>
       </c>
       <c r="F556" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G556" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="557" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A557" s="1" t="s">
-        <v>2012</v>
+        <v>1989</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>2014</v>
+        <v>1991</v>
       </c>
       <c r="D557" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E557" s="3" t="s">
-        <v>2015</v>
+        <v>1992</v>
       </c>
       <c r="F557" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G557" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="558" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A558" s="1" t="s">
-        <v>2016</v>
+        <v>1993</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>2017</v>
+        <v>1994</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>2018</v>
+        <v>1995</v>
       </c>
       <c r="D558" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>2019</v>
+        <v>1996</v>
       </c>
       <c r="F558" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G558" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="559" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A559" s="1" t="s">
-        <v>2020</v>
+        <v>1997</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>2021</v>
+        <v>1998</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>2022</v>
+        <v>1999</v>
       </c>
       <c r="D559" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="F559" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G559" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="560" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A560" s="1" t="s">
-        <v>2024</v>
+        <v>2001</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>2025</v>
+        <v>2002</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>2026</v>
+        <v>2003</v>
       </c>
       <c r="D560" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>2027</v>
+        <v>2004</v>
       </c>
       <c r="F560" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G560" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="561" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A561" s="1" t="s">
-        <v>2028</v>
+        <v>2005</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>2029</v>
+        <v>2006</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>2030</v>
+        <v>2007</v>
       </c>
       <c r="D561" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E561" s="3" t="s">
-        <v>2031</v>
+        <v>2008</v>
       </c>
       <c r="F561" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G561" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="562" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A562" s="1" t="s">
-        <v>2032</v>
+        <v>2009</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>2033</v>
+        <v>2010</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>2034</v>
+        <v>2011</v>
       </c>
       <c r="D562" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E562" s="3" t="s">
-        <v>2035</v>
+        <v>2012</v>
       </c>
       <c r="F562" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G562" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="563" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A563" s="1" t="s">
-        <v>2036</v>
+        <v>2013</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>2037</v>
+        <v>2014</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>2038</v>
+        <v>2015</v>
       </c>
       <c r="D563" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E563" s="3" t="s">
-        <v>2039</v>
+        <v>2016</v>
       </c>
       <c r="F563" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G563" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="564" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A564" s="1" t="s">
-        <v>2040</v>
+        <v>2017</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>2041</v>
+        <v>2018</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>2042</v>
+        <v>2019</v>
       </c>
       <c r="D564" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E564" s="3" t="s">
-        <v>2043</v>
+        <v>2020</v>
       </c>
       <c r="F564" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G564" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="565" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A565" s="1" t="s">
-        <v>2044</v>
+        <v>2021</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>2045</v>
+        <v>2022</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>2046</v>
+        <v>2023</v>
       </c>
       <c r="D565" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>2047</v>
+        <v>2024</v>
       </c>
       <c r="F565" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G565" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="566" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A566" s="1" t="s">
-        <v>2048</v>
+        <v>2025</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>2049</v>
+        <v>2026</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>2050</v>
+        <v>2027</v>
       </c>
       <c r="D566" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>2051</v>
+        <v>2028</v>
       </c>
       <c r="F566" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G566" s="3" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="567" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A567" s="1" t="s">
-        <v>2052</v>
+        <v>2029</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>2053</v>
+        <v>2030</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>2054</v>
+        <v>2031</v>
       </c>
       <c r="D567" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>2055</v>
+        <v>2032</v>
       </c>
       <c r="F567" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G567" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="568" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A568" s="1" t="s">
-        <v>2056</v>
+        <v>2033</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2057</v>
+        <v>2034</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>2058</v>
+        <v>2035</v>
       </c>
       <c r="D568" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E568" s="3" t="s">
-        <v>2059</v>
+        <v>2036</v>
       </c>
       <c r="F568" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G568" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="569" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A569" s="1" t="s">
-        <v>2060</v>
+        <v>2037</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>2061</v>
+        <v>2038</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>2062</v>
+        <v>2039</v>
       </c>
       <c r="D569" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E569" s="3" t="s">
-        <v>2063</v>
+        <v>2040</v>
       </c>
       <c r="F569" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G569" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="570" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A570" s="1" t="s">
-        <v>2064</v>
+        <v>2041</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>2065</v>
+        <v>2042</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>2066</v>
+        <v>2043</v>
       </c>
       <c r="D570" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E570" s="3" t="s">
-        <v>2067</v>
+        <v>2044</v>
       </c>
       <c r="F570" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G570" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="571" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A571" s="1" t="s">
-        <v>2068</v>
+        <v>2045</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>2069</v>
+        <v>2046</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>2030</v>
+        <v>2047</v>
       </c>
       <c r="D571" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E571" s="3" t="s">
-        <v>2070</v>
+        <v>2048</v>
       </c>
       <c r="F571" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G571" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="572" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A572" s="1" t="s">
-        <v>2071</v>
+        <v>2049</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>2072</v>
+        <v>2050</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>2073</v>
+        <v>2051</v>
       </c>
       <c r="D572" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>2074</v>
+        <v>2052</v>
       </c>
       <c r="F572" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G572" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="573" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A573" s="1" t="s">
-        <v>2075</v>
+        <v>2053</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>2076</v>
+        <v>2054</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>2077</v>
+        <v>2055</v>
       </c>
       <c r="D573" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E573" s="3" t="s">
-        <v>2078</v>
+        <v>2056</v>
       </c>
       <c r="F573" s="3" t="s">
-        <v>14</v>
+        <v>364</v>
       </c>
       <c r="G573" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="574" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A574" s="1" t="s">
-        <v>2079</v>
+        <v>2057</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>2080</v>
+        <v>2058</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>2081</v>
+        <v>2058</v>
       </c>
       <c r="D574" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E574" s="3" t="s">
-        <v>2082</v>
+        <v>2059</v>
       </c>
       <c r="F574" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G574" s="3" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="575" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A575" s="1" t="s">
-        <v>2083</v>
+        <v>2060</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>2084</v>
+        <v>2061</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>2085</v>
+        <v>2062</v>
       </c>
       <c r="D575" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E575" s="3" t="s">
-        <v>2086</v>
+        <v>2063</v>
       </c>
       <c r="F575" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G575" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="576" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A576" s="1" t="s">
-        <v>2087</v>
+        <v>2064</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>2088</v>
+        <v>2065</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>2089</v>
+        <v>2066</v>
       </c>
       <c r="D576" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E576" s="3" t="s">
-        <v>2090</v>
+        <v>2067</v>
       </c>
       <c r="F576" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G576" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="577" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A577" s="1" t="s">
-        <v>2091</v>
+        <v>2068</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>2092</v>
+        <v>2069</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>2014</v>
+        <v>2070</v>
       </c>
       <c r="D577" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>2093</v>
+        <v>2071</v>
       </c>
       <c r="F577" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G577" s="3" t="s">
-        <v>912</v>
+        <v>15</v>
       </c>
     </row>
     <row r="578" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A578" s="1" t="s">
-        <v>2094</v>
+        <v>2072</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>2095</v>
+        <v>2073</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>2096</v>
+        <v>2066</v>
       </c>
       <c r="D578" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E578" s="3" t="s">
-        <v>2097</v>
+        <v>2074</v>
       </c>
       <c r="F578" s="3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G578" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="579" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A579" s="1" t="s">
-        <v>2098</v>
+        <v>2075</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>2099</v>
+        <v>2076</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>2099</v>
+        <v>2077</v>
       </c>
       <c r="D579" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E579" s="3" t="s">
-        <v>2100</v>
+        <v>2078</v>
       </c>
       <c r="F579" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G579" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="580" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A580" s="1" t="s">
-        <v>2101</v>
+        <v>2079</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>2102</v>
+        <v>2080</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>2102</v>
+        <v>2081</v>
       </c>
       <c r="D580" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E580" s="3" t="s">
-        <v>2103</v>
+        <v>2082</v>
       </c>
       <c r="F580" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G580" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="581" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A581" s="1" t="s">
-        <v>2104</v>
+        <v>2083</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>2105</v>
+        <v>2084</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>2105</v>
+        <v>2066</v>
       </c>
       <c r="D581" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E581" s="3" t="s">
-        <v>2106</v>
+        <v>2085</v>
       </c>
       <c r="F581" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G581" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="582" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A582" s="1" t="s">
-        <v>2107</v>
+        <v>2086</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>2108</v>
+        <v>2087</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>2108</v>
+        <v>2088</v>
       </c>
       <c r="D582" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>2109</v>
+        <v>2089</v>
       </c>
       <c r="F582" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G582" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="583" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A583" s="1" t="s">
-        <v>2110</v>
+        <v>2090</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>2111</v>
+        <v>2091</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>2111</v>
+        <v>2092</v>
       </c>
       <c r="D583" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E583" s="3" t="s">
-        <v>2112</v>
+        <v>2093</v>
       </c>
       <c r="F583" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G583" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="584" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A584" s="1" t="s">
-        <v>2113</v>
+        <v>2094</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>2114</v>
+        <v>2095</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>2114</v>
+        <v>2066</v>
       </c>
       <c r="D584" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E584" s="3" t="s">
-        <v>2115</v>
+        <v>2096</v>
       </c>
       <c r="F584" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G584" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="585" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A585" s="1" t="s">
-        <v>2116</v>
+        <v>2097</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>2117</v>
+        <v>2098</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>2117</v>
+        <v>2099</v>
       </c>
       <c r="D585" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E585" s="3" t="s">
-        <v>2118</v>
+        <v>2100</v>
       </c>
       <c r="F585" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G585" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="586" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A586" s="1" t="s">
-        <v>2119</v>
+        <v>2101</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>2120</v>
+        <v>2102</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>2120</v>
+        <v>2103</v>
       </c>
       <c r="D586" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>2121</v>
+        <v>2104</v>
       </c>
       <c r="F586" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G586" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="587" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A587" s="1" t="s">
-        <v>2122</v>
+        <v>2105</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>2123</v>
+        <v>2106</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>2123</v>
+        <v>2066</v>
       </c>
       <c r="D587" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E587" s="3" t="s">
-        <v>2124</v>
+        <v>2107</v>
       </c>
       <c r="F587" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G587" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="588" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A588" s="1" t="s">
-        <v>2125</v>
+        <v>2108</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>2126</v>
+        <v>2109</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>2126</v>
+        <v>2110</v>
       </c>
       <c r="D588" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>2127</v>
+        <v>2111</v>
       </c>
       <c r="F588" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G588" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="589" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A589" s="1" t="s">
-        <v>2128</v>
+        <v>2112</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>2129</v>
+        <v>2113</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>2129</v>
+        <v>2114</v>
       </c>
       <c r="D589" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>2130</v>
+        <v>2115</v>
       </c>
       <c r="F589" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G589" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="590" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A590" s="1" t="s">
-        <v>2131</v>
+        <v>2116</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>2132</v>
+        <v>2117</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>2132</v>
+        <v>2118</v>
       </c>
       <c r="D590" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>2133</v>
+        <v>2119</v>
       </c>
       <c r="F590" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G590" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="591" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A591" s="1" t="s">
-        <v>2134</v>
+        <v>2120</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>2135</v>
+        <v>2121</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>2135</v>
+        <v>2066</v>
       </c>
       <c r="D591" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E591" s="3" t="s">
-        <v>2136</v>
+        <v>2122</v>
       </c>
       <c r="F591" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G591" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="592" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A592" s="1" t="s">
-        <v>2137</v>
+        <v>2123</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>2138</v>
+        <v>2124</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>2138</v>
+        <v>2110</v>
       </c>
       <c r="D592" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>2139</v>
+        <v>2125</v>
       </c>
       <c r="F592" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G592" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="593" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A593" s="1" t="s">
-        <v>2140</v>
+        <v>2126</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>2141</v>
+        <v>2127</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>2141</v>
+        <v>2128</v>
       </c>
       <c r="D593" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E593" s="3" t="s">
-        <v>2142</v>
+        <v>2129</v>
       </c>
       <c r="F593" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G593" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="594" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A594" s="1" t="s">
-        <v>2143</v>
+        <v>2130</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>2144</v>
+        <v>2131</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>2144</v>
+        <v>2132</v>
       </c>
       <c r="D594" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>2145</v>
+        <v>2133</v>
       </c>
       <c r="F594" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G594" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="595" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A595" s="1" t="s">
-        <v>2146</v>
+        <v>2134</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>2147</v>
+        <v>2135</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>2147</v>
+        <v>2066</v>
       </c>
       <c r="D595" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E595" s="3" t="s">
-        <v>2148</v>
+        <v>2136</v>
       </c>
       <c r="F595" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G595" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="596" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A596" s="1" t="s">
-        <v>2149</v>
+        <v>2137</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>2150</v>
+        <v>2138</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>2150</v>
+        <v>2139</v>
       </c>
       <c r="D596" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E596" s="3" t="s">
-        <v>2151</v>
+        <v>2140</v>
       </c>
       <c r="F596" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G596" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="597" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A597" s="1" t="s">
-        <v>2152</v>
+        <v>2141</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>2153</v>
+        <v>2142</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>2153</v>
+        <v>2143</v>
       </c>
       <c r="D597" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>2154</v>
+        <v>2144</v>
       </c>
       <c r="F597" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G597" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="598" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A598" s="1" t="s">
-        <v>2155</v>
+        <v>2145</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>2156</v>
+        <v>2146</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>2156</v>
+        <v>2066</v>
       </c>
       <c r="D598" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E598" s="3" t="s">
-        <v>2157</v>
+        <v>2147</v>
       </c>
       <c r="F598" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G598" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="599" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A599" s="1" t="s">
-        <v>2158</v>
+        <v>2148</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>2159</v>
+        <v>2149</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>2159</v>
+        <v>2150</v>
       </c>
       <c r="D599" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>2160</v>
+        <v>2151</v>
       </c>
       <c r="F599" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G599" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="600" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A600" s="1" t="s">
-        <v>2161</v>
+        <v>2152</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>2162</v>
+        <v>2153</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>2162</v>
+        <v>2154</v>
       </c>
       <c r="D600" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E600" s="3" t="s">
-        <v>2163</v>
+        <v>2155</v>
       </c>
       <c r="F600" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G600" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="601" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A601" s="1" t="s">
-        <v>2164</v>
+        <v>2156</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>2165</v>
+        <v>2157</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>2165</v>
+        <v>2158</v>
       </c>
       <c r="D601" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E601" s="3" t="s">
-        <v>2166</v>
+        <v>2159</v>
       </c>
       <c r="F601" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G601" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="602" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A602" s="1" t="s">
-        <v>2167</v>
+        <v>2160</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>2168</v>
+        <v>2161</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>2168</v>
+        <v>2066</v>
       </c>
       <c r="D602" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E602" s="3" t="s">
-        <v>2169</v>
+        <v>2162</v>
       </c>
       <c r="F602" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G602" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="603" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A603" s="1" t="s">
-        <v>2170</v>
+        <v>2163</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>2171</v>
+        <v>2164</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>2171</v>
+        <v>2165</v>
       </c>
       <c r="D603" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E603" s="3" t="s">
-        <v>2172</v>
+        <v>2166</v>
       </c>
       <c r="F603" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G603" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="604" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A604" s="1" t="s">
-        <v>2173</v>
+        <v>2167</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>2174</v>
+        <v>2168</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>2174</v>
+        <v>2169</v>
       </c>
       <c r="D604" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E604" s="3" t="s">
-        <v>2175</v>
+        <v>2170</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G604" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="605" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A605" s="1" t="s">
-        <v>2176</v>
+        <v>2171</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>2177</v>
+        <v>2172</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>2177</v>
+        <v>2173</v>
       </c>
       <c r="D605" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E605" s="3" t="s">
-        <v>2178</v>
+        <v>2174</v>
       </c>
       <c r="F605" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G605" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="606" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A606" s="1" t="s">
-        <v>2179</v>
+        <v>2175</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>2180</v>
+        <v>2176</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>2180</v>
+        <v>2066</v>
       </c>
       <c r="D606" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E606" s="3" t="s">
-        <v>2181</v>
+        <v>2177</v>
       </c>
       <c r="F606" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G606" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="607" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A607" s="1" t="s">
-        <v>2182</v>
+        <v>2178</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>2183</v>
+        <v>2179</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>2183</v>
+        <v>2180</v>
       </c>
       <c r="D607" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E607" s="3" t="s">
-        <v>2184</v>
+        <v>2181</v>
       </c>
       <c r="F607" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G607" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="608" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A608" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B608" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C608" s="1" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D608" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E608" s="3" t="s">
         <v>2185</v>
       </c>
-      <c r="B608" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F608" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G608" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="609" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A609" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B609" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C609" s="1" t="s">
         <v>2188</v>
       </c>
-      <c r="B609" s="1" t="s">
+      <c r="D609" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E609" s="3" t="s">
         <v>2189</v>
       </c>
-      <c r="C609" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F609" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G609" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="610" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A610" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B610" s="1" t="s">
         <v>2191</v>
       </c>
-      <c r="B610" s="1" t="s">
+      <c r="C610" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D610" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E610" s="3" t="s">
         <v>2192</v>
       </c>
-      <c r="C610" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F610" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G610" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="611" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A611" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B611" s="1" t="s">
         <v>2194</v>
-      </c>
-[...1 lines deleted...]
-        <v>2195</v>
       </c>
       <c r="C611" s="1" t="s">
         <v>2195</v>
       </c>
       <c r="D611" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E611" s="3" t="s">
         <v>2196</v>
       </c>
       <c r="F611" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G611" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="612" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A612" s="1" t="s">
         <v>2197</v>
       </c>
       <c r="B612" s="1" t="s">
         <v>2198</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="D612" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="F612" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G612" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="613" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A613" s="1" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="D613" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E613" s="3" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="F613" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G613" s="3" t="s">
-        <v>50</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="614" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A614" s="1" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="D614" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>2205</v>
+        <v>2208</v>
       </c>
       <c r="F614" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G614" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="615" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A615" s="1" t="s">
-        <v>2206</v>
+        <v>2209</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>2207</v>
+        <v>2210</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="D615" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="F615" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G615" s="3" t="s">
-        <v>50</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="616" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A616" s="1" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>2210</v>
+        <v>2215</v>
       </c>
       <c r="D616" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>2211</v>
+        <v>2216</v>
       </c>
       <c r="F616" s="3" t="s">
-        <v>1021</v>
+        <v>20</v>
       </c>
       <c r="G616" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="617" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A617" s="1" t="s">
-        <v>2212</v>
+        <v>2217</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>2213</v>
+        <v>2218</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>2214</v>
+        <v>2219</v>
       </c>
       <c r="D617" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>2215</v>
+        <v>2220</v>
       </c>
       <c r="F617" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G617" s="3" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
     </row>
     <row r="618" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A618" s="1" t="s">
-        <v>2216</v>
+        <v>2221</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>2217</v>
+        <v>2222</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>2218</v>
+        <v>2223</v>
       </c>
       <c r="D618" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>2219</v>
+        <v>2224</v>
       </c>
       <c r="F618" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G618" s="3" t="s">
-        <v>195</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="619" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A619" s="1" t="s">
-        <v>2220</v>
+        <v>2225</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>2221</v>
+        <v>2226</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>2222</v>
+        <v>2227</v>
       </c>
       <c r="D619" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>2223</v>
+        <v>2228</v>
       </c>
       <c r="F619" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G619" s="3" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
     </row>
     <row r="620" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A620" s="1" t="s">
-        <v>2224</v>
+        <v>2229</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>2225</v>
+        <v>2230</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>2226</v>
+        <v>2231</v>
       </c>
       <c r="D620" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>2227</v>
+        <v>2232</v>
       </c>
       <c r="F620" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G620" s="3" t="s">
-        <v>195</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="621" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A621" s="1" t="s">
-        <v>2228</v>
+        <v>2233</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>2229</v>
+        <v>2234</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>2230</v>
+        <v>2235</v>
       </c>
       <c r="D621" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>2231</v>
+        <v>2236</v>
       </c>
       <c r="F621" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G621" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="622" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A622" s="1" t="s">
-        <v>2232</v>
+        <v>2237</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>2234</v>
+        <v>2203</v>
       </c>
       <c r="D622" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>2235</v>
+        <v>2239</v>
       </c>
       <c r="F622" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G622" s="3" t="s">
-        <v>50</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="623" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A623" s="1" t="s">
-        <v>2236</v>
+        <v>2240</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>2237</v>
+        <v>2241</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>2238</v>
+        <v>2242</v>
       </c>
       <c r="D623" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>2239</v>
+        <v>2243</v>
       </c>
       <c r="F623" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G623" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="624" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A624" s="1" t="s">
-        <v>2240</v>
+        <v>2244</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>2241</v>
+        <v>2245</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>2242</v>
+        <v>2246</v>
       </c>
       <c r="D624" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>2243</v>
+        <v>2247</v>
       </c>
       <c r="F624" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G624" s="3" t="s">
-        <v>44</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="625" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A625" s="1" t="s">
-        <v>2244</v>
+        <v>2248</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="D625" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E625" s="3" t="s">
-        <v>2247</v>
+        <v>2251</v>
       </c>
       <c r="F625" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G625" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="626" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A626" s="1" t="s">
-        <v>2248</v>
+        <v>2252</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>2249</v>
+        <v>2253</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>2250</v>
+        <v>2254</v>
       </c>
       <c r="D626" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>2251</v>
+        <v>2255</v>
       </c>
       <c r="F626" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G626" s="3" t="s">
-        <v>44</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="627" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A627" s="1" t="s">
-        <v>2252</v>
+        <v>2256</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>2253</v>
+        <v>2257</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>2254</v>
+        <v>2258</v>
       </c>
       <c r="D627" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>2255</v>
+        <v>2259</v>
       </c>
       <c r="F627" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G627" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="628" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A628" s="1" t="s">
-        <v>2256</v>
+        <v>2260</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
       <c r="D628" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>2259</v>
+        <v>2263</v>
       </c>
       <c r="F628" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G628" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="629" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A629" s="1" t="s">
-        <v>2260</v>
+        <v>2264</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>2261</v>
+        <v>2265</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>2262</v>
+        <v>2266</v>
       </c>
       <c r="D629" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E629" s="3" t="s">
-        <v>2263</v>
+        <v>2267</v>
       </c>
       <c r="F629" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G629" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="630" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A630" s="1" t="s">
-        <v>2264</v>
+        <v>2268</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>2265</v>
+        <v>2269</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>2266</v>
+        <v>2270</v>
       </c>
       <c r="D630" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E630" s="3" t="s">
-        <v>2267</v>
+        <v>2271</v>
       </c>
       <c r="F630" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G630" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="631" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A631" s="1" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>2270</v>
+        <v>2274</v>
       </c>
       <c r="D631" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>2271</v>
+        <v>2275</v>
       </c>
       <c r="F631" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G631" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="632" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A632" s="1" t="s">
-        <v>2272</v>
+        <v>2276</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>2273</v>
+        <v>2277</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>2274</v>
+        <v>2278</v>
       </c>
       <c r="D632" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>2275</v>
+        <v>2279</v>
       </c>
       <c r="F632" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G632" s="3" t="s">
-        <v>44</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="633" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A633" s="1" t="s">
-        <v>2276</v>
+        <v>2280</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>2277</v>
+        <v>2281</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>2278</v>
+        <v>2282</v>
       </c>
       <c r="D633" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>2279</v>
+        <v>2283</v>
       </c>
       <c r="F633" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G633" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="634" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A634" s="1" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>2282</v>
+        <v>2286</v>
       </c>
       <c r="D634" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E634" s="3" t="s">
-        <v>2283</v>
+        <v>2287</v>
       </c>
       <c r="F634" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G634" s="3" t="s">
-        <v>44</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="635" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A635" s="1" t="s">
-        <v>2284</v>
+        <v>2288</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>2285</v>
+        <v>2289</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>2286</v>
+        <v>2290</v>
       </c>
       <c r="D635" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>2287</v>
+        <v>2291</v>
       </c>
       <c r="F635" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G635" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="636" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A636" s="1" t="s">
-        <v>2288</v>
+        <v>2292</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>2289</v>
+        <v>2293</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>2290</v>
+        <v>2294</v>
       </c>
       <c r="D636" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>2291</v>
+        <v>2295</v>
       </c>
       <c r="F636" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G636" s="3" t="s">
-        <v>44</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="637" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A637" s="1" t="s">
-        <v>2292</v>
+        <v>2296</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>2293</v>
+        <v>2297</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
       <c r="D637" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E637" s="3" t="s">
-        <v>2295</v>
+        <v>2299</v>
       </c>
       <c r="F637" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G637" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="638" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A638" s="1" t="s">
-        <v>2296</v>
+        <v>2300</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>2297</v>
+        <v>2301</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>2298</v>
+        <v>2262</v>
       </c>
       <c r="D638" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E638" s="3" t="s">
-        <v>2299</v>
+        <v>2302</v>
       </c>
       <c r="F638" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G638" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="639" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A639" s="1" t="s">
-        <v>2300</v>
+        <v>2303</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>2301</v>
+        <v>2304</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>2302</v>
+        <v>2305</v>
       </c>
       <c r="D639" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>2303</v>
+        <v>2306</v>
       </c>
       <c r="F639" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G639" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="640" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A640" s="1" t="s">
-        <v>2304</v>
+        <v>2307</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>2305</v>
+        <v>2308</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>2306</v>
+        <v>2309</v>
       </c>
       <c r="D640" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="F640" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G640" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="641" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A641" s="1" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>2309</v>
+        <v>2312</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>2310</v>
+        <v>2313</v>
       </c>
       <c r="D641" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>2311</v>
+        <v>2314</v>
       </c>
       <c r="F641" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G641" s="3" t="s">
-        <v>44</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="642" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A642" s="1" t="s">
-        <v>2312</v>
+        <v>2315</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>2313</v>
+        <v>2316</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>2314</v>
+        <v>2317</v>
       </c>
       <c r="D642" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E642" s="3" t="s">
-        <v>2315</v>
+        <v>2318</v>
       </c>
       <c r="F642" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G642" s="3" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
     </row>
     <row r="643" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A643" s="1" t="s">
-        <v>2316</v>
+        <v>2319</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>2317</v>
+        <v>2320</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>2318</v>
+        <v>2246</v>
       </c>
       <c r="D643" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="F643" s="3" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="G643" s="3" t="s">
-        <v>44</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="644" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A644" s="1" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
       <c r="D644" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="F644" s="3" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="G644" s="3" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="645" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A645" s="1" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="D645" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="F645" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G645" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="646" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A646" s="1" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="D646" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="F646" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G646" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="647" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A647" s="1" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="D647" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E647" s="3" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="F647" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G647" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="648" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A648" s="1" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="D648" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E648" s="3" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="F648" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G648" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="649" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A649" s="1" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="D649" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E649" s="3" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="F649" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G649" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="650" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A650" s="1" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="D650" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="F650" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G650" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="651" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A651" s="1" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="D651" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E651" s="3" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="F651" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G651" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="652" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A652" s="1" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="F652" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G652" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="653" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A653" s="1" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="F653" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G653" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="654" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A654" s="1" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="D654" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="F654" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G654" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="655" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A655" s="1" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="D655" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="F655" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G655" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="656" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A656" s="1" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="D656" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="F656" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G656" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="657" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A657" s="1" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="D657" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="F657" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G657" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="658" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A658" s="1" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="C658" s="1" t="s">
         <v>2366</v>
       </c>
       <c r="D658" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E658" s="3" t="s">
         <v>2367</v>
       </c>
       <c r="F658" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G658" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="659" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A659" s="1" t="s">
         <v>2368</v>
       </c>
       <c r="B659" s="1" t="s">
         <v>2369</v>
       </c>
       <c r="C659" s="1" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D659" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E659" s="3" t="s">
         <v>2370</v>
       </c>
-      <c r="D659" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F659" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G659" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="660" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A660" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B660" s="1" t="s">
         <v>2372</v>
       </c>
-      <c r="B660" s="1" t="s">
+      <c r="C660" s="1" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D660" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E660" s="3" t="s">
         <v>2373</v>
       </c>
-      <c r="C660" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F660" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G660" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="661" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A661" s="1" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B661" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C661" s="1" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D661" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E661" s="3" t="s">
         <v>2376</v>
       </c>
-      <c r="B661" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F661" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G661" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="662" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A662" s="1" t="s">
-        <v>2380</v>
+        <v>2377</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>2381</v>
+        <v>2378</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>2382</v>
+        <v>2378</v>
       </c>
       <c r="D662" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>2383</v>
+        <v>2379</v>
       </c>
       <c r="F662" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G662" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="663" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A663" s="1" t="s">
-        <v>2384</v>
+        <v>2380</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>2386</v>
+        <v>2381</v>
       </c>
       <c r="D663" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>2387</v>
+        <v>2382</v>
       </c>
       <c r="F663" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G663" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="664" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A664" s="1" t="s">
-        <v>2388</v>
+        <v>2383</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2389</v>
+        <v>2384</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2390</v>
+        <v>2384</v>
       </c>
       <c r="D664" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>2391</v>
+        <v>2385</v>
       </c>
       <c r="F664" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G664" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="665" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A665" s="1" t="s">
-        <v>2392</v>
+        <v>2386</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>2393</v>
+        <v>2387</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>2394</v>
+        <v>2387</v>
       </c>
       <c r="D665" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>2395</v>
+        <v>2388</v>
       </c>
       <c r="F665" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G665" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="666" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A666" s="1" t="s">
-        <v>2396</v>
+        <v>2389</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>2397</v>
+        <v>2390</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>2398</v>
+        <v>2390</v>
       </c>
       <c r="D666" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>2399</v>
+        <v>2391</v>
       </c>
       <c r="F666" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G666" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="667" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A667" s="1" t="s">
-        <v>2400</v>
+        <v>2392</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2401</v>
+        <v>2393</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>2402</v>
+        <v>2393</v>
       </c>
       <c r="D667" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>2403</v>
+        <v>2394</v>
       </c>
       <c r="F667" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G667" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="668" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A668" s="1" t="s">
-        <v>2404</v>
+        <v>2395</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2405</v>
+        <v>2396</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>2406</v>
+        <v>2396</v>
       </c>
       <c r="D668" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>2407</v>
+        <v>2397</v>
       </c>
       <c r="F668" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G668" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="669" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A669" s="1" t="s">
-        <v>2408</v>
+        <v>2398</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2409</v>
+        <v>2399</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>2410</v>
+        <v>2399</v>
       </c>
       <c r="D669" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>2411</v>
+        <v>2400</v>
       </c>
       <c r="F669" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G669" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="670" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A670" s="1" t="s">
-        <v>2412</v>
+        <v>2401</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>2413</v>
+        <v>2402</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>2414</v>
+        <v>2402</v>
       </c>
       <c r="D670" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>2415</v>
+        <v>2403</v>
       </c>
       <c r="F670" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G670" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="671" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A671" s="1" t="s">
-        <v>2416</v>
+        <v>2404</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>2417</v>
+        <v>2405</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>2418</v>
+        <v>2405</v>
       </c>
       <c r="D671" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>2419</v>
+        <v>2406</v>
       </c>
       <c r="F671" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G671" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="672" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A672" s="1" t="s">
-        <v>2420</v>
+        <v>2407</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>2421</v>
+        <v>2408</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>2422</v>
+        <v>2408</v>
       </c>
       <c r="D672" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>2423</v>
+        <v>2409</v>
       </c>
       <c r="F672" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G672" s="3" t="s">
-        <v>20</v>
+        <v>96</v>
       </c>
     </row>
     <row r="673" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A673" s="1" t="s">
-        <v>2424</v>
+        <v>2410</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>2425</v>
+        <v>2411</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>2426</v>
+        <v>2411</v>
       </c>
       <c r="D673" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>2427</v>
+        <v>2412</v>
       </c>
       <c r="F673" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G673" s="3" t="s">
-        <v>2428</v>
+        <v>96</v>
       </c>
     </row>
     <row r="674" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A674" s="1" t="s">
-        <v>2429</v>
+        <v>2413</v>
       </c>
       <c r="B674" s="1" t="s">
-        <v>2430</v>
+        <v>2414</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>2431</v>
+        <v>2414</v>
       </c>
       <c r="D674" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>2432</v>
+        <v>2415</v>
       </c>
       <c r="F674" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G674" s="3" t="s">
-        <v>2428</v>
+        <v>96</v>
       </c>
     </row>
     <row r="675" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A675" s="1" t="s">
-        <v>2433</v>
+        <v>2416</v>
       </c>
       <c r="B675" s="1" t="s">
-        <v>2434</v>
+        <v>2417</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>2435</v>
+        <v>2417</v>
       </c>
       <c r="D675" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E675" s="3" t="s">
-        <v>2436</v>
+        <v>2418</v>
       </c>
       <c r="F675" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G675" s="3" t="s">
-        <v>2428</v>
+        <v>96</v>
       </c>
     </row>
     <row r="676" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A676" s="1" t="s">
-        <v>2437</v>
+        <v>2419</v>
       </c>
       <c r="B676" s="1" t="s">
-        <v>2438</v>
+        <v>2420</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>2439</v>
+        <v>2420</v>
       </c>
       <c r="D676" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>2440</v>
+        <v>2421</v>
       </c>
       <c r="F676" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G676" s="3" t="s">
-        <v>2428</v>
+        <v>96</v>
       </c>
     </row>
     <row r="677" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A677" s="1" t="s">
-        <v>2441</v>
+        <v>2422</v>
       </c>
       <c r="B677" s="1" t="s">
-        <v>2442</v>
+        <v>2423</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>2443</v>
+        <v>2423</v>
       </c>
       <c r="D677" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E677" s="3" t="s">
-        <v>2444</v>
+        <v>2424</v>
       </c>
       <c r="F677" s="3" t="s">
-        <v>14</v>
+        <v>707</v>
       </c>
       <c r="G677" s="3" t="s">
-        <v>2428</v>
+        <v>96</v>
       </c>
     </row>
     <row r="678" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A678" s="1" t="s">
-        <v>2445</v>
+        <v>2425</v>
       </c>
       <c r="B678" s="1" t="s">
-        <v>2446</v>
+        <v>2426</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>2446</v>
+        <v>2426</v>
       </c>
       <c r="D678" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E678" s="3" t="s">
-        <v>2447</v>
+        <v>2427</v>
       </c>
       <c r="F678" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G678" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="679" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A679" s="1" t="s">
-        <v>2448</v>
+        <v>2428</v>
       </c>
       <c r="B679" s="1" t="s">
-        <v>2449</v>
+        <v>2429</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>2450</v>
+        <v>2429</v>
       </c>
       <c r="D679" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>2451</v>
+        <v>2430</v>
       </c>
       <c r="F679" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G679" s="3" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="680" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A680" s="1" t="s">
-        <v>2452</v>
+        <v>2431</v>
       </c>
       <c r="B680" s="1" t="s">
-        <v>2453</v>
+        <v>2432</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>2454</v>
+        <v>2432</v>
       </c>
       <c r="D680" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E680" s="3" t="s">
-        <v>2455</v>
+        <v>2433</v>
       </c>
       <c r="F680" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G680" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="681" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A681" s="1" t="s">
-        <v>2456</v>
+        <v>2434</v>
       </c>
       <c r="B681" s="1" t="s">
-        <v>2457</v>
+        <v>2435</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>2458</v>
+        <v>2435</v>
       </c>
       <c r="D681" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E681" s="3" t="s">
-        <v>2459</v>
+        <v>2436</v>
       </c>
       <c r="F681" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G681" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="682" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A682" s="1" t="s">
-        <v>2460</v>
+        <v>2437</v>
       </c>
       <c r="B682" s="1" t="s">
-        <v>2461</v>
+        <v>2438</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>2462</v>
+        <v>2438</v>
       </c>
       <c r="D682" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E682" s="3" t="s">
-        <v>2463</v>
+        <v>2439</v>
       </c>
       <c r="F682" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G682" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="683" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A683" s="1" t="s">
-        <v>2464</v>
+        <v>2440</v>
       </c>
       <c r="B683" s="1" t="s">
-        <v>2465</v>
+        <v>2441</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>2466</v>
+        <v>2441</v>
       </c>
       <c r="D683" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>2467</v>
+        <v>2442</v>
       </c>
       <c r="F683" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G683" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="684" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A684" s="1" t="s">
-        <v>2468</v>
+        <v>2443</v>
       </c>
       <c r="B684" s="1" t="s">
-        <v>2469</v>
+        <v>2444</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>2470</v>
+        <v>2444</v>
       </c>
       <c r="D684" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E684" s="3" t="s">
-        <v>2471</v>
+        <v>2445</v>
       </c>
       <c r="F684" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G684" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="685" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A685" s="1" t="s">
-        <v>2472</v>
+        <v>2446</v>
       </c>
       <c r="B685" s="1" t="s">
-        <v>2473</v>
+        <v>2447</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>2474</v>
+        <v>2447</v>
       </c>
       <c r="D685" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>2475</v>
+        <v>2448</v>
       </c>
       <c r="F685" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G685" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="686" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A686" s="1" t="s">
-        <v>2476</v>
+        <v>2449</v>
       </c>
       <c r="B686" s="1" t="s">
-        <v>2477</v>
+        <v>2450</v>
       </c>
       <c r="C686" s="1" t="s">
-        <v>2478</v>
+        <v>2450</v>
       </c>
       <c r="D686" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E686" s="3" t="s">
-        <v>2479</v>
+        <v>2451</v>
       </c>
       <c r="F686" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G686" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="687" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A687" s="1" t="s">
-        <v>2480</v>
+        <v>2452</v>
       </c>
       <c r="B687" s="1" t="s">
-        <v>2481</v>
+        <v>2453</v>
       </c>
       <c r="C687" s="1" t="s">
-        <v>2482</v>
+        <v>2453</v>
       </c>
       <c r="D687" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>2483</v>
+        <v>2454</v>
       </c>
       <c r="F687" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G687" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="688" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A688" s="1" t="s">
-        <v>2484</v>
+        <v>2455</v>
       </c>
       <c r="B688" s="1" t="s">
-        <v>2485</v>
+        <v>2456</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>2486</v>
+        <v>2456</v>
       </c>
       <c r="D688" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>2487</v>
+        <v>2457</v>
       </c>
       <c r="F688" s="3" t="s">
-        <v>37</v>
+        <v>707</v>
       </c>
       <c r="G688" s="3" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
     </row>
     <row r="689" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A689" s="1" t="s">
-        <v>2488</v>
+        <v>2458</v>
       </c>
       <c r="B689" s="1" t="s">
-        <v>2489</v>
+        <v>2459</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>2490</v>
+        <v>2460</v>
       </c>
       <c r="D689" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>2491</v>
+        <v>2461</v>
       </c>
       <c r="F689" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G689" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="690" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A690" s="1" t="s">
-        <v>2492</v>
+        <v>2462</v>
       </c>
       <c r="B690" s="1" t="s">
-        <v>2493</v>
+        <v>2463</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>2494</v>
+        <v>2464</v>
       </c>
       <c r="D690" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E690" s="3" t="s">
-        <v>2495</v>
+        <v>2465</v>
       </c>
       <c r="F690" s="3" t="s">
-        <v>37</v>
+        <v>95</v>
       </c>
       <c r="G690" s="3" t="s">
-        <v>38</v>
+        <v>57</v>
       </c>
     </row>
     <row r="691" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A691" s="1" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B691" s="1" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C691" s="1" t="s">
+        <v>2468</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E691" s="3" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F691" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G691" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="692" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A692" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B692" s="1" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C692" s="1" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E692" s="3" t="s">
+        <v>2473</v>
+      </c>
+      <c r="F692" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G692" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="693" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A693" s="1" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B693" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="C693" s="1" t="s">
+        <v>2476</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E693" s="3" t="s">
+        <v>2477</v>
+      </c>
+      <c r="F693" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G693" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="694" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A694" s="1" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B694" s="1" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C694" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E694" s="3" t="s">
+        <v>2481</v>
+      </c>
+      <c r="F694" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G694" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="695" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A695" s="1" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B695" s="1" t="s">
+        <v>2483</v>
+      </c>
+      <c r="C695" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E695" s="3" t="s">
+        <v>2485</v>
+      </c>
+      <c r="F695" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G695" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="696" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A696" s="1" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C696" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E696" s="3" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F696" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G696" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="697" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A697" s="1" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B697" s="1" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C697" s="1" t="s">
+        <v>2492</v>
+      </c>
+      <c r="D697" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E697" s="3" t="s">
+        <v>2493</v>
+      </c>
+      <c r="F697" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G697" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="698" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A698" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B698" s="1" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C698" s="1" t="s">
         <v>2496</v>
       </c>
-      <c r="B691" s="1" t="s">
+      <c r="D698" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E698" s="3" t="s">
         <v>2497</v>
       </c>
-      <c r="C691" s="1" t="s">
+      <c r="F698" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G698" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="699" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A699" s="1" t="s">
         <v>2498</v>
       </c>
-      <c r="D691" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E691" s="3" t="s">
+      <c r="B699" s="1" t="s">
         <v>2499</v>
       </c>
-      <c r="F691" s="3" t="s">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="C699" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E699" s="3" t="s">
+        <v>2501</v>
+      </c>
+      <c r="F699" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G699" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="700" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A700" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B700" s="1" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C700" s="1" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D700" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E700" s="3" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F700" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G700" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="701" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A701" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B701" s="1" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C701" s="1" t="s">
+        <v>2508</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E701" s="3" t="s">
+        <v>2509</v>
+      </c>
+      <c r="F701" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G701" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="702" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A702" s="1" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B702" s="1" t="s">
+        <v>2511</v>
+      </c>
+      <c r="C702" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E702" s="3" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F702" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G702" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="703" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A703" s="1" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B703" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="C703" s="1" t="s">
+        <v>2516</v>
+      </c>
+      <c r="D703" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E703" s="3" t="s">
+        <v>2517</v>
+      </c>
+      <c r="F703" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G703" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="704" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A704" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B704" s="1" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C704" s="1" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E704" s="3" t="s">
+        <v>2521</v>
+      </c>
+      <c r="F704" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G704" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="705" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A705" s="1" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B705" s="1" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C705" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D705" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E705" s="3" t="s">
+        <v>2525</v>
+      </c>
+      <c r="F705" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G705" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="706" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A706" s="1" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B706" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="C706" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E706" s="3" t="s">
+        <v>2529</v>
+      </c>
+      <c r="F706" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G706" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="707" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A707" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B707" s="1" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C707" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D707" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E707" s="3" t="s">
+        <v>2533</v>
+      </c>
+      <c r="F707" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G707" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="708" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A708" s="1" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>2535</v>
+      </c>
+      <c r="C708" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E708" s="3" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F708" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G708" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="709" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A709" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B709" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C709" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E709" s="3" t="s">
+        <v>2541</v>
+      </c>
+      <c r="F709" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G709" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="710" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A710" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B710" s="1" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C710" s="1" t="s">
+        <v>2544</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E710" s="3" t="s">
+        <v>2545</v>
+      </c>
+      <c r="F710" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G710" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="711" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A711" s="1" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B711" s="1" t="s">
+        <v>2547</v>
+      </c>
+      <c r="C711" s="1" t="s">
+        <v>2548</v>
+      </c>
+      <c r="D711" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E711" s="3" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F711" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G711" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="712" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A712" s="1" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B712" s="1" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C712" s="1" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D712" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E712" s="3" t="s">
+        <v>2553</v>
+      </c>
+      <c r="F712" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G712" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="713" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A713" s="1" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B713" s="1" t="s">
+        <v>2555</v>
+      </c>
+      <c r="C713" s="1" t="s">
+        <v>2556</v>
+      </c>
+      <c r="D713" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E713" s="3" t="s">
+        <v>2557</v>
+      </c>
+      <c r="F713" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G713" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="714" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A714" s="1" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B714" s="1" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C714" s="1" t="s">
+        <v>2560</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E714" s="3" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F714" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G714" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="715" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A715" s="1" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B715" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="C715" s="1" t="s">
+        <v>2564</v>
+      </c>
+      <c r="D715" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E715" s="3" t="s">
+        <v>2565</v>
+      </c>
+      <c r="F715" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G715" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="716" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A716" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B716" s="1" t="s">
+        <v>2567</v>
+      </c>
+      <c r="C716" s="1" t="s">
+        <v>2568</v>
+      </c>
+      <c r="D716" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E716" s="3" t="s">
+        <v>2569</v>
+      </c>
+      <c r="F716" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G716" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="717" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A717" s="1" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B717" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C717" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E717" s="3" t="s">
+        <v>2573</v>
+      </c>
+      <c r="F717" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G717" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="718" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A718" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B718" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C718" s="1" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E718" s="3" t="s">
+        <v>2577</v>
+      </c>
+      <c r="F718" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G718" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="719" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A719" s="1" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B719" s="1" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C719" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D719" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E719" s="3" t="s">
+        <v>2581</v>
+      </c>
+      <c r="F719" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G719" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="720" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A720" s="1" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C720" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D720" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E720" s="3" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F720" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G720" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="721" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A721" s="1" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B721" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="D721" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E721" s="3" t="s">
+        <v>2587</v>
+      </c>
+      <c r="F721" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G721" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="722" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A722" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C722" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="D722" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E722" s="3" t="s">
+        <v>2590</v>
+      </c>
+      <c r="F722" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G722" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="723" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A723" s="1" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B723" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="C723" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D723" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E723" s="3" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F723" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G723" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="724" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A724" s="1" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B724" s="1" t="s">
+        <v>2595</v>
+      </c>
+      <c r="C724" s="1" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D724" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E724" s="3" t="s">
+        <v>2596</v>
+      </c>
+      <c r="F724" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G724" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="725" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A725" s="1" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B725" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C725" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D725" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E725" s="3" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F725" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G725" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="726" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A726" s="1" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B726" s="1" t="s">
+        <v>2601</v>
+      </c>
+      <c r="C726" s="1" t="s">
+        <v>2601</v>
+      </c>
+      <c r="D726" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E726" s="3" t="s">
+        <v>2602</v>
+      </c>
+      <c r="F726" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G726" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="727" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A727" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B727" s="1" t="s">
+        <v>2604</v>
+      </c>
+      <c r="C727" s="1" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D727" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E727" s="3" t="s">
+        <v>2605</v>
+      </c>
+      <c r="F727" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G727" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="728" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A728" s="1" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B728" s="1" t="s">
+        <v>2607</v>
+      </c>
+      <c r="C728" s="1" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E728" s="3" t="s">
+        <v>2608</v>
+      </c>
+      <c r="F728" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G728" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="729" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A729" s="1" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B729" s="1" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C729" s="1" t="s">
+        <v>2610</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E729" s="3" t="s">
+        <v>2611</v>
+      </c>
+      <c r="F729" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G729" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="730" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A730" s="1" t="s">
+        <v>2612</v>
+      </c>
+      <c r="B730" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C730" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E730" s="3" t="s">
+        <v>2614</v>
+      </c>
+      <c r="F730" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G730" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="731" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A731" s="1" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B731" s="1" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C731" s="1" t="s">
+        <v>2616</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E731" s="3" t="s">
+        <v>2617</v>
+      </c>
+      <c r="F731" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G731" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="732" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A732" s="1" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B732" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C732" s="1" t="s">
+        <v>2620</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E732" s="3" t="s">
+        <v>2621</v>
+      </c>
+      <c r="F732" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G732" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="733" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A733" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B733" s="1" t="s">
+        <v>2623</v>
+      </c>
+      <c r="C733" s="1" t="s">
+        <v>2620</v>
+      </c>
+      <c r="D733" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E733" s="3" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F733" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="G733" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="734" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A734" s="1" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B734" s="1" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C734" s="1" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E734" s="3" t="s">
+        <v>2628</v>
+      </c>
+      <c r="F734" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G734" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="735" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A735" s="1" t="s">
+        <v>2629</v>
+      </c>
+      <c r="B735" s="1" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C735" s="1" t="s">
+        <v>2631</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E735" s="3" t="s">
+        <v>2632</v>
+      </c>
+      <c r="F735" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G735" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="736" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A736" s="1" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B736" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C736" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D736" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E736" s="3" t="s">
+        <v>2636</v>
+      </c>
+      <c r="F736" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G736" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="737" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A737" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B737" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="C737" s="1" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D737" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E737" s="3" t="s">
+        <v>2640</v>
+      </c>
+      <c r="F737" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G737" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="738" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A738" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B738" s="1" t="s">
+        <v>2642</v>
+      </c>
+      <c r="C738" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D738" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E738" s="3" t="s">
+        <v>2644</v>
+      </c>
+      <c r="F738" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G738" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="739" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A739" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B739" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C739" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E739" s="3" t="s">
+        <v>2648</v>
+      </c>
+      <c r="F739" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G739" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="740" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A740" s="1" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B740" s="1" t="s">
+        <v>2650</v>
+      </c>
+      <c r="C740" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="D740" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E740" s="3" t="s">
+        <v>2652</v>
+      </c>
+      <c r="F740" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G740" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="741" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A741" s="1" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B741" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="C741" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D741" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E741" s="3" t="s">
+        <v>2656</v>
+      </c>
+      <c r="F741" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G741" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="742" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A742" s="1" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B742" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C742" s="1" t="s">
+        <v>2659</v>
+      </c>
+      <c r="D742" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E742" s="3" t="s">
+        <v>2660</v>
+      </c>
+      <c r="F742" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G742" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="743" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A743" s="1" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B743" s="1" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C743" s="1" t="s">
+        <v>2663</v>
+      </c>
+      <c r="D743" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E743" s="3" t="s">
+        <v>2664</v>
+      </c>
+      <c r="F743" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G743" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="744" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A744" s="1" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B744" s="1" t="s">
+        <v>2666</v>
+      </c>
+      <c r="C744" s="1" t="s">
+        <v>2667</v>
+      </c>
+      <c r="D744" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E744" s="3" t="s">
+        <v>2668</v>
+      </c>
+      <c r="F744" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G744" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="745" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A745" s="1" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B745" s="1" t="s">
+        <v>2670</v>
+      </c>
+      <c r="C745" s="1" t="s">
+        <v>2671</v>
+      </c>
+      <c r="D745" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E745" s="3" t="s">
+        <v>2672</v>
+      </c>
+      <c r="F745" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G745" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="746" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A746" s="1" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B746" s="1" t="s">
+        <v>2674</v>
+      </c>
+      <c r="C746" s="1" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D746" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E746" s="3" t="s">
+        <v>2676</v>
+      </c>
+      <c r="F746" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G746" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="747" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A747" s="1" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B747" s="1" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C747" s="1" t="s">
+        <v>2679</v>
+      </c>
+      <c r="D747" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E747" s="3" t="s">
+        <v>2680</v>
+      </c>
+      <c r="F747" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G747" s="3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="748" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A748" s="1" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B748" s="1" t="s">
+        <v>2682</v>
+      </c>
+      <c r="C748" s="1" t="s">
+        <v>2683</v>
+      </c>
+      <c r="D748" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E748" s="3" t="s">
+        <v>2684</v>
+      </c>
+      <c r="F748" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G748" s="3" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="749" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A749" s="1" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B749" s="1" t="s">
+        <v>2687</v>
+      </c>
+      <c r="C749" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="D749" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E749" s="3" t="s">
+        <v>2689</v>
+      </c>
+      <c r="F749" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G749" s="3" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="750" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A750" s="1" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B750" s="1" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C750" s="1" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E750" s="3" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F750" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G750" s="3" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="751" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A751" s="1" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B751" s="1" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C751" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="D751" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E751" s="3" t="s">
+        <v>2697</v>
+      </c>
+      <c r="F751" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G751" s="3" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="752" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A752" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B752" s="1" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C752" s="1" t="s">
+        <v>2700</v>
+      </c>
+      <c r="D752" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E752" s="3" t="s">
+        <v>2701</v>
+      </c>
+      <c r="F752" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G752" s="3" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="753" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A753" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B753" s="1" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C753" s="1" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D753" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E753" s="3" t="s">
+        <v>2704</v>
+      </c>
+      <c r="F753" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G753" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="754" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A754" s="1" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B754" s="1" t="s">
+        <v>2706</v>
+      </c>
+      <c r="C754" s="1" t="s">
+        <v>2707</v>
+      </c>
+      <c r="D754" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E754" s="3" t="s">
+        <v>2708</v>
+      </c>
+      <c r="F754" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G754" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="755" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A755" s="1" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B755" s="1" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C755" s="1" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D755" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E755" s="3" t="s">
+        <v>2712</v>
+      </c>
+      <c r="F755" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G755" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="756" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A756" s="1" t="s">
+        <v>2713</v>
+      </c>
+      <c r="B756" s="1" t="s">
+        <v>2714</v>
+      </c>
+      <c r="C756" s="1" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D756" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E756" s="3" t="s">
+        <v>2716</v>
+      </c>
+      <c r="F756" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G756" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="757" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A757" s="1" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B757" s="1" t="s">
+        <v>2718</v>
+      </c>
+      <c r="C757" s="1" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D757" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E757" s="3" t="s">
+        <v>2720</v>
+      </c>
+      <c r="F757" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G757" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="758" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A758" s="1" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B758" s="1" t="s">
+        <v>2722</v>
+      </c>
+      <c r="C758" s="1" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D758" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E758" s="3" t="s">
+        <v>2724</v>
+      </c>
+      <c r="F758" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G758" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="759" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A759" s="1" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B759" s="1" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C759" s="1" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D759" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E759" s="3" t="s">
+        <v>2728</v>
+      </c>
+      <c r="F759" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G759" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="760" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A760" s="1" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B760" s="1" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C760" s="1" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D760" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E760" s="3" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F760" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G760" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="761" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A761" s="1" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B761" s="1" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C761" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="D761" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E761" s="3" t="s">
+        <v>2736</v>
+      </c>
+      <c r="F761" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G761" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="762" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A762" s="1" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B762" s="1" t="s">
+        <v>2738</v>
+      </c>
+      <c r="C762" s="1" t="s">
+        <v>2739</v>
+      </c>
+      <c r="D762" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E762" s="3" t="s">
+        <v>2740</v>
+      </c>
+      <c r="F762" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G762" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="763" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A763" s="1" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B763" s="1" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C763" s="1" t="s">
+        <v>2743</v>
+      </c>
+      <c r="D763" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E763" s="3" t="s">
+        <v>2744</v>
+      </c>
+      <c r="F763" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G763" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="764" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A764" s="1" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B764" s="1" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C764" s="1" t="s">
+        <v>2747</v>
+      </c>
+      <c r="D764" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E764" s="3" t="s">
+        <v>2748</v>
+      </c>
+      <c r="F764" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G764" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="765" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A765" s="1" t="s">
+        <v>2749</v>
+      </c>
+      <c r="B765" s="1" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C765" s="1" t="s">
+        <v>2751</v>
+      </c>
+      <c r="D765" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E765" s="3" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F765" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G765" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="766" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A766" s="1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="B766" s="1" t="s">
+        <v>2754</v>
+      </c>
+      <c r="C766" s="1" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D766" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E766" s="3" t="s">
+        <v>2756</v>
+      </c>
+      <c r="F766" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G766" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="767" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A767" s="1" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B767" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C767" s="1" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D767" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E767" s="3" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F767" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G767" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="768" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A768" s="1" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B768" s="1" t="s">
+        <v>2762</v>
+      </c>
+      <c r="C768" s="1" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D768" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E768" s="3" t="s">
+        <v>2764</v>
+      </c>
+      <c r="F768" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G768" s="3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="769" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A769" s="1" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B769" s="1" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C769" s="1" t="s">
+        <v>2766</v>
+      </c>
+      <c r="D769" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E769" s="3" t="s">
+        <v>2767</v>
+      </c>
+      <c r="F769" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G769" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="770" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A770" s="1" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B770" s="1" t="s">
+        <v>2769</v>
+      </c>
+      <c r="C770" s="1" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D770" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E770" s="3" t="s">
+        <v>2770</v>
+      </c>
+      <c r="F770" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G770" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="771" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A771" s="1" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B771" s="1" t="s">
+        <v>2772</v>
+      </c>
+      <c r="C771" s="1" t="s">
+        <v>2772</v>
+      </c>
+      <c r="D771" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E771" s="3" t="s">
+        <v>2773</v>
+      </c>
+      <c r="F771" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G771" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="772" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A772" s="1" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B772" s="1" t="s">
+        <v>2775</v>
+      </c>
+      <c r="C772" s="1" t="s">
+        <v>2775</v>
+      </c>
+      <c r="D772" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E772" s="3" t="s">
+        <v>2776</v>
+      </c>
+      <c r="F772" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G772" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="773" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A773" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B773" s="1" t="s">
+        <v>2778</v>
+      </c>
+      <c r="C773" s="1" t="s">
+        <v>2778</v>
+      </c>
+      <c r="D773" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E773" s="3" t="s">
+        <v>2779</v>
+      </c>
+      <c r="F773" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G773" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="774" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A774" s="1" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B774" s="1" t="s">
+        <v>2781</v>
+      </c>
+      <c r="C774" s="1" t="s">
+        <v>2781</v>
+      </c>
+      <c r="D774" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E774" s="3" t="s">
+        <v>2782</v>
+      </c>
+      <c r="F774" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G774" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="775" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A775" s="1" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B775" s="1" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C775" s="1" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D775" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E775" s="3" t="s">
+        <v>2785</v>
+      </c>
+      <c r="F775" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G775" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="776" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A776" s="1" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B776" s="1" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C776" s="1" t="s">
+        <v>2787</v>
+      </c>
+      <c r="D776" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E776" s="3" t="s">
+        <v>2788</v>
+      </c>
+      <c r="F776" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G776" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="777" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A777" s="1" t="s">
+        <v>2789</v>
+      </c>
+      <c r="B777" s="1" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C777" s="1" t="s">
+        <v>2790</v>
+      </c>
+      <c r="D777" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E777" s="3" t="s">
+        <v>2791</v>
+      </c>
+      <c r="F777" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G777" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="778" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A778" s="1" t="s">
+        <v>2792</v>
+      </c>
+      <c r="B778" s="1" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C778" s="1" t="s">
+        <v>2793</v>
+      </c>
+      <c r="D778" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E778" s="3" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F778" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G778" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="779" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A779" s="1" t="s">
+        <v>2795</v>
+      </c>
+      <c r="B779" s="1" t="s">
+        <v>2796</v>
+      </c>
+      <c r="C779" s="1" t="s">
+        <v>2796</v>
+      </c>
+      <c r="D779" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E779" s="3" t="s">
+        <v>2797</v>
+      </c>
+      <c r="F779" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G779" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="780" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A780" s="1" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B780" s="1" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C780" s="1" t="s">
+        <v>2799</v>
+      </c>
+      <c r="D780" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E780" s="3" t="s">
+        <v>2800</v>
+      </c>
+      <c r="F780" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G780" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="781" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A781" s="1" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B781" s="1" t="s">
+        <v>2802</v>
+      </c>
+      <c r="C781" s="1" t="s">
+        <v>2802</v>
+      </c>
+      <c r="D781" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E781" s="3" t="s">
+        <v>2803</v>
+      </c>
+      <c r="F781" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G781" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="782" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A782" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B782" s="1" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C782" s="1" t="s">
+        <v>2805</v>
+      </c>
+      <c r="D782" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E782" s="3" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F782" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G782" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="783" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A783" s="1" t="s">
+        <v>2807</v>
+      </c>
+      <c r="B783" s="1" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C783" s="1" t="s">
+        <v>2808</v>
+      </c>
+      <c r="D783" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E783" s="3" t="s">
+        <v>2809</v>
+      </c>
+      <c r="F783" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G783" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="784" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A784" s="1" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B784" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C784" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="D784" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E784" s="3" t="s">
+        <v>2812</v>
+      </c>
+      <c r="F784" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G784" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="785" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A785" s="1" t="s">
+        <v>2813</v>
+      </c>
+      <c r="B785" s="1" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C785" s="1" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D785" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E785" s="3" t="s">
+        <v>2815</v>
+      </c>
+      <c r="F785" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G785" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="786" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A786" s="1" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B786" s="1" t="s">
+        <v>2817</v>
+      </c>
+      <c r="C786" s="1" t="s">
+        <v>2817</v>
+      </c>
+      <c r="D786" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E786" s="3" t="s">
+        <v>2818</v>
+      </c>
+      <c r="F786" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G786" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="787" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A787" s="1" t="s">
+        <v>2819</v>
+      </c>
+      <c r="B787" s="1" t="s">
+        <v>2820</v>
+      </c>
+      <c r="C787" s="1" t="s">
+        <v>2820</v>
+      </c>
+      <c r="D787" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E787" s="3" t="s">
+        <v>2821</v>
+      </c>
+      <c r="F787" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G787" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="788" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A788" s="1" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B788" s="1" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C788" s="1" t="s">
+        <v>2823</v>
+      </c>
+      <c r="D788" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E788" s="3" t="s">
+        <v>2824</v>
+      </c>
+      <c r="F788" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G788" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="789" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A789" s="1" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B789" s="1" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C789" s="1" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D789" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E789" s="3" t="s">
+        <v>2827</v>
+      </c>
+      <c r="F789" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G789" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="790" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A790" s="1" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B790" s="1" t="s">
+        <v>2829</v>
+      </c>
+      <c r="C790" s="1" t="s">
+        <v>2829</v>
+      </c>
+      <c r="D790" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E790" s="3" t="s">
+        <v>2830</v>
+      </c>
+      <c r="F790" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G790" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="791" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A791" s="1" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B791" s="1" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C791" s="1" t="s">
+        <v>2833</v>
+      </c>
+      <c r="D791" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E791" s="3" t="s">
+        <v>2834</v>
+      </c>
+      <c r="F791" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G791" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="792" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A792" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="B792" s="1" t="s">
+        <v>2836</v>
+      </c>
+      <c r="C792" s="1" t="s">
+        <v>2836</v>
+      </c>
+      <c r="D792" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E792" s="3" t="s">
+        <v>2837</v>
+      </c>
+      <c r="F792" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G792" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="793" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A793" s="1" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B793" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C793" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D793" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E793" s="3" t="s">
+        <v>2840</v>
+      </c>
+      <c r="F793" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G793" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="794" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A794" s="1" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B794" s="1" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C794" s="1" t="s">
+        <v>2842</v>
+      </c>
+      <c r="D794" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E794" s="3" t="s">
+        <v>2843</v>
+      </c>
+      <c r="F794" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G794" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="795" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A795" s="1" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B795" s="1" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C795" s="1" t="s">
+        <v>2845</v>
+      </c>
+      <c r="D795" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E795" s="3" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F795" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G795" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="796" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A796" s="1" t="s">
+        <v>2847</v>
+      </c>
+      <c r="B796" s="1" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C796" s="1" t="s">
+        <v>2848</v>
+      </c>
+      <c r="D796" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E796" s="3" t="s">
+        <v>2849</v>
+      </c>
+      <c r="F796" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G796" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="797" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A797" s="1" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B797" s="1" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C797" s="1" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D797" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E797" s="3" t="s">
+        <v>2852</v>
+      </c>
+      <c r="F797" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G797" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="798" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A798" s="1" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B798" s="1" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C798" s="1" t="s">
+        <v>2854</v>
+      </c>
+      <c r="D798" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E798" s="3" t="s">
+        <v>2855</v>
+      </c>
+      <c r="F798" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G798" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="799" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A799" s="1" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B799" s="1" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C799" s="1" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D799" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E799" s="3" t="s">
+        <v>2858</v>
+      </c>
+      <c r="F799" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G799" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="800" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A800" s="1" t="s">
+        <v>2859</v>
+      </c>
+      <c r="B800" s="1" t="s">
+        <v>2860</v>
+      </c>
+      <c r="C800" s="1" t="s">
+        <v>2860</v>
+      </c>
+      <c r="D800" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E800" s="3" t="s">
+        <v>2861</v>
+      </c>
+      <c r="F800" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G800" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="801" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A801" s="1" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B801" s="1" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C801" s="1" t="s">
+        <v>2863</v>
+      </c>
+      <c r="D801" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E801" s="3" t="s">
+        <v>2864</v>
+      </c>
+      <c r="F801" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G801" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="802" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A802" s="1" t="s">
+        <v>2865</v>
+      </c>
+      <c r="B802" s="1" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C802" s="1" t="s">
+        <v>2866</v>
+      </c>
+      <c r="D802" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E802" s="3" t="s">
+        <v>2867</v>
+      </c>
+      <c r="F802" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G802" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="803" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A803" s="1" t="s">
+        <v>2868</v>
+      </c>
+      <c r="B803" s="1" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C803" s="1" t="s">
+        <v>2870</v>
+      </c>
+      <c r="D803" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E803" s="3" t="s">
+        <v>2871</v>
+      </c>
+      <c r="F803" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G803" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="804" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A804" s="1" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B804" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C804" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="D804" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E804" s="3" t="s">
+        <v>2874</v>
+      </c>
+      <c r="F804" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G804" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="805" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A805" s="1" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B805" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C805" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="D805" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E805" s="3" t="s">
+        <v>2877</v>
+      </c>
+      <c r="F805" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G805" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="806" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A806" s="1" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B806" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C806" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="D806" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E806" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="F806" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G806" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="807" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A807" s="1" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B807" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C807" s="1" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D807" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E807" s="3" t="s">
+        <v>2883</v>
+      </c>
+      <c r="F807" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G807" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="808" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A808" s="1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="B808" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C808" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D808" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E808" s="3" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F808" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G808" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="809" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A809" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="B809" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="C809" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="D809" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E809" s="3" t="s">
+        <v>2889</v>
+      </c>
+      <c r="F809" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G809" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="810" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A810" s="1" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B810" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C810" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D810" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E810" s="3" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F810" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G810" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="811" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A811" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B811" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C811" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="D811" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E811" s="3" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F811" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G811" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="812" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A812" s="1" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B812" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C812" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="D812" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E812" s="3" t="s">
+        <v>2898</v>
+      </c>
+      <c r="F812" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G812" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="813" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A813" s="1" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B813" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C813" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="D813" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E813" s="3" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F813" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G813" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="814" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A814" s="1" t="s">
+        <v>2902</v>
+      </c>
+      <c r="B814" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="C814" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="D814" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E814" s="3" t="s">
+        <v>2904</v>
+      </c>
+      <c r="F814" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G814" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="815" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A815" s="1" t="s">
+        <v>2905</v>
+      </c>
+      <c r="B815" s="1" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C815" s="1" t="s">
+        <v>2906</v>
+      </c>
+      <c r="D815" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E815" s="3" t="s">
+        <v>2907</v>
+      </c>
+      <c r="F815" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G815" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="816" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A816" s="1" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B816" s="1" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C816" s="1" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D816" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E816" s="3" t="s">
+        <v>2910</v>
+      </c>
+      <c r="F816" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G816" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="817" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A817" s="1" t="s">
+        <v>2911</v>
+      </c>
+      <c r="B817" s="1" t="s">
+        <v>2912</v>
+      </c>
+      <c r="C817" s="1" t="s">
+        <v>2912</v>
+      </c>
+      <c r="D817" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E817" s="3" t="s">
+        <v>2913</v>
+      </c>
+      <c r="F817" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G817" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="818" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A818" s="1" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B818" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C818" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D818" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E818" s="3" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F818" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G818" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="819" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A819" s="1" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B819" s="1" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C819" s="1" t="s">
+        <v>2918</v>
+      </c>
+      <c r="D819" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E819" s="3" t="s">
+        <v>2919</v>
+      </c>
+      <c r="F819" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G819" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="820" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A820" s="1" t="s">
+        <v>2920</v>
+      </c>
+      <c r="B820" s="1" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C820" s="1" t="s">
+        <v>2922</v>
+      </c>
+      <c r="D820" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E820" s="3" t="s">
+        <v>2923</v>
+      </c>
+      <c r="F820" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G820" s="3" t="s">
+        <v>2924</v>
+      </c>
+    </row>
+    <row r="821" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A821" s="1" t="s">
+        <v>2925</v>
+      </c>
+      <c r="B821" s="1" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C821" s="1" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D821" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E821" s="3" t="s">
+        <v>2928</v>
+      </c>
+      <c r="F821" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G821" s="3" t="s">
+        <v>2924</v>
+      </c>
+    </row>
+    <row r="822" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A822" s="1" t="s">
+        <v>2929</v>
+      </c>
+      <c r="B822" s="1" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C822" s="1" t="s">
+        <v>2931</v>
+      </c>
+      <c r="D822" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E822" s="3" t="s">
+        <v>2932</v>
+      </c>
+      <c r="F822" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G822" s="3" t="s">
+        <v>2924</v>
+      </c>
+    </row>
+    <row r="823" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A823" s="1" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B823" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="C823" s="1" t="s">
+        <v>2935</v>
+      </c>
+      <c r="D823" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E823" s="3" t="s">
+        <v>2936</v>
+      </c>
+      <c r="F823" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G823" s="3" t="s">
+        <v>2924</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">