--- v0 (2026-01-27)
+++ v1 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -125,146 +125,179 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3d5/howkyg82cfzy3o8euzkzd6hp3xodfvn7.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48Л, СЕРИЯ  quot;GIRLS ONLY quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48Л, СЕРИЯ &amp;quot;GIRLS ONLY&amp;quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>816174</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdf/psf5iwmjsvkwza4vwm2iftdb1z2kk7s4.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48Л, СЕРИЯ  quot;ШКОЛА ВОЛШЕБСТВА quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48Л, СЕРИЯ &amp;quot;ШКОЛА ВОЛШЕБСТВА&amp;quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>816175</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/005/ajmhc1xfs3qwve22ia0y011kb2byltsd.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. Greenwich Line  quot;Color theory quot; - Английский язык, пантонная печать, матовая ламинация, выборочный УФ-лак, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь тематическая «Английский язык» из серии «Color theory» &amp;#40;в серии 16 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 70 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – целлюлозный картон с двухсторонней печатью, отделка обложки – пантонная печать, матовая ламинация, выборочный УФ-лак.</t>
+  </si>
+  <si>
+    <t>834398</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/greenwich-line/"&gt;Greenwich Line&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a53/dy8svjp7er948yir5wlmku5v5iz94z17.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>Тетрадь для работ по английскому языку предметных тетрадей серии &amp;quot;HASHTAGS&amp;quot; станет прекрасным проводником и навигатором в изучении школьного предмета. А 5 страниц справочной информации помогут с легкостью ориентироваться в тонкостях иностранного языка. Тетрадь изготовлена из высококачественных полиграфических материалов, соответствующих требованиям, предъявляемым к данному продукту. Обложка - картон плотностью 235 г/кв.м. Блок - белая офсетная бумага плотностью 65 г/кв.м. Линовка блока в клетку с полями, совпадающая с лицевой и оборотной сторонами листа. Для поднятия отдельных деталей оформления в отделке тетради используется технология термоподъема. Скругленные углы обложки предотвращают появление заломов. 2 металлические скрепки надежно удерживают все листы тетради.</t>
   </si>
   <si>
     <t>840792</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30c/gfb1akmwpoa3i3kk0nmdherntox1txgt.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, АНГЛИЙСКИЙ ЯЗЫК, клетка, подсказ, BRAUBERG, 404558</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по английскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>939470</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/813/kvusx7ya6b1bu9q5lvi3nye7x4k2gjsz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;МИР ЗНАНИЙ quot; 36 л., обложка мелованная бумага, АНГЛИЙСКИЙ ЯЗЫК, клетка, BRAUBERG, 404595</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МИР ЗНАНИЙ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по английскому языку формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;.Листы соединены скобами. Линовка блока - клетка, красные поля. Обложка выполнена из мелованной бумаги плотностью 170 г/м2. Подсказ по предмету отсутствует.</t>
+  </si>
+  <si>
+    <t>939471</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f2b/jxtwf85qk9cb11govzg7z5amze50njx1.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Угадай кто quot; - Английский язык, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Английский язык» из серии Угадай кто &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. На форзацах обложки размещена биография ученого и интересные факты о нем. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с матовой ламинацией и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Предметные тетради из серии Угадай кто предлагают проверить свои знания и угадать кто из ученых загадан на обложке. • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>940443</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b4e/iebdg20frgl2b2gx7mnswbji2ven0gla.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Monocolor. Element quot; - Английский язык, ламинация soft-touch, выборочный лак, 70г м2</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная BG «Английский язык» из серии Monocolor. Element &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. Есть титульный лист. Цветные форзацы. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 70 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с ламинацией soft-touch и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Дизайны выполнены в моностиле с небольшим элементом. В данной серии используются модные оттенки цветов. Эти тетради не только радуют глаз, но еще дарят приятные тактильные ощущения. Для тех кому важны эмоции! • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 70 г/м2; • Крепление: скрепка</t>
+  </si>
+  <si>
+    <t>941255</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bdb/kuvjccgdoquj785pt41ro1ekdckaqylc.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;GENERATION quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;GENERATION&amp;quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>956127</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd0/o0dg92nksx96iq82fmekjobfcxcds9ik.jpeg</t>
   </si>
   <si>
     <t>Тетрадь тематическая Альт  А5  165 х 203 мм   quot;SIMPLE BLACK quot; английский язык, 48 листов, клетка. Арт. 7-48-1225 08</t>
   </si>
   <si>
     <t>Стильная и лаконичная обложка предметной тетради серии &amp;quot;SIMPLE BLACK&amp;quot; разработана в лучших традициях компании Альт. Обложка тетради выполнена из плотного картона 190 г/кв.м и покрыта матовой пленкой SoftTouch, создающей приятные тактильные ощущения. Блок изготовлен из белой офсетной бумаги плотностью 65 г/кв.м. Линовка блока - клетка с полями - точно совпадает с лицевой и оборотной сторонами листа. 48 листов блока и обложка надежно скреплены двумя металлическими скобами. Углы тетради скруглены. Пять страниц справочного материала отличное подспорье в деле освоения новых знаний.</t>
   </si>
   <si>
     <t>961536</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bd/dk754i6xmkqaez8xg9jqyjvtblyggzyi.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;ANIME GIRLS quot; 48 л., матовая ламинация, АНГЛИЙСКИЙ ЯЗЫК, клетка, подсказ, BRAUBERG, 404748</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;ANIME GIRLS&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь 48 листов, формат А5 &amp;#40;165х202 мм&amp;#41;. Изготовлена из высококачественной офсетной бумаги плотностью 60 г/м2, белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2. Спецэффект на обложке - матовая ламинация. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
   </si>
   <si>
     <t>978350</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/abf/w1ig9l7pdnxjiz1v7wu4b57dxjwnahn7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/418/wbx0prfldxcwantlggglirz7sn9loat6.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая Erich Krause Manga, Английский язык, 48 листов, клетка, твин-лак</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 190 г/м2. Отделка - твин-лак. В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет дополнительный лист с инфо-блоком с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
   </si>
   <si>
     <t>978620</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4cf/czbbguq8vhqkktk7a0bcsclfqca7i8qr.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая Erich Krause Timeline, Английский язык, 36 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170х203 мм&amp;#41;. Обложка из высококачественного мелованного картона плотностью 170 г/м2. В блоке 36 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
@@ -305,206 +338,152 @@
   <si>
     <t>979256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24d/abln86x4k8evcf9sm0srx8vr33fned67.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, Английский язык, 48 листов, клетка</t>
   </si>
   <si>
     <t>979257</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a82/ohl2d9idkp7m2r0nxf7yaiag83vcp8ei.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;ЗВЕРОБУДНИ quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>Kожаные куртки, металлические серьги, острые предметы, горящее пламя – все то, что использует подросток для самовыражения, стремясь подчеркнуть свою индивидуальность. Серия предметных тетрадей «Зверобудни&amp;quot; передает этот бунтарский дух. Каждая тетрадь серии раскрывает образ, передающий характер, устремления главного персонажа. Ультрамодная обложка выполнена из плотного картона 190 г/кв.м и покрыта матовой пленкой Soft Touch, создающей приятные тактильные ощущения. Скругленные углы обложки и блока предохраняют тетрадь от замятий. Блок изготовлен из белой офсетной бумаги плотностью 60 г/кв.м. 48 листов блока и обложка надежно скреплены двумя металлическими скобами. Пять страниц справочного материала - отличное подспорье в деле освоения новых знаний.</t>
   </si>
   <si>
     <t>980493</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f05/vyf885yoctn7vo2th6vjivlk36ivhi6e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7d5/rf1pmta49xpazp0e28s1pkd0h5ub4myz.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Английский язык, пластиковая обложка</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Английский язык, пластиковая обложка</t>
   </si>
   <si>
     <t>983586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6b/f6iyg14dar741ujnzrwaww5axl517vhi.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Мир будущего quot; - Английский язык, металлизированный картон</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Мир будущего&amp;quot; - Английский язык, металлизированный картон</t>
   </si>
   <si>
     <t>983587</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71d/hpnuvl0kuq9f7bte97mhogp2or2al84c.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Непотопляемая quot; - Английский язык, матовая ламинация, выб. лак, конгрев</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Непотопляемая&amp;quot; - Английский язык, матовая ламинация, выб. лак, конгрев</t>
   </si>
   <si>
     <t>983589</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e5/psnem3m94dlx82e537rx1ohq42bphtqk.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Профтест quot; - Английский язык, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Профтест&amp;quot; - Английский язык, эконом</t>
   </si>
   <si>
     <t>983591</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4cf/cv61jtsmo4ll9u0uzvfpd79vfxaiw2vn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/365/s0sh7piuverxwutgjod8dzg4b13s9bxp.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Зри в корень, Английский язык, 48 листов, клетка</t>
   </si>
   <si>
     <t>985533</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8be/rwlfislklkiccx2syh33zbfa7890l5ll.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7da/ahz6k68rr85eyly153jgjecyn8uc95af.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка LOREX DEMONS INSIDE Анг.язык мел. карт. запечатка форзаца, фольга</t>
   </si>
   <si>
     <t>985797</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/64d/20j7qy2nfgej18kkakkvkue3s2jd306z.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat АНИМЕ СТИЛЬ Анг.язык мел. карт. запечатка форзаца, спл. УФ-лак, металлизац.</t>
   </si>
   <si>
     <t>985799</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cef/tt4ulg0m21ybtx0n1we004ok5arwb0h1.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов, А5, клетка, скрепка Schoolformat КОСМОКОТИК Анг.язык мел. карт. запечатка форзаца, глиттер</t>
   </si>
   <si>
     <t>985800</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0fd/jnw0jzqtoyq9trr0s1icdtwkbwurzbua.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2b4/nwg8pzflfcv9tbwu4jjymnx7y40kfdyw.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Иностранный язык, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого пластика с фактурой «песок». В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради черного, красного и синего цвета упакованы в термоусадочную плёнку по 6 штук по 2 шутки каждого цвета.</t>
   </si>
   <si>
     <t>996012</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9a0/z1s08iviztxtp3dfdpaxtlj6u23fh4rt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ea9/gzlurbevi8nd2scwc1xucat8gsj941xv.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Иностранный язык, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого пластика пастельного оттенка с фактурой «песок». В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради фиолетового, голубого и розового цвета упакованы в термоусадочную плёнку по 6 штук по 2 шутки каждого цвета.</t>
   </si>
   <si>
     <t>996015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46b/p6uqb8grurxor55bnbj2fhhm6jw9iiho.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Russian Folk, Английский язык, 48 листов, клетка, крафт-картон</t>
   </si>
   <si>
     <t>998096</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dfc/jgp0vjvjb48cokmbuk4r2r93rkpmrdpt.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Робот quot; - Английский язык, эконом</t>
@@ -542,65 +521,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f20/5r2pbqj42kmmcr1ucb26900pv709zs6d.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CLASSIC 48 л., рельефный картон, матовая ламинация, АНГЛИЙСКИЙ, клетка, подсказки, BRAUBERG, 405137</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;CLASSIC&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по английскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Рельефная фактура придает изображениям оригинальность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1005565</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33d/vv53e5zfgki0p93v5konovgh5liuuo24.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная CREATIVE 48 л., обложка картон, АНГЛИЙСКИЙ, клетка, подсказки, BRAUBERG, 405111</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;CREATIVE&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь 48 листов, формат А5 &amp;#40;165х202 мм&amp;#41;. Изготовлена из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы скреплены скобами. Блок линован в клетку, с красными полями. Обложка выполнена из мелованного картона плотностью 190 г/м2. Справочный материал для учащихся содержит ключевые сведения по школьному предмету.</t>
   </si>
   <si>
     <t>1005566</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/32a/zncgrhezobyp2gsebsnrmh1godugw641.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная КЛАССИКА ПРИРОДА 48 л., обложка картон, АНГЛИЙСКИЙ, клетка, подсказки, BRAUBERG, 405084</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КЛАССИКА ПРИРОДА&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь 48 листов, формат А5 &amp;#40;165х202 мм&amp;#41;. Изготовлена из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы скреплены скобами. Блок линован в клетку, с красными полями. Обложка выполнена из мелованного картона плотностью 190 г/м2. Справочный материал для учащихся содержит ключевые сведения по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1005567</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6e/xuwinptpnyln4plg50v0canmu9li4iit.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная МЕМЫ 48 л., TWIN-лак, АНГЛИЙСКИЙ ЯЗЫК, клетка, подсказки, BRAUBERG, 405098</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по английскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1005568</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fda/xypazzptv1ft0kc5eyyxy482oyvtwn6n.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;КОЛОР quot; 36 л., обложка мелованная бумага, АНГЛИЙСКИЙ ЯЗЫК, клетка, BRAUBERG, 405071</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG серии &amp;quot;КОЛОР&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном классическом дизайне. Тетрадь по английскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 36 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны. Листы соединены скобами. Блок разлинован в клетку с красными полями. Обложка выполнена из мелованной бумаги плотностью 170 г/м2. На обратной стороне обложки размещена основная справочная информация по школьному предмету.</t>
   </si>
   <si>
     <t>1006423</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e3d/5gmp9833bhgw1l1fwq44pz5qh2oesy2f.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная ДАТЫ 48 л., TWIN-лак, АНГЛИЙСКИЙ ЯЗЫК, клетка, подсказ, BRAUBERG, 405124</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;ДАТЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по английскому языку формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1006425</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f6a/8nkbllb0wpgv5hljgxa4kk87q68bau8h.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat TOTAL BLACK Анг.язык мел. карт. запечатка форзаца, твин-лак</t>
   </si>
   <si>
     <t>1007294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff3/xeeufiyer9xes3l6qjx287gxjpw5azc4.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat TOTAL BLACK Анг.язык мел. карт., твин-лак</t>
@@ -657,80 +657,50 @@
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;СОЗВЕЗДИЕ&amp;quot; АНГЛИЙСКИЙ ЯЗЫК</t>
   </si>
   <si>
     <t>1008118</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94c/ni0lfu88q5ks7uxb0n42ww6r9kuza5nm.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause DogTone, Английский язык, 48 листов, клетка, выборочный УФ-лак</t>
   </si>
   <si>
     <t>1008957</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b62/8m0tnbn5px01suwrsnp551poiq5glf7l.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Noir, Английский язык, 48 листов, клетка, ламинация soft-touch выборочный УФ-лак</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Noir, Английский язык, 48 листов, клетка, ламинация soft-touch&amp;#43;выборочный УФ-лак</t>
   </si>
   <si>
     <t>1011370</t>
-  </si>
-[...28 lines deleted...]
-    <t>1013666</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e4b/khe2ez2tef1nvqzei4ylx03fc4i8sobh.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Английский язык, 48 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1013667</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/368/6nuq1ac8jfqzsp8bghx35sc5b77pf1o7.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Английский язык, 48 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1013668</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1075,57 +1045,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M59"/>
+  <dimension ref="A1:M55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G59" sqref="G59"/>
+      <selection pane="bottomRight" activeCell="G55" sqref="G55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1270,1204 +1240,1112 @@
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>73</v>
+        <v>51</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F19" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="C19" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E19" s="3" t="s">
+      <c r="G19" s="3" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>56</v>
+        <v>85</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>73</v>
+        <v>130</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>74</v>
+        <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>144</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>144</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>51</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>51</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>51</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>18</v>
+        <v>57</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>45</v>
+        <v>97</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>74</v>
-[...91 lines deleted...]
-        <v>74</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">