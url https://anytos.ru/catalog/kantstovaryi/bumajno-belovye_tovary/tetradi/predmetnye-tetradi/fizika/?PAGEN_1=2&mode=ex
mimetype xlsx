--- v0 (2026-01-08)
+++ v1 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="307">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -155,107 +155,134 @@
   <si>
     <t>Тетрадь тематическая «Физика» из серии «Color theory» &amp;#40;в серии 16 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5 &amp;#40;165*205 мм&amp;#41;. Вид крепления – скрепка. Внутренний блок – 48 листов, офсет 70 г/м2, белизна 100&amp;#37;, линовка – клетка с полями. Обложка – целлюлозный картон с двухсторонней печатью, отделка обложки – пантонная печать, матовая ламинация, выборочный УФ-лак.</t>
   </si>
   <si>
     <t>834463</t>
   </si>
   <si>
     <t>&lt;a href="/brands/greenwich-line/"&gt;Greenwich Line&lt;/a&gt;</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/779/g30pxz7lh5h0jdhl3kkifzc5475ler6d.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;HASHTAGS quot; ФИЗИКА</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;HASHTAGS&amp;quot; ФИЗИКА</t>
   </si>
   <si>
     <t>840808</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/264/57mkndg8z60o9o3x77n66t0fkbebra66.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. ArtSpace  quot;Не по правилам quot; - Физика, глянцевая ламинация</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная «Физика» из серии &amp;quot;Не по правилам&amp;quot; &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м. Белизна 100&amp;#37;, линовка – клетка с полями. Обложка выполнена из целлюлозного картона с отделкой глянцевая ламинация. • Количество листов: 48; • Формат: А5; • Справочные материалы: на вкладке; • Линовка: клетка.</t>
+  </si>
+  <si>
+    <t>926521</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/940/mi5ng0a75gpqht38huvs5iv56w2ajy7h.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Скандальности quot; - Физика, глянцевая ламинация</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Физика» из серии Скандальности &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на форзаце и 2-х дополнительных листах. Есть титульный лист. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с глянцевой ламинацией. Скругленные уголки обложки и внутреннего блока. Школа – это страна со своими персонажами и событиями. И в этой стране, как и в любой другой, выходят новости. Если хочешь быть в курсе происходящего, то советуем подписаться на нашу серию «Скандальности».&amp;nbsp;&amp;nbsp;• Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 65 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>926524</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c6/g85p9sqevr19ywmkyzznkbh03lndnlrh.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Мысли вслух quot; - Физика, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная «Физика» из серии &amp;quot;Мысли вслух&amp;quot; &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на обложке. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 60 г/м?. Белизна 92&amp;#37;, линовка – клетка с полями. Обложка выполнена из мелованной бумаги с отделкой ВД-лаком.</t>
   </si>
   <si>
     <t>938865</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/artspace/"&gt;ArtSpace&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ae8/4x2l6pmiwl8o4apfxhd10w1gr00ybekh.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;DELIGHT quot; 48 л., обложка картон, ФИЗИКА, клетка, BRAUBERG, 404578</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;DELIGHT&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по физике формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;.Листы соединены скобами. Линовка блока - клетка, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>939519</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42b/t1viblx6w0mto134z51q26pwd8dw0ghm.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;КОТ-ЭНТУЗИАСТ quot; 48 л., TWIN-лак, ФИЗИКА, клетка, подсказ, BRAUBERG, 404566</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по физике формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, красные поля.Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>939521</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b4a/467rppvsvxt796ygb7l5rl1xapaqo545.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная  quot;МИР ЗНАНИЙ quot; 36 л., обложка мелованная бумага, ФИЗИКА, клетка, BRAUBERG, 404603</t>
+  </si>
+  <si>
+    <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МИР ЗНАНИЙ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по физике формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;.Листы соединены скобами. Линовка блока - клетка, красные поля. Обложка выполнена из мелованной бумаги плотностью 170 г/м2. Подсказ по предмету отсутствует.</t>
+  </si>
+  <si>
+    <t>939522</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/20e/buhpitgf70if3yy2yco07zerxvlar7nr.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. ArtSpace  quot;Коллаборация quot; - Физика, матовая ламинация, выборочный лак</t>
   </si>
   <si>
     <t>Тетрадь предметная «Физика» из серии &amp;quot;Коллаборация&amp;quot; &amp;#40;в серии 12 предметов&amp;#41;, со справочным материалом на отдельных листах. Формат А5, размер – 165*205 мм. Вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 65 г/м. Белизна 100&amp;#37;, линовка – клетка с полями. Обложка выполнена из целлюлозного картона с матовой ламинацией, выборочным УФ-лаком. • Количество листов: 48; • Формат: А5; • Справочные материалы: на вкладке; • Линовка: клетка.</t>
   </si>
   <si>
     <t>940476</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62e/atz04s0lh4wuae3zw6h9eplhr0q2u503.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Monocolor. Element quot; - Физика, ламинация soft-touch, выборочный лак, 70г м2</t>
   </si>
   <si>
     <t>Тетрадь предметная BG «Физика» из серии Monocolor. Element &amp;#40;в серии 12 предметов&amp;#41; со справочной информацией на 2-х дополнительных листах. Есть титульный лист. Цветные форзацы. Формат тетради – А5, вид крепления – скрепка. Внутренний блок состоит из 48 листов офсетной бумаги плотностью 70 г/м2 и белизной блока 100&amp;#37;. Тип линовки – клетка с полями. Обложка выполнена из мелованного картона с ламинацией soft-touch и выборочным лаком. Скругленные уголки обложки и внутреннего блока. Дизайны выполнены в моностиле с небольшим элементом. В данной серии используются модные оттенки цветов. Эти тетради не только радуют глаз, но еще дарят приятные тактильные ощущения. Для тех кому важны эмоции! • Кол-во листов: 48; • Линовка &amp;#40;&amp;#43;поля&amp;#41;: клетка с полями; • Формат &amp;#40;и размер&amp;#41;: А5; • Белизна: 100&amp;#37;; • Плотность блока: 70 г/м2; • Крепление: скрепка</t>
   </si>
   <si>
     <t>940478</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/234/vi3vph841pi9oiphn92ugm6b5w7qf1he.jpg</t>
@@ -332,62 +359,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/694/2wx32yfhec1r9kfnvtujzp4r5gh026g0.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Чубрик, ФИЗИКА, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «песок», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
   </si>
   <si>
     <t>942076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8a/sradkb1skr3u1tgbpnzx1wkf4qdp7af0.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;СИЯНИЕ ЗНАНИЙ quot; 48 л., глянцевый лак, ФИЗИКА, клетка, BRAUBERG, 404530</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;СИЯНИЕ ЗНАНИЙ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по физике формата А5 &amp;#40;165х202 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока - в клетку, поля красные. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Благодаря глянцевому лаку краски на изображении становятся более яркими и насыщенными. В справочном материале собраны основные подсказки по школьному предмету для учащихся.</t>
   </si>
   <si>
     <t>943762</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/411/nkdyxdghguxkenhzweygc4yn1i5bzydi.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9c5/u1wn2f73r036vjgqfnhkh4c2xuji9cyp.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;GENERATION quot; ФИЗИКА</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;GENERATION&amp;quot; ФИЗИКА</t>
   </si>
   <si>
     <t>956140</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66f/03nkga3ie38pena3p4iv3vdyyog5t1qz.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Inscription, ФИЗИКА, 48 листов, клетка, твин-лак</t>
   </si>
   <si>
     <t>960863</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69d/t6bk4vlw02o02nct1afljlmq2aerrd0a.jpg</t>
@@ -512,62 +527,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bc5/6dyoz1xdmrlr2y1nikxvyf343yz0snwh.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 листов А5 клетка, скрепка Schoolformat КОШАЧИЙ МИР Физика мел. карт. запечатка форзаца, ВД-лак</t>
   </si>
   <si>
     <t>979029</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38b/e5gtup8331fkxs5h4dhk5jm1v3jpp313.jpeg</t>
   </si>
   <si>
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ  quot;ЗВЕРОБУДНИ quot; ФИЗИКА</t>
   </si>
   <si>
     <t>Kожаные куртки, металлические серьги, острые предметы, горящее пламя – все то, что использует подросток для самовыражения, стремясь подчеркнуть свою индивидуальность. Серия предметных тетрадей «Зверобудни&amp;quot; передает этот бунтарский дух. Каждая тетрадь серии раскрывает образ, передающий характер, устремления главного персонажа. Ультрамодная обложка выполнена из плотного картона 190 г/кв.м и покрыта матовой пленкой Soft Touch, создающей приятные тактильные ощущения. Скругленные углы обложки и блока предохраняют тетрадь от замятий. Блок изготовлен из белой офсетной бумаги плотностью 60 г/кв.м. 48 листов блока и обложка надежно скреплены двумя металлическими скобами. Пять страниц справочного материала - отличное подспорье в деле освоения новых знаний.</t>
   </si>
   <si>
     <t>980502</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/815/7gt001rylltmiwlkv4te5qjlemiwz79z.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/809/m1ig43kea39l29q2k8ja7p27rc8qse08.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG  quot;Фотосфера quot; - Физика, эконом</t>
   </si>
   <si>
     <t>Тетрадь предметная 40л. BG &amp;quot;Фотосфера&amp;quot; - Физика, эконом</t>
   </si>
   <si>
     <t>983668</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ef/dhse6uya6bjgkooaergrrkeq6qyqqoqe.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Физика, пластиковая обложка</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Физика, пластиковая обложка</t>
   </si>
   <si>
     <t>983669</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/373/9bfc5u647yp8ha5bpr7053yumc51ahu2.jpg</t>
@@ -803,74 +806,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fe7/38bx9lh2xuoo65ddlhqhyiauoaudhuco.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная МЕМЫ 48 л., TWIN-лак, ФИЗИКА, клетка, подсказки, BRAUBERG, 405106</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по физике формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1005601</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdf/9cwifwwk0dz2vz2o5te9r0thovsgmumk.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная  quot;КОЛОР quot; 36 л., обложка мелованная бумага, ФИЗИКА, клетка, BRAUBERG, 405079</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG серии &amp;quot;КОЛОР&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном классическом дизайне. Тетрадь по физике формата А5 &amp;#40;165х205 мм&amp;#41; содержит 36 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны. Листы соединены скобами. Блок разлинован в клетку с красными полями. Обложка выполнена из мелованной бумаги плотностью 170 г/м2. На обратной стороне обложки размещена основная справочная информация по школьному предмету.</t>
   </si>
   <si>
     <t>1006461</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/494/ap146htcq515qtt45q3mrxjow5bncbcx.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная ДАТЫ 48 л., TWIN-лак, ФИЗИКА, клетка, подсказ, BRAUBERG, 405132</t>
   </si>
   <si>
     <t>Предметная тетрадь BRAUBERG из серии &amp;quot;ДАТЫ&amp;quot; предназначена для учащихся средних и старших классов. Выполнена в современном дизайне. Тетрадь по физике формата А5 &amp;#40;165х205 мм&amp;#41; содержит 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и белизной 100&amp;#37;. Листы соединены скобами. Линовка блока – в клетку, красные поля. Обложка выполнена из мелованного картона плотностью 190 г/м2 в тематике соответствующего предмета. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1006463</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d64/301go125q7fwgirriiz3e8wjapzmuorg.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2b6/xapcv3tdu6dgism613sqjgxpy6thfnzp.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ГОРИЗОНТ СОБЫТИЙ Физика мел. карт., выб.УФ-лак</t>
   </si>
   <si>
     <t>1007337</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/318/95fkxuvd1puhmgszpjf8dvuti9mki0ja.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЖИДКИЙ МЕТАЛЛ Физика мел. карт., твин-лак</t>
   </si>
   <si>
     <t>1007338</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99b/fp39yifobgyj0zket20ytgkxzeg72l3k.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48 л. А5 кл. скреп. Schoolformat ЛЮБОПЫТНЫЙ КОТИК Физика мел. карт., ВД-лак</t>
   </si>
   <si>
     <t>1007339</t>
@@ -915,59 +906,50 @@
     <t>ТЕТРАДЬ ПРЕДМЕТНАЯ 48 ЛИСТОВ, СЕРИЯ &amp;quot;СОЗВЕЗДИЕ&amp;quot; ФИЗИКА</t>
   </si>
   <si>
     <t>1008134</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b4a/a79ppe1v3h40gvio5c4j7xwspyfnsr4u.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause DogTone, Физика, 48 листов, клетка, выборочный УФ-лак</t>
   </si>
   <si>
     <t>1008966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f43/b69tl0kp0kyrsx1mij4plwz21vfg1pid.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Noir, Физика, 48 листов, клетка, ламинация soft-touch выборочный УФ-лак</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая ErichKrause Noir, Физика, 48 листов, клетка, ламинация soft-touch&amp;#43;выборочный УФ-лак</t>
   </si>
   <si>
     <t>1011379</t>
-  </si>
-[...7 lines deleted...]
-    <t>1012805</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32f/8jup1gcjed9xsn4d7gcysuo97d8v010w.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream, Физика, 48 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1012806</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ce/kf2n6e24bttaxy479eyctpi12lqtnjcy.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pulse, Физика, 48 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>1012807</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea0/r9npkalbctbcuj0jr4is9uczi1k6ziti.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая ErichKrause Gradient, Физика, 36 листов, клетка</t>
   </si>
@@ -1321,57 +1303,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M81"/>
+  <dimension ref="A1:M79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G81" sqref="G81"/>
+      <selection pane="bottomRight" activeCell="G79" sqref="G79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1608,1618 +1590,1572 @@
       </c>
       <c r="F12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>63</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>64</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>69</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>71</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>72</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>73</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>51</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>82</v>
+        <v>57</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>82</v>
+        <v>57</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" s="1" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="G21" s="3" t="s">
         <v>92</v>
-      </c>
-[...13 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>116</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>83</v>
+        <v>119</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>161</v>
+        <v>91</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>164</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>165</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>23</v>
+        <v>166</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>52</v>
+        <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F51" s="3" t="s">
         <v>206</v>
-      </c>
-[...13 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="G55" s="3" t="s">
         <v>219</v>
-      </c>
-[...16 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>263</v>
+        <v>74</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>264</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>265</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>266</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>267</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>268</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>269</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>269</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>270</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>271</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>272</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>273</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>275</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>276</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>277</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>278</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>279</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>282</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>283</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>161</v>
+        <v>23</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>293</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>52</v>
+        <v>92</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>299</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>300</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>301</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>303</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>304</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>305</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>83</v>
-[...45 lines deleted...]
-        <v>83</v>
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">