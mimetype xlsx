--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -12,112 +12,109 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/37a/6gibtx62l3ri3djohqhci5ui8hj4bdkp.jpg</t>
-[...5 lines deleted...]
-    <t>Предметные тетради BRAUBERG &amp;quot;BLACK &amp; BRIGHT&amp;quot; выполнены в современном и привлекательном дизайне. Содержат необходимую справочную информацию по школьному предмету. Обложка оформлена в тематике соответствующего предмета. Краткий справочник всегда под рукой! Предметные тетради BRAUBERG из серии &amp;quot;BLACK &amp; BRIGHT&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Покрытие глянцевым лаком обеспечивает обложке неповторимый визуальный эффект. В комплекте 10 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;.Внутренний блок плотности 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Длина: 205 мм. Ширина: 165 мм. Артикул производителя: 403560.</t>
+    <t>http://anytos.ru//upload/iblock/7c4/mvgi1bw2812v4hmsp1b65sdpqdkobvfo.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 10 ПРЕДМЕТОВ,  quot;PASTEL quot;, 48 л., SoftTouch, фольга, 70 г м2, BRAUBERG, 404031</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG со справочным материалом предназначены для учащихся средних и старших классов. Ламинация &amp;quot;SoftTouch&amp;quot; с тиснением фольгой обеспечивает обложке бархатистый тактильный эффект. Внутренний блок повышенной плотности 65 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;PASTEL&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Уникальная ламинация &amp;quot;SoftTouch&amp;quot; с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. В комплекте – 10 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;. Внутренний блок повышенной плотности 65 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. В тетрадях по 48 листов. Формат – А5. На скрепке. Скругленные углы. Длина – 205 мм. Ширина – 165 мм.</t>
   </si>
   <si>
     <t>Предметные тетради комплекты</t>
   </si>
   <si>
-    <t>426825</t>
+    <t>652613</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7c4/mvgi1bw2812v4hmsp1b65sdpqdkobvfo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/09b/7h7wurq7idrv7pmyzqsmoxank129zpvt.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 10 ПРЕДМЕТОВ,  quot;КЛАССИКА XXI quot;, 48 л., обложка картон, BRAUBERG, 404025</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG предназначены для учащихся средних и старших классов. Обложка из плотной мелованной бумаги обеспечивает тетради долговечность. Внутренний блок плотностью 60 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;КЛАССИКА XXI&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из мелованного картона обеспечивает тетради долговечность.В комплекте 10 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, Физика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;,.Внутренний блок плотностью 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Длина: 205 мм. Ширина: 165 мм. Артикул производителя: 404025.</t>
   </si>
   <si>
     <t>654422</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/687/sxjx7hfjpl70dctjzx2603a10o35t3gf.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, ПАСТЕЛЬНАЯ, 48 листов, обложка картон, BRAUBERG, 404026</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG предназначены для учащихся средних и старших классов. Обложка из плотной мелованной бумаги обеспечивает тетради долговечность. Внутренний блок плотностью 60 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;ПАСТЕЛЬНАЯ&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из мелованного картона обеспечивает тетради долговечность. В комплекте 12 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Химия, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;. Внутренний блок плотностью 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Длина: 205 мм. Ширина: 165 мм.</t>
   </si>
   <si>
     <t>662076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69c/zpvegr7uyv9m98mvpgmx982xu0veywzw.jpg</t>
@@ -236,50 +233,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d95/va89q64lce0aiy6j8ck74386l4uisaby.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;ANIME quot;, 48 л., глянцевый УФ-лак, BRAUBERG, 404608</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;ANIME&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Благодаря глянцевому лаку краски на изображении становятся более яркими и насыщенными.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизной, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>943750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d6/t5m5vdjasa3n0vwe251cd07qwtuwr0ja.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;ELEGANCE quot;, 48 л., SoftTouch, фольга, BRAUBERG, 404611</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG серии &amp;quot;ELEGANCE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Ламинация SoftTouch с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги 100&amp;#37; белизны, плотностью 60 г/м2, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>943751</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d4a/o9i4tiwmj7u4illj2j6lbxxe54442zqe.jpg</t>
+  </si>
+  <si>
+    <t>Комплект  12 шт.  предметных тетрадей 48л. BG  quot;Monocolor. Element quot;, ламинация soft-touch, выборочный лак, 70 гр м2, пенал</t>
+  </si>
+  <si>
+    <t>Комплект &amp;#40;12 шт.&amp;#41; предметных тетрадей 48л. BG &amp;quot;Monocolor. Element&amp;quot;, ламинация soft-touch, выборочный лак, 70 гр/м2, пенал</t>
+  </si>
+  <si>
+    <t>945196</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c7f/uxku3sgt8ljojj42ei0vz2hvw3mkhpgw.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная набор  1 School Аниме 48л А5 офсет 65г м2 10 предметов</t>
   </si>
   <si>
     <t>Тетрадь предметная набор №1 School Аниме 48л А5 офсет 65г/м2 10 предметов</t>
   </si>
   <si>
     <t>964511</t>
   </si>
   <si>
     <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/852/63c5325evfx1bebp8wfik8z3an4njzqe.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная набор  1 School Панк 48л А5 10 предметов</t>
   </si>
   <si>
     <t>Тетрадь предметная набор №1 School Панк 48л А5 10 предметов</t>
@@ -515,50 +524,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6f7/g4qft51pwszi9tu2eougvpv95qgyg068.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ  quot;ЗВЕРОБУДНИ quot;  коробка SOFT TOUCH черная </t>
   </si>
   <si>
     <t>НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ &amp;quot;ЗВЕРОБУДНИ&amp;quot; &amp;#40;коробка SOFT TOUCH черная&amp;#41;</t>
   </si>
   <si>
     <t>980580</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0de/rtesnxy14166mex59ukqkxb04dxm17kc.jpg</t>
   </si>
   <si>
     <t>Комплект  12 шт.  предметных тетрадей 48л. BG  quot;Мир будущего quot;, металлизированный картон</t>
   </si>
   <si>
     <t>Комплект &amp;#40;12 шт.&amp;#41; предметных тетрадей 48л. BG &amp;quot;Мир будущего&amp;quot;, металлизированный картон</t>
   </si>
   <si>
     <t>983569</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/063/3dfsjfqi8im12d7hp558n0sf8jxt2ucr.jpg</t>
+  </si>
+  <si>
+    <t>Комплект  12 шт.  предметных тетрадей 48л. BG  quot;Подсказки quot;, матовая ламинация, микро sandy-touch лак</t>
+  </si>
+  <si>
+    <t>Комплект &amp;#40;12 шт.&amp;#41; предметных тетрадей 48л. BG &amp;quot;Подсказки&amp;quot;, матовая ламинация, микро sandy-touch лак</t>
+  </si>
+  <si>
+    <t>983570</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bf9/qse1ds3e8gyflqa3dbq9c99pxkr70woc.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;КЛАССИКА SCIENCE quot;, 48 л., обложка картон, BRAUBERG, 404843</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;КЛАССИКА SCIENCE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Обложка из мелованного картона обеспечивает тетради долговечность.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>985283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ecb/tl5mfp7bert98w1uc0uz5gy8in8rh3dw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Зри в корень, 48 листов,  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Зри в корень, 48 листов, кл./лин., со спр. мат. &amp;#40;обечайка 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>985530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/716/fk7wtj2pa24bq285oz25614i1pi3xo7e.jpg</t>
@@ -596,50 +617,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/552/8tne9v6osueolakqyz6jqi67iqq0yje7.jpg</t>
   </si>
   <si>
     <t>Комплект  12 шт.  предметных тетрадей 48л. BG  quot;Single colour quot;, эконом</t>
   </si>
   <si>
     <t>Комплект &amp;#40;12 шт.&amp;#41; предметных тетрадей 48л. BG &amp;quot;Single colour&amp;quot;, эконом</t>
   </si>
   <si>
     <t>1002404</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c04/kmaikymbxls79nhc39okvo9ugl6zg3jw.jpg</t>
   </si>
   <si>
     <t>Комплект  12 шт.  предметных тетрадей 48л. BG  quot;Крафт quot;, матовая ламинация</t>
   </si>
   <si>
     <t>Комплект &amp;#40;12 шт.&amp;#41; предметных тетрадей 48л. BG &amp;quot;Крафт&amp;quot;, матовая ламинация</t>
   </si>
   <si>
     <t>1002405</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/03e/o9abz2h2ucbf6kdoq4lfqaje1w4ogfe1.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 13 ПРЕДМЕТОВ, 36 л., обложка мелованная бумага, BRAUBERG,  quot;КОЛОР quot;, 405161</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;КОЛОР&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 13 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия, ОБиЗР.Тетради содержат 36 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны. Листы оформлены красными полями и скреплены скобами. Обложка выполнена из мелованной бумаги плотностью 170 г/м2. На обратной стороне обложки размещены основные справочные материалы по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1006419</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e1a/id9uxuxmnex4nrqrjx9bxrku0280fwln.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ  quot;SIMPLE BLACK quot;  коробка SOFT TOUCH голубая </t>
   </si>
   <si>
     <t>НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ &amp;quot;SIMPLE BLACK&amp;quot; &amp;#40;коробка SOFT TOUCH голубая&amp;#41;</t>
   </si>
   <si>
     <t>1008108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd8/8ez2v6tyolndch8rg22q9eck4i8twngr.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ  quot;SIMPLE BLACK quot;  коробка SOFT TOUCH серая </t>
   </si>
   <si>
     <t>НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ &amp;quot;SIMPLE BLACK&amp;quot; &amp;#40;коробка SOFT TOUCH серая&amp;#41;</t>
   </si>
   <si>
     <t>1008109</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f1e/msgxjh2dkw7mmgpt01g4yh23lk98sxkm.jpeg</t>
@@ -981,53 +1017,50 @@
     <t>1012775</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/688/zeyx5o6ymft2eonbu8v0it2reaelif5w.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке ErichKrause Black Diamond, 48 листов, кл. лин., со спр. мат.  в коробке 10 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей общих ученических в пластиковой обложке ErichKrause Black Diamond, 48 листов, кл./лин., со спр. мат. &amp;#40;в коробке 10 штук&amp;#41;</t>
   </si>
   <si>
     <t>1012776</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/434/2pd1fzgo21u1avxlz7mbyekvmpzhjsqo.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., TWIN лак, BRAUBERG  quot;ДАТЫ quot;, 405173</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;ДАТЫ&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1015136</t>
-  </si>
-[...1 lines deleted...]
-    <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/477/tnsmx4ut5xij7i18h7o2cjazxphg69e7.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., TWIN лак, BRAUBERG  quot;МЕМЫ quot;, 405172</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;МЕМЫ&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Спецэффект &amp;quot;TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. В справочном материале собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1015137</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfd/z5f4ig6w8mpkwkcxdunatwvsm4fvqxx6.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., матовая ламинация, лак, BRAUBERG  quot;MAJESTIC BLACK quot;, 405177</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;MAJESTIC BLACK&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. Матовое покрытие с выборочным глянцевым лаком обеспечивает обложке яркий визуальный эффект. В справочном материале собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1015138</t>
   </si>
@@ -1390,1916 +1423,1974 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J82"/>
+  <dimension ref="A1:M84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G82" sqref="G82"/>
+      <selection pane="bottomRight" activeCell="G84" sqref="G84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" s="3" t="s">
         <v>52</v>
       </c>
-      <c r="F13" s="3" t="s">
-[...116 lines deleted...]
-      </c>
       <c r="G18" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="G20" s="3" t="s">
         <v>82</v>
       </c>
-      <c r="D20" s="1" t="s">
-[...12 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B29" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F29" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="G29" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...12 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...137 lines deleted...]
-      <c r="C37" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...301 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="G50" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...719 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>323</v>
+        <v>205</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">