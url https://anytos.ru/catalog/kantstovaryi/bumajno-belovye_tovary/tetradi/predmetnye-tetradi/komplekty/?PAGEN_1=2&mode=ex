--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -12,109 +12,121 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="352">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/37a/6gibtx62l3ri3djohqhci5ui8hj4bdkp.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 10 ПРЕДМЕТОВ,  quot;BLACK   BRIGHT quot;, 48 л., глянцевый лак, BRAUBERG, 403560</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG &amp;quot;BLACK &amp; BRIGHT&amp;quot; выполнены в современном и привлекательном дизайне. Содержат необходимую справочную информацию по школьному предмету. Обложка оформлена в тематике соответствующего предмета. Краткий справочник всегда под рукой! Предметные тетради BRAUBERG из серии &amp;quot;BLACK &amp; BRIGHT&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Покрытие глянцевым лаком обеспечивает обложке неповторимый визуальный эффект. В комплекте 10 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;.Внутренний блок плотности 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Длина: 205 мм. Ширина: 165 мм. Артикул производителя: 403560.</t>
+  </si>
+  <si>
+    <t>Предметные тетради комплекты</t>
+  </si>
+  <si>
+    <t>426825</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7c4/mvgi1bw2812v4hmsp1b65sdpqdkobvfo.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 10 ПРЕДМЕТОВ,  quot;PASTEL quot;, 48 л., SoftTouch, фольга, 70 г м2, BRAUBERG, 404031</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG со справочным материалом предназначены для учащихся средних и старших классов. Ламинация &amp;quot;SoftTouch&amp;quot; с тиснением фольгой обеспечивает обложке бархатистый тактильный эффект. Внутренний блок повышенной плотности 65 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;PASTEL&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Уникальная ламинация &amp;quot;SoftTouch&amp;quot; с тиснением фольгой обеспечивает обложке мягкий, бархатистый тактильный эффект. В комплекте – 10 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;. Внутренний блок повышенной плотности 65 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. В тетрадях по 48 листов. Формат – А5. На скрепке. Скругленные углы. Длина – 205 мм. Ширина – 165 мм.</t>
   </si>
   <si>
-    <t>Предметные тетради комплекты</t>
-[...1 lines deleted...]
-  <si>
     <t>652613</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
-[...4 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/09b/7h7wurq7idrv7pmyzqsmoxank129zpvt.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 10 ПРЕДМЕТОВ,  quot;КЛАССИКА XXI quot;, 48 л., обложка картон, BRAUBERG, 404025</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG предназначены для учащихся средних и старших классов. Обложка из плотной мелованной бумаги обеспечивает тетради долговечность. Внутренний блок плотностью 60 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;КЛАССИКА XXI&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из мелованного картона обеспечивает тетради долговечность.В комплекте 10 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, Физика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;,.Внутренний блок плотностью 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Длина: 205 мм. Ширина: 165 мм. Артикул производителя: 404025.</t>
   </si>
   <si>
     <t>654422</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/687/sxjx7hfjpl70dctjzx2603a10o35t3gf.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, ПАСТЕЛЬНАЯ, 48 листов, обложка картон, BRAUBERG, 404026</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG предназначены для учащихся средних и старших классов. Обложка из плотной мелованной бумаги обеспечивает тетради долговечность. Внутренний блок плотностью 60 г/м2. Предметные тетради BRAUBERG из серии &amp;quot;ПАСТЕЛЬНАЯ&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из мелованного картона обеспечивает тетради долговечность. В комплекте 12 тетрадей: Обществознание, Алгебра, Английский язык, Биология, География, Геометрия, История, Физика, Химия, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;. Внутренний блок плотностью 60 г/м2. Белая бумага 100&amp;#37; белизны с красными полями. 48 листов. Формат А5. На скрепке. Прямые углы. Длина: 205 мм. Ширина: 165 мм.</t>
   </si>
   <si>
     <t>662076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69c/zpvegr7uyv9m98mvpgmx982xu0veywzw.jpg</t>
@@ -197,98 +209,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fb0/kuyf10bjic2yqdstov41zdwk9e4pkgep.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;DELIGHT quot;, 48 л., обложка картон, BRAUBERG, 404606</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG серии &amp;quot;DELIGHT&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги 100&amp;#37; белизны, плотностью 60 г/м2, с красными полями. Листы соединены скобами.В справочном материале для учащихся собраны основные подсказки по школьным предметам.</t>
   </si>
   <si>
     <t>939456</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/125/3zfmja955mxhsum4dv75ieujl6yykhkx.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;MAGICAL quot;, 48 л., матовая ламинация, фольга, BRAUBERG, 404610</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;MAGICAL&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Благодаря матовой ламинации и фольге краски на изображении становятся более яркими и насыщенными.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизной, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>939457</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/80a/kcvcabfdudr0iwymkarwffkb9qhl1gat.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;STARLIGHT quot;, 48 л., глянцевый УФ-лак, BRAUBERG, 404607</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;СИЯНИЕ ЗНАНИЙ&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Благодаря глянцевому лаку краски на изображении становятся более яркими и насыщенными.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизной, с красными полями. Листы соединены скобами.</t>
+  </si>
+  <si>
+    <t>939458</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f3c/xquzxagm8u75rpbl209o74t0lploy4gw.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;КОТ-ЭНТУЗИАСТ quot;, 48 л., TWIN-лак, BRAUBERG, 404609</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Спецэффект &amp;quot;выборочный TWIN-лак&amp;quot; придает изображениям оригинальность и выразительность. Предметные тетради BRAUBERG из серии &amp;quot;КОТ-ЭНТУЗИАСТ&amp;quot; снабжены справочным материалом, в котором для учащихся собраны основные подсказки по школьному предмету.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги 100&amp;#37; белизны и плотности 60 г/м2, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>939821</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d95/va89q64lce0aiy6j8ck74386l4uisaby.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;ANIME quot;, 48 л., глянцевый УФ-лак, BRAUBERG, 404608</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;ANIME&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Благодаря глянцевому лаку краски на изображении становятся более яркими и насыщенными.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, Информатика, История, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизной, с красными полями. Листы соединены скобами.</t>
   </si>
   <si>
     <t>943750</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6d6/t5m5vdjasa3n0vwe251cd07qwtuwr0ja.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c7f/uxku3sgt8ljojj42ei0vz2hvw3mkhpgw.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная набор  1 School Аниме 48л А5 офсет 65г м2 10 предметов</t>
   </si>
   <si>
     <t>Тетрадь предметная набор №1 School Аниме 48л А5 офсет 65г/м2 10 предметов</t>
   </si>
   <si>
     <t>964511</t>
   </si>
   <si>
     <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/852/63c5325evfx1bebp8wfik8z3an4njzqe.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная набор  1 School Панк 48л А5 10 предметов</t>
   </si>
   <si>
     <t>Тетрадь предметная набор №1 School Панк 48л А5 10 предметов</t>
@@ -389,254 +389,257 @@
   <si>
     <t>Комплект тетрадей по 12 основным учебным предметам: русский язык, литература, алгебра, геометрия, физика, химия, биология, география, история, обществознание, английский язык, информатика. Удобный вариант для приобретения на целый учебный год или в подарок. Каждая тетрадь объемом 48 листов имеет инфо-блок на 4 страницы с кратким изложением школьной программы. Упаковка - картонная обечайка в термоусадочной пленке.</t>
   </si>
   <si>
     <t>978616</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c88/cz1yplko37yod2abz7eumr6yyv96o28b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических Erich Krause Timeline, 36 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей по 12 основным учебным предметам: русский язык, литература, алгебра, геометрия, физика, химия, биология, география, история, обществознание, английский язык, информатика. Удобный вариант для приобретения на целый учебный год или в подарок. Каждая тетрадь объемом 36 листов имеет инфо-блок на 2 страницы с кратким изложением школьной программы. Упаковка - картонная обечайка в термоусадочной пленке.</t>
   </si>
   <si>
     <t>978617</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f5/ctx050896ye19pvhv4arbjqpigtxhdns.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Be Informed, 48 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
+    <t>http://anytos.ru//upload/iblock/5f0/kezggwb7f37tjm6061lb3pq0ic3cfu4o.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических Erich Krause Inscription, 48 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
+  </si>
+  <si>
+    <t>Комплект тетрадей общих ученических Erich Krause Inscription, 48 листов, клетка/линейка, со справочным материалом &amp;#40;обечайка 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>979254</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4d/2srxsgfy0tl3s0v3ej0bx61uu5mzgumb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических Erich Krause Академкнига, 36 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
+  </si>
+  <si>
+    <t>Комплект тетрадей общих ученических Erich Krause Академкнига, 36 листов, клетка/линейка, со справочным материалом &amp;#40;обечайка 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>979255</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0c/2akj7kix5k29yju1uc2jxdt1nl8bci5w.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;BRIGHT COLOURS quot;, 48 л., матовая ламинация, лак, BRAUBERG, 404838</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;BRIGHT COLOURS&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Матовое покрытие с выборочным глянцевым лаком обеспечивает обложке яркий визуальный эффект.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны, с красными полями. Листы соединены скобами.</t>
+  </si>
+  <si>
+    <t>979436</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e58/7ma2bwjln8jm9gvdz0w59318yzz7ikae.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;CALM quot;, 48 л., матовая ламинация, лак, BRAUBERG, 404844</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;CALM&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Матовое покрытие с выборочным глянцевым лаком обеспечивает обложке яркий визуальный эффект.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны, с красными полями. Листы соединены скобами.</t>
+  </si>
+  <si>
+    <t>979437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/98d/w0qcse2l7ck13710u9cx5w5bnodj2oup.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;ESTHETICS quot;, 48 л., SoftTouch, BRAUBERG, 404833</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;ESTHETICS&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Ламинация SoftTouch обеспечивает обложке мягкий, бархатистый тактильный эффект. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны, с красными полями. Листы соединены скобами.</t>
+  </si>
+  <si>
+    <t>979438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e60/xzbd2pol22atnko6auazgumfx3y7owv4.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, INTELLIGENCE, 48 л., матовая ламинация, BRAUBERG, 404845</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;INTELLIGENCE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Матовое покрытие придает обложке мягкий тактильный эффект.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизной, с красными полями. Листы соединены скобами.</t>
+  </si>
+  <si>
+    <t>979439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39f/4ivp06qr0mltfp1ef4yayluneixvbd4l.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ  quot;ЗВЕРОБУДНИ quot;  коробка SOFT TOUCH голубая </t>
+  </si>
+  <si>
+    <t>НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ &amp;quot;ЗВЕРОБУДНИ&amp;quot; &amp;#40;коробка SOFT TOUCH голубая&amp;#41;</t>
+  </si>
+  <si>
+    <t>980577</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/alt/"&gt;Альт&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b95/k2ab4n9v3fhp4fhmxtn4eb2siee9bg3c.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ  quot;ЗВЕРОБУДНИ quot;  коробка SOFT TOUCH серая </t>
+  </si>
+  <si>
+    <t>НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ &amp;quot;ЗВЕРОБУДНИ&amp;quot; &amp;#40;коробка SOFT TOUCH серая&amp;#41;</t>
+  </si>
+  <si>
+    <t>980578</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9a/h8b6z7vu842et9ss39vetmkloxlg1m3g.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ  quot;ЗВЕРОБУДНИ quot;  коробка SOFT TOUCH синяя </t>
+  </si>
+  <si>
+    <t>НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ &amp;quot;ЗВЕРОБУДНИ&amp;quot; &amp;#40;коробка SOFT TOUCH синяя&amp;#41;</t>
+  </si>
+  <si>
+    <t>980579</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f7/g4qft51pwszi9tu2eougvpv95qgyg068.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ  quot;ЗВЕРОБУДНИ quot;  коробка SOFT TOUCH черная </t>
+  </si>
+  <si>
+    <t>НАБОР ТЕМАТИЧЕСКИХ ТЕТРАДЕЙ СЕРИЯ &amp;quot;ЗВЕРОБУДНИ&amp;quot; &amp;#40;коробка SOFT TOUCH черная&amp;#41;</t>
+  </si>
+  <si>
+    <t>980580</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/063/3dfsjfqi8im12d7hp558n0sf8jxt2ucr.jpg</t>
+  </si>
+  <si>
+    <t>Комплект  12 шт.  предметных тетрадей 48л. BG  quot;Подсказки quot;, матовая ламинация, микро sandy-touch лак</t>
+  </si>
+  <si>
+    <t>Комплект &amp;#40;12 шт.&amp;#41; предметных тетрадей 48л. BG &amp;quot;Подсказки&amp;quot;, матовая ламинация, микро sandy-touch лак</t>
+  </si>
+  <si>
+    <t>983570</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf9/qse1ds3e8gyflqa3dbq9c99pxkr70woc.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ,  quot;КЛАССИКА SCIENCE quot;, 48 л., обложка картон, BRAUBERG, 404843</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;КЛАССИКА SCIENCE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. Обложка из импортного мелованного картона обеспечивает тетради долговечность. Обложка из мелованного картона обеспечивает тетради долговечность.В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради формата А5 содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2, 100&amp;#37; белизны, с красными полями. Листы соединены скобами.</t>
+  </si>
+  <si>
+    <t>985283</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecb/tl5mfp7bert98w1uc0uz5gy8in8rh3dw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Зри в корень, 48 листов,  обечайка 12 штук </t>
+  </si>
+  <si>
+    <t>Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Зри в корень, 48 листов, кл./лин., со спр. мат. &amp;#40;обечайка 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>985530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/716/fk7wtj2pa24bq285oz25614i1pi3xo7e.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Чубрик, 48 листов,  обечайка 12 штук </t>
+  </si>
+  <si>
+    <t>Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Чубрик, 48 листов, кл./лин., со спр. мат. &amp;#40;обечайка 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>985531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12a/zn74ytaor0sytqzll75gi8lqx28bnqz0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Persons, 48 листов, кл. лин., со спр. мат.  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей по 12 основным учебным предметам: русский язык, литература, алгебра, геометрия, физика, химия, биология, география, история, обществознание, английский язык, информатика. Удобный вариант для приобретения на целый учебный год или в подарок. Каждая тетрадь объемом 48 листов имеет инфо-блок на 2 страницы с кратким изложением школьной программы. Упаковка - картонная обечайка в термоусадочной пленке.</t>
   </si>
   <si>
-    <t>978618</t>
-[...178 lines deleted...]
-  <si>
     <t>992896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/102/t20qg3krda2husleu66izwpkrj3js4z7.jpg</t>
   </si>
   <si>
     <t>Комплект  10 шт.  предметных тетрадей 40л. BG  quot;Робот quot;, эконом</t>
   </si>
   <si>
     <t>Комплект &amp;#40;10 шт.&amp;#41; предметных тетрадей 40л. BG &amp;quot;Робот&amp;quot;, эконом</t>
   </si>
   <si>
     <t>1002402</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/43d/h1esjgsp80s5tv9ddkqkmeqwn8xhgnsj.jpg</t>
+  </si>
+  <si>
+    <t>Комплект  12 шт.  предметных тетрадей 48л. BG  quot;Art object quot;, эконом</t>
+  </si>
+  <si>
+    <t>Комплект &amp;#40;12 шт.&amp;#41; предметных тетрадей 48л. BG &amp;quot;Art object&amp;quot;, эконом</t>
+  </si>
+  <si>
+    <t>1002403</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/552/8tne9v6osueolakqyz6jqi67iqq0yje7.jpg</t>
   </si>
   <si>
     <t>Комплект  12 шт.  предметных тетрадей 48л. BG  quot;Single colour quot;, эконом</t>
   </si>
   <si>
     <t>Комплект &amp;#40;12 шт.&amp;#41; предметных тетрадей 48л. BG &amp;quot;Single colour&amp;quot;, эконом</t>
   </si>
   <si>
     <t>1002404</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c04/kmaikymbxls79nhc39okvo9ugl6zg3jw.jpg</t>
   </si>
   <si>
     <t>Комплект  12 шт.  предметных тетрадей 48л. BG  quot;Крафт quot;, матовая ламинация</t>
   </si>
   <si>
     <t>Комплект &amp;#40;12 шт.&amp;#41; предметных тетрадей 48л. BG &amp;quot;Крафт&amp;quot;, матовая ламинация</t>
   </si>
   <si>
     <t>1002405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03e/o9abz2h2ucbf6kdoq4lfqaje1w4ogfe1.jpg</t>
@@ -846,50 +849,62 @@
     <t>1010535</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cef/ppk5d7pk88wqrtw693huk8274i0tw1q4.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., обложка картон, BRAUBERG  quot;BLACK quot;, 405164</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;BLACK&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1010536</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/467/twmzmtiu5sevrgz48f3rdoli97zzzcee.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., обложка картон, BRAUBERG  quot;CREATIVE quot;, 405166</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;CREATIVE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. В справочном материале собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1010537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00e/wds9lsubh4nrskyubtlm2zy8n6wq3c2y.jpg</t>
+  </si>
+  <si>
+    <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., обложка картон, BRAUBERG  quot;HARMONY quot;, 405167</t>
+  </si>
+  <si>
+    <t>Предметные тетради BRAUBERG из серии &amp;quot;HARMONY&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. В справочном материале собраны основные подсказки по школьному предмету.</t>
+  </si>
+  <si>
+    <t>1010538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99d/accs2va8dks9gjvih3wu41xwl4d9c4du.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., обложка картон, BRAUBERG  quot;VIBE quot;, 405163</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;VIBE&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1010539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eca/m1nfdn6449v5acbt7h8jygbesuhhnjrk.jpg</t>
   </si>
   <si>
     <t>Тетради предметные, КОМПЛЕКТ 12 ПРЕДМЕТОВ, 48 л., обложка картон, BRAUBERG  quot;КЛАССИКА BLACK quot;, 405162</t>
   </si>
   <si>
     <t>Предметные тетради BRAUBERG из серии &amp;quot;КЛАССИКА BLACK&amp;quot; со справочным материалом предназначены для учащихся средних и старших классов. В комплекте 12 тетрадей: Алгебра, Английский язык, Биология, География, Геометрия, Обществознание, История, Информатика, Литература &amp;#40;в линию&amp;#41;, Русский язык &amp;#40;в линию&amp;#41;, Физика, Химия.Тетради содержат 48 листов, изготовленных из высококачественной офсетной бумаги плотностью 60 г/м2 и 100&amp;#37; белизны, с красными полями. Листы соединены скобами. Обложка изготовлена из мелованного картона. В справочном материале для учащихся собраны основные подсказки по школьному предмету.</t>
   </si>
   <si>
     <t>1010540</t>
   </si>
@@ -1423,57 +1438,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M84"/>
+  <dimension ref="A1:M85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G84" sqref="G84"/>
+      <selection pane="bottomRight" activeCell="G85" sqref="G85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1664,97 +1679,97 @@
       </c>
       <c r="F10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="3" t="s">
+      <c r="F12" s="3" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="C13" s="1" t="s">
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="3" t="s">
+      <c r="F13" s="3" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>60</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
@@ -1825,51 +1840,51 @@
       </c>
       <c r="F17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>74</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
         <v>77</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>81</v>
       </c>
       <c r="G19" s="3" t="s">
@@ -2147,54 +2162,54 @@
       </c>
       <c r="F31" s="3" t="s">
         <v>119</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>134</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>135</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>136</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>138</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>139</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>140</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
@@ -2331,100 +2346,100 @@
       </c>
       <c r="F39" s="3" t="s">
         <v>153</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
         <v>166</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>168</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>169</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
         <v>170</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>171</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>172</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>173</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>176</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>18</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>178</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>180</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
         <v>181</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>119</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>120</v>
       </c>
     </row>
@@ -2437,960 +2452,983 @@
       </c>
       <c r="C44" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>119</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>127</v>
+        <v>188</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>119</v>
+        <v>56</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>120</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>153</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>153</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>153</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>153</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>153</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>153</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>153</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>119</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>119</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>302</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>303</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>305</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>306</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75" s="3" t="s">
         <v>307</v>
-      </c>
-[...16 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>120</v>
+        <v>307</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>119</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>119</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>205</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">