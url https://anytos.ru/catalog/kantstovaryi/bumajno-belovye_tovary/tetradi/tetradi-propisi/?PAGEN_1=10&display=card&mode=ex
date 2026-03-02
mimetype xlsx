--- v0 (2026-01-02)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="614">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="484">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -107,137 +107,101 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ea9/uac6cyhy1940err44kfwg6p9fberects.jpg</t>
   </si>
   <si>
     <t>Многоразовые прописи. Напиши 100 раз. Прописи с картинками для девочек</t>
   </si>
   <si>
     <t>Многоразовые прописи для детей 5 лет – популярный формат обучающих занятий для подготовки к школе. В отличие от бумажных прописей многоразовые напоминают игру: на каждой странице представлены различные животные, растения и сказочные герои. Буквы, цифры и рисунки нужно обводить фломастерами на водной основе и стирать салфеткой, если ребенок допустил ошибку. Специальное покрытие позволяет использовать прописи не один раз.&amp;nbsp;&amp;nbsp;В тетради «Прописи с картинками для девочек» собрано 10 страниц с полезными заданиями: обведи буквы и цифры, перерисуй картинку по клеточкам и обведи рисунки по пунктиру. Прописи помогут ребенку познакомиться с буквами и цифрами, развить внимание и аккуратность. С помощью многоразовых прописей девочки-дошкольницы подготовят руку к письму и научатся работать по образцу. Развивающая книга формата 290х210 мм отпечатана на мелованной бумаге.</t>
   </si>
   <si>
     <t>769878</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/615/775btsrgoz07nwtnb2bl8w405yff7q1r.jpg</t>
   </si>
   <si>
     <t>Многоразовые прописи. Напиши 100 раз. Прописи с картинками для мальчиков</t>
   </si>
   <si>
     <t>Многоразовые прописи для детей 5 лет – популярный формат обучающих занятий для подготовки к школе. В отличие от бумажных прописей многоразовые напоминают игру: на каждой странице представлены различные виды транспорта и необычные герои. Буквы, цифры и рисунки нужно обводить фломастерами на водной основе и стирать салфеткой, если ребенок допустил ошибку. Специальное покрытие позволяет использовать прописи не один раз.&amp;nbsp;&amp;nbsp;В тетради «Прописи с картинками для мальчиков» собрано 10 страниц с полезными заданиями: обведи буквы и цифры, перерисуй картинку по клеточкам и обведи рисунки по пунктиру. Прописи помогут ребенку познакомиться с буквами и цифрами, развить внимание и аккуратность. С помощью многоразовых прописей дошкольники подготовят руку к письму и научатся работать по образцу. Развивающая книга формата 290х210 мм отпечатана на мелованной бумаге.</t>
   </si>
   <si>
     <t>769879</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e35/sz1m2xvi200nc0wb4ie740xa6ivrrpf9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ef2/60yavwbuf5hzpdfg8opk9oxzdon0rzuu.jpg</t>
   </si>
   <si>
     <t>Hot Wheels. Веселые прописи. Крутые виражи для тренировки руки</t>
   </si>
   <si>
     <t>&amp;quot;Веселые прописи&amp;quot; с героями любимых мультфильмов - это отличный способ научить ребенка красиво и правильно писать, развить усидчивость, привить любовь к учебе и почувствовать себя настоящим школьником! Вместе с командой Хот Вилс он узнает, как выписывать замысловатые&amp;nbsp;&amp;nbsp;узоры, рисовать по клеточкам и обводить по пунктирам болиды, спорткары и внедорожники. На каждой странице его ждет еще больше головокружительных виражей, незабываемых приключений и знаний!</t>
   </si>
   <si>
     <t>769965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cff/stztnlc30t8bbx8zp5rm45jfnrah96qk.jpg</t>
   </si>
   <si>
     <t>Hot Wheels. Веселые прописи. Прописи для чемпионов</t>
   </si>
   <si>
     <t>769966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ec/6qj57uh5hlusjqkd9he70bpe5wrcfhxn.jpg</t>
   </si>
   <si>
     <t>Щенячий патруль. Веселые прописи. Сложный счет</t>
   </si>
   <si>
     <t>Вперед к приключениям и знаниям вместе с Щенячьим патрулем! Присоединяйся к отважным щенкам и участвуй вместе с ними в математических приключениях! Ты будешь учиться считать, писать цифры, решать задачи и пройдешь полный курс подготовки настоящего спасателя! Отважным щенкам все-все по зубам!</t>
   </si>
   <si>
     <t>769968</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/98f/9m5cth0ngdwsjf6m2dk81rey4f8n80wx.jpg</t>
-[...8 lines deleted...]
-    <t>833382</t>
+    <t>http://anytos.ru//upload/iblock/544/o4n078lgng70yj17vieygq1tqbax0v2u.jpg</t>
+  </si>
+  <si>
+    <t>Пропись 1, Жукова Н., 877787</t>
+  </si>
+  <si>
+    <t>Основная цель пособия — развить у ребёнка интеллект, познавательные способности, мелкую моторику. Книга адресована малышам, родителям и педагогам и может быть использована как на групповых занятиях, так и при домашнем обучении. В основе обучения письму по методики Надежды Жуковой лежит слоговой принцип русской графики. Для удобства обучения материал прописей разделен на 3 тетради, с которыми желательно работать последовательно. В первой тетради изложены правила обучения написанию букв А, У, О, М, С, Ы, X, Р, Ш, Л, Н; во второй — К, Т, И, П, З, Й, Г, В, Д, Б, Ж, Е; в третьей — Ь, Я, Ю, Ё, Ч, Э, У, Ф, Щ.Это прекрасное подспорье для дошкольников и детей, у которых написание букв вызывает затруднения. Прописи являются приложением к знаменитому «Букварю» Надежды Жуковой, который успешно используют все родители, воспитатели и педагоги.</t>
+  </si>
+  <si>
+    <t>833383</t>
   </si>
   <si>
     <t>&lt;a href="/brands/jeksmo/"&gt;ЭКСМО&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/544/o4n078lgng70yj17vieygq1tqbax0v2u.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0e9/8rqkjwheh6geshhjeyqociyl59onq3c3.jpg</t>
   </si>
   <si>
     <t>Всезнайки готовят руку к письму. Развивающая книга</t>
   </si>
   <si>
     <t>Обучающие и развивающие книги для детей от 4 лет, объединенных героями-проводниками. Это необычноые цветные карандаши в виде фантастических зверушек: желтой собачки, оранжевого жирафчика, зеленого динозавра. Каждое задание и упражнение - история или приключение, в которых участвуют маленькие читатели. Герои рассказывают им о себе и мире вокруг, помогают приобретать полезные для обучения навыки. И героев, и другие рисунки на страничках в книжке можно раскрашивать.</t>
   </si>
   <si>
     <t>837676</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f7/s9muvyt4jsdg3kyicgyb88m707d5ap1c.jpg</t>
   </si>
   <si>
     <t>Всезнайки рисуют прописи. Развивающая книга</t>
   </si>
   <si>
     <t>837677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42f/wjqrky7hxwu4oaju4lw5emuc42hgvtdb.jpg</t>
   </si>
   <si>
     <t>Сказочный патруль. Веселые прописи. Магические узоры</t>
@@ -275,258 +239,177 @@
   <si>
     <t>Сказочный патруль. Волшебные прописи. Секретные ключи</t>
   </si>
   <si>
     <t>837681</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f16/qxv29jjglxsux7bm5fspgtxx8e11yr3h.jpg</t>
   </si>
   <si>
     <t>Сказочный патруль. Волшебные прописи. Сказочный мир</t>
   </si>
   <si>
     <t>837682</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f41/lsk8idqu6v5m3cenbg6s2q5hlmkbvero.jpg</t>
   </si>
   <si>
     <t>Сказочный патруль. Волшебные прописи. Чудо-карандаши</t>
   </si>
   <si>
     <t>837683</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/656/n0idskmcvl8pi80btcl65njicppakcyl.jpg</t>
-[...5 lines deleted...]
-    <t>894674</t>
+    <t>http://anytos.ru//upload/iblock/13f/2niaa0v8wvy3gzyyqq24k4a9eopgb42a.jpg</t>
+  </si>
+  <si>
+    <t>Пишем слоги и слова. Прописи с поощрительными наклейками. Хеардорабль. 165х210мм. Умка</t>
+  </si>
+  <si>
+    <t>894676</t>
   </si>
   <si>
     <t>&lt;a href="/brands/umka/"&gt;УМКА&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/13f/2niaa0v8wvy3gzyyqq24k4a9eopgb42a.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/80a/1j7uf7cv5vm46hy78y3ya126754uie97.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. IQ-прописи. Хеардорабль. 145х195 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894679</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/174/23x745qai8y9odlr324wtg29uk8233a2.jpg</t>
-[...38 lines deleted...]
-    <t>894686</t>
+    <t>http://anytos.ru//upload/iblock/836/c37bv8is3s1yhjiqxnwgcmlb8lrrakrf.jpg</t>
+  </si>
+  <si>
+    <t>Пишем печатные буквы. Тренаж р по чистописанию. Барби. 145х195мм. 16 стр. 2 2 Умка</t>
+  </si>
+  <si>
+    <t>Пишем печатные буквы. Тренажёр по чистописанию. Барби. 145х195мм. 16 стр. 2&amp;#43;2 Умка</t>
+  </si>
+  <si>
+    <t>894688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d51/kl2zfxzu5f91666by3rnkn9v8yai8c7n.jpg</t>
   </si>
   <si>
     <t>Пишем курсивные буквы. Тренаж р по чистописанию. Барби. 145х195мм. 16 стр. 2 2 Умка</t>
   </si>
   <si>
     <t>Пишем курсивные буквы. Тренажёр по чистописанию. Барби. 145х195мм. 16 стр. 2&amp;#43;2 Умка</t>
   </si>
   <si>
     <t>894689</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfd/t3v3l2x4b4oiwzfem3jvlhm21mbdpfvk.jpg</t>
   </si>
   <si>
     <t>Пишем слоги и слова. Тренаж р по чистописанию. Барби. 145х195мм. 16 стр. 2 2 Умка</t>
   </si>
   <si>
     <t>Пишем слоги и слова. Тренажёр по чистописанию. Барби. 145х195мм. 16 стр. 2&amp;#43;2 Умка</t>
   </si>
   <si>
     <t>894690</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bb/hb808kxh4kdxilv4te2a1kk9y234jx72.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. IQ-прописи. Барби. 145Х195мм. 16 стр. 1 1. Умка</t>
   </si>
   <si>
     <t>Пишем печатные буквы. IQ-прописи. Барби. 145Х195мм. 16 стр. 1&amp;#43;1. Умка</t>
   </si>
   <si>
     <t>894691</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e60/lmctoendqsuuizyzirn3chxsz147sjfp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6d6/oeszttu8hvg5v7p665xnzlq66hb14g8r.jpg</t>
   </si>
   <si>
     <t>Пишем слоги и слова. Прописи А4. Барби. 195х275 мм. 16 стр. 2 2. Умка</t>
   </si>
   <si>
     <t>Пишем слоги и слова. Прописи А4. Барби. 195х275 мм. 16 стр. 2&amp;#43;2. Умка</t>
   </si>
   <si>
     <t>894695</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/96d/eywwqjyii33qbnjuh5ue896r67iy156r.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1f0/0w0dgqdq0i5it78svf9h0nhvntwu4kf6.jpg</t>
   </si>
   <si>
     <t>Курсивные буквы. М.А. Жукова. Прописи-тренажер. Рабочая тетрадь дошкольника. 16 стр. Умка</t>
   </si>
   <si>
     <t>894717</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75c/rqgf2avfy6ek8yyxaiqsvva5kocbe7rv.jpg</t>
   </si>
   <si>
     <t>Слоги и слова. М.А. Жукова. Прописи-тренажер. Рабочая тетрадь дошкольника. 16 стр. Умка</t>
   </si>
   <si>
     <t>894718</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87d/55uefsb0o72qwr2qpc220o155b3zbpvr.jpg</t>
   </si>
   <si>
     <t>М.А. Жукова. Мои первые прописи с опорными точками. Пишем слоги и слова, 16 стр. Умка</t>
   </si>
   <si>
     <t>894719</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf0/z25he1maicsz0jzwn47sfw9lk3szf8h0.jpg</t>
   </si>
   <si>
     <t>Готовим руку к письму 3-4 года. М.А. Жукова. Каллиграфические прописи. 48 стр. Умка</t>
   </si>
   <si>
     <t>894729</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fbf/i7p1ekjnuwerahkie3vzb5zxe6n007eg.jpg</t>
-[...5 lines deleted...]
-    <t>894740</t>
+    <t>http://anytos.ru//upload/iblock/63a/unmpbz3w3l26y1covj6ob4su167zr2j3.jpg</t>
+  </si>
+  <si>
+    <t>Пишем цифры. М. А. Жукова. Тренаж р по чистописанию. 145х195 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Пишем цифры. М. А. Жукова. Тренажёр по чистописанию. 145х195 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>894737</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de1/gvcnvbegicy3pqxlfajb6rqelcadrczv.jpg</t>
   </si>
   <si>
     <t>Прописи. М.А. Жукова 3-4 года. Тренажер красивого почерка. Рабочая тетрадь 16 стр. Умка</t>
   </si>
   <si>
     <t>894744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7de/b4hiyqd663tbrv7qnkhhcmr1fglud34i.jpg</t>
   </si>
   <si>
     <t>Элементы букв. М.А.Жукова. Прописи для дошкольников в косую линейку. 160х210мм. Умка</t>
   </si>
   <si>
     <t>894746</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa4/neexp09idl3kqgy9k2lgz70h3sdh2j39.jpg</t>
   </si>
   <si>
     <t>Курсивные буквы. М.А. Жукова. Прописи для дошкольников в косую линейку. 160х210 мм. Умка</t>
   </si>
@@ -551,194 +434,152 @@
   <si>
     <t>894774</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18e/n0gyg8qqc84j61g3p9phm8wss0ko3u3b.jpg</t>
   </si>
   <si>
     <t>Математические прописи, 6-7 лет. О. Б. Колесникова. Готовим руку к письму. 16 стр. Умка</t>
   </si>
   <si>
     <t>894775</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e8b/0xal6x7etp55nvgnm9szacnp8g35c3z6.jpg</t>
   </si>
   <si>
     <t>Прописи. Пишем печатные буквы. Тренаж р по чистописанию. ЛОЛ. 195х275 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Прописи. Пишем печатные буквы. Тренажёр по чистописанию. ЛОЛ. 195х275 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894776</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/768/iqcl6z2rjckb3q45r47jb9c9oqa8hqpk.jpg</t>
+  </si>
+  <si>
+    <t>Прописи. Пишем курсивные буквы. Тренаж р по чистописанию. ЛОЛ. 195х275 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Прописи. Пишем курсивные буквы. Тренажёр по чистописанию. ЛОЛ. 195х275 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>894777</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a49/kasnb3fqy14bu6kx9pel3uc4g5gu4v3s.jpg</t>
   </si>
   <si>
     <t>Прописи. Пишем слоги и слова. Тренаж р по чистописанию. ЛОЛ. 195х275мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>Прописи. Пишем слоги и слова. Тренажёр по чистописанию. ЛОЛ. 195х275мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894778</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e4/4cooxacb752z63olhb4q82ri4jcfo36f.jpg</t>
   </si>
   <si>
     <t>IQ-прописи. Пишем печатные буквы. ЛОЛ. 145х195 мм. 16 стр. 1 1. Скрепка. Умка</t>
   </si>
   <si>
     <t>IQ-прописи. Пишем печатные буквы. ЛОЛ. 145х195 мм. 16 стр. 1&amp;#43;1. Скрепка. Умка</t>
   </si>
   <si>
     <t>894780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cbc/vfgr264ohcluwh45hdbw1cfylh9r54ic.jpg</t>
   </si>
   <si>
     <t>Пишем курсивные буквы. Прописи с поощрительными наклейками. Мультмикс. 165х210мм. Умка</t>
   </si>
   <si>
     <t>894795</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a8b/xxdykpkuq3jn3snxb3gggdymno95ttc3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/504/nl2jb9gpctylky5xdjabq311moh9q1xs.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. IQ-прописи. Мультмикс. 145х195 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894806</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/641/zf8r1na4c0rb35y7zc1gx175y1vb077v.jpg</t>
-[...31 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6e4/3fnpye5yk37q1vxeu54fd4fg26vs5zge.jpg</t>
   </si>
   <si>
     <t>Первые прописи Готовим руку к письму. Пишем цифры. Синий трактор. 165х215 мм 16 стр.</t>
   </si>
   <si>
     <t>894813</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e8/ipz1blmptw1mjotsakvlkrqa45rt5mf1.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. Мои первые прописи с опорными точками. 205х140 мм,16стр. 2 2. Умка</t>
   </si>
   <si>
     <t>Пишем печатные буквы. Мои первые прописи с опорными точками. 205х140 мм,16стр. 2&amp;#43;2. Умка</t>
   </si>
   <si>
     <t>894814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8aa/9pvxba3092plzlumdd6ym9juesbqx4oj.jpg</t>
   </si>
   <si>
     <t>Пишем курсивные буквы. Синий трактор. Мои первые прописи с опорным точками. 16стр. Умка</t>
   </si>
   <si>
     <t>894815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b2/sa788ldma1lqx0g5q80yhnqp7boly1oa.jpg</t>
   </si>
   <si>
     <t>Пишем цифры. Сказочный патруль. Прописи. 195х275 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d05/nfykcqdj19cjcym95ao1vt52ol7a675j.jpg</t>
   </si>
   <si>
     <t>Пишем курсивными буквами. Сказочный патруль. Прописи. 195х275 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894818</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/228/arkvdgar7mzzkgf425tm0t1set2cr9i3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/baa/i5wvqxi2khaicaofk127mb8f0oe2lasr.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. IQ-прописи. Сказочный патруль 145х195 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894820</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5dc/k34snt08q80axu6ibt72xf2lz1rytohg.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. Сказочный патруль. Прописи с поощрительными наклейками. Умка</t>
   </si>
   <si>
     <t>894822</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba7/4naxcwytwzp9tn2hmcv7q4gusqzsx21b.jpg</t>
   </si>
   <si>
     <t>Пишем курсивные буквы. Сказочный патруль. Прописи с поощрительными наклейками. Умка</t>
   </si>
   <si>
     <t>894823</t>
@@ -749,506 +590,383 @@
   <si>
     <t>Пишем слоги и слова.Сказочный патруль.Прописи с поощрительными наклейками. 165х210мм. Умка</t>
   </si>
   <si>
     <t>894824</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9c/ufo8d2wzku3x4k8yuim6i7uoz8474y5h.jpg</t>
   </si>
   <si>
     <t>Пишем цифры. Сказочный патруль. Прописи поощрительными наклейками. 165х210 мм. Умка</t>
   </si>
   <si>
     <t>894825</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/689/d7mm7vv88cgi1080mk8969nmp53lc1tb.jpg</t>
   </si>
   <si>
     <t>Пишем курсивные буквы. IQ-прописи. Сказочный патруль 145х195 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894826</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f55/xkuca6nxa6e2cuhf7n8auisrjj22wrym.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6a1/bwsplhxo4lxiznwjbk713rb36wufpc4m.jpg</t>
   </si>
   <si>
     <t>Пишем буквы из прямых линий. Т.А.Ткаченко. ПЕРВЫЕ ПРОПИСИ 4-6 лет. 145х195мм. Умка</t>
   </si>
   <si>
     <t>894830</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc5/q5r0dskz71kcwtv9ruosd2vw68l3dn3p.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1a8/17e6ubncfww5ugq38gfsi7lf95hl4l51.jpg</t>
   </si>
   <si>
     <t>Пишем слоги и слова. О.Я.Бортникова. Прописи А4. 195х275 мм. 16 стр. 2 2. Умка</t>
   </si>
   <si>
     <t>Пишем слоги и слова. О.Я.Бортникова. Прописи А4. 195х275 мм. 16 стр. 2&amp;#43;2. Умка</t>
   </si>
   <si>
     <t>894849</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e18/jqb7k6tlwhpcwc1yw26vh1ulxmmr7kom.jpg</t>
+  </si>
+  <si>
+    <t>Пишем цифры. О.Я.Бортникова. Прописи А4. 195х275 мм. 16 стр. 2 2. Умка</t>
+  </si>
+  <si>
+    <t>Пишем цифры. О.Я.Бортникова. Прописи А4. 195х275 мм. 16 стр. 2&amp;#43;2. Умка</t>
+  </si>
+  <si>
+    <t>894850</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ce4/wiqbdiio10tqbbwpeorbr8ga4wno4q2k.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. ХОТ ВИЛС. Прописи. 195х275 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894877</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1ce/316gaaidkhgd88ljshpzb5va6c4pjcxr.jpg</t>
   </si>
   <si>
     <t>Пишем курсивные буквы. ХОТ ВИЛС. Прописи. 195х275 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894878</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b0/ghxeo97hjt5iaaeoyhjjk4ctfqlk3dxi.jpg</t>
   </si>
   <si>
     <t>Пишем слоги и слова. ХОТ ВИЛС. Прописи. 195х275 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894879</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1c6/2wrlqo3v4nbmsaw3u8q1o79ye9gg57if.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/177/n39eom109zombq0pbc9mf3bcshhw4xum.jpg</t>
   </si>
   <si>
     <t>Пишем простые слова. IQ-прописи. Энчантималс. 145х195 мм, 16 стр. 1 1 Умка</t>
   </si>
   <si>
     <t>Пишем простые слова. IQ-прописи. Энчантималс. 145х195 мм, 16 стр. 1&amp;#43;1 Умка</t>
   </si>
   <si>
     <t>894888</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/51b/0jusnh80qzhrztoize010kzws9wapd17.jpg</t>
   </si>
   <si>
     <t>Пишем слоги и слова. Энчентималс. Прописи. 195х275 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>894890</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b2/8bb5j9f0vrdpvoh6d2o1fc6prq9llrr3.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. Энчентималс. Прописи с наклейками. 165х210 мм. 16 стр. 1 1 Умка</t>
   </si>
   <si>
     <t>Пишем печатные буквы. Энчентималс. Прописи с наклейками. 165х210 мм. 16 стр. 1&amp;#43;1 Умка</t>
   </si>
   <si>
     <t>894892</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/462/pl06pnwyg15a8c06vtr8745ogpdunzlt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/805/8ojisvwi23rxnjrxx8d5vfjmrxyi8ehi.jpg</t>
   </si>
   <si>
     <t>Пишем слоги и слова. Энчентималс. Прописи с наклейками. 165х210 мм. 16 стр. 1 1 Умка</t>
   </si>
   <si>
     <t>Пишем слоги и слова. Энчентималс. Прописи с наклейками. 165х210 мм. 16 стр. 1&amp;#43;1 Умка</t>
   </si>
   <si>
     <t>894894</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2f/vnp6x4cha193jij93yzf5n4n2dffhs3v.jpg</t>
   </si>
   <si>
     <t>Пишем цифры. Энчентималс. Прописи с наклейками. 165х210мм. 16стр. 1 1 Умка</t>
   </si>
   <si>
     <t>Пишем цифры. Энчентималс. Прописи с наклейками. 165х210мм. 16стр. 1&amp;#43;1 Умка</t>
   </si>
   <si>
     <t>894895</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/41e/pqtxvwejhlhe5861sgn50go3qcj0rd55.jpg</t>
-[...5 lines deleted...]
-    <t>936965</t>
+    <t>http://anytos.ru//upload/iblock/724/p5bzp703rnmp6hks7023vv6noh9h7ist.jpg</t>
+  </si>
+  <si>
+    <t>Обводим по контуру. М. А. Жукова. Мои первые прописи М.А. Жукова. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>936960</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/442/98deddb0u31164a8fxh3318d9z21i8pq.jpg</t>
+  </si>
+  <si>
+    <t>Письмо. От простого к сложному. Графические диктанты. 165х235 мм, 96 стр, 2 2 Умка</t>
+  </si>
+  <si>
+    <t>Письмо. От простого к сложному. Графические диктанты. 165х235 мм, 96 стр, 2&amp;#43;2 Умка</t>
+  </si>
+  <si>
+    <t>936962</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e4/krtow0rtpfr7ivbo9d0erj889drajlqd.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. Энчентималс. IQ-прописи. 145х195 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>936968</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9bd/2pe2qwe3r5xstbyn50619deanweuj98f.jpg</t>
-[...5 lines deleted...]
-    <t>936976</t>
+    <t>http://anytos.ru//upload/iblock/559/0l8jujhqzixfznqb25uwl4kul2slldqj.jpg</t>
+  </si>
+  <si>
+    <t>Пишем слоги и слова. Хот Вилс. Тренаж р по чистописанию. 145х195 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>Пишем слоги и слова. Хот Вилс. Тренажёр по чистописанию. 145х195 мм. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>936970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fef/4je9q90wuljgffptfytxaz4sb921pf4a.jpg</t>
+  </si>
+  <si>
+    <t>Послушный карандаш. М. А. Жукова. Мои первые прописи М.А. Жукова. 16 стр. Умка</t>
+  </si>
+  <si>
+    <t>936978</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/647/c169cxzuop3kd13ng980jhzjjd52hcnw.jpg</t>
   </si>
   <si>
     <t>Рисуем по клеточкам. Жукова М. А. . Мои первые прописи М.А. Жукова. 16 стр. Умка</t>
   </si>
   <si>
     <t>936980</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d2c/ujxznv6lee7765thrvtr81it5d0a1uw4.jpg</t>
   </si>
   <si>
     <t>Обводим по контуру. М. А. Жукова. Прописи тренажер 3-5 лет. 165х215мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>938264</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10c/9fkejc1uskkuvxmnz81r7bye04yfsuxr.jpg</t>
   </si>
   <si>
     <t>Прописи для дошкольников. Исправляем почерк. М.А. Жукова.160х210мм. Скрепка. 16стр. Умка</t>
   </si>
   <si>
     <t>938270</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cc/vdf5saffvsk1a024vi0ib20zcvxpb327.jpg</t>
   </si>
   <si>
     <t>Прописи для дошкольников. Подготовка руки к письму. М.А.Жукова.160х210мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>938271</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afd/pqozzonjmzhk98zmdfiieo4vfy2s9qck.jpg</t>
   </si>
   <si>
     <t>Прописи. М.А. Жукова 5-6 лет. Тренажер красивого почерка. Рабочая тетрадь 16 стр. Умка</t>
   </si>
   <si>
     <t>938277</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c5f/58c96cjdzqymsxqobr7as1ok278a3r92.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ebd/g1iq76rrthtbrq5xp8f0jnx780qz5bok.jpg</t>
   </si>
   <si>
     <t>Прописи. Математика в квадратиках. М.А.Жукова. Рабочая тетрадь дошкольника. 32стр. Умка</t>
   </si>
   <si>
     <t>938279</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e8/ob3g9xucayhm3gp9vyn1mute3t2lqczt.jpg</t>
   </si>
   <si>
     <t>М.А. Жукова. Мои первые прописи с опорными точками. Пишем курсивные буквы, 16 стр. Умка</t>
   </si>
   <si>
     <t>943064</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d0f/93oere3bv2pan9d6bl9schebxgbgasft.jpg</t>
-[...23 lines deleted...]
-    <t>943071</t>
+    <t>http://anytos.ru//upload/iblock/6e6/doobh1vgiwktrw5cwbijj6dxs6k05axs.jpg</t>
+  </si>
+  <si>
+    <t>Пишем курсивные буквы и цифры. М. А. Жукова. Классические прописи. 145х210мм. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>943073</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb6/4rafiw00gqrhiy3zqt1nblsd2iee91sa.jpg</t>
   </si>
   <si>
     <t>Пишем печатные буквы. Жукова М.А. Классические прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>943074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef2/8o2akggz30ezs4k91ci87mca2f9zvshk.jpg</t>
   </si>
   <si>
     <t>Пишем предложения. Жукова М. А. Классические прописи. 145х210 мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>943076</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/48b/119ge6h6xdpasx30g7vi1hw2lto2afk2.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aa4/263datt3h8xcccdurygoge7lyk8g8ahm.jpg</t>
   </si>
   <si>
     <t>Пишем слоги и слова. Жукова М.А. Классические прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
   </si>
   <si>
     <t>943081</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/886/zcwq28qaxilrmdka24p1q6fykb0fizni.jpg</t>
-[...35 lines deleted...]
-    <t>943086</t>
+    <t>http://anytos.ru//upload/iblock/284/icsbea3jd45k9xmj29ai4i2kkx3bx3cz.jpg</t>
+  </si>
+  <si>
+    <t>Пишем строчные буквы. Жукова М.А. Классические прописи. 145х210мм. Скрепка. 8 стр. Умка</t>
+  </si>
+  <si>
+    <t>943085</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2cd/9co7mec1k8q9lwb3nde4ff551rv0ekwg.jpg</t>
   </si>
   <si>
     <t>Пишем цифры и решаем примеры. Жукова М.А. Классические прописи. 145х210мм. 8стр. Умка</t>
   </si>
   <si>
     <t>943087</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c2b/b25zcq4b9erbektoam20rdpmwsdvkjx0.jpg</t>
   </si>
   <si>
     <t>Пишем цифры. IQ-прописи. Хот Вилс. 145х195 мм. 16 стр. 1 1. Умка</t>
   </si>
   <si>
     <t>Пишем цифры. IQ-прописи. Хот Вилс. 145х195 мм. 16 стр. 1&amp;#43;1. Умка</t>
   </si>
   <si>
     <t>943088</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce8/53t1s8oceug4bpl07gfr1s4tbpw7w8wa.jpg</t>
   </si>
   <si>
     <t>Пишем цифры. М. А. Жукова. Каллиграфические прописи. 195х275 мм. 16 стр. Умка</t>
   </si>
   <si>
     <t>943090</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cd5/khf1i5gyjnhru1itoqrqks6kliynxbg3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e66/zfodortaeimcy4ytcu0oc0o0j6v3ftib.jpg</t>
   </si>
   <si>
     <t>Пишем элементы курсивных букв. М. А. Жукова. Классические прописи. 145х210мм. 8 стр. Умка</t>
   </si>
   <si>
     <t>943093</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c5b/fmnah3pklaxlciw19wnf66jbg63zkwub.jpg</t>
-[...17 lines deleted...]
-    <t>984535</t>
+    <t>http://anytos.ru//upload/iblock/de5/i9v32cwx2e2l9k4g436dkma1ijc05q10.jpg</t>
+  </si>
+  <si>
+    <t>Прописи А4 ТРИ СОВЫ  quot;Полезные прописи. Пишу слоги согласные и гласные quot;, 32стр.</t>
+  </si>
+  <si>
+    <t>Прописи А4 ТРИ СОВЫ &amp;quot;Полезные прописи. Пишу слоги согласные и гласные&amp;quot;, 32стр.</t>
+  </si>
+  <si>
+    <t>984536</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tri-sovi/"&gt;ТРИ СОВЫ&lt;/a&gt;</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/de5/i9v32cwx2e2l9k4g436dkma1ijc05q10.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5c3/pwvwrzq68vo0wc8y2lum77ogct8hh83l.jpg</t>
   </si>
   <si>
     <t>Прописи А4 ТРИ СОВЫ  quot;Полезные прописи. Пишу цифры печатные quot;, 32стр.</t>
   </si>
   <si>
     <t>Прописи А4 ТРИ СОВЫ &amp;quot;Полезные прописи. Пишу цифры печатные&amp;quot;, 32стр.</t>
   </si>
   <si>
     <t>984537</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/037/uecsrz833u0vomkse937dzvkbg9j5kst.jpg</t>
   </si>
   <si>
     <t>Прописи А4 ТРИ СОВЫ  quot;Полезные прописи. Пишу цифры письменные quot;, 32стр.</t>
   </si>
   <si>
     <t>Прописи А4 ТРИ СОВЫ &amp;quot;Полезные прописи. Пишу цифры письменные&amp;quot;, 32стр.</t>
   </si>
   <si>
     <t>984538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/776/7kwdf5rdxazz52goijt9nholmt02ccv6.jpg</t>
@@ -1364,62 +1082,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/897/d4wttxpfi7nimm7lors71cs8taa83hjn.jpg</t>
   </si>
   <si>
     <t>Прописи для дошкольников, А5 ТРИ СОВЫ  quot;5-6 лет. К школе готов. Элементы прописных букв quot;, 8стр.</t>
   </si>
   <si>
     <t>Прописи для дошкольников, А5 ТРИ СОВЫ &amp;quot;5-6 лет. К школе готов. Элементы прописных букв&amp;quot;, 8стр.</t>
   </si>
   <si>
     <t>984548</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f6/n8cfsggpb9zni0dn07hul93e1wc8zg71.jpg</t>
   </si>
   <si>
     <t>Прописи для дошкольников, А5 ТРИ СОВЫ  quot;5-6 лет. К школе готов. Элементы строчных букв quot;, 8стр.</t>
   </si>
   <si>
     <t>Прописи для дошкольников, А5 ТРИ СОВЫ &amp;quot;5-6 лет. К школе готов. Элементы строчных букв&amp;quot;, 8стр.</t>
   </si>
   <si>
     <t>984549</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/476/i037t1jf81vmjr1xiihmjw7udfodabs0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cb4/rtmapk3lh0ywdngxfxuqwm8m8sxbfohv.jpg</t>
   </si>
   <si>
     <t>Прописи для дошкольников, А5 ТРИ СОВЫ  quot;5-6 лет. Умные задания. Первые буквы quot;, 8стр.</t>
   </si>
   <si>
     <t>Прописи для дошкольников, А5 ТРИ СОВЫ &amp;quot;5-6 лет. Умные задания. Первые буквы&amp;quot;, 8стр.</t>
   </si>
   <si>
     <t>984555</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bc/rvabao9aafm0uh0carbjwug0encoluab.jpg</t>
   </si>
   <si>
     <t>Прописи для дошкольников, А5 ТРИ СОВЫ  quot;5-6 лет. Умные задания. Первые слова quot;, 8стр.</t>
   </si>
   <si>
     <t>Прописи для дошкольников, А5 ТРИ СОВЫ &amp;quot;5-6 лет. Умные задания. Первые слова&amp;quot;, 8стр.</t>
   </si>
   <si>
     <t>984556</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d6/6jhfeaxv1nh6ptqcxpfgkmajdkeubnsq.jpg</t>
@@ -1496,269 +1202,185 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e98/t2aylhhzf036djzlcolb46p8sku1f2qf.jpg</t>
   </si>
   <si>
     <t>Прописи дошкольника А5 ТРИ СОВЫ  quot;Прописи цветные. 4-5 лет quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи дошкольника А5 ТРИ СОВЫ &amp;quot;Прописи цветные. 4-5 лет&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e2/hg303yead20s9ldf2is0rkohhptg0l8q.jpg</t>
   </si>
   <si>
     <t>Прописи дошкольника А5 ТРИ СОВЫ  quot;Прописи цветные. 5-6 лет quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи дошкольника А5 ТРИ СОВЫ &amp;quot;Прописи цветные. 5-6 лет&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984564</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/452/wa41lfrorydb764mwie0d0lhrg0i47b1.jpg</t>
-[...8 lines deleted...]
-    <t>984565</t>
+    <t>http://anytos.ru//upload/iblock/7b6/i2tjvzic5q326qvweomljh0bh1kqtw8o.jpg</t>
+  </si>
+  <si>
+    <t>Прописи дошкольника, А5 ТРИ СОВЫ  quot;Отличные прописи. 7  лет quot;, 32стр.</t>
+  </si>
+  <si>
+    <t>Прописи дошкольника, А5 ТРИ СОВЫ &amp;quot;Отличные прописи. 7&amp;#43; лет&amp;quot;, 32стр.</t>
+  </si>
+  <si>
+    <t>984569</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e6b/wsfdv3elpsdi0kgzvk8b7vvwrpzbgwg9.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/917/590b6m26gegarz9eegadvb7z84yozxn3.jpg</t>
   </si>
   <si>
     <t>Прописи дошкольника, А5 ТРИ СОВЫ  quot;Прописи дошкольника. 4-5 лет quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи дошкольника, А5 ТРИ СОВЫ &amp;quot;Прописи дошкольника. 4-5 лет&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984570</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/389/mxjoa8ej4mo5o7a9345xbzxi6udwrkh9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/538/4cpko1ozpnbsoembjgfbgl32bg9mizba.jpg</t>
   </si>
   <si>
     <t>Прописи дошкольника, А5 ТРИ СОВЫ  quot;Прописи дошкольника. 6-7 лет quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи дошкольника, А5 ТРИ СОВЫ &amp;quot;Прописи дошкольника. 6-7 лет&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984572</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c8/3438xi8hg16gwuub0yqa1p00b5yt6jkc.jpg</t>
   </si>
   <si>
     <t>Прописи классические, А5 ТРИ СОВЫ  quot;6-7 лет. Пишем в косую линейку quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи классические, А5 ТРИ СОВЫ &amp;quot;6-7 лет. Пишем в косую линейку&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984574</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/99e/iwco192k3kug11rc7bthxm586rea6rh3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/214/c6iopzrm27owrve4mjlvjqcjtsje11kz.jpg</t>
   </si>
   <si>
     <t>Прописи классические, А5 ТРИ СОВЫ  quot;6-7 лет. Пишем прописные и строчные буквы quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи классические, А5 ТРИ СОВЫ &amp;quot;6-7 лет. Пишем прописные и строчные буквы&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984576</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db4/mbl0veous8y74y9j3sm4aczbpsqzg2hv.jpg</t>
   </si>
   <si>
     <t>Прописи классические, А5 ТРИ СОВЫ  quot;Каллиграфическое письмо. Прописные буквы quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи классические, А5 ТРИ СОВЫ &amp;quot;Каллиграфическое письмо. Прописные буквы&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984578</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f0/xozd6p6c1v0udzau7e4tx0h1k3kkfbvs.jpg</t>
   </si>
   <si>
     <t>Прописи классические, А5 ТРИ СОВЫ  quot;Каллиграфическое письмо. Строчные буквы quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи классические, А5 ТРИ СОВЫ &amp;quot;Каллиграфическое письмо. Строчные буквы&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984579</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/02d/2or4235rkb5qbqwakig796rv0l6de1s5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3e7/ywn7r4r43hwrv8tk5qwkfhr3rtlxtows.jpg</t>
   </si>
   <si>
     <t>Прописи универсальные, А5 ТРИ СОВЫ  quot;Секреты исправления плохого почерка quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи универсальные, А5 ТРИ СОВЫ &amp;quot;Секреты исправления плохого почерка&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984582</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b3e/m96a8rozmwbxtumybngt2h0mh35evdhr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/939/agg0ed521jzshh9ra8kmt0u8hyw5o1y1.jpg</t>
   </si>
   <si>
     <t>Прописи универсальные, А5 ТРИ СОВЫ  quot;Секреты правильного и красивого написания букв quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи универсальные, А5 ТРИ СОВЫ &amp;quot;Секреты правильного и красивого написания букв&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984584</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbe/o90s0cz258gnp8bxry9co2uqznbwkesj.jpg</t>
   </si>
   <si>
     <t>Прописи универсальные, А5 ТРИ СОВЫ  quot;Секреты правильного и красивого написания слов quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи универсальные, А5 ТРИ СОВЫ &amp;quot;Секреты правильного и красивого написания слов&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9f8/tuqkhy7sn8vj8o65edkrjnz3o1tw0yue.jpg</t>
   </si>
   <si>
     <t>Прописи универсальные, А5 ТРИ СОВЫ  quot;Секреты правильного соединения букв quot;, 16стр.</t>
   </si>
   <si>
     <t>Прописи универсальные, А5 ТРИ СОВЫ &amp;quot;Секреты правильного соединения букв&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984586</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/874/31q158241jwvy8rc029fhu9s2he92jmj.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b0c/3mwllgq0j7o269jdzsf1nseoflzbs1qr.jpg</t>
   </si>
   <si>
     <t>Тренажер дошкольника, А5 ТРИ СОВЫ  quot;Тренажер дошкольника. 5-6 лет quot;, 16стр.</t>
   </si>
   <si>
     <t>Тренажер дошкольника, А5 ТРИ СОВЫ &amp;quot;Тренажер дошкольника. 5-6 лет&amp;quot;, 16стр.</t>
   </si>
   <si>
     <t>984589</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c61/2m0342amlgxdb3o5a4ekjqcqmv062qv3.jpg</t>
   </si>
   <si>
     <t>Тренажер по русскому языку, А5 ТРИ СОВЫ  quot;Исправлем плохой почерк quot;, 64стр.</t>
   </si>
   <si>
     <t>Тренажер по русскому языку, А5 ТРИ СОВЫ &amp;quot;Исправлем плохой почерк&amp;quot;, 64стр.</t>
   </si>
   <si>
     <t>984590</t>
   </si>
   <si>
     <t>5</t>
@@ -1826,78 +1448,66 @@
   <si>
     <t>Пропись  quot;ТРИ КОТА, 3-5 лет quot;, АССОРТИ, А5, 140х203 мм, 16 стр., PROF-PRESS</t>
   </si>
   <si>
     <t>Прописи &amp;quot;Три кота&amp;quot; удобного формата помогут вашему малышу развить мелкую моторику. Вместе с любимыми героями он сможет подготовить руку к письму. Для дошкольного возраста. Прописи &amp;quot;3 кота&amp;quot; подходят для правшей и левшей, развивают мелкую моторику и мышцы рук, учат правильно держать ручку, тренируют внимательность, усидчивость и аккуратность, а также помогают запомнить правильное начертания фигур, букв и соединений.Размер прописей – 14х19,5 см.Размер карандаша – 17,5 см.Размер ластика – 7х1,5 см.Количество страниц - 16.Дизайн ассорти. Без возможности выбора.</t>
   </si>
   <si>
     <t>994660</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb4/bjhsi8ak4sciz7hd60geegn7e3u0lzud.jpg</t>
   </si>
   <si>
     <t>Прописи для малышей  quot;УРОКИ ПИСЬМА, 3-5 лет quot;, КОМПЛЕКТ 6 шт., 165х205 мм, 16 стр., ПП</t>
   </si>
   <si>
     <t>Основная цель пособия – развить у ребенка интеллект, познавательные способности, мелкую моторику. Книга адресована малышам, родителям и педагогам и может быть использована как на групповых занятиях, так и при домашнем обучении. Прописи развивают мелкую моторику и мышцы рук, учат правильно держать ручку, тренируют внимательность, усидчивость и аккуратность, а также помогают запомнить правильное начертания фигур, букв и соединений.Размер прописей – 16,5х20,5 см.Количество страниц – 16.</t>
   </si>
   <si>
     <t>995070</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9ea/lh9qhvte3ab1sruu2gb3lypi7y9zj20y.jpg</t>
-[...8 lines deleted...]
-    <t>1010699</t>
+    <t>http://anytos.ru//upload/iblock/72d/x5qg6ud4i2ajo3u2yj00uhyvn4f8sbl7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь ПРОПИСЬ   5 12 л. узкая линия, со справочным материалом, обложка картон, ЮНЛАНДИЯ, 404850</t>
+  </si>
+  <si>
+    <t>Школьная тетрадь ЮНЛАНДИЯ с однотонным оформлением обложки идеально подходит для письма шариковыми, гелевыми и капиллярными ручками. Внутренний блок плотностью 60 г/м2 из офсетной бумаги содержит 12 листов. Белизна – 100&amp;#37;. Линовка – узкая линия с полями. Высота строки – 4 мм. Обложка изготовлена из мелованного картона. Скрепка надежно скрепляет листы между собой.Справочный материал внутри тетради поможет подготовиться к письму в широкой линии.</t>
+  </si>
+  <si>
+    <t>1012557</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>40</t>
-  </si>
-[...10 lines deleted...]
-    <t>1012557</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2224,57 +1834,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M167"/>
+  <dimension ref="A1:M130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G167" sqref="G167"/>
+      <selection pane="bottomRight" activeCell="G130" sqref="G130"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2410,3697 +2020,2846 @@
       </c>
       <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>41</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>65</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>71</v>
-      </c>
-[...10 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="C22" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>88</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>92</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>107</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>109</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>109</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F42" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="B43" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F47" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F48" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="C49" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F49" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="B50" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F50" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G51" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G52" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G53" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G54" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G55" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G56" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G61" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G64" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B65" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F65" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G65" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>233</v>
       </c>
-      <c r="B66" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F66" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G66" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F67" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B68" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="C68" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F68" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B69" s="1" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>243</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>244</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>245</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C70" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B71" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="C71" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F71" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B72" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="C72" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F72" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B73" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="C73" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="B74" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F74" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G74" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B75" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F75" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B76" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F76" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="B77" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F77" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G77" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B78" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F78" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G78" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G79" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G80" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G81" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G83" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G84" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G85" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>302</v>
+        <v>295</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G86" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>18</v>
+        <v>302</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>18</v>
+        <v>302</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="B89" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F89" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>18</v>
+        <v>302</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="F90" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="G90" s="3" t="s">
         <v>315</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>317</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>348</v>
+        <v>359</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>353</v>
+        <v>366</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>360</v>
+        <v>374</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>361</v>
+        <v>375</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>362</v>
+        <v>376</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>363</v>
+        <v>377</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>364</v>
+        <v>379</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>365</v>
+        <v>380</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>366</v>
+        <v>381</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>368</v>
+        <v>384</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>369</v>
+        <v>385</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>370</v>
+        <v>387</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>372</v>
+        <v>389</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>373</v>
+        <v>390</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>374</v>
+        <v>391</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>375</v>
+        <v>392</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>376</v>
+        <v>393</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>376</v>
+        <v>394</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>377</v>
+        <v>395</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>378</v>
+        <v>396</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>379</v>
+        <v>397</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>379</v>
+        <v>398</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>380</v>
+        <v>399</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>18</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>381</v>
+        <v>401</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>382</v>
+        <v>402</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>382</v>
+        <v>403</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>383</v>
+        <v>404</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>384</v>
+        <v>405</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>385</v>
+        <v>406</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>385</v>
+        <v>407</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>386</v>
+        <v>408</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>90</v>
+        <v>301</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>387</v>
+        <v>409</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>388</v>
+        <v>410</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>389</v>
+        <v>411</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>390</v>
+        <v>412</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>392</v>
+        <v>315</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>393</v>
+        <v>413</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>394</v>
+        <v>414</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>395</v>
+        <v>415</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>396</v>
+        <v>416</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>392</v>
+        <v>315</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>397</v>
+        <v>417</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>398</v>
+        <v>418</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>399</v>
+        <v>419</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>400</v>
+        <v>420</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>392</v>
+        <v>315</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>401</v>
+        <v>421</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>402</v>
+        <v>422</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>392</v>
+        <v>315</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>406</v>
+        <v>426</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>407</v>
+        <v>427</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>408</v>
+        <v>428</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>409</v>
+        <v>315</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>410</v>
+        <v>429</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>411</v>
+        <v>430</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>412</v>
+        <v>431</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>413</v>
+        <v>432</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>409</v>
+        <v>315</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>414</v>
+        <v>433</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>415</v>
+        <v>434</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>416</v>
+        <v>435</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>417</v>
+        <v>436</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>409</v>
+        <v>315</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>418</v>
+        <v>437</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>419</v>
+        <v>438</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>421</v>
+        <v>440</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>409</v>
+        <v>315</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>422</v>
+        <v>441</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>424</v>
+        <v>443</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>425</v>
+        <v>444</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>409</v>
+        <v>47</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>426</v>
+        <v>445</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>427</v>
+        <v>446</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>428</v>
+        <v>447</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>429</v>
+        <v>448</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>409</v>
+        <v>449</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>430</v>
+        <v>450</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>431</v>
+        <v>451</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>432</v>
+        <v>452</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>433</v>
+        <v>453</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>409</v>
+        <v>449</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>434</v>
+        <v>454</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>435</v>
+        <v>455</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>436</v>
+        <v>456</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>437</v>
+        <v>457</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>391</v>
+        <v>301</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>409</v>
+        <v>449</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>438</v>
+        <v>458</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>439</v>
+        <v>459</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>440</v>
+        <v>460</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>441</v>
+        <v>461</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>391</v>
+        <v>462</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>409</v>
+        <v>463</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>442</v>
+        <v>464</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>443</v>
+        <v>465</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>444</v>
+        <v>466</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>445</v>
+        <v>467</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>391</v>
+        <v>462</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>409</v>
+        <v>468</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>446</v>
+        <v>469</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>447</v>
+        <v>470</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>448</v>
+        <v>471</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>449</v>
+        <v>472</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>391</v>
+        <v>462</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>409</v>
+        <v>468</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>450</v>
+        <v>473</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>451</v>
+        <v>474</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>452</v>
+        <v>475</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>453</v>
+        <v>476</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>391</v>
+        <v>462</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>409</v>
+        <v>477</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>454</v>
+        <v>478</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>455</v>
+        <v>479</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>456</v>
+        <v>480</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>457</v>
+        <v>481</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>391</v>
+        <v>482</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>409</v>
-[...144 lines deleted...]
-      <c r="B137" s="1" t="s">
         <v>483</v>
-      </c>
-[...703 lines deleted...]
-        <v>609</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">