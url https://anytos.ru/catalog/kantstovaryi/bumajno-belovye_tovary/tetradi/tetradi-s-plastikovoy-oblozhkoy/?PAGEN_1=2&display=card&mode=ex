--- v0 (2025-10-04)
+++ v1 (2025-11-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1548">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
@@ -260,413 +260,329 @@
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, синий, А4, 2x48 листов, клетка</t>
   </si>
   <si>
     <t>699098</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d4/nu6cniozcx6xwtx91iyl6y22gwi45o3r.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, синий, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>699099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/692/kjv1vojhhqyftzv1jifeypi11nlkzsf8.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, черный, А4, 2x48 листов, клетка</t>
   </si>
   <si>
     <t>699100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ad/baj2k2f1snou58nzafun6rbtt9gkmkku.jpg</t>
-[...2 lines deleted...]
-    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Neon, голубой, А4, 48 листов, клетка</t>
+    <t>http://anytos.ru//upload/iblock/d9f/dsw1z9vhybp4zyvuqx8rwwrg14jvqsm4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Neon, оранжевый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А4 &amp;#40;210x297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 48 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
-    <t>699102</t>
+    <t>699104</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85c/fwqu4st0vhp02evwgnz1rgf3tterbdua.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ed2/ui7xzc5f5x3okrzcvm9v8pq0l6smxsyp.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Neon, розовый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>699105</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/378/9g7d2ztwrvek8cve43213axo3igv5qlb.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Clover, Mixed Reality, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А4 &amp;#40;210х297 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого матового пластика с фактурой «песок» и печатью белой краской, внутренняя — из плотной мелованной бумаги с многоцветной печатью. В блоке 48 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>699106</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ae/3q4l9u4fj3d0pyzl2s240lfksbmbiyp4.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, красный, А5 , 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41; со сменным блоком FB Solution в пластиковой обложке. В комплект входит одна тетрадь 48 листов на скобе в клетку с полями. Удобная система крепления на резинке дает возможность быстрой замены тетрадей, а фиксирующая резинка предотвращает нежелательное раскрытие. Эргономичный дизайн: специальные выемки на обложке облегчают перелистывание. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Рекламный вкладыш с информацией о товаре. Тетради упакованы в пакет по 4 штуки. Сменные блоки FB Solution можно купить отдельно, но также для данной обложки подойдет любая тетрадь на скобе А5&amp;#43; ErichKrause®.</t>
   </si>
   <si>
     <t>699113</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a1/cn2fdrbac3dtoso24sgrytbqlxcx6wyb.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/655/8scoppmqi793ha4jyx59lkpkvur7e4om.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, красный, А5 , 2x48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41; со сменными блоками FB Solution в пластиковой обложке. В комплект входят две тетради 48 листов на скобе в клетку с полями. Удобная система крепления на резинках дает возможность быстрой замены тетрадей, а фиксирующая резинка предотвращает нежелательное раскрытие. Эргономичный дизайн: специальные выемки на обложке облегчают перелистывание. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Рекламный вкладыш с информацией о товаре. Тетради упакованы в пакет по 2 штуки. Сменные блоки FB Solution можно купить отдельно, но также для данной обложки подойдет любая тетрадь на скобе А5&amp;#43; ErichKrause®.</t>
   </si>
   <si>
     <t>699121</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/453/11g42mxi0nmhv00mfohxt5lu3prbe3rf.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f72/b6g6tzmt419lkyuutx41p9ipudvwlchc.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Classic, ассорти, А4, 60 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая формата А4 &amp;#40;210x297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 60 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — спираль. Тетради одного цвета упакованы в термоусадочную пленку по 3 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>699193</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/019/077oieslyodru763q801h7a71t82b5ho.jpg</t>
-[...8 lines deleted...]
-    <t>699205</t>
+    <t>http://anytos.ru//upload/iblock/774/so90hjpfufw1e3br536fgnq3vbyn1u2b.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Classic, ассорти, А6, 60 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А6 &amp;#40;102x146 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 60 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — спираль. Тетради одного цвета упакованы в термоусадочную пленку по 4 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699214</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/511/44zejgg2eu0vhyv1uj25vm9tjzg42jb7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Glance Vivid, ассорти, А4, 80 листов, клетка, на кнопке</t>
+  </si>
+  <si>
+    <t>699239</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/do3583xwfmi790mu0g4mu3fka5e0cy44.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Glance Vivid, ассорти, А4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Glance Vivid, ассорти, А4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>699240</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d52/6dx9o7zr4w6leln6cdh6dajhhb2mjqrh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Glance Vivid, ассорти, А5 , 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Glance Vivid, ассорти, А5&amp;#43;, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>699241</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a3f/ulqd69pwvcisszfzoku1npb4gm9dd02e.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Accent, ассорти, А4, 80 листов, клетка, на кнопке</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого глянцевого пластика с фактурой «диагональ». Яркие цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699243</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/939/5qhrzc4rr4ululs10zz9s4sr8as7f445.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Pastel, ассорти, А4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Пастельные цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699249</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5de/d3ooikclh71k1e519jl82ympky1yiwbt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Pastel, ассорти, А4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Пастельные цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 2 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e12/hynwye3x2q8641fs5qll570bpsiva153.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Neon, ассорти, А4, 80 листов, клетка, на кнопке</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Яркие неоновые цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699251</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e1/5jffmu3h7tuqnrkq4qnjfea0v3tn49sx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Neon, ассорти, А4, 80 листов, клетка, на резинке</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Яркие неоновые цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Обложка фиксируется прочной эластичной резинкой. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 2 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699252</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/610/dzlsitz3z6pimb6askbeyqaqjs19466t.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause MyDesign, А4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка-кармашек из высококачественного износостойкого прозрачного пластика, в который можно вставить свою обложку. Информационный вкладыш с инструкцией. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки — синий. Тип скрепления — спираль. Тетради упакованы в термоусадочную пленку по 2 штуки.</t>
+  </si>
+  <si>
+    <t>699254</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f9/8pu5iknjqoszpf7aovidvn5briaivt6w.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Accent, ассорти, А4, 80 листов, клетка, на резинке</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А4 &amp;#40;220х297 мм&amp;#41;. Обложка из высококачественного износостойкого глянцевого пластика с фактурой «диагональ». Яркие цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Обложка фиксируется прочной эластичной резинкой. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 2 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699264</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c02/ck2ewca5k1cn5b1biurwupmgkln7z7te.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Accent, ассорти, А5, 80 листов, клетка, на кнопке</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А5 &amp;#40;147x205 мм&amp;#41;. Обложка из высококачественного износостойкого глянцевого пластика с фактурой «диагональ». Яркие цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699265</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be2/72zyb1s4ce919i0xqgv814e73mxnliaf.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Neon, ассорти, А5, 80 листов, клетка, на кнопке</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А5 &amp;#40;147x205 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Яркие неоновые цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699268</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e76/zewpoirxkkcy2jl8k8x4ytvc6qmfym2f.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause MyDesign, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка-кармашек из высококачественного износостойкого прозрачного пластика, в который можно вставить свою обложку. Информационный вкладыш с инструкцией. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Тип скрепления — спираль. Тетради упакованы в термоусадочную пленку по 4 штуки.</t>
+  </si>
+  <si>
+    <t>699275</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/218/o2xg2t5bwfl63q2lsp8gudjbdqkf691f.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Neon, ассорти, А5 , 80 листов, клетка, на резинке</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А5&amp;#43; &amp;#40;170х205 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Яркие неоновые цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Обложка фиксируется прочной эластичной резинкой. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 4 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699283</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed4/m025wvo9i8k3upfn9wcczap273s33w1q.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Accent, ассорти, А6, 80 листов, клетка, на резинке</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А6 &amp;#40;102x146 мм&amp;#41;. Обложка из высококачественного износостойкого глянцевого пластика с фактурой «диагональ». Яркие цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Обложка фиксируется прочной эластичной резинкой. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 5 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699285</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/774/so90hjpfufw1e3br536fgnq3vbyn1u2b.jpg</t>
-[...235 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/894/q66jxhxf76lgw63yie0v1xvkf0056aj1.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Pastel, ассорти, А6, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая формата А6 &amp;#40;102x146 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Пастельные цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 5 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>699290</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c69/jfw0qr1yicnn0g2o3hawggklua4g61nj.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Birds, ассорти, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause® Birds, ассорти, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>699299</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ed/y6hl6c5m580lqfuxpztt9u6oy73tvzk5.jpg</t>
@@ -902,62 +818,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fa7/vtmo98ej5lbpzpxlbppljltbrm25utwy.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на кольцах ErichKrause  Pastel, ассорти, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на кольцах ErichKrause® Pastel, ассорти, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>772040</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ff3/2art8epff3xaarvayp0180am6j0szonn.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Accent, ассорти, А5 , 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause® Accent, ассорти, А5&amp;#43;, 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>772041</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/340/tzrxcik2vlh4896w1kv2f5rl6llneihv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/93a/sa8ycht90m91apr46rryf8n4fub1rwdr.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Go Аhead, Black and White, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause® Go Аhead, Black and White, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>772045</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/315/h77av4qg1a1hec5zaisd2ld0e0hki57m.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Neon, ассорти, А6, 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause® Neon, ассорти, А6, 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>772048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/459/uhbalwtbopu33whfj1pyvtwhr1cp6dv4.jpg</t>
@@ -1022,960 +926,1449 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/obfhlm4wi58mr2o2timp080soyl7eqq0.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause  Candy, серебряный перламутр, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Candy, серебряный перламутр, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>795396</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/398/nezexn09b6bnt7vk4v0xw300eomcj56o.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause  Candy, серебряный перламутр, А6, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Candy, серебряный перламутр, А6, 80 листов, клетка</t>
   </si>
   <si>
     <t>795397</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/87b/jjzswnrljf90dh5n4b45xth37miwie08.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2e3/ibd2fp3ylr7izwlz6cm62sjzlla03aw9.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause  Candy, сиреневый перламутр, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Candy, сиреневый перламутр, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>795399</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27d/nfre8m3ejq2h284h5b812nvu0xbonvh8.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause  Candy, сиреневый перламутр, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Candy, сиреневый перламутр, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>795400</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d23/xmsrrx861ub1n3lxmrbeez3anitn08iz.jpg</t>
-[...8 lines deleted...]
-    <t>812952</t>
+    <t>http://anytos.ru//upload/iblock/087/eyac2sifmwde1ofql7mbd7igva07bv8n.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, желтый, А5&amp;#43;, 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>812940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58d/luu96reupq6gv4e04sv5su8ah003c3lb.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, мятный, А5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Pastel, мятный, А5&amp;#43;, 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>812942</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09b/q01hx9z7ceezc30mjh8lfgsqj26j7a2j.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, розовый, А5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Pastel, розовый, А5&amp;#43;, 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>812943</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c5/od4267t3cwd2vt129eu2d94gvdm4pf6c.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, сиреневый, A5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Pastel, сиреневый, A5&amp;#43;, 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>812944</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/375/jj5vg7235ursnwnczjk0aru92synsupr.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Tulips, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause® Tulips, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>812955</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/01a/jsio5hxwysnafbwtb0mergb45tcbl8k4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, оранжевый, А5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, оранжевый, А5&amp;#43;, 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>830217</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/243/4cqbmeyr4ppbddxfkvtjftitw9g2au1l.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, желтый, А5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>830218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fdd/piue37hb00ft6i1b9i337f2jp85a1que.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, зеленый, А5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, зеленый, А5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>830219</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/955/lzmvmz22z9rqacxin9t6s2g1lhw9xt3y.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, оранжевый, А5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, оранжевый, А5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>830220</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8bc/5d1x0flw1omawrt0x9ia1xwu0ppwm2a6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, розовый, А5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, розовый, А5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>830221</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0df/8nqihx96jitl09rbsxrse5ag9nr8gm28.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, мятный, А5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Pastel, мятный, А5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>830222</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d22/v1flpuf9jlilx7war43cpxe3jzbb5324.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, розовый, А5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Pastel, розовый, А5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>830223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/782/0gj0gfes20ks2i0afto6gwtiqwqwm0z3.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке ErichKrause  FolderBook Neon, розовый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А4 &amp;#40;210x297 мм&amp;#41; со сменным блоком FB Solution&amp;nbsp;&amp;nbsp;в пластиковой обложке. В комплект входит одна тетрадь 48 листов на скобе в клетку. Удобная система крепления на резинке дает возможность быстрой замены тетрадей, а фиксирующая резинка предотвращает нежелательное раскрытие. Эргономичный дизайн: специальные выемки на обложке облегчают перелистывание. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Рекламный вкладыш с информацией о товаре. Тетради упакованы в пакет по 4 штуки. Сменные блоки FB Solution можно купить отдельно, но также для данной обложки подойдет любая тетрадь на скобе А4 ErichKrause®.</t>
   </si>
   <si>
     <t>835486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a4/7501rvwi8j544oko64pvdpsv5i8hh5va.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 12 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 12 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>840075</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c8b/2dgug09xck5ubdrxbrq71r1pughzp40u.jpg</t>
-[...14 lines deleted...]
-    <t>842484</t>
+    <t>http://anytos.ru//upload/iblock/dfd/i09ookb1y7t23pcjk1et4290tkftnsjs.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, сиреневый, A5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного глянцевого пластика с фактурой «зеркало», внутренняя — из офсетной бумаги. В блоке 18 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>840077</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a4/1g4o6urqggwqjmjiujj5fdbf9rcbb41y.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Monochrome quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Monochrome&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн коллекционной серии Berlingo &amp;quot;Monochrome&amp;quot;. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>842487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f63/ht5lwotozd5y6kds0um0zrl4pvljwv7v.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Radiance quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка, желт. роз.</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Radiance&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн кросс-серии Berlingo &amp;quot;Radiance&amp;quot;, с градиентным переходом желтого и розового цветов. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>842489</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/853/a0cb3b8e8nnsnoozbvjbdgz79l3m6t6w.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 18 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук</t>
+  </si>
+  <si>
+    <t>853384</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7eb/9i5xnlobslngtjulf27k1uo25tj74s49.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 24 листа, клетка_MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 24 листа в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук</t>
+  </si>
+  <si>
+    <t>853390</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6b/hno8iz14dh3v5eiakuxp252fu9vrd60r.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, зеленый, А5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного пластика с фактурой «апельсиновая корка», внутренняя — из офсетной бумаги. В блоке 12 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук</t>
+  </si>
+  <si>
+    <t>883477</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ede/mjgaqnw3ywdagp2dg61tgr6sg30re4ly.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, розовый, А5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>883478</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91d/uwwycqy3ybnta6kdqpdk8vzyhogd68py.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного пластика с фактурой «апельсиновая корка», внутренняя — из офсетной бумаги. В блоке 12 листов в линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>886439</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a71/dtsauls8bn0qpkq2wgooyjqecygffn64.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, зеленый, А5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>886440</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51b/a30rvk4cvktk9z22im0rlypgc7kkmooc.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного пластика с фактурой «апельсиновая корка», внутренняя — из офсетной бумаги. В блоке 18 листов в линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>886445</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc2/rk7qrh10hj7xl41xr741qhrtx9h1hgph.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, зеленый, А5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>886446</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a77/29eqx4j1gnaaw2ry9h4bqfv7pmz22p0l.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, оранжевый, А5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>886447</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/997/4abwzy7v32f1smbpmqikvykl0462ogbt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 18 листов, линейка_MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 18 листов в линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>886449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ad/ot43v3f529i205get5qahk50f2r9l90d.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 24 листа, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного пластика с фактурой «апельсиновая корка», внутренняя — из офсетной бумаги. В блоке 24 листа в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>886452</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df2/1tmwgz4sjm72i1g7g5ng6qs6ytxihjoz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, зеленый, A5 , 24 листа, клетка</t>
+  </si>
+  <si>
+    <t>886453</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e77/a1322646rljnnp6ojstyk0zj2xwzvhu7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, оранжевый, A5 , 24 листа, клетка</t>
+  </si>
+  <si>
+    <t>886454</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ed/z3mr4msnl3es2ks4zx5ms89spadvnbyq.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, розовый, А5 , 24 листа, клетка</t>
+  </si>
+  <si>
+    <t>886455</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c36/h39r37yc4hwvacgzb5ayw2n4a4nutp78.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, мятный, А5 , 24 листа, клетка</t>
+  </si>
+  <si>
+    <t>886457</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27c/2rdw64xvimlvdqzir55lrpatt1wbab0p.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, розовый, А5 , 24 листа, клетка</t>
+  </si>
+  <si>
+    <t>886458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e2f/jhnq1yzcu36y6qau0ayjw2h4bsdegrmt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, сиреневый, А5 , 24 листа, клетка</t>
+  </si>
+  <si>
+    <t>886459</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a7/idid2p9dvhltc0jir985kfyxcgma4m4p.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 48 листов, клетка_MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 5 штук.</t>
+  </si>
+  <si>
+    <t>886473</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/850/6ev19dh07f72fcnu0yr3gwj6otlc2z6l.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 48 листов, линейка_MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 5 штук.</t>
+  </si>
+  <si>
+    <t>886474</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d43/69sxbyllug059oqwi932r4flzx93aetd.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 96 листов, клетка_MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 96 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 5 штук.</t>
+  </si>
+  <si>
+    <t>886487</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/645/9rnhzmhz0yfxo8b3f2x3gbxyb2o8ykin.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 96 листов, линейка_MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 96 листов в линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>886488</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c23/c8nj2i04359zkkt9ahgwbm3mdr8cgg02.jpg</t>
-[...8 lines deleted...]
-    <t>906513</t>
+    <t>http://anytos.ru//upload/iblock/4d1/evyd4z2166epbsotqm0dthh37gg3zp0p.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо Neon, оранжевый, А5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо Neon, оранжевый, А5&amp;#43;, 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>906482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4fa/2lbte2o5cctuhs3a87m2w0cnwecbga7v.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо Neon, розовый, А5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо Neon, розовый, А5&amp;#43;, 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>906483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b3e/ch6wkz30vzi6ifinipkqlligxx38ulja.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо Pastel, розовый, А5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо Pastel, розовый, А5&amp;#43;, 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>906485</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8fc/qjgpu2th59jvaue1xisorhzh0l4bc78k.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо ассорти, А5 , 12 листов, линейка MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо ассорти, А5&amp;#43;, 12 листов, линейка MIX-PACK</t>
+  </si>
+  <si>
+    <t>906486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d9/11oqfcc60b9bu5gyx53mr6a4b10jwlif.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause  FolderBook Pastel, желтый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause® FolderBook Pastel, желтый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>906519</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cb4/wqx43yk2ovef1iahri3fjr8bf3ovi69j.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause  FolderBook Pastel, фиолетовый, А4, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause® FolderBook Pastel, фиолетовый, А4, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>906521</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7c3/27oxxy30y3mpo3afjdyflywpc24c9k98.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо Pastel, розовый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо Pastel, розовый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>906524</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f1b/ss77xankr4uz7bioxhlf4tlndxyd5b9n.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо Pastel, сиреневый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо Pastel, сиреневый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>906525</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b24/6elwio8h10pff57aiyoq2jrdx4ilsrym.jpg</t>
-[...23 lines deleted...]
-    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/086/r5vcc1ydbi174qr24thx58letlruz41p.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая в съемной пластиковой обложке ErichKrause  FolderBook Neon, оранжевый, А4, 2x48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая формата А4 &amp;#40;210x297 мм&amp;#41; со сменным блоком FB Solution&amp;nbsp;&amp;nbsp;в пластиковой обложке. В комплект входит одна тетрадь 48 листов на скобе в клетку. Удобная система крепления на резинке дает возможность быстрой замены тетрадей, а фиксирующая резинка предотвращает нежелательное раскрытие. Эргономичный дизайн: специальные выемки на обложке облегчают перелистывание. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Рекламный вкладыш с информацией о товаре. Тетради упакованы в пакет по 2 штуки. Сменные блоки FB Solution можно купить отдельно, но также для данной обложки подойдет любая тетрадь на скобе А4 ErichKrause®.</t>
+  </si>
+  <si>
+    <t>931366</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/987/l33jkni2t78426rapvqodpfqqlmxswwr.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, мятный, А5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>938596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8da/godns2ynst3u9zdq66cau3fjg25h27lx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, сиреневый, A5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>938597</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7db/ubi8nyj6mi94o5p1x0cucmdl8tzyvpr1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, мятный, А5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>938600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/414/pm7y9obx52p9iy3i4ytr0vszlv4ehkoe.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, розовый, А5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>938601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca0/04y0uyqadgzcasmqsskd630otd5p6od8.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, сиреневый, A5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>938602</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/29f/5l1ks2v1vxpgu0piuv58jlnfotgywjh3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Lavender, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Эффектный стильный дизайн выполнен печатью красками в модных тонах. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради упакованы в термоусадочную пленку по 4 штуки.</t>
+  </si>
+  <si>
+    <t>939640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a6/myqvuw9w96d32scg2f6x1kvfv35z1728.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Classic, Words, красный, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause® Classic, Words, красный, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>942003</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9f7/w3h2rfaz5ly0ken4ioh9rxyzwpv456zd.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Classic, Words, черный, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause® Classic, Words, черный, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>942005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de5/ngx1zv7gr3woij7m23sjm0qdomxqylk7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, АЛГЕБРА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
+  </si>
+  <si>
+    <t>942023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b61/nx22qyhgagw4tbu5jj59tgv7ivc7mku6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, БИОЛОГИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f2d/f7lrllrpa6iqzsf82ft09q1fiql1znpy.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, ГЕОМЕТРИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942025</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/595/o9464my1jbdl1uhb0wz80jgl5k11d768.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, ФИЗИКА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfb/oarnjrpdzf50aa3db4xipv21behmb4du.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, ХИМИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942027</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/540/so8ikz2b8ql61du3qqni4ecj02jeqvgt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Hit the Books, АЛГЕБРА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942028</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08d/2m5o7u3tjb9enjcblhmx452kkg32tn5r.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Hit the Books, ГЕОМЕТРИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942029</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad1/b86ua6p7nu6v1ju0h1lopy2dz8fgbes4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, желтый, Геометрия, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого пластика неонового оттенка с фактурой «песок». В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
+  </si>
+  <si>
+    <t>942032</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7d/1d9uaadspgc61v936za10tzs0hi79kau.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, желтый, Химия, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942034</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/828/wxhpkgcccv3y1x7nrr7c2iv8otgpmdx9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, оранжевый, Биология, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942041</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9d/17bam4t99pnj2clr8nrcm3dn4vxv1giu.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, оранжевый, Химия, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942044</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/249/2xt4xa4e01y402unideikurce4yi5oti.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, розовый, Алгебра, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942045</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b4/td4ooz2niv633mpaimvvnb66m1fx6tf6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, розовый, Биология, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942046</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/afb/weqz1g8xnyb7jojyisszyi8ifjr42jqw.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, розовый, Геометрия, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/40f/ovq5lvrffh9fu7bafi0aakh2lmd1o1ip.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, розовый, Физика, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942048</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eba/m15prh3aihigfo32buc5ye1kd5og4a4e.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  NEON, розовый, Химия, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942049</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/094/5jdufznilygrzpw37ohtv0p02cq2jhpg.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Simple Link, АЛГЕБРА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942060</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c15/cfehkg51r37zxj6o1vc0mquuan8nygnt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Simple Link, БИОЛОГИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942061</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/637/frl5zb0xayoohgbzhjf941v0u2ad1064.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Simple Link, ГЕОМЕТРИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942062</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13b/4xc7qkjmbq6q3hatbm89yxa13sael0mn.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Simple Link, ФИЗИКА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942063</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/51b/zdv52if24usle78k8fegrgmt8rhqs4hm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Simple Link, ХИМИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/094/4kjhi4temyfua1ws44vtkk1a3jv49exy.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Зри в корень, АЛГЕБРА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого черного пластика с фактурой «песок», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
+  </si>
+  <si>
+    <t>942065</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7c/fxbnt3q6fxongwmhtfiuk871vwfb8kfu.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Зри в корень, БИОЛОГИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942066</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c3e/fj9m6hreshrl67l83332azv5bz7d4dk1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Зри в корень, ГЕОМЕТРИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942067</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba1/56fl9zurdqqp3ryzsmr3xtcq8a6qx158.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Зри в корень, ФИЗИКА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942068</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/901/gm5ykhch8cuewmpnzk3dx8ocurh4312q.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Зри в корень, ХИМИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942069</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d10/smk5wdyroqykfr33bx37gyn8scsx8vx9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Котоформулы, БИОЛОГИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942070</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/567/j9jq6ibmte4m3xaunk3ngtyq8ro0viux.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Котоформулы, ФИЗИКА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942071</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/173/8t1tt69bi0q42sx8m3c2q1n51bqv8jfz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Котоформулы, ХИМИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/813/gzmfnw6mt0zglzoc2puptby744r5dstd.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Чубрик, БИОЛОГИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «песок», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
+  </si>
+  <si>
+    <t>942074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/494/9626pcbt7zheu1d6de39ume3icob2be9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Чубрик, ГЕОМЕТРИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/694/2wx32yfhec1r9kfnvtujzp4r5gh026g0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Чубрик, ФИЗИКА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a4/7221o1vie1wl42cfdcwdkuax9ckvrikp.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Чубрик, ХИМИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>942077</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a1/460a6nxzt9utahsxi8a8vgr5o0ui43i7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 24 листа, линейка. MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 24 листа в линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>949581</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ee/wfjq64lg0doumln84u09sfrj4e8laaox.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Persons, АЛГЕБРА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>960848</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d58/o8fe7rdht1rjdg3dgqmmkzzw086jhq2v.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Chaos, БИОЛОГИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>960853</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e3/nxrr8z6h0dz7nvp2vw6khntn6zn2pods.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Persons, БИОЛОГИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>960854</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d8/strue0v59le8l48dk9e3ua39xwpqchio.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Chaos, ГЕОГРАФИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>960855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/946/az32f70qtt1cdcosrv4mokbftd975fj9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Persons, ГЕОМЕТРИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>960860</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f50/4n07m1p6ku2c3typm4w4zc1alqnplc4m.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Chaos, ФИЗИКА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>960866</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92c/b5o9o23e1o7ibxjvgrhrn2b8mv08hjer.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Persons, ФИЗИКА, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>960867</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/015/fm3shgse96rhchyytmupoy647r50bm01.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Chaos, ХИМИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>960872</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d29/tjpmi8niclxe6w5254p7rnee2f3edrmc.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Persons, ХИМИЯ, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>960873</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a8/09ax441hnq6xo32ef931gjqd8wl33p5j.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Pastel, желтый, А4, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>961295</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f24/g00kmvdopra60342kd4xjx6vi6leobje.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Pastel, розовый, А4, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>961297</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7f6/l48n3veo0h9fb6ctmdizs6n55vct8bwt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Neon, розовый, А4, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>961302</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2dd/6ub66ik6440sudxbcwf44lhduzrxnpu3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Neon, зеленый, А4, 96 листов, клетка</t>
+  </si>
+  <si>
+    <t>961309</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c36/68f64jpugo69tzrbour3r9vmq45y822x.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Pastel, мятный, А4, 96 листов, клетка</t>
+  </si>
+  <si>
+    <t>961310</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3cd/k90xug8gs3fzm9lwy5pte8yqveo59haw.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо ассорти, А4, 96 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>961312</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c2/e70ob7or1xwxbgfqc2lugw4akb700524.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л. клетка BG  quot;UniTone. Neon quot;, пластиковая обложка, неон голубой</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л. клетка BG &amp;quot;UniTone. Neon&amp;quot;, пластиковая обложка, неон голубой</t>
+  </si>
+  <si>
+    <t>969608</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f31/v1epze9g6x29tak7s43mlr8ydfwz2ghj.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л. клетка BG  quot;UniTone. Neon quot;, пластиковая обложка, неон оранжевый</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л. клетка BG &amp;quot;UniTone. Neon&amp;quot;, пластиковая обложка, неон оранжевый</t>
+  </si>
+  <si>
+    <t>969609</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b17/o3r30v07ri349p5hx5nontu6b0ah91ht.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л. клетка BG  quot;UniTone. Neon quot;, пластиковая обложка, неон салатовый</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л. клетка BG &amp;quot;UniTone. Neon&amp;quot;, пластиковая обложка, неон салатовый</t>
+  </si>
+  <si>
+    <t>969610</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9fd/6qjll7ks1799f2k04xa5mknhn3j2hylh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л. клетка BG  quot;UniTone. Neon quot;, пластиковая обложка, неон сиреневый</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л. клетка BG &amp;quot;UniTone. Neon&amp;quot;, пластиковая обложка, неон сиреневый</t>
+  </si>
+  <si>
+    <t>969611</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/319/w5ugwmuxynsuvd8wpe4wyg6f5od6n6dk.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 120л., А5, клетка MESHU  quot;Miumiu quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 120л., А5, клетка MESHU &amp;quot;Miumiu&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>969854</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdc/dbphgpvoqfwek4fyx3d7f50mt173eior.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 120л., А5, клетка MESHU  quot;Neko quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 120л., А5, клетка MESHU &amp;quot;Neko&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>969855</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b4/ajpdpc75ui4up2ugb8m8n7fw1a5nahu2.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 120л., А5, клетка MESHU  quot;Quack-Quack quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 120л., А5, клетка MESHU &amp;quot;Quack-Quack&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>969856</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b1/1j6vj3kjat86fsqii249xblbtmr5xvup.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5&amp;#43;, 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>975977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/323/gxuq1tbzdv9owkmn7895trn1zb6s2418.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5&amp;#43;, 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>975978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/540/q7j3v0suvazb7owg2fn93n081exiz2xh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5&amp;#43;, 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>975979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b8/f75b5783rdrh9q0k5gg34xiydqvq7bj7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5&amp;#43;, 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>975980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb2/nb2p4lcog2uzz7ekix1162nbcdzpfn86.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5&amp;#43;, 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>975982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffc/132y511ozzi36o7spl9nic1x7qub29ru.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5&amp;#43;, 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>975983</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d5/40m9x1xkj1jhmvos0u5r1e74bs0ld8ho.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5&amp;#43;, 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>975986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d16/677602iut2yn7kzvn5tgsnjnznwirfvo.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5&amp;#43;, 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>975987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6d/gk7av0zigg6rkzv9d2wx58vmou9kjddy.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>975988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c06/3b2q0gt2qirva7b4e1p6r2efby6xfawm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5&amp;#43;, 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>975989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d3d/3n3g3lflzog7hvgquv3zegny1avixfuc.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5 , 24 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5&amp;#43;, 24 листов, клетка</t>
+  </si>
+  <si>
+    <t>975996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b5/e0worxopv10kfrobedb5drasfgf3ojz5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5 , 24 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5&amp;#43;, 24 листов, клетка</t>
+  </si>
+  <si>
+    <t>975997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2b7/0bgcqj25ub94mqneinjbugldlytqpinu.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5 , 24 листа, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5&amp;#43;, 24 листа, клетка</t>
+  </si>
+  <si>
+    <t>975998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f5/ctx050896ye19pvhv4arbjqpigtxhdns.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Be Informed, 48 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
+  </si>
+  <si>
+    <t>Комплект тетрадей по 12 основным учебным предметам: русский язык, литература, алгебра, геометрия, физика, химия, биология, география, история, обществознание, английский язык, информатика. Удобный вариант для приобретения на целый учебный год или в подарок. Каждая тетрадь объемом 48 листов имеет инфо-блок на 2 страницы с кратким изложением школьной программы. Упаковка - картонная обечайка в термоусадочной пленке.</t>
+  </si>
+  <si>
+    <t>978618</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0b3/qrozxqghmhkzqkn4gmiol4br5rhccmih.jpg</t>
-[...701 lines deleted...]
-    <t>978618</t>
+    <t>http://anytos.ru//upload/iblock/933/n09ga97unxzx6nhhcg5589uevhs6aekt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5 , 12 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного пластика с фактурой «апельсиновая корка», внутренняя — из офсетной бумаги. В блоке 12 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>978822</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ff/xnn7261mog7em5julent2sgtijs2qmlg.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо ассорти, А5 , 12 листов, частая косая линия</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 12 листов в частую косую линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>978825</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/790/sgz21khtrzvp5otk98z1x51mcctaar7q.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5 , 12 листов, косая линия</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 12 листов в косую линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>978826</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bae/o1tttpyz7pryxxtnw2fm1ne4gedtez9w.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, Английский язык, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
   </si>
   <si>
     <t>978830</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/463/azoopkc8y5owus42wn4yktqqzy84naur.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>978831</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1fc/9pnxayzyxn9iwiqac6jz8oc5rumtf5cm.jpg</t>
   </si>
@@ -2024,171 +2417,201 @@
   <si>
     <t>http://anytos.ru//upload/iblock/827/dodi034y22qagu8h8fqdafa143tl9uqn.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Волшебное путешествие, А5 , 48 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого пластика с запечаткой, внутренняя — из офсетной бумаги. В блоке 48 листа в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>978837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7dc/keol1dckpb78tkd64b8cgi9thw64k68y.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Brave cats, фиолетовый, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5 &amp;#40;148x210 мм&amp;#41;. Обложка из высококачественного износостойкого пластика с фактурой &amp;quot;песок&amp;quot;. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради упакованы в термоусадочную пленку по 4 штуки.</t>
   </si>
   <si>
     <t>978839</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/504/y7ft7a9buq39jl9a0o7k6ly71o5i2iuq.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/803/2lh7hgds650v2iquyxpiixdxkbqgg1ay.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Mirage, синий, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>978841</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c08/bv20wwbytd2i7vktq4rpwc43pyvrvhep.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Motion, зеленый, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>978842</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd3/n7vl6t7hu6iacriut4v9k64mrisx73da.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Silhouette, розовый, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>978843</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e4/syqcm9f0xgt1zy1l7xhw0huhzi384tiu.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Symbol, голубой, A5, 80 листов, клетка</t>
   </si>
   <si>
     <t>978844</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9aa/87o93hk3rk4mmdaa08pnh3ru7t0bm8ts.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Words, красный, A4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого пластика с фактурой &amp;quot;песок&amp;quot;. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради упакованы в термоусадочную пленку по 2 штуки.</t>
+  </si>
+  <si>
+    <t>978845</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/50e/hgoume31hkeu23ynfzs0rtfkmpqag9oo.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Words, черный, A4, 80 листов, клетка</t>
   </si>
   <si>
-    <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого пластика с фактурой &amp;quot;песок&amp;quot;. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради упакованы в термоусадочную пленку по 2 штуки.</t>
-[...1 lines deleted...]
-  <si>
     <t>978846</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/803/zm3hmx3qyoxn75kx95nlx9gxoi8arntl.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause IQ FineLine, Classic красный, А5, 100 листов, 80 г м2, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5 &amp;#40;147x205 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 100 листов в клетку в рамке. Бумага офсетная плотностью 80 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — кольца. Прорези под кольца оснащены фиксаторами, которые предотвращают раскрытие тетради.</t>
   </si>
   <si>
     <t>978856</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6c/42q521wfvwalkf2cov2f291hh1lngj0l.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause IQ FineLine, Silhouette, розовый, А5, 100 листов, 80 г м2, клетка, ассорти</t>
   </si>
   <si>
     <t>978861</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dcb/u06dlh8jnedxj2k1lqlxwap8blgc0myz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5 , 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5&amp;#43;, 12 листов, линейка</t>
+  </si>
+  <si>
+    <t>979241</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2a/jsh1plbvsbmexs51mojla2bcvlyrlbr7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>979242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87a/mzced0h2mk7r6km6xni005td8vaiccgm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5 , 24 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5&amp;#43;, 24 листов, клетка</t>
+  </si>
+  <si>
+    <t>979243</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e5d/stkce1xhzm7mxx51do9bljxahacgnkod.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Life Style, серебристый, A4, 80 листов, клетка</t>
   </si>
   <si>
     <t>979245</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f67/3dhbpl8qolpjj1xk2jqx42r8mn36545p.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Mirage, синий, A4, 80 листов, клетка</t>
   </si>
   <si>
     <t>979246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ee/7xkokhq6w3j9r75rjpxkfvwo1km0zqb9.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Motion, зеленый, A4, 80 листов, клетка</t>
   </si>
   <si>
     <t>979247</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4aa/jy7mrvb9tmxv2smlavxanuhvr844atxn.jpg</t>
-[...14 lines deleted...]
-    <t>979249</t>
+    <t>http://anytos.ru//upload/iblock/f7e/ihysdapf0utq0e8kzco84swlwv1sf6lq.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause IQ FineLine, Classic белый, B5, 100 листов, 80 г м2, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause IQ FineLine, Classic белый, B5, 100 листов, 80 г/м2, клетка</t>
+  </si>
+  <si>
+    <t>979250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24d/abln86x4k8evcf9sm0srx8vr33fned67.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, Английский язык, 48 листов, клетка</t>
   </si>
   <si>
     <t>979257</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/599/vdn8yx6c22rayx12tlea1hxvrnmig4xb.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>979259</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e96/2e4jorwvh8yt9rlbqy4jl3n3xaymurw4.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, Информатика, 48 листов, клетка</t>
   </si>
@@ -2294,62 +2717,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/de1/o65p8n6njb44ee0q2aozat86ykw3d2lm.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Русский язык, пластиковая обложка</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Русский язык, пластиковая обложка</t>
   </si>
   <si>
     <t>983661</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ef/dhse6uya6bjgkooaergrrkeq6qyqqoqe.jpg</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Физика, пластиковая обложка</t>
   </si>
   <si>
     <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Физика, пластиковая обложка</t>
   </si>
   <si>
     <t>983669</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c1e/8384b1ey6muc6h7vl9v39kdnrdc0dcww.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f5a/odsqcopxhqb2f7w6bvytee2gxmebzkfh.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5 клетка на гребне BG  quot;Base quot;, пластиковая обложка, черная</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5 клетка на гребне BG &amp;quot;Base&amp;quot;, пластиковая обложка, черная</t>
   </si>
   <si>
     <t>984374</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a1/u40wrlp6b85nn8vi8vjyam3kbhdx3u69.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5 клетка на гребне BG  quot;Neon quot;, пластиковая обложка, оранжевая</t>
   </si>
   <si>
     <t>Тетрадь 48л., А5 клетка на гребне BG &amp;quot;Neon&amp;quot;, пластиковая обложка, оранжевая</t>
   </si>
   <si>
     <t>984375</t>
@@ -2447,50 +2858,62 @@
   <si>
     <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line  quot;Soar up quot;, с пластиковой обложкой</t>
   </si>
   <si>
     <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line &amp;quot;Soar up&amp;quot;, с пластиковой обложкой</t>
   </si>
   <si>
     <t>984487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/kp081vbufja5mnb92f7t2f5rz6cl02qe.jpg</t>
   </si>
   <si>
     <t>Блокнот МАЛОГО ФОРМАТА А6, 60 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, АССОРТИ, 115578</t>
   </si>
   <si>
     <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А6 на спирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать всю необходимую информацию. Малый формат удобно поместить в кейс или сумку малых габаритов. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.ПОСТАВЛЯЕТСЯ В НЕСКОЛЬКИХ ВАРИАНТАХ ЦВЕТА &amp;#40;БЕЗ ВОЗМОЖНОСТИ ВЫБОРА&amp;#41;.</t>
   </si>
   <si>
     <t>985220</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7e1/rxqwsab41u8nlp40ew9xuevtu89cxmz0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>985506</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ecb/tl5mfp7bert98w1uc0uz5gy8in8rh3dw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Зри в корень, 48 листов,  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Зри в корень, 48 листов, кл./лин., со спр. мат. &amp;#40;обечайка 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>985530</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/716/fk7wtj2pa24bq285oz25614i1pi3xo7e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Чубрик, 48 листов,  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Чубрик, 48 листов, кл./лин., со спр. мат. &amp;#40;обечайка 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>985531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/453/7php82xs653i10hyycig64sm9bv474og.jpg</t>
@@ -2684,98 +3107,125 @@
   <si>
     <t>986849</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12a/zn74ytaor0sytqzll75gi8lqx28bnqz0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Persons, 48 листов, кл. лин., со спр. мат.  обечайка 12 штук </t>
   </si>
   <si>
     <t>992896</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39c/jq82heofbzet5ibg5holgb1e61tugkxa.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause CoverProBook Words, красный, А5 , 48 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого матового пластика с фактурой «песок» и печатью белой краской. В блоке 48 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разного дизайна упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>992915</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/813/fcc067ejuwuc6qd9wrojq4sm6g1196hy.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause CoverProBook Brave cats, фиолетовый, А5 , 48 листов, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>992916</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a8a/q2ip5xhbcg9hwkrxbpuph6f6do2uv9g0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause CoverProBook Mirage, синий, А5 , 48 листов, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>992917</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/42c/q2tixs2aa3laukagqu8txjasolx10llb.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4 80 л. BRAUBERG  quot;Metropolis quot;, спираль пластиковая, клетка, обложка пластик, СИНИЙ, 404741</t>
   </si>
   <si>
     <t>Яркая, стильная тетрадь BRAUBERG серии &amp;quot;Metropolis&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка синего цвета надежно защитит внутренний блок от повреждений. Внутренний блок содержит 80 листов офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;. Линовка блока - клетка, с полями. Листы соединены спиралью. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
   </si>
   <si>
     <t>993214</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/529/hcz1sg53t3jv21arldpp54is9s5cta1j.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4 80 л. BRAUBERG  quot;Metropolis quot;, спираль пластиковая, клетка, обложка пластик, ФИОЛЕТОВЫЙ, 404743</t>
   </si>
   <si>
     <t>Яркая, стильная тетрадь BRAUBERG серии &amp;quot;Metropolis&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка фиолетового цвета надежно защитит внутренний блок от повреждений. Внутренний блок содержит 80 листов офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;. Линовка блока - клетка, с полями. Листы соединены спиралью. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
   </si>
   <si>
     <t>993215</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a4c/b9njvje9l2bc1g3sweaiaonbw0jvrume.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4 120 л. BRAUBERG  quot;Metropolis quot;, спираль пластиковая, клетка, обложка пластик, СИНИЙ, 404739</t>
   </si>
   <si>
     <t>Яркая, стильная тетрадь BRAUBERG серии &amp;quot;Metropolis&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка синего цвета надежно защитит внутренний блок от повреждений. Внутренний блок содержит 120 листов офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;. Линовка блока – клетка, с полями. Листы соединены спиралью. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
   </si>
   <si>
     <t>993216</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/12a/fqjdrktqs4kl669gsfoguflmqwtri5ya.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4 120 л. BRAUBERG  quot;Metropolis quot;, спираль пластиковая, клетка, обложка пластик, ЧЕРНЫЙ, 404740</t>
   </si>
   <si>
     <t>Стильная, функциональная тетрадь BRAUBERG серии &amp;quot;Metropolis&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка черного цвета надежно защитит внутренний блок от повреждений. Внутренний блок содержит 120 листов офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;. Линовка блока - клетка, с полями. Листы соединены спиралью. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
   </si>
   <si>
     <t>993217</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fea/qilvt6bqfscj4y7u93mo8rb2w7c215xz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Алгебра, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>995671</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/268/tfll26fckjrp6l55eo0r8oo2qrupwdnf.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995672</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/576/3wemwedlgutc82m4g6of6qx3ow58x7ks.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995673</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77a/atsbaw6cgfvbr7e45pdp96i328hsvjrt.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995674</t>
@@ -2804,50 +3254,59 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>995677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/777/n9q4k0ehjt2ol9xc29umaoqqo2fu45np.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>995678</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/125/060c5mhaz6p20pkq6tv3w58ogth4rh3m.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>995679</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ed9/0yyxwpndmf3sca37nwr842rnr5pqzxp9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, География, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>995681</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e07/ufe80uv9qm9yxbpoih7382vpq4cvsw1u.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>995682</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c6/0e6k7tlgzvg3nndmt1tqou0kqlo0zlmj.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>995684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc8/k5a719w8nkvva8w6sq1ac0kzjit53ohh.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>995685</t>
@@ -2912,50 +3371,59 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995692</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbf/7vs6oo4pmkw36stiwquy3ogrwzxry99c.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/bjwgmico5g9vheahlnkca1s99shkd8vm.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995695</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ea5/u3w68f13pmkzrzj1zfv74flr1xyn5iu7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, История, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>995696</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/aaa/4tormtpzdgkfkcacy6sosfuukh9bqa9k.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, История, 48 листов, клетка</t>
   </si>
   <si>
     <t>995697</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9c2/eciiye431p2sj1nked713ofxdhijcxk0.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, История, 48 листов, клетка</t>
   </si>
   <si>
     <t>995699</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/747/o5b1ru0xha88n4xzbez79vf45rwh7x82.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, История, 48 листов, клетка</t>
   </si>
   <si>
     <t>995700</t>
@@ -2975,50 +3443,59 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d1/6xu1iuhxo8ob2wy9y7iq3s3yy5u6qat4.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995703</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/892/m9xa7i1jgjezfpf5eyjd7iq632eze5h6.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995704</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bc1/dfv2gj6bvsa4g9v7qe6b27o6mfxx1o80.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Литература, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>995705</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/273/yzuapy5tyxmttomy85imrhbhj2rgimbh.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d69/6x812spq1wv4syrzs2vmuxuabx54595m.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995707</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe1/ic0ct9g0u2c3s82ogdxhd8i33upd6fc2.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995708</t>
@@ -3176,182 +3653,194 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ea9/gzlurbevi8nd2scwc1xucat8gsj941xv.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Иностранный язык, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого пластика пастельного оттенка с фактурой «песок». В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради фиолетового, голубого и розового цвета упакованы в термоусадочную плёнку по 6 штук по 2 шутки каждого цвета.</t>
   </si>
   <si>
     <t>996015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/693/5qg3hh9zzq5qzlzpaer03uk4fahtwbnx.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Cat Day, А5 , 48 листов, клеткa</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Cat Day, А5&amp;#43;, 48 листов, клеткa MIX-PACK</t>
   </si>
   <si>
     <t>998169</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/471/uurm7evnkji2zqkbxjzdl30q1vcv4anh.jpg</t>
-[...8 lines deleted...]
-    <t>998172</t>
+    <t>http://anytos.ru//upload/iblock/10e/evff0kqlv4gjtyro7eggfhgaojn22m5h.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Life Style, серебристый, А5 , 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Life Style, серебристый, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>998171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/412/cxccc8dxmaixx7mct13hji3m901w4y6z.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Motion, зеленый, А5 , 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Motion, зеленый, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>998173</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/667/wm83fomzmbd8ahv3hx1ru89hrtoyrim5.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Reef, коралловый, А5 , 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Reef, коралловый, А5&amp;#43;, 48 листов, клетка</t>
   </si>
   <si>
     <t>998176</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/af1/i3s6zt04ita1nqt52h5ajo75liytfwo4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Silhouette, розовый, А5 , 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Silhouette, розовый, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>998177</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdb/57sb38v28fc0qmbig2pe3l1ataw77hfj.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Symbol, голубой, А5 , 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Symbol, голубой, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>998178</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/153/8np3s8n4ykgqucvzjxkzn663l3z90vuc.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Words, красный, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Words, красный, А4, 48 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>998179</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/816/gztqv7qn3l58za66vw4afby00rkt1csg.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Words, черный, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Words, черный, А4, 48 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>998180</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a74/14cuikxjpg6ekjeetww6z6ir6on5mstc.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Words, черный, А5 , 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Words, черный, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>998181</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8d2/7cllenwvddeyizmeatrxe8o988aumj37.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream Cat, А5 , 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Dream Cat, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>998182</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6e/vnjrh1z1402iuin6ps4eg2hjc3o90mmp.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Neon, желтый, А4, 96 листов, клетка</t>
   </si>
   <si>
     <t>998185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52b/e2owxwld0keyxt4ya40iim4d9jnlu8bc.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Neon, оранжевый, А4, 96 листов, клетка</t>
   </si>
   <si>
     <t>998186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/277/b67wqhopjuahs3fxwtc4c2kfle6amrge.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Neon, розовый, А4, 96 листов, клетка</t>
   </si>
   <si>
     <t>998187</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5fb/qpwmpsjulf2jzyaqv0w8x7elvlfy1owz.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Pastel, розовый, А4, 96 листов, клетка</t>
   </si>
   <si>
     <t>998188</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bd3/e8t1fahdijopwwq279hqd0csmod0srk8.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fa4/khpjml4r7c14nrtp3at981ak8mepxis5.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Soft Touch Pro quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 600мкм, бирюзовая, внутр. оранжевая, софт-т</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Soft Touch Pro&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 600мкм, бирюзовая, внутр. оранжевая, софт-т</t>
   </si>
   <si>
     <t>998916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a5/amkiu3o90yjikf4od53p2mwnbuervfe0.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Soft Touch Pro quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 600мкм, зеленая, внутр. розовая, софт-тач</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Soft Touch Pro&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 600мкм, зеленая, внутр. розовая, софт-тач</t>
   </si>
   <si>
     <t>998917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ece/33xhrutdbg8xh2faadqpqi1u4atzq12a.jpg</t>
@@ -3500,50 +3989,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1f1/bypw4rs524eyf8kb71ujpf2syzuqjsrl.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Your Way quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 600мкм, черная</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Your Way&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 600мкм, черная</t>
   </si>
   <si>
     <t>1000930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db5/h9dbiq3dz5h2itwannz05w4azj0lsi0e.jpg</t>
   </si>
   <si>
     <t>Тетрадь на кольцах А5, 80л., Greenwich Line  quot;View quot;, пластиковая обложка, с разделителями</t>
   </si>
   <si>
     <t>Тетрадь на кольцах А5, 80л., Greenwich Line &amp;quot;View&amp;quot;, пластиковая обложка, с разделителями</t>
   </si>
   <si>
     <t>1002842</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4c6/x5u4iv6porhd88gysqrh007wqh52sxqe.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Русский язык, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>1004389</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dd2/qbprsaux4u3kq8lm16lvxok4q5jwpyja.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause DJ Frog, А5 , 48 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с печатью цветной краской, внутренняя — из плотной мелованной бумаги с многоцветной печатью. В блоке 48 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>1005739</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8aa/eyqktot02eaaax6acd9f8o9zf28w252k.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Ice Metallic, А5, 80 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради разного цвета упакованы в термоусадочную пленку по 2 штуки.</t>
   </si>
   <si>
     <t>1005740</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34e/3r94jwin47r5yhsmf7r1rwy0265cruen.jpg</t>
@@ -3554,104 +4052,83 @@
   <si>
     <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого пластика с фактурой &amp;quot;софт-тач&amp;quot;. Дизайн обложки дополняет красочная наклейка. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради упакованы индивидуально в термоусадочную пленку.</t>
   </si>
   <si>
     <t>1005741</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52b/pucdxhipbzm4hvm8mp5uig8tjprguykw.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga голубой, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1005742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc9/qzr3qem1xefh4272h22vlvf3extqqptz.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga фиолетовый, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1005743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dad/zl0km3prg5k9j8r2dzl9xa59fuykrz0b.jpg</t>
-[...20 lines deleted...]
-    <t>1009000</t>
+    <t>http://anytos.ru//upload/iblock/e90/0sle78mr104rt1p2iyx220yuw7ivj7v3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо fizzy, Vivid, А5 , 48 листов, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо fizzy, Vivid, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>1008999</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/758/7ycg5ueidr72gnhc8fhd46h3tblk01l2.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Draft, черный, А5 , 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Draft, черный, А5&amp;#43;, 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>1009004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e3/uiag46wp8zpbdi7b027bwy4lwvjw299m.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Floral Soul, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009005</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/24d/anl5edga9sf6fvy3dlp66sgknoxb1qwi.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/202/wbk65bggqu9wi9gb3c0dex43a5zqvj76.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga бежевый, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009007</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e4/te4ac7mtu2241uii6uef6xd3wg7ywhso.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga голубой, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009008</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0a/r9z7opwtqvup61503biffo0lpjuxebt2.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga розовый, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009009</t>
@@ -3662,108 +4139,567 @@
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga розовый, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee6/uj5vdn7x429vq6ujguv5cgf2b8j7dm4c.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga фиолетовый, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009011</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/813/dn1pyjaqd9h9pea8r80tb3y4fxi0a0z7.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Marsalа, фиолетовый, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009012</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9a2/9o893jh1x1ityl2rcvx00d57pj0c0huy.jpg</t>
-[...5 lines deleted...]
-    <t>1009013</t>
+    <t>http://anytos.ru//upload/iblock/c2a/ibx1q0nbt0wijwd1o5pubecyj3x0ybwm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Reef бирюзовый, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>1009014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/667/77yugzhcl8bpo52vyacwc595nfy1gcaj.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Reef индиго, А4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>1009015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/859/bz5arbl80buiy4mk90hn2jqvnvukpey0.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Reef индиго, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009016</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a50/3k7x964a28bgvyblb3bsisc264bymnmt.jpg</t>
-[...5 lines deleted...]
-    <t>1009017</t>
+    <t>http://anytos.ru//upload/iblock/cf6/4tpdeumh7ptn3ktrq2shnyqub6dp6zio.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Reef коралловый, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>1009018</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5f/83fhml63g70urwxa9odz9jfd9ejarpsd.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Reef лайм, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009019</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/002/m9isjl2jj25dcisq6yf6td3qsf9819yv.jpg</t>
-[...20 lines deleted...]
-    <t>1009054</t>
+    <t>http://anytos.ru//upload/iblock/6fa/f4lmfs9ow3luu11z7edten8xlxqp0ih1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Reef лайм, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>1009020</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/553/exjvj6epxk71h22zrm6xdsl26sowe1up.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 12 л, линейка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 12 л, линейка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>1009036</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/62e/6qwn69ua2inym1h6uvjqqhzilxt3309k.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 18 л, линейка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 18 л, линейка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>1009053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c1/mr3aau26x0w0pb1xjjhr2yc5caddx98h.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 24 л, линейка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 24 л, линейка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>1009055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6d/trzgjeq0dbragsbzy01h71q7axv64bhp.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик с печатью, А5, 80 л., скоба, клетка, HATBER,  quot;Хештег quot;  микс в спайке , 090260, 80Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь с оригинальным оформлением обложки предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Серия тетрадей формата А5 &amp;#40;167х202 мм&amp;#41;, 80 листов. Обложка – пластиковая, с тиснением. Внутренний блок – офсетная бумага, плотность 60- 65 г/м2, клетка, красные поля. Белизна – 100&amp;#37;. Вид скрепления – скоба.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1015966</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/00a/8k8vd8d1z61w8vlp8kzk60g4bm7su27f.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик с печатью, А5, 80 л., скоба, линия, HATBER,  quot;Минимализм и точка quot;  микс , 090202, 80Т5В2пл</t>
+  </si>
+  <si>
+    <t>Тетрадь с оригинальным оформлением обложки предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Серия тетрадей формата А5 &amp;#40;167х202 мм&amp;#41;, 80 листов. Обложка – пластиковая, с тиснением. Внутренний блок – офсетная бумага, плотность 65 г/м2, линия, красные поля. Белизна – 100&amp;#37;. Вид скрепления – скоба.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1015967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3de/u9hvudfxw285da0x6kpg1ew7vg183jtp.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик с печатью, А5, 96 л., скоба, клетка, HATBER,  quot;Рыба моя quot;  микс в спайке , 090215, 96Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь с оригинальным оформлением обложки предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Серия тетрадей формата А5 &amp;#40;167х202 мм&amp;#41;, 96 листов. Обложка – пластиковая, с тиснением. Внутренний блок – офсетная бумага, плотность 60-65 г/м2, клетка, красные поля. Белизна – 100&amp;#37;. Вид скрепления – скоба.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1015968</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ba/zmdy14vs0xhulq6swang885m5dlk0eje.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, 12 л., клетка, HATBER, Color Set  микс в спайке , 092025, 12Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь – лучший друг школьника. В ней дети делают домашнюю и классную работу, ведут читательские дневники и личные записи. Тетрадь нужна студенту и взрослому человеку, например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь А5 формата, 12 листов. Материал обложки – пластик. Внутренний блок – офсетная бумага 65 г/2, клетка. Скрепление – скоба. Обложка легко и пластично сгибается, при этом сгибы не заламываются, не трескаются и не сминаются. За полупрозрачной пластиковой обложкой – титульный лист из мелованной бумаги с крупным названием серии и плашкой под персонализацию. Тетрадь предназначена для записей, подходит для старшей школы, вуза, дома и офиса.</t>
+  </si>
+  <si>
+    <t>1015969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df8/6aze4j0uur17h0ctp3nd99btu3yk05qw.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, 12 л., линия, HATBER, Color Set  микс в спайке , 092026, 12Т5В2пл</t>
+  </si>
+  <si>
+    <t>Тетрадь – лучший друг школьника. В ней дети делают домашнюю и классную работу, ведут читательские дневники и личные записи. Тетрадь нужна студенту и взрослому человеку, например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь А5 формата, 12 листов. Материал обложки – пластик. Внутренний блок – офсетная бумага, плотность 65 г/м2, линия. Скрепление – скоба. Обложка легко и пластично сгибается, при этом сгибы не заламываются, не трескаются и не сминаются. За полупрозрачной пластиковой обложкой – титульный лист из мелованной бумаги с крупным названием серии и плашкой под персонализацию. Тетрадь предназначена для записей, подходит для старшей школы, вуза, дома и офиса.</t>
+  </si>
+  <si>
+    <t>1015970</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/517/4r09g85bkuo14zndz59yflkn414xyirx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, 18 л. клетка, HATBER, Color Set  микс в спайке , 092028, 18Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь – лучший друг школьника. В ней дети делают домашнюю и классную работу, ведут читательские дневники и личные записи. Тетрадь нужна студенту и взрослому человеку, например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь А5 формата, 18 листов. Материал обложки – пластик. Внутренний блок – офсетная бумага, плотность 65 г/м2, клетка. Скрепление – скоба. Обложка легко и пластично сгибается, при этом сгибы не заламываются, не трескаются и не сминаются. За полупрозрачной пластиковой обложкой – титульный лист из мелованной бумаги с крупным названием серии и плашкой под персонализацию. Тетрадь предназначена для записей, подходит для старшей школы, вуза, дома и офиса.</t>
+  </si>
+  <si>
+    <t>1015971</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22e/w2n1ufu3hglamdi0o9yzz0o9vu7grcrz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, 18 л., клетка, HATBER,  quot;PROстиль Для девочек quot;  микс в спайке , 090448, 18Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь – лучший друг школьника. В ней дети делают домашнюю и классную работу, ведут читательские дневники и личные записи. Тетрадь нужна студенту и взрослому человеку – например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь формата А5, 18 листов. Обложка – пластик. Внутренний блок – офсет 60-65 г/м2, клетка. Скрепление – скоба. Обложка легко и пластично сгибается, при этом сгибы не заламываются, не трескаются и не сминаются. За полупрозрачной пластиковой обложкой – титульный лист из мелованной бумаги.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1015972</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b7/7s6cxckfl3jlht55ahytysrh2r8urjs9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, 18 л., клетка, HATBER,  quot;PROстиль Универсальная quot;  микс в спайке , 090449, 18Т5В1пл</t>
+  </si>
+  <si>
+    <t>1015973</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8d5/76iyoqmte65nqbaxj2lj4thnuvqlho11.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, 18 л., линия, HATBER, Color Set  микс в спайке , 092029, 18Т5В2пл</t>
+  </si>
+  <si>
+    <t>Тетрадь – лучший друг школьника. В ней дети делают домашнюю и классную работу, ведут читательские дневники и личные записи. Тетрадь нужна студенту и взрослому человеку, например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь А5 формата, 18 листов. Материал обложки – пластик. Внутренний блок – офсетная бумага, плотность 65 г/м2, линия. Скрепление – скоба. Обложка легко и пластично сгибается, при этом сгибы не заламываются, не трескаются и не сминаются. За полупрозрачной пластиковой обложкой - титульный лист из мелованной бумаги с крупным названием серии и плашкой под персонализацию. Тетрадь предназначена для записей, подходит для старшей школы, вуза, дома и офиса.</t>
+  </si>
+  <si>
+    <t>1015974</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f4/l0kfynpgw2jinyc5ebzflrqd5hp7u1kr.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, 24 л., клетка, HATBER, Color Set  микс в спайке , 092030, 24Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь – лучший друг школьника. В ней дети делают домашнюю и классную работу, ведут читательские дневники и личные записи. Тетрадь нужна студенту и взрослому человеку, например, для записи рецептов или расходов за месяц. Без тетради – никуда. Тетрадь А5 формата, 24 листа. Материал обложки – пластик. Внутренний блок – офсетная бумага, плотность 65 г/м2, клетка. Скрепление – скоба. Обложка легко и пластично сгибается, при этом сгибы не заламываются, не трескаются и не сминаются. За полупрозрачной пластиковой обложкой – титульный лист из мелованной бумаги с крупным названием серии и плашкой под персонализацию. Тетрадь предназначена для записей, подходит для старшей школы, вуза, дома и офиса.</t>
+  </si>
+  <si>
+    <t>1015975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a5/63ysf5v5w23xctog8e2m6epnn7m341tu.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, голубой, 405370</t>
+  </si>
+  <si>
+    <t>Стильная и практичная тетрадь BRAUBERG станет незаменимым помощником для старшеклассников, студентов и офисных сотрудников. Она идеально подходит для учебы, работы и повседневных записей, обеспечивая комфорт и удобство в использовании. Прочная пластиковая обложка надежно защищает внутренний блок от повреждений и влаги, продлевая срок службы тетради. Обложка тетради оснащена специальной вырубкой для удобного крепления ручки. Внутри – 80 листов высококачественной офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;, обеспечивающей комфортное письмо. Удобная линовка в клетку с полями помогает вести структурированные записи. Листы скреплены мягким силиконовым гребнем, что обеспечивает удобство использования тетради и комфорт при письме. Формат А4 позволяет разместить большой объем информации, что делает тетрадь идеальным выбором для учебы, работы и деловых заметок.</t>
+  </si>
+  <si>
+    <t>1015976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/595/3lux8hjuqzbdicw53ssq2dp1gqcq1as6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, светло-зеленый, 405373</t>
+  </si>
+  <si>
+    <t>1015977</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d75/z9s5ln7imzam5nkn60f2gqkeaaybkylq.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, серый, 405372</t>
+  </si>
+  <si>
+    <t>Стильная и практичная тетрадь BRAUBERG станет незаменимым помощником для старшеклассников, студентов и офисных сотрудников. Она идеально подходит для учебы, работы и повседневных записей, обеспечивая комфорт и удобство в использовании. Прочная пластиковая обложка надежно защищает внутренний блок от повреждений и влаги, продлевая срок службы тетради. Обложка тетради оснащена специальной вырубкой для удобного крепление ручки. Внутри – 80 листов высококачественной офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;, обеспечивающей комфортное письмо. Удобная линовка в клетку с полями помогает вести структурированные записи. Листы скреплены мягким силиконовым гребнем, что обеспечивает удобство использования тетради и комфорт при письме. Формат А4 позволяет разместить большой объем информации, что делает тетрадь идеальным выбором для учебы, работы и деловых заметок.</t>
+  </si>
+  <si>
+    <t>1015978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a69/0hj37r2qa37od281y9eg8filb8c30qf0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, сиреневый, 405374</t>
+  </si>
+  <si>
+    <t>1015979</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef1/ynlc1454hcsrgf2qed3yip38n0jbdbvz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, черный, 405371</t>
+  </si>
+  <si>
+    <t>1015980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f8/29wsu3o8q22zfjikxjbaaz4313xq9lxz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4 80 л., спираль пластик, резинка, клетка, BRAUBERG, черный зеленый, 405383</t>
+  </si>
+  <si>
+    <t>Стильная и практичная тетрадь BRAUBERG станет незаменимым помощником для старшеклассников, студентов и офисных сотрудников. Она идеально подходит для учебы, работы и повседневных записей, обеспечивая комфорт и удобство в использовании. Прочная пластиковая обложка надежно защищает внутренний блок от повреждений и влаги, продлевая срок службы тетради. Тетрадь снабжена резинкой-фиксатором, что предотвращает замятие страниц. Внутри – 80 листов высококачественной офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;, обеспечивающей комфортное письмо. Удобная линовка в клетку с полями помогает вести структурированные записи. Листы скреплены спиралью. Формат А4 позволяет разместить большой объем информации, что делает тетрадь идеальным выбором для учебы, работы и деловых заметок.</t>
+  </si>
+  <si>
+    <t>1015981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/953/747w5u15ma7pyfbea0mg5t7hx8wd1pgm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4 80 л., спираль пластик, резинка, клетка, BRAUBERG, черный оранжевый, 405382</t>
+  </si>
+  <si>
+    <t>1015982</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abd/0ukpq9he404ozem5qohrez160nr10vk2.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4 80 л., спираль пластик, резинка, клетка, BRAUBERG, черный розовый, 405380</t>
+  </si>
+  <si>
+    <t>1015983</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/792/gaj3tl67nusv23go1wfc70na413xars0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4 80 л., спираль пластик, резинка, клетка, BRAUBERG, черный синий, 405381</t>
+  </si>
+  <si>
+    <t>1015984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a8/sn5dlez5n1tywkj9bi60wx77msk1vwwv.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4, 80 л., гребень, клетка, HATBER,  quot;LINE NEON quot; Зеленая, 081542, 80Т4В1гр_03034</t>
+  </si>
+  <si>
+    <t>Тетрадь предназначена для записей, отлично подойдет для старшей школы, вуза, дома и офиса. Тетрадь формата А4, 80 листов. Обложка - пластик. Внутренний блок - офсет 60-65 г/м2, клетка, многоуровневая перфорация. Скрепление – гребень. Внутренний блок имеет универсальную перфорацию для подшивки листов в папку, перфорация на отрыв имеет засечку для более удобного использования.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1015985</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0da/55mluj3ovu1f5d57062olr2cuq9nksyb.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4, 80 л., гребень, клетка, HATBER,  quot;LINE NEON quot; Розовая, 081545, 80Т4В1гр_03033</t>
+  </si>
+  <si>
+    <t>1015986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53b/9m1s6k95r7ny8yo6q6oeo3afmyu8zts7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4, 80 л., гребень, клетка, HATBER,  quot;VELVET quot; Бордо, 081564, 80Т4В1гр_01606</t>
+  </si>
+  <si>
+    <t>1015987</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1db/5vt2wdyttbkzx8yrx3x26v1pkhq8ylt5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4, 80 л., гребень, клетка, HATBER,  quot;VELVET quot; Зеленая, 081563, 80Т4В1гр_01607</t>
+  </si>
+  <si>
+    <t>1015988</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/634/j0eq0hs397lbmcumgtyz71jlrrt8mlkn.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4, 80 л., гребень, клетка, HATBER,  quot;VELVET quot; Синяя, 081562, 80Т4В1гр_01609</t>
+  </si>
+  <si>
+    <t>1015989</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba4/3sxxq80t2qji3fhgxnmno9iauqte9mmw.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А4, 80 л., гребень, клетка, HATBER,  quot;VELVET quot; Черная, 081566, 80Т4В1гр_01601</t>
+  </si>
+  <si>
+    <t>1015990</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfc/fvkgif1d74yhaizftmkdi15dmyxuhuyq.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 48л. скоба, клетка, HATBER,  quot;Кот-самурай quot;  микс в спайке , 091461, 48Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь предназначена для записей, отлично подойдет для старшей школы, вуза, дома и офиса. Серия тетрадей А5 формата &amp;#40;167х202мм&amp;#41;, 48 листов. Обложка: пластиковая с печатью. Внутренний блок: офсетная бумага, плотность 60 г/м2, клетка, красные поля. Белизна: 100&amp;#37; Вид крепления: скоба. Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1015991</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/729/bmj174sjh7ood8rt96ravm1jgl53gnur.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, голубой, 405375</t>
+  </si>
+  <si>
+    <t>Стильная и практичная тетрадь BRAUBERG станет незаменимым помощником для старшеклассников, студентов и офисных сотрудников. Она идеально подходит для учебы, работы и повседневных записей, обеспечивая комфорт и удобство в использовании. Прочная пластиковая обложка надежно защищает внутренний блок от повреждений и влаги, продлевая срок службы тетради. Обложка тетради оснащена специальной вырубкой для удобного крепления ручки. Внутри – 80 листов высококачественной офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;, обеспечивающей комфортное письмо. Удобная линовка в клетку с полями помогает вести структурированные записи. Листы скреплены мягким силиконовым гребнем, что обеспечивает удобство использования тетради и комфорт при письме. Тетрадь формата А5 – это удобное и практичное решение для учебы, работы и повседневных заметок. Она компактна, легко помещается в сумку или рюкзак, но при этом вместительна для удобного письма.</t>
+  </si>
+  <si>
+    <t>1015992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da0/1dv056030at4wq7a839dj4dqp7kp5yn0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, светло-зеленый, 405378</t>
+  </si>
+  <si>
+    <t>1015993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f46/qvbp8497mlyn51wv4wekjhxxqgxvs271.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, серый, 405377</t>
+  </si>
+  <si>
+    <t>1015994</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a84/jisd44aheq9hw71vkkvb93lp035py442.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, сиреневый, 405379</t>
+  </si>
+  <si>
+    <t>1015995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e73/iavhrzz1m6b0xe8lk2bprauhw8eow7q5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 80 л., гребень мягкий, вырубка для ручки, клетка, BRAUBERG, черный, 405376</t>
+  </si>
+  <si>
+    <t>1015996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/357/ubtsw5yfhcffw3c6txp4xk5zfgeky4c0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 80 л., спираль пластик, резинка, клетка, BRAUBERG, черный зеленый, 405387</t>
+  </si>
+  <si>
+    <t>Стильная и практичная тетрадь BRAUBERG станет незаменимым помощником для старшеклассников, студентов и офисных сотрудников. Она идеально подходит для учебы, работы и повседневных записей, обеспечивая комфорт и удобство в использовании. Прочная пластиковая обложка надежно защищает внутренний блок от повреждений и влаги, продлевая срок службы тетради. Тетрадь снабжена резинкой-фиксатором, что предотвращает замятие страниц. Внутри – 80 листов высококачественной офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;, обеспечивающей комфортное письмо. Удобная линовка в клетку с полями помогает вести структурированные записи. Листы скреплены спиралью. Тетрадь формата А5 – это удобное и практичное решение для учебы, работы и повседневных заметок. Она компактна, легко помещается в сумку или рюкзак, но при этом вместительна для удобного письма.</t>
+  </si>
+  <si>
+    <t>1015997</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e86/6nudfab8yiew7eklahc4pxo1ikqiyf00.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 80 л., спираль пластик, резинка, клетка, BRAUBERG, черный оранжевый, 405386</t>
+  </si>
+  <si>
+    <t>1015998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/454/8bmsb8lxkys91280m7rqd3p1gutt3brv.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 80 л., спираль пластик, резинка, клетка, BRAUBERG, черный розовый, 405384</t>
+  </si>
+  <si>
+    <t>1015999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/795/tn0ry0otroqhkz25du8ivjvx6tk5gmda.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5 80 л., спираль пластик, резинка, клетка, BRAUBERG, черный синий, 405385</t>
+  </si>
+  <si>
+    <t>1016000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b9b/bnsbmde6ruc6ehz7nmkift9s7r06oe2a.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5, 48 л., скоба, клетка, HATBER,  quot;PROстиль quot;  микс в спайке , 090231, 48Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь предназначена для записей, отлично подойдет для старшей школы, вуза, дома и офиса. Тетрадь формата А5, 48 листов. Обложка - пластик. Внутренний блок - офсет 60-65 г/м2, клетка. Скрепление - скоба. Обложка легко и пластично сгибается, при этом сгибы не заламываются, не трескаются и не сминаются. За полупрозрачной пластиковой обложкой - титульный лист из мелованной бумаги.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1016001</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e8/sxp8xvb5hh3a1hriqvlv7z6px77hwyvd.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5, 48 л., скоба, клетка, HATBER,  quot;Во сне и наяву quot;  микс , 087648, 48Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь HATBER предназначена для записей, отлично подойдет для старшей школы, вуза, дома и офиса. Обложка из прочного высококачественного пластика толщиной 0,6 мм. Для комфорта и безопасности все уголки обложки скруглены. Тетрадь А5 формата содержит 48 листов. Внутренний блок состоит из офсетной бумаги плотностью 60 г/м2, линовка в клетку.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1016002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccc/huloll3epowux5347z7mgnnvspt26atm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5, 48 л., скоба, клетка, тиснение, HATBER  quot;Кто круче? quot;  микс в спайке , 089215, 48Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь HATBER предназначена для записей, отлично подойдет для старшей школы, вуза, дома и офиса. Обложка тетради изготовлена из прочного высококачественного пластика толщиной 0,6 мм. Для комфорта и безопасности все уголки обложки скруглены. Тетрадь А5 формата содержит 48 листов. Внутренний блок состоит из офсетной бумаги плотностью 60 г/м2, линовка в клетку.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1016003</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a50/ikwc1rq3n63ymb0y5l5ellklad55efv5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь обложка пластик, А5, 96 л., скоба, клетка, HATBER,  quot;PROстиль quot;  микс в спайке , 090232, 96Т5В1пл</t>
+  </si>
+  <si>
+    <t>Тетрадь формата А5 с оригинальным дизайном обложки предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Серия тетрадей формата А5 &amp;#40;167х202 мм&amp;#41;, 96 листов. Обложка - пластиковая, с тиснением. Внутренний блок - офсетная бумага плотностью 60-65 г/м2, клетка, красные поля. Белизна - 100&amp;#37;. Скрепление - скоба.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
+  </si>
+  <si>
+    <t>1016004</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -4090,57 +5026,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J347"/>
+  <dimension ref="A1:J430"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G347" sqref="G347"/>
+      <selection pane="bottomRight" activeCell="G430" sqref="G430"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -4609,7492 +5545,9401 @@
       </c>
       <c r="C23" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>89</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>90</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>28</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>28</v>
+        <v>111</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>15</v>
+        <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>15</v>
+        <v>106</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>132</v>
+        <v>106</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>141</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>132</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>132</v>
+        <v>106</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>132</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G44" s="3" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>141</v>
+        <v>106</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>141</v>
+        <v>124</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>50</v>
+        <v>199</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>50</v>
+        <v>199</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F51" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="B51" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G51" s="3" t="s">
-        <v>123</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>50</v>
+        <v>199</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>123</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>50</v>
+        <v>199</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>118</v>
+        <v>149</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>50</v>
+        <v>199</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>50</v>
+        <v>199</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>50</v>
+        <v>199</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="G57" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="G58" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="G60" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>170</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="G62" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="G63" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>15</v>
+        <v>106</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
+        <v>106</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
+        <v>174</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>118</v>
+        <v>28</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>141</v>
+        <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G76" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>170</v>
+        <v>33</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>170</v>
+        <v>33</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>227</v>
+        <v>199</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>170</v>
+        <v>149</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>390</v>
+        <v>33</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>390</v>
+        <v>33</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>397</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>403</v>
+        <v>50</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>404</v>
+        <v>33</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
         <v>408</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
         <v>409</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>410</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
         <v>411</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
         <v>412</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>413</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>407</v>
+        <v>418</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C106" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="B106" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>407</v>
+        <v>418</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>407</v>
+        <v>418</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>407</v>
+        <v>418</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>432</v>
+        <v>418</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>436</v>
+        <v>418</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>437</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
         <v>438</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>439</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>440</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
         <v>441</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
         <v>442</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>443</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>444</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>445</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
         <v>446</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>447</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>448</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>449</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
         <v>450</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>452</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
         <v>453</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G115" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
         <v>454</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>455</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>452</v>
+        <v>468</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>452</v>
+        <v>472</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>452</v>
+        <v>476</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>476</v>
+        <v>483</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>477</v>
+        <v>484</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>474</v>
+        <v>489</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>474</v>
+        <v>397</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>474</v>
+        <v>397</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>474</v>
+        <v>404</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>474</v>
+        <v>404</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>452</v>
+        <v>404</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>496</v>
+        <v>505</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>497</v>
+        <v>506</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>452</v>
+        <v>508</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>452</v>
+        <v>512</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>452</v>
+        <v>516</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>505</v>
+        <v>517</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>452</v>
+        <v>520</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>508</v>
+        <v>521</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>512</v>
+        <v>524</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>513</v>
+        <v>525</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>518</v>
+        <v>530</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="B137" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C137" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>521</v>
+        <v>533</v>
       </c>
       <c r="F137" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>523</v>
+        <v>535</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>524</v>
+        <v>536</v>
       </c>
       <c r="F138" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>525</v>
+        <v>537</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>526</v>
+        <v>538</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>452</v>
+        <v>520</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>527</v>
+        <v>539</v>
       </c>
       <c r="F139" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>528</v>
+        <v>540</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>529</v>
+        <v>541</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>452</v>
+        <v>542</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>530</v>
+        <v>543</v>
       </c>
       <c r="F140" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>531</v>
+        <v>544</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>532</v>
+        <v>545</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>452</v>
+        <v>542</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>533</v>
+        <v>546</v>
       </c>
       <c r="F141" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>534</v>
+        <v>547</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>535</v>
+        <v>548</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="F142" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>538</v>
+        <v>550</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
       <c r="F143" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>541</v>
+        <v>553</v>
       </c>
       <c r="B144" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="C144" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="C144" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D144" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>543</v>
+        <v>555</v>
       </c>
       <c r="F144" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>545</v>
+        <v>557</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>546</v>
+        <v>558</v>
       </c>
       <c r="F145" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G145" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>547</v>
+        <v>559</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>548</v>
+        <v>560</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>549</v>
+        <v>561</v>
       </c>
       <c r="F146" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G146" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>550</v>
+        <v>562</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="F147" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>554</v>
+        <v>566</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>554</v>
+        <v>542</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G148" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>556</v>
+        <v>568</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>557</v>
+        <v>520</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
       <c r="F149" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G149" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>560</v>
+        <v>520</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="F150" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>563</v>
+        <v>520</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="F151" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G151" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>565</v>
+        <v>577</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>566</v>
+        <v>578</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>566</v>
+        <v>520</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>567</v>
+        <v>579</v>
       </c>
       <c r="F152" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G152" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>568</v>
+        <v>580</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>569</v>
+        <v>520</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>570</v>
+        <v>582</v>
       </c>
       <c r="F153" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>571</v>
+        <v>583</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>573</v>
+        <v>586</v>
       </c>
       <c r="F154" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>574</v>
+        <v>587</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>576</v>
+        <v>589</v>
       </c>
       <c r="F155" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>577</v>
+        <v>590</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>578</v>
+        <v>591</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>579</v>
+        <v>592</v>
       </c>
       <c r="F156" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>580</v>
+        <v>593</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>581</v>
+        <v>594</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="F157" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>584</v>
+        <v>597</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>585</v>
+        <v>598</v>
       </c>
       <c r="F158" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>586</v>
+        <v>599</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>587</v>
+        <v>520</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>588</v>
+        <v>601</v>
       </c>
       <c r="F159" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G159" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>590</v>
+        <v>520</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>591</v>
+        <v>604</v>
       </c>
       <c r="F160" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>592</v>
+        <v>605</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>593</v>
+        <v>606</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>593</v>
+        <v>520</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>594</v>
+        <v>607</v>
       </c>
       <c r="F161" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>595</v>
+        <v>608</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>596</v>
+        <v>609</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>597</v>
+        <v>611</v>
       </c>
       <c r="F162" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>599</v>
+        <v>613</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
       <c r="F163" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>602</v>
+        <v>616</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>604</v>
+        <v>617</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>606</v>
+        <v>86</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>606</v>
+        <v>86</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>606</v>
+        <v>33</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>617</v>
+        <v>626</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>618</v>
+        <v>627</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>606</v>
+        <v>86</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>619</v>
+        <v>628</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>620</v>
+        <v>629</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>627</v>
+        <v>50</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>627</v>
+        <v>50</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>627</v>
+        <v>50</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F172" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>404</v>
+        <v>86</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="F173" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G173" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="F174" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G174" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="F175" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G175" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>642</v>
+        <v>653</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="F176" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>452</v>
+        <v>656</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="F177" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>642</v>
+        <v>659</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="F178" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>452</v>
+        <v>662</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="F179" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="F180" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>86</v>
+        <v>149</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>668</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>669</v>
       </c>
       <c r="F181" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>28</v>
+        <v>149</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
         <v>670</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>671</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>28</v>
+        <v>675</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="B183" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="F183" s="3" t="s">
         <v>674</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="G183" s="3" t="s">
         <v>675</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>28</v>
+        <v>675</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>668</v>
+        <v>686</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>28</v>
+        <v>675</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>668</v>
+        <v>690</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>50</v>
+        <v>692</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>50</v>
+        <v>692</v>
       </c>
       <c r="G187" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="F188" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G188" s="3" t="s">
-        <v>118</v>
+        <v>15</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>695</v>
+        <v>704</v>
       </c>
       <c r="F189" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>118</v>
+        <v>33</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="F190" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>700</v>
+        <v>711</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>701</v>
+        <v>712</v>
       </c>
       <c r="F191" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>702</v>
+        <v>713</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>703</v>
+        <v>714</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>704</v>
+        <v>716</v>
       </c>
       <c r="F192" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>705</v>
+        <v>717</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>706</v>
+        <v>718</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>706</v>
+        <v>719</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="F193" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>708</v>
+        <v>721</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>709</v>
+        <v>722</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>709</v>
+        <v>723</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
       <c r="F194" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>712</v>
+        <v>726</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>712</v>
+        <v>727</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>713</v>
+        <v>728</v>
       </c>
       <c r="F195" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>714</v>
+        <v>729</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>715</v>
+        <v>730</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>715</v>
+        <v>731</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>716</v>
+        <v>732</v>
       </c>
       <c r="F196" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>717</v>
+        <v>733</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>718</v>
+        <v>734</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>718</v>
+        <v>735</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>719</v>
+        <v>736</v>
       </c>
       <c r="F197" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>720</v>
+        <v>737</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>721</v>
+        <v>738</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>721</v>
+        <v>739</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>722</v>
+        <v>740</v>
       </c>
       <c r="F198" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>723</v>
+        <v>741</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>724</v>
+        <v>742</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>724</v>
+        <v>743</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>725</v>
+        <v>744</v>
       </c>
       <c r="F199" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>726</v>
+        <v>745</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>727</v>
+        <v>746</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>727</v>
+        <v>747</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>728</v>
+        <v>748</v>
       </c>
       <c r="F200" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>729</v>
+        <v>749</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>730</v>
+        <v>750</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>730</v>
+        <v>751</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>731</v>
+        <v>752</v>
       </c>
       <c r="F201" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>732</v>
+        <v>753</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>733</v>
+        <v>754</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>734</v>
+        <v>755</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>735</v>
+        <v>756</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>606</v>
+        <v>757</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>736</v>
+        <v>758</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>737</v>
+        <v>759</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>738</v>
+        <v>760</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>739</v>
+        <v>761</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>606</v>
+        <v>33</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>740</v>
+        <v>762</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>741</v>
+        <v>763</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>742</v>
+        <v>764</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>743</v>
+        <v>765</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>606</v>
+        <v>766</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>744</v>
+        <v>767</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>745</v>
+        <v>768</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>746</v>
+        <v>769</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>747</v>
+        <v>770</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>606</v>
+        <v>33</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>748</v>
+        <v>771</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>749</v>
+        <v>772</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>750</v>
+        <v>773</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>751</v>
+        <v>774</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>606</v>
+        <v>86</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>752</v>
+        <v>775</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>753</v>
+        <v>776</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>754</v>
+        <v>773</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>755</v>
+        <v>777</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>606</v>
+        <v>86</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>756</v>
+        <v>778</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>757</v>
+        <v>779</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>758</v>
+        <v>773</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>759</v>
+        <v>780</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>606</v>
+        <v>86</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>760</v>
+        <v>781</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>761</v>
+        <v>782</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>762</v>
+        <v>773</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>763</v>
+        <v>783</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>141</v>
+        <v>86</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>764</v>
+        <v>784</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>765</v>
+        <v>785</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>766</v>
+        <v>520</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>767</v>
+        <v>786</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>768</v>
+        <v>86</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>769</v>
+        <v>787</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>770</v>
+        <v>788</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>772</v>
+        <v>789</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>768</v>
+        <v>86</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>773</v>
+        <v>790</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>774</v>
+        <v>791</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>775</v>
+        <v>520</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>776</v>
+        <v>792</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>605</v>
+        <v>50</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>777</v>
+        <v>793</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>778</v>
+        <v>794</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>779</v>
+        <v>795</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>780</v>
+        <v>796</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>781</v>
+        <v>50</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>782</v>
+        <v>797</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>783</v>
+        <v>798</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>784</v>
+        <v>799</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>785</v>
+        <v>800</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>781</v>
+        <v>50</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>786</v>
+        <v>801</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>788</v>
+        <v>799</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>781</v>
+        <v>50</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>790</v>
+        <v>804</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>791</v>
+        <v>805</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>793</v>
+        <v>806</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>781</v>
+        <v>50</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>794</v>
+        <v>807</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>795</v>
+        <v>808</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>797</v>
+        <v>809</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>781</v>
+        <v>50</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>798</v>
+        <v>810</v>
       </c>
       <c r="B218" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C218" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="C218" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>801</v>
+        <v>812</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>781</v>
+        <v>50</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>802</v>
+        <v>813</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>803</v>
+        <v>814</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>804</v>
+        <v>815</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>805</v>
+        <v>816</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>781</v>
+        <v>50</v>
       </c>
       <c r="G219" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>806</v>
+        <v>817</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>807</v>
+        <v>818</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>810</v>
+        <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>814</v>
+        <v>823</v>
       </c>
       <c r="F221" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>404</v>
+        <v>106</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>815</v>
+        <v>824</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="F222" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>404</v>
+        <v>106</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="F223" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="F224" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>826</v>
+        <v>837</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>827</v>
+        <v>838</v>
       </c>
       <c r="F225" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>828</v>
+        <v>839</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>829</v>
+        <v>840</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>829</v>
+        <v>840</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>830</v>
+        <v>841</v>
       </c>
       <c r="F226" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>831</v>
+        <v>842</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>832</v>
+        <v>843</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>832</v>
+        <v>843</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>833</v>
+        <v>844</v>
       </c>
       <c r="F227" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>834</v>
+        <v>845</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>835</v>
+        <v>846</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>836</v>
+        <v>847</v>
       </c>
       <c r="F228" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>837</v>
+        <v>848</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>838</v>
+        <v>849</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>838</v>
+        <v>850</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>839</v>
+        <v>851</v>
       </c>
       <c r="F229" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>840</v>
+        <v>852</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>842</v>
+        <v>854</v>
       </c>
       <c r="F230" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G230" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>843</v>
+        <v>855</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>844</v>
+        <v>856</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>844</v>
+        <v>856</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>845</v>
+        <v>857</v>
       </c>
       <c r="F231" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G231" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>847</v>
+        <v>859</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>847</v>
+        <v>859</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>848</v>
+        <v>860</v>
       </c>
       <c r="F232" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G232" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>849</v>
+        <v>861</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>850</v>
+        <v>862</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>850</v>
+        <v>862</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>851</v>
+        <v>863</v>
       </c>
       <c r="F233" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G233" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>852</v>
+        <v>864</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>854</v>
+        <v>866</v>
       </c>
       <c r="F234" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G234" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>855</v>
+        <v>867</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>856</v>
+        <v>868</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="F235" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G235" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>858</v>
+        <v>870</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>859</v>
+        <v>871</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>860</v>
+        <v>872</v>
       </c>
       <c r="F236" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G236" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>861</v>
+        <v>873</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>862</v>
+        <v>874</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>862</v>
+        <v>875</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>863</v>
+        <v>876</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>86</v>
+        <v>675</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>864</v>
+        <v>877</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>865</v>
+        <v>878</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>865</v>
+        <v>879</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>866</v>
+        <v>880</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>86</v>
+        <v>675</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>867</v>
+        <v>881</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>868</v>
+        <v>882</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>868</v>
+        <v>883</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>869</v>
+        <v>884</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>86</v>
+        <v>675</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>870</v>
+        <v>885</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>871</v>
+        <v>886</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>871</v>
+        <v>887</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>872</v>
+        <v>888</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>86</v>
+        <v>675</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>873</v>
+        <v>889</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>874</v>
+        <v>890</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>874</v>
+        <v>891</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>875</v>
+        <v>892</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>86</v>
+        <v>675</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>876</v>
+        <v>893</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>877</v>
+        <v>894</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>877</v>
+        <v>895</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>878</v>
+        <v>896</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>86</v>
+        <v>675</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>879</v>
+        <v>897</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>880</v>
+        <v>898</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>881</v>
+        <v>899</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>882</v>
+        <v>900</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>14</v>
+        <v>674</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>28</v>
+        <v>675</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>883</v>
+        <v>901</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>884</v>
+        <v>902</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>638</v>
+        <v>903</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>885</v>
+        <v>904</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>404</v>
+        <v>905</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>886</v>
+        <v>906</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>887</v>
+        <v>907</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>888</v>
+        <v>908</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>889</v>
+        <v>909</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>50</v>
+        <v>674</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>86</v>
+        <v>905</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>890</v>
+        <v>910</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>891</v>
+        <v>911</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>892</v>
+        <v>912</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>893</v>
+        <v>913</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>14</v>
+        <v>674</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>28</v>
+        <v>482</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>894</v>
+        <v>914</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>895</v>
+        <v>915</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>896</v>
+        <v>916</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>897</v>
+        <v>917</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>14</v>
+        <v>918</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>898</v>
+        <v>919</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>899</v>
+        <v>920</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>900</v>
+        <v>921</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>901</v>
+        <v>922</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>14</v>
+        <v>918</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>170</v>
+        <v>15</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>902</v>
+        <v>923</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>903</v>
+        <v>924</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>904</v>
+        <v>925</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>905</v>
+        <v>926</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>14</v>
+        <v>918</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>170</v>
+        <v>15</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>906</v>
+        <v>927</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>907</v>
+        <v>928</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>907</v>
+        <v>929</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>908</v>
+        <v>930</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>50</v>
+        <v>918</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>390</v>
+        <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>909</v>
+        <v>931</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>910</v>
+        <v>932</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>910</v>
+        <v>933</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>911</v>
+        <v>934</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>50</v>
+        <v>918</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>390</v>
+        <v>15</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>912</v>
+        <v>935</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>913</v>
+        <v>936</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>913</v>
+        <v>937</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>914</v>
+        <v>938</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>50</v>
+        <v>918</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>390</v>
+        <v>15</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>915</v>
+        <v>939</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>916</v>
+        <v>940</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>916</v>
+        <v>941</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>917</v>
+        <v>942</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>50</v>
+        <v>918</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>918</v>
+        <v>943</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>919</v>
+        <v>944</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>919</v>
+        <v>945</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>920</v>
+        <v>946</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>86</v>
+        <v>947</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
-        <v>921</v>
+        <v>948</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>922</v>
+        <v>949</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>922</v>
+        <v>950</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>923</v>
+        <v>951</v>
       </c>
       <c r="F255" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>390</v>
+        <v>33</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>924</v>
+        <v>952</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>925</v>
+        <v>953</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>925</v>
+        <v>954</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>926</v>
+        <v>955</v>
       </c>
       <c r="F256" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>390</v>
+        <v>757</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>927</v>
+        <v>956</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>928</v>
+        <v>957</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>928</v>
+        <v>958</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>929</v>
+        <v>959</v>
       </c>
       <c r="F257" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>390</v>
+        <v>757</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>930</v>
+        <v>960</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>931</v>
+        <v>961</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>931</v>
+        <v>961</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>932</v>
+        <v>962</v>
       </c>
       <c r="F258" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>933</v>
+        <v>963</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>934</v>
+        <v>964</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>934</v>
+        <v>964</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>935</v>
+        <v>965</v>
       </c>
       <c r="F259" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>936</v>
+        <v>966</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>937</v>
+        <v>967</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>937</v>
+        <v>967</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>938</v>
+        <v>968</v>
       </c>
       <c r="F260" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G260" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>939</v>
+        <v>969</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>940</v>
+        <v>970</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>940</v>
+        <v>970</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>941</v>
+        <v>971</v>
       </c>
       <c r="F261" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>942</v>
+        <v>972</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>943</v>
+        <v>973</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>943</v>
+        <v>973</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>944</v>
+        <v>974</v>
       </c>
       <c r="F262" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>945</v>
+        <v>975</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>946</v>
+        <v>976</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>946</v>
+        <v>976</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>947</v>
+        <v>977</v>
       </c>
       <c r="F263" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>948</v>
+        <v>978</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>949</v>
+        <v>979</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>949</v>
+        <v>979</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>950</v>
+        <v>980</v>
       </c>
       <c r="F264" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>951</v>
+        <v>981</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>952</v>
+        <v>982</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>952</v>
+        <v>982</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>953</v>
+        <v>983</v>
       </c>
       <c r="F265" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G265" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>954</v>
+        <v>984</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>955</v>
+        <v>985</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>955</v>
+        <v>985</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>956</v>
+        <v>986</v>
       </c>
       <c r="F266" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>957</v>
+        <v>987</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>958</v>
+        <v>988</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>958</v>
+        <v>988</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>959</v>
+        <v>989</v>
       </c>
       <c r="F267" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>960</v>
+        <v>990</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>961</v>
+        <v>991</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>961</v>
+        <v>991</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>962</v>
+        <v>992</v>
       </c>
       <c r="F268" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>963</v>
+        <v>993</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>964</v>
+        <v>994</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>964</v>
+        <v>994</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>965</v>
+        <v>995</v>
       </c>
       <c r="F269" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G269" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>966</v>
+        <v>996</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>967</v>
+        <v>997</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>967</v>
+        <v>997</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>968</v>
+        <v>998</v>
       </c>
       <c r="F270" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>969</v>
+        <v>999</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>970</v>
+        <v>1000</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>970</v>
+        <v>1000</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>971</v>
+        <v>1001</v>
       </c>
       <c r="F271" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>972</v>
+        <v>1002</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>973</v>
+        <v>1003</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>973</v>
+        <v>1003</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>974</v>
+        <v>1004</v>
       </c>
       <c r="F272" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G272" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>975</v>
+        <v>1005</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>976</v>
+        <v>1006</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>976</v>
+        <v>1006</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>977</v>
+        <v>1007</v>
       </c>
       <c r="F273" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>978</v>
+        <v>1008</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>979</v>
+        <v>1009</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>979</v>
+        <v>1009</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>980</v>
+        <v>1010</v>
       </c>
       <c r="F274" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>981</v>
+        <v>1011</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>982</v>
+        <v>1012</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>982</v>
+        <v>1012</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>983</v>
+        <v>1013</v>
       </c>
       <c r="F275" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>984</v>
+        <v>1014</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>985</v>
+        <v>1015</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>985</v>
+        <v>1015</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>986</v>
+        <v>1016</v>
       </c>
       <c r="F276" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>987</v>
+        <v>1017</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>988</v>
+        <v>1018</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>988</v>
+        <v>1018</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>989</v>
+        <v>1019</v>
       </c>
       <c r="F277" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>990</v>
+        <v>1020</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>991</v>
+        <v>1021</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>991</v>
+        <v>1022</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>992</v>
+        <v>1023</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>993</v>
+        <v>1024</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>994</v>
+        <v>1025</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>994</v>
+        <v>755</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>995</v>
+        <v>1026</v>
       </c>
       <c r="F279" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>390</v>
+        <v>757</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>996</v>
+        <v>1027</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>997</v>
+        <v>1028</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>997</v>
+        <v>1029</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>998</v>
+        <v>1030</v>
       </c>
       <c r="F280" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>999</v>
+        <v>1031</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1000</v>
+        <v>1032</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1000</v>
+        <v>1029</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1001</v>
+        <v>1033</v>
       </c>
       <c r="F281" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1002</v>
+        <v>1034</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1003</v>
+        <v>1035</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1003</v>
+        <v>1029</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1004</v>
+        <v>1036</v>
       </c>
       <c r="F282" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1005</v>
+        <v>1037</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1006</v>
+        <v>1038</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1006</v>
+        <v>1039</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1007</v>
+        <v>1040</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1008</v>
+        <v>1041</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1009</v>
+        <v>1042</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1009</v>
+        <v>1043</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1010</v>
+        <v>1044</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>390</v>
+        <v>28</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1011</v>
+        <v>1045</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1012</v>
+        <v>1046</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1012</v>
+        <v>1047</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1013</v>
+        <v>1048</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>390</v>
+        <v>149</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1014</v>
+        <v>1049</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1015</v>
+        <v>1050</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1015</v>
+        <v>1051</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1016</v>
+        <v>1052</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>390</v>
+        <v>149</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1017</v>
+        <v>1053</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1018</v>
+        <v>1054</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1018</v>
+        <v>1054</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1019</v>
+        <v>1055</v>
       </c>
       <c r="F287" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1020</v>
+        <v>1056</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1021</v>
+        <v>1057</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1021</v>
+        <v>1057</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1022</v>
+        <v>1058</v>
       </c>
       <c r="F288" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1023</v>
+        <v>1059</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1024</v>
+        <v>1060</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1024</v>
+        <v>1060</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1025</v>
+        <v>1061</v>
       </c>
       <c r="F289" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1026</v>
+        <v>1062</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1027</v>
+        <v>1063</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1027</v>
+        <v>1063</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1028</v>
+        <v>1064</v>
       </c>
       <c r="F290" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1029</v>
+        <v>1065</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1030</v>
+        <v>1066</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1030</v>
+        <v>1066</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1031</v>
+        <v>1067</v>
       </c>
       <c r="F291" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1032</v>
+        <v>1068</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1033</v>
+        <v>1069</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1033</v>
+        <v>1069</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1034</v>
+        <v>1070</v>
       </c>
       <c r="F292" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>390</v>
+        <v>86</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1035</v>
+        <v>1071</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1036</v>
+        <v>1072</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1036</v>
+        <v>1072</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1037</v>
+        <v>1073</v>
       </c>
       <c r="F293" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1038</v>
+        <v>1074</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1039</v>
+        <v>1075</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1040</v>
+        <v>1075</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1041</v>
+        <v>1076</v>
       </c>
       <c r="F294" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1042</v>
+        <v>1077</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1043</v>
+        <v>1078</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1044</v>
+        <v>1078</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1045</v>
+        <v>1079</v>
       </c>
       <c r="F295" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1046</v>
+        <v>1080</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1047</v>
+        <v>1081</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1048</v>
+        <v>1081</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1049</v>
+        <v>1082</v>
       </c>
       <c r="F296" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>390</v>
+        <v>482</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1050</v>
+        <v>1083</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1051</v>
+        <v>1084</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1052</v>
+        <v>1084</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1053</v>
+        <v>1085</v>
       </c>
       <c r="F297" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1054</v>
+        <v>1086</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1055</v>
+        <v>1087</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1056</v>
+        <v>1087</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1057</v>
+        <v>1088</v>
       </c>
       <c r="F298" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1058</v>
+        <v>1089</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1059</v>
+        <v>1090</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1060</v>
+        <v>1090</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1061</v>
+        <v>1091</v>
       </c>
       <c r="F299" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G299" s="3" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1062</v>
+        <v>1092</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1063</v>
+        <v>1093</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1064</v>
+        <v>1093</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1065</v>
+        <v>1094</v>
       </c>
       <c r="F300" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1066</v>
+        <v>1095</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1067</v>
+        <v>1096</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1068</v>
+        <v>1096</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1069</v>
+        <v>1097</v>
       </c>
       <c r="F301" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1070</v>
+        <v>1098</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1071</v>
+        <v>1099</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1072</v>
+        <v>1099</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1073</v>
+        <v>1100</v>
       </c>
       <c r="F302" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1074</v>
+        <v>1101</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1075</v>
+        <v>1102</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1075</v>
+        <v>1102</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1076</v>
+        <v>1103</v>
       </c>
       <c r="F303" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1077</v>
+        <v>1104</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1078</v>
+        <v>1105</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1078</v>
+        <v>1105</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1079</v>
+        <v>1106</v>
       </c>
       <c r="F304" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1080</v>
+        <v>1107</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1081</v>
+        <v>1108</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1081</v>
+        <v>1108</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1082</v>
+        <v>1109</v>
       </c>
       <c r="F305" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1083</v>
+        <v>1110</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1084</v>
+        <v>1111</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1084</v>
+        <v>1111</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1085</v>
+        <v>1112</v>
       </c>
       <c r="F306" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1086</v>
+        <v>1113</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1087</v>
+        <v>1114</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1088</v>
+        <v>1114</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1089</v>
+        <v>1115</v>
       </c>
       <c r="F307" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1090</v>
+        <v>1116</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1091</v>
+        <v>1117</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1092</v>
+        <v>1117</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1093</v>
+        <v>1118</v>
       </c>
       <c r="F308" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1094</v>
+        <v>1119</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1095</v>
+        <v>1120</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1096</v>
+        <v>1120</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1097</v>
+        <v>1121</v>
       </c>
       <c r="F309" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1098</v>
+        <v>1122</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1099</v>
+        <v>1123</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1100</v>
+        <v>1123</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1102</v>
+        <v>1125</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1103</v>
+        <v>1126</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1104</v>
+        <v>1126</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1105</v>
+        <v>1127</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1106</v>
+        <v>1128</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1107</v>
+        <v>1129</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1108</v>
+        <v>1129</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1109</v>
+        <v>1130</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1110</v>
+        <v>1131</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1111</v>
+        <v>1132</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1112</v>
+        <v>1132</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1113</v>
+        <v>1133</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1114</v>
+        <v>1134</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1115</v>
+        <v>1135</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1116</v>
+        <v>1135</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1117</v>
+        <v>1136</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1118</v>
+        <v>1137</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1119</v>
+        <v>1138</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1120</v>
+        <v>1138</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1121</v>
+        <v>1139</v>
       </c>
       <c r="F315" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1122</v>
+        <v>1140</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1123</v>
+        <v>1141</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1124</v>
+        <v>1141</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1125</v>
+        <v>1142</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1126</v>
+        <v>1143</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1128</v>
+        <v>1144</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1129</v>
+        <v>1145</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1130</v>
+        <v>1146</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1131</v>
+        <v>1147</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1132</v>
+        <v>1147</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1133</v>
+        <v>1148</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1134</v>
+        <v>1149</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1135</v>
+        <v>1150</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1136</v>
+        <v>1150</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1137</v>
+        <v>1151</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1138</v>
+        <v>1152</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1139</v>
+        <v>1153</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1140</v>
+        <v>1153</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1141</v>
+        <v>1154</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1142</v>
+        <v>1155</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1143</v>
+        <v>1156</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1144</v>
+        <v>1156</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1146</v>
+        <v>1158</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1148</v>
+        <v>1159</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1149</v>
+        <v>1160</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>170</v>
+        <v>86</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1150</v>
+        <v>1161</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1151</v>
+        <v>1162</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1155</v>
+        <v>1165</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1157</v>
+        <v>1166</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>227</v>
+        <v>50</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>170</v>
+        <v>482</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1158</v>
+        <v>1167</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1159</v>
+        <v>1168</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>781</v>
+        <v>50</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>15</v>
+        <v>482</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1163</v>
+        <v>1171</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="F326" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="F327" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>15</v>
+        <v>482</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="F328" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>404</v>
+        <v>482</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1174</v>
+        <v>1179</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="F329" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>404</v>
+        <v>482</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1172</v>
+        <v>1183</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="F330" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>404</v>
+        <v>482</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="F331" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>118</v>
+        <v>482</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="F332" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>86</v>
+        <v>482</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="F333" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>404</v>
+        <v>482</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="F334" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>15</v>
+        <v>482</v>
       </c>
     </row>
     <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="F335" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>15</v>
+        <v>482</v>
       </c>
     </row>
     <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="F336" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>404</v>
+        <v>482</v>
       </c>
     </row>
     <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="F337" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>404</v>
+        <v>482</v>
       </c>
     </row>
     <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1205</v>
+        <v>1211</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1206</v>
+        <v>1212</v>
       </c>
       <c r="F338" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>404</v>
+        <v>86</v>
       </c>
     </row>
     <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1207</v>
+        <v>1213</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1208</v>
+        <v>1214</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1209</v>
+        <v>1216</v>
       </c>
       <c r="F339" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>404</v>
+        <v>86</v>
       </c>
     </row>
     <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1210</v>
+        <v>1217</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1211</v>
+        <v>1218</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
       <c r="F340" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>404</v>
+        <v>86</v>
       </c>
     </row>
     <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1213</v>
+        <v>1221</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1214</v>
+        <v>1222</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1214</v>
+        <v>1223</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
       <c r="F341" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
     </row>
     <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1216</v>
+        <v>1225</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1218</v>
+        <v>1228</v>
       </c>
       <c r="F342" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>404</v>
+        <v>86</v>
       </c>
     </row>
     <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1219</v>
+        <v>1229</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1220</v>
+        <v>1230</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1220</v>
+        <v>1231</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1221</v>
+        <v>1232</v>
       </c>
       <c r="F343" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>404</v>
+        <v>86</v>
       </c>
     </row>
     <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1222</v>
+        <v>1233</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1223</v>
+        <v>1234</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1223</v>
+        <v>1235</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1224</v>
+        <v>1236</v>
       </c>
       <c r="F344" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>404</v>
+        <v>149</v>
       </c>
     </row>
     <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1225</v>
+        <v>1237</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1226</v>
+        <v>1238</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1226</v>
+        <v>1239</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1227</v>
+        <v>1240</v>
       </c>
       <c r="F345" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>404</v>
+        <v>149</v>
       </c>
     </row>
     <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1228</v>
+        <v>1241</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1229</v>
+        <v>1242</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1230</v>
+        <v>1243</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1231</v>
+        <v>1244</v>
       </c>
       <c r="F346" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>33</v>
+        <v>86</v>
       </c>
     </row>
     <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1232</v>
+        <v>1245</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="F347" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G347" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A348" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F348" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G348" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A349" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F349" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G349" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F350" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G350" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A351" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C351" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E351" s="3" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F351" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G351" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A352" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C352" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E352" s="3" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F352" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G352" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A353" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E353" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F353" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E354" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F354" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G354" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F355" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F356" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F357" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G357" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A358" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E358" s="3" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F358" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G358" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A359" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E359" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F359" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G359" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A360" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E360" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F360" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G360" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A361" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E361" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F361" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G361" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E362" s="3" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F362" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F363" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E364" s="3" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F364" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G364" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A365" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F365" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G365" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A366" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E366" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F366" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="G366" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A367" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E367" s="3" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F367" s="3" t="s">
+        <v>918</v>
+      </c>
+      <c r="G367" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A368" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C368" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E368" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F368" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A369" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E369" s="3" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F369" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A370" s="1" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E370" s="3" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F370" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G370" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A371" s="1" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E371" s="3" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F371" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G371" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A372" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>1342</v>
+      </c>
+      <c r="F372" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G372" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A373" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F373" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F374" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="F375" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>1356</v>
+      </c>
+      <c r="F376" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F377" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F378" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F379" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F380" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F381" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F382" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E383" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F383" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E384" s="3" t="s">
+        <v>1380</v>
+      </c>
+      <c r="F384" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F385" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F386" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F387" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F388" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E389" s="3" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F389" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G389" s="3" t="s">
         <v>33</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="F390" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F391" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E392" s="3" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F392" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E393" s="3" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F393" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E394" s="3" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F394" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>1422</v>
+      </c>
+      <c r="F395" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F396" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E397" s="3" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F397" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F398" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E399" s="3" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F399" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E400" s="3" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F400" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E401" s="3" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F401" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F402" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F403" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F404" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E405" s="3" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F405" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F406" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F407" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E408" s="3" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F408" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E409" s="3" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F409" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E410" s="3" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F410" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E411" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F411" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E412" s="3" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F412" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E413" s="3" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F413" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F414" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F415" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E416" s="3" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F416" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E417" s="3" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F417" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E418" s="3" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F418" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E419" s="3" t="s">
+        <v>1508</v>
+      </c>
+      <c r="F419" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="420" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E420" s="3" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F420" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E421" s="3" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F421" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F422" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F423" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G423" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E424" s="3" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F424" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E425" s="3" t="s">
+        <v>1527</v>
+      </c>
+      <c r="F425" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E426" s="3" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F426" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E427" s="3" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F427" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E428" s="3" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F428" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G428" s="3" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E429" s="3" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F429" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C430" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E430" s="3" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F430" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>1410</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">