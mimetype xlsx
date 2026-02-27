--- v1 (2025-11-29)
+++ v2 (2026-02-27)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1548">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1435">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d3/s0n6w6zb4sqlgf0pzyfykrmz4zzvb59f.jpg</t>
   </si>
   <si>
     <t>Тетрадь-блокнот 120 л., A5, 148x210 мм, BRAUBERG, клетка, гребень, обложка пластиковая, 3 разделителя,  quot;CoolBOOK quot;, 4 вида, 401786</t>
   </si>
   <si>
     <t>Тетрадь-блокнот BRAUBERG серии &amp;quot;CoolBOOK&amp;quot; предназначена для ведения записей среди старшеклассников, студентов и офисных сотрудников. Выполнена в ярком и неординарном дизайне. Обложка выполнена из цветного пластика с текстурой и сложной вырубкой. 3 удобных съемных разделителя помогут легко находить нужную информацию. Внутренний блок содержит 120 листов офсетной бумаги плотностью 65 г/м2 и белизной 100&amp;#37;. Линовка блока - в клетку. Листы соединены евроспиралью с левой стороны. Формат А5 &amp;#40;148х210 мм&amp;#41;.Поставляется в 4-х вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
   </si>
   <si>
     <t>Тетради с пластиковой обложкой</t>
@@ -167,167 +176,125 @@
   <si>
     <t>Тетрадь на кольцах А5  160х215 мм , 80 л., пластиковая обложка, клетка, BRAUBERG,  quot;Оранжевый quot;, 403253</t>
   </si>
   <si>
     <t>Тетрадь на кольцах BRAUBERG станет незаменимым помощником для учебы и работы. Блок состоит из 80 листов офсетной бумаги белого цвета плотностью 60 г/м2. Линовка - клетка. Обложка с вырубкой под кольца выполнена из износоустойчивого пластика оранжевого цвета. Формат А5 является стандартным и обеспечивает комфортное ношение в рюкзаке/ранце или папке. Оборудована кольцевым механизмом с 4-мя кольцами для подшивки сменных блоков, что позволит носить на учебу/работу всего одну тетрадь с возможностью добавлять и менять листы.</t>
   </si>
   <si>
     <t>422342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/96f/veyaxwb2g40k5efcngbohg03cqukpb68.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Accent, зеленый, А5 , 2x48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Accent, зеленый, А5&amp;#43;, 2x48 листов, клетка</t>
   </si>
   <si>
     <t>699086</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/120/9wv1ra9wprc3gmnopxjc4iss1rcz29ri.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/76d/vf5qlw84d0a31n0an09m36gmxicv1y10.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, зеленый, А4, 2x48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А4 &amp;#40;210x297 мм&amp;#41; со сменным блоком FB Solution в пластиковой обложке. В комплект входит одна тетрадь 48 листов на скобе в клетку. Удобная система крепления на резинке дает возможность быстрой замены тетрадей, а фиксирующая резинка предотвращает нежелательное раскрытие. Эргономичный дизайн: специальные выемки на обложке облегчают перелистывание. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Рекламный вкладыш с информацией о товаре. Тетради упакованы в пакет по 2 штуки. Сменные блоки FB Solution можно купить отдельно, но также для данной обложки подойдет любая тетрадь на скобе А4 ErichKrause®.</t>
   </si>
   <si>
     <t>699094</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eb1/x2ba56aojym0z0mghyizg07pnagmwkn7.jpg</t>
-[...2 lines deleted...]
-    <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, зеленый, А4, 48 листов, клетка</t>
+    <t>http://anytos.ru//upload/iblock/1cc/pcqv0dxzifqc6kpqztlm9atlu38p3hrs.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, красный, А4, 2x48 листов, клетка</t>
+  </si>
+  <si>
+    <t>699096</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/033/z7ecsx9f1l1lwjksjh3eecc44g7ptxtx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, красный, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А4 &amp;#40;210x297 мм&amp;#41; со сменным блоком FB Solution в пластиковой обложке. В комплект входит одна тетрадь 48 листов на скобе в клетку. Удобная система крепления на резинке дает возможность быстрой замены тетрадей, а фиксирующая резинка предотвращает нежелательное раскрытие. Эргономичный дизайн: специальные выемки на обложке облегчают перелистывание. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Рекламный вкладыш с информацией о товаре. Тетради упакованы в пакет по 4 штуки. Сменные блоки FB Solution можно купить отдельно, но также для данной обложки подойдет любая тетрадь на скобе А4 ErichKrause®.</t>
   </si>
   <si>
-    <t>699095</t>
-[...16 lines deleted...]
-  <si>
     <t>699097</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/493/1etfnryy1nrpkhltpxiewjd4h6h5v1b6.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, синий, А4, 2x48 листов, клетка</t>
   </si>
   <si>
     <t>699098</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d4/nu6cniozcx6xwtx91iyl6y22gwi45o3r.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, синий, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>699099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/692/kjv1vojhhqyftzv1jifeypi11nlkzsf8.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, черный, А4, 2x48 листов, клетка</t>
   </si>
   <si>
     <t>699100</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d9f/dsw1z9vhybp4zyvuqx8rwwrg14jvqsm4.jpg</t>
-[...2 lines deleted...]
-    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Neon, оранжевый, А4, 48 листов, клетка</t>
+    <t>http://anytos.ru//upload/iblock/ed2/ui7xzc5f5x3okrzcvm9v8pq0l6smxsyp.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Neon, розовый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А4 &amp;#40;210x297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 48 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
-    <t>699104</t>
+    <t>699105</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ed2/ui7xzc5f5x3okrzcvm9v8pq0l6smxsyp.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/378/9g7d2ztwrvek8cve43213axo3igv5qlb.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Clover, Mixed Reality, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А4 &amp;#40;210х297 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого матового пластика с фактурой «песок» и печатью белой краской, внутренняя — из плотной мелованной бумаги с многоцветной печатью. В блоке 48 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>699106</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ae/3q4l9u4fj3d0pyzl2s240lfksbmbiyp4.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая в съемной пластиковой обложке Erich Krause FolderBook Classic, красный, А5 , 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41; со сменным блоком FB Solution в пластиковой обложке. В комплект входит одна тетрадь 48 листов на скобе в клетку с полями. Удобная система крепления на резинке дает возможность быстрой замены тетрадей, а фиксирующая резинка предотвращает нежелательное раскрытие. Эргономичный дизайн: специальные выемки на обложке облегчают перелистывание. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Рекламный вкладыш с информацией о товаре. Тетради упакованы в пакет по 4 штуки. Сменные блоки FB Solution можно купить отдельно, но также для данной обложки подойдет любая тетрадь на скобе А5&amp;#43; ErichKrause®.</t>
   </si>
   <si>
     <t>699113</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/655/8scoppmqi793ha4jyx59lkpkvur7e4om.jpg</t>
@@ -413,62 +380,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a3f/ulqd69pwvcisszfzoku1npb4gm9dd02e.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Accent, ассорти, А4, 80 листов, клетка, на кнопке</t>
   </si>
   <si>
     <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого глянцевого пластика с фактурой «диагональ». Яркие цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>699243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/939/5qhrzc4rr4ululs10zz9s4sr8as7f445.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Pastel, ассорти, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Пастельные цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>699249</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5de/d3ooikclh71k1e519jl82ympky1yiwbt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e12/hynwye3x2q8641fs5qll570bpsiva153.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Neon, ассорти, А4, 80 листов, клетка, на кнопке</t>
   </si>
   <si>
     <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Яркие неоновые цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>699251</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e1/5jffmu3h7tuqnrkq4qnjfea0v3tn49sx.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Neon, ассорти, А4, 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Яркие неоновые цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Обложка фиксируется прочной эластичной резинкой. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 2 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>699252</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/610/dzlsitz3z6pimb6askbeyqaqjs19466t.jpg</t>
@@ -500,50 +455,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c02/ck2ewca5k1cn5b1biurwupmgkln7z7te.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Accent, ассорти, А5, 80 листов, клетка, на кнопке</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5 &amp;#40;147x205 мм&amp;#41;. Обложка из высококачественного износостойкого глянцевого пластика с фактурой «диагональ». Яркие цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>699265</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be2/72zyb1s4ce919i0xqgv814e73mxnliaf.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause Neon, ассорти, А5, 80 листов, клетка, на кнопке</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5 &amp;#40;147x205 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Яркие неоновые цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - кольца. Обложка фиксируется клапаном с кнопкой. Прорези под кольца оснащены фиксаторами. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>699268</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/8f7/c615lbbv3e5dtb59f0mp51s50oeee7o9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Pastel, ассорти, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Пастельные цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 4 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>699274</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e76/zewpoirxkkcy2jl8k8x4ytvc6qmfym2f.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause MyDesign, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка-кармашек из высококачественного износостойкого прозрачного пластика, в который можно вставить свою обложку. Информационный вкладыш с инструкцией. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Тип скрепления — спираль. Тетради упакованы в термоусадочную пленку по 4 штуки.</t>
   </si>
   <si>
     <t>699275</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/218/o2xg2t5bwfl63q2lsp8gudjbdqkf691f.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Neon, ассорти, А5 , 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5&amp;#43; &amp;#40;170х205 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Яркие неоновые цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 55 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Обложка фиксируется прочной эластичной резинкой. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 4 штуки. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
   </si>
   <si>
     <t>699283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed4/m025wvo9i8k3upfn9wcczap273s33w1q.jpg</t>
@@ -662,62 +629,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bfa/1bvdlf1376ps4927513ksqp0m0z5jx3s.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5 , 80л., Berlingo  quot;Steel Style quot;, клетка, на гребне, 80г м2, пластик  полифом  обложка, линейка-закладка, синяя</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Steel&amp;Style&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;1500мкм&amp;#41; в сочетании с фактурой &amp;quot;сталь&amp;quot;, формата А5&amp;#43;. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Насыщенный синий цвет внешней стороны, в сочетании с черным цветом внутренней поверхности. Вид скрепления – гребень со стильными черными кольцами, который дает возможность раскрывать тетрадь на 360?. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Внутренний блок имеет микроперфорацию для ровного отрыва листа и дальнейшего хранения или подшивки в аккуратном виде. Размер бизнес-тетради 220*160мм, диаметр гребня 21мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>713004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07b/7ft8odet23r1sy9f7b1t7cu53xkldgcu.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5 , 80л., Berlingo  quot;Steel Style quot;, клетка, на гребне, 80г м2,пластик  полифом  обложка, линейка-закладка, черная</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Steel&amp;Style&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;1500мкм&amp;#41; в сочетании с фактурой &amp;quot;сталь&amp;quot;, формата А5&amp;#43;. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Насыщенный черный цвет внешней стороны, в сочетании с черным цветом внутренней поверхности. Вид скрепления – гребень со стильными черными кольцами, который дает возможность раскрывать тетрадь на 360?. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Внутренний блок имеет микроперфорацию для ровного отрыва листа и дальнейшего хранения или подшивки в аккуратном виде. Размер бизнес-тетради 220*160мм, диаметр гребня 21мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>713005</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/661/a5iqsgpv32vmxauicn6fcn1m19awmzmd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/140/uqgxkwa6s2rf8zpoclo1s8axw7uyzgqy.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь B5 , 80л., Berlingo  quot;Steel Style quot;, клетка, на гребне, 80г м2, пластик  полифом  обложка, линейка-закладка, красная</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Steel&amp;Style&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;1500мкм&amp;#41; в сочетании с фактурой &amp;quot;сталь&amp;quot;, формата B5&amp;#43;. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Насыщенный красный цвет внешней стороны, в сочетании с черным цветом внутренней поверхности. Вид скрепления – гребень со стильными черными кольцами, который дает возможность раскрывать тетрадь на 360?. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Внутренний блок имеет микроперфорацию для ровного отрыва листа и дальнейшего хранения или подшивки в аккуратном виде. Размер бизнес-тетради 265*190 мм, диаметр гребня 21 мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>713007</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe1/raxvw7f1nsa1jf778kccddqzw9lp1n0p.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь B5 , 80л., Berlingo  quot;Steel Style quot;, клетка, на гребне, 80г м2, пластик  полифом  обложка, линейка-закладка, серебристый металлик</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Steel&amp;Style&amp;quot; - это практичное, стильное и современное изделие для планирования и записей. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;1500мкм&amp;#41; в сочетании с фактурой &amp;quot;сталь&amp;quot;, формата B5&amp;#43;. Материал обложки - трехслойный пластик &amp;#40;полифом&amp;#41;, надежно защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Насыщенный цвет серебристый металлик внешней стороны, в сочетании с черным цветом внутренней поверхности. Вид скрепления – гребень со стильными черными кольцами, который дает возможность раскрывать тетрадь на 360?. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Внутренний блок имеет микроперфорацию для ровного отрыва листа и дальнейшего хранения или подшивки в аккуратном виде. Размер бизнес-тетради 265*190 мм, диаметр гребня 21 мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>713008</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/316/rpvbrwow83c6l4cirbjkp1j7nw58pni5.jpg</t>
@@ -926,374 +881,362 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/obfhlm4wi58mr2o2timp080soyl7eqq0.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause  Candy, серебряный перламутр, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Candy, серебряный перламутр, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>795396</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/398/nezexn09b6bnt7vk4v0xw300eomcj56o.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause  Candy, серебряный перламутр, А6, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Candy, серебряный перламутр, А6, 80 листов, клетка</t>
   </si>
   <si>
     <t>795397</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/87b/jjzswnrljf90dh5n4b45xth37miwie08.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause  Candy, сиреневый перламутр А6, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Candy, сиреневый перламутр А6, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>795398</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2e3/ibd2fp3ylr7izwlz6cm62sjzlla03aw9.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause  Candy, сиреневый перламутр, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Candy, сиреневый перламутр, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>795399</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27d/nfre8m3ejq2h284h5b812nvu0xbonvh8.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause  Candy, сиреневый перламутр, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause® Candy, сиреневый перламутр, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>795400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/087/eyac2sifmwde1ofql7mbd7igva07bv8n.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 12 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, желтый, А5&amp;#43;, 12 листов, клетка</t>
   </si>
   <si>
     <t>812940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/58d/luu96reupq6gv4e04sv5su8ah003c3lb.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, мятный, А5 , 12 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Pastel, мятный, А5&amp;#43;, 12 листов, клетка</t>
   </si>
   <si>
     <t>812942</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/09b/q01hx9z7ceezc30mjh8lfgsqj26j7a2j.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0c5/od4267t3cwd2vt129eu2d94gvdm4pf6c.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, сиреневый, A5 , 12 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Pastel, сиреневый, A5&amp;#43;, 12 листов, клетка</t>
   </si>
   <si>
     <t>812944</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/375/jj5vg7235ursnwnczjk0aru92synsupr.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Tulips, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause® Tulips, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>812955</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01a/jsio5hxwysnafbwtb0mergb45tcbl8k4.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, оранжевый, А5 , 12 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, оранжевый, А5&amp;#43;, 12 листов, клетка</t>
   </si>
   <si>
     <t>830217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/243/4cqbmeyr4ppbddxfkvtjftitw9g2au1l.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 18 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, желтый, А5&amp;#43;, 18 листов, клетка</t>
   </si>
   <si>
     <t>830218</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fdd/piue37hb00ft6i1b9i337f2jp85a1que.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/955/lzmvmz22z9rqacxin9t6s2g1lhw9xt3y.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, оранжевый, А5 , 18 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, оранжевый, А5&amp;#43;, 18 листов, клетка</t>
   </si>
   <si>
     <t>830220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8bc/5d1x0flw1omawrt0x9ia1xwu0ppwm2a6.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, розовый, А5 , 18 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Neon, розовый, А5&amp;#43;, 18 листов, клетка</t>
   </si>
   <si>
     <t>830221</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0df/8nqihx96jitl09rbsxrse5ag9nr8gm28.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, мятный, А5 , 18 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Pastel, мятный, А5&amp;#43;, 18 листов, клетка</t>
   </si>
   <si>
     <t>830222</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d22/v1flpuf9jlilx7war43cpxe3jzbb5324.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, розовый, А5 , 18 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause® Классика CoverPrо Pastel, розовый, А5&amp;#43;, 18 листов, клетка</t>
   </si>
   <si>
     <t>830223</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/782/0gj0gfes20ks2i0afto6gwtiqwqwm0z3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4a4/7501rvwi8j544oko64pvdpsv5i8hh5va.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 12 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 12 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>840075</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dfd/i09ookb1y7t23pcjk1et4290tkftnsjs.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, сиреневый, A5 , 18 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного глянцевого пластика с фактурой «зеркало», внутренняя — из офсетной бумаги. В блоке 18 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>840077</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7a4/1g4o6urqggwqjmjiujj5fdbf9rcbb41y.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Monochrome quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Monochrome&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн коллекционной серии Berlingo &amp;quot;Monochrome&amp;quot;. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>842487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f63/ht5lwotozd5y6kds0um0zrl4pvljwv7v.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Radiance quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка, желт. роз.</t>
   </si>
   <si>
     <t>Бизнес-тетрадь Berlingo &amp;quot;Radiance&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн кросс-серии Berlingo &amp;quot;Radiance&amp;quot;, с градиентным переходом желтого и розового цветов. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
   </si>
   <si>
     <t>842489</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/85d/w7tmkd7n9rvxn3qxro7o2uhsxl0niwng.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь А5 , 80л., Berlingo  quot;Radiance quot;, клетка, на кольцах, с возм. замены блока, 80г м2, пластик. обложка 700мкм, линейка-закладка, роз. гол</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь Berlingo &amp;quot;Radiance&amp;quot; - это практичное, стильное и современное изделие для планирования и записей, формата А5&amp;#43; с рисунком. Яркий дизайн кросс-серии Berlingo &amp;quot;Radiance&amp;quot;, с градиентным переходом розового и голубого цветов. Такая бизнес-тетрадь является незаменимым инструментом для деловых людей. Увеличенная толщина обложки &amp;#40;700мкм&amp;#41;. Белый цвет внутренней поверхности. Материал обложки - полипропилен, защищает внутренний блок от влаги, замятия и загрязнения, обложка устойчива к загрязнениям. Вид скрепления – стильные имиджевые черные кольца, с возможностью раскрывать тетрадь на 360?. Возможна замена бумажного блока и быстрая и удобная выемка/вставка листов без повреждений. Бизнес-тетрадь содержит съемную брендированную линейку, которую можно использовать как закладку или разделитель и с легкостью можно перемещать в удобное место. Внутренний блок – высококачественная тонированная бумага, плотностью 80г/м2, 80 листов в клетку, рамка для заголовка, темы или даты, поля с обеих сторон блока на каждом листе, линовка на вылет. Размер бизнес-тетради 220*160мм, диаметр колец 22мм. Упаковка в термоусадочную пленку позволяет предохранить листы от замятия и загрязнения в процессе транспортировки.</t>
+  </si>
+  <si>
+    <t>842490</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/853/a0cb3b8e8nnsnoozbvjbdgz79l3m6t6w.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 18 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 18 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук</t>
   </si>
   <si>
     <t>853384</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7eb/9i5xnlobslngtjulf27k1uo25tj74s49.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 24 листа, клетка_MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 24 листа в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук</t>
   </si>
   <si>
     <t>853390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6b/hno8iz14dh3v5eiakuxp252fu9vrd60r.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, зеленый, А5 , 12 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного пластика с фактурой «апельсиновая корка», внутренняя — из офсетной бумаги. В блоке 12 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук</t>
   </si>
   <si>
     <t>883477</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ede/mjgaqnw3ywdagp2dg61tgr6sg30re4ly.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, розовый, А5 , 12 листов, клетка</t>
   </si>
   <si>
     <t>883478</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/91d/uwwycqy3ybnta6kdqpdk8vzyhogd68py.jpg</t>
-[...2 lines deleted...]
-    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 12 листов, линейка</t>
+    <t>http://anytos.ru//upload/iblock/a71/dtsauls8bn0qpkq2wgooyjqecygffn64.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, зеленый, А5 , 12 листов, линейка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного пластика с фактурой «апельсиновая корка», внутренняя — из офсетной бумаги. В блоке 12 листов в линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
-    <t>886439</t>
-[...7 lines deleted...]
-  <si>
     <t>886440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/51b/a30rvk4cvktk9z22im0rlypgc7kkmooc.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 18 листов, линейка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного пластика с фактурой «апельсиновая корка», внутренняя — из офсетной бумаги. В блоке 18 листов в линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>886445</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc2/rk7qrh10hj7xl41xr741qhrtx9h1hgph.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, зеленый, А5 , 18 листов, линейка</t>
   </si>
   <si>
     <t>886446</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a77/29eqx4j1gnaaw2ry9h4bqfv7pmz22p0l.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, оранжевый, А5 , 18 листов, линейка</t>
   </si>
   <si>
     <t>886447</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/628/18288b7qgvelbt1zi9u58fi2td8rj2of.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, розовый, А5 , 18 листов, линейка</t>
+  </si>
+  <si>
+    <t>886448</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/997/4abwzy7v32f1smbpmqikvykl0462ogbt.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо ассорти, А5 , 18 листов, линейка_MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 18 листов в линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>886449</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ad/ot43v3f529i205get5qahk50f2r9l90d.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Neon, желтый, А5 , 24 листа, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного пластика с фактурой «апельсиновая корка», внутренняя — из офсетной бумаги. В блоке 24 листа в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 10 штук.</t>
   </si>
   <si>
     <t>886452</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/df2/1tmwgz4sjm72i1g7g5ng6qs6ytxihjoz.jpg</t>
@@ -1400,218 +1343,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4d1/evyd4z2166epbsotqm0dthh37gg3zp0p.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо Neon, оранжевый, А5 , 12 листов, линейка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо Neon, оранжевый, А5&amp;#43;, 12 листов, линейка</t>
   </si>
   <si>
     <t>906482</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fa/2lbte2o5cctuhs3a87m2w0cnwecbga7v.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо Neon, розовый, А5 , 12 листов, линейка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо Neon, розовый, А5&amp;#43;, 12 листов, линейка</t>
   </si>
   <si>
     <t>906483</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b3e/ch6wkz30vzi6ifinipkqlligxx38ulja.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8fc/qjgpu2th59jvaue1xisorhzh0l4bc78k.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо ассорти, А5 , 12 листов, линейка MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо ассорти, А5&amp;#43;, 12 листов, линейка MIX-PACK</t>
   </si>
   <si>
     <t>906486</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6d9/11oqfcc60b9bu5gyx53mr6a4b10jwlif.jpg</t>
-[...32 lines deleted...]
-    <t>906524</t>
+    <t>http://anytos.ru//upload/iblock/d2d/it09aa23mhikux26sjks17i290tu4c20.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause  Классика CoverPrо ассорти, А4, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause® Классика CoverPrо ассорти, А4, 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>906526</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f1b/ss77xankr4uz7bioxhlf4tlndxyd5b9n.jpg</t>
-[...40 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7db/ubi8nyj6mi94o5p1x0cucmdl8tzyvpr1.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause  Классика CoverPrо Pastel, мятный, А5 , 18 листов, линейка</t>
   </si>
   <si>
     <t>938600</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/414/pm7y9obx52p9iy3i4ytr0vszlv4ehkoe.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/29f/5l1ks2v1vxpgu0piuv58jlnfotgywjh3.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Lavender, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». Эффектный стильный дизайн выполнен печатью красками в модных тонах. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради упакованы в термоусадочную пленку по 4 штуки.</t>
   </si>
   <si>
     <t>939640</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a6/myqvuw9w96d32scg2f6x1kvfv35z1728.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause  Classic, Words, красный, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause® Classic, Words, красный, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>942003</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9f7/w3h2rfaz5ly0ken4ioh9rxyzwpv456zd.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/de5/ngx1zv7gr3woij7m23sjm0qdomxqylk7.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, АЛГЕБРА, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в линейку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
   </si>
   <si>
     <t>942023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b61/nx22qyhgagw4tbu5jj59tgv7ivc7mku6.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, БИОЛОГИЯ, 48 листов, клетка</t>
   </si>
   <si>
     <t>942024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f2d/f7lrllrpa6iqzsf82ft09q1fiql1znpy.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause  Be Informed, ГЕОМЕТРИЯ, 48 листов, клетка</t>
@@ -1970,95 +1805,77 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Persons, ФИЗИКА, 48 листов, клетка</t>
   </si>
   <si>
     <t>960867</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/015/fm3shgse96rhchyytmupoy647r50bm01.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Chaos, ХИМИЯ, 48 листов, клетка</t>
   </si>
   <si>
     <t>960872</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d29/tjpmi8niclxe6w5254p7rnee2f3edrmc.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Persons, ХИМИЯ, 48 листов, клетка</t>
   </si>
   <si>
     <t>960873</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3a8/09ax441hnq6xo32ef931gjqd8wl33p5j.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f24/g00kmvdopra60342kd4xjx6vi6leobje.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Pastel, розовый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>961297</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f6/l48n3veo0h9fb6ctmdizs6n55vct8bwt.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Neon, розовый, А4, 48 листов, клетка</t>
   </si>
   <si>
     <t>961302</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2dd/6ub66ik6440sudxbcwf44lhduzrxnpu3.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Neon, зеленый, А4, 96 листов, клетка</t>
   </si>
   <si>
     <t>961309</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c36/68f64jpugo69tzrbour3r9vmq45y822x.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3cd/k90xug8gs3fzm9lwy5pte8yqveo59haw.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо ассорти, А4, 96 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>961312</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c2/e70ob7or1xwxbgfqc2lugw4akb700524.jpg</t>
   </si>
   <si>
     <t>Тетрадь 48л. клетка BG  quot;UniTone. Neon quot;, пластиковая обложка, неон голубой</t>
   </si>
   <si>
     <t>Тетрадь 48л. клетка BG &amp;quot;UniTone. Neon&amp;quot;, пластиковая обложка, неон голубой</t>
   </si>
   <si>
     <t>969608</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
     <t>20</t>
@@ -2129,1043 +1946,863 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6b4/ajpdpc75ui4up2ugb8m8n7fw1a5nahu2.jpg</t>
   </si>
   <si>
     <t>Тетрадь на кольцах 120л., А5, клетка MESHU  quot;Quack-Quack quot;, с пластиковой обложкой</t>
   </si>
   <si>
     <t>Тетрадь на кольцах 120л., А5, клетка MESHU &amp;quot;Quack-Quack&amp;quot;, с пластиковой обложкой</t>
   </si>
   <si>
     <t>969856</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b1/1j6vj3kjat86fsqii249xblbtmr5xvup.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5 , 12 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5&amp;#43;, 12 листов, клетка</t>
   </si>
   <si>
     <t>975977</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/323/gxuq1tbzdv9owkmn7895trn1zb6s2418.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/540/q7j3v0suvazb7owg2fn93n081exiz2xh.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5 , 12 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5&amp;#43;, 12 листов, клетка</t>
   </si>
   <si>
     <t>975979</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1b8/f75b5783rdrh9q0k5gg34xiydqvq7bj7.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bb2/nb2p4lcog2uzz7ekix1162nbcdzpfn86.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5 , 12 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5&amp;#43;, 12 листов, клетка</t>
   </si>
   <si>
     <t>975982</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ffc/132y511ozzi36o7spl9nic1x7qub29ru.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d16/677602iut2yn7kzvn5tgsnjnznwirfvo.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5 , 18 листов, линейка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5&amp;#43;, 18 листов, линейка</t>
   </si>
   <si>
     <t>975987</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e6d/gk7av0zigg6rkzv9d2wx58vmou9kjddy.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d3d/3n3g3lflzog7hvgquv3zegny1avixfuc.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5 , 24 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid синий, А5&amp;#43;, 24 листов, клетка</t>
   </si>
   <si>
     <t>975996</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b5/e0worxopv10kfrobedb5drasfgf3ojz5.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5 , 24 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid фиолетовый, А5&amp;#43;, 24 листов, клетка</t>
   </si>
   <si>
     <t>975997</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2b7/0bgcqj25ub94mqneinjbugldlytqpinu.jpg</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Be Informed, 48 листов, клетка линейка, со справочным материалом  обечайка 12 штук </t>
+    <t>http://anytos.ru//upload/iblock/6e3/bol8cv6i9gdiyyour5a802kc7egy9245.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5 , 24 листа, линейка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо зеленая, А5&amp;#43;, 24 листа, линейка</t>
+  </si>
+  <si>
+    <t>975999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ff/xnn7261mog7em5julent2sgtijs2qmlg.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо ассорти, А5 , 12 листов, частая косая линия</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 12 листов в частую косую линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>978825</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bae/o1tttpyz7pryxxtnw2fm1ne4gedtez9w.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, Английский язык, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Имеет инфо-блок с кратким изложением школьной программы. Тетради упакованы в термоусадочную плёнку по 5 штук.</t>
+  </si>
+  <si>
+    <t>978830</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/463/azoopkc8y5owus42wn4yktqqzy84naur.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, География, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>978831</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fc/9pnxayzyxn9iwiqac6jz8oc5rumtf5cm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, Информатика, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>978832</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8ea/8cwp6z9jcbpxcp9x0zwwgr4fl31x66wj.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, История, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>978833</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a08/brr0ramoujxbbovx9jgyo0wejifstudx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, Литература, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>978834</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/916/2tq3xicv77ca4oka665jlay3whdx93eh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, Обществознание, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>978835</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f6/5xtfs31cuzto1uiwisf1i7artlnxdnaw.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Be Informed, Русский язык, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>978836</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/827/dodi034y22qagu8h8fqdafa143tl9uqn.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Волшебное путешествие, А5 , 48 листов, клетка MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого пластика с запечаткой, внутренняя — из офсетной бумаги. В блоке 48 листа в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 5 штук.</t>
+  </si>
+  <si>
+    <t>978837</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7dc/keol1dckpb78tkd64b8cgi9thw64k68y.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Brave cats, фиолетовый, A5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А5 &amp;#40;148x210 мм&amp;#41;. Обложка из высококачественного износостойкого пластика с фактурой &amp;quot;песок&amp;quot;. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради упакованы в термоусадочную пленку по 4 штуки.</t>
+  </si>
+  <si>
+    <t>978839</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/803/2lh7hgds650v2iquyxpiixdxkbqgg1ay.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Mirage, синий, A5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>978841</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c08/bv20wwbytd2i7vktq4rpwc43pyvrvhep.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Motion, зеленый, A5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>978842</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9aa/87o93hk3rk4mmdaa08pnh3ru7t0bm8ts.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Words, красный, A4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого пластика с фактурой &amp;quot;песок&amp;quot;. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради упакованы в термоусадочную пленку по 2 штуки.</t>
+  </si>
+  <si>
+    <t>978845</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/803/zm3hmx3qyoxn75kx95nlx9gxoi8arntl.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause IQ FineLine, Classic красный, А5, 100 листов, 80 г м2, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А5 &amp;#40;147x205 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 100 листов в клетку в рамке. Бумага офсетная плотностью 80 г/м2. Цвет линовки — синий. Скругленные уголки обложки. Тип скрепления — кольца. Прорези под кольца оснащены фиксаторами, которые предотвращают раскрытие тетради.</t>
+  </si>
+  <si>
+    <t>978856</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c6c/42q521wfvwalkf2cov2f291hh1lngj0l.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на кольцах Erich Krause IQ FineLine, Silhouette, розовый, А5, 100 листов, 80 г м2, клетка, ассорти</t>
+  </si>
+  <si>
+    <t>978861</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d2a/jsh1plbvsbmexs51mojla2bcvlyrlbr7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5 , 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5&amp;#43;, 18 листов, клетка</t>
+  </si>
+  <si>
+    <t>979242</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/87a/mzced0h2mk7r6km6xni005td8vaiccgm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5 , 24 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе Erich Krause Классика CoverPrо Vivid бирюзовый, A5&amp;#43;, 24 листов, клетка</t>
+  </si>
+  <si>
+    <t>979243</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e5d/stkce1xhzm7mxx51do9bljxahacgnkod.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Life Style, серебристый, A4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>979245</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f67/3dhbpl8qolpjj1xk2jqx42r8mn36545p.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Mirage, синий, A4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>979246</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ee/7xkokhq6w3j9r75rjpxkfvwo1km0zqb9.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали Erich Krause Motion, зеленый, A4, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>979247</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/24d/abln86x4k8evcf9sm0srx8vr33fned67.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, Английский язык, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>979257</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/599/vdn8yx6c22rayx12tlea1hxvrnmig4xb.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, География, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>979259</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e96/2e4jorwvh8yt9rlbqy4jl3n3xaymurw4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, Информатика, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>979261</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/515/61d09q7uzos65gp7pog8acmjgmuygx34.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, История, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>979263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4ea/9ir71jwcnblombk0zfultxhpj7uemn6b.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Chaos, Литература, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>979264</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e17/8qz4e5qse0ep77s8xmdriquyrfazku6q.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, Обществознание, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>979266</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/010/d617dyu6vex3dem3yiattt4zn841tndh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Chaos, Русский язык, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>979267</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb4/i1k0zd097cjs3oc7rnghtganxp4wc5da.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Алгебра, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Алгебра, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>983576</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d5/rf1pmta49xpazp0e28s1pkd0h5ub4myz.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Английский язык, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Английский язык, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>983586</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/94a/6zr1gomz76j8bivib6db4u0zkle9us67.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Биология, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Биология, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>983596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/49e/3zsxn9mbvh0h6mn7djztbhj1d0ls2x54.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Домино quot; - География, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - География, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>983605</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd1/h2jgo73b7gqbih0grvd50lu9m0v330ll.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Геометрия, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Геометрия, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>983614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de1/o65p8n6njb44ee0q2aozat86ykw3d2lm.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Русский язык, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Русский язык, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>983661</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ef/dhse6uya6bjgkooaergrrkeq6qyqqoqe.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG  quot;Домино quot; - Физика, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Тетрадь предметная 48л. BG &amp;quot;Домино&amp;quot; - Физика, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>983669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5a/odsqcopxhqb2f7w6bvytee2gxmebzkfh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5 клетка на гребне BG  quot;Base quot;, пластиковая обложка, черная</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5 клетка на гребне BG &amp;quot;Base&amp;quot;, пластиковая обложка, черная</t>
+  </si>
+  <si>
+    <t>984374</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a1/u40wrlp6b85nn8vi8vjyam3kbhdx3u69.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5 клетка на гребне BG  quot;Neon quot;, пластиковая обложка, оранжевая</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5 клетка на гребне BG &amp;quot;Neon&amp;quot;, пластиковая обложка, оранжевая</t>
+  </si>
+  <si>
+    <t>984375</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/83e/ste202s1b4uzb1rmrw02jkqsq9jpmhor.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5, клетка на пластиковом гребне, BG  quot;Neon. Orange quot;, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5, клетка на пластиковом гребне, BG &amp;quot;Neon. Orange&amp;quot;, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>984437</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/986/1uv6s8l1z5furzwslzm4vopsmdbexbfl.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5, клетка на пластиковом гребне, BG  quot;Neon. Pink quot;, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>Тетрадь 48л., А5, клетка на пластиковом гребне, BG &amp;quot;Neon. Pink&amp;quot;, пластиковая обложка</t>
+  </si>
+  <si>
+    <t>984438</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/004/w4u5djrvsacfo0onij7n2tilk45yi9yt.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line  quot;Beautiful place quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line &amp;quot;Beautiful place&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>984481</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/greenwich-line/"&gt;Greenwich Line&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f81/asi6u0hkt2pe8ttmk3yo8afa024u9ghk.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line  quot;Best memories quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line &amp;quot;Best memories&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>984482</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/846/2byeftuvtdh4onvurgtrxb5tucbdjn78.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line  quot;Disposition quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line &amp;quot;Disposition&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>984483</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/231/vhrrcrt3squj5ovvm3cknvwr7t71kkj2.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line  quot;Encounter quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line &amp;quot;Encounter&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>984484</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41b/cbzk6w93zv8s5o9w6n3reqcscvi69blk.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line  quot;Letter symbol quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line &amp;quot;Letter symbol&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>984485</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4dd/8xxiwt5kdcewyfl86fyzr6lvxg29xowx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line  quot;Quiet color quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line &amp;quot;Quiet color&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>984486</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/90d/5c5knrylas19l2wu3ukj13gc4hdaw8et.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line  quot;Soar up quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>Тетрадь на кольцах 80л., А5, клетка Greenwich Line &amp;quot;Soar up&amp;quot;, с пластиковой обложкой</t>
+  </si>
+  <si>
+    <t>984487</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb2/kp081vbufja5mnb92f7t2f5rz6cl02qe.jpg</t>
+  </si>
+  <si>
+    <t>Блокнот МАЛОГО ФОРМАТА А6, 60 л., обложка пластик, клетка, BRAUBERG  quot;Metropolis quot;, АССОРТИ, 115578</t>
+  </si>
+  <si>
+    <t>BRAUBERG &amp;quot;Metropolis&amp;quot; – стильный блокнот для записей и заметок. Практичная пластиковая обложка долго сохраняет привлекательный внешний вид. Блокнот формата А6 на спирали содержит 60 листов с линовкой в клетку, что позволяет зафиксировать всю необходимую информацию. Малый формат удобно поместить в кейс или сумку малых габаритов. Имеет верхнее расположение переплета. Обложка выполнена из пластика, что делает блокнот более износоустойчивым. Внутренний блок состоит из белой офсетной бумаги плотностью 70 г/м2.ПОСТАВЛЯЕТСЯ В НЕСКОЛЬКИХ ВАРИАНТАХ ЦВЕТА &amp;#40;БЕЗ ВОЗМОЖНОСТИ ВЫБОРА&amp;#41;.</t>
+  </si>
+  <si>
+    <t>985220</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f5/7qev4lkfqn7zqrs8p73lgv4jbhbo6tl4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А5 80 л. BRAUBERG  quot;Metropolis quot;, спираль пластиковая, клетка, обложка пластик, СИНИЙ, 404744</t>
+  </si>
+  <si>
+    <t>Яркая, стильная тетрадь BRAUBERG серии &amp;quot;Metropolis&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка синего цвета надежно защитит внутренний блок от повреждений. Внутренний блок содержит 80 листов офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;. Линовка блока - клетка, с полями. Листы соединены спиралью. Формат А5.</t>
+  </si>
+  <si>
+    <t>985317</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecb/tl5mfp7bert98w1uc0uz5gy8in8rh3dw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Зри в корень, 48 листов,  обечайка 12 штук </t>
+  </si>
+  <si>
+    <t>Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Зри в корень, 48 листов, кл./лин., со спр. мат. &amp;#40;обечайка 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>985530</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/716/fk7wtj2pa24bq285oz25614i1pi3xo7e.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Чубрик, 48 листов,  обечайка 12 штук </t>
+  </si>
+  <si>
+    <t>Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Чубрик, 48 листов, кл./лин., со спр. мат. &amp;#40;обечайка 12 штук&amp;#41;</t>
+  </si>
+  <si>
+    <t>985531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/453/7php82xs653i10hyycig64sm9bv474og.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Chaos, Алгебра, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/365/s0sh7piuverxwutgjod8dzg4b13s9bxp.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Зри в корень, Английский язык, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ede/6eg4053pker7k0t5920j3crjeu98ewu7.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Зри в корень, География, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/772/9uh9v3npcqm1zmjch0s3148oh565d17q.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Чубрик, География, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d14/1uj80773zox406c2evhfhmzfy1wpn9rx.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Chaos, Геометрия, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95d/lss64b88f62ndpo2wrzd0fly4s39a4qr.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Chaos, Информатика, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff8/q28c1wu0ioexyv9di5wrjdob0vt6doh0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Зри в корень, Информатика, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5e7/458zk4a9vena6n4vbuviwc2mu466d3m3.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Чубрик, Информатика, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985540</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd7/iqg1lnjoius5dojp7la53pqjmc370xp1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Зри в корень, История, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985541</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be2/mcp5nkg6xa88bnbovixr2pq9nezcm4j4.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, Литература, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>985543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fd/cotmu851s1t9nf2mg8j6c0iv0g2ui9gl.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Зри в корень, Литература, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>985544</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/56f/b2orlran8fm0sf6dzin7lznjkrao0nds.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Чубрик, Литература, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>985545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d1e/4o5medhndhldgh5v914zsoatc41bu4u1.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Chaos, Обществознание, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a9/kmto44p64eni0rq8105ssnu3ky8cdekc.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Зри в корень, Обществознание, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67e/oru09a7bjofx2h58x5nq63s0ifxz4pqu.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Чубрик, Обществознание, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>985548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abe/zixbj7zhfo8ky01dmjybivqbbkx3h283.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Persons, Русский язык, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>985549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/040/fhq6y8xoti8dl1dvvzsn8c21qku3uwpw.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Зри в корень, Русский язык, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>985550</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/474/kgxcy4e36y40l1kr9k4je82y26f5z2q8.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause Чубрик, Русский язык, 48 листов, линейка</t>
+  </si>
+  <si>
+    <t>985551</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f73/d9gmswc0lk10cmvv5ukrtx6xegnrkplf.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь А4, 80 листов BRAUBERG  quot;Metropolis quot;, спираль пластиковая, клетка, обложка пластик, ЧЕРНЫЙ, 404742</t>
+  </si>
+  <si>
+    <t>Стильная, функциональная тетрадь BRAUBERG серии &amp;quot;Metropolis&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка черного цвета надежно защитит внутренний блок от повреждений. Внутренний блок содержит 80 листов офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;. Линовка блока - клетка, с полями. Листы соединены спиралью. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>986849</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12a/zn74ytaor0sytqzll75gi8lqx28bnqz0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Комплект тетрадей общих ученических в пластиковой обложке Erich Krause Persons, 48 листов, кл. лин., со спр. мат.  обечайка 12 штук </t>
   </si>
   <si>
     <t>Комплект тетрадей по 12 основным учебным предметам: русский язык, литература, алгебра, геометрия, физика, химия, биология, география, история, обществознание, английский язык, информатика. Удобный вариант для приобретения на целый учебный год или в подарок. Каждая тетрадь объемом 48 листов имеет инфо-блок на 2 страницы с кратким изложением школьной программы. Упаковка - картонная обечайка в термоусадочной пленке.</t>
   </si>
   <si>
-    <t>978618</t>
-[...808 lines deleted...]
-  <si>
     <t>992896</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/39c/jq82heofbzet5ibg5holgb1e61tugkxa.jpg</t>
-[...2 lines deleted...]
-    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause CoverProBook Words, красный, А5 , 48 листов, клетка, MIX-PACK</t>
+    <t>http://anytos.ru//upload/iblock/a8a/q2ip5xhbcg9hwkrxbpuph6f6do2uv9g0.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе Erich Krause CoverProBook Mirage, синий, А5 , 48 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого матового пластика с фактурой «песок» и печатью белой краской. В блоке 48 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разного дизайна упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
-    <t>992915</t>
-[...16 lines deleted...]
-  <si>
     <t>992917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42c/q2tixs2aa3laukagqu8txjasolx10llb.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4 80 л. BRAUBERG  quot;Metropolis quot;, спираль пластиковая, клетка, обложка пластик, СИНИЙ, 404741</t>
   </si>
   <si>
     <t>Яркая, стильная тетрадь BRAUBERG серии &amp;quot;Metropolis&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка синего цвета надежно защитит внутренний блок от повреждений. Внутренний блок содержит 80 листов офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;. Линовка блока - клетка, с полями. Листы соединены спиралью. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
   </si>
   <si>
     <t>993214</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/529/hcz1sg53t3jv21arldpp54is9s5cta1j.jpg</t>
   </si>
   <si>
     <t>Тетрадь А4 80 л. BRAUBERG  quot;Metropolis quot;, спираль пластиковая, клетка, обложка пластик, ФИОЛЕТОВЫЙ, 404743</t>
   </si>
   <si>
     <t>Яркая, стильная тетрадь BRAUBERG серии &amp;quot;Metropolis&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка фиолетового цвета надежно защитит внутренний блок от повреждений. Внутренний блок содержит 80 листов офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;. Линовка блока - клетка, с полями. Листы соединены спиралью. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
   </si>
   <si>
     <t>993215</t>
@@ -3191,131 +2828,104 @@
   <si>
     <t>Стильная, функциональная тетрадь BRAUBERG серии &amp;quot;Metropolis&amp;quot; станет незаменимой в арсенале у старшеклассников, студентов и офисных сотрудников. Пластиковая обложка черного цвета надежно защитит внутренний блок от повреждений. Внутренний блок содержит 120 листов офсетной бумаги плотностью 70 г/м2 и белизной 100&amp;#37;. Линовка блока - клетка, с полями. Листы соединены спиралью. Формат А4 &amp;#40;210х297 мм&amp;#41;.</t>
   </si>
   <si>
     <t>993217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fea/qilvt6bqfscj4y7u93mo8rb2w7c215xz.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995671</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/268/tfll26fckjrp6l55eo0r8oo2qrupwdnf.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995672</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/576/3wemwedlgutc82m4g6of6qx3ow58x7ks.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/77a/atsbaw6cgfvbr7e45pdp96i328hsvjrt.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995674</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0df/glfngec3wr0l6nc16pedcdfnnwhhs10w.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Алгебра, 48 листов, клетка</t>
   </si>
   <si>
     <t>995675</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0fd/jnw0jzqtoyq9trr0s1icdtwkbwurzbua.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ae5/amf010v6zsi0e6124od3142e65735mmn.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>995677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/777/n9q4k0ehjt2ol9xc29umaoqqo2fu45np.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>995678</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/125/060c5mhaz6p20pkq6tv3w58ogth4rh3m.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Биология, 48 листов, клетка</t>
   </si>
   <si>
     <t>995679</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed9/0yyxwpndmf3sca37nwr842rnr5pqzxp9.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>995681</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e07/ufe80uv9qm9yxbpoih7382vpq4cvsw1u.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9c6/0e6k7tlgzvg3nndmt1tqou0kqlo0zlmj.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>995684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc8/k5a719w8nkvva8w6sq1ac0kzjit53ohh.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, География, 48 листов, клетка</t>
   </si>
   <si>
     <t>995685</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65c/iuc6hwdlvthy4z17olanyfd9y7r3lr96.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Геометрия, 48 листов, клетка</t>
   </si>
   <si>
     <t>995686</t>
@@ -3326,113 +2936,95 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Геометрия, 48 листов, клетка</t>
   </si>
   <si>
     <t>995687</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/59f/uaumiqpaicp5b55xggjw2i0l6gjg4bs1.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Геометрия, 48 листов, клетка</t>
   </si>
   <si>
     <t>995688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/744/lsp0n741inrmgxw301oo0m61mrxb4ikc.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Геометрия, 48 листов, клетка</t>
   </si>
   <si>
     <t>995689</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dd4/3tgmzurljgyga7qftsm01z3dhr55mm00.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a9e/5kh3b90tr31p52qixnz6jjojj8qyofxu.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995691</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/845/rjbwz12ad33k4k43r37sfxdl1hmatacj.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995692</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbf/7vs6oo4pmkw36stiwquy3ogrwzxry99c.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/767/bjwgmico5g9vheahlnkca1s99shkd8vm.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Информатика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995695</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea5/u3w68f13pmkzrzj1zfv74flr1xyn5iu7.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, История, 48 листов, клетка</t>
   </si>
   <si>
     <t>995696</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aaa/4tormtpzdgkfkcacy6sosfuukh9bqa9k.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9c2/eciiye431p2sj1nked713ofxdhijcxk0.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, История, 48 листов, клетка</t>
   </si>
   <si>
     <t>995699</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/747/o5b1ru0xha88n4xzbez79vf45rwh7x82.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, История, 48 листов, клетка</t>
   </si>
   <si>
     <t>995700</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21b/o1gjakewyc12eg7r3gz30qz5hnob502v.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995701</t>
@@ -3443,131 +3035,104 @@
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d1/6xu1iuhxo8ob2wy9y7iq3s3yy5u6qat4.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel Bloom ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995703</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/892/m9xa7i1jgjezfpf5eyjd7iq632eze5h6.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Литература, 48 листов, линейка</t>
   </si>
   <si>
     <t>995704</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bc1/dfv2gj6bvsa4g9v7qe6b27o6mfxx1o80.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/273/yzuapy5tyxmttomy85imrhbhj2rgimbh.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d69/6x812spq1wv4syrzs2vmuxuabx54595m.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995707</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe1/ic0ct9g0u2c3s82ogdxhd8i33upd6fc2.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b03/5z6rs8hth1275wsw2q76xl8ashhpih0q.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995709</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af2/2bhtoc10on4jh8t195m8xcxjz3ihuxg4.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Котоформулы, Обществознание, 48 листов, клетка</t>
   </si>
   <si>
     <t>995710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d08/1wao3r48ii6pbojqduryxuh08i6chy2c.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Русский язык, 48 листов, линейка</t>
   </si>
   <si>
     <t>995711</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47f/ou1g4m071p9hawiqhmcwrwfnglma4cac.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Русский язык, 48 листов, линейка</t>
   </si>
   <si>
     <t>995712</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e9/t0ygod2uyzuliyohrofh9wz46mmsa2jw.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a37/kblxqxap2l4bt1ofodgst95viemqcvma.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Русский язык, 48 листов,линейка</t>
   </si>
   <si>
     <t>995714</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/670/yg5if5hyvrkra8b9ajuwijihicfef16u.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Физика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e3/zcw4wm6q37r8buezbuurvjovd8efj49p.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Neon ассорти, Физика, 48 листов, клетка</t>
   </si>
   <si>
     <t>995716</t>
@@ -3617,110 +3182,110 @@
   <si>
     <t>995721</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f11/caq7djlxwfggra46hxqkihmuq6yg8fb5.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Химия, 48 листов, клетка</t>
   </si>
   <si>
     <t>995722</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2b4/nwg8pzflfcv9tbwu4jjymnx7y40kfdyw.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Classic ассорти, Иностранный язык, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого пластика с фактурой «песок». В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради черного, красного и синего цвета упакованы в термоусадочную плёнку по 6 штук по 2 шутки каждого цвета.</t>
   </si>
   <si>
     <t>996012</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9a0/z1s08iviztxtp3dfdpaxtlj6u23fh4rt.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ea9/gzlurbevi8nd2scwc1xucat8gsj941xv.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Pastel ассорти, Иностранный язык, 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь предметная формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Обложка выполнена из высококачественного износостойкого пластика пастельного оттенка с фактурой «песок». В блоке 48 листов в клетку с полями. Бумага офсетная плотностью 60 г/м2. Белизна бумаги - 100&amp;#37;. Цвет линовки - синий. Скругленные уголки обложки и блока. Тип скрепления - скоба. Тетради фиолетового, голубого и розового цвета упакованы в термоусадочную плёнку по 6 штук по 2 шутки каждого цвета.</t>
   </si>
   <si>
     <t>996015</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/693/5qg3hh9zzq5qzlzpaer03uk4fahtwbnx.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Cat Day, А5 , 48 листов, клеткa</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Cat Day, А5&amp;#43;, 48 листов, клеткa MIX-PACK</t>
   </si>
   <si>
     <t>998169</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/10e/evff0kqlv4gjtyro7eggfhgaojn22m5h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/412/cxccc8dxmaixx7mct13hji3m901w4y6z.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Motion, зеленый, А5 , 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Motion, зеленый, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>998173</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/61f/0uch9prn73ds1oisf9y8t977kouhfom2.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Reef, бирюзовый, А5 , 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Reef, бирюзовый, А5&amp;#43;, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>998174</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3fb/qy34c3knlfus57nqcirbel0faqus19e6.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Reef, индиго, А5 , 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Reef, индиго, А5&amp;#43;, 48 листов, клетка</t>
+  </si>
+  <si>
+    <t>998175</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/667/wm83fomzmbd8ahv3hx1ru89hrtoyrim5.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Reef, коралловый, А5 , 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Reef, коралловый, А5&amp;#43;, 48 листов, клетка</t>
   </si>
   <si>
     <t>998176</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af1/i3s6zt04ita1nqt52h5ajo75liytfwo4.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Silhouette, розовый, А5 , 48 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause CoverProBook Silhouette, розовый, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>998177</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdb/57sb38v28fc0qmbig2pe3l1ataw77hfj.jpg</t>
@@ -3857,62 +3422,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/04a/m9dp2wp62ozmfofw363tzztdkfedmp91.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Soft Touch Pro quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 600мкм, синяя, внутр. голубая, софт-тач</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Soft Touch Pro&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 600мкм, синяя, внутр. голубая, софт-тач</t>
   </si>
   <si>
     <t>998919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/275/unjuh66sszvkr5it23es6fe3l5p0jj3z.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Your Way quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 600мкм, зеленый неон</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Your Way&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 600мкм, зеленый неон</t>
   </si>
   <si>
     <t>998920</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/73f/facoxzhrlatm292clwwf0dzjhqqa0spe.jpg</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Your Way quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 600мкм, розовый неон</t>
+  </si>
+  <si>
+    <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Your Way&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 600мкм, розовый неон</t>
+  </si>
+  <si>
+    <t>998921</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/258/x9wabth112qfgbzwtwfy4ovb3u537xe8.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо Pastel, желтый, А4, 96 листов, клетка</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А4 &amp;#40;210x297 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого цветного глянцевого пластика с фактурой «зеркало», внутренняя — из офсетной бумаги. В блоке 96 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>999187</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f75/xkymf2868r8blc4i0l851ha1l4fzfjfb.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо ассорти, А5 , 12 листов, косая линия. MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с фактурой «апельсиновая корка», внутренняя — из качественной мелованной бумаги. В блоке 12 листов в косую линейку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради разных дизайнов упакованы в термоусадочную пленку по 10 штук.</t>
+  </si>
+  <si>
+    <t>999191</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/867/wp2m7jr6gts6wsa13mei3exulf8g91i0.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Collision XS quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 700мкм</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Collision XS&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 700мкм</t>
   </si>
   <si>
     <t>1000922</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e52/ek6fsm3ib37l2s4cn4vf97sfja8sr6g4.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Flower Art quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 700мкм</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Flower Art&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 700мкм</t>
   </si>
   <si>
     <t>1000923</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/138/3y0qpf0l6109e0ocpbex5nom81cckwvc.jpg</t>
@@ -3989,59 +3578,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1f1/bypw4rs524eyf8kb71ujpf2syzuqjsrl.jpg</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo  quot;Your Way quot;, клетка, на силиконовом гребне, 80г м2, пластик обложка 600мкм, черная</t>
   </si>
   <si>
     <t>Бизнес-тетрадь A5, 80л., Berlingo &amp;quot;Your Way&amp;quot;, клетка, на силиконовом гребне, 80г/м2, пластик обложка 600мкм, черная</t>
   </si>
   <si>
     <t>1000930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/db5/h9dbiq3dz5h2itwannz05w4azj0lsi0e.jpg</t>
   </si>
   <si>
     <t>Тетрадь на кольцах А5, 80л., Greenwich Line  quot;View quot;, пластиковая обложка, с разделителями</t>
   </si>
   <si>
     <t>Тетрадь на кольцах А5, 80л., Greenwich Line &amp;quot;View&amp;quot;, пластиковая обложка, с разделителями</t>
   </si>
   <si>
     <t>1002842</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c6/x5u4iv6porhd88gysqrh007wqh52sxqe.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dd2/qbprsaux4u3kq8lm16lvxok4q5jwpyja.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause DJ Frog, А5 , 48 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая формата А5&amp;#43; &amp;#40;170x203 мм&amp;#41;. Двойная обложка: внешняя выполнена из высококачественного износостойкого прозрачного пластика с печатью цветной краской, внутренняя — из плотной мелованной бумаги с многоцветной печатью. В блоке 48 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки — синий. Скругленные уголки обложки и блока. Тип скрепления — скоба. Тетради упакованы в термоусадочную пленку по 5 штук.</t>
   </si>
   <si>
     <t>1005739</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8aa/eyqktot02eaaax6acd9f8o9zf28w252k.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Ice Metallic, А5, 80 листов, клетка MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая формата А5 &amp;#40;148х210 мм&amp;#41;. Обложка из высококачественного износостойкого матового пластика с фактурой «песок». В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради разного цвета упакованы в термоусадочную пленку по 2 штуки.</t>
   </si>
   <si>
     <t>1005740</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34e/3r94jwin47r5yhsmf7r1rwy0265cruen.jpg</t>
@@ -4052,83 +3632,128 @@
   <si>
     <t>Тетрадь общая формата А4 &amp;#40;210х297 мм&amp;#41;. Обложка из высококачественного износостойкого пластика с фактурой &amp;quot;софт-тач&amp;quot;. Дизайн обложки дополняет красочная наклейка. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради упакованы индивидуально в термоусадочную пленку.</t>
   </si>
   <si>
     <t>1005741</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52b/pucdxhipbzm4hvm8mp5uig8tjprguykw.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga голубой, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1005742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc9/qzr3qem1xefh4272h22vlvf3extqqptz.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga фиолетовый, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1005743</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dad/zl0km3prg5k9j8r2dzl9xa59fuykrz0b.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Vivid, ассорти, А6, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>Тетрадь общая формата А6 &amp;#40;102x146 мм&amp;#41;. Обложка из высококачественного износостойкого глянцевого пластика с фактурой «диагональ». Яркие цвета обложки. В блоке 80 листов в клетку. Бумага офсетная плотностью 60 г/м2. Цвет линовки - синий. Скругленные уголки обложки. Тип скрепления - спираль. Тетради одного цвета упакованы в термоусадочную пленку по 5 штук. Товар поставляется в нескольких вариантах цвета без возможности выбора.</t>
+  </si>
+  <si>
+    <t>1005744</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e90/0sle78mr104rt1p2iyx220yuw7ivj7v3.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо fizzy, Vivid, А5 , 48 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо fizzy, Vivid, А5&amp;#43;, 48 листов, клетка, MIX-PACK</t>
   </si>
   <si>
     <t>1008999</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9d1/zf5nad35epdpn7s2m2xqzpyl0ycpr87l.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 48 л, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 48 л, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>1009000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/41e/xih2uj1auxqgzdwtnk7ycp8cdrlyaog5.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 48 л, линейка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь общая ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 48 л, линейка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>1009001</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/758/7ycg5ueidr72gnhc8fhd46h3tblk01l2.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Draft, черный, А5 , 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Draft, черный, А5&amp;#43;, 80 листов, клетка, на резинке</t>
   </si>
   <si>
     <t>1009004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e3/uiag46wp8zpbdi7b027bwy4lwvjw299m.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Floral Soul, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009005</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/24d/anl5edga9sf6fvy3dlp66sgknoxb1qwi.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Floral Soul, А5, 80 листов, клетка</t>
+  </si>
+  <si>
+    <t>1009006</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/202/wbk65bggqu9wi9gb3c0dex43a5zqvj76.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga бежевый, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009007</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e4/te4ac7mtu2241uii6uef6xd3wg7ywhso.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga голубой, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009008</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0a/r9z7opwtqvup61503biffo0lpjuxebt2.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Manga розовый, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009009</t>
@@ -4193,72 +3818,108 @@
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Reef коралловый, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009018</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5f/83fhml63g70urwxa9odz9jfd9ejarpsd.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Reef лайм, А4, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009019</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fa/f4lmfs9ow3luu11z7edten8xlxqp0ih1.jpg</t>
   </si>
   <si>
     <t>Тетрадь общая с пластиковой обложкой на спирали ErichKrause Reef лайм, А5, 80 листов, клетка</t>
   </si>
   <si>
     <t>1009020</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/002/m9isjl2jj25dcisq6yf6td3qsf9819yv.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 12 л, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 12 л, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>1009035</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/553/exjvj6epxk71h22zrm6xdsl26sowe1up.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 12 л, линейка, MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 12 л, линейка, MIX-PACK</t>
   </si>
   <si>
     <t>1009036</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/99e/ytr42oynhsc07sf0k0ys7tyzkrvep7rh.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 18 л, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 18 л, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>1009052</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/62e/6qwn69ua2inym1h6uvjqqhzilxt3309k.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 18 л, линейка, MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 18 л, линейка, MIX-PACK</t>
   </si>
   <si>
     <t>1009053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/557/1psn8xfgiox50ltmfqxttxyjwwjuvs6l.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 24 л, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 24 л, клетка, MIX-PACK</t>
+  </si>
+  <si>
+    <t>1009054</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c1/mr3aau26x0w0pb1xjjhr2yc5caddx98h.jpg</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5 , 24 л, линейка, MIX-PACK</t>
   </si>
   <si>
     <t>Тетрадь школьная ученическая с пластиковой обложкой на скобе ErichKrause Классика CoverPrо glossy, А5&amp;#43;, 24 л, линейка, MIX-PACK</t>
   </si>
   <si>
     <t>1009055</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6d/trzgjeq0dbragsbzy01h71q7axv64bhp.jpg</t>
   </si>
   <si>
     <t>Тетрадь обложка пластик с печатью, А5, 80 л., скоба, клетка, HATBER,  quot;Хештег quot;  микс в спайке , 090260, 80Т5В1пл</t>
   </si>
   <si>
     <t>Тетрадь с оригинальным оформлением обложки предназначена для записей, подойдет для старшей школы, вуза, дома и офиса. Серия тетрадей формата А5 &amp;#40;167х202 мм&amp;#41;, 80 листов. Обложка – пластиковая, с тиснением. Внутренний блок – офсетная бумага, плотность 60- 65 г/м2, клетка, красные поля. Белизна – 100&amp;#37;. Вид скрепления – скоба.Тетради HATBER российского производства отпечатаны на современном высокотехнологичном оборудовании и соответствуют стандартам качества.</t>
   </si>
   <si>
     <t>1015966</t>
   </si>
@@ -5026,9920 +4687,9127 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J430"/>
+  <dimension ref="A1:M395"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G430" sqref="G430"/>
+      <selection pane="bottomRight" activeCell="G395" sqref="G395"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C9" s="1" t="s">
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G74" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...568 lines deleted...]
-      <c r="B34" s="1" t="s">
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G86" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...295 lines deleted...]
-      <c r="B47" s="1" t="s">
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F87" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="C47" s="1" t="s">
-[...930 lines deleted...]
-      </c>
       <c r="G87" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>199</v>
+        <v>53</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>199</v>
+        <v>53</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>382</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>390</v>
+        <v>382</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="B100" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
         <v>415</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
         <v>416</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>417</v>
       </c>
       <c r="C105" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="C106" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
         <v>422</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
         <v>423</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>424</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>418</v>
+        <v>429</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>418</v>
+        <v>433</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>418</v>
+        <v>437</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>418</v>
+        <v>441</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>448</v>
+        <v>382</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D119" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>480</v>
+        <v>465</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>481</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G122" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>482</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="F123" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="B124" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="F124" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="B125" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="C125" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="F125" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="C125" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="B126" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="B127" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="C127" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="F127" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="B128" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="C128" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="F128" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C128" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="B129" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="C129" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="B130" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="C130" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="F130" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="B131" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="C131" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="B132" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="C132" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>512</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="F132" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="C133" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="B134" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="C134" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>518</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="B135" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="C135" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="C134" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="C136" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="B137" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="C135" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="C137" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="B138" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="C136" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="C138" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="F138" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="B139" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="C139" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="F139" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="C138" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="B140" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="C140" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="B141" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="C141" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="F141" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="C142" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="F142" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="B143" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="C141" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="C143" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>546</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="F143" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="B144" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="C144" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="F144" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="B145" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="C143" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="C145" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="F145" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="B146" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="C144" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="C146" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>556</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="C145" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="B147" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="C147" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="F147" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="C146" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="B148" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="C148" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="F148" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="B149" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="C149" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="C148" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="B150" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="C150" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>569</v>
       </c>
-      <c r="C149" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="F150" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="B151" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="C151" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="C150" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="F151" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="B152" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="C152" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="C151" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="F152" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="B153" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="C153" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="C152" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="F153" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="C154" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>581</v>
       </c>
-      <c r="C153" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="C155" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="F155" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="B156" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="C156" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>587</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="F156" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="C155" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="B157" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="C157" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>591</v>
       </c>
-      <c r="C156" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="B158" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="C158" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="F158" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="C157" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="B159" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="C159" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>597</v>
       </c>
-      <c r="C158" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="B160" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="C160" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="F160" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="C159" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="B161" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="C161" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="F161" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="C160" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="B162" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="C162" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="C161" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="B163" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="C163" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="F163" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="B164" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="C164" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="F164" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="C163" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="G164" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A164" s="1" t="s">
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="C164" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="C165" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>618</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="C165" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="B166" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="C166" s="1" t="s">
         <v>621</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>622</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="F166" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="B167" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="C167" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="C167" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="F167" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="B168" s="1" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>629</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>630</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>50</v>
+        <v>631</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="F169" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="B169" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G169" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>50</v>
+        <v>631</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>653</v>
+        <v>662</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>655</v>
+        <v>664</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>662</v>
+        <v>675</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>663</v>
+        <v>676</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>664</v>
+        <v>677</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>666</v>
+        <v>679</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>667</v>
+        <v>680</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>668</v>
+        <v>681</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>669</v>
+        <v>682</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>670</v>
+        <v>683</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>671</v>
+        <v>684</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>673</v>
+        <v>685</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G182" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="F183" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C184" s="1" t="s">
         <v>675</v>
       </c>
-    </row>
-[...32 lines deleted...]
-      </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>686</v>
+        <v>465</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>692</v>
+        <v>53</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>692</v>
+        <v>53</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>692</v>
+        <v>53</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="C189" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="B189" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="C192" s="1" t="s">
         <v>715</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>735</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>736</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
         <v>737</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>738</v>
       </c>
       <c r="C198" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="D198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="F198" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="C199" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>742</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="F199" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="B200" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="C200" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>745</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="C201" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="C202" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>751</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="F202" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="B203" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="C203" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>754</v>
       </c>
-      <c r="C202" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+      <c r="B204" s="1" t="s">
         <v>756</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G202" s="3" t="s">
+      <c r="C204" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>757</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="F204" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="C205" s="1" t="s">
         <v>760</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="F205" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="C206" s="1" t="s">
         <v>764</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G204" s="3" t="s">
+      <c r="F206" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>766</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C207" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="C205" s="1" t="s">
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="F207" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>773</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="F208" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="B209" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="C207" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="C208" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="C210" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="F210" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="C209" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="B211" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="F209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="C211" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>785</v>
       </c>
-      <c r="C210" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="F211" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="C212" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="C211" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="F212" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G212" s="3" t="s">
         <v>790</v>
       </c>
-      <c r="B212" s="1" t="s">
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="C212" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="B213" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>793</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>794</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="F213" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="B214" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="C214" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>798</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="F214" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="B215" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="C215" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="F215" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="C216" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="C216" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D216" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
         <v>806</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>50</v>
+        <v>807</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="F217" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="B217" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G217" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>50</v>
+        <v>807</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>50</v>
+        <v>807</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>50</v>
+        <v>807</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>50</v>
+        <v>807</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>50</v>
+        <v>807</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>899</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>900</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>674</v>
+        <v>53</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
         <v>901</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C244" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>903</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="F244" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G244" s="3" t="s">
+      <c r="B245" s="1" t="s">
         <v>905</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="C245" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>907</v>
       </c>
-      <c r="C245" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="B246" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="C246" s="1" t="s">
         <v>910</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>911</v>
       </c>
-      <c r="C246" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="D246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="B247" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="C247" s="1" t="s">
         <v>914</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>915</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="B248" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="F247" s="3" t="s">
+      <c r="C248" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="G247" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>919</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="C248" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="D248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="C249" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="F248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="B250" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="C250" s="1" t="s">
         <v>926</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>927</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="B251" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="C251" s="1" t="s">
         <v>930</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>931</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="B252" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="C252" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="B253" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="C253" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>937</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="F253" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="B254" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="C254" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>940</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="B255" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="C255" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>943</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="C256" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G254" s="3" t="s">
+      <c r="F256" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>947</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="B257" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="C257" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>949</v>
       </c>
-      <c r="C255" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="B258" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="C258" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="C259" s="1" t="s">
+        <v>954</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>955</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="B260" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="C260" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="F260" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="B261" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="C261" s="1" t="s">
+        <v>960</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>961</v>
       </c>
-      <c r="C258" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="F261" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="B262" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="C262" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>964</v>
       </c>
-      <c r="C259" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="F262" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="B263" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="C263" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>967</v>
       </c>
-      <c r="C260" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="F263" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="B264" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="C264" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>970</v>
       </c>
-      <c r="C261" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="F264" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="C265" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="C262" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="F265" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="C266" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>976</v>
       </c>
-      <c r="C263" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="F266" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="C267" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>979</v>
       </c>
-      <c r="C264" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="F267" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="B268" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="C268" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="C265" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="F268" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="B269" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="C269" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>985</v>
       </c>
-      <c r="C266" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="F269" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="B270" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="C270" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>988</v>
       </c>
-      <c r="C267" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="F270" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="B271" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="C271" s="1" t="s">
+        <v>990</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>991</v>
       </c>
-      <c r="C268" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="F271" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="B272" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="C272" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>994</v>
       </c>
-      <c r="C269" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="F272" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="B273" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="C273" s="1" t="s">
+        <v>996</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>997</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="F273" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="C274" s="1" t="s">
+        <v>999</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1000</v>
       </c>
-      <c r="C271" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="F274" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="C275" s="1" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="F275" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="B276" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="C276" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="C273" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="F276" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1009</v>
       </c>
-      <c r="C274" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="F277" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="C278" s="1" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1012</v>
       </c>
-      <c r="C275" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="F278" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="B279" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="C279" s="1" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1015</v>
       </c>
-      <c r="C276" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="F279" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="B280" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="C280" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="C277" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="F280" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="B281" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="C281" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1021</v>
       </c>
-      <c r="C278" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="D278" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="B282" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="C282" s="1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1024</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="C279" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="B283" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="C283" s="1" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="C280" s="1" t="s">
+      <c r="B284" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="D280" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="C284" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1030</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="F284" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="B285" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="C285" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1033</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="F285" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="B286" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="C282" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="C286" s="1" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="F286" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="B287" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="C287" s="1" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1039</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="F287" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="B288" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="C288" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1042</v>
       </c>
-      <c r="C284" s="1" t="s">
+      <c r="F288" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="B289" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="C289" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1045</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="F289" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1046</v>
       </c>
-      <c r="C285" s="1" t="s">
+      <c r="B290" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="D285" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="C290" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1048</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="F290" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="B291" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="C291" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1051</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="F291" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="B292" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="C287" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1055</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="F292" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="B293" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="C288" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="C293" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1059</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="F293" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="C289" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="B294" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1062</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1063</v>
       </c>
-      <c r="C290" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="F294" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G294" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="B295" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="C295" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="C291" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1067</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G295" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="B296" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="C292" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="C296" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1071</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="F296" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="C293" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="B297" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1075</v>
       </c>
-      <c r="C294" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="F297" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="B298" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="C298" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="C295" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1079</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="B299" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="C296" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="C299" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1083</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="F299" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="C297" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="B300" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="C300" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="C298" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="F300" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="C301" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="C299" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1091</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="F301" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="C300" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="C302" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1095</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="F302" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="C301" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="B303" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="C303" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="C302" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="F303" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G303" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A304" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="B304" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="C304" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1103</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A304" s="1" t="s">
+      <c r="F304" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="B304" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="C304" s="1" t="s">
+      <c r="C305" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="B306" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="C305" s="1" t="s">
+      <c r="C306" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="D305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1109</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="F306" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1110</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="C306" s="1" t="s">
+      <c r="C307" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1112</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="F307" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="C308" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1115</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="F308" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="C308" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="C309" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1119</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="F309" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="C309" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="B310" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="C310" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1123</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F310" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1125</v>
-      </c>
-[...1 lines deleted...]
-        <v>1126</v>
       </c>
       <c r="C311" s="1" t="s">
         <v>1126</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
         <v>1127</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1143</v>
+        <v>1148</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1154</v>
+        <v>1163</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1155</v>
+        <v>1164</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1156</v>
+        <v>1165</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1156</v>
+        <v>1166</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1158</v>
+        <v>1168</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1159</v>
+        <v>1169</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1159</v>
+        <v>1170</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1160</v>
+        <v>1171</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1161</v>
+        <v>1172</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1162</v>
+        <v>1173</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1164</v>
+        <v>1176</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1165</v>
+        <v>1177</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1165</v>
+        <v>1178</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1166</v>
+        <v>1179</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1167</v>
+        <v>1180</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1168</v>
+        <v>1181</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1168</v>
+        <v>1182</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1169</v>
+        <v>1183</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>50</v>
+        <v>188</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1170</v>
+        <v>1184</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1171</v>
+        <v>1185</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1171</v>
+        <v>1186</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1172</v>
+        <v>1187</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>50</v>
+        <v>807</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1173</v>
+        <v>1188</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1174</v>
+        <v>1189</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1174</v>
+        <v>1190</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1175</v>
+        <v>1191</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1176</v>
+        <v>1192</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1177</v>
+        <v>1193</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1177</v>
+        <v>1194</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1179</v>
+        <v>1196</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1180</v>
+        <v>1197</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1180</v>
+        <v>1198</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1181</v>
+        <v>1199</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1182</v>
+        <v>1200</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1183</v>
+        <v>1201</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1183</v>
+        <v>1198</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1184</v>
+        <v>1202</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1185</v>
+        <v>1203</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1186</v>
+        <v>1204</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1186</v>
+        <v>1198</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1187</v>
+        <v>1205</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1188</v>
+        <v>1206</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1189</v>
+        <v>1207</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1189</v>
+        <v>1208</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1190</v>
+        <v>1209</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1191</v>
+        <v>1210</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1192</v>
+        <v>1211</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1193</v>
+        <v>1213</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1194</v>
+        <v>1214</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1195</v>
+        <v>1215</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1195</v>
+        <v>1216</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1196</v>
+        <v>1217</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1197</v>
+        <v>1218</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1198</v>
+        <v>1219</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1199</v>
+        <v>1220</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1200</v>
+        <v>1221</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1201</v>
+        <v>1222</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1202</v>
+        <v>1223</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1203</v>
+        <v>1224</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1204</v>
+        <v>1225</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1205</v>
+        <v>1226</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1206</v>
+        <v>1227</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1207</v>
+        <v>1227</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1208</v>
+        <v>1228</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1209</v>
+        <v>1229</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1210</v>
+        <v>1230</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1211</v>
+        <v>1230</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1212</v>
+        <v>1231</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1213</v>
+        <v>1232</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1214</v>
+        <v>1233</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1215</v>
+        <v>1233</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1216</v>
+        <v>1234</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1217</v>
+        <v>1235</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1218</v>
+        <v>1236</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1219</v>
+        <v>1236</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1220</v>
+        <v>1237</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1222</v>
+        <v>1239</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1223</v>
+        <v>1239</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1224</v>
+        <v>1240</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1225</v>
+        <v>1241</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1226</v>
+        <v>1242</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1227</v>
+        <v>1242</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1228</v>
+        <v>1243</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1229</v>
+        <v>1244</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1230</v>
+        <v>1245</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1231</v>
+        <v>1245</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1232</v>
+        <v>1246</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1233</v>
+        <v>1247</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1234</v>
+        <v>1248</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1236</v>
+        <v>1249</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1237</v>
+        <v>1250</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1238</v>
+        <v>1251</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1239</v>
+        <v>1251</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1240</v>
+        <v>1252</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1241</v>
+        <v>1253</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1242</v>
+        <v>1254</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1243</v>
+        <v>1254</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1244</v>
+        <v>1255</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1245</v>
+        <v>1256</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1246</v>
+        <v>1257</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1247</v>
+        <v>1257</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1249</v>
+        <v>1259</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1250</v>
+        <v>1260</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1250</v>
+        <v>1260</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1251</v>
+        <v>1261</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1253</v>
+        <v>1263</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1253</v>
+        <v>1263</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1254</v>
+        <v>1264</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1256</v>
+        <v>1266</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1256</v>
+        <v>1266</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1257</v>
+        <v>1267</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1258</v>
+        <v>1268</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1259</v>
+        <v>1269</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1259</v>
+        <v>1270</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1260</v>
+        <v>1271</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1261</v>
+        <v>1272</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1262</v>
+        <v>1273</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1263</v>
+        <v>1274</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1264</v>
+        <v>1275</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>199</v>
+        <v>53</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1265</v>
+        <v>1276</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1266</v>
+        <v>1277</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1267</v>
+        <v>1278</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1268</v>
+        <v>1279</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>199</v>
+        <v>53</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1269</v>
+        <v>1280</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1271</v>
+        <v>1282</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1272</v>
+        <v>1283</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>199</v>
+        <v>53</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1273</v>
+        <v>1284</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1274</v>
+        <v>1285</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1275</v>
+        <v>1286</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>199</v>
+        <v>53</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1277</v>
+        <v>1288</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1278</v>
+        <v>1289</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1279</v>
+        <v>1290</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1280</v>
+        <v>1291</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>199</v>
+        <v>53</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
-        <v>1281</v>
+        <v>1292</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1282</v>
+        <v>1293</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1284</v>
+        <v>1295</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>50</v>
+        <v>1296</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1285</v>
+        <v>1298</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1287</v>
+        <v>1300</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1288</v>
+        <v>1301</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>199</v>
+        <v>1296</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1290</v>
+        <v>1303</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1291</v>
+        <v>1304</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1292</v>
+        <v>1305</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>199</v>
+        <v>1296</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1293</v>
+        <v>1306</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1294</v>
+        <v>1307</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1295</v>
+        <v>1308</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F360" s="3" t="s">
         <v>1296</v>
       </c>
-      <c r="F360" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G360" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1297</v>
+        <v>1310</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>199</v>
+        <v>1296</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>199</v>
+        <v>1296</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1305</v>
+        <v>1319</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1307</v>
+        <v>1321</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1308</v>
+        <v>1322</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>199</v>
+        <v>1296</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1309</v>
+        <v>1324</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1310</v>
+        <v>1325</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1311</v>
+        <v>1321</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1312</v>
+        <v>1326</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>199</v>
+        <v>1296</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1313</v>
+        <v>1327</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1314</v>
+        <v>1328</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1315</v>
+        <v>1329</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>199</v>
+        <v>1296</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1319</v>
+        <v>1333</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1320</v>
+        <v>1334</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>199</v>
+        <v>1296</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1322</v>
+        <v>1336</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>918</v>
+        <v>17</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1325</v>
+        <v>1339</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1328</v>
+        <v>1342</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1329</v>
+        <v>1343</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1330</v>
+        <v>1344</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1331</v>
+        <v>1345</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1332</v>
+        <v>1346</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1333</v>
+        <v>1347</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1335</v>
+        <v>1348</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1336</v>
+        <v>1349</v>
       </c>
       <c r="B371" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C371" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="C371" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D371" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1339</v>
+        <v>1351</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1340</v>
+        <v>1352</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1341</v>
+        <v>1353</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1338</v>
+        <v>1354</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1342</v>
+        <v>1355</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1343</v>
+        <v>1356</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1344</v>
+        <v>1357</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1338</v>
+        <v>1354</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1345</v>
+        <v>1358</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1346</v>
+        <v>1359</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1349</v>
+        <v>1361</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1350</v>
+        <v>1362</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1353</v>
+        <v>1364</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1354</v>
+        <v>1365</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1355</v>
+        <v>1366</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>50</v>
+        <v>1296</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1358</v>
+        <v>1367</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>50</v>
+        <v>1296</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1360</v>
+        <v>1373</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1361</v>
+        <v>1374</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1362</v>
+        <v>1375</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>50</v>
+        <v>1296</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1363</v>
+        <v>1376</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1364</v>
+        <v>1377</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1365</v>
+        <v>1378</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>50</v>
+        <v>1296</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1366</v>
+        <v>1379</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1367</v>
+        <v>1380</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>1367</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1368</v>
+        <v>1381</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>50</v>
+        <v>1296</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F381" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="G381" s="3" t="s">
         <v>1369</v>
       </c>
-      <c r="B381" s="1" t="s">
-[...18 lines deleted...]
-    <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1373</v>
+        <v>1387</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1374</v>
+        <v>1388</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>50</v>
+        <v>1296</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1375</v>
+        <v>1389</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1376</v>
+        <v>1391</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1377</v>
+        <v>1392</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1378</v>
+        <v>1393</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1379</v>
+        <v>1394</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1380</v>
+        <v>1395</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1381</v>
+        <v>1396</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1382</v>
+        <v>1397</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1382</v>
+        <v>1391</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1383</v>
+        <v>1398</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1385</v>
+        <v>1400</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1385</v>
+        <v>1391</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1386</v>
+        <v>1401</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1387</v>
+        <v>1402</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1388</v>
+        <v>1403</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1389</v>
+        <v>1404</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1390</v>
+        <v>1405</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1391</v>
+        <v>1406</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1391</v>
+        <v>1407</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1392</v>
+        <v>1408</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1393</v>
+        <v>1409</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1394</v>
+        <v>1410</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1395</v>
+        <v>1407</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1396</v>
+        <v>1411</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1397</v>
+        <v>1412</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1398</v>
+        <v>1413</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1399</v>
+        <v>1407</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1400</v>
+        <v>1414</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1401</v>
+        <v>1415</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1402</v>
+        <v>1416</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1404</v>
+        <v>1417</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1405</v>
+        <v>1418</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1406</v>
+        <v>1419</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1407</v>
+        <v>1420</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1408</v>
+        <v>1421</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>1409</v>
+        <v>1296</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>1410</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>1409</v>
+        <v>1296</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>1410</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1416</v>
+        <v>1428</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>1409</v>
+        <v>1296</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>1410</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>1409</v>
+        <v>1296</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>174</v>
-[...804 lines deleted...]
-        <v>1410</v>
+        <v>1297</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">