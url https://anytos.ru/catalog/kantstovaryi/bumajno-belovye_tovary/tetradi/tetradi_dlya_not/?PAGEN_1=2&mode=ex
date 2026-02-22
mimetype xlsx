--- v0 (2026-01-07)
+++ v1 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -170,50 +170,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/cb3/tt2d6kswyff7h7g5rfpmbrs1hwhtjvhy.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОТНАЯ ТЕТРАДЬ А4, 8 Л. 3 ВИДА  ВЕРТИКАЛЬНАЯ </t>
   </si>
   <si>
     <t>НОТНАЯ ТЕТРАДЬ А4, 8 Л. 3 ВИДА &amp;#40;ВЕРТИКАЛЬНАЯ&amp;#41;</t>
   </si>
   <si>
     <t>819695</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/704/b3dwhkv6cyar97558zbprz5zkzd47o9c.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОТНАЯ ТЕТРАДЬ А4, 24 Л. 4 ОБЛ.  МИКС </t>
   </si>
   <si>
     <t>НОТНАЯ ТЕТРАДЬ А4, 24 Л. 4 ОБЛ. &amp;#40;МИКС&amp;#41;</t>
   </si>
   <si>
     <t>819696</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0a8/udk9cj7vv43cwahjlxblqcbavd4elf1d.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь для нот на спирали ErichKrause  Music Legend, А4, 24 листа, вертикальная ориентация</t>
+  </si>
+  <si>
+    <t>Тетрадь для нот на спирали ErichKrause® Music Legend, А4, 24 листа, вертикальная ориентация</t>
+  </si>
+  <si>
+    <t>938555</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/95c/09cfwarev17guxhfp8152blmngoxhnaj.jpg</t>
   </si>
   <si>
     <t>Тетрадь для нот на спирали ErichKrause  Music Legend, А5, 24 листа, горизонатальная ориентация</t>
   </si>
   <si>
     <t>Тетрадь для нот на спирали ErichKrause® Music Legend, А5, 24 листа, горизонатальная ориентация</t>
   </si>
   <si>
     <t>938556</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d70/fpg9trq0qipxv0yl6le6a4r2acv50tds.jpg</t>
   </si>
   <si>
     <t>Тетрадь для нот на спирали ErichKrause  Ноты-еноты, А4, 24 листа, вертикальная ориентация</t>
   </si>
   <si>
     <t>Тетрадь для нот на спирали ErichKrause® Ноты-еноты, А4, 24 листа, вертикальная ориентация</t>
   </si>
   <si>
     <t>938559</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a0e/bta3wznpoev22xqn6rjehlne7dv836w6.jpg</t>
@@ -252,50 +264,62 @@
     <t>Папка-тетрадь для нот &amp;#40;партитуры&amp;#41; BRAUBERG с классическим дизайном создана специально для удобства музыкантов. Пригодится для концертных выступлений, а также для уроков в музыкальной школе и самостоятельных занятий дома. Папка-тетрадь формата А4 содержит 20 пластиковых вкладышей на 40 страниц. Листы вкладываются в специальную рамку и надежно удерживаются в папке, исключая риск выпадения и потери, благодаря этому можно корректировать и писать ноты, не вынимая листок. Благодаря открытым листам, а не файлам, не будут мешать блики света, даже при ярком освещении. Удобное крепление на пружине позволяет раскрыть папку на 360 градусов без дополнительных держателей. Обложка папки выполнена из прочного пластика, что обеспечивает её долговечность.</t>
   </si>
   <si>
     <t>972033</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/523/rcpwmyk0vx8hj3cbuvglfcqlygoxppgh.jpg</t>
   </si>
   <si>
     <t>Папка-тетрадь для нот А4, 20 вкладышей на 40 страниц, на гребне, пластик, РОЗОВАЯ, BRAUBERG, 404642</t>
   </si>
   <si>
     <t>972034</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0e/70jopc9592olvzhjll8m1w8nkzf4scbp.jpg</t>
   </si>
   <si>
     <t>Папка-тетрадь для нот А4, 20 вкладышей на 40 страниц, на гребне, пластик, ФИОЛЕТОВАЯ, BRAUBERG, 404645</t>
   </si>
   <si>
     <t>972035</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c02/0l4i5bp5ty3ecc0w2tjm5h4ervuu6j11.jpg</t>
+  </si>
+  <si>
+    <t>Тетрадь для нот А4, 24 л, обложка мелованный картон, горизонтальная, на гребне, BRAUBERG,  quot;Котики quot;, 404641</t>
+  </si>
+  <si>
+    <t>Тетрадь для нот BRAUBERG с яркой обложкой необходима как начинающим, так и опытным музыкантам. Пригодится для уроков в музыкальной школе и самостоятельных занятий дома. Внутренний блок тетрадь для нот формата А4 содержит 24 листа офсетной бумаги плотностью 60 г/м2. Обложка изготовлена из мелованного картона. Скрепление обложки и внутреннего блока выполнено при помощи гребня. Тетрадь имеет горизонтальную ориентацию.Поставляется в 2-х вариантах дизайна &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>975018</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0f6/xz2q80s634ufguu0xe0oeayp07grsqsg.jpg</t>
   </si>
   <si>
     <t>Тетрадь для нот на скобе c картонной обложкой ErichKrause Jolly Orchestra, А4, 24 листа</t>
   </si>
   <si>
     <t>Тетрадь для нот на скобе c картонной обложкой ErichKrause Jolly Orchestra, А4, 24 листа, MIX-PACK</t>
   </si>
   <si>
     <t>998189</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/544/sgwp8tduzcj7r1ctyq810m4itjdks482.jpg</t>
   </si>
   <si>
     <t>Тетрадь для нот на скобе c картонной обложкой ErichKrause Music Fantasy, А4, 24 листа</t>
   </si>
   <si>
     <t>Тетрадь для нот на скобе c картонной обложкой ErichKrause Music Fantasy, А4, 24 листа, MIX-PACK</t>
   </si>
   <si>
     <t>998190</t>
   </si>
@@ -646,57 +670,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M20"/>
+  <dimension ref="A1:M22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G20" sqref="G20"/>
+      <selection pane="bottomRight" activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -913,235 +937,281 @@
       </c>
       <c r="G11" s="3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>83</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>85</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>86</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>87</v>
       </c>
       <c r="F20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="G20" s="3" t="s">
-        <v>73</v>
+      <c r="G21" s="3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">