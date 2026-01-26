--- v0 (2025-10-18)
+++ v1 (2026-01-26)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="791">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="850">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f34/wyectq1ak1kfekrad7q5h5r4qkapirpe.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Radiance quot;, черный срез, желтый розовый градиент</t>
   </si>
   <si>
     <t>Записные книжки в яркой мягкой обложке с дизайном градиент из искусственной кожи&amp;nbsp;&amp;nbsp;с текстильной фактурой и контрастным форзацем. Линованный внутренний блок из тонированной офсетной бумаги кремового цвета повышенной плотности 80 г/м2 с полем для даты. Индивидуальная упаковка. Подходят под персонализацию.</t>
   </si>
   <si>
     <t>Записные книжки</t>
@@ -98,332 +107,470 @@
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Radiance quot;, черный срез, голубой зеленый градиент</t>
   </si>
   <si>
     <t>429319</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e4/12c9ci0owqz9mor37e2u61ae9o6ngd81.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line  quot;Urban. Yellow duotone quot;, тон. блок, цв. срез</t>
   </si>
   <si>
     <t>Серия «Urban». Новая линейка с мягкой обложкой из искусственной кожи с полноцветной печатью и различными видами тиснения. Внутренний блок из высококачественной кремовой бумаги повышенной плотности 80 г/м2, пантонная печать в 1 краску. Срез блока прокрашен или отделан фольгой в соответствии с дизайном обложки. Закладка-ляссе. Индивидуальная упаковка.</t>
   </si>
   <si>
     <t>469098</t>
   </si>
   <si>
     <t>&lt;a href="/brands/greenwich-line/"&gt;Greenwich Line&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/be7/be76cb72ffc20b7326ee013c3def8a77.jpg</t>
-[...2 lines deleted...]
-    <t>Алфавитная книжка бордо,А5,133х202мм,96л,ATTACHE Вива штр.  4607122919577, 4630012880336</t>
+    <t>http://anytos.ru//upload/iblock/ba6/ba624ae145e869da37098adaa129e065/e8d1ef5b668f86731483797e7b10ce97.jpg</t>
+  </si>
+  <si>
+    <t>Алфавитная книжка зеленый,А5,133х202мм,96л,АТТАСНЕ ВИВА штр.  4606998068266</t>
   </si>
   <si>
     <t>Алфавитная книжка Attache коллекции Вива. Твердая обложка с отделочной строчкой по периметру изготовлена из высококачественного переплетного материала. Бумажный блок офсетной бумаги содержит лакированную вырубку под алфавитный регистр. Книжка имеет универсальный формат A5.</t>
   </si>
   <si>
-    <t>244971</t>
+    <t>244974</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba6/ba624ae145e869da37098adaa129e065/e8d1ef5b668f86731483797e7b10ce97.jpg</t>
-[...5 lines deleted...]
-    <t>244974</t>
+    <t>http://anytos.ru//upload/iblock/39e/39eabec80a3f7da33ca96ada2889331f/f76bf7b14e782495491d8a05ac60ed56.jpg</t>
+  </si>
+  <si>
+    <t>Телефонная книга бордо бумвинил 205х290мм, КЖ-1274</t>
+  </si>
+  <si>
+    <t>375621</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/izdatelstvo-uchitel/"&gt;Издательство Учитель&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a38/4k4urtmiwr2jqgckc2r3leyo0xm1m52l.jpg</t>
   </si>
   <si>
     <t>Телефонная книжка А5, 136х202 мм, 96 л., BRAUBERG, вырубной алфавит,  quot;Cayman quot;, комбин. гладкая и кожа крок, чер. с кор., 125129</t>
   </si>
   <si>
     <t>Телефонная книжка BRAUBERG &amp;quot;Cayman&amp;quot; с вырубным алфавитом выполнена в строгом деловом стиле. Содержит 96 листов офсетной бумаги плотностью 70 г/м2 в линию. Обложка выполнена из экокожи, надежно защищающей листы от повреждения. Формат А5 &amp;#40;136х205 мм&amp;#41;. Обложка выполнена в черном цвете в сочетании с коричневым.</t>
   </si>
   <si>
     <t>393404</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd2/1bg2a9r9xtz5jimfidmyk7tnyrofii28.jpg</t>
   </si>
   <si>
     <t>Телефонная книжка А5, 136х202 мм, 96 л., BRAUBERG, вырубной алфавит,  quot;Cayman quot;, комбин. гладкая и кожа крокодила, корич., 125130</t>
   </si>
   <si>
     <t>Телефонная книжка BRAUBERG &amp;quot;Cayman&amp;quot; с вырубным алфавитом выполнена в строгом деловом стиле. Содержит 96 листов офсетной бумаги в клетку плотностью 70 г/м2. Обложка выполнена из экокожи, надежно защищающего листы от повреждения. Формат А5 &amp;#40;136х205 мм&amp;#41;. Выполнена в коричневом цвете в сочетании с темно-коричневым.</t>
   </si>
   <si>
     <t>393405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a2/sugnn8jcmo0cls2zjdmq67211tr1zqro.jpg</t>
   </si>
   <si>
     <t>Телефонная книжка А7, 80х130 мм, 56 л., BRAUBERG, вырубной алфавит,  quot;Cayman quot;, под крокодиловую кожу, коричневая, 125135</t>
   </si>
   <si>
     <t>Телефонная книжка BRAUBERG &amp;quot;Cayman&amp;quot; с вырубным алфавитом выполнена в строгом деловом стиле. Содержит 56 листов офсетной бумаги в клетку плотностью 70 г/м2. Обложка выполнена из экокожи, надежно защищающего листы от повреждения. Формат А7 &amp;#40;80х130 мм&amp;#41;. Выполнена в коричневом цвете.</t>
   </si>
   <si>
     <t>393411</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/78a/78afa6617cdca065eee84b5dd808fd7d.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, бежевый. NB0_87506</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - бежевый, цвет среза - коричневый.&amp;nbsp;&amp;nbsp;Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393665</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e81/e8100613a38062a6cd42c41ac731a79a.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, бирюзовый. NB0_87501</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - бирюзовый, цвет среза - салатовый. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e2/4e2df283266435d7b2a85b49d77e1033.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, желтый. NB0_87509</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - желтый, цвет среза - черный. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393667</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f18/f18577c01cd729de37c61a296bf33d4a.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, оранжевый. NB0_87503</t>
   </si>
   <si>
     <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - оранжевый, цвет среза - бирюзовый. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
   </si>
   <si>
     <t>393669</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2db/2db71fde2d2e72a74f94d292a4f5eab3.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, салатовый. NB0_87502</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - салатовый, цвет среза - фуксия. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be7/be77030e7e8aec3eda60eff6b7438464.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, фиолетовый. NB0_87505</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - фиолетовый, цвет среза - оранжевый. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7e/e7e37da746db01b5c3d59fc5664c90f6.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, фуксия. NB0_87504</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - фуксия, цвет среза - фиолетовый. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/835/83575a7653ca4949e0af4e5b0b186736.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, черный. NB0_87507</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - черный, цвет среза - красный. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393673</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d69/d69389be0274380523a5d546992e5b0b.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Western quot;, черный срез, с резинкой, зеленый. NB0_85504</t>
   </si>
   <si>
     <t>Стильные записные книжки Berlingo Western с полужесткой обложкой из высококачественного кожзаменителя со стильным тиснением под карбон, срезом в цвет обложки. Вертикальная фиксирующая резинка. Цвет обложки - черный. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
   </si>
   <si>
     <t>393674</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c78/c7881a94869ad1aedbb4f1a76286b7ba.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, бежевый. NB0_87606</t>
+  </si>
+  <si>
+    <t>393697</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cf0/cf0db0e94546c2507e06448d1dc391ac.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, красный. NB0_87608</t>
   </si>
   <si>
     <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - красный, цвет среза - черный. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
   </si>
   <si>
     <t>393700</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3c/f3c19032e0e3ce5913f3c0941d8f19a2.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Fuze quot;, цветной срез, черный. NB0_87607</t>
   </si>
   <si>
-    <t>Стильные записные книжки Berlingo Fuze с ярким цветным контрастным срезом и ультра-мягкой обложкой из 2 слоев высококачественного кожзаменителя. Цвет обложки - черный, цвет среза - красный. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м?. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
-[...1 lines deleted...]
-  <si>
     <t>393705</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1df/1dfb06403a11376321cc5a6b7c6794f0.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Western quot;, черный срез, с резинкой, зеленый. NB0_85604</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Western с полужесткой обложкой из высококачественного кожзаменителя со стильным тиснением под карбон, срезом в цвет обложки. Вертикальная фиксирующая резинка. Цвет обложки - зеленый. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c9a/c9a46caadf359d31f3f46d206768e6ce.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Western quot;, черный срез, с резинкой, коричневый. NB0_85603</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Western с полужесткой обложкой из высококачественного кожзаменителя со стильным тиснением под карбон, срезом в цвет обложки. Вертикальная фиксирующая резинка. Цвет обложки - коричневый. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a7/1a779c815714d447a08e0c0212c4d14d.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Western quot;, черный срез, с резинкой, синий. NB0_85602</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo Western с полужесткой обложкой из высококачественного кожзаменителя со стильным тиснением под карбон, срезом в цвет обложки. Вертикальная фиксирующая резинка. Цвет обложки - синий. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
+  </si>
+  <si>
+    <t>393708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/86d/86df0bfa0f58206bc718d7cd68a35467.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Western quot;, черный срез, с резинкой, черный. NB0_85601</t>
+  </si>
+  <si>
+    <t>393709</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/369/369883bfb6fc5b3aec999b6fb80a288b/27d268d6f32ed2d51c4815e99f0173f6.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Instinct quot;, черный срез, черный фламинго, с резинкой</t>
   </si>
   <si>
     <t>Записные книжки Berlingo Instinct изготовлены из матовой искусственной кожи c эффектом soft-touch. Сочетание двух контрастных цветов обложки: пастельного розового и черного. Полужесткая обложка с&amp;nbsp;&amp;nbsp;прострочкой по корешку. Черный срез блока. Вертикальная черная фиксирующая резинка увеличенной ширины 9мм. Запечатанные форзацы. Внутренний блок из 80 листов высококачественной кремовой бумаги повышенной плотности 80 г/м?, пантонная печать, перфорированные уголки. Индивидуальная упаковка. Подходят под персонализацию.</t>
   </si>
   <si>
     <t>558149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d4/3d4c8793cbeeb114ffb127b40af0e076/878e3ad18c98230b9c791d16c7423f7d.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Instinct quot;, черный срез, черный мятный, с резинкой</t>
   </si>
   <si>
     <t>Записные книжки Berlingo Instinct изготовлены из матовой искусственной кожи c эффектом soft-touch. Сочетание двух контрастных цветов обложки: пастельного зеленого и черного. Полужесткая обложка с&amp;nbsp;&amp;nbsp;прострочкой по корешку. Черный срез блока. Вертикальная черная фиксирующая резинка увеличенной ширины 9мм. Запечатанные форзацы. Внутренний блок из 80 листов высококачественной кремовой бумаги повышенной плотности 80 г/м?, пантонная печать, перфорированные уголки. Индивидуальная упаковка. Подходят под персонализацию.</t>
   </si>
   <si>
     <t>558150</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8ae/8ae88abbc4d01d9b21df5fac1e1b00f6/4d1bea8586e44bb91da09627f7916ef8.jpg</t>
-[...8 lines deleted...]
-    <t>558152</t>
+    <t>http://anytos.ru//upload/iblock/999/9993d70448afb5e2d6d74bb7b0d651e1/53761ed0f16fa3acb8be47557e25a9b1.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Instinct quot;, черный срез, черный лаванда, с резинкой</t>
+  </si>
+  <si>
+    <t>Записные книжки Berlingo Instinct изготовлены из матовой искусственной кожи c эффектом soft-touch. Сочетание двух контрастных цветов обложки: пастельного фиолетового и черного. Полужесткая обложка с&amp;nbsp;&amp;nbsp;прострочкой по корешку. Черный срез блока. Вертикальная черная фиксирующая резинка увеличенной ширины 9мм. Запечатанные форзацы. Внутренний блок из 80 листов высококачественной кремовой бумаги повышенной плотности 80 г/м?, пантонная печат, перфорированные уголки. Индивидуальная упаковка. Подходят под персонализацию.</t>
+  </si>
+  <si>
+    <t>558151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fff/ffffed3528903c4d656eb864c30efdf0/b1bce699d5f069600141c4e8aad0aed1.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Geometry quot;,  с рисунком</t>
   </si>
   <si>
     <t>Записные книжки Berlingo Geometry изготовлены из&amp;nbsp;&amp;nbsp;искусственной кожи. Полужесткая обложка с сочетанием контрастных цветов обложки с геометрическим рисунком. Вертикальная фиксирующая резинка. Внутренний блок из 80 листов высококачественной кремовой бумаги повышенной плотности 80 г/м?, пантонная печать, перфорированные уголки. Индивидуальная упаковка. Подходят под персонализацию.</t>
   </si>
   <si>
     <t>558159</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49d/49d23d4d690194596654d74292b55d86/9adbceb351fb8fbb82ca656cb20c3a19.jpg</t>
   </si>
   <si>
     <t>558160</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/da8/da897f5d1d86649f9e940a0523a67fe7/169e94034f448a109ef268fb703d30e2.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Western quot;, черный срез, с резинкой, черный</t>
+  </si>
+  <si>
+    <t>558161</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/056/05689e54cbbb70b181380e890a229bd3/f48a253e323d5f555ea2ca258a8d77cd.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Western quot;, с резинкой, синий</t>
   </si>
   <si>
-    <t>Стильные записные книжки Berlingo Western с полужесткой обложкой из высококачественного кожзаменителя со стильным тиснением под карбон, срезом в цвет обложки. Вертикальная фиксирующая резинка. Цвет обложки - синий. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
-[...1 lines deleted...]
-  <si>
     <t>558162</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e3/6e3d84b4213e7d83dcd96ecc77fdb4fe.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Western quot;, с резинкой, коричневый</t>
   </si>
   <si>
-    <t>Стильные записные книжки Berlingo Western с полужесткой обложкой из высококачественного кожзаменителя со стильным тиснением под карбон, срезом в цвет обложки. Вертикальная фиксирующая резинка. Цвет обложки - коричневый. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
-[...1 lines deleted...]
-  <si>
     <t>558163</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ef7/102o6cg6xoflpjwvfjjvkz5fhhldf26u.jpg</t>
-[...2 lines deleted...]
-    <t>Записная книга на скобе Erich Krause Unique Beautiful, 112х181 мм, 32 листа, в точку</t>
+    <t>http://anytos.ru//upload/iblock/c9f/xma75m3cyl19mravfw5e83yg9sssl6gt.jpg</t>
+  </si>
+  <si>
+    <t>Записная книга на скобе Erich Krause Мяулевич, 112х181 мм, 32 листа, в точку</t>
   </si>
   <si>
     <t>Записная книга размера 112х181 мм. Обложка из высококачественного мелованного картона плотностью 190 г/м2. В блоке 32 листа. Бумага офсетная белого цвета плотностью 60 г/м2. Линовка в точку. Цвет линовки — черный. Тип скрепления — скоба. Записные книги упакованы в термоусадочную пленку по 6 штук.</t>
   </si>
   <si>
-    <t>696760</t>
+    <t>696763</t>
   </si>
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c9f/xma75m3cyl19mravfw5e83yg9sssl6gt.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/af5/5e4xreuwqpwpdxifpswb72ct5bic2fe0.jpg</t>
   </si>
   <si>
     <t>Книжка алф. зап. 11 19см  quot;Darvish quot; обложка кожзам чешуя</t>
   </si>
   <si>
     <t>Книжка алф. зап. 11*19см&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; обложка кожзам чешуя</t>
   </si>
   <si>
     <t>703187</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e65/2sub82532wtnu0tv750f01d4k4h0fm01.jpg</t>
+  </si>
+  <si>
+    <t>Книжка записная А5 80л  quot;Darvish quot; в клетку ассорти</t>
+  </si>
+  <si>
+    <t>Блокнот в подарочной упаковке с единорожками. Обложка мягкая гелевая с жидкостью и блестками.</t>
+  </si>
+  <si>
+    <t>704214</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/279/dzlba1mewz5ql2g32t38r4f0z9omh68i.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 с жидкостью и глиттером</t>
   </si>
   <si>
     <t>Да-да, тебе не показалось! Это блокнот с глиттером и жидкостью внутри. Когда берешь его в руки, случается настоящий MAGIC! Блокнот-мечта. Блокнот-антистресс. Блокнот-УдивиВсех!</t>
   </si>
   <si>
     <t>704217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c2/avnpo9vqb32l0c2dka9qpcs36c6ygpvj.jpg</t>
   </si>
   <si>
     <t>Записная книжка детская, А6, 64 л., с высечкой, обложка - мелованный картон,  quot;Веселые лисята quot;</t>
   </si>
   <si>
     <t>Записная книжка детская, 64 листа, формат А6. Внутренний блок - белая офсетная бумага, плотность 65 гр/м2, стилизованная линовка, высечка 4 раздела. Обложка мелованный картон полноцветная печать. Крепление - скоба.</t>
   </si>
   <si>
     <t>704219</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd8/zweh0i28i7qofka2u4vrw9t3qsw1wodz.jpg</t>
   </si>
   <si>
     <t>Записная книжка с пальчиковой высечкой, А6, 112 л., в клетку, интегральная обложка,  quot;Паттерн. Узоры quot;</t>
   </si>
   <si>
     <t>Записная книжка с пальчиковой высечкой, 112 листов, формат А6&amp;#43;, плотность 70 гр/м2. Внутренний блок - офсетная бумага, клетка. Печать в одну краску. Блок разделен вкладками из мелованной бумаги на 5 частей, имеет пальчиковую высечку. Обложка - интегральная, полноцветная печать с выборочным УФ-лаком.</t>
   </si>
   <si>
     <t>704220</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0e9/6mbvmv7lk2g3kr15urfaj520k4j2q3lu.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aab/zedmkqh31wkt9x66ftgv7c9gof2lqvxv.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 112л. кл.  quot;Нежные цветы quot; Уф-лак, с разделителями</t>
   </si>
   <si>
     <t>704222</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c7/i3xawmbpih0287o7nnkx39zyw7n3lwhe.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 112л. кл.  quot;Ночной мегаполис quot; Уф-лак, с разделителями</t>
   </si>
   <si>
     <t>704223</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e5f/mavief3ggh0e4c62yez3toq50xapt418.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 100л.  quot;Красивые кактусы quot; тиснение, стилиз. блок</t>
   </si>
   <si>
     <t>Записная книжка, 200 страниц, формат А6, размер 105 х 140 мм, твердый переплет. Внутренний блок - офсетная бумага кремового цвета, плотность 65 гр/м2, стилизованная линовка,&amp;nbsp;&amp;nbsp;ляссе с декором. Печать в одну краску.&amp;nbsp;&amp;nbsp;Обложка - 7БЦ, матовая ламинация, полноцветная печать, тиснение фольгой. Форзац цветной с карманом.</t>
@@ -440,68 +587,59 @@
   <si>
     <t>704225</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca6/lhsykcnlrurj17ebiuwmae06z5u5wh4c.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 80л.  quot;Кошачьи радости quot; резинка, стразы, мат. ламинация</t>
   </si>
   <si>
     <t>Записная книжка, недатированная, 160 страниц, формат А6, твердый переплет, плотность 70 гр/м2. Внутренний блок - стилизованный, офсетная бумага, линейка, печать в одну краску, запечатанный срез страниц, ляссе. Обложка -7БЦ, с полноцветной печатью, выборочным лаком, матовой ламинацией, блестками, стразами и резинкой. Форзац белый.</t>
   </si>
   <si>
     <t>704226</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c77/sd2k7sgjl96c6br068dc8uym572bo5n5.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 80л.  quot;Лесной олень quot; резинка, стразы, мат. ламинация</t>
   </si>
   <si>
     <t>704227</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/535/nomfcwfowgn6fkt3zzbtehgb9pvbu0lx.jpg</t>
-[...2 lines deleted...]
-    <t>Книжка записная А6 96л.  quot;Девушка грация quot; тв. переплет, фольга, софт-тач</t>
+    <t>http://anytos.ru//upload/iblock/81d/miuievw4z1u0dw1r120okch7pe9xkwo1.jpg</t>
+  </si>
+  <si>
+    <t>Книжка записная А6 96л.  quot;Золотой павлин quot; тв. переплет, фольга, софт-тач</t>
   </si>
   <si>
     <t>Записная книжка, формат А6,&amp;nbsp;&amp;nbsp;96 листов. Обложка - твердый переплет с кругленым корешком, полноцветная печать,&amp;nbsp;&amp;nbsp;пленка софт тач,&amp;nbsp;&amp;nbsp;тиснение&amp;nbsp;&amp;nbsp;фольгой. Стилизованный внутренний блок в линию,&amp;nbsp;&amp;nbsp;печать в одну краску,&amp;nbsp;&amp;nbsp;тонированная офсетная бумага. Кругление уголков, ляссе. Форзац запечатан в тон обложки.</t>
   </si>
   <si>
-    <t>704228</t>
-[...7 lines deleted...]
-  <si>
     <t>704229</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/125/511m0drj2a1359s9bmt0n622c8x7032f.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 96л.  quot;Цветочное дерево quot; тв. переплет, фольга, софт-тач</t>
   </si>
   <si>
     <t>704230</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b9/633bcj59em300nkvqw9z6ejwmu0dv44x.jpg</t>
   </si>
   <si>
     <t>Книжка записная А5 150л  quot;Darvish quot; обложка к з с цветным срезом в клетку</t>
   </si>
   <si>
     <t>Книжка&amp;nbsp;&amp;nbsp;записная&amp;nbsp;&amp;nbsp;А5 150л &amp;quot;Darvish&amp;quot; обложка к/з с цветным срезом&amp;nbsp;&amp;nbsp;в клетку</t>
   </si>
   <si>
     <t>704231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ac/eu1l02l1olo1twtmf1ji0vrnj4afkbca.jpg</t>
@@ -518,204 +656,149 @@
   <si>
     <t>http://anytos.ru//upload/iblock/686/r8p9b34cl3bhjskdi8ew65wtyhee6dls.jpg</t>
   </si>
   <si>
     <t>Книжка записная 9,5 14,5см 144л в клетку на застежке с цветным срезом</t>
   </si>
   <si>
     <t>Книжка записная&amp;nbsp;&amp;nbsp;9,5*14,5см 144л в клетку на застежке с цветным срезом</t>
   </si>
   <si>
     <t>704234</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/371/7jv0d7zb5u7eivu0pgbrf2aunpieklwe.jpg</t>
   </si>
   <si>
     <t>Книжка записная 9,5 14,5см 144л в клетку на заст жке с цветным срезом</t>
   </si>
   <si>
     <t>Книжка записная&amp;nbsp;&amp;nbsp;9,5*14,5см 144л в клетку на застёжке с цветным срезом</t>
   </si>
   <si>
     <t>704236</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/196/3bxzzqh6nq6m1kya9v6we73avvcw3gxn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/814/jnq9zxegv95u5difxvycngs6ueecr63d.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6  quot;Darvish quot; обложка кож.зам с узором на резинке</t>
   </si>
   <si>
     <t>Книжка записная&amp;nbsp;&amp;nbsp;А6 &amp;quot;Darvish&amp;quot; обложка кож.зам с узором на резинке</t>
   </si>
   <si>
     <t>704243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd8/gonzusipyg5t7pg2601j30l0h9aa9bpb.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6  quot;Darvish quot; обложка с узором на резинке</t>
   </si>
   <si>
     <t>Книжка записная&amp;nbsp;&amp;nbsp;А6 &amp;quot;Darvish&amp;quot; обложка с узором&amp;nbsp;&amp;nbsp;на резинке</t>
   </si>
   <si>
     <t>704246</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8de/4pohlegc3iwt2xfouy0i7gmdz9jcfo5t.jpg</t>
+    <t>http://anytos.ru//upload/iblock/367/t9knbqb27cy8stbgbrd183p93cfb9qph.jpg</t>
   </si>
   <si>
     <t>Книжка записная&amp;nbsp;&amp;nbsp;А6 &amp;quot;Darvish&amp;quot; обложка с узором на резинке</t>
   </si>
   <si>
-    <t>704248</t>
-[...4 lines deleted...]
-  <si>
     <t>704250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57b/0vfrkm3y6sgcpry14fx0bl7l8qs8dsqc.jpg</t>
   </si>
   <si>
     <t>Книжка записная 12,5 19см 144л в клетку на застежке с цветным срезом</t>
   </si>
   <si>
     <t>Книжка записная 12,5*19см 144л в клетку на застежке с цветным срезом</t>
   </si>
   <si>
     <t>704252</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/242/h37mxbv2q4tx0suv3wiyvxazj30awv40.jpg</t>
   </si>
   <si>
     <t>Книжка записная 12,5 19см 144л в клетку на заст жке с цветным срезом</t>
   </si>
   <si>
     <t>Книжка записная 12,5*19см 144л в клетку на застёжке с цветным срезом</t>
   </si>
   <si>
     <t>704254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d9f/yrsd28y95gm1e948zbg6810yfwhd5tld.jpg</t>
   </si>
   <si>
     <t>704255</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ce2/i0f26xcpkqm6jundtjhhhao8fr2rl3ay.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/176/lgdxq2np6s8fs06bcgf0yllcuvbxxj5s.jpg</t>
   </si>
   <si>
     <t>Книжка записная 13,5 19см  quot;Darvish quot; обложка кожзам с цветным срезом</t>
   </si>
   <si>
     <t>Книжка записная 13,5*19см&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; обложка кожзам&amp;nbsp;&amp;nbsp;с цветным срезом</t>
   </si>
   <si>
     <t>704257</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9df/eufnbtmw2ok6ydmpk4cszonxgf0x9ucp.jpg</t>
   </si>
   <si>
     <t>Книжка записная 13,5 19см  quot;Darvish quot; обложка кожзам с узором и цветным срезом</t>
   </si>
   <si>
     <t>Книжка записная 13,5*19см&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; обложка кожзам с узором и цветным срезом</t>
   </si>
   <si>
     <t>704260</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e80/w7cfzc9tl3cmc4guxz0g3m0wt8cvmx3a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/358/u5s030nbvtahcbq5q52uf72vl6yhqh5a.jpg</t>
   </si>
   <si>
     <t>Книжка записная 13,5 19см  quot;Darvish quot; обложка кожзам тиснение фольгой с цветным срезом</t>
   </si>
   <si>
     <t>Книжка записная 13,5*19см&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; обложка кожзам тиснение фольгой с цветным срезом</t>
   </si>
   <si>
     <t>704262</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/110/yqazid3ihacouokm49pq5thmd2rzp37q.jpg</t>
-[...11 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d54/805zvsaafnoc8e6ltwfi57us1gld50n9.jpg</t>
   </si>
   <si>
     <t>Книжка записная 13,5 19см  quot;Darvish quot; обложка кожзам чешуя с цветным срезом</t>
   </si>
   <si>
     <t>Книжка записная 13,5*19см &amp;quot;Darvish&amp;quot; обложка кожзам чешуя с цветным срезом</t>
   </si>
   <si>
     <t>704265</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42e/qhuinn231kw3ac2vpnoxl1ic2ord4h5y.jpg</t>
   </si>
   <si>
     <t>Книжка записная 13.5 19см  quot;Darvish quot; обложка кожзам с узором и цветным срезом</t>
   </si>
   <si>
     <t>Книжка записная 13.5*19см&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; обложка кожзам с узором и цветным срезом</t>
   </si>
   <si>
     <t>704266</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e04/wg0e4ifashmq96q6lhv62f5tvhur5qbw.jpg</t>
@@ -744,373 +827,334 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a89/zr6ruwoi7m9nfxr9aeg4so5bfzl2ausm.jpg</t>
   </si>
   <si>
     <t>Книжка записная 8,5 16см  quot;Darvish quot; обложка  quot;пробка quot; на резинке ассорти</t>
   </si>
   <si>
     <t>Книжка записная 8,5*16 см&amp;quot;Darvish&amp;quot; обложка &amp;quot;пробка&amp;quot; на резинке,&amp;nbsp;&amp;nbsp;разлинованная&amp;nbsp;&amp;nbsp;в клетку, 96 листов.&amp;nbsp;&amp;nbsp;Имеется закладка-ляссе, страница для информации &amp;quot;Личные данные&amp;quot;, бумажный карман на задней внутренней части обложки для бумажной мелочи, фиксирующая резинка. Ассорти цвет.</t>
   </si>
   <si>
     <t>704269</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e99/idkgd29hbznkq39s86z5ccr2r1zgit2f.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 64л.  quot;Кофе-тайм quot; тв. переплет, лакирование бл стками</t>
   </si>
   <si>
     <t>Престиж-блокнот, 80 листов, формат А6, твердый переплет, плотность 60 гр/м2. Внутренний блок - стилизованный, высококачественная офсетная бумага, в линейку. Обложка - 7БЦ, полноцветная печать, матовая ламинация, лакирование блестками. Форзац белый.</t>
   </si>
   <si>
     <t>704270</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9e4/vrnn3cxv1b6n0kkfc0p19elea9bog5a9.jpg</t>
-[...8 lines deleted...]
-    <t>708445</t>
+    <t>http://anytos.ru//upload/iblock/b40/qpeuvbpct8d06e4c0027q78wzdtsaeu9.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л. BG  quot;Мяу-мяу quot;, матовая ламинация, блок в точку</t>
+  </si>
+  <si>
+    <t>Записная книжка формата А5. Обложка - картон с матовой ламинацией. Блок - оригинальный, в точку, 60г/м2, 80 листов, офсет.</t>
+  </si>
+  <si>
+    <t>718136</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bg/"&gt;BG&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2d6/lbn2qa5iykw0wqk1p6o9hxq4kmkx24bu.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л. BG  quot;В точку quot;, матовая ламинация, выб. лак, блок в точку</t>
+  </si>
+  <si>
+    <t>769282</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/622/py17wmfj4qy1wzmkpgvp2i7pyz5ffssf.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;DoubleBlack quot;, черный срез, черная, с рисунком</t>
+  </si>
+  <si>
+    <t>Стильные записные книжки Berlingo &amp;quot;DoubleBlack&amp;quot; с полужесткой обложкой из высококачественного soft-touch кожзаменителя с черным срезом. Вертикальная фиксирующая резинка увеличенной толщины 9мм. Цвет обложки - черный. Имиджевый рисунок лаком по всей площади обложки. Внутренний карман для хранения заметок и мелочей. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Подходит под персонализацию.</t>
+  </si>
+  <si>
+    <t>785320</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/169/c51f9ddixk9cvwb6plzy4ogvct2rstxg.jpg</t>
+  </si>
+  <si>
+    <t>785322</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c8/bxokq07d63zf9ldqyge8x59fruauhcrh.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 80л., кожзам, Berlingo  quot;DoubleBlack quot;, черный срез, черная, с рисунком</t>
+  </si>
+  <si>
+    <t>785323</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a5/yz6xfvcm8b29moqo30tsv9apgalmkavn.jpg</t>
+  </si>
+  <si>
+    <t>785324</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/769/9jd16h5t24w3k9awcmtcn2v6qimf3reo.jpg</t>
+  </si>
+  <si>
+    <t>785325</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a14/f10vmuzpdjyot143ts5jzs3x097re5st.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л. BG  quot;Скажи да quot;, матовая ламинация, выб. лак</t>
+  </si>
+  <si>
+    <t>Записная книжка формата А5. Обложка - твердый картон с матовой ламинацией и выборочным лаком. Блок - офсетный, в точку, 60г/м2, 80 листов</t>
+  </si>
+  <si>
+    <t>786589</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d3/w7lkddyek1w1p9g01fme1pk63amwt60m.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ  ГОРОДА  4 ВИДА, КЛЕТКА</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА &amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;ГОРОДА&amp;#41; 4 ВИДА, КЛЕТКА</t>
+  </si>
+  <si>
+    <t>840341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb7/23b5cxft6xe5jpugvxhv89oex3qs4uz5.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  СТОП-КАДР  2 ВИДА, КЛЕТКА</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА &amp;quot;MEGAPOLIS JOURNAL&amp;quot; А6, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;СТОП-КАДР&amp;#41; 2 ВИДА, КЛЕТКА</t>
+  </si>
+  <si>
+    <t>840342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/13f/epvqly6t0wh3gyyshwcxuibeq89t2mws.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А6, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ  ГОРОДА  4 ВИДА, КЛЕТКА</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА &amp;quot;MEGAPOLIS JOURNAL&amp;quot; А6, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;ГОРОДА&amp;#41; 4 ВИДА, КЛЕТКА</t>
+  </si>
+  <si>
+    <t>840343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b76/3melc2ylivqco31ir6znmgv61dxq49z3.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Green Series quot;, зеленый срез, светло-коричневый</t>
+  </si>
+  <si>
+    <t>Записная книжка Berlingo &amp;quot;Green Series&amp;quot; формата A5 с зеленым контрастным срезом и обложкой из высококачественной экокожи стилизованной под пробковый материал. 1 рубль от продажи каждого продукта будет направлен на посадку деревьев. Полужесткая обложка. Внутренний блок состоит из 80 листов высококачественной кремовой бумаги повышенной плотности 80 г/м? с пантонной печатью в 2 краски. Представлена в размере 143 на 210 мм. Перфорированные уголки и 2 закладки-ляссе сделают использование записной книжки комфортным. Внутри располагаются отрывные заметки. Подходит под персонализацию. 3 комплекта стикеров станут приятным подарком. • Формат: A5, • Размер: 143*210 мм, • Количество листов: 80, • Материал обложки: экокожа, • Цвет обложки: пробка,</t>
+  </si>
+  <si>
+    <t>842520</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed7/7u0i7m53vven19e0tmts2zqwyvv6m27t.jpg</t>
+  </si>
+  <si>
+    <t>Книжка записная B6 синяя голография 80 л. лин. LOREX HOLOGRAPHY инт. обл.</t>
+  </si>
+  <si>
+    <t>847000</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/53d/vuv8s0lszcgihv3oebxoj1m9nucshfss.jpg</t>
+  </si>
+  <si>
+    <t>Набор для ежедневника LOREX DIARY с наклейками 120 л. серия MAKE A SWITCH</t>
+  </si>
+  <si>
+    <t>847007</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30b/qbm5trb8v4mns9527mg2ckdlx2x1n72p.jpg</t>
+  </si>
+  <si>
+    <t>Телефонная книга А5, 80л., на гребне OfficeSpace  quot;Стиль. Flora quot;, с высечкой</t>
+  </si>
+  <si>
+    <t>Телефонная книга формата А5 с алфавитной вырубкой. Оптимальный и удобный для повседневного использования размер. Будет незаменимым помошником как дома, так и в офисе.</t>
+  </si>
+  <si>
+    <t>883919</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b40/qpeuvbpct8d06e4c0027q78wzdtsaeu9.jpg</t>
-[...166 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ddb/4enlq0rmppxf5172f5tdo27hz6po8hoq.jpg</t>
   </si>
   <si>
     <t>Телефонная книга А5, 80л., на гребне OfficeSpace  quot;Цветы. For inspiration quot;, с высечкой</t>
   </si>
   <si>
     <t>883920</t>
-  </si>
-[...22 lines deleted...]
-    <t>887282</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c75/s651mq22rzp4jm6pvkqrg0cy0pi2kms8.jpeg</t>
   </si>
   <si>
     <t>Блокнот Bruno Visconti  А5  150 х 210 мм.   quot;CITY JOURNAL quot; 64 л. 3 вида, линейка Арт. 3-217 02</t>
   </si>
   <si>
     <t>Коллекция бумажных изделий серии CITY JOURNAL от Bruno Visconti представляет собой новый взгляд на товары для записи.&lt;br /&gt;
 Записная книжка формата А5&amp;nbsp;&amp;nbsp;прослужит долго благодаря PVC обложки. Титульный лист имеет поле для персонализации.&lt;br /&gt;
 Внутренний блок содержит в себе плотную 70 граммовую бумагу бежевого цвета с рисунками в стиле doodle. Линовка блока&amp;nbsp;&amp;nbsp;помогает вести записи аккуратно и четко. Отличный вариант для записи лекций, ведения домашних и рабочих дел.&amp;nbsp;&amp;nbsp;</t>
   </si>
   <si>
     <t>908198</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/481/icytgos3vdg6qz2a4kdsgvq6dxhzsrwh.jpeg</t>
   </si>
   <si>
     <t>Блокнот BrunoVisconti  А6  92 х 170 мм   quot;CITY JOURNAL quot; 64 л. 3 вида, линейка  quot;CITY JOURNAL quot; Арт. 3-218 02</t>
   </si>
   <si>
     <t>908199</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5e9/hk27vux8uqvzq61ylt0a39fq42u5319s.jpeg</t>
-[...8 lines deleted...]
-    <t>908200</t>
+    <t>http://anytos.ru//upload/iblock/f52/fzpsanzsii4pgojm4qrerkx5ipsdynhf.jpg</t>
+  </si>
+  <si>
+    <t>Телефонная книга А5, 80л., на гребне OfficeSpace  quot;Живопись. Riviera quot;, с высечкой</t>
+  </si>
+  <si>
+    <t>925949</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a06/3rhixaeqjh955x53mr82bywz6qy50l72.jpg</t>
+  </si>
+  <si>
+    <t>Телефонная книга А5, 80л., на гребне OfficeSpace  quot;Моноколор. Dark azure quot;, с высечкой</t>
+  </si>
+  <si>
+    <t>925950</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1e5/jg7p89idmiz7syr7ewuhbfa6e7uk11p2.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 64л. BG  quot;Juicy fruits quot;, soft-touch ламинация, блок-еженедельник</t>
   </si>
   <si>
     <t>Стильная записная книжка BG «Juicy fruits» является незаменимым помощником в планировании ежедневных дел и записи важных данных. Товар представлен в формате А5 и размере 100*150 мм. Оригинальный блок представлен в виде блока-еженедельника. Здесь можно расписать план на неделю, как общий, так и по дням, заносить важную информацию. Прошитый внутренний блок &amp;#40;крепление сбоку слева&amp;#41; состоит из 64 листов белой офсетной бумаги плотностью 80 г/кв.м. с печатью в 1 краску. Твёрдая обложка украшена стильным рисунком и выполнена из картона с soft-touch ламинацией, что придает обложке тактильно приятные ощущения. • Формат: А5; • Размер: 100*150 мм; • Количество листов: 64; • Материал обложки: картон; • Плотность блока: 80 г/кв.м; • Цвет обложки: рисунок.</t>
   </si>
   <si>
     <t>940090</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/361/e203hbwf79bu49rlolbzp63mhy14ss2f.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 64л. BG  quot;University quot;, soft-touch ламинация, блок-еженедельник</t>
   </si>
   <si>
     <t>Стильная записная книжка BG «University» является незаменимым помощником в планировании ежедневных дел и записи важных данных. Товар представлен в формате А5 и размере 100*150 мм. Оригинальный блок представлен в виде блока-еженедельника. Здесь можно расписать план на неделю, как общий, так и по дням, заносить важную информацию. Прошитый внутренний блок &amp;#40;крепление сбоку слева&amp;#41; состоит из 64 листов белой офсетной бумаги плотностью 80 г/кв.м. с печатью в 1 краску. Твёрдая обложка украшена стильным лаконичным рисунком и выполнена из картона с soft-touch ламинацией, что придает обложке тактильно приятные ощущения. • Формат: А5; • Размер: 100*150 мм; • Количество листов: 64; • Материал обложки: картон; • Плотность блока: 80 г/кв.м; • Цвет обложки: рисунок.</t>
   </si>
   <si>
     <t>940092</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d32/4sez6dgv3t8eiflklm7miv6pu2naqeb8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/07e/7xkihr4ou6odz469d1ade2ax4svfm479.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 64л. BG  quot;На красоте quot;, soft-touch ламинация, блок-еженедельник</t>
   </si>
   <si>
     <t>Стильная записная книжка BG «На красоте» является незаменимым помощником в планировании ежедневных дел и записи важных данных. Товар представлен в формате А5 и размере 100*150 мм. Оригинальный блок представлен в виде блока-еженедельника. Здесь можно расписать план на неделю, как общий, так и по дням, заносить важную информацию. Прошитый внутренний блок &amp;#40;крепление сбоку слева&amp;#41; состоит из 64 листов белой офсетной бумаги плотностью 80 г/кв.м. с печатью в 1 краску. Твёрдая обложка украшена стильным рисунком и выполнена из картона с soft-touch ламинацией, что придает обложке тактильно приятные ощущения. • Формат: А5; • Размер: 100*150 мм; • Количество листов: 64; • Материал обложки: картон; • Плотность блока: 80 г/кв.м; • Цвет обложки: рисунок.</t>
   </si>
   <si>
     <t>940095</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/46b/ismytfuo1wlp6d8z089vsda5qmz71hcb.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG  quot;Viva magenta quot;, soft-touch ламинация, блок в точку</t>
   </si>
   <si>
     <t>Стильная записная книжка BG «Viva magenta» является незаменимым помощником в планировании ежедневных дел и записи важных данных. Товар представлен в формате А5 и размере 150*210 мм. Оригинальный блок имеет поле для заметок в точку. Он позволяет не только записывать текстовую информацию, но и рисовать графики, схемы и таблицы. Прошитый внутренний блок &amp;#40;крепление сбоку слева&amp;#41; состоит из 80 листов белой офсетной бумаги плотностью 100 г/кв.м. с печатью в 1 краску. Твёрдая обложка выполнена в модном цвете 2023 по версии Pantone с soft-touch ламинацией. Тренд года 2023, красиво оформлены, тактильно приятные – это должно быть у каждой девочки и женщины! Наслаждаться эстетикой и нежными прикосновениями к изделию. • Формат: А5; • Размер: 150*210 мм; • Количество листов: 80; • Материал обложки: картон; • Плотность блока: 100 г/кв.м; • Цвет обложки: рисунок.</t>
   </si>
   <si>
     <t>940097</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5f5/522x1fspw4xobge64qo0et3l19tf37cb.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 80л. на гребне BG  quot;Яркий день quot;, матовая ламинация, твердая обложка</t>
+  </si>
+  <si>
+    <t>Стильная записная книжка на гребне BG Яркий день является незаменимым помощником в планировании ежедневных дел и записи важных данных. Товар представлен в формате А6 и размере 103*142 мм. Офсетный блок имеет поле для заметок в клетку. Он позволяет не только записывать текстовую информацию, но и рисовать графики, схемы и таблицы. Внутренний блок на гребне &amp;#40;крепление сбоку слева&amp;#41; состоит из 80 листов белой офсетной бумаги плотностью 65 г/кв.м. с печатью в 1 краску. Твёрдая обложка представлена в стильном оформлении и выполнена из картона с матовой ламинацией. • Формат: А6; • Размер: 103*142 мм; • Количество листов: 80; • Материал обложки: картон; • Плотность блока: 65 г/кв.м; • Цвет обложки: рисунок</t>
+  </si>
+  <si>
+    <t>940098</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f02/u2sbiu1dq9bxyy78i2sc30f122k5hmz1.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., на гребне BG  quot;Monocolor. Dark quot;, глянцевая ламинация, твердая обложка</t>
   </si>
   <si>
     <t>Стильная записная книжка на гребне BG Monocolor. Dark является незаменимым помощником в планировании ежедневных дел и записи важных данных. Товар представлен в формате А6 и размере 103*142 мм. Офсетный блок имеет поле для заметок в клетку. Он позволяет не только записывать текстовую информацию, но и рисовать графики, схемы и таблицы. Внутренний блок на гребне &amp;#40;крепление сбоку слева&amp;#41; состоит из 80 листов белой офсетной бумаги плотностью 60 г/кв.м. с печатью в 1 краску. Твёрдая обложка оформлена в выдержанных однотонных цветах и выполнена из картона с глянцевой ламинацией. • Формат: А6; • Размер: 103*142 мм; • Количество листов: 80; • Материал обложки: картон; • Плотность блока: 60 г/кв.м; • Цвет обложки: однотонный</t>
   </si>
   <si>
     <t>940099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed8/p5b58c20tigr43a5sccn5958a15zb14j.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., на гребне BG  quot;Party time quot;, глянцевая ламинация, твердая обложка</t>
   </si>
   <si>
     <t>Стильная записная книжка на гребне BG Party time является незаменимым помощником в планировании ежедневных дел и записи важных данных. Товар представлен в формате А6 и размере 103*142 мм. Офсетный блок имеет поле для заметок в клетку. Он позволяет не только записывать текстовую информацию, но и рисовать графики, схемы и таблицы. Внутренний блок на гребне &amp;#40;крепление сбоку слева&amp;#41; состоит из 80 листов белой офсетной бумаги плотностью 65 г/кв.м. с печатью в 1 краску. Твёрдая обложка представлена в стильном оформлении и выполнена из картона с глянцевой ламинацией. • Формат: А6; • Размер: 103*142 мм; • Количество листов: 80; • Материал обложки: картон; • Плотность блока: 65 г/кв.м; • Цвет обложки: рисунок</t>
   </si>
   <si>
     <t>940100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b8/3bx4h9b9hitq20y6ubqi2kbve0s05yff.jpg</t>
@@ -1190,113 +1234,173 @@
   <si>
     <t>Записная книжка А5 80л. BG  quot;Отдыхать - не работать quot;, матовая ламинация, блок в точку</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG &amp;quot;Отдыхать - не работать&amp;quot;, матовая ламинация, блок в точку</t>
   </si>
   <si>
     <t>945017</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec2/rtnky405wnlwnpc5i8hvnqqsu1bjwwkw.jpg</t>
   </si>
   <si>
     <t>Записная книжка 170 170 мм 40л. на скрепке MESHU  quot;Chillbook quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г м2</t>
   </si>
   <si>
     <t>Записная книжка 170*170 мм 40л. на скрепке MESHU &amp;quot;Chillbook&amp;quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г/м2</t>
   </si>
   <si>
     <t>966689</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/91e/4b5rcceaveyhhawix0cj0d1lzbsrp7br.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка 170 170 мм 40л. на скрепке MESHU  quot;Meow quot;, soft-touch ламинация, тиснение фольгой, блок без линовки, 80г м2</t>
+  </si>
+  <si>
+    <t>Записная книжка 170*170 мм 40л. на скрепке MESHU &amp;quot;Meow&amp;quot;, soft-touch ламинация, тиснение фольгой, блок без линовки, 80г/м2</t>
+  </si>
+  <si>
+    <t>966691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04b/dpiyf5s5d1ly35r3odcp3vqttb1doh10.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка 170 170 мм 40л. на скрепке MESHU  quot;Milk pool quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г м2</t>
+  </si>
+  <si>
+    <t>Записная книжка 170*170 мм 40л. на скрепке MESHU &amp;quot;Milk pool&amp;quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г/м2</t>
+  </si>
+  <si>
+    <t>966692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/448/tzsvjxsf5hshyuykh983n21u4ixr3qcx.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка 170 170 мм 40л. на скрепке MESHU  quot;Neko quot;, soft-touch ламинация, тиснение фольгой, блок без линовки, 80г м2</t>
+  </si>
+  <si>
+    <t>Записная книжка 170*170 мм 40л. на скрепке MESHU &amp;quot;Neko&amp;quot;, soft-touch ламинация, тиснение фольгой, блок без линовки, 80г/м2</t>
+  </si>
+  <si>
+    <t>966693</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/83f/5ffu8dtyctpze83tpvii85y9fai8wgod.jpg</t>
   </si>
   <si>
     <t>Записная книжка 170 170 мм 40л. на скрепке MESHU  quot;Quack-Quack quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г м2</t>
   </si>
   <si>
     <t>Записная книжка 170*170 мм 40л. на скрепке MESHU &amp;quot;Quack-Quack&amp;quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г/м2</t>
   </si>
   <si>
     <t>966694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/223/ha6r3wwpx2lut9k11gdpr9lx4hyfzqwg.jpg</t>
   </si>
   <si>
     <t>Записная книжка 170 170 мм 40л. на скрепке MESHU  quot;Shark deadline quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г м2</t>
   </si>
   <si>
     <t>Записная книжка 170*170 мм 40л. на скрепке MESHU &amp;quot;Shark deadline&amp;quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г/м2</t>
   </si>
   <si>
     <t>966695</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b60/tfqwlmttbtdkx2g7ubyl5t036sosr7tp.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0a5/47u203yccf0zhejwpkdd3grj8nab6y5f.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 120л. на гребне BG  quot;Новый офис quot;</t>
   </si>
   <si>
     <t>Записная книжка А6 120л. на гребне BG &amp;quot;Новый офис&amp;quot;</t>
   </si>
   <si>
     <t>966702</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f79/huv350i9t1svs50bpbki5iyv07gnle8m.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л. на гребне BG  quot;Сделай паузу quot;</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л. на гребне BG &amp;quot;Сделай паузу&amp;quot;</t>
+  </si>
+  <si>
+    <t>966703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b9/he7a53v5e5o6n2v4msjuys0x6q7jdp0t.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л. на гребне BG  quot;Цветочный стиль quot;</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л. на гребне BG &amp;quot;Цветочный стиль&amp;quot;</t>
+  </si>
+  <si>
+    <t>966704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7f/d1welm22og1cczcksgf83s2glv80zk1w.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 64л. BG  quot;Take it easy quot;, матовая ламинация, блок-еженедельник</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 64л. BG &amp;quot;Take it easy&amp;quot;, матовая ламинация, блок-еженедельник</t>
+  </si>
+  <si>
+    <t>966706</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f38/fftwqqvm9xyfh391jlo5b0a2zqehczbz.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 64л. BG  quot;Девушка с тату quot;, глянцевая ламинация, блок-еженедельник</t>
   </si>
   <si>
     <t>Записная книжка А6 64л. BG &amp;quot;Девушка с тату&amp;quot;, глянцевая ламинация, блок-еженедельник</t>
   </si>
   <si>
     <t>966707</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/371/y57zt3d8c4ghk30xt011fhqbeo2u4liy.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 96л. на гребне Мульти-Пульти  quot;Чебурашка quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>Записная книжка А6 96л. на гребне Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>966712</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/80d/yk1uvurl1vp2x5ou1nq8t7q0bxwtrz47.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6, 80л. на гребне BG  quot;Bright cars quot;</t>
   </si>
   <si>
     <t>Записная книжка А6, 80л. на гребне BG &amp;quot;Bright cars&amp;quot;</t>
   </si>
   <si>
     <t>966714</t>
@@ -1388,200 +1492,155 @@
   <si>
     <t>http://anytos.ru//upload/iblock/421/zm7y0gel574vm1t013pywehjgz8hghqo.jpg</t>
   </si>
   <si>
     <t>Книга для записи рецептов А5 80л., BG  quot;Магия кухни quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>Книга для записи рецептов А5 80л., BG &amp;quot;Магия кухни&amp;quot;, глянцевая ламинация</t>
   </si>
   <si>
     <t>967280</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c9/83ajuvpmbniylcgdlouohw3khmtusxyo.jpg</t>
   </si>
   <si>
     <t>Книга для записи рецептов А5 96л., BG  quot;Cookbook quot;, матовая ламинация</t>
   </si>
   <si>
     <t>Книга для записи рецептов А5 96л., BG &amp;quot;Cookbook&amp;quot;, матовая ламинация</t>
   </si>
   <si>
     <t>967281</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb7/w7w15my8lqx1j25b09qexpyb8sy21fqa.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b1/rnt2bhht9fp3vvlyqsi2giacrh4i7gxu.jpg</t>
   </si>
   <si>
     <t>Книга для записи рецептов А5 96л., BG  quot;Веселая кухня quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>Книга для записи рецептов А5 96л., BG &amp;quot;Веселая кухня&amp;quot;, матовая ламинация, выб. лак</t>
   </si>
   <si>
     <t>967283</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bdb/p6u1r2nmzo3s5gp398d2udedpi9roj8i.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/775/bmdnm7xwmese45sjufrdl4cmmvn3kc65.jpg</t>
   </si>
   <si>
     <t>Записная книжка на спирали Erich Krause Винни-Пух, А6, 60 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>970333</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2d5/ebetgevj1iqh7nt41x4avivcytusrro6.jpg</t>
   </si>
   <si>
     <t>Записная книжка на спирали Erich Krause Жил-был Пес, А6, 80 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>970334</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e5/dmoatbxe2kh9ecrzqb39ggs7s03841un.jpg</t>
   </si>
   <si>
     <t>Записная книжка на спирали Erich Krause Приключения Пети и Волка, А6, 60 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>970335</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/106/kz2kppr2miaf5392ffp4xbk87yfr9b07.jpg</t>
   </si>
   <si>
     <t>Записная книжка на спирали Erich Krause Простоквашино, А6, 60 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>970336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea6/d4yz5isa1inz8ctt4srul3d83l4bg1it.jpg</t>
   </si>
   <si>
     <t>Записная книжка на спирали Erich Krause Тайна третьей планеты, А6, 80 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>970337</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/901/yv27vsj1tx3djtzdmubdpg41hyp3c4rs.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6fc/7h72ksi0vzkkm8zfvrrppt63cv1ymx1s.jpg</t>
   </si>
   <si>
     <t>Книжка записная B6 128 л. лин. LOREX VINTAGE мягк. обл. бирюз.-син.</t>
   </si>
   <si>
     <t>975335</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e8/bwlibr09nxpuqfsfk8yk11g1nj8s3ozl.jpg</t>
   </si>
   <si>
     <t>Книжка записная А5 140x190 мм 80 л. лин. LOREX DARLING тв. обл. бирюз., без отд., ляссе бант</t>
   </si>
   <si>
     <t>975336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/735/5cbp04l1av9nvu8fmen48u0j84it2g00.jpg</t>
   </si>
   <si>
     <t>Книжка записная А5 140x190 мм 80 л. лин. LOREX DARLING тв. обл. лаванда, без отд., ляссе бант</t>
   </si>
   <si>
     <t>975337</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94a/130fn4zbjdxbsrp88rhggc0r3aj4r3w3.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 145x204 мм 128 л. в точку LOREX HOLOCHROME мягк. обл. белый, фольга, ляссе</t>
   </si>
   <si>
     <t>975340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/682/oew6zlxxtgtd6b0rgxcsv6hx85tb91kc.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 90x140 мм 128 л. лин. LOREX START SIMPLE мягк. обл. белый, шелкография</t>
   </si>
   <si>
     <t>975342</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9ed/y8obnzy8uy5sl6faektie9cgqt543qwt.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4d3/unfoxtyz4vz9pzeglrr8josrbwov6zwa.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;Black White. СЕРДЕЧКИ quot;</t>
   </si>
   <si>
     <t>&amp;quot;ART JOURNAL&amp;quot; – это стильная, удобная, функциональная записная книжка компактного формата А5 от Bruno Visconti. Яркая дизайнерская обложка с закругленными уголками изготовлена из плотного ламинированного картона. 120 листов внутреннего блока произведены из бумаги плотностью 80 г/кв.м и надежно скреплены гребнем, который позволяет переворачивать их на 360 градусов. Что примечательно - листы имеют разную линовку: клетка, линейка, точка. Под каждую задачу – свои листы. Очень удобно и классно! Но все же главная изюминка записной книжки – цветные картонные разделители, благодаря им легко и быстро можно найти нужный раздел Компактная записная книжка &amp;quot;ART JOURNAL&amp;quot; подойдет для фиксации важных планов, ежедневных заметок или спонтанных мыслей под настроение.</t>
   </si>
   <si>
     <t>980165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b9/mftwozr69et7we6jjjhpf1y7qqj9q39x.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;Black White.ГОРОШЕК quot;</t>
   </si>
   <si>
     <t>980166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66f/5buz9xyxmk1vzvtbj4jw1z12hzcqiqwm.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;Lush Bouquet quot;</t>
@@ -1616,62 +1675,98 @@
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;Caff? nero.Time quot;</t>
   </si>
   <si>
     <t>980172</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e95/2kcvue83475i64mjvbd7thqf72cipqkf.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;Lush Bouquet quot;</t>
   </si>
   <si>
     <t>980173</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc1/dfz0ig01qu0a1edrsmsynjcwki9ne6gm.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;Гранат quot;</t>
   </si>
   <si>
     <t>980174</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c3a/dywjgb3fkyh76zastaswnu5kspxem57m.jpg</t>
+  </si>
+  <si>
+    <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace  quot;Моноколор. Dark quot;, выборочный УФ-лак, с высечкой</t>
+  </si>
+  <si>
+    <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace &amp;quot;Моноколор. Dark&amp;quot;, выборочный УФ-лак, с высечкой</t>
+  </si>
+  <si>
+    <t>981680</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fa8/e3q1u02piiwoewt645p7powg3pyyiyyu.jpg</t>
   </si>
   <si>
     <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace  quot;Офис. Open space quot;, выборочный УФ-лак, с высечкой</t>
   </si>
   <si>
     <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace &amp;quot;Офис. Open space&amp;quot;, выборочный УФ-лак, с высечкой</t>
   </si>
   <si>
     <t>981681</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eb3/y575jbszt78yjwayghwlo2ekxdfyw346.jpg</t>
+  </si>
+  <si>
+    <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace  quot;Путешествия. Райское место quot;, выборочный УФ-лак, с высечкой</t>
+  </si>
+  <si>
+    <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace &amp;quot;Путешествия. Райское место&amp;quot;, выборочный УФ-лак, с высечкой</t>
+  </si>
+  <si>
+    <t>981682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa1/sm6ayiamcxeht40e40toa7p1k6an59bf.jpg</t>
+  </si>
+  <si>
+    <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace  quot;Россия. Символика quot;, выборочный УФ-лак, с высечкой</t>
+  </si>
+  <si>
+    <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace &amp;quot;Россия. Символика&amp;quot;, выборочный УФ-лак, с высечкой</t>
+  </si>
+  <si>
+    <t>981683</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/156/3dl8pszz5yq9gc83733b7dpe8p02826w.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG  quot;Secret place quot;, матовая ламинация, выб. лак, блок в точку, 100г м2</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG &amp;quot;Secret place&amp;quot;, матовая ламинация, выб. лак, блок в точку, 100г/м2</t>
   </si>
   <si>
     <t>982168</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f99/cehz7njxphspg1dqawmnzwmg8jppx2cr.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG  quot;Таро quot;, матовая ламинация, тиснение фольгой, блок в точку, 100г м2</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG &amp;quot;Таро&amp;quot;, матовая ламинация, тиснение фольгой, блок в точку, 100г/м2</t>
   </si>
   <si>
     <t>982169</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/105/dd98edbqdaqge4siw58048l0uio7lnhm.jpg</t>
@@ -1712,314 +1807,218 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6b5/w9cn75eghzcw29ww0xf7ai27s7b77oqv.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line  quot;Future. New world quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line &amp;quot;Future. New world&amp;quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>982173</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e6/v1mkwzm00oyxo7tbtegqaycikmbu3gyz.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line  quot;Future. Parallel world quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line &amp;quot;Future. Parallel world&amp;quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>982174</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e5f/ak1jso7dektgxfdcyrxzeqkhsp1a7zz6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/51a/voyfmwoxi1ahcj4vsfxoy7fsl6j004cl.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line  quot;Sakura. Wise beauty quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line &amp;quot;Sakura. Wise beauty&amp;quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>982178</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/486/ngj5ipxhm0yd5y2mnld77yrm8h72eq90.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, MESHU  quot;Ice quot;, твердая обложка, тиснение фольгой, вырубка, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, MESHU &amp;quot;Ice&amp;quot;, твердая обложка, тиснение фольгой, вырубка, блок в линию</t>
   </si>
   <si>
     <t>982179</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/462/bdcqiycqdrmqq4227j9i3lnmt312w45a.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, Greenwich Line  quot;Outline. Angel from heaven quot;, с замком, тиснение фольгой, внутренний карман, блок в точку</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, Greenwich Line &amp;quot;Outline. Angel from heaven&amp;quot;, с замком, тиснение фольгой, внутренний карман, блок в точку</t>
   </si>
   <si>
     <t>982180</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/587/w4y2hosplnj1m364jjti6gl5dfoitw5h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/597/lih73v5i0f39mzs3s70uh9pigdowmbdl.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU  quot;Cutestar quot;, съемная пластиковая обложка с дизайном, пантон, белила, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU &amp;quot;Cutestar&amp;quot;, съемная пластиковая обложка с дизайном, пантон, белила, блок в линию</t>
   </si>
   <si>
     <t>982184</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/535/3ths8lvpvfabnyj8o45txory5ko9i2i8.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU  quot;Magic world quot;, съемная пластиковая обложка, глиттер, голография, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU &amp;quot;Magic world&amp;quot;, съемная пластиковая обложка, глиттер, голография, блок в линию</t>
   </si>
   <si>
     <t>982185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d73/ditrzf9g8qap9wvbcev5ov4k0ggz2a2a.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU  quot;My cats quot;, съемная пластиковая обложка с дизайном, голография, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU &amp;quot;My cats&amp;quot;, съемная пластиковая обложка с дизайном, голография, блок в линию</t>
   </si>
   <si>
     <t>982186</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b8a/84dkbbjlmsf10ze4malolzb1d3z61lb9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a31/wg0hlglnw04y2xtw27j1xnpg004q4z9f.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 96л. ЛАЙТ, кожзам, Greenwich Line  quot;Classic. Dark teal quot;, с резинкой, блок без линовки</t>
   </si>
   <si>
     <t>Записная книжка А5 96л. ЛАЙТ, кожзам, Greenwich Line &amp;quot;Classic. Dark teal&amp;quot;, с резинкой, блок без линовки</t>
   </si>
   <si>
     <t>982189</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/db9/ssuajjnqkuu3r8s5gx0a7o0zv41pkvnn.jpg</t>
-[...70 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/af2/ud72clpl73126wcfdnxrtzmp9n5pl62e.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 96л. ЛАЙТ, кожзам, скрытый гребень, Greenwich Line  quot;Shimmer. Bronze quot;, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 96л. ЛАЙТ, кожзам, скрытый гребень, Greenwich Line &amp;quot;Shimmer. Bronze&amp;quot;, блок в линию</t>
   </si>
   <si>
     <t>982196</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/af3/axsxptkcgoxcpo2yhtsf83yqvunh98rv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b4/5tee62wb1irrrqfppq4452n9wtvjesj2.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 96л. ЛАЙТ, кожзам, скрытый гребень, Greenwich Line  quot;Shimmer. Silver quot;, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 96л. ЛАЙТ, кожзам, скрытый гребень, Greenwich Line &amp;quot;Shimmer. Silver&amp;quot;, блок в линию</t>
   </si>
   <si>
     <t>982198</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0da/ss1ur4rahphfycwjtyyrah2w4lafzt1d.jpg</t>
-[...20 lines deleted...]
-    <t>982202</t>
+    <t>http://anytos.ru//upload/iblock/1c1/o5yate03hfw3vq1892a7epqakdgwyq7f.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л., на гребне BG  quot;Место под солнцем quot;, матовая ламинация, выб. лак, твердая обложка</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л., на гребне BG &amp;quot;Место под солнцем&amp;quot;, матовая ламинация, выб. лак, твердая обложка</t>
+  </si>
+  <si>
+    <t>982203</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76d/8lz81xsblwqp8xz2hbnltzpzle9xsnh9.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л., на гребне BG  quot;Моноколор. Классика quot;, матовая ламинация, тиснение фольгой, твердая обложка</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л., на гребне BG &amp;quot;Моноколор. Классика&amp;quot;, матовая ламинация, тиснение фольгой, твердая обложка</t>
+  </si>
+  <si>
+    <t>982204</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a2/2rrtovpymcpok7ih1uzgy9s51e45zui6.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л., на гребне BG  quot;Прекрасный вид quot;, глянцевая ламинация, твердая обложка</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л., на гребне BG &amp;quot;Прекрасный вид&amp;quot;, глянцевая ламинация, твердая обложка</t>
+  </si>
+  <si>
+    <t>982205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fee/i39wfsjxjkkqypeuk5r3t4tea78rva49.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 120л., на гребне BG  quot;Стиль Барби quot;, матовая ламинация, выб. лак, твердая обложка</t>
   </si>
   <si>
     <t>Записная книжка А6 120л., на гребне BG &amp;quot;Стиль Барби&amp;quot;, матовая ламинация, выб. лак, твердая обложка</t>
   </si>
   <si>
     <t>982206</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b19/cpnkyjc1k0xek3d3whdbq56dz8ldxn39.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 64л. BG  quot;Trend cover quot;, глянцевая ламинация, блок-еженедельник</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 64л. BG &amp;quot;Trend cover&amp;quot;, глянцевая ламинация, блок-еженедельник</t>
+  </si>
+  <si>
+    <t>982207</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/24f/th1xtsvsl9fjvyta2fvm1mqdzbg0gzry.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., на гребне BG  quot;My love quot;, матовая ламинация, выб. лак, твердая обложка</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., на гребне BG &amp;quot;My love&amp;quot;, матовая ламинация, выб. лак, твердая обложка</t>
   </si>
   <si>
     <t>982210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/106/qi1x0usksnwhw5zhxpl3y1tppjjgyrs1.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., на гребне BG  quot;Наши питомцы quot;, глянцевая ламинация, твердая обложка</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., на гребне BG &amp;quot;Наши питомцы&amp;quot;, глянцевая ламинация, твердая обложка</t>
   </si>
   <si>
     <t>982211</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/015/0qevriaxlnioxir305a44ad7dfzcee0i.jpg</t>
@@ -2084,50 +2083,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b55/1je45ghd5wg0u1wzobeq88tuzy4h3f6k.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 96л., на гребне BG  quot;Экспонат quot;, глянцевая ламинация, твердая обложка</t>
   </si>
   <si>
     <t>Записная книжка А6 96л., на гребне BG &amp;quot;Экспонат&amp;quot;, глянцевая ламинация, твердая обложка</t>
   </si>
   <si>
     <t>982217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cbb/rz3qrqdks38ostndu8nwr893v2v3kkwc.jpg</t>
   </si>
   <si>
     <t>Записная книга на спирали Erich Krause Ну, Погоди  Каникулы, А6, 80 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>Записная книга на спирали Erich Krause Ну, Погоди! Каникулы, А6, 80 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>985493</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/23f/9ea1j17okgbfk8wy98c329wjppu8yr1r.jpg</t>
+  </si>
+  <si>
+    <t>Книжка записная А5 80 листов, клетка Апплика С ЛЮБОВЬЮ тв. обл. дизайн мат.лам.</t>
+  </si>
+  <si>
+    <t>993992</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/applika/"&gt;Апплика&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/56b/95tn52givje3i3pvjhet2vkzuo1iky1e.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5, 120 ЛИСТОВ, НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;ВОЛШЕБНЫЕ СОВЫ quot;</t>
   </si>
   <si>
     <t>&amp;quot;ART JOURNAL&amp;quot; – это стильная, удобная, функциональная записная книжка компактного формата А5 от Bruno Visconti. Яркая дизайнерская обложка с закругленными уголками изготовлена из плотного ламинированного картона. 120 листов внутреннего блока произведены из бумаги плотностью 80 г/кв.м и надежно скреплены гребнем, который позволяет переворачивать их на 360 градусов. Что примечательно - листы имеют разную линовку: клетка, линейка, точка. Под каждую задачу – свои листы. Очень удобно и классно! Но все же главная изюминка записной книжки – цветные картонные разделители, благодаря им легко и быстро можно найти нужный раздел Компактная записная книжка &amp;quot;ART JOURNAL&amp;quot; для фиксации важных планов, ежедневных заметок или спонтанных мыслей под настроение.</t>
   </si>
   <si>
     <t>998344</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc2/daoe3yw3fpd8cp4d72grfxxmlipey02p.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5, 120 ЛИСТОВ, НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;ЛУГОВЫЕ ТРАВЫ quot;</t>
   </si>
   <si>
     <t>998345</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f93/kkvjuxu6ugvsku1tasgfxc3q212zyu4q.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5, 120 ЛИСТОВ, НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;ПИОНЫ quot;</t>
@@ -2388,50 +2399,215 @@
     <t>1007748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71d/obgnrtz0lzj6uv6eq4matzo6nbuqyjsd.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;ЛЕСНЫЕ ЯГОДЫ quot;, линейка</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. НА РЕЗИНКЕ, &amp;quot;ЛЕСНЫЕ ЯГОДЫ&amp;quot;, линейка</t>
   </si>
   <si>
     <t>1007749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/526/uscak9f20i3c0xybil7dtnzpqmmw6sm4.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;ЛУГОВЫЕ ТРАВЫ quot;, линейка</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. НА РЕЗИНКЕ, &amp;quot;ЛУГОВЫЕ ТРАВЫ&amp;quot;, линейка</t>
   </si>
   <si>
     <t>1007750</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/105/7yd51reslojazoodlcj4yn1w6s80h4aw.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; B5,120 Л. НА СПИРАЛИ, С РАЗДЕЛИТЕЛЯМИ  quot;FLORA.PARADISE.LEMONS quot;</t>
+  </si>
+  <si>
+    <t>&amp;quot;ART JOURNAL&amp;quot; – это стильная, удобная, функциональная записная книжка компактного формата B5 от Bruno Visconti. Яркая дизайнерская обложка с закругленными уголками изготовлена из плотного ламинированного картона. 120 листов внутреннего блока произведены из бумаги плотностью 80 г/кв.м и надежно скреплены гребнем, который позволяет переворачивать их на 360 градусов. Что примечательно - листы имеют разную линовку: клетка, линейка, точка. Под каждую задачу – свои листы. Очень удобно и классно! Но все же главная изюминка записной книжки – цветные картонные разделители, благодаря им легко и быстро можно найти нужный раздел. &amp;quot;ART JOURNAL&amp;quot; станет вашим незаменимым помощником для фиксации важных дел, повседневных мыслей и мимолетных вдохновений.</t>
+  </si>
+  <si>
+    <t>1016998</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/936/h4c2frkf69u35rbvyh0vl8q2fqo8knd3.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; B5,120 Л. НА СПИРАЛИ, С РАЗДЕЛИТЕЛЯМИ  quot;FLORA.ГРАНАТ quot;</t>
+  </si>
+  <si>
+    <t>1016999</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f13/75hzxk8urn7gjp2xeuozhn1b06bgcnfi.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; B5,120 Л. НА СПИРАЛИ, С РАЗДЕЛИТЕЛЯМИ  quot;FLORA.ЛЕСНЫЕ ЯГОДЫ quot;</t>
+  </si>
+  <si>
+    <t>1017000</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/242/gf2n8ac0denuh3kjnxwkcswaqzwc968h.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; B5,120 Л. НА СПИРАЛИ, С РАЗДЕЛИТЕЛЯМИ  quot;FLORA.ПИОНЫ quot;</t>
+  </si>
+  <si>
+    <t>1017001</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d6/ivx9vqwxzaodcc54jjk2duzrl817y3wf.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ quot;FLORA.FOREST FAIRY TALE quot;</t>
+  </si>
+  <si>
+    <t>1017002</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b2f/9dnnp7kniwbex214iadnpvr81vx2j5l6.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ quot;FLORA.ИРИСЫ quot;</t>
+  </si>
+  <si>
+    <t>1017003</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ quot;FLORA.ЛЕСНЫЕ ЯГОДЫ quot;</t>
+  </si>
+  <si>
+    <t>1017004</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e8d/p2ykzjegkjyvgirway5u8gn1mi2iejz1.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ quot;FLORA.ПИОНЫ quot;</t>
+  </si>
+  <si>
+    <t>1017005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/199/4l1zj4e1q31hayy8247q3df24s9b7w2j.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;FAUNA. DEEP SEA quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Блокнот Bruno Visconti на резинке серии MEGAPOLIS JOURNAL в твердой обложке содержит блок из 100 листов бежевой бумаги, плотностью 70 г/м2. Стоит обратить внимание на полезные особенности этого блокнота: фиксирующая резинка для предотвращения внезапного открытия, карман для бумаг на задней обложке, ляссе, угол обложки скругленный.</t>
+  </si>
+  <si>
+    <t>1017006</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d41/m32pyjp4whrybjal2k8qbw0c9x7ydp1a.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;FAUNA. БАБОЧКИ.СТРЕКОЗЫ quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1017007</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4c5/hwcgkr1i4aql3xtgee6u2mgfe09e2u35.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;FAUNA. ВОЛШЕБНЫЕ СОВЫ quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Блокнот Bruno Visconti на резинке серии MEGAPOLIS JOURNAL в твердой обложке содержит блок из 100 листов бежевой бумаги, плотностью 70 г/м2.Стоит обратить внимание на полезные особенности этого блокнота: фиксирующая резинка для предотвращения внезапного открытия, карман для бумаг на задней обложке, ляссе, угол обложки скругленный.</t>
+  </si>
+  <si>
+    <t>1017008</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ee/qaukcpm2wf7x2wl6ytbfsvbdoixt62k1.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;FLORA. ГРАНАТ quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1017009</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/30a/tqxhv6tlb4xmcop0nm1mhlcau85s0eln.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;FLORA. ПИОНЫ quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1017010</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/60b/bocvo55ftxnqlf0mn0q2bxsedl1t3d2j.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. НА РЕЗИНКЕ  quot;FAUNA. ВОЛШЕБНЫЕ СОВЫ quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 формата Bruno Visconti на резинке серии MEGAPOLIS JOURNAL в твердой обложке содержит блок из 100 листов бежевой бумаги, плотностью 70 г/м2. Стоит обратить внимание на полезные особенности этой записной книжки: фиксирующая резинка для предотвращения внезапного открытия, карман для бумаг на задней обложке, ляссе, угол обложки скругленный.</t>
+  </si>
+  <si>
+    <t>1017011</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f5b/x685miruybptc8o8gdnto6py9j0yhl76.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. НА РЕЗИНКЕ  quot;FLORA. FOREST FAIRY TALE quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1017012</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f0a/u4ztlfcxgg47bz87006702xs9iqf82ee.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. НА РЕЗИНКЕ  quot;FLORA. LUSH BOUQUET quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1017013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9eb/vdsif9fr1dnmvvek27afxxvthghbxxqv.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. НА РЕЗИНКЕ  quot;FLORA. ЛУГОВЫЕ ТРАВЫ quot;, ЛИНЕЙКА</t>
+  </si>
+  <si>
+    <t>1017014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2758,4673 +2934,5108 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J205"/>
+  <dimension ref="A1:M223"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G205" sqref="G205"/>
+      <selection pane="bottomRight" activeCell="G223" sqref="G223"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B5" s="1" t="s">
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="3" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="3" t="s">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G5" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...338 lines deleted...]
-      <c r="B23" s="1" t="s">
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...113 lines deleted...]
-      </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>117</v>
+        <v>130</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>129</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>130</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>130</v>
+        <v>89</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>137</v>
+        <v>107</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>147</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>153</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>144</v>
+        <v>157</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>153</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="B40" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="F51" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="G51" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...250 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>105</v>
+        <v>153</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>153</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>247</v>
+        <v>153</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>247</v>
+        <v>153</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>247</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>14</v>
+        <v>153</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>14</v>
+        <v>153</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>258</v>
+        <v>273</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>14</v>
+        <v>275</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>281</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>17</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="B76" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C76" s="1" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>291</v>
+        <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>292</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="B77" s="1" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>294</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>295</v>
       </c>
       <c r="F77" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="G77" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="B78" s="1" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>298</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>299</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>296</v>
-[...5 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>303</v>
       </c>
       <c r="F79" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="G79" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="B80" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>307</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>304</v>
-[...5 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>311</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>296</v>
+        <v>17</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>312</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>313</v>
       </c>
       <c r="C82" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="F82" s="3" t="s">
         <v>315</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G82" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>316</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>317</v>
       </c>
       <c r="C83" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="F83" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="F83" s="3" t="s">
+      <c r="B84" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="G83" s="3" t="s">
+      <c r="C84" s="1" t="s">
         <v>321</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>322</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="F84" s="3" t="s">
         <v>323</v>
       </c>
-      <c r="C84" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="G84" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G84" s="3" t="s">
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>325</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>327</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="F85" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="B86" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="C86" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="F86" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="G86" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...6 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>334</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>335</v>
       </c>
       <c r="C87" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G87" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...6 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>339</v>
       </c>
       <c r="C88" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="F88" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C89" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>343</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="F89" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="B90" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="F89" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A90" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B90" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="F90" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="B91" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="F91" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="B92" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="F92" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="B93" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="C93" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="F93" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="B94" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="F94" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G94" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="F95" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="B96" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="C96" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>372</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="F96" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="C97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E97" s="3" t="s">
+      <c r="F97" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>377</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="B98" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C98" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F98" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="B99" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="F99" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B100" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="F100" s="3" t="s">
+      <c r="B101" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="G100" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="F101" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="B102" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="F102" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="B103" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="C103" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="B104" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="C104" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="F104" s="3" t="s">
         <v>405</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="G104" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>409</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G105" s="3" t="s">
+      <c r="B106" s="1" t="s">
         <v>411</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="B107" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F106" s="3" t="s">
+      <c r="C107" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="G106" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="B108" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="D107" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="C108" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="F108" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="C109" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="F109" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="C109" s="1" t="s">
+      <c r="B110" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="D109" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="C110" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="F109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A110" s="1" t="s">
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B110" s="1" t="s">
+      <c r="F110" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="C110" s="1" t="s">
+      <c r="B111" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="3" t="s">
+      <c r="C111" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="F110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="F111" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="B112" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="3" t="s">
+      <c r="C112" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="F111" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A112" s="1" t="s">
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="F112" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="B113" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="C113" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A113" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="F113" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G113" s="3" t="s">
         <v>442</v>
       </c>
-      <c r="C113" s="1" t="s">
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="B114" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="C114" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="F114" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="B115" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="C115" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>450</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="F115" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="G115" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="F115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="B116" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="C116" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>455</v>
       </c>
-      <c r="D116" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="F116" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="B117" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="F117" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="B118" s="1" t="s">
         <v>461</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="C118" s="1" t="s">
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="D118" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="F118" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>464</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="B119" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="C119" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="F119" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>468</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="B120" s="1" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>470</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E120" s="3" t="s">
         <v>471</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>96</v>
+        <v>275</v>
       </c>
       <c r="G120" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>472</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>474</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
         <v>475</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>96</v>
+        <v>275</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
         <v>476</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>477</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>96</v>
+        <v>275</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>96</v>
+        <v>275</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>96</v>
+        <v>275</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>296</v>
+        <v>275</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>296</v>
+        <v>275</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>296</v>
+        <v>147</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>296</v>
+        <v>147</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="B129" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G129" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="C129" s="1" t="s">
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G130" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...35 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>296</v>
+        <v>147</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>516</v>
+        <v>525</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>516</v>
+        <v>529</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>516</v>
+        <v>529</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>516</v>
+        <v>536</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C141" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>247</v>
+        <v>332</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>247</v>
+        <v>332</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>547</v>
+        <v>536</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>26</v>
+        <v>332</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>551</v>
+        <v>536</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>552</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>26</v>
+        <v>332</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
         <v>553</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>554</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>555</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>556</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>26</v>
+        <v>323</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
         <v>557</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>559</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>560</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>26</v>
+        <v>323</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
         <v>561</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>26</v>
+        <v>323</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
         <v>565</v>
       </c>
       <c r="B148" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>567</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>568</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>26</v>
+        <v>323</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
         <v>569</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>571</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
         <v>572</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
         <v>573</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>576</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>390</v>
+        <v>275</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
         <v>577</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>580</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
         <v>581</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>584</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
         <v>585</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>588</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>390</v>
+        <v>29</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
         <v>589</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C154" s="1" t="s">
         <v>591</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
         <v>592</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>390</v>
+        <v>29</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
         <v>593</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>595</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>596</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>390</v>
+        <v>29</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
         <v>597</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>599</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
         <v>600</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
         <v>601</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C157" s="1" t="s">
         <v>603</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>604</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>26</v>
+        <v>405</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
         <v>605</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C158" s="1" t="s">
         <v>607</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>608</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
         <v>609</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>610</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>611</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>612</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>26</v>
+        <v>405</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
         <v>613</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>614</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>615</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>616</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>26</v>
+        <v>405</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
         <v>617</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>618</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>619</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>620</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>26</v>
+        <v>405</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
         <v>621</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>622</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>623</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>624</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
         <v>625</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>626</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>627</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>628</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
         <v>629</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>631</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>632</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
         <v>633</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>635</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>636</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
         <v>637</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C166" s="1" t="s">
         <v>639</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>640</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
         <v>641</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>642</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>643</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>644</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
         <v>645</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>646</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>647</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>648</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
         <v>649</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>650</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>651</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>652</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
         <v>653</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>654</v>
       </c>
       <c r="C170" s="1" t="s">
         <v>655</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>656</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
         <v>657</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>658</v>
       </c>
       <c r="C171" s="1" t="s">
         <v>659</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>660</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
         <v>661</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>662</v>
       </c>
       <c r="C172" s="1" t="s">
         <v>663</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>664</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
         <v>665</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>666</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>667</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>668</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
         <v>669</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>670</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>671</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>672</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
         <v>673</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>674</v>
       </c>
       <c r="C175" s="1" t="s">
         <v>675</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>676</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
         <v>677</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>678</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>679</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>680</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
         <v>681</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>682</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>683</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>684</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
         <v>685</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>686</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>687</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>688</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>96</v>
+        <v>147</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
         <v>689</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C179" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>691</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="F179" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G179" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
         <v>693</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="F180" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="C181" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="F180" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>702</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>247</v>
+        <v>332</v>
       </c>
       <c r="G182" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>703</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>706</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="F183" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G183" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...6 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
         <v>708</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>709</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>710</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>711</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
         <v>712</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>713</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>714</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>715</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
         <v>716</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>717</v>
       </c>
       <c r="C186" s="1" t="s">
         <v>718</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
         <v>719</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
         <v>720</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>721</v>
       </c>
       <c r="C187" s="1" t="s">
         <v>722</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>723</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>247</v>
+        <v>275</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
         <v>724</v>
       </c>
       <c r="B188" s="1" t="s">
         <v>725</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>96</v>
+        <v>275</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>296</v>
+        <v>147</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>296</v>
+        <v>315</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C193" s="1" t="s">
         <v>741</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
         <v>742</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
         <v>743</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>744</v>
       </c>
       <c r="C194" s="1" t="s">
         <v>745</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
         <v>746</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
         <v>747</v>
       </c>
       <c r="B195" s="1" t="s">
         <v>748</v>
       </c>
       <c r="C195" s="1" t="s">
         <v>749</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
         <v>750</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
         <v>751</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>752</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>753</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
         <v>754</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
         <v>755</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>756</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>757</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
         <v>758</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
         <v>759</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>761</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>762</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
         <v>763</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>765</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
         <v>766</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
         <v>767</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>768</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>769</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>770</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
         <v>771</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>774</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
         <v>775</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>776</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>777</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>778</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>779</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>780</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>781</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>782</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
         <v>783</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C204" s="1" t="s">
         <v>785</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>786</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
         <v>787</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>788</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>789</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>790</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>106</v>
+        <v>154</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="F207" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C208" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="F208" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="F209" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="F210" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="F211" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="F213" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C214" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="F214" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
+        <v>822</v>
+      </c>
+      <c r="F215" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="C216" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="F216" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="F217" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
+        <v>832</v>
+      </c>
+      <c r="F218" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="F219" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="F220" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="F221" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="F222" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="F223" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>840</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">