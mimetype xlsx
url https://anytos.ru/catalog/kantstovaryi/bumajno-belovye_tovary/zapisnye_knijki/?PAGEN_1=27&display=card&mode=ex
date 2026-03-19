--- v0 (2026-01-13)
+++ v1 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="840">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="768">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -125,50 +125,65 @@
   <si>
     <t>&lt;a href="/brands/greenwich-line/"&gt;Greenwich Line&lt;/a&gt;</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba6/ba624ae145e869da37098adaa129e065/e8d1ef5b668f86731483797e7b10ce97.jpg</t>
   </si>
   <si>
     <t>Алфавитная книжка зеленый,А5,133х202мм,96л,АТТАСНЕ ВИВА штр.  4606998068266</t>
   </si>
   <si>
     <t>Алфавитная книжка Attache коллекции Вива. Твердая обложка с отделочной строчкой по периметру изготовлена из высококачественного переплетного материала. Бумажный блок офсетной бумаги содержит лакированную вырубку под алфавитный регистр. Книжка имеет универсальный формат A5.</t>
   </si>
   <si>
     <t>244974</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/39e/39eabec80a3f7da33ca96ada2889331f/f76bf7b14e782495491d8a05ac60ed56.jpg</t>
+  </si>
+  <si>
+    <t>Телефонная книга бордо бумвинил 205х290мм, КЖ-1274</t>
+  </si>
+  <si>
+    <t>375621</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/izdatelstvo-uchitel/"&gt;Издательство Учитель&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a38/4k4urtmiwr2jqgckc2r3leyo0xm1m52l.jpg</t>
   </si>
   <si>
     <t>Телефонная книжка А5, 136х202 мм, 96 л., BRAUBERG, вырубной алфавит,  quot;Cayman quot;, комбин. гладкая и кожа крок, чер. с кор., 125129</t>
   </si>
   <si>
     <t>Телефонная книжка BRAUBERG &amp;quot;Cayman&amp;quot; с вырубным алфавитом выполнена в строгом деловом стиле. Содержит 96 листов офсетной бумаги плотностью 70 г/м2 в линию. Обложка выполнена из экокожи, надежно защищающей листы от повреждения. Формат А5 &amp;#40;136х205 мм&amp;#41;. Обложка выполнена в черном цвете в сочетании с коричневым.</t>
   </si>
   <si>
     <t>393404</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd2/1bg2a9r9xtz5jimfidmyk7tnyrofii28.jpg</t>
   </si>
   <si>
     <t>Телефонная книжка А5, 136х202 мм, 96 л., BRAUBERG, вырубной алфавит,  quot;Cayman quot;, комбин. гладкая и кожа крокодила, корич., 125130</t>
   </si>
   <si>
     <t>Телефонная книжка BRAUBERG &amp;quot;Cayman&amp;quot; с вырубным алфавитом выполнена в строгом деловом стиле. Содержит 96 листов офсетной бумаги в клетку плотностью 70 г/м2. Обложка выполнена из экокожи, надежно защищающего листы от повреждения. Формат А5 &amp;#40;136х205 мм&amp;#41;. Выполнена в коричневом цвете в сочетании с темно-коричневым.</t>
   </si>
   <si>
     <t>393405</t>
@@ -326,59 +341,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1df/1dfb06403a11376321cc5a6b7c6794f0.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Western quot;, черный срез, с резинкой, зеленый. NB0_85604</t>
   </si>
   <si>
     <t>Стильные записные книжки Berlingo Western с полужесткой обложкой из высококачественного кожзаменителя со стильным тиснением под карбон, срезом в цвет обложки. Вертикальная фиксирующая резинка. Цвет обложки - зеленый. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
   </si>
   <si>
     <t>393706</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1a7/1a779c815714d447a08e0c0212c4d14d.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 80л., кожзам, Berlingo  quot;Western quot;, черный срез, с резинкой, синий. NB0_85602</t>
   </si>
   <si>
     <t>Стильные записные книжки Berlingo Western с полужесткой обложкой из высококачественного кожзаменителя со стильным тиснением под карбон, срезом в цвет обложки. Вертикальная фиксирующая резинка. Цвет обложки - синий. Внутренний блок из 80 листов высокачественной кремовой бумаги повышенной плотности 80 г/м. Перфорированные уголки блока. 2 закладки-ляссе. Прошитый блок. Обработанные в цвет края обложки. Подходит под персонализацию. В подарок 3 комплекта стикеров.</t>
   </si>
   <si>
     <t>393708</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/86d/86df0bfa0f58206bc718d7cd68a35467.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/369/369883bfb6fc5b3aec999b6fb80a288b/27d268d6f32ed2d51c4815e99f0173f6.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Instinct quot;, черный срез, черный фламинго, с резинкой</t>
   </si>
   <si>
     <t>Записные книжки Berlingo Instinct изготовлены из матовой искусственной кожи c эффектом soft-touch. Сочетание двух контрастных цветов обложки: пастельного розового и черного. Полужесткая обложка с&amp;nbsp;&amp;nbsp;прострочкой по корешку. Черный срез блока. Вертикальная черная фиксирующая резинка увеличенной ширины 9мм. Запечатанные форзацы. Внутренний блок из 80 листов высококачественной кремовой бумаги повышенной плотности 80 г/м?, пантонная печать, перфорированные уголки. Индивидуальная упаковка. Подходят под персонализацию.</t>
   </si>
   <si>
     <t>558149</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/999/9993d70448afb5e2d6d74bb7b0d651e1/53761ed0f16fa3acb8be47557e25a9b1.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Instinct quot;, черный срез, черный лаванда, с резинкой</t>
   </si>
   <si>
     <t>Записные книжки Berlingo Instinct изготовлены из матовой искусственной кожи c эффектом soft-touch. Сочетание двух контрастных цветов обложки: пастельного фиолетового и черного. Полужесткая обложка с&amp;nbsp;&amp;nbsp;прострочкой по корешку. Черный срез блока. Вертикальная черная фиксирующая резинка увеличенной ширины 9мм. Запечатанные форзацы. Внутренний блок из 80 листов высококачественной кремовой бумаги повышенной плотности 80 г/м?, пантонная печат, перфорированные уголки. Индивидуальная упаковка. Подходят под персонализацию.</t>
   </si>
   <si>
     <t>558151</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fff/ffffed3528903c4d656eb864c30efdf0/b1bce699d5f069600141c4e8aad0aed1.jpg</t>
@@ -443,62 +449,50 @@
   <si>
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/af5/5e4xreuwqpwpdxifpswb72ct5bic2fe0.jpg</t>
   </si>
   <si>
     <t>Книжка алф. зап. 11 19см  quot;Darvish quot; обложка кожзам чешуя</t>
   </si>
   <si>
     <t>Книжка алф. зап. 11*19см&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; обложка кожзам чешуя</t>
   </si>
   <si>
     <t>703187</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e65/2sub82532wtnu0tv750f01d4k4h0fm01.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/279/dzlba1mewz5ql2g32t38r4f0z9omh68i.jpg</t>
   </si>
   <si>
     <t>Книжка записная А6 с жидкостью и глиттером</t>
   </si>
   <si>
     <t>Да-да, тебе не показалось! Это блокнот с глиттером и жидкостью внутри. Когда берешь его в руки, случается настоящий MAGIC! Блокнот-мечта. Блокнот-антистресс. Блокнот-УдивиВсех!</t>
   </si>
   <si>
     <t>704217</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c2/avnpo9vqb32l0c2dka9qpcs36c6ygpvj.jpg</t>
   </si>
   <si>
     <t>Записная книжка детская, А6, 64 л., с высечкой, обложка - мелованный картон,  quot;Веселые лисята quot;</t>
   </si>
   <si>
     <t>Записная книжка детская, 64 листа, формат А6. Внутренний блок - белая офсетная бумага, плотность 65 гр/м2, стилизованная линовка, высечка 4 раздела. Обложка мелованный картон полноцветная печать. Крепление - скоба.</t>
   </si>
   <si>
     <t>704219</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd8/zweh0i28i7qofka2u4vrw9t3qsw1wodz.jpg</t>
@@ -890,81 +884,69 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6d3/w7lkddyek1w1p9g01fme1pk63amwt60m.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ  ГОРОДА  4 ВИДА, КЛЕТКА</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100Л. ГОРИЗОНТАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;ГОРОДА&amp;#41; 4 ВИДА, КЛЕТКА</t>
   </si>
   <si>
     <t>840341</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb7/23b5cxft6xe5jpugvxhv89oex3qs4uz5.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ  СТОП-КАДР  2 ВИДА, КЛЕТКА</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;MEGAPOLIS JOURNAL&amp;quot; А6, 100 Л. ВЕРТИКАЛЬНЫЙ НА РЕЗИНКЕ &amp;#40;СТОП-КАДР&amp;#41; 2 ВИДА, КЛЕТКА</t>
   </si>
   <si>
     <t>840342</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/13f/epvqly6t0wh3gyyshwcxuibeq89t2mws.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b76/3melc2ylivqco31ir6znmgv61dxq49z3.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, Berlingo  quot;Green Series quot;, зеленый срез, светло-коричневый</t>
   </si>
   <si>
     <t>Записная книжка Berlingo &amp;quot;Green Series&amp;quot; формата A5 с зеленым контрастным срезом и обложкой из высококачественной экокожи стилизованной под пробковый материал. 1 рубль от продажи каждого продукта будет направлен на посадку деревьев. Полужесткая обложка. Внутренний блок состоит из 80 листов высококачественной кремовой бумаги повышенной плотности 80 г/м? с пантонной печатью в 2 краски. Представлена в размере 143 на 210 мм. Перфорированные уголки и 2 закладки-ляссе сделают использование записной книжки комфортным. Внутри располагаются отрывные заметки. Подходит под персонализацию. 3 комплекта стикеров станут приятным подарком. • Формат: A5, • Размер: 143*210 мм, • Количество листов: 80, • Материал обложки: экокожа, • Цвет обложки: пробка,</t>
   </si>
   <si>
     <t>842520</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ed7/7u0i7m53vven19e0tmts2zqwyvv6m27t.jpg</t>
-[...5 lines deleted...]
-    <t>847000</t>
+    <t>http://anytos.ru//upload/iblock/53d/vuv8s0lszcgihv3oebxoj1m9nucshfss.jpg</t>
+  </si>
+  <si>
+    <t>Набор для ежедневника LOREX DIARY с наклейками 120 л. серия MAKE A SWITCH</t>
+  </si>
+  <si>
+    <t>847007</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30b/qbm5trb8v4mns9527mg2ckdlx2x1n72p.jpg</t>
   </si>
   <si>
     <t>Телефонная книга А5, 80л., на гребне OfficeSpace  quot;Стиль. Flora quot;, с высечкой</t>
   </si>
   <si>
     <t>Телефонная книга формата А5 с алфавитной вырубкой. Оптимальный и удобный для повседневного использования размер. Будет незаменимым помошником как дома, так и в офисе.</t>
   </si>
   <si>
     <t>883919</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ddb/4enlq0rmppxf5172f5tdo27hz6po8hoq.jpg</t>
   </si>
@@ -1174,215 +1156,155 @@
   <si>
     <t>http://anytos.ru//upload/iblock/bf6/xasnp9z3dog8o3inhbyay66rlouvfoy8.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG  quot;Немного волшебства quot;, soft-touch ламинация, тиснение голографической фольгой, блок в точку</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG &amp;quot;Немного волшебства&amp;quot;, soft-touch ламинация, тиснение голографической фольгой, блок в точку</t>
   </si>
   <si>
     <t>945016</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ea/smsrj1lbun2bf0ndptmneiftix3f2vd9.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG  quot;Отдыхать - не работать quot;, матовая ламинация, блок в точку</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG &amp;quot;Отдыхать - не работать&amp;quot;, матовая ламинация, блок в точку</t>
   </si>
   <si>
     <t>945017</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec2/rtnky405wnlwnpc5i8hvnqqsu1bjwwkw.jpg</t>
-[...8 lines deleted...]
-    <t>966689</t>
+    <t>http://anytos.ru//upload/iblock/04b/dpiyf5s5d1ly35r3odcp3vqttb1doh10.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка 170 170 мм 40л. на скрепке MESHU  quot;Milk pool quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г м2</t>
+  </si>
+  <si>
+    <t>Записная книжка 170*170 мм 40л. на скрепке MESHU &amp;quot;Milk pool&amp;quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г/м2</t>
+  </si>
+  <si>
+    <t>966692</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0af/ckny31g1zqqnhzwt43539kulm847b6q3.jpg</t>
-[...46 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/83f/5ffu8dtyctpze83tpvii85y9fai8wgod.jpg</t>
   </si>
   <si>
     <t>Записная книжка 170 170 мм 40л. на скрепке MESHU  quot;Quack-Quack quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г м2</t>
   </si>
   <si>
     <t>Записная книжка 170*170 мм 40л. на скрепке MESHU &amp;quot;Quack-Quack&amp;quot;, soft-touch ламинация, выборочный УФ-лак, блок без линовки, 80г/м2</t>
   </si>
   <si>
     <t>966694</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/223/ha6r3wwpx2lut9k11gdpr9lx4hyfzqwg.jpg</t>
-[...8 lines deleted...]
-    <t>966695</t>
+    <t>http://anytos.ru//upload/iblock/b60/tfqwlmttbtdkx2g7ubyl5t036sosr7tp.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л. на гребне BG  quot;Bright wave quot;</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л. на гребне BG &amp;quot;Bright wave&amp;quot;</t>
+  </si>
+  <si>
+    <t>966701</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a5/47u203yccf0zhejwpkdd3grj8nab6y5f.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 120л. на гребне BG  quot;Новый офис quot;</t>
   </si>
   <si>
     <t>Записная книжка А6 120л. на гребне BG &amp;quot;Новый офис&amp;quot;</t>
   </si>
   <si>
     <t>966702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f79/huv350i9t1svs50bpbki5iyv07gnle8m.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 120л. на гребне BG  quot;Сделай паузу quot;</t>
   </si>
   <si>
     <t>Записная книжка А6 120л. на гребне BG &amp;quot;Сделай паузу&amp;quot;</t>
   </si>
   <si>
     <t>966703</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8b9/he7a53v5e5o6n2v4msjuys0x6q7jdp0t.jpg</t>
-[...20 lines deleted...]
-    <t>966706</t>
+    <t>http://anytos.ru//upload/iblock/f38/fftwqqvm9xyfh391jlo5b0a2zqehczbz.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 64л. BG  quot;Девушка с тату quot;, глянцевая ламинация, блок-еженедельник</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 64л. BG &amp;quot;Девушка с тату&amp;quot;, глянцевая ламинация, блок-еженедельник</t>
+  </si>
+  <si>
+    <t>966707</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f38/fftwqqvm9xyfh391jlo5b0a2zqehczbz.jpg</t>
-[...8 lines deleted...]
-    <t>966707</t>
+    <t>http://anytos.ru//upload/iblock/cc0/tpfevo0r59u59oodb0irq2la400j9o9c.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 80л. на гребне Мульти-Пульти  quot;Чебурашка quot;</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 80л. на гребне Мульти-Пульти &amp;quot;Чебурашка&amp;quot;</t>
+  </si>
+  <si>
+    <t>966711</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/371/y57zt3d8c4ghk30xt011fhqbeo2u4liy.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 96л. на гребне Мульти-Пульти  quot;Чебурашка quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>Записная книжка А6 96л. на гребне Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, твердая обложка, глянцевая ламинация</t>
   </si>
   <si>
     <t>966712</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/80d/yk1uvurl1vp2x5ou1nq8t7q0bxwtrz47.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6, 80л. на гребне BG  quot;Bright cars quot;</t>
   </si>
   <si>
     <t>Записная книжка А6, 80л. на гребне BG &amp;quot;Bright cars&amp;quot;</t>
   </si>
   <si>
     <t>966714</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b0/gmjd18kmt0sbf1uo9va7fbn1v09mvyi3.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6, 80л. на гребне BG  quot;Crazy neon quot;</t>
   </si>
   <si>
     <t>Записная книжка А6, 80л. на гребне BG &amp;quot;Crazy neon&amp;quot;</t>
   </si>
   <si>
     <t>966715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc5/n8pcdzj0760uw52t8uft88zg0v0v9042.jpg</t>
@@ -1537,66 +1459,63 @@
   <si>
     <t>Записная книжка на спирали Erich Krause Тайна третьей планеты, А6, 80 листов, клетка. MIX-PACK</t>
   </si>
   <si>
     <t>970337</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e8/bwlibr09nxpuqfsfk8yk11g1nj8s3ozl.jpg</t>
   </si>
   <si>
     <t>Книжка записная А5 140x190 мм 80 л. лин. LOREX DARLING тв. обл. бирюз., без отд., ляссе бант</t>
   </si>
   <si>
     <t>975336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/735/5cbp04l1av9nvu8fmen48u0j84it2g00.jpg</t>
   </si>
   <si>
     <t>Книжка записная А5 140x190 мм 80 л. лин. LOREX DARLING тв. обл. лаванда, без отд., ляссе бант</t>
   </si>
   <si>
     <t>975337</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/94a/130fn4zbjdxbsrp88rhggc0r3aj4r3w3.jpg</t>
-[...14 lines deleted...]
-    <t>975343</t>
+    <t>http://anytos.ru//upload/iblock/8da/d3ffp3bb8zi4fzxsr8ufejdje9lo38f2.jpg</t>
+  </si>
+  <si>
+    <t>Книжка записная А5  165 х 210 мм 96 л. лин. Listoff РОМАНТИКА инт. обл. дизайн soft touch</t>
+  </si>
+  <si>
+    <t>Книжка записная А5&amp;#43; 165 х 210 мм 96 л. лин. Listoff РОМАНТИКА инт. обл. дизайн soft touch</t>
+  </si>
+  <si>
+    <t>978928</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/listoff/"&gt;Listoff&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d3/unfoxtyz4vz9pzeglrr8josrbwov6zwa.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;Black White. СЕРДЕЧКИ quot;</t>
   </si>
   <si>
     <t>&amp;quot;ART JOURNAL&amp;quot; – это стильная, удобная, функциональная записная книжка компактного формата А5 от Bruno Visconti. Яркая дизайнерская обложка с закругленными уголками изготовлена из плотного ламинированного картона. 120 листов внутреннего блока произведены из бумаги плотностью 80 г/кв.м и надежно скреплены гребнем, который позволяет переворачивать их на 360 градусов. Что примечательно - листы имеют разную линовку: клетка, линейка, точка. Под каждую задачу – свои листы. Очень удобно и классно! Но все же главная изюминка записной книжки – цветные картонные разделители, благодаря им легко и быстро можно найти нужный раздел Компактная записная книжка &amp;quot;ART JOURNAL&amp;quot; подойдет для фиксации важных планов, ежедневных заметок или спонтанных мыслей под настроение.</t>
   </si>
   <si>
     <t>980165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6b9/mftwozr69et7we6jjjhpf1y7qqj9q39x.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;Black White.ГОРОШЕК quot;</t>
   </si>
   <si>
     <t>980166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66f/5buz9xyxmk1vzvtbj4jw1z12hzcqiqwm.jpeg</t>
   </si>
@@ -1693,62 +1612,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fa1/sm6ayiamcxeht40e40toa7p1k6an59bf.jpg</t>
   </si>
   <si>
     <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace  quot;Россия. Символика quot;, выборочный УФ-лак, с высечкой</t>
   </si>
   <si>
     <t>Телефонная книга А5, 80л., 7БЦ, OfficeSpace &amp;quot;Россия. Символика&amp;quot;, выборочный УФ-лак, с высечкой</t>
   </si>
   <si>
     <t>981683</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/156/3dl8pszz5yq9gc83733b7dpe8p02826w.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG  quot;Secret place quot;, матовая ламинация, выб. лак, блок в точку, 100г м2</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. BG &amp;quot;Secret place&amp;quot;, матовая ламинация, выб. лак, блок в точку, 100г/м2</t>
   </si>
   <si>
     <t>982168</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f99/cehz7njxphspg1dqawmnzwmg8jppx2cr.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/105/dd98edbqdaqge4siw58048l0uio7lnhm.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line  quot;Future. Broken spaceship quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line &amp;quot;Future. Broken spaceship&amp;quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>982170</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea2/swj9oqubeetrtz2sy4sx34x23xyjneaz.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line  quot;Future. Fallen city quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line &amp;quot;Future. Fallen city&amp;quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>982171</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa8/mzuzxjtf9hlttu975gff90rrovj8341f.jpg</t>
@@ -1765,206 +1672,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6b5/w9cn75eghzcw29ww0xf7ai27s7b77oqv.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line  quot;Future. New world quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line &amp;quot;Future. New world&amp;quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>982173</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e6/v1mkwzm00oyxo7tbtegqaycikmbu3gyz.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line  quot;Future. Parallel world quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line &amp;quot;Future. Parallel world&amp;quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>982174</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e5f/ak1jso7dektgxfdcyrxzeqkhsp1a7zz6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/51a/voyfmwoxi1ahcj4vsfxoy7fsl6j004cl.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line  quot;Sakura. Wise beauty quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л. ЛАЙТ, кожзам, Greenwich Line &amp;quot;Sakura. Wise beauty&amp;quot;, с резинкой, тиснение фольгой, блок в линию</t>
   </si>
   <si>
     <t>982178</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/486/ngj5ipxhm0yd5y2mnld77yrm8h72eq90.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, MESHU  quot;Ice quot;, твердая обложка, тиснение фольгой, вырубка, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., кожзам, MESHU &amp;quot;Ice&amp;quot;, твердая обложка, тиснение фольгой, вырубка, блок в линию</t>
   </si>
   <si>
     <t>982179</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/002/670hq1icgpx6ztf3oo8dq55n0q6cglt4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/597/lih73v5i0f39mzs3s70uh9pigdowmbdl.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU  quot;Cutestar quot;, съемная пластиковая обложка с дизайном, пантон, белила, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU &amp;quot;Cutestar&amp;quot;, съемная пластиковая обложка с дизайном, пантон, белила, блок в линию</t>
   </si>
   <si>
     <t>982184</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/535/3ths8lvpvfabnyj8o45txory5ko9i2i8.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU  quot;Magic world quot;, съемная пластиковая обложка, глиттер, голография, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU &amp;quot;Magic world&amp;quot;, съемная пластиковая обложка, глиттер, голография, блок в линию</t>
   </si>
   <si>
     <t>982185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d73/ditrzf9g8qap9wvbcev5ov4k0ggz2a2a.jpg</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU  quot;My cats quot;, съемная пластиковая обложка с дизайном, голография, блок в линию</t>
   </si>
   <si>
     <t>Записная книжка А5 80л., ЛАЙТ, кожзам, MESHU &amp;quot;My cats&amp;quot;, съемная пластиковая обложка с дизайном, голография, блок в линию</t>
   </si>
   <si>
     <t>982186</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a31/wg0hlglnw04y2xtw27j1xnpg004q4z9f.jpg</t>
-[...58 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c1/o5yate03hfw3vq1892a7epqakdgwyq7f.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 120л., на гребне BG  quot;Место под солнцем quot;, матовая ламинация, выб. лак, твердая обложка</t>
   </si>
   <si>
     <t>Записная книжка А6 120л., на гребне BG &amp;quot;Место под солнцем&amp;quot;, матовая ламинация, выб. лак, твердая обложка</t>
   </si>
   <si>
     <t>982203</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/76d/8lz81xsblwqp8xz2hbnltzpzle9xsnh9.jpg</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л., на гребне BG  quot;Моноколор. Классика quot;, матовая ламинация, тиснение фольгой, твердая обложка</t>
+  </si>
+  <si>
+    <t>Записная книжка А6 120л., на гребне BG &amp;quot;Моноколор. Классика&amp;quot;, матовая ламинация, тиснение фольгой, твердая обложка</t>
+  </si>
+  <si>
+    <t>982204</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9a2/2rrtovpymcpok7ih1uzgy9s51e45zui6.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 120л., на гребне BG  quot;Прекрасный вид quot;, глянцевая ламинация, твердая обложка</t>
   </si>
   <si>
     <t>Записная книжка А6 120л., на гребне BG &amp;quot;Прекрасный вид&amp;quot;, глянцевая ламинация, твердая обложка</t>
   </si>
   <si>
     <t>982205</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fee/i39wfsjxjkkqypeuk5r3t4tea78rva49.jpg</t>
   </si>
   <si>
     <t>Записная книжка А6 120л., на гребне BG  quot;Стиль Барби quot;, матовая ламинация, выб. лак, твердая обложка</t>
   </si>
   <si>
     <t>Записная книжка А6 120л., на гребне BG &amp;quot;Стиль Барби&amp;quot;, матовая ламинация, выб. лак, твердая обложка</t>
   </si>
   <si>
     <t>982206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b19/cpnkyjc1k0xek3d3whdbq56dz8ldxn39.jpg</t>
@@ -2287,98 +2122,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/211/9ma0ilz6ajv1o6t2rpo917lf0kfvrn0t.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5, 120 ЛИСТОВ, НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;ЛЕСНЫЕ ЯГОДЫ quot;</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;ART JOURNAL&amp;quot; А5, 120 ЛИСТОВ, НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ &amp;quot;ЛЕСНЫЕ ЯГОДЫ&amp;quot;</t>
   </si>
   <si>
     <t>1007742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc3/2dm2j2usyfn78akn8hgv3k0dqnv3rku5.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А5, 120 ЛИСТОВ, НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;НОЧНЫЕ ЦВЕТЫ quot;</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;ART JOURNAL&amp;quot; А5, 120 ЛИСТОВ, НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ &amp;quot;НОЧНЫЕ ЦВЕТЫ&amp;quot;</t>
   </si>
   <si>
     <t>1007743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3d9/swvnfyzb2pkccm1wwh2e75q9c18z8wvt.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a6c/zkvqcj07pjxic2ojduhcm376nwuqrugf.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ  quot;Black White.ГОРОШЕК quot;</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;ART JOURNAL&amp;quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ &amp;quot;Black&amp;White.ГОРОШЕК&amp;quot;</t>
   </si>
   <si>
     <t>1007745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/779/w0sbv68hw3hbm9tu2mvkd78uwb6ksu1h.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ЗАПИСНАЯ КНИЖКА  quot;CITY JOURNAL. quot; А7, AVOCADO quot; 64 Л, ЛИНЕЙКА  2 ВИДА </t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;CITY JOURNAL.&amp;quot; А7, AVOCADO&amp;quot; 64 Л, ЛИНЕЙКА &amp;#40;2 ВИДА&amp;#41;</t>
   </si>
   <si>
     <t>1007746</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/113/i3k0mlb616yilo7re9zf3jb7ipwqpzz0.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/457/tl1wc2yv0u00qni76i3zne5s64ulmwzo.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;LUSH BOUQUET quot;, линейка</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. НА РЕЗИНКЕ, &amp;quot;LUSH BOUQUET&amp;quot;, линейка</t>
   </si>
   <si>
     <t>1007748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71d/obgnrtz0lzj6uv6eq4matzo6nbuqyjsd.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;ЛЕСНЫЕ ЯГОДЫ quot;, линейка</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА &amp;quot;MEGAPOLIS JOURNAL&amp;quot; А5, 100 Л. НА РЕЗИНКЕ, &amp;quot;ЛЕСНЫЕ ЯГОДЫ&amp;quot;, линейка</t>
   </si>
   <si>
     <t>1007749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/526/uscak9f20i3c0xybil7dtnzpqmmw6sm4.jpeg</t>
@@ -2434,59 +2245,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9d6/ivx9vqwxzaodcc54jjk2duzrl817y3wf.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ quot;FLORA.FOREST FAIRY TALE quot;</t>
   </si>
   <si>
     <t>1017002</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2f/9dnnp7kniwbex214iadnpvr81vx2j5l6.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ quot;FLORA.ИРИСЫ quot;</t>
   </si>
   <si>
     <t>1017003</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;ART JOURNAL quot; А6,120 Л. НА ГРЕБНЕ, С РАЗДЕЛИТЕЛЯМИ quot;FLORA.ЛЕСНЫЕ ЯГОДЫ quot;</t>
   </si>
   <si>
     <t>1017004</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e8d/p2ykzjegkjyvgirway5u8gn1mi2iejz1.jpeg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/199/4l1zj4e1q31hayy8247q3df24s9b7w2j.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;FAUNA. DEEP SEA quot;, ЛИНЕЙКА</t>
   </si>
   <si>
     <t>Блокнот Bruno Visconti на резинке серии MEGAPOLIS JOURNAL в твердой обложке содержит блок из 100 листов бежевой бумаги, плотностью 70 г/м2. Стоит обратить внимание на полезные особенности этого блокнота: фиксирующая резинка для предотвращения внезапного открытия, карман для бумаг на задней обложке, ляссе, угол обложки скругленный.</t>
   </si>
   <si>
     <t>1017006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d41/m32pyjp4whrybjal2k8qbw0c9x7ydp1a.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;FAUNA. БАБОЧКИ.СТРЕКОЗЫ quot;, ЛИНЕЙКА</t>
   </si>
   <si>
     <t>1017007</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4c5/hwcgkr1i4aql3xtgee6u2mgfe09e2u35.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;FAUNA. ВОЛШЕБНЫЕ СОВЫ quot;, ЛИНЕЙКА</t>
@@ -2507,68 +2309,50 @@
     <t>1017009</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30a/tqxhv6tlb4xmcop0nm1mhlcau85s0eln.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А5, 100 Л. НА РЕЗИНКЕ,  quot;FLORA. ПИОНЫ quot;, ЛИНЕЙКА</t>
   </si>
   <si>
     <t>1017010</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/60b/bocvo55ftxnqlf0mn0q2bxsedl1t3d2j.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. НА РЕЗИНКЕ  quot;FAUNA. ВОЛШЕБНЫЕ СОВЫ quot;, ЛИНЕЙКА</t>
   </si>
   <si>
     <t>Записная книжка А6 формата Bruno Visconti на резинке серии MEGAPOLIS JOURNAL в твердой обложке содержит блок из 100 листов бежевой бумаги, плотностью 70 г/м2. Стоит обратить внимание на полезные особенности этой записной книжки: фиксирующая резинка для предотвращения внезапного открытия, карман для бумаг на задней обложке, ляссе, угол обложки скругленный.</t>
   </si>
   <si>
     <t>1017011</t>
   </si>
   <si>
     <t>12</t>
-  </si>
-[...16 lines deleted...]
-    <t>1017013</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9eb/vdsif9fr1dnmvvek27afxxvthghbxxqv.jpeg</t>
   </si>
   <si>
     <t>ЗАПИСНАЯ КНИЖКА  quot;MEGAPOLIS JOURNAL quot; А6, 100 Л. НА РЕЗИНКЕ  quot;FLORA. ЛУГОВЫЕ ТРАВЫ quot;, ЛИНЕЙКА</t>
   </si>
   <si>
     <t>1017014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2904,57 +2688,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M220"/>
+  <dimension ref="A1:M200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G220" sqref="G220"/>
+      <selection pane="bottomRight" activeCell="G200" sqref="G200"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -3090,4853 +2874,4396 @@
       </c>
       <c r="C8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="F9" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="F9" s="3" t="s">
+      <c r="G9" s="3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>46</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>52</v>
+        <v>89</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>91</v>
+        <v>57</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>84</v>
+        <v>107</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F36" s="3" t="s">
         <v>144</v>
-      </c>
-[...13 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="B39" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B44" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C46" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>220</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
         <v>221</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>142</v>
+        <v>261</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F67" s="3" t="s">
         <v>261</v>
-      </c>
-[...7 lines deleted...]
-        <v>263</v>
       </c>
       <c r="G67" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>263</v>
+        <v>17</v>
       </c>
       <c r="G68" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>270</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>271</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>275</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>276</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>17</v>
       </c>
       <c r="G72" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>17</v>
+        <v>261</v>
       </c>
       <c r="G73" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>144</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>142</v>
+        <v>17</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>142</v>
+        <v>297</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>17</v>
+        <v>302</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>18</v>
+        <v>303</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="B79" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="F79" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="F79" s="3" t="s">
+      <c r="G79" s="3" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B81" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F81" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G81" s="3" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>318</v>
+        <v>303</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>322</v>
+        <v>303</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>306</v>
+        <v>325</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>308</v>
+        <v>261</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>309</v>
+        <v>138</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>306</v>
+        <v>329</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>308</v>
+        <v>261</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>309</v>
+        <v>138</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>136</v>
+        <v>343</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C89" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G89" s="3" t="s">
         <v>343</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>349</v>
+        <v>30</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>349</v>
+        <v>303</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>30</v>
+        <v>303</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>309</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>309</v>
+        <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>30</v>
+        <v>303</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>30</v>
+        <v>303</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>263</v>
+        <v>384</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C99" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="F99" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G99" s="3" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>349</v>
+        <v>405</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>390</v>
+        <v>410</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>349</v>
+        <v>316</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="F105" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G105" s="3" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>431</v>
+        <v>312</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>431</v>
+        <v>312</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>440</v>
+        <v>261</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>318</v>
+        <v>138</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>318</v>
+        <v>138</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>318</v>
+        <v>138</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>318</v>
+        <v>36</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>263</v>
+        <v>137</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>318</v>
+        <v>462</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>263</v>
+        <v>137</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>318</v>
+        <v>303</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>467</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E119" s="3" t="s">
         <v>468</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>263</v>
+        <v>137</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>318</v>
+        <v>462</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
         <v>469</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C120" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F120" s="3" t="s">
-        <v>263</v>
+        <v>137</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>136</v>
+        <v>462</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B121" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="C121" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="C121" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F121" s="3" t="s">
-        <v>263</v>
+        <v>137</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>136</v>
+        <v>303</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="B122" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F122" s="3" t="s">
-        <v>263</v>
+        <v>297</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>263</v>
+        <v>297</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>36</v>
+        <v>144</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="F124" s="3" t="s">
         <v>485</v>
       </c>
-      <c r="B124" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G124" s="3" t="s">
-        <v>488</v>
+        <v>144</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="B125" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F125" s="3" t="s">
-        <v>135</v>
+        <v>311</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="B126" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F126" s="3" t="s">
-        <v>135</v>
+        <v>311</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>488</v>
+        <v>343</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C127" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F127" s="3" t="s">
-        <v>135</v>
+        <v>311</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>488</v>
+        <v>343</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="C128" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="C128" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F128" s="3" t="s">
-        <v>135</v>
+        <v>311</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>309</v>
+        <v>343</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B129" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="C129" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>502</v>
       </c>
-      <c r="C129" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F129" s="3" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>142</v>
+        <v>312</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B130" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="C130" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F130" s="3" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>142</v>
+        <v>312</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B131" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="C131" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F131" s="3" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>142</v>
+        <v>312</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B132" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="C132" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F132" s="3" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>142</v>
+        <v>312</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="B133" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C133" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F133" s="3" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>349</v>
+        <v>303</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="B134" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="C134" s="1" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>519</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>349</v>
+        <v>303</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
         <v>520</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>521</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>522</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>523</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>349</v>
+        <v>303</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>524</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>525</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>349</v>
+        <v>303</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>317</v>
+        <v>261</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>318</v>
+        <v>303</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>522</v>
+        <v>534</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>317</v>
+        <v>29</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>318</v>
+        <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>522</v>
+        <v>538</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>317</v>
+        <v>29</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>318</v>
+        <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>522</v>
+        <v>542</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>317</v>
+        <v>29</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>318</v>
+        <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>308</v>
+        <v>29</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>308</v>
+        <v>29</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>308</v>
+        <v>29</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>308</v>
+        <v>384</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>263</v>
+        <v>384</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>263</v>
+        <v>384</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>309</v>
+        <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>29</v>
+        <v>384</v>
       </c>
       <c r="G147" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>18</v>
+        <v>405</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>390</v>
+        <v>261</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>29</v>
+        <v>261</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>29</v>
+        <v>137</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>18</v>
+        <v>303</v>
       </c>
     </row>
     <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>29</v>
+        <v>311</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>29</v>
+        <v>311</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>18</v>
+        <v>343</v>
       </c>
     </row>
     <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>263</v>
+        <v>311</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
     </row>
     <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>349</v>
+        <v>642</v>
       </c>
     </row>
     <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="F166" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G166" s="3" t="s">
         <v>642</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>431</v>
+        <v>642</v>
       </c>
     </row>
     <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>349</v>
+        <v>642</v>
       </c>
     </row>
     <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>349</v>
+        <v>642</v>
       </c>
     </row>
     <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>349</v>
+        <v>312</v>
       </c>
     </row>
     <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>263</v>
+        <v>137</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>349</v>
+        <v>144</v>
       </c>
     </row>
     <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>263</v>
+        <v>297</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>349</v>
+        <v>144</v>
       </c>
     </row>
     <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>263</v>
+        <v>297</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>349</v>
+        <v>144</v>
       </c>
     </row>
     <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C174" s="1" t="s">
         <v>673</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
         <v>674</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>263</v>
+        <v>297</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>349</v>
+        <v>144</v>
       </c>
     </row>
     <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
         <v>675</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>676</v>
       </c>
       <c r="C175" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F175" s="3" t="s">
-        <v>263</v>
+        <v>297</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>349</v>
+        <v>144</v>
       </c>
     </row>
     <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B176" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>681</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F176" s="3" t="s">
-        <v>135</v>
+        <v>311</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>309</v>
+        <v>144</v>
       </c>
     </row>
     <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F177" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>349</v>
+        <v>144</v>
       </c>
     </row>
     <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="B178" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>685</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>689</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>349</v>
+        <v>144</v>
       </c>
     </row>
     <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
         <v>690</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>691</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>349</v>
+        <v>144</v>
       </c>
     </row>
     <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>263</v>
+        <v>311</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>697</v>
+        <v>144</v>
       </c>
     </row>
     <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
         <v>698</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>699</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>700</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>701</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>263</v>
+        <v>311</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>697</v>
+        <v>144</v>
       </c>
     </row>
     <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
         <v>702</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>703</v>
       </c>
       <c r="C182" s="1" t="s">
         <v>704</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>705</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>263</v>
+        <v>311</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>697</v>
+        <v>144</v>
       </c>
     </row>
     <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
         <v>706</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>707</v>
       </c>
       <c r="C183" s="1" t="s">
         <v>708</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
         <v>709</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>263</v>
+        <v>311</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>697</v>
+        <v>144</v>
       </c>
     </row>
     <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
         <v>710</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>711</v>
       </c>
       <c r="C184" s="1" t="s">
         <v>712</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>713</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>263</v>
+        <v>311</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>697</v>
+        <v>144</v>
       </c>
     </row>
     <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
         <v>714</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>715</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>716</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>717</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>263</v>
+        <v>311</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>318</v>
+        <v>144</v>
       </c>
     </row>
     <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
         <v>718</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>719</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>135</v>
+        <v>311</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
     </row>
     <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="C188" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="B188" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
     </row>
     <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
     </row>
     <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
     </row>
     <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>735</v>
+        <v>495</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>142</v>
+        <v>312</v>
       </c>
     </row>
     <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>739</v>
+        <v>495</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
         <v>740</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>142</v>
+        <v>312</v>
       </c>
     </row>
     <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="B193" s="1" t="s">
         <v>741</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="C193" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>742</v>
       </c>
-      <c r="C193" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F193" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>142</v>
+        <v>312</v>
       </c>
     </row>
     <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C194" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="C194" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F194" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
     </row>
     <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="B195" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F195" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
     </row>
     <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="B196" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F196" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
     </row>
     <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
     </row>
     <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
     </row>
     <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>142</v>
+        <v>764</v>
       </c>
     </row>
     <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>142</v>
-[...459 lines deleted...]
-        <v>830</v>
+        <v>764</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">