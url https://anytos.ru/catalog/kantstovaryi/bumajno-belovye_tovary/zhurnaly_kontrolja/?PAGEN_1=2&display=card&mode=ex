--- v0 (2025-11-07)
+++ v1 (2026-02-10)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="545">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/630/630dd4a732967bb6ffcb931380705ebf.jpg</t>
   </si>
   <si>
     <t>Журнал входящей документации А4, 84л., твердый переплет 7БЦ,  блок писчая бумага КЖ-192</t>
   </si>
   <si>
     <t>Журнал для регистрации входящей документации. Обложка -твердый переплет 7БЦ с глянцевой&amp;nbsp;&amp;nbsp;ламинацией. Внутренний блок -писчая бумага плотностью 60 г/м2.</t>
   </si>
   <si>
     <t>Журналы контроля</t>
@@ -398,326 +407,152 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f33/zqfpxc0sww8vq6ts65sj3zy7mjpugex9.jpg</t>
   </si>
   <si>
     <t>Журнал кассира-операциониста, форма КМ-4, 48 л., картон, типографский блок, А4  203х285 мм , STAFF, 130232</t>
   </si>
   <si>
     <t>Журнал кассира-операциониста формы КМ-4 оформлен в соответствии с правилами бухгалтерского и управленческого учета. Мягкая обложка из мелованного картона плотностью 200 г/м2. Скрепление - скоба. Горизонтальная ориентация. Внутренний блок содержит 48 листов газетной бумаги плотностью 55 г/м2, разлиновкой и текстом, облегчающими ведение записей. Формат А4 &amp;#40;292х200 мм&amp;#41;.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>563752</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d9f/z5b613xaayha4blgxg9qtw6s70swmi48.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации инструктажа на рабочем месте, 96 л., картон, типографский блок, А4  200х290 мм , STAFF, 130241</t>
   </si>
   <si>
     <t>Журнал регистрации инструктажей по ТБ оформлен в соответствии с правилами бухгалтерского и управленческого учета. Мягкая обложка из мелованного картона плотностью 200 г/м2. Скрепление - скоба.&amp;nbsp;&amp;nbsp;Вертикальная ориентация. Внутренний блок содержит 96 листов газетной бумаги&amp;nbsp;&amp;nbsp;плотностью 55 г/м2 с разлиновкой и текстом, облегчающими ведение записей. Формат А4 &amp;#40;200х290 мм&amp;#41;.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>563754</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3d5/m5g1qbs1xd0x3xbhio4d5odkq0ao2uw3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1fb/j7la1f17iwfrfv9zr06x3fddzz32i9oq.jpg</t>
   </si>
   <si>
     <t>Журнал учета путевых листов форма  8, 48 л., картон, блок офсет, А4  203х285 мм , BRAUBERG, 130082</t>
   </si>
   <si>
     <t>&amp;quot;Журнал учета путевых листов&amp;quot; оформлен в соответствии с правилами бухгалтерского и управленческого учета по форме №8. Отличается высоким качеством обложки и внутреннего блока. Имеет мягкую картонную обложку, плотностью 200 г/м2. Название на обложке выполнено печатью офсетного способа. Горизонтальная ориентация. Внутренний блок содержит 48 листов офсетной бумаги плотностью 60 г/м2, разлиновкой и текстом по форме №8, облегчающими ведение записей. Формат А4 &amp;#40;292х200 мм&amp;#41;.</t>
   </si>
   <si>
     <t>563759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca7/sz0ul0v4au6h8lp9hjwimghjymizz48n.jpg</t>
   </si>
   <si>
     <t>Медицинская карта  quot;История развития ребенка quot;, форма 112, 96 л., твердая, А5  205х150 мм , для девочки, STAFF, 130230</t>
   </si>
   <si>
     <t>Медицинская карта &amp;quot;История развития ребенка&amp;quot; STAFF является основным медицинским документом детских лечебно-профилактических учреждений, который ведется на каждого ребенка от рождения и до 14 лет. Бланк формата А5 &amp;#40;205х150 мм&amp;#41; формы 112 содержит 96 листов офсетной бумаги. Обложка из твердого картона с матовой ламинацией в сочетании с книжным переплетом обеспечивает изделию хорошую износоустойчивость. Горизонтальная ориентация. Медицинская карта предназначена для детских садов, школ и колледжей. Соответствует государственным стандартам документального ведения учета. Утвержден Министерством здравоохранения.</t>
   </si>
   <si>
     <t>564619</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c8c/279ac6m3zw9wxpd9yeasttycfwzgwzi8.jpg</t>
-[...17 lines deleted...]
-    <t>582084</t>
+    <t>http://anytos.ru//upload/iblock/4e6/4e68c0ef41fc3fc1b5925055a4cecf58/523eabaa047c6849b9f54f4fbb9746b1.jpg</t>
+  </si>
+  <si>
+    <t>Журнал регистрации инструктажа по технике безопасности КЖ-1564</t>
+  </si>
+  <si>
+    <t>582092</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
-    <t>160</t>
-[...34 lines deleted...]
-  <si>
     <t>120</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/797/797410e77083285d34bc863fc3fe125a/98cf944ae67a49e18a03699c21bd4973.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/dfc/dfcd1d4b2a9c261131cd1d4a82a09ee7/0ac02dcc1712d84c922925fc236a1f1e.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации и контроля работы бактериц.установки, КЖ-1473</t>
   </si>
   <si>
     <t>582097</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/92c/92c4df7500cf331079cde32808dd04d8/9b3385c75fa9b84700d624032ea34d1c.jpg</t>
-[...43 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/06d/06da0673bfa73019ef31bbdd90ff2d29/997172fc63daef2c67276d1c6a909c4c.jpg</t>
   </si>
   <si>
     <t>Комплект журналов по охране труда 8шт., КЖБ-3</t>
   </si>
   <si>
     <t>582103</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2eb/2eb6a8da7488bf3d8d670ce1627e5a17/01fcdf0bb69513876cde9bf5de60ca44.jpg</t>
   </si>
   <si>
     <t>Бух брошюры Книга учета движения трудовых книжек и вклад. в них</t>
   </si>
   <si>
     <t>582104</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/57e/57e5343a14500e3b712d66ff50287f15/aca4790bfce129be77a794655ddd1609.jpg</t>
-[...17 lines deleted...]
-    <t>625734</t>
+    <t>http://anytos.ru//upload/iblock/c23/c23b3c99d37f91b184fd12b7a3e73a2a.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета огнетушителей 2шт уп</t>
+  </si>
+  <si>
+    <t>Журнал учета огнетушителей 2шт/уп</t>
+  </si>
+  <si>
+    <t>625736</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/729/729d8d0f5720faad9d84fce0bab0d414.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d5a/e88da9id8552y73v12ukzvjs1thnaru9.jpg</t>
   </si>
   <si>
     <t>Журнал уч та выдачи инструкций по охране труда, 96 л., А4 200х290 мм, бумвинил, офсет, BRAUBERG, 130256</t>
   </si>
   <si>
     <t>Журнал учёта выдачи инструкций по охране труда BRAUBERG оформлен в соответствии с правилами бухгалтерского и управленческого учета. Высокое качество обложки и внутреннего блока. Имеет жесткую книжную обложку, покрытую синим бумвинилом плотностью 300 г/м2. Название на обложке выполнено тиснением фольгой. Вертикальная ориентация. Внутренний блок содержит 96 листов офсетной бумаги плотностью 60 г/м2 разлиновкой и текстом, облегчающими ведение записей. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>629722</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ba7/ba7ea30aa09265d4dccd30462059d9a6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/859/8590ee35b647f45bbf39cd7a5218c06a.jpg</t>
   </si>
   <si>
     <t>Журнал уч та групповых занятий, 48 л., А4 200х290 мм, картон, офсет, STAFF, 130246</t>
   </si>
   <si>
     <t>Журнал изготовлен в соответствии со стандартами Министерства просвещения Российской Федерации. Обложка выполнена из высококачественного мелованного картона плотностью 200 г/м2. Вертикальная ориентация. Внутренний блок содержит 48 листов офсетной белой бумаги плотностью 60 г/м2. Формат А4 &amp;#40;200х280 мм&amp;#41;.</t>
   </si>
   <si>
     <t>642339</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/463/4633ad1dc27ba7abdbd36dcf8aeba12e.jpg</t>
   </si>
   <si>
     <t>Журнал уч та объ ма продажи алкогольной продукции, 48 л., А4 200х290 мм, картон, офсет, STAFF, 130250</t>
   </si>
   <si>
     <t>Журнал STAFF предназначен для учета продаж алкогольной и спиртосодержащей продукции в розничных продажах. Мягкая обложка из мелованного картона плотностью 200 г/м2. Скрепление - скоба.&amp;nbsp;&amp;nbsp;Вертикальная ориентация. Внутренний блок содержит 48 листов офсетной бумаги&amp;nbsp;&amp;nbsp;плотностью 60 г/м2 с разлиновкой и текстом, облегчающими ведение записей. Формат А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>642341</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/01f/01fad888e5bef038e4d1ded5a0526351.jpg</t>
@@ -737,339 +572,204 @@
   <si>
     <t>Журнал уч та работы педагога дополнительного образования, 48 л., А4 200х290 мм, картон, офсет, STAFF, 130243</t>
   </si>
   <si>
     <t>642343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/158/15861bb50b258b72731f5e14e1072613.jpg</t>
   </si>
   <si>
     <t>Журнал работ общий КЖ-859</t>
   </si>
   <si>
     <t>647910</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ef/7efe24124601ac95fe0a85ce0bebc75e.jpg</t>
   </si>
   <si>
     <t>Журнал сварочных работ А4,блок писчая 60 обл. офсетная 160 48 стр.</t>
   </si>
   <si>
     <t>647911</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/950/950d9fad8e7788cec6e7ee53559cc2f2.jpg</t>
-[...68 lines deleted...]
-    <t>647929</t>
+    <t>http://anytos.ru//upload/iblock/bb5/bb57a388bb40fcc4daa258f8ae04aa12.jpg</t>
+  </si>
+  <si>
+    <t>журнал регистрации корреспонденции входящей исходящей, на гребне 13с15-50</t>
+  </si>
+  <si>
+    <t>журнал регистрации корреспонденции входящей/исходящей, на гребне 13с15-50</t>
+  </si>
+  <si>
+    <t>647932</t>
   </si>
   <si>
     <t>&lt;a href="/brands/polinom/"&gt;Полином&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0f7/0f7dbda41ba64f031c3955d379aa7814.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/143/1435e2628c020d97c8848d567507eed6.jpg</t>
   </si>
   <si>
     <t>Журнал учебных занятий для СПО. А4. 84л. КЖ-171</t>
   </si>
   <si>
     <t>647940</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/871/871663042a5523117404d2aa70b574e0.jpg</t>
   </si>
   <si>
     <t>Журнал уч та групповых занятий спортивной школы А4, бл. 60гр, обл. 160гр 40стр.</t>
   </si>
   <si>
     <t>Журнал учёта групповых занятий спортивной школы А4, бл. 60гр, обл. 160гр 40стр.</t>
   </si>
   <si>
     <t>647945</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/605/605282ece056c106aa73b7e74987a421.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b04/b04c99a7f99e0fa8e290bc014ed11d89.jpg</t>
   </si>
   <si>
     <t>Журнал учета проверки знан,норм,правил работы в электроустан 2шт уп КЖ-610</t>
   </si>
   <si>
     <t>Журнал учета проверки знан,норм,правил работы в электроустан 2шт/уп КЖ-610</t>
   </si>
   <si>
     <t>647954</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acc/accecc55e03ecbf8cb3298f3ac4054e7.jpg</t>
   </si>
   <si>
     <t>Книга алфавитная записи обучающихся. А4, 320стр.КЖ-118 1</t>
   </si>
   <si>
     <t>Книга алфавитная записи обучающихся. А4, 320стр.КЖ-118/1</t>
   </si>
   <si>
     <t>647957</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73a/73aa6828524804c340c913e0c3cc2dc4.jpg</t>
   </si>
   <si>
     <t>Комплект журналов по технике безопасности 14шт КЖБ-27</t>
   </si>
   <si>
     <t>647962</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c4/6c451ba275bd3e03557a99b4d54f3f08.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/503/503fb121d5d6c9895042e7840000dbd2.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации вводного инструктажа, 96 л., А4 200х290 мм, бумвинил, офсет BRAUBERG, 130258</t>
   </si>
   <si>
     <t>Журнал регистрации вводного инструктажа BRAUBERG оформлен в соответствии с правилами бухгалтерского и управленческого учета. Высокое качество обложки и внутреннего блока. Имеет жесткую книжную обложку, покрытую синим бумвинилом плотностью 300 г/м2. Название на обложке выполнено тиснением фольгой. Вертикальная ориентация. Внутренний блок содержит 96 листов офсетной бумаги плотностью 60 г/м2 с разлиновкой и текстом, облегчающими ведение записей. Формат - А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>654241</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94d/94d930e3b8a3b584f14615e1d205b51e.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации въезда выезда автотранспорта, 96 л., А4 200х290 мм, бумвинил, офсет BRAUBERG,130257</t>
   </si>
   <si>
     <t>Журнал регистрации въезда/выезда автотранспорта BRAUBERG оформлен в соответствии с правилами бухгалтерского и управленческого учета. Высокое качество обложки и внутреннего блока. Имеет жесткую книжную обложку, покрытую синим бумвинилом плотностью 300 г/м2. Название на обложке выполнено тиснением фольгой. Вертикальная ориентация. Внутренний блок содержит 96 листов офсетной бумаги плотностью 60 г/м2 с разлиновкой и текстом, облегчающими ведение записей. Формат - А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>654242</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/414/414fd5b16841e4c827d57801af61d601.jpg</t>
   </si>
   <si>
     <t>Журнал уч та товарно-материальных ценностей, 96 л., А4 200х290 мм, бумвинил, офсет, BRAUBERG, 130255</t>
   </si>
   <si>
     <t>Журнал учёта товарно-материальных ценностей BRAUBERG оформлен в соответствии с правилами бухгалтерского и управленческого учета. Высокое качество обложки и внутреннего блока. Имеет жесткую книжную обложку, покрытую синим бумвинилом плотностью 300 г/м2. Название на обложке выполнено тиснением фольгой. Вертикальная ориентация. Внутренний блок содержит 96 листов офсетной бумаги плотностью 60 г/м2 с разлиновкой и текстом, облегчающими ведение записей. Формат - А4 &amp;#40;200х290 мм&amp;#41;.</t>
   </si>
   <si>
     <t>654243</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/de4/2zgx7z54prlqfz8afkiawiotevxpdbqy.jpg</t>
   </si>
   <si>
     <t>Журнал бракеража готовой пищевой продукции: СанПиН 2.3 2.4.3590-20 КЖ-137 1</t>
   </si>
   <si>
     <t>Журнал бракеража готовой пищевой продукции: СанПиН 2.3/2.4.3590-20 КЖ-137/1</t>
   </si>
   <si>
     <t>715910</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3ae/bfrw11tk9c3skereu485h2k2jrbjln21.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/270/j03kp5xe26siudk0s0oqxbgsjku6iygj.jpg</t>
   </si>
   <si>
     <t>Журнал вахтенный крановщика 3шт уп КЖ-623 1</t>
   </si>
   <si>
     <t>Журнал вахтенный крановщика 3шт/уп КЖ-623/1</t>
   </si>
   <si>
     <t>715912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fef/k2a0obcoefqkv2pxacxhtk2kz4t6tok4.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации договоров, 80л, бумвинил, А4</t>
   </si>
   <si>
     <t>715915</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ed/liu70y76ljchvhfhe078ax231ufv4wz6.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации измерения температуры А4, 96л обл.карт, корешок бумвинил</t>
   </si>
   <si>
     <t>715916</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/828/gtd802vba62yavzb17qexrr72xdkamw9.jpg</t>
-[...8 lines deleted...]
-    <t>715920</t>
+    <t>http://anytos.ru//upload/iblock/507/rvdr4c20z1sxe4mw4n3q1d2zquejexb3.jpg</t>
+  </si>
+  <si>
+    <t>Журнал регистрации приказов,96л,бумвинил,А4</t>
+  </si>
+  <si>
+    <t>715919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94a/qvyo10zsql4vs1sbddsm04hz59ttw1y2.jpg</t>
   </si>
   <si>
     <t>Журнал бетонных работ 2 шт уп КЖ-619 1</t>
   </si>
   <si>
     <t>Журнал бетонных работ 2 шт/уп КЖ-619/1</t>
   </si>
   <si>
     <t>795654</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad9/0lmeg9clf3j7qi5juj29t3ehiy3uh60g.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации вводного инструктажа по охране труда А4, 16л. на скрепке, блок офсетная бумага</t>
   </si>
   <si>
     <t>Обучение по охране труда и проверка знания требований охраны труда относятся к профилактическим мероприятиям по охране труда, направлены на предотвращение случаев производственного травматизма и профессиональных заболеваний, снижение их последствий и являются специализированным процессом получения знаний, умений и навыков. Вводный инструктаж по охране труда проводится до начала выполнения трудовых функций для вновь принятых работников и иных лиц, участвующих в производственной деятельности организации &amp;#40;работники, командированные в организацию &amp;#40;подразделение организации&amp;#41;, лица, проходящие производственную практику&amp;#41;. Ведение журнала регистрации вводного инструктажа по охране труда является обязательной процедурой фиксирования проведения инструктажей по охране труда и важным условием трудовых отношений, которые регламентируются Трудовым кодексом Российской Федерации. Ведение журнала регистрации вводного инструктажа по охране труда осуществляет специалист по охране труда или иной уполномоченный работник организации, на которого приказом работодателя возложены обязанности по проведению инструктажа по охране труда. При регистрации проведения вводного инструктажа по охране труда указывается необходимая информация, отраженная в предложенной форме журнала и соответствующая п. 86 Постановления Правительства РФ от 24.12.2021 № 2464 &amp;quot;О порядке обучения по охране труда и проверки знания требований охраны труда&amp;quot;.</t>
   </si>
   <si>
     <t>844966</t>
   </si>
@@ -1112,585 +812,264 @@
   <si>
     <t>Журнал для регистрации входящих документов. Обложка -картон плотностью 200-220 г/м2. Внутренний блок - офсетная бумага 55 г/м2. Вид крепления -скрепка.</t>
   </si>
   <si>
     <t>848305</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5c/fgut58ayi83jl7xdj79gg29ux9mrsc0q.jpg</t>
   </si>
   <si>
     <t>Журнал регистрации исходящих документов А4, 48л., на скрепке, блок офсет</t>
   </si>
   <si>
     <t>Журнал для регистрации исходящих документов. Обложка -картон плотностью 200-220 г/м2. Внутренний блок - офсетная бумага 55 г/м2. Вид крепления -скрепка.</t>
   </si>
   <si>
     <t>851193</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f4c/rwvv9qa0vcibdjr9v5x2i2dkov2j5u2m.jpg</t>
-[...17 lines deleted...]
-    <t>898744</t>
+    <t>http://anytos.ru//upload/iblock/aa9/vvoxnrs7ggwgpdyjlzx06ep6vhs5qlf0.jpg</t>
+  </si>
+  <si>
+    <t>Журнал эксплуатации систем противопожарной защиты, офсет, 64стр КЖ-179 2</t>
+  </si>
+  <si>
+    <t>Журнал эксплуатации систем противопожарной защиты, офсет, 64стр КЖ-179/2</t>
+  </si>
+  <si>
+    <t>898754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb1/q9svgtiyz082b2fihbllrtr1o8zup907.jpg</t>
+  </si>
+  <si>
+    <t>Журнал анализа топлива, 48 л., картон, офсет, А4  203x285 мм , STAFF, 130266</t>
+  </si>
+  <si>
+    <t>Журнал анализа топлива STAFF оформлен в соответствии с правилами управленческого учета. Обложка выполнена из высококачественного мелованного картона плотностью 240 г/м2. Горизонтальная ориентация. Внутренний блок содержит 48 листов офсетной белой бумаги плотностью 65 г/м2. Формат А4 &amp;#40;292х200 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>939334</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/15e/zojyiaxwbrfpt3f7avduuqzsw7wylius.jpg</t>
+  </si>
+  <si>
+    <t>Журнал приема и сдачи смен на АЗС, 48 л., картон, офсет, А4  203x285 мм , STAFF, 130265</t>
+  </si>
+  <si>
+    <t>Журнал приема и сдачи смен на АЗС STAFF оформлен в соответствии с правилами управленческого учета. Обложка выполнена из высококачественного мелованного картона плотностью 240 г/м2. Горизонтальная ориентация. Внутренний блок содержит 48 листов офсетной белой бумаги плотностью 65 г/м2. Формат А4 &amp;#40;292x200 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>939338</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c41/abx3577mj1aj307b36f20xrws1dls1u3.jpg</t>
+  </si>
+  <si>
+    <t>Журнал присвоения электробезопасности для 1-ой группы, 48 л., картон, офсет, А4  203x285 мм , STAFF, 130269</t>
+  </si>
+  <si>
+    <t>Журнал присвоения электробезопасности для 1-ой группы STAFF оформлен в соответствии с правилами управленческого учета. Обложка выполнена из высококачественного мелованного картона плотностью 240 г/м2. Горизонтальная ориентация. Внутренний блок содержит 48 листов офсетной белой бумаги плотностью 65 г/м2. Формат А4 &amp;#40;292х200 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>939339</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0b3/kfph7lzkhnk4tovhbft88ds48w7dq9uw.jpg</t>
+  </si>
+  <si>
+    <t>Журнал работ общий КЖ-859, 48 л., картон, офсет, А4  198х278 мм , STAFF, 130262</t>
+  </si>
+  <si>
+    <t>Журнал работ общий STAFF оформлен в соответствии с правилами управленческого учета. Главная цель журнала – фиксация контроля за ходом строительно-монтажных и ремонтных работ. Обложка выполнена из высококачественного мелованного картона плотностью 240 г/м2. Вертикальная ориентация. Внутренний блок содержит 48 листов офсетной белой бумаги плотностью 65 г/м2. Формат А4 &amp;#40;200х292 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>939340</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1fb/nmyb21sdkvcc092opsmeho5g3yr1nnt7.jpg</t>
+  </si>
+  <si>
+    <t>Журнал сварочных работ, 48 л., картон, офсет, А4  198х278 мм , STAFF, 130267</t>
+  </si>
+  <si>
+    <t>Журнал сварочных работ STAFF оформлен в соответствии с правилами управленческого учета. Обложка выполнена из высококачественного мелованного картона плотностью 240 г/м2. Вертикальная ориентация. Внутренний блок содержит 48 листов офсетной белой бумаги плотностью 65 г/м2. Формат А4 &amp;#40;292х200 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>939341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e84/anr4ummy7h483ciq8ec4xau20rvo051i.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета дезинфицирующих средств, 48 л., картон, офсет, А4  198х278 мм , STAFF, 130263</t>
+  </si>
+  <si>
+    <t>Журнал учета дезинфицирующих средств STAFF оформлен в соответствии с правилами управленческого учета. Обложка выполнена из высококачественного мелованного картона плотностью 240 г/м2. Горизонтальная ориентация. Внутренний блок содержит 48 листов офсетной белой бумаги плотностью 65 г/м2. Формат А4 &amp;#40;292х200 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>939342</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c72/5hiz9jtgwy1hox76k1wes54ilv8lo8wq.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета для розничной торговли Attache А4,блок офсет 96л бумвинил</t>
+  </si>
+  <si>
+    <t>950473</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27e/n08ese4bditlgcutu6nptay3jmc3mcoq.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета огнетушителей Attache А4,блок офсет 96л бумвинил</t>
+  </si>
+  <si>
+    <t>950474</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/663/vj8d14whd5kcmagrb3nshc2wjny5kve5.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета путевых листов Attache А4,блок офсет 96л бумвинил</t>
+  </si>
+  <si>
+    <t>950477</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/add/u16c3yfnf54kk91ef5w1vzen6iqncqv4.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета противопожарных инструктажей, бумвинил, 96л, офсет</t>
+  </si>
+  <si>
+    <t>962552</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/567/mgc4xjke3v0dotevb2eh00k7q02asr43.jpg</t>
+  </si>
+  <si>
+    <t>Журнал регистрации инструктажа обучающихся, воспитанников по технике безопасности на занятиях по предметам</t>
+  </si>
+  <si>
+    <t>966679</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c4/kk5rhnwndpgxpejqri27gyolfrayr2ke.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета проведения вводного инструктажа по пожарной безопасности А4, 24стр., блок офсетная бумага</t>
+  </si>
+  <si>
+    <t>966682</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/18c/0ywnhfckpw91oo5onwds365yt4wjtky0.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета выдачи инструкций по охране труда Attache А4 бл.офсет 96л бумвинил</t>
+  </si>
+  <si>
+    <t>987598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea9/0dyng6218osf2ag4kn4vjwnr998b10as.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета противопожарных инструктажей А4 32л карт.в облож, офсет</t>
+  </si>
+  <si>
+    <t>987605</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d10/324knq1l7q66y1bg7zgiswmgkdgynar4.jpg</t>
+  </si>
+  <si>
+    <t>Журнал регистрации инструктажа на рабочем месте, бумвинил, 96л, офсет</t>
+  </si>
+  <si>
+    <t>987607</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/445/kycxd4u2n3emn2wpjrg3pwahrzwwza7f.jpg</t>
+  </si>
+  <si>
+    <t>Журнал учета карточек граждан,подлежащих воинскому учету Ф.10, 32 л., сшивка пломба обложка ПВХ, 130285</t>
+  </si>
+  <si>
+    <t>Журнал учета карточек граждан, подлежащих воинскому учету &amp;#40;Форма 10&amp;#41; применяется для ведения воинского учета в организации. Соответствует &amp;quot;Инструкции об организации работы по обеспечению функционирования системы воинского учета&amp;quot; &amp;#40;утвержден приказом Министра обороны РФ от 22 ноября 2021 г. N 700&amp;#41;.</t>
+  </si>
+  <si>
+    <t>996084</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kadry-v-porjadke/"&gt;Кадры в порядке&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/163/xnr2wsdb5doun1m03rj2smr271fog1va.jpg</t>
-[...380 lines deleted...]
-    <t>987590</t>
+    <t>http://anytos.ru//upload/iblock/63d/kuavm935qkiklippk4d408nbtc0a0ktr.jpg</t>
+  </si>
+  <si>
+    <t>Журнал проверки противопожарного состояния помещений 48 л., картон, офсет, А4  200х290 мм , STAFF, 130283</t>
+  </si>
+  <si>
+    <t>Журнал проверки противопожарного состояния помещений STAFF оформлен в соответствии с правилами бухгалтерского и управленческого учета. Отличается высоким качеством обложки и внутреннего блока. Имеет мягкую картонную обложку плотностью 200 г/м2. Название на обложке выполнено печатью офсетным способом. Вертикальная ориентация. Внутренний блок содержит 48 листов офсетной бумаги плотностью 60 г/м2, разлиновкой и текстом, облегчающими ведение записей. Формат – А4 &amp;#40;290х200 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1017320</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cc/c1x9b5pj5wnax6sfimg9vwswnde576xm.jpg</t>
+  </si>
+  <si>
+    <t>Журнал регистрации несчастных случаев на производстве, 12 л., А4, 200х290 мм, STAFF, 130289</t>
+  </si>
+  <si>
+    <t>Журнал регистрации несчастных случаев на производстве STAFF оформлен в соответствии с правилами бухгалтерского и управленческого учета. Отличается высоким качеством обложки и внутреннего блока. Имеет мягкую картонную обложку плотностью 200 г/м2. Название на обложке выполнено печатью офсетным способом. Вертикальная ориентация. Внутренний блок содержит 12 листов офсетной бумаги плотностью 60 г/м2 с разлиновкой и текстом, облегчающими ведение записей. Формат – А4 &amp;#40;200х290 мм&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1017321</t>
   </si>
   <si>
     <t>30</t>
-  </si>
-[...124 lines deleted...]
-    <t>996084</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2017,3267 +1396,1945 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J141"/>
+  <dimension ref="A1:M83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G141" sqref="G141"/>
+      <selection pane="bottomRight" activeCell="G83" sqref="G83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...12 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="C8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C9" s="1" t="s">
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...42 lines deleted...]
-      <c r="C11" s="1" t="s">
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="D11" s="1" t="s">
-[...42 lines deleted...]
-      <c r="C13" s="1" t="s">
+      <c r="G14" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...53 lines deleted...]
-      </c>
       <c r="G15" s="3" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G27" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...226 lines deleted...]
-      <c r="C27" s="1" t="s">
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...265 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>148</v>
+        <v>55</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B40" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>148</v>
+        <v>55</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
         <v>180</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="F43" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="3" t="s">
+      <c r="B44" s="1" t="s">
         <v>184</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="1" t="s">
+      <c r="C44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="F44" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E44" s="3" t="s">
+      <c r="B45" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="F44" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E45" s="3" t="s">
+      <c r="F45" s="3" t="s">
         <v>190</v>
       </c>
-      <c r="F45" s="3" t="s">
+      <c r="G45" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
         <v>191</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="1" t="s">
+      <c r="B46" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E46" s="3" t="s">
+      <c r="F46" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="F46" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A47" s="1" t="s">
+      <c r="B47" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="3" t="s">
+      <c r="B48" s="1" t="s">
         <v>199</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="F48" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="D48" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="3" t="s">
+      <c r="B49" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="F48" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="F49" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D49" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="3" t="s">
+      <c r="B50" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="F49" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A50" s="1" t="s">
+      <c r="C50" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="F50" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="D50" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="3" t="s">
+      <c r="C51" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="F50" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="F51" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="B52" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="D51" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="3" t="s">
+      <c r="C52" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="F51" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A52" s="1" t="s">
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="F52" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="B53" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D52" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="3" t="s">
+      <c r="C53" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="F53" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="C54" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="F54" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="B55" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="C55" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="F55" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="C56" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="F56" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="B57" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="C57" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="F57" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="B58" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="C58" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="F58" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="B59" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="C59" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="F59" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="B60" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="F59" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="C60" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="B61" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="C61" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F61" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>252</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
         <v>253</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>148</v>
+        <v>254</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F63" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="G63" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="G64" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...28 lines deleted...]
-      <c r="E64" s="3" t="s">
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="G68" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...98 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>148</v>
+        <v>55</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>148</v>
+        <v>55</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>14</v>
+        <v>143</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>14</v>
+        <v>143</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>148</v>
+        <v>17</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>43</v>
+        <v>143</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>43</v>
+        <v>320</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>148</v>
+        <v>328</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>148</v>
+        <v>55</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>148</v>
+        <v>55</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>199</v>
-[...38 lines deleted...]
-      <c r="E85" s="3" t="s">
         <v>337</v>
-      </c>
-[...1292 lines deleted...]
-        <v>199</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">