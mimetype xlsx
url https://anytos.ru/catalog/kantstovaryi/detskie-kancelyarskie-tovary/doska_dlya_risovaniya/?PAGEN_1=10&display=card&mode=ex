--- v0 (2026-01-09)
+++ v1 (2026-03-18)
@@ -12,365 +12,335 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f9/qoc0rkzrtotplavtrijw5gfc1zvkm0b2.jpg</t>
-[...2 lines deleted...]
-    <t>Доска с маркером А3 двухсторонняя: 7789 штр.: 8595013602485</t>
+    <t>http://anytos.ru//upload/iblock/909/ir6glo3quqc9l37c3mi2xjax1ghg3vyk.jpg</t>
+  </si>
+  <si>
+    <t>Пленка-доска для письма мелом, 5 мел. компл. 45х200 см: 41000013 штр.: 4011886033705</t>
+  </si>
+  <si>
+    <t>Самоклеящаяся доска-пленка для мела полностью имитирует школьную доску. На обратной стороне есть специальная разметка в клетку, Вы можете отрезать любой по величине и форме фрагмент на Ваше усмотрение. Можно клеить на любые гладкие поверхности &amp;#40;двери, пластик и т.д.&amp;#41;, а так же на картон.&amp;nbsp;&amp;nbsp;К доске прилагается набор из 5-ти цветных мелков.&amp;nbsp;&amp;nbsp;Размер: 45 x 200 см. Можно стирать мел влажной тряпочкой, функциональные свойства при этом не нарушаются. Идеально к доске подходит меловой маркер Stanger арт. 620000</t>
   </si>
   <si>
     <t>Доска для рисования</t>
   </si>
   <si>
-    <t>110130</t>
+    <t>116955</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/stanger/"&gt;Stanger&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/203/20304ae56ee6a47968785f5ed480f1e3.jpg</t>
+  </si>
+  <si>
+    <t>Магнит для досок  quot;Смайлик quot; 3 см, 5 шт, европодвес: MN30_3161 штр.:  4680211011611</t>
+  </si>
+  <si>
+    <t>Магнит для досок &amp;quot;Смайлик&amp;quot; 3 см, 5 шт, европодвес: MN30_3161 Магнит для магнитной доски &amp;quot;Смайлик&amp;quot;, 3 см, 5 шт, блистер&amp;nbsp;&amp;nbsp;с&amp;nbsp;&amp;nbsp;европодвесом</t>
+  </si>
+  <si>
+    <t>215897</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d3/6d399d62730ddfc94299d03950c9cc33.jpg</t>
+  </si>
+  <si>
+    <t>Доска магнитно-маркерная 100 150 Premium, двусторонняя, поворотная, мобильная: SDm_09030</t>
+  </si>
+  <si>
+    <t>Доска магнитно-маркерная 100*150 Premium, двусторонняя, поворотная, мобильная: SDm_09030</t>
+  </si>
+  <si>
+    <t>217321</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6af/6af155d1b6bd0be9e3f1b5fff9f56277.jpg</t>
+  </si>
+  <si>
+    <t>Магнит для досок  quot;Смайлик quot; 3,5 см, 4 шт, европодвес: MN35_3163 штр.:  4680211011635</t>
+  </si>
+  <si>
+    <t>Магнит для досок &amp;quot;Смайлик&amp;quot; 3,5 см, 4 шт, европодвес: MN35_3163</t>
+  </si>
+  <si>
+    <t>217875</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/07f/07f7fa24d8772c51f4fa9b0cb08ff5b6.jpg</t>
+  </si>
+  <si>
+    <t>Доска магнитно-маркерная 90 120 Premium, алюминиевая рамка, полочка: SDm_08030</t>
+  </si>
+  <si>
+    <t>Доска магнитно-маркерная 90*120 Premium, алюминиевая рамка, полочка: SDm_08030</t>
+  </si>
+  <si>
+    <t>218102</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/29a/29a060ec8e6fae0b90b43ffe786326eb.jpg</t>
+  </si>
+  <si>
+    <t>Доска для рисования с маркером двухсторонняя, А4: 7779 штр.:  8595013601334</t>
+  </si>
+  <si>
+    <t>Доска для рисования с маркером двухсторонняя, А4: 7779</t>
+  </si>
+  <si>
+    <t>235560</t>
   </si>
   <si>
     <t>&lt;a href="/brands/centropen/"&gt;Centropen&lt;/a&gt;</t>
   </si>
   <si>
-    <t>1</t>
-[...26 lines deleted...]
-    <t>212861</t>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7c5/7c5ab5a1e4513668992dcad4f936c413/30d700ebea8ca4857594fa0720ec55e1.jpg</t>
+  </si>
+  <si>
+    <t>Магнитный держатель для досок усиленный Attache, 6шт уп. цветной штр.  4690432009380, 6953070938411, 6953070938428, 6953070938435</t>
+  </si>
+  <si>
+    <t>Магнитный держатель усиленный фигурный для досок предназначен для фиксирования информации на металлических поверхностях магнитно-маркерных досок, флипчартов или витрин. Размер 11 мм. Диаметр магнитного держателя 5 мм. Доступные цвета - красный, зеленый, розовый, желтый, серебристый. В упаковке поставляется 6 магнитных держателей.</t>
+  </si>
+  <si>
+    <t>245784</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/238/238c896f1213a9f6904063afad8a8219.jpg</t>
+  </si>
+  <si>
+    <t>Доска д информации витрина магнитно-маркерная 90x120 см в алюминиевой раме штр.  4680237023445</t>
+  </si>
+  <si>
+    <t>Магнитно-маркерная доска витрина на замке. Размер 90-120 см. Для размещения информации с помощью маркеров сухого стирания и магнитов. Рамка доски и дверцы из алюминия, материал дверцы - оргстекло. Замок врезной, поворотного действия с индивидуальными ключами. Монтажный крепеж и 2 ключа в комплекте.</t>
+  </si>
+  <si>
+    <t>245924</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/966/966e11604c8d0f4c6e4601a4a8096628/f666f362a39863663b806f34f249e8d0.jpg</t>
+  </si>
+  <si>
+    <t>Доска магнитно-маркерная 100x150 nbsp-см вращающаяся лаковое покрытие алюминиевая рама</t>
+  </si>
+  <si>
+    <t>Доска магнитно-маркерная 100-150, вращающаяся на 360градусов, на роликах, с лаковым покрытием.&amp;lt;br /&amp;gt;Доска фиксируется в нужном положении при помощи ручки - фиксатора.&amp;lt;br /&amp;gt;Простой и удобный узел фиксации позволяет установить полотно доски под произвольным углом.&amp;lt;br /&amp;gt;Стойки имеют поворотные колесные опоры, что позволяет легко перекатить доску.&amp;lt;br /&amp;gt;Длина планки, к которой крепятся колеса - 57 см.&amp;lt;br /&amp;gt;В комплект поставки входит лоток для маркеров и монтажный крепеж.&amp;lt;br /&amp;gt;Для письма использовать специальные маркеры для магнитно-маркерных досок &amp;#40;см. вкладку расходные материалы&amp;#41;.&amp;lt;br /&amp;gt;Покрытие доски имеет возможность крепления информации при помощи магнитов, при удалении записей используются только специальные губки-стиратели, в комбинации со специализированным спреем, для более тщательной очистки полотна &amp;#40;см. вкладку расходные материалы&amp;#41;.&amp;lt;br /&amp;gt;Каждая доска упакована в индивидуальную картонную упаковку.&amp;lt;br /&amp;gt;Невозможно крепление доски вертикально.&amp;lt;br /&amp;gt;На стену не крепится.&amp;lt;br /&amp;gt;На роликах есть фиксаторы.&amp;lt;br /&amp;gt;Гарантия 1 год.&amp;lt;br /&amp;gt;Страна производитель Россия.</t>
+  </si>
+  <si>
+    <t>245950</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/397/3977136ed08434349c15bae7a39a4d30.jpg</t>
+  </si>
+  <si>
+    <t>Доска меловая - магнитная зеленая 100х300 2-створ. Россия штр.  4607106700047, 4607122916880</t>
+  </si>
+  <si>
+    <t>Доска трёхсекционная магнитно-меловая Attache, лаковое покрытие. Доска имеет 2 створки - 5 рабочих поверхностей. Обратная сторона створок доски белая. Размер доски в закрытом состоянии 150-100 см, размер боковых секций 100 -75&amp;nbsp;&amp;nbsp;см, размер доски в открытом состоянии&amp;nbsp;&amp;nbsp;- 300 -100 см. Рама из&amp;nbsp;&amp;nbsp;алюминиевого анодированного профиля, скрепленного пластиковыми уголками. Предназначена для нанесения информации цветным мелом. Поверхность доски также позволяет прикреплять листы бумаги, карты и т. п. с&amp;nbsp;&amp;nbsp;помощью магнитов. При удалении записей используются только специальные губки-стиратели , в комбинации со специализированным спрейем. В комплекте широкая полочка для мела. Скрытое крепление к стене в четырех точках &amp;#40;центральная секция&amp;#41;. Комплектация: шуруп универсальный 5-100-4- дюбель распорный 8 -80 -4- полочка, инструкция. Толщина рабочей поверхности 18 мм, с рамкой 24 мм. Страна производитель Россия.</t>
+  </si>
+  <si>
+    <t>245995</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a82/a828667330b110388bcb281a283ba1f0.jpg</t>
+  </si>
+  <si>
+    <t>Доска для рисования с маркером двухсторонняя Centropen, горизонтальная, А4 5 7719 0201</t>
+  </si>
+  <si>
+    <t>Двухсторонняя маркерная дощечка для рисования маркером. На одной стороне чистое белое поле, на другой линовка. В комплекте поставляются два маркера: синий и черный и тряпочка для стирания</t>
+  </si>
+  <si>
+    <t>353744</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/203/20304ae56ee6a47968785f5ed480f1e3.jpg</t>
-[...109 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ca/9ca3343b1527459fec3065857ae32cb0/e23175fdd17ecad08cd81ffb7d15c273.jpg</t>
   </si>
   <si>
     <t>Обучающие игры Bondibon Доска для рисования с 3D эффектом  ПОДВОДНЫЙ МИР , BOX 34x3.5x30 см.</t>
   </si>
   <si>
     <t>Приложи один из трафаретов и перенеси рисунок, используя для этого цветные маркеры, входящие в комплект. Они заполнены флуоресцентной краской. Для того, чтобы рисунок был ещё ярче в комплекте идёт подставка, со специальными светодиодами. Чтобы насладиться 3D эффектом, надень специальные очки, идущие в комплекте. Набор развивает моторику, креативное и пространственное мышление и фантазию. Это прекрасный подарок для ребенка, который любит рисовать или только начинает это делать. Линии от маркеров легко стираются мягкой тканью, что дает возможность, как исправлять мелкие ошибки, так и менять изображение полностью. Подставка включается с помощью кнопки, работает от четырёх батареек ААА не входят  в комплект. В комплект входит в картинках фломастер  4 шт., картинка-трафарет  3 шт., очки, доска, основа для доски.</t>
   </si>
   <si>
     <t>356616</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad8/ad8962338491f423be8b3ec4dbb2d234/112b8d9fd4ec4653598fb5a208f3a31b.jpg</t>
   </si>
   <si>
     <t>Чудо-чемоданчик  quot;Доска знаний quot;. 76800</t>
   </si>
   <si>
     <t>Чудо-чемоданчик &amp;quot;Доска знаний&amp;quot;: магнитно-грифельная доска, фигурки на магнитах 125 шт. - алфавит, счет, животные, мелки, губка, фломастер</t>
   </si>
   <si>
     <t>410695</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mapacha/"&gt;Mapacha&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/28f/n2rewm3os31uxom5kxgw26y6tldcu306.jpg</t>
   </si>
   <si>
     <t>Доска чертежная А4, 370х295 мм, с рейсшиной и треугольником, BRAUBERG, 210535</t>
   </si>
   <si>
     <t>Чертежная доска BRAUBERG формата А4 с пластиковой линейкой подойдет как для студентов, так и для офисных работников. Обслуживается одной рукой, идеальна также для левшей. Доска размером 37х29,5 см изготовлена из пластика высокой прочности. Имеет антискользящие резиновые ножки, встроенный транспортир, две измерительные шкалы, дополнительный зажим для фиксации угла листа бумаги, подставки для размещения доски под наклоном, а также рейсшину. Оснащена двойным механизмом с блокировкой и пазом для фиксации рейсшины с любой из 4 сторон.</t>
   </si>
   <si>
     <t>434133</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5db/5dbb40e6ae76c399d2cd3588b3b29d9b/5ba47551e7b4636e2287b07bd120e156.jpg</t>
-[...32 lines deleted...]
-    <t>631391</t>
+    <t>http://anytos.ru//upload/iblock/bdf/bdf2fb091ec12128acc13c28916d7ae6/1aee6c8f61916a756a093a2eaef61d29.jpg</t>
+  </si>
+  <si>
+    <t>Флипчарт 70x100 на треноге Attache Economy, рама ПВХ</t>
+  </si>
+  <si>
+    <t>438366</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ad/6ad81999218abc7ea394fe9a3bb2bcbc.jpg</t>
   </si>
   <si>
     <t>Бизи-чемоданчик  quot;Рыбалка quot;: доска для рисования, меловая доска, магнитные фигурки и фигурки для рыбалки, удочка</t>
   </si>
   <si>
     <t>Эксклюзивная разработка ТМ «Mapacha»! В этом чемоданчике несколько обучающих и веселых игр с магнитами. Главные герои этого бизи-чемоданчика — это морские обитатели. И некоторых из них можно ловить на магнитные удочки, тренируя ловкость и координацию движений. Но это еще не все! Малыш может погрузиться в секреты водного мира и узнать много нового посредством игры. Например, он научится разделять животных, которые могут жить только в воде, от животных, которые способны жить и в воде и на суше. Он может сравнивать морских обитателей по разным признакам: например, кто из них быстрее всех плавает или кто больше? Строгих правил в играх нет, всегда можно отступать от предложенного сюжета, фантазировать и разыгрывать целые спектакли. Ребенок может придумывать про героев игры сказки и сочинять собственные истории, дорисовывая недостающие атрибуты фломастером на магнитно-маркерной доске. Обратная сторона доски — грифельная, и на ней можно рисовать настоящими мелками. Внутри чемоданчика также есть подробная красочная инструкция, в которой показаны примеры возможных игр. Ну и конечно, родители с ребенком могут придумывать собственные игры с чемоданчиком. Комплектация: доска для рисования ящик мелки фломастер инструкция губка магниты 14 шт. фигурки 12 шт. удочки 2 шт.</t>
   </si>
   <si>
     <t>631393</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/494/494c8efc89527f76091eaf1e90576e07.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Магнитная доска-планер  Мои первые часы </t>
   </si>
   <si>
     <t>Магнитная доска-планер «Мои первые часы»</t>
   </si>
   <si>
     <t>635995</t>
   </si>
   <si>
     <t>&lt;a href="/brands/on-time/"&gt;ON TIME&lt;/a&gt;</t>
-  </si>
-[...10 lines deleted...]
-    <t>703889</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb7/13sp156e16fjercgj5mhdltf32bu1hnh.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Доска для рисования двусторонняя 27 37см  доска, мелки, губка, магниты, маркер </t>
   </si>
   <si>
     <t>Доска для рисования двусторонняя 27*37см &amp;#40;доска,мелки,губка,магниты,маркер&amp;#41;</t>
   </si>
   <si>
     <t>703893</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c90/1t1z3to2law3p49x4q1xbrk15ss2c09h.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Доска для рисования двусторонняя 44 33,5см  доска на подставке, мелки, губка, магниты, маркер </t>
   </si>
   <si>
     <t>Доска для рисования двусторонняя 44*33,5см &amp;#40;доска на подставке, мелки, губка, магниты, маркер&amp;#41;.&lt;br /&gt;
  Лаковое покрытие используется для письма специальными маркерами для белой доски, темное - для письма мелом. Надписи стираются сухой губкой, предназначенной для магнитно-маркерных досок.</t>
   </si>
   <si>
     <t>703894</t>
@@ -424,311 +394,194 @@
     <t>703898</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1bb/w27xj2et4orm296cf9su7qicf69haigp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор для детей  доска для рисования и письма 34,5 27см маркер губка 2магнита </t>
   </si>
   <si>
     <t>Набор для детей&amp;nbsp;&amp;nbsp;&amp;#40;доска для рисования и письма 34,5*27см&amp;#43;маркер&amp;#43;губка&amp;#43;2магнита&amp;#41;</t>
   </si>
   <si>
     <t>703899</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/400/a5bqe3mpi53u248e6q22capvbmbc6lec.jpg</t>
   </si>
   <si>
     <t>Планшет с экраном для рисования, с обучающими карточками, с подсветкой, Bondibon</t>
   </si>
   <si>
     <t>Планшет с экраном для рисования и подсветкой от Bondibon развивает моторику ребенка, креативное и пространственное мышление, фантазию, кругозор. Это прекрасный подарок для ребенка, который любит рисовать или только пытается начать это делать. Рисовать очень легко - достаточно вложить один из трафаретов в планшет и перенести рисунок на экран, используя для этого цветные маркеры, входящие в комплект. Экран можно установить на подставке или повесить на стену. Рисунок на доске будет выглядеть впечатляюще, если включить Led-подсветку с 8 световыми эффектами с помощью кнопки. Короткое нажатие на кнопку переключает режимы подсветки. Для работы подсветки требуется две 1,5 В батарейки типа &amp;quot;АА&amp;quot; &amp;#40;в комплект не входят&amp;#41;. Черная карточка, помещенная в планшет, усиливает эффект свечения. Линии от маркеров легко стираются мягкой салфеткой, что дает возможность, как исправлять мелкие ошибки, так и менять изображение полностью. Цвет корпуса синий, размер коробки 20x26x2,5 см.</t>
   </si>
   <si>
     <t>709214</t>
-  </si>
-[...4 lines deleted...]
-    <t>709215</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/abd/oovznx5hm65cxk336yycqhpvzxv3yhz5.jpg</t>
   </si>
   <si>
     <t>Доска для рисования магнитная Лягушонок, 35,5х25,5х3, пакет</t>
   </si>
   <si>
     <t>776182</t>
   </si>
   <si>
     <t>&lt;a href="/brands/veld-co/"&gt;VELD CO&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e2/czrva8ic0ovec40rtbn6tzu1vndo0vnq.jpg</t>
   </si>
   <si>
     <t>Доска магнитная с цифрами, 27,5х4х28, коробка</t>
   </si>
   <si>
     <t>Развивающий набор - магнитная доска с цифрами, отличный подарок для вашего ребёнка. Поможет освоить письмо и выучить цифра от 0 до 100, фломастер легко стирается и не оставляет следов на доске.&lt;br /&gt;
  В комплект входят 10 картонных фигур, 10 магнитов, 2 комплекта цифр 0-9, 8 математических знаков, магнитная доска, подставка, фломастер.&lt;br /&gt;
  Функционал игрушки:&lt;br /&gt;
  -доска устанавливается на подставку;&lt;br /&gt;
  -все элементы кроме картонных картинок магнитятся к доске;&lt;br /&gt;
  -щётка легко стирает фломастер с доски;&lt;br /&gt;
  -все элементы игры убираются в подставку.&lt;br /&gt;
  Размеры упаковки: 27*27*4 см.&lt;br /&gt;
  Размеры цифры 1: 3*1.5*0.5 см.&lt;br /&gt;
  Размер фломастера: 12*1*1 см.&lt;br /&gt;
  Размеры поставки: 26*26*6 см.&lt;br /&gt;
  Размеры подставки с доской: 26*26*19 см.&lt;br /&gt;
  Изготовлено из пластика, картона, металла.</t>
   </si>
   <si>
     <t>799515</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a18/tzc2h7fm6738onmj0lo3525kywtaemzs.jpg</t>
-[...8 lines deleted...]
-    <t>889371</t>
+    <t>http://anytos.ru//upload/iblock/a27/1w9jotcrme4m2u5lqy9fo03vw4s4ey42.jpg</t>
+  </si>
+  <si>
+    <t>Доска для рисования со стилусом и 3 печатями, Bondibon, панда, арт.CJ6005E1</t>
+  </si>
+  <si>
+    <t>Каждый ребенок – художник! Планшет Bondibon для рисования со стилусом и печатями поможет еще лучше развить творческие способности детей, фантазию, мелкую моторику рук. Волшебная доска в форме панды очень понравится ребенку, а ее эргономичная форма сделает рисование более комфортным. Работать с такой доской одно удовольствие. Рисуйте и пишите стилусом на экране. А если нужно очистить место для нового шедевра просто проведите ползунком. Используйте печати в форме круга, сердечка и цветочка того, чтобы рисовать красивые узоры. Доска для рисования очень удобна, если Вам предстоит дальнее путешествие и необходимо занять в пути ребенка. Она не занимает много места и избавляет от необходимости брать с собой арсенал из карандашей и фломастеров.&amp;nbsp;&amp;nbsp;Размер доски 31х26х3,3 см, размер экрана 17х11 см. В комплекте: доска, стилус, 3 печати. Рисование черно-белое.&amp;nbsp;&amp;nbsp;Доска для рисования со стилусом и печатями от Bondibon - отличный подарок для творческих мальчиков и девочек! 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>904186</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85e/mmr7s5za66yk4f967n0x0hue7dpd8981.jpg</t>
+  </si>
+  <si>
+    <t>Волшебный экран с диапроектором, 20 слайдов, Bondibon, арт. FDE80309</t>
+  </si>
+  <si>
+    <t>Познакомьте ребенка с волшебством диапроектора Bondibon и удивительным миром рисования! Так необычно, и так просто рисовать красивые рисунки по типу копировального стола.&amp;nbsp;&amp;nbsp;Подобная игровая деятельность развивает мышление, наблюдательность, мелкую моторику, а также фантазию. Выберите слайд с рисунком, вставьте слайд в проектор и включите его. Свет будет проецировать изображение слайда на экран. Положите листочек на экран и рисуйте. Меняйте слайды, рисуйте и раскрашивайте разные изображения. Слайдов-шаблонов в игре очень много и делятся они по темам: транспорт, игрушки, одежда, продукты, мячи. Выбирайте на свой вкус! В комплекте диапроектор, 6 фломастеров, 50 бумажных листов для рисования, 20 слайдов с изображениями для проецирования. Питание от батареек &amp;#40;нет в комплекте&amp;#41;. Вам понадобятся батарейки АА – 3шт. Волшебный подарок будущим художникам и архитекторам! Возраст 3&amp;#43;. Серия Досуг с Буки</t>
+  </si>
+  <si>
+    <t>904191</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05b/jj3nji30ggdquf2d4zit07gwrxptexdn.jpg</t>
+  </si>
+  <si>
+    <t>Доска для рисования Hairdorable магнитная, ч б, 23 19см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Доска для рисования Hairdorable магнитная, ч/б, 23*19см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>933953</t>
   </si>
   <si>
     <t>&lt;a href="/brands/igraem-vmeste/"&gt;ИГРАЕМ ВМЕСТЕ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eb4/j5ovh2x9221767mor5tnvbfmv2jl12eg.jpg</t>
-[...97 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/492/gfk5z3n3ueaud1xanwz2ag9kh9e649c3.jpg</t>
   </si>
   <si>
     <t>Доска магнитная  quot;алфавит quot; 30 20 Три Кота терм. пленка Буратино</t>
   </si>
   <si>
     <t>Доска магнитная &amp;quot;алфавит&amp;quot; 30*20 Три Кота терм. пленка Буратино</t>
   </si>
   <si>
     <t>933960</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/214/wp79ejy5tlsxt1s9w1qaw2r0pidl0o7r.jpg</t>
-[...8 lines deleted...]
-    <t>938726</t>
+    <t>http://anytos.ru//upload/iblock/c54/s2x83p8mtncyofk6xk7wnl22ypd050i9.jpg</t>
+  </si>
+  <si>
+    <t>Доска для рисования ХОТ ВИЛС магнитная, 3 штампа, часы, счеты, 27 23см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>Доска для рисования ХОТ ВИЛС магнитная, 3 штампа, часы, счеты, 27*23см. ИГРАЕМ ВМЕСТЕ</t>
+  </si>
+  <si>
+    <t>942322</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ab/lqhnzlrbyi9yc450sexasiguvw581qxg.jpg</t>
+  </si>
+  <si>
+    <t>Мольберт растущий 3 в 1 для мела магнитно-маркерный 48х43 см, BRAUBERG KIDS, 238151</t>
+  </si>
+  <si>
+    <t>Мольберт растущий двусторонний BRAUBERG KIDS предназначен для развития творческих способностей ребенка и обустройства игрового пространства в детских учреждениях и дома. Поверхность мольберта белого цвета предназначена для рисования специальным маркером для белой доски, а также для размещения магнитов; черная поверхность - для рисования мелками. Для детей старше 3-х лет. Регулируется по высоте от 90 до 110 см для удобства использования детьми разного возраста и роста. Размер рабочей поверхности: 43х48 см. Цвет рамки: зеленый. В комплект входят: - полочка для аксессуаров; - держатель рулона бумаги для рисования;- рулон бумаги для рисования;- магниты с оригинальными дизайнами - 4 шт.;- стиратель для доски;- магнитная азбука с цифрами и математическими знаками;- цветные мелки - 12 шт.Рекомендации по уходу: для сохранения меловой поверхности мольберта мы рекомендуем использовать мягкие мелки для меловых досок. В случае использования твердых мелков необходимо смочить кончик мела водой перед первым использованием. Не забывайте давать меловой поверхности высыхать перед следующим применением! Для магнитно-маркерной поверхности мольберта необходимо использовать только маркеры для белой доски. Перед первым использованием удалите защитную пленку с поверхности магнитной доски.</t>
+  </si>
+  <si>
+    <t>953622</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/38f/umlpwqcw5akraaj7yrbro7htpltk8jan.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a55/isamnu9cltu1cua0ecqe6amzsp8ekijx.jpg</t>
   </si>
   <si>
     <t>Доска двусторонняя ТРИ СОВЫ, меловая магнитно-маркерная, А3, настенная</t>
   </si>
   <si>
     <t>Доска двусторонняя ТРИ СОВЫ, меловая/магнитно-маркерная, А3, настенная &amp;#40;в комплекте маркер, мелки, губка, набор магнитов&amp;#41;</t>
   </si>
   <si>
     <t>966431</t>
   </si>
   <si>
     <t>&lt;a href="/brands/tri-sovi/"&gt;ТРИ СОВЫ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fb/ljltx1y57nkizzhdhmendt53yvuegnhw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Игрушка  quot;Планшет quot;  графический </t>
   </si>
   <si>
     <t>Графический планшет позволяет оставлять неограниченное количество рисунков и заметок, не расходуя на это бумагу. Графический планшет оснащен чувствительным цветным LCD экраном, рисунки на котором можно оставлять с помощью стилуса, который входит в комплект. Достаточно нажать соответствующую кнопку, чтобы очистить экран – и планшет будет готов к повторному использованию. Для защиты от случайного стирания планшет оснащен функцией блокировки экрана. Графический планшет помогает развитию у детей мелкой моторики, творческого мышления, воображения, зрительно-моторной координации. Планшет можно использовать как инструмент для обучения – с его помощью ребенок сможет решать задачи на счет и с легкостью освоит навыки письма. Графический планшет найдет применение и для взрослых – его можно использовать для заметок и напоминаний, для работы, для развлечения и в качестве игрушки-антистресс. Благодаря компактному размеру и маленькому весу планшет легко брать с собой. Диагональ экрана – 8,5 дюйма. Размер планшета: 22,5*14,5</t>
   </si>
   <si>
     <t>979830</t>
   </si>
   <si>
     <t>&lt;a href="/brands/zhorya/"&gt;ZHORYA&lt;/a&gt;</t>
-  </si>
-[...10 lines deleted...]
-    <t>996829</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1055,57 +908,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M51"/>
+  <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G51" sqref="G51"/>
+      <selection pane="bottomRight" activeCell="G38" sqref="G38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -1125,1116 +978,822 @@
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="1"/>
+      <c r="C4" s="1" t="s">
+        <v>14</v>
+      </c>
       <c r="D4" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>41</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="F9" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="3" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F11" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G11" s="3" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>27</v>
+        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>38</v>
+        <v>85</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>74</v>
+        <v>94</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>17</v>
+        <v>71</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>17</v>
+        <v>130</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="C30" s="1" t="s">
-[...9 lines deleted...]
-        <v>17</v>
+      <c r="G30" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F35" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B35" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G35" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>151</v>
+        <v>165</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>17</v>
-[...295 lines deleted...]
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">