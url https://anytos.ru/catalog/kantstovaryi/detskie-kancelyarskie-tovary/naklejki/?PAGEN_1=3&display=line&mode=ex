--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -12,1343 +12,1171 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1620">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1610">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/983/98345afbcfe7ed4fefc47a9252a61633.jpg</t>
-[...5 lines deleted...]
-    <t>Эффект золотого тиснения. Подходит почти для любых поверхностей: зеркал, керамической плитки, металлических поверхностей, обложек тетрадей и ежедневников, украшения подарка.</t>
+    <t>http://anytos.ru//upload/iblock/0a9/0a959222512e7006494f3d190685a46b/70ce78d6666eacd515f7e0b2ba5a5f7f.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек Нано-стикер В Зоопарке бол., Bondibon, 19x24 см., арт. TP-S30</t>
+  </si>
+  <si>
+    <t>Набор Нано-стикеры – это уникальные красочные наклейки с разными тематиками. Наклейки сделаны из высокопрочной резины TPE, и не имеют магнитной или клеевой основы. Нано-стикеры способны удерживаться на любой твердой поверхности.&amp;nbsp;&amp;nbsp;С помощью наклеек и игров</t>
   </si>
   <si>
     <t>Наклейки</t>
   </si>
   <si>
-    <t>33830</t>
-[...17 lines deleted...]
-    <t>44452</t>
+    <t>166147</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bondibon/"&gt;BONDIBON&lt;/a&gt;</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/35c/x6dpx9xkyiopbjbqeopk67x0zw4zwg50.jpg</t>
-[...47 lines deleted...]
-    <t>79886</t>
+    <t>http://anytos.ru//upload/iblock/650/6500d02dd07fa4daa0227efddb7a14eb/0ed1e7bff560b0375da4e694c18c8db0.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек Нано-стикер Мир Насекомых, Bondibon, 19x24 см., арт. TP-S25</t>
+  </si>
+  <si>
+    <t>166149</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0ef/0ef6ed126a25dc7baf1b660dabbb37a4/d7b300332b22bc1e76580180d6f908ef.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек Нано-стикер Учим Цвета, Bondibon, 12x20,5 см., арт. TP-XS34</t>
+  </si>
+  <si>
+    <t>166154</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a24/a24ee32b5acf065fecbadb66d7514e25/4649dca68f568182457b49dcc5675c2b.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек Нано-стикер Учим Цифры, Bondibon, 12x20,5 см., арт. TP-XS35</t>
+  </si>
+  <si>
+    <t>166155</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a94/a9472fa3bc2e45644e8b3557cf9bd04c/6ab9549156db6fe0db170c3b8dcc6102.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек Нано-стикер Учим Фигуры, Bondibon, 12x20,5 см., арт. TP-XS36</t>
+  </si>
+  <si>
+    <t>166156</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/668/668a9089519d52b696e8c10b452a37ca/8d979462a8a9194bcf0b5963421f584b.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек Нано-стикер В Зоопарке мал., Bondibon, 12x20,5 см., арт. TP-XS30</t>
+  </si>
+  <si>
+    <t>166157</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f3/1f3e2fe19799eeb2ed84063ef820c91d/2cb91c7d2a5d3570e922e22d4e3f667e.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек Нано-стикер Шашки, Bondibon, 19x24 см., арт. TP-P9</t>
+  </si>
+  <si>
+    <t>166158</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb6/cb683b6d074e507c0526609764958c35/ad1bc3cc59a159cb034b13a947feeb34.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек Нано-стикер Игра в Шахматы, Bondibon, 19x24 см., арт. TP-P10</t>
+  </si>
+  <si>
+    <t>166159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4bd/4bddd7fcf7fa5d4d04669798fa8a43d4/0971a179d579710b1183ce0b58ce2e6f.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки для детской комнаты. С бл стками. 31 38 см. В ассортименте. MXD 8801-8825  Н36220</t>
+  </si>
+  <si>
+    <t>346788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/787/78724187f4fc51c9c33025dd4da10e11/2d4c93031d580f96a8a7c4133a5b843a.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки для оформления детской комнаты. 31 38 см. В ассортименте. DPT 001-027  Н36219</t>
+  </si>
+  <si>
+    <t>346790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efe/efe6d0caaf0f8429b584a83c15c7947f.jpg</t>
+  </si>
+  <si>
+    <t>Набор световозвращающих наклеек Мульти-Пульти  quot;Для девочек quot;, ПВХ, 4шт. НС_21731</t>
+  </si>
+  <si>
+    <t>Пешеход со светоотражателем заметен уже на расстоянии 250 метров, и у водителя есть целых 7 секунд, чтобы объехать его и избежать ДТП. Специалисты считают, что в темноте риск для пешехода стать жертвой ДТП или спровоцировать аварию возрастает в два раза, притом у пешехода без светоотражателя он почти в десять раз выше, чем у того, кто использует это полезное изобретение. С 2015 года ношение световозвращателей стало обязательным на основании постановления правительства № 1197 от 14.11.2014 г.</t>
+  </si>
+  <si>
+    <t>359650</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a0/9a08ba0ca381de0524ad804f78b3235f.jpg</t>
+  </si>
+  <si>
+    <t>Набор световозвращающих наклеек Мульти-Пульти  quot;Для мальчиков quot;, ПВХ, 4шт. НС_21729</t>
+  </si>
+  <si>
+    <t>359651</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/233/ko8047hskb4l2z4vtxq28pqsnghibsb6.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из EVA  quot;Звезды quot;, 12 шт., блестящие, ассорти, ОСТРОВ СОКРОВИЩ, 661452</t>
+  </si>
+  <si>
+    <t>С помощью наклеек из фоамирана ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фоамирана &amp;#40;EVA&amp;#41;. В комплекте 12 красочных декоративных элементов в форме звезд. Предназначены для детей от 3 лет. Поставляются в пакете с европодвесом с вкладышем размером 10х16 см. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.СПОСОБ ПРИМЕНЕНИЯ:Эти замечательные наклейки крайне просты в использовании - необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
+  </si>
+  <si>
+    <t>389462</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/042/s5fowgjmmc4sq6dn5cqo2pg0hcn1br5k.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из EVA  quot;Смайлики quot;, 60 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661468</t>
+  </si>
+  <si>
+    <t>С помощью наклеек из фоамирана ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фоамирана &amp;#40;EVA&amp;#41;. В комплекте 60 красочных декоративных элементов в форме смайлов. Предназначены для детей от 3 лет. Размер 3х3 см. Поставляются в пакете с европодвесом. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.СПОСОБ ПРИМЕНЕНИЯ:Эти замечательные наклейки крайне просты в использовании - необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
+  </si>
+  <si>
+    <t>389478</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/862/cc060fw8yo0qy8b4ms9w3g2x1ru4q1jo.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из EVA  quot;Ферма quot;, 12 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661459</t>
+  </si>
+  <si>
+    <t>С помощью наклеек из фоамирана ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фоамирана &amp;#40;EVA&amp;#41;. В комплекте 12 красочных декоративных элементов в форме животных. Предназначены для детей от 3 лет. Поставляются в пакете с европодвесом с вкладышем размером 10х16 см. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.СПОСОБ ПРИМЕНЕНИЯ:Эти замечательные наклейки крайне просты в использовании - необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
+  </si>
+  <si>
+    <t>389480</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c12/foqfmfivmdsup64h3s3ja0epdvu96g2n.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из фетра  quot;Бабочки quot;, двухцветные, 6 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661492</t>
+  </si>
+  <si>
+    <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 6 красочных декоративных элементов в форме бабочек. Предназначены для детей от 3 лет. Размер 4х6 см. Поставляются в пакете с европодвесом. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.Способ применения: Эти замечательные наклейки крайне просты в использовании – необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
+  </si>
+  <si>
+    <t>389485</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fc9/d98egi61g724p9n6cvzhmv05kkkunixi.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из фетра  quot;Божьи коровки quot;, 6 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661498</t>
+  </si>
+  <si>
+    <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 6 красочных декоративных элементов в форме божьих коровок. Предназначены для детей от 3 лет. Размер 5х5 см. Поставляются в пакете с европодвесом. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.СПОСОБ ПРИМЕНЕНИЯ:Эти замечательные наклейки крайне просты в использовании - необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
+  </si>
+  <si>
+    <t>389486</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe0/jummmnmoara6cpyf2uicfgxdff804l9z.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из фетра  quot;Листья quot;, 24 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661479</t>
+  </si>
+  <si>
+    <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 24 красочных декоративных элемента в форме листьев. Предназначены для детей от 3 лет. Размер 4х5 см. Поставляются в пакете с европодвесом. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.СПОСОБ ПРИМЕНЕНИЯ:Эти замечательные наклейки крайне просты в использовании - необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
+  </si>
+  <si>
+    <t>389492</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cc2/4cgoaik01goq9skvjedvq8ycakio6zqc.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из фетра  quot;Птички quot;, 11 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661483</t>
+  </si>
+  <si>
+    <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 11 красочных декоративных элементов в форме птичек. Предназначены для детей от 3 лет. Поставляются в пакете с европодвесом с вкладышем размером 10х16 см. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.Способ применения: Эти замечательные наклейки крайне просты в использовании – необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
+  </si>
+  <si>
+    <t>389498</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed1/hxxw05tqg7p5y66y9fzok3pzf07hliap.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из фетра  quot;Рыбки quot;, 12 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661475</t>
+  </si>
+  <si>
+    <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 12 красочных декоративных элементов в форме рыбок. Предназначены для детей от 3 лет. Размер 4х6 см. Поставляются в пакете с европодвесом. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.СПОСОБ ПРИМЕНЕНИЯ:Эти замечательные наклейки крайне просты в использовании - необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
+  </si>
+  <si>
+    <t>389500</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38b/ex48167dkwx3sr02vb8n1vue5vj2a99d.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки ЛИПУНЯ  quot;Хрустальные. Сердца и капельки quot;, с европодвесом, RSS003</t>
+  </si>
+  <si>
+    <t>Наклейки со стразами послужат великолепным украшением как для предметов интерьера, так и для сумок и одежды. Отличное качество. Не оставляют следов на одежде.</t>
+  </si>
+  <si>
+    <t>389568</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lipunja/"&gt;ЛИПУНЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7db/z176ma9rnj5dzpktnlkwjqkatu6q31uc.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Пастельные бабочки quot;, с блестками, 10х15 см, ЮНЛАНДИЯ, 661780</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся гелевые наклейки, украшенные блестками, в количестве 21 штуки. Наклейки отличаются высочайшим качеством печати и цветопередачи. Изящные бабочки и нежные цветы не оставят равнодушными маленьких принцесс, придадут оригинальности тетрадям, дневникам, гаджетам или нарядно украсят поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425012</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e3/9e305206e13551d68bcc6334e579f631/efa27502ecda45782da183e31144051e.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Английский алфавит quot;, 10х15 см, ЮНЛАНДИЯ, 661781</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов.</t>
+  </si>
+  <si>
+    <t>425013</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b8/ivsqzik50f0hei22ccr7q32e1jsynwk0.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Единороги quot;, 10х15 см, ЮНЛАНДИЯ, 661785</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся мягкие зефирные наклейки с изображением единорогов в количестве 19 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Милые загадочные единороги придадут оригинальности тетрадям, дневникам, гаджетам и волшебно украсят поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425017</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0d/d0d6922c687e8fad47aa7923fde5902e/5243c5a2b7879e6c569663412c5dfc71.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Моя планета quot;, 10х15 см, ЮНЛАНДИЯ, 661798</t>
+  </si>
+  <si>
+    <t>425030</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c1f/8ga9dqv1n4iyyjdod7i464o14s4b5nr3.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Сладости quot;, 10х15 см, ЮНЛАНДИЯ, 661800</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся мягкие зефирные наклейки с изображением разнообразных сладостей в количестве 33 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Яркие торты, кексы, пончики и леденцы будут аппетитно выглядеть на тетрадях, дневниках, гаджетах и оригинально украсят любую поделку.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425032</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/23e/pzqrf53v4lzf7qhrs1l77o901sr5rsxk.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Единороги quot;, с тиснением фольгой, 10х15 см, ЮНЛАНДИЯ, 661805</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся гелевые наклейки с тиснением фольгой, с изображением сказочных единорогов в количестве 19 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Нежные изящные единорожки не оставят равнодушными маленьких принцесс, придадут оригинальности тетрадям, дневникам, гаджетам или нарядно украсят поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425037</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7b/cfw9096hge4g5x38bq48sryhj3fcysmx.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Кошки-мышки quot;, с тиснением фольгой, 10х15 см, ЮНЛАНДИЯ, 661815</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся гелевые наклейки, украшенные фольгой, с изображением котят и забавных мышек в количестве 12 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Милые акварельные пушистики придадут оригинальности тетрадям, дневникам и гаджетам или нарядно украсят поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425047</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f7/o2qi612jrs3csqkdkuju80ctm5gr9gos.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Собачки quot;, с тиснением фольгой, 10х15 см, ЮНЛАНДИЯ, 661818</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся гелевые наклейки, украшенные фольгой, с изображением разных пород собак в количестве 16 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Забавные собачки с удовольствием украсят тетради, дневники, гаджеты и будут мило смотреться на любых поделках.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425050</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/43a/u7swhhht2d270zqixr09a974f00n5dnp.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Кошки quot;, с блестками, 10х15 см, ЮНЛАНДИЯ, 661825</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки ЮНЛАНДИЯ - это мягкие яркие украшения, способные придать оригинальности любым изделиям. Объемные многоразовые наклейки подходят для использования на различных поверхностях несколько раз, не оставляя следов. В наборе содержатся блестящие зефирные наклейки с изображением кошек и украшений в количестве 24 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Мягкие наклейки с забавными чёрными кошками придадут оригинальности тетрадям, дневникам, гаджетам и помогут украсить любую поделку.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425057</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/249/249ddcd4f7336480b9b2eb297c663076/6700e7cff92ea5e38c74c44ec89c7e78.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Морские обитатели quot;, 10х15 см, ЮНЛАНДИЯ, 661826</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки ЮНЛАНДИЯ - это мягкие яркие украшения, способные придать оригинальности любым изделиям. Объемные многоразовые наклейки подходят для использования на различных поверхностях несколько раз, не оставляя следов.</t>
+  </si>
+  <si>
+    <t>425058</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1aa/rdpqaqlswvsqqym8gzx3bpixgkwr4o39.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные  quot;Сердца quot;, 10х15 см, ЮНЛАНДИЯ, 661832</t>
+  </si>
+  <si>
+    <t>Объёмные наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся твердые объемные наклейки с изображением сердец в количестве 27 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Яркие сердечки с интересными принтами придадут оригинальности тетрадям, дневникам и гаджетам или нарядно украсят поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425064</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b4/uqgpnl49kimo8lwyy0hmky8y0z5zlyqc.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые  quot;Сердца quot;, голографические, 14х21 см, ЮНЛАНДИЯ, 661833</t>
+  </si>
+  <si>
+    <t>Виниловые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях. В наборе содержатся голографические виниловые наклейки с изображением сердец в количестве 57 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Яркие сверкающие сердца придадут оригинальности тетрадям, дневникам, гаджетам и помогут украсить любые поделки.Качественный клеевой слой позволяет наклейке надёжно держаться на различных типах поверхности и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425065</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cd3/ikvfoawaqgk1wf4o3ypa4cbpez1eq776.jpg</t>
+  </si>
+  <si>
+    <t>Этикетка самоклеящаяся для опечатывания документов  quot;ЗВЕЗДОЧКА quot; белая, 52 мм, 500 шт., BRAUBERG, 111651</t>
+  </si>
+  <si>
+    <t>Самоклеящаяся этикетка BRAUBERG предназначена для опечатывания многостраничных документов и служит для защиты от внесения в них несанкционированных изменений. Используется в юридических, финансовых отделах, бухгалтериях любых коммерческих организаций. Матовые наклейки «звездочки» для сшивки документов имеют круглую форму тридцати конечной звезды и имеют стандартный диаметр 52 мм, что является основным стандартом во всем мире. Специальный клеевой слой обеспечивает отличное прилипание и сцепление с поверхностью документа, которые не позволяют удалять этикетку без её разрыва. При попытке отклеивания бумага разрушается. Документ, который содержит более одного листа, сшивается нитью, после чего скрепляется нотариальной «звездочкой». Сверху на нее ставится печать нотариуса либо компании. Такой документ будет иметь официальный внешний вид и надежную защиту от подмены листов.</t>
+  </si>
+  <si>
+    <t>425072</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bfd/8ps8gzh1h48gz7vb7r4lci0vmdt23763.jpg</t>
+  </si>
+  <si>
+    <t>Этикетка самоклеящаяся для опечатывания документов ЗВЕЗДОЧКА красная, 52 мм, 500 шт, BRAUBERG 111742</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки BRAUBERG предназначены для опечатывания любых многостраничных документов и служат для защиты от внесения в них несанкционированных изменений. Матовые этикетки-звездочки для сшивки документов имеют круглую форму тридцатиконечной звезды и стандартный диаметр 52 мм, что является основным стандартом во всем мире. Специальный клеевой слой обеспечивает отличное прилипание и сцепление с поверхностью документа. При попытке отклеивания бумага разрушается. Комплект из 500 штук является выгодным приобретением и способен опечатать большое количество документов.</t>
+  </si>
+  <si>
+    <t>425073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cec/3qwe74rfnu5ukuubysvuc1sivsntnfgy.jpg</t>
+  </si>
+  <si>
+    <t>Этикетка самоклеящаяся  quot;Пронумеровано, прошито и скреплено quot;, 74х40мм, 500 штук, BRAUBERG</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки BRAUBERG &amp;quot;Пронумеровано, прошито и скреплено&amp;quot; предназначены для опечатывания любых многостраничных документов и служат для защиты от внесения в них несанкционированных изменений. Выполнены из самоклеящейся матовой бумаги и надежно приклеиваются к поверхности любой формы и материала. Особый клейкий состав и структура бумаги не позволяют удалять этикетку без её разрыва. Ширина этикетки составляет 40 мм, длина - 74 мм. Комплект из 500 штук является выгодным приобретением и способен опечатать большое количество документов.</t>
+  </si>
+  <si>
+    <t>425074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/861/39uieeegwnd9z6k0w8p9ryj2qyhkqcih.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти  quot;Алфавит quot;</t>
+  </si>
+  <si>
+    <t>Яркие,&amp;nbsp;&amp;nbsp;мягкие и приятные на ощупь наклейки Мульти-Пульти обязательно привлекут внимание Вашего ребенка. Наклейки Мульти-Пульти можно использовать как для декорирования предметов, так и в качестве обучающего материала. Способствуют творческому развитию, а также развитию внимания и усидчивости детей.&amp;nbsp;&amp;nbsp;Возможно многократное использование.&amp;nbsp;&amp;nbsp;Наклейки легко клеятся и снимаются с поверхности, не оставляя следов.</t>
+  </si>
+  <si>
+    <t>433139</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f96/o9l4a0a3s2x6apscjzfkyk9ncvlqjeiv.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти  quot;Единороги quot;</t>
+  </si>
+  <si>
+    <t>433147</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a2/p87lh0zgkpq8yap2ikxx43h9r2mo933y.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Наклейки декоративные  А5   3</t>
+  </si>
+  <si>
+    <t>Яркие наклейки с любимыми современными девочками куколками LOL и их аксессуарами. На бумажные наклейки нанесён глиттер. Благодаря его блеску наклейки смотрятся очень стильно.&amp;nbsp;&amp;nbsp;Официальная лицензия L.O.L. Surprise!</t>
+  </si>
+  <si>
+    <t>596681</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lol-surprise/"&gt;L.O.L. Surprise!&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/88a/b8lthdf3rhri4rdebm92ru92b9iignnw.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Наклейки декоративные  А5   4</t>
+  </si>
+  <si>
+    <t>596682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d4/g41da54ej9kzn4tcrvju7kyfh405k1rm.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Наклейки декоративные  А5   5</t>
+  </si>
+  <si>
+    <t>596683</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f51/wk5fthv6cygjpl5b28fih21eh7w3nfaw.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Наклейки декоративные  А5   6</t>
+  </si>
+  <si>
+    <t>596684</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/805/ukn3zoslrqih92v70mnqo6m5u58b1l0y.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Наклейки декоративные  А5   7</t>
+  </si>
+  <si>
+    <t>596685</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e0/jjryz0141zvubrcdtmcpqy1t3nijhjri.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Наклейки декоративные  А5   8</t>
+  </si>
+  <si>
+    <t>596686</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c95/434yrpif4qg0r6es2wmujsyh76m1deh9.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Наклейки декоративные  А5   1</t>
+  </si>
+  <si>
+    <t>596687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ddb/qkgt4o1hjhj3xasc80dk2rqpgjqg6lqh.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Наклейки декоративные  А5   2</t>
+  </si>
+  <si>
+    <t>596688</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/315/mxnuc0rmyi7iwvmxtx5nbrf1c194hkfs.jpg</t>
+  </si>
+  <si>
+    <t>L.O.L. SURPRISE  Наклейки декоративные  А5   9</t>
+  </si>
+  <si>
+    <t>596689</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/94f/tuj04ssbc8rym82btybo8n3zacc5pfig.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  quot;Миньоны quot;, дизайн Аэро</t>
+  </si>
+  <si>
+    <t>Яркие наклейки с любимыми детьми и взрослыми персонажами - задорными Миньонами. Их забавный вид и яркие эмоции будут радовать обладаталей этих наклеек снова и снова. Вспененные наклейки из упругого материала ЭВА легко снимаются и повторно наклеиваются на поверхности.&amp;nbsp;&amp;nbsp;Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596690</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/minony/"&gt;Миньоны&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fbe/z0ldjfwpg2sf53sounvijgmq4um36wl2.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  quot;Миньоны quot;, дизайн Диско</t>
+  </si>
+  <si>
+    <t>596691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e41/yo1ix0ygfq3236yh0mx61g2okgv040ai.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  quot;Тролли quot;, дизайн 4</t>
+  </si>
+  <si>
+    <t>Cтильные наклейки с героями из популярного мультфильма &amp;quot;Тролли. Мировой тур&amp;quot;. Яркие цвета наклеек и переливающиеся блёстки воссоздают живую атмосферу мультика и радуют глаз. Многоразовые вспененные наклейки из упругого материала ЭВА легко снимаются и повторно наклеиваются на поверхности. Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596692</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/trolli/"&gt;Тролли&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e0/p1u6zj2y087t65tx4vao972sxv1podg0.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  quot;Тролли quot;, дизайн 6</t>
+  </si>
+  <si>
+    <t>596693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/804/v3ps8gbfd1n09uh2cln1fjzumtaa6csf.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  L.O.L. Surprise , дизайн Friends</t>
+  </si>
+  <si>
+    <t>Cтильные наклейки с любимыми современными девочками куколками LOL и их аксессуарами. Многоразовые вспененные наклейки с блёстками из упругого материала ЭВА легко снимаются и наклеиваются на поверхности снова и снова. Официальная лицензия L.O.L. Surprise!</t>
+  </si>
+  <si>
+    <t>596694</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/163/zpg19s23q8xo8158tx052qgv1rbx3wx3.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  L.O.L. Surprise , дизайн Neon</t>
+  </si>
+  <si>
+    <t>596695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/38a/b0onirnpayblwu29or3ouuj1k5c23iwq.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  L.O.L. Surprise , дизайн Rock</t>
+  </si>
+  <si>
+    <t>596696</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b7/rimfouciokv1uwf2ouxxefqqpw3opl3d.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Миньоны quot;</t>
+  </si>
+  <si>
+    <t>Наклейки с любимыми детьми и взрослыми персонажами - задорными Миньонами. Их забавный вид и яркие эмоции будут радовать обладаталей этих наклеек снова и снова. Многоразовые гелевые наклейки из прозрачного эластичного материала будут интересно смотреться на окнах, настенной плитке, мебели. Они легко снимаются и повторно наклеиваются на поверхности.&amp;nbsp;&amp;nbsp;Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596697</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/183/mv0d593falaomufveae5uojz8v60kqws.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  L.O.L. Surprise , дизайн 1</t>
+  </si>
+  <si>
+    <t>Cтильные наклейки с любимыми современными девочками куколками LOL и их аксессуарами. Многоразовые гелевые наклейки из прозрачного эластичного материала будут интересно смотреться на окнах, настенной плитке, мебели. Они легко снимаются и наклеиваются на поверхности снова и снова. Официальная лицензия L.O.L. Surprise!</t>
+  </si>
+  <si>
+    <t>596698</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/984/w1a11z5bjf0240cp7cw0xj4f39pjbg59.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  L.O.L. Surprise , дизайн 2</t>
+  </si>
+  <si>
+    <t>596699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd5/dhqey3vhqdclcc9kidg2ke3dmcvsg04w.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  L.O.L. Surprise , дизайн 3</t>
+  </si>
+  <si>
+    <t>596700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9d7/jrdpjarbfpizktw1q6gooiakkoc0194y.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  L.O.L. Surprise , дизайн 4</t>
+  </si>
+  <si>
+    <t>596701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/abd/abdd8bc446adb7c6506254698c362602/3f33afbcb7e040f228f3423ba2bae0d2.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  1</t>
+  </si>
+  <si>
+    <t>Бумажные наклейки с любимыми персонажами детей и взрослых - Миньонами. Наклейки подойдут для крепления к любым поверхностям. Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596702</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5eb/5eb131df6cc83c310e35cc0c4cb21bb7/89c48a2fbeea70ceeda0a3e8afc9b94a.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  10</t>
+  </si>
+  <si>
+    <t>596703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a0d/a0da1d258be101347a42dca1e8fc29d1/d8e9aad3b3b4891f81bbc2af6dc65f85.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  2</t>
+  </si>
+  <si>
+    <t>596704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fef/fefb908ad1daf243ffd366126c67c4c7/87aea6d9aa468946bc9a79c1dedabc01.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  3</t>
+  </si>
+  <si>
+    <t>596705</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85e/85ec3f287cb37897b77672b7435abe76/d541dd0e2eafe244c0c6a5977d0ba155.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  4</t>
+  </si>
+  <si>
+    <t>596706</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca5/ca56d5f61ff23189a772ae649b23a199/63ab824cc6f433c11671b73edcb9dbd3.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  5</t>
+  </si>
+  <si>
+    <t>596707</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/42c/42c4c8e72ced556727a6fb68e11d9d62/eeb5ffddc55a08b0c92c4149d3de6ad2.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  6</t>
+  </si>
+  <si>
+    <t>596708</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b64/b645bdb92d83687098846ba4705aafb4/5cc39f62f6228a57a346075bad35c665.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  7</t>
+  </si>
+  <si>
+    <t>596709</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/039/039fa9a71b07e1112e1b8dcc1e651a65/5ea7f03819ead47956be8a1d287fda6b.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  8</t>
+  </si>
+  <si>
+    <t>596710</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/359/359b41a75d8d1ac2642f59c562b577d1/4e3ee1580467a6315587655e1b836264.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  9</t>
+  </si>
+  <si>
+    <t>596711</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a14/ucfiidslgirnpifhucr41s1hxj7mpt38.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Миньоны quot;, дизайн Aero</t>
+  </si>
+  <si>
+    <t>Наклейки с любимыми детьми и взрослыми персонажами - задорными Миньонами. Их забавный вид и яркие эмоции будут радовать обладаталей этих наклеек снова и снова. Наклейки изготовлены из упругого полимерного материала и выдерживают многократное приклеивание к различным поверхностям. Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596712</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c12/ne0pz3nj5gkiqbf9ar63lzhwcxf9xxeo.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Миньоны quot;, дизайн Banana</t>
+  </si>
+  <si>
+    <t>596713</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c3/0pe2jqq9g20l46paxmvw1yuntiv45m1x.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Миньоны quot;, дизайн Disco</t>
+  </si>
+  <si>
+    <t>596714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/436/1cwa2ww3bf61ri1nqktp6197on664pkz.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Миньоны quot;, дизайн Kung Fu</t>
+  </si>
+  <si>
+    <t>596715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c81/c8140ebce7b28f9698a113e8e6dc5ff9/1ae1b8cdf8d6c02b91725b8e2642c105.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Миньоны quot;, диз. Minion Girls</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные &amp;quot;Миньоны&amp;quot;, диз. Minion Girls</t>
+  </si>
+  <si>
+    <t>596716</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0e1/4idowb1sjck7unnfl2hemat2enzzavr1.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Миньоны quot;, дизайн Цветы</t>
+  </si>
+  <si>
+    <t>596719</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/935/r75aagk2fs7998zk3t10jo52lv5qq8qf.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Тролли quot;, дизайн 1</t>
+  </si>
+  <si>
+    <t>Наклейки с героями из популярного мультфильма &amp;quot;Тролли. Мировой тур&amp;quot;. Каждый из наборов наклеек выполнен в своём индивидуальном стиле, соответствующем его главному персонажу и его музыкальному стилю. Наклейки изготовлены из упругого полимерного материала и выдерживают многократное приклеивание к различным поверхностям. Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596720</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b43/56uv3r41uxg0613mf9wr2fdh8vqd8lx4.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Тролли quot;, дизайн 2</t>
+  </si>
+  <si>
+    <t>Наклейки с героями из популярного мультфильма &amp;quot;Тролли. Мировой тур&amp;quot;. Все главные персонажи мультика на одном листе. Наклейки изготовлены из упругого полимерного материала и выдерживают многократное приклеивание к различным поверхностям. Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596721</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5f8/xqh7bb5ax5rl6wuph7auv2ajx9cjrfx1.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Тролли quot;, дизайн 3</t>
+  </si>
+  <si>
+    <t>596722</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6b1/lrickazb9fw9w5z9jga8gdfq2sqqwnk5.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Тролли quot;, дизайн 5</t>
+  </si>
+  <si>
+    <t>596723</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/241/phuuc3a3n51yvdb83pjmep5hnqppld0v.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  1</t>
+  </si>
+  <si>
+    <t>Яркие бумажные наклейки с блёстками в наборе с магнитом. Наклейками с любимыми героями мультфильма &amp;quot;Тролли. Мировой тур&amp;quot; можно украсить любые предметы, а магнит прикрепить на холодильник. Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596724</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae8/3tjmzth5tg4jl85evv36guzjz2yn9sk2.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  10</t>
+  </si>
+  <si>
+    <t>596725</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a5/r11d1jh99okdkn21w9zvy681fx0ywops.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  2</t>
+  </si>
+  <si>
+    <t>596726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a7/w0aq9i9s51pejervrttnm3wkgmdi5gue.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  3</t>
+  </si>
+  <si>
+    <t>596727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da3/3kkru9td0o1gis5bw1ooqxswl23iwz6f.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  4</t>
+  </si>
+  <si>
+    <t>596728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c57/zn86s51jf8gmykyr6qo4040g8vv8n83y.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  5</t>
+  </si>
+  <si>
+    <t>596729</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08b/asq8pvv0z4byo0vsyxh4jyynq7j1ge9c.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  6</t>
+  </si>
+  <si>
+    <t>596730</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/db0/9tb2pd9n6u2kjvdac12h8ccsfji21zzw.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  7</t>
+  </si>
+  <si>
+    <t>596731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a24/0m70eib460er48uze14nxtgozvc4l9sq.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  8</t>
+  </si>
+  <si>
+    <t>596732</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/829/lxh18x8n57o696rcf2cpd0fmms2nsorn.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Набор наклейки декоративные  А6 , магнит  9</t>
+  </si>
+  <si>
+    <t>596733</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/785/5eeo523h9tht3knn2dvq4a50z2eicmnb.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  1</t>
+  </si>
+  <si>
+    <t>Яркие бумажные наклейки с блёстками с любимыми героями мультфильма «Тролли. Мировой тур».&amp;nbsp;&amp;nbsp;Наклейки подойдут для крепления к любым предметам и поверхностям. Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596734</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a7/g2bc66vyp9hmjqekyit3p319aan9sn2o.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  10</t>
+  </si>
+  <si>
+    <t>Яркие бумажные наклейки с блёстками с любимыми героями мультфильма &amp;quot;Тролли. Мировой тур&amp;quot;. Наклейки подойдут для крепления к любым предметам и поверхностям. Официальная лицензия Universal.</t>
+  </si>
+  <si>
+    <t>596735</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/35a/aboggv307b3yho6de2en1a0603y5q4ut.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  2</t>
+  </si>
+  <si>
+    <t>596736</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f5/wcgntptgs6dhzwmxvfg0g1ihyd8oronm.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  3</t>
+  </si>
+  <si>
+    <t>596737</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/372/gnmf8pe1mu7qmfpigueguvvkld1kq1pk.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  4</t>
+  </si>
+  <si>
+    <t>596738</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5b/uguzaz3k08dnsbu6ms7z68xlwg50b2lq.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  5</t>
+  </si>
+  <si>
+    <t>596739</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/031/oaadx0owakzr4ypkdcbj397vabfd6r8u.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  6</t>
+  </si>
+  <si>
+    <t>596740</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/85f/ia3q6v9rzyme53h6ltny7hoyl5p1uu1r.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  7</t>
+  </si>
+  <si>
+    <t>596741</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc6/rli35txeztflkx0upt85q095w5do2wzp.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  8</t>
+  </si>
+  <si>
+    <t>596742</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f76/i7i3onao956dvvp4nvw7u7l3da9b3qxa.jpg</t>
+  </si>
+  <si>
+    <t>Тролли: Мировой тур. Наклейки декоративные  9</t>
+  </si>
+  <si>
+    <t>596743</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dea/deadf0cd5406b5002441025b849f607a.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из EVA  quot;Русалки quot;, 15 штук, ассорти, 13х21 см, ЮНЛАНДИЯ, 662681</t>
+  </si>
+  <si>
+    <t>Наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов.</t>
+  </si>
+  <si>
+    <t>624162</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ee/2eead6236ab0d8f6f2ddd3690b125c6d.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из EVA  quot;Ламы и кактус quot;, 24 штуки, ассорти, ЮНЛАНДИЯ, 662687</t>
+  </si>
+  <si>
+    <t>624164</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fda/vz4hzq4cm35nwqawbrtehktbtn581y6x.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки для маркировки школьных принадлежностей  quot;Зверушки quot;, 12 штук, 14х21 см, ЮНЛАНДИЯ, 662708</t>
+  </si>
+  <si>
+    <t>Наклейки для маркировки школьных принадлежностей ЮНЛАНДИЯ созданы для маркировки тетрадей, дневников, учебников, альбомов для рисования и других вещей школьника, а также для их украшения. В наборе содержится 12 бумажных наклеек с объёмными элементами из мягкого пластика. На каждой наклейке предусмотрены линейки, на которых школьник может указать своё имя, фамилию и класс. Школьные наклейки - это не только удобный, но ещё и красивый способ индивидуализировать вещи ученика.Качественный клеевой слой обеспечивает надежную фиксацию на бумаге, картоне и пластике, это значит, что такую наклейку можно разместить как на тетради и альбоме для рисования, так и на пластиковых обложках для учебников и даже упаковке красок.</t>
+  </si>
+  <si>
+    <t>624165</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0a9/0a959222512e7006494f3d190685a46b/70ce78d6666eacd515f7e0b2ba5a5f7f.jpg</t>
-[...1172 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/975/ypadowdgpouu3netl1m2s10fvh2mjubw.jpg</t>
   </si>
   <si>
     <t>Наклейки для маркировки школьных принадлежностей  quot;Машинки quot;, 12 штук, 14х21 см, ЮНЛАНДИЯ, 662712</t>
   </si>
   <si>
     <t>Наклейки для маркировки школьных принадлежностей ЮНЛАНДИЯ созданы для маркировки тетрадей, дневников, учебников, альбомов для рисования и других вещей школьника, а также для их украшения. В наборе содержится 12 бумажных наклеек с блестящими элементами. На каждой наклейке предусмотрены линейки, на которых школьник может указать своё имя, фамилию и класс. Школьные наклейки - это не только удобный, но ещё и красивый способ индивидуализировать вещи ученика.Качественный клеевой слой обеспечивает надежную фиксацию на бумаге, картоне и пластике, это значит, что такую наклейку можно разместить как на тетради и альбоме для рисования, так и на пластиковых обложках для учебников и даже упаковке красок.</t>
   </si>
   <si>
     <t>624166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d86/0vu1jxxq5ca6bpt8qafbygqn2alkm839.jpg</t>
   </si>
   <si>
     <t>Наклейки для маркировки школьных принадлежностей  quot;Принцессы quot;, 12 штук, 14х21 см, ЮНЛАНДИЯ, 662709</t>
   </si>
   <si>
     <t>624167</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/311/mv1op80gi3ageu9gdy99tyvxbssh07qa.jpg</t>
   </si>
   <si>
     <t>Наклейки для маркировки школьных принадлежностей  quot;Совы quot;, 12 штук, 14 21 см, ЮНЛАНДИЯ, 662710</t>
@@ -1413,62 +1241,50 @@
   <si>
     <t>Наклейки обучающие тематические из EVA  quot;Животные Африки quot;, 20х40 см, многоразовые, ЮНЛАНДИЯ, 663770</t>
   </si>
   <si>
     <t>Обучающие наклейки ЮНЛАНДИЯ - это тематические наборы красочных объёмных наклеек из мягкого пластика &amp;#40;EVA&amp;#41; с картонным полем. Наклейки способствуют развитию координации, мелкой моторики, креативного мышления, а также знаний об окружающем мире. В набор входит 12 крупных объемных наклеек в виде различных животных Африки, а также картонное поле размером 20*40 см &amp;#40;поставляется в сложенном виде&amp;#41; с определенными местами для нанесения наклеек. Место для каждой наклейки на поле подписано соответствующим образом, например, лев, жираф, зебра и т.д. Таким образом, в ходе игры ребенок знакомится с названием и внешним видом животного. Размер и объем наклеек удобны в использовании для маленьких детских ручек. Наклейку можно отклеивать и приклеивать на место несколько раз, без потери качества клеевого слоя. Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>673351</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc5/v4de0os2oinrsjfreklsy5ndpwpodoo3.jpg</t>
   </si>
   <si>
     <t>Наклейки обучающие тематические из EVA  quot;Морские обитатели quot;, 20х40 см, многоразовые, ЮНЛАНДИЯ, 663771</t>
   </si>
   <si>
     <t>Обучающие наклейки ЮНЛАНДИЯ - это тематические наборы красочных объёмных наклеек из мягкого пластика &amp;#40;EVA&amp;#41; с картонным полем. Наклейки способствуют развитию координации, мелкой моторики, креативного мышления, а также знаний об окружающем мире. В набор входит 16 крупных объемных наклеек в виде различных морских обитателей, а также картонное поле размером 20*40 см &amp;#40;поставляется в сложенном виде&amp;#41; с определенными местами для нанесения наклеек. Место для каждой наклейки на поле подписано соответствующим образом, например, кит, медуза, дельфин и т.д. Таким образом, в ходе игры ребенок знакомится с названием и внешним видом животного. Размер и объем наклеек удобны в использовании для маленьких детских ручек. Наклейку можно отклеивать и приклеивать на место несколько раз, без потери качества клеевого слоя. Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>673352</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3e3/lru4xbcoij97twmt260oe4hcqmqwgw5g.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d7c/k5f69oa66kzh488dbyqmouu1sh61gded.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Герои в масках quot;, дизайн 1</t>
   </si>
   <si>
     <t>Наклейки вспененные с любимыми детьми персонажами - героями популярного мультсериала &amp;quot;Герои в масках&amp;quot;. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Герои в масках&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684962</t>
   </si>
   <si>
     <t>&lt;a href="/brands/geroi-v-maskah/"&gt;Герои в масках&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc3/9fkeu00pp8129izzfei5acqmbzvvsk8k.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Герои в масках quot;, дизайн 2</t>
   </si>
   <si>
     <t>684963</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/836/d5lrehde586x0gqya61evf8ppdqqsv78.jpg</t>
@@ -1479,92 +1295,65 @@
   <si>
     <t>684964</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0b/1dowvcvpb5tfqt7j1x43pql121xxvx2y.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Герои в масках quot;, дизайн 1</t>
   </si>
   <si>
     <t>Cтильные наклейки с героями из популярного мультфильма &amp;quot;Герои в масках&amp;quot;. Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультика и поднимают настроение. Гелевые наклейки выполнены из прозрачного эластичного полимерного материала. Очень интересно смотрятся на окнах, настенной плитке, мебели. Они легко снимаются и наклеиваются на поверхности снова и снова, не оставляя следов. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Герои в масках&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b4/le30j2l9cnndc3o2k0wv3y1cm1uwhk8p.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Герои в масках quot;, дизайн 2</t>
   </si>
   <si>
     <t>684966</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b8/z7xzo9hju5bfrdpjfqjpcx5gznk0k76d.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cb2/n8bm67blc46tso6z7nppqxia2mf9m6jt.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Леди Баг и Супер-Кот , дизайн 1</t>
   </si>
   <si>
     <t>Наклейки вспененные с любимыми детьми персонажами - героями популярного мультсериала &amp;quot;Леди Баг и Супер-Кот&amp;quot;. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Леди Баг и Супер-Кот&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684969</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ledy-bag-i-super-cot/"&gt;Леди Баг и Супер Кот&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/241/ml6svwdujb7isvspv77z63a9ok8ob2c1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/855/f047jeqgxez5axvhchh52wwgpmz8nyaw.jpg</t>
   </si>
   <si>
     <t>Наклейки пленочные  Леди Баг и Супер-Кот , дизайн 1</t>
   </si>
   <si>
     <t>Ультратонкие пленочные наклейки &amp;quot;Леди Баг и Супер-Кот&amp;quot; с любимыми персонажами. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Леди Баг и Супер-Кот&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684972</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29b/1eukxyzqq0tfej0ihmgz7nhd85n4lajx.jpg</t>
   </si>
   <si>
     <t>Наклейки пленочные  Леди Баг и Супер-Кот , дизайн 2</t>
   </si>
   <si>
     <t>684973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/678/gb3abb890sp53gxs30iizfov70dld8r0.jpg</t>
   </si>
   <si>
     <t>Наклейки пленочные  Леди Баг и Супер-Кот , дизайн 3</t>
@@ -1671,125 +1460,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7f4/r8o6zwfybipvl3407111rrvrydrcxna9.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Щенячий патруль quot;, диз. 1</t>
   </si>
   <si>
     <t>Наклейки вспененные с любимыми детьми персонажами - героями популярного мультсериала &amp;quot;Щенячий патруль&amp;quot; &amp;#40;PAW Patrol&amp;#41;. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Щенячий патруль&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684984</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schenjachij-patrul/"&gt;Щенячий патруль&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/788/jm8brl13g4phf7ygxx0czzs6ofzus7ka.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Щенячий патруль quot;, дизайн 2</t>
   </si>
   <si>
     <t>684985</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d1b/zt0o51j93idh62xiwxhwnh80ra9d7b5a.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/4ce/tyv1278dsd9e78bc54svxgqye24cffo5.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Щенячий патруль quot;, дизайн 5</t>
   </si>
   <si>
     <t>684988</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38f/6blossxejzat0il7nkn0p1grn2ocrqnq.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Щенячий патруль quot;, дизайн 6</t>
   </si>
   <si>
     <t>684989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dca/n0emso0w36zgnkhi2ea2gbiwdsh2ttw0.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Щенячий патруль , дизайн 7</t>
   </si>
   <si>
     <t>684990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a71/jmn280kncibbq6fth8voz6p0g2d2u0hs.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Щенячий патруль , дизайн 8</t>
   </si>
   <si>
     <t>684991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/491/aykqu5i6wt03booq4mjgqx68mft92dmg.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Щенячий патруль quot;, дизайн 2</t>
   </si>
   <si>
     <t>Cтильные наклейки с героями из популярного мультфильма &amp;quot;Щенячий патруль&amp;quot; &amp;#40;PAW Patrol&amp;#41;. Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультика и поднимают настроение. Гелевые наклейки выполнены из прозрачного эластичного полимерного материала. Очень интересно смотрятся на окнах, настенной плитке, мебели. Они легко снимаются и наклеиваются на поверхности снова и снова, не оставляя следов. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Щенячий патруль&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684992</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/77a/33hzk338es7j3ndmggdeajy2b2vskq8e.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b6/3k30ntcm8nsxyrha25he4szoxwo03tza.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Щенячий патруль quot;, дизайн 4</t>
   </si>
   <si>
     <t>684994</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d91/gvx37od5qcdgqa3m4cp5kz3zbmau5ktv.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Щенячий патруль quot;, дизайн 1</t>
   </si>
   <si>
     <t>Наклейки зефирные с любимыми детьми персонажами - героями популярного мультсериала &amp;quot;Щенячий патруль&amp;quot; &amp;#40;PAW Patrol&amp;#41;. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Щенячий патруль&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684995</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b8e/wkbm6ltyjp10og4noyljlp03oammqe5t.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Щенячий патруль quot;, дизайн 2</t>
@@ -1866,59 +1628,50 @@
   <si>
     <t>685003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe6/7vrus3sqwl7dyp03cma4tb0sy7c4mgd6.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Энчантималс , дизайн 4</t>
   </si>
   <si>
     <t>685004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/155/m42qox01bcuqu2n36nhnv2pcbrrlhxx2.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  Энчантималс , дизайн 1</t>
   </si>
   <si>
     <t>Cтильные наклейки с героями из популярного мультфильма &amp;quot;Энчантималс&amp;quot; &amp;#40;Enchantimals&amp;#41;. Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультика и поднимают настроение. Гелевые наклейки выполнены из прозрачного эластичного полимерного материала. Очень интересно смотрятся на окнах, настенной плитке, мебели. Они легко снимаются и наклеиваются на поверхности снова и снова, не оставляя следов. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Энчантималс&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>685005</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bb3/f4kzhw3hdn2d97rpd4sl1ginmv6zjw8a.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/257/v651w11di2bqca0cfq35x24s2d997krs.jpg</t>
   </si>
   <si>
     <t>Наклейки ассорти</t>
   </si>
   <si>
     <t>705779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e1/lar83v2rzd1l8scvqqqubgjiee731utj.jpg</t>
   </si>
   <si>
     <t>Наклейки для декорирования  quot;Краб quot; 4шт уп</t>
   </si>
   <si>
     <t>Наклейки&amp;nbsp;&amp;nbsp;для декорирования &amp;quot;Краб&amp;quot; 4шт/уп</t>
   </si>
   <si>
     <t>705788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d5/bkv9r5gjin5rsgvu5ri5iz9t7ejel9qv.jpg</t>
   </si>
   <si>
     <t>Наклейки для декорирования  quot;Муравей quot; 4шт уп</t>
@@ -1944,62 +1697,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/662/ujhxn8ezn9cnlvt21va50qu3di0gkgjk.jpg</t>
   </si>
   <si>
     <t>Наклейки для декорирования  quot;Ракушка quot; 4шт уп</t>
   </si>
   <si>
     <t>Наклейки&amp;nbsp;&amp;nbsp;для декорирования &amp;quot;Ракушка&amp;quot; 4шт/уп</t>
   </si>
   <si>
     <t>705797</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/74d/q5spo1helvkauekmfjw5gv34t2o0zclt.jpg</t>
   </si>
   <si>
     <t>Наклейки для декорирования  quot;Цветочек quot; 4шт уп</t>
   </si>
   <si>
     <t>Наклейки&amp;nbsp;&amp;nbsp;для декорирования &amp;quot;Цветочек&amp;quot; 4шт/уп</t>
   </si>
   <si>
     <t>705801</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/79f/1pe7ztepobp4ni24jsx6hzarphbfueru.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/070/d9k6cjgqu3ysoonhwvtpy4yz1ct7sg38.jpg</t>
   </si>
   <si>
     <t>Наклейки для декорирования виниловые 40 40см</t>
   </si>
   <si>
     <t>Наклейки&amp;nbsp;&amp;nbsp;для декорирования виниловые 40*40см</t>
   </si>
   <si>
     <t>705803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49e/kxck3gdwr2oxli0m7m8imzo6uifxn9zh.jpg</t>
   </si>
   <si>
     <t>Наклейки для декорирования виниловые 60 90см с объемным 3D рисунком</t>
   </si>
   <si>
     <t>Наклейки&amp;nbsp;&amp;nbsp;для декорирования виниловые 60*90см с объемным 3D рисунком</t>
   </si>
   <si>
     <t>705805</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1cb/vv565lblkf3etdjfn4zu4qweic858d0u.jpg</t>
@@ -2068,59 +1809,50 @@
     <t>Наклейки 2 листа ассорти</t>
   </si>
   <si>
     <t>705819</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c00/1l887k27yft0j9x1v7rmp4gqy1gshhtk.jpg</t>
   </si>
   <si>
     <t>Наклейки 22,5 10см ассорти</t>
   </si>
   <si>
     <t>Наклейки 22,5*10см ассорти</t>
   </si>
   <si>
     <t>705824</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17e/jsn42smva4loh7so6zreeb3b6rqaywxt.jpg</t>
   </si>
   <si>
     <t>Наклейки 3D</t>
   </si>
   <si>
     <t>705825</t>
-  </si>
-[...7 lines deleted...]
-    <t>705826</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dc5/oy7dctpk15zqhsxk97f3io9zt9xylfrd.jpg</t>
   </si>
   <si>
     <t>Наклейки фигурки ассорти</t>
   </si>
   <si>
     <t>Наклейки в виде разнообразных пластмассовых фигурок</t>
   </si>
   <si>
     <t>705833</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b2c/5oi2qqy6fyao0skgxgxy6cb7zr1oy5oz.jpg</t>
   </si>
   <si>
     <t>Наклейки декоративные 110 170мм</t>
   </si>
   <si>
     <t>Наклейки декоративные 110*170мм</t>
   </si>
   <si>
     <t>705834</t>
   </si>
@@ -2209,158 +1941,77 @@
   <si>
     <t>http://anytos.ru//upload/iblock/3ce/h04w0a9k6ewd0qh6bpp22d2of9e1lweo.jpg</t>
   </si>
   <si>
     <t>Набор наклеек 3D РЫБКИ 9,5 х 18,5 см.</t>
   </si>
   <si>
     <t>Набор наклеек 3D РЫБКИ 9,5 х 18,5 см</t>
   </si>
   <si>
     <t>769736</t>
   </si>
   <si>
     <t>&lt;a href="/brands/applika/"&gt;Апплика&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/29c/jjyxw3iso5daf45kh74jvrc4xmuchefs.jpg</t>
   </si>
   <si>
     <t>Наклейки НОЖКИ, ЛАДОЖКИ</t>
   </si>
   <si>
     <t>769737</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/258/q36sc3caivsbngppadw2nr61r19k6zg9.jpg</t>
-[...8 lines deleted...]
-    <t>769864</t>
+    <t>http://anytos.ru//upload/iblock/19c/h9neaugs2lz1depfy1zgk2qo6bkh0nkk.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные  quot;Лама quot;</t>
+  </si>
+  <si>
+    <t>Декоративные наклейки &amp;quot;Лама&amp;quot; с забавными мультяшными персонажами. Продукция сделана из высококачественных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Декоративные наклейки &amp;quot;Лама&amp;quot; – это коллекция ярких стикеров, которая собрана специально для детей и их родителей!</t>
+  </si>
+  <si>
+    <t>769867</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0dc/3uoy87xno7rzi5yh329y5aaiotjy9imn.jpg</t>
-[...70 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1d9/bb8rysjyhiy79950dw0z2alv94qw7aku.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние гелевые  L.O.L. Surprise , дизайн 4</t>
   </si>
   <si>
     <t>Стильные новогодние наклейки с изображением популярных куколок LOL Surprise! &amp;#40;ЛОЛ&amp;#41;. Очаровательные куколки создадут особую атмосферу праздника и поднимут настроение каждой девочке. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Перед Новым годом такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек LOL Surprise! также позволит украсить и подчеркнуть уникальность поздравительных открыток для друзей и близких. Наклейки - это не только развлечение для ребенка, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые новогодние наклейки &amp;quot;ЛОЛ&amp;quot; – это коллекция ярких стикеров, которая собрана специально к самому любимому детскому празднику!</t>
   </si>
   <si>
     <t>786480</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2a2/wbpmlks7057xgfdq4cimibkss4w1bxf1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/155/u8tpztf73cf2sp2jy8nmnrp8rtlym1fb.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Blue line quot;, 25 7,8см.</t>
   </si>
   <si>
     <t>Яркие, сверкающие стразы для декорирования. Изготовлены из пластика на основе акрила. Идеально подходят для украшения любых поделок, их можно приклеить на открытку, подарочную упаковку, канцтовары, предметы интерьера, мобильный телефон, очки, ноутбук или любой другой аксессуар. Легко отделяются от основы и надежно держатся.</t>
   </si>
   <si>
     <t>793105</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/efd/i3tq0tkptiaw38u6a4rxax83jo924gse.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Bright crystal quot;, 25 10см.</t>
   </si>
   <si>
     <t>793106</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba5/d7c4w7m58c2ajwgl7ffky4t2wdv6hnjl.jpg</t>
@@ -2377,57 +2028,57 @@
   <si>
     <t>Наклейки акриловые MESHU  quot;Bright line quot;, 25 7,8см.</t>
   </si>
   <si>
     <t>793108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e5/16us36m005bq3bjk0vfc5ppppobfa4t7.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Gold line quot;, 25 7,8см.</t>
   </si>
   <si>
     <t>793110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f53/27zbzn4khi01y2qrfd57xh8t1qty8mzj.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Pink line quot;, 25 7,8см.</t>
   </si>
   <si>
     <t>793111</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/931/kxp8xitp4jvrb41y9yybkgbsr564k37j.jpg</t>
-[...5 lines deleted...]
-    <t>793112</t>
+    <t>http://anytos.ru//upload/iblock/eab/2epkksmz06j12y8c3hsp2mxy0kz0zwd7.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки акриловые MESHU  quot;White line quot;, 25 7,8см.</t>
+  </si>
+  <si>
+    <t>793115</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/537/gnw3353wy009yb3tjbxvum56ps0po9qv.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;White pearls quot;, 25 7см.</t>
   </si>
   <si>
     <t>793116</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae1/v5y2hgox7yppx4qp6ngmh29mbioov3s6.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные для ежедневников MESHU  quot;Bright life quot;, европодвес</t>
   </si>
   <si>
     <t>Бумажные наклейки для ежедневников.&amp;nbsp;&amp;nbsp;Подойдут для оформления записей в блокнотах и дневниках, а также для украшения канцтоваров, открыток, поделок, телефонов, ноутбуков, предметов интерьера. Яркие современные дизайны сделают творческий процесс увлекательным и подарят отличное настроение.</t>
   </si>
   <si>
     <t>800434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5f/hdbtv9gav1w1qgcy8ecw0pgje8fy3kn8.jpg</t>
   </si>
@@ -2542,62 +2193,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/897/j27c2rveqpoovcf1tkefr30j7k71pesb.jpeg</t>
   </si>
   <si>
     <t>НАКЛЕЙКИ ОБЪЕМНЫЕ  quot; ЗВЕРУШКИ quot; 6 ВИДОВ</t>
   </si>
   <si>
     <t>НАКЛЕЙКИ ОБЪЕМНЫЕ &amp;quot; ЗВЕРУШКИ&amp;quot; 6 ВИДОВ</t>
   </si>
   <si>
     <t>815560</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d9/82z0gf6rq77d9dpn87qndzdqmjxkvy6j.jpeg</t>
   </si>
   <si>
     <t>НАКЛЕЙКИ ОБЪЕМНЫЕ  quot; БАБОЧКИ quot; 6 ВИДОВ</t>
   </si>
   <si>
     <t>НАКЛЕЙКИ ОБЪЕМНЫЕ &amp;quot; БАБОЧКИ&amp;quot; 6 ВИДОВ</t>
   </si>
   <si>
     <t>815561</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b4d/qe000hjswoeo9zovc09v9truzbth03qx.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ea5/wro0l5tn580je0fjmgt1apnk9rux9b00.jpeg</t>
   </si>
   <si>
     <t>НАКЛЕЙКИ С ПОДВИЖНЫМИ ГЛАЗКАМИ, НАБОР  2, 6 ВИДОВ</t>
   </si>
   <si>
     <t>НАКЛЕЙКИ С ПОДВИЖНЫМИ ГЛАЗКАМИ, НАБОР №2, 6 ВИДОВ</t>
   </si>
   <si>
     <t>815563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/baf/gcm0cxtmp2vrc75nxtresjq87qa1zbmt.jpeg</t>
   </si>
   <si>
     <t>НАКЛЕЙКИ ОБЪЕМНЫЕ ГОЛОГРАФИЧЕСКИЕ, 2 ВИДА</t>
   </si>
   <si>
     <t>815564</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a5b/aylp1athh9oixfg6r4oxsfkns6g043fw.jpeg</t>
   </si>
   <si>
     <t>ДЕКОРАТИВНЫЕ ЭЛЕМЕНТЫ 3D  quot;БАБОЧКИ quot;, 7 ВИДОВ, 6 ШТ</t>
@@ -3262,78 +2901,57 @@
   <si>
     <t>Наклейки бумажные MESHU  quot;Trecker dots blue quot;</t>
   </si>
   <si>
     <t>834122</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/379/dinx3358s6mbkipyvailulv0pgwb8jtw.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные MESHU  quot;Trecker dots pink quot;</t>
   </si>
   <si>
     <t>834123</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f16/x8ttf29cb02tthtyhs3hhpjoqwe0d81y.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти  quot;Бабочки quot;</t>
   </si>
   <si>
     <t>834126</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/019/tp2ig73zpvtwy82svfn5pdqpuic41cr1.jpg</t>
-[...26 lines deleted...]
-    <t>836676</t>
+    <t>http://anytos.ru//upload/iblock/d8d/kk4bb445a38bblztj52f3522h3unjymx.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти  quot;Монстрики quot;</t>
+  </si>
+  <si>
+    <t>834136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc4/vyv7m2g6y4w4op4wjkwdrvgdkqke8y7g.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  Мир Юрского периода , дизайн 1</t>
   </si>
   <si>
     <t>Стильные наклейки «Мир Юрского периода», диз. 1 создадут особую атмосферу и поднимут настроение ребенку.&amp;nbsp;&amp;nbsp; Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы.&amp;nbsp;&amp;nbsp; Набор многоразовых наклеек «Мир Юрского периода» также позволит сделать любимые вещи ребенка уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки «Мир Юрского периода» – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>836685</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mir-yurskogo-perioda/"&gt;Мир Юрского Периода&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/000/e0da2o24340us1itoc9v8e1uyeetzr7j.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  Мир Юрского периода , дизайн 2</t>
   </si>
   <si>
     <t>Стильные наклейки «Мир Юрского периода», диз. 2 создадут особую атмосферу и поднимут настроение ребенку.&amp;nbsp;&amp;nbsp; Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы.&amp;nbsp;&amp;nbsp; Набор многоразовых наклеек «Мир Юрского периода» также позволит сделать любимые вещи ребенка уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки «Мир Юрского периода» – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
@@ -3430,95 +3048,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8d5/u2oqfpziipz7po3lyv5kmzjtxiy0vkz7.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  My Little Pony , дизайн 2</t>
   </si>
   <si>
     <t>Стильные наклейки «My Little Pony» диз. 2 создадут особую атмосферу и поднимут настроение каждой девочке.&amp;nbsp;&amp;nbsp; Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы.&amp;nbsp;&amp;nbsp; Набор многоразовых наклеек «My Little Pony» также позволит сделать любимые вещи ребенка уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки «My Little Pony» – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>836694</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b2/bkqyiax4z0dnm2m21h4lgqu3wjcsesha.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  My Little Pony , дизайн 3</t>
   </si>
   <si>
     <t>Стильные наклейки «My Little Pony» диз. 3 создадут особую атмосферу и поднимут настроение каждой девочке.&amp;nbsp;&amp;nbsp; Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы.&amp;nbsp;&amp;nbsp; Набор многоразовых наклеек «My Little Pony» также позволит сделать любимые вещи ребенка уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки «My Little Pony» – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>836695</t>
   </si>
   <si>
-    <t>http://anytos.ru//bitrix/templates/s7spb.anitos/images/no_image200.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1e7/wzv9ehvmmhujl7dpl5j75qt2ws464kcn.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  L.O.L. Surprise , дизайн 6</t>
   </si>
   <si>
     <t>Стильные наклейки с изображением популярных куколок LOL Surprise! &amp;#40;ЛОЛ&amp;#41;. Очаровательные куколки создадут особую атмосферу и поднимут настроение каждой девочке. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек LOL Surprise! также позволит сделать любимые вещи малышки уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение для ребенка, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки &amp;quot;ЛОЛ&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>836735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d08/yxxcxpzoa9f5api3hogq51qjxt71cl2c.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Миньоны quot;, дизайн 2</t>
   </si>
   <si>
     <t>Стильные наклейки с героями из популярного мультфильма &amp;quot;Миньоны&amp;quot; &amp;#40;Minions&amp;#41;. Любимые персонажи в джинсовых комбинезонах воссоздадут живую атмосферу мультика и поднимут настроение и ребенку и взрослому. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек &amp;quot;Миньоны&amp;quot; также позволит сделать любимые вещи ребенка уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение для малыша, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Миньоны&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>836737</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cc6/mchr5vv076qa4t1iyxpubinhi4z7i91w.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ee6/l570kt2sp036wiqt4v33ylchd1hk3z98.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Миньоны quot;, дизайн 4</t>
   </si>
   <si>
     <t>836739</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d5/ulwexz9ojtvxzmafrrfk3jpxm0y7m98m.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние гелевые  quot;Миньоны quot;, дизайн 2</t>
   </si>
   <si>
     <t>Стильные новогодние наклейки с героями из популярного мультфильма &amp;quot;Миньоны&amp;quot; &amp;#40;Minions&amp;#41;. Любимые персонажи в джинсовых комбинезонах дополнят живую атмосферу праздника и поднимут настроение и ребенку и взрослому. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Перед Новым годом такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек &amp;quot;Миньоны&amp;quot; также позволит украсить и подчеркнуть уникальность поздравительных открыток для друзей и близких. Наклейки - это не только развлечение для малыша, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Миньоны&amp;quot; – это коллекция ярких стикеров, которая собрана специально к самому любимому детскому празднику!</t>
   </si>
   <si>
     <t>836740</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e94/vwy12bs1tm7d8go5ymq34yv8agjn4lab.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние гелевые  quot;Миньоны quot;, дизайн 3</t>
@@ -3544,174 +3141,138 @@
   <si>
     <t>Наклейки вспененные  Мир Юрского периода , дизайн 2</t>
   </si>
   <si>
     <t>836743</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19a/rd9fbfvz9bkqx9kmz0v06uxequswytbi.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Мир Юрского периода , дизайн 3</t>
   </si>
   <si>
     <t>836744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/345/g25u1xfe9cwzprkij4ldpkwy7jb8fby7.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Мир Юрского периода , дизайн 4</t>
   </si>
   <si>
     <t>836745</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6fd/24o22jxa56pf42ma6tfs8jxxqo8hwbz9.jpg</t>
-[...2 lines deleted...]
-    <t>Наклейки гелевые  Хот Вилс , дизайн 1</t>
+    <t>http://anytos.ru//upload/iblock/d85/ljtnf5njy4h5jj3ihiyq5rmh8im9ovdq.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  Хот Вилс , дизайн 2</t>
   </si>
   <si>
     <t>Стильные наклейки с изображением легендарных машинок Hot Wheels &amp;#40;&amp;quot;Хот Вилс&amp;quot;&amp;#41;. Сверхскоростные машинки создадут особую атмосферу и поднимут настроение каждому мальчику. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек Hot Wheels также позволит сделать любимые вещи малыша уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение для ребенка, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Хот Вилс&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
-    <t>836747</t>
-[...7 lines deleted...]
-  <si>
     <t>836748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b72/3x9efkan4fq2pjtvbyx4xh7zhn823l93.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  Хот Вилс , дизайн 3</t>
   </si>
   <si>
     <t>836749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16b/4j1j4nrmxy6isgiadiky6xu0vhpd5ux0.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Щенячий патруль quot;, дизайн 1</t>
   </si>
   <si>
     <t>Наклейки гелевые «Щенячий патруль» – оригинальный подарок для фанатов отважных щенков! Гелевые наклейки изготовлены из прозрачного и пластичного эластичного полимерного материала. Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультфильма и вызывают радость у ребенка. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Ребенок сможет украсить комнату, тетради и игрушки наклейками и сделать любимые вещи уникальными.</t>
   </si>
   <si>
     <t>836750</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1b9/x9asba4vexxl3xp2gicj2h3568v18q4h.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/afb/nco801ygwwc3jylpiiipbi0iyingydns.jpg</t>
   </si>
   <si>
     <t>Наклейки декоративные  quot;Львы quot;</t>
   </si>
   <si>
     <t>Декоративные наклейки &amp;quot;Львы&amp;quot; с забавными мультяшными персонажами. Продукция сделана из высококачественных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Декоративные наклейки &amp;quot;Львы&amp;quot; – это коллекция ярких стикеров, которая собрана специально для детей и их родителей!</t>
   </si>
   <si>
     <t>836754</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b12/u4m7jbrjfnaqktq7gblxswzled83l8qj.jpg</t>
-[...20 lines deleted...]
-    <t>841520</t>
+    <t>http://anytos.ru//upload/iblock/b70/s9896pgf3ke8eyhsyqtx0j9nehrwxmb5.jpg</t>
+  </si>
+  <si>
+    <t>Эпоксидные наклейки Мульти-Пульти  quot;Машины quot;</t>
+  </si>
+  <si>
+    <t>Эпоксидные наклейки Мульти-Пульти &amp;quot;Машины&amp;quot; это отличный материал для творчества и игры с ребенком. Наклейки из набора можно использовать для украшения и декорирования, а также для игр, оформления рисунков, открыток. Наклейки обладают выпуклой, прозрачной и гладкой поверхностью, благодаря чему они очень тактильно приятны после нанесения. Комбинируя наклейки из различных наборов &amp;quot;Мульти-Пульти&amp;quot; Вы можете придумывать целые творческие сюжеты!</t>
+  </si>
+  <si>
+    <t>841524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e93/916lea8hcvfbmmqdz1rwa0zgnk6p770l.jpg</t>
   </si>
   <si>
     <t>Эпоксидные наклейки Мульти-Пульти  quot;Сладких снов quot;</t>
   </si>
   <si>
     <t>Эпоксидные наклейки Мульти-Пульти &amp;quot;Сладких снов&amp;quot; это отличный материал для творчества и игры с ребенком. Наклейки из набора можно использовать для украшения и декорирования, а также для игр, оформления рисунков, открыток. Наклейки обладают выпуклой, прозрачной и гладкой поверхностью, благодаря чему они очень тактильно приятны после нанесения. Комбинируя наклейки из различных наборов &amp;quot;Мульти-Пульти&amp;quot; Вы можете придумывать целые творческие сюжеты!</t>
   </si>
   <si>
     <t>841526</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c8/2wgqad5pxzklhpxk70fqkcc6f04xycfh.jpg</t>
   </si>
   <si>
     <t>Набор бумажных наклеек MESHU  quot;Good vibe quot; 5шт.</t>
   </si>
   <si>
     <t>Наборы бумажных наклеек MESHU, 5 листов. Наклейки идеально подходят для оформления записей, открыток, поделок, а также украшения канцтоваров, телефонов, ноутбуков, предметов интерьера. Яркие современные дизайны сделают творческий процесс увлекательным и подарят отличное настроение</t>
   </si>
   <si>
     <t>842612</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/de0/00fonlig9hh692340noyto9o5jfkw1u7.jpg</t>
-[...8 lines deleted...]
-    <t>842614</t>
+    <t>http://anytos.ru//upload/iblock/d57/4l2ewwu18085vyms06l67ttiozo7l742.jpg</t>
+  </si>
+  <si>
+    <t>Набор бумажных наклеек MESHU  quot;Grace quot; 5шт.</t>
+  </si>
+  <si>
+    <t>842613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/86f/3cc6v1olrnrcsnn3afdyokyjde1xjr6y.jpg</t>
   </si>
   <si>
     <t>Наклейки ПВХ MESHU  quot;Silver numbers quot;</t>
   </si>
   <si>
     <t>Наклейки ПВХ для декорирования MESHU идеально подходят для оформления записей, открыток, поделок, а также украшения канцтоваров, телефонов, ноутбуков, предметов интерьера. Яркие современные дизайны сделают творческий процесс увлекательным и подарят отличное настроение.</t>
   </si>
   <si>
     <t>842627</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/850/afy2wtopbrualiwnybcgzfyjqn62ls9b.jpg</t>
   </si>
   <si>
     <t>Наклейки ПВХ MESHU  quot;Silver quot;</t>
   </si>
   <si>
     <t>842628</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7c/b77e6ivuxa6k0ncbdmgwv5a3nbh9zsrx.jpg</t>
   </si>
@@ -3757,191 +3318,179 @@
   <si>
     <t>Наклейки эпоксидные MESHU  quot;Alphabet quot;</t>
   </si>
   <si>
     <t>842642</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e35/u783u12y2bqlwwv05r7q51l2cn2zyhmz.jpg</t>
   </si>
   <si>
     <t>Наклейки эпоксидные MESHU  quot;Motivation quot;</t>
   </si>
   <si>
     <t>842651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e21/sgnsr534jcvdxemhts15zrr481y457g4.jpg</t>
   </si>
   <si>
     <t>Наклейки эпоксидные MESHU  quot;Wise advice quot;</t>
   </si>
   <si>
     <t>842652</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/91c/le757raohz4ujbv8u3whoqpk9ht8g0ln.jpg</t>
+  </si>
+  <si>
+    <t>Эпоксидные наклейки Мульти-Пульти  quot;Молодец quot;</t>
+  </si>
+  <si>
+    <t>842653</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a49/4t4ou9cs0lpkmhx8xxx3z2gkq12fu38s.jpg</t>
   </si>
   <si>
     <t>Наклейки МОДНЫЙ ПОДИУМ ассорти</t>
   </si>
   <si>
     <t>847204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/252/f1yfqu4b81qbjzun9oreykdnt0h8p99c.jpg</t>
   </si>
   <si>
     <t>Набор наклеек 3D 12 х 19 см.</t>
   </si>
   <si>
     <t>847206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bab/68ng4cthgsuhye25woljxkvatur50bfw.jpg</t>
   </si>
   <si>
     <t>Объемные гелевые наклейки ВОЛШЕБСТВО-2</t>
   </si>
   <si>
     <t>847208</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/982/8d9tr1c7bz2usxch8h8wdj2yc18vydx9.jpg</t>
+  </si>
+  <si>
+    <t>Набор бумажных наклеек для маркировки школьных принадлежностей Мульти-Пульти  quot;Космические монстрики quot;, 140 210, 24 наклейки, европодвес</t>
+  </si>
+  <si>
+    <t>Наклейки для маркировки от Мульти-Пульти отличное решение для унификации детских принадлежностей. В набор входят 24 наклейки размером 66*48мм с уникальным персонажем на каждой из них. Наклейки отлично подойдут для маркировки тетрадей, папок, альбомов, портфолио, шкафчиков в школе и детском саду и многого другого.</t>
+  </si>
+  <si>
+    <t>883099</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/591/jwnv7xlk7ovxfawzqomfhxo2bwf9vnsj.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  Мир Юрского периода , дизайн 5</t>
   </si>
   <si>
     <t>Наклейки вспененные «Мир Юрского периода» – оригинальный подарок для фанатов динозавров!Яркие и насыщенные цвета наклеек воссоздают живую атмосферу джунглей и вызывают радость у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «Мир Юрского периода» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>905795</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b0/hzau1jlzd7eyu8dpeprkd3811lifuy3d.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  Мир Юрского периода , дизайн 6</t>
   </si>
   <si>
     <t>905796</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1f6/b070pzhyak2z0of51jkivr5t1qgx6ea0.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  My Little Pony , дизайн 1</t>
   </si>
   <si>
     <t>Наклейки вспененные «My Little Pony» – оригинальный подарок для фанатов популярного мультфильма!Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультфильма и вызывают радость у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «My Little Pony» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>905797</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/463/jwzvnkcswszuxh9our1jolqjks0vt0lf.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f4c/8ofgle07ih9dfq3wrz1dupg05yglw5lp.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Щенячий патруль , дизайн 10</t>
   </si>
   <si>
     <t>Наклейки вспененные «Щенячий патруль» – оригинальный подарок для фанатов щенков! Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультфильма и вызывают радость у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки. Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «Щенячий патруль» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>905799</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ec7/2rv4lzpmejbdj2j5m8n573j6e3e1hgc5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/780/a2xucmfu1vgomhdsz038in6nylcwhr20.jpg</t>
   </si>
   <si>
     <t>Набор светоотражающих наклеек Мульти-Пульти  quot;Звезды quot;, 17 штук</t>
   </si>
   <si>
     <t>Набор светоотражающих наклеек Мульти-Пульти «Звезды» сделаны для маркировки элементов одежды и аксессуаров светоотражающими элементами. При попадании света в темноте наклейки отсвечивают золотистым цветом. Комбинируя различные варианты наклеек, можно получить отличный узор, светящийся в темноте. Подходят для одежды из тканевых материалов, рюкзаков, мешков для обуви, бейсболок и переносятся на поверхность с помощью утюга.</t>
   </si>
   <si>
     <t>926978</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/566/dps8ifjp90s06bg05n269e2p9f6mvdzr.jpg</t>
   </si>
   <si>
     <t>Набор светоотражающих наклеек Мульти-Пульти  quot;Сердца quot;, 16 штук</t>
   </si>
   <si>
     <t>Набор светоотражающих наклеек Мульти-Пульти «Сердца» сделаны для маркировки элементов одежды и аксессуаров светоотражающими элементами. При попадании света в темноте наклейки отсвечивают серебристым цветом. Комбинируя различные варианты наклеек, можно получить отличный узор, светящийся в темноте. Подходят для одежды из тканевых материалов, рюкзаков, мешков для обуви, бейсболок и переносятся на поверхность с помощью утюга.</t>
   </si>
   <si>
     <t>926980</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68a/n34mist94dh2lf16jpkj2e9m369x7bvy.jpg</t>
   </si>
   <si>
     <t>Набор светоотражающих наклеек Мульти-Пульти  quot;Смайлы quot;, 16 штук</t>
   </si>
   <si>
     <t>Набор светоотражающих наклеек Мульти-Пульти «Смайлы» сделаны для маркировки элементов одежды и аксессуаров светоотражающими элементами. При попадании света в темноте наклейки отсвечивают золотистым цветом. Комбинируя различные варианты наклеек, можно получить отличный узор, светящийся в темноте. Подходят для одежды из тканевых материалов, рюкзаков, мешков для обуви, бейсболок и переносятся на поверхность с помощью утюга.</t>
   </si>
   <si>
     <t>926981</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/11b/x8o5otgavf9l0zvm1kfcbl71fbr8hvvn.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d2/kndp7xpsez1cp9k2ivd8sa6rxi07mc7d.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Small hearts quot;, 25 10см, стразы, 91 наклейка, инд. уп., европодвес</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU Small hearts – яркие, сверкающие стразы для декорирования. Они идеально подходят для украшения любых поделок. На листе размером 25*10 см находится 91 наклейка из полимера. Лист упакован в пакет с европодвесом. Наклейки можно приклеить на открытку, подарочную упаковку, канцтовары, предметы интерьера, мобильный телефон, очки, ноутбук или любой другой аксессуар. Легко отделяются от основы и надежно держатся. • Размер листа: 25*10 см; • Количество наклеек: 91 шт.; • Упаковка: пакет с европодвесом.</t>
   </si>
   <si>
     <t>926984</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17b/ua275rf0ks1nu1qnq6ymxl6j885cd2mf.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Zigzag quot;, 25 10см, стразы, 396 наклеек, инд. уп., европодвес</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU Zigzag – яркие, сверкающие стразы для декорирования. Они идеально подходят для украшения любых поделок. На листе размером 25*10 см находится 396 наклеек из полимера. Лист упакован в пакет с европодвесом. Наклейки можно приклеить на открытку, подарочную упаковку, канцтовары, предметы интерьера, мобильный телефон, очки, ноутбук или любой другой аксессуар. Легко отделяются от основы и надежно держатся. • Размер листа: 25*10 см; • Количество наклеек: 396 шт.; • Упаковка: пакет с европодвесом.</t>
   </si>
   <si>
     <t>926985</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb0/c2lo2ch3y5uuewjucvap5fx5ersboxam.jpg</t>
@@ -3958,158 +3507,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/26f/59wdg4rd413zu5fzx7ylm8opdo6nrlp8.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные АССОРТИ, 11х20 см, PRIORITY</t>
   </si>
   <si>
     <t>Наклейки с любимыми героями - это самая крутая штука для украшения ежедневника, телефона, тетради. Идеально подчеркнут индивидуальный образ ребенка, а также подойдут в качестве подарка на праздник. Набор наклеек отличает яркость красок и высокое качество художественного исполнения.</t>
   </si>
   <si>
     <t>939817</t>
   </si>
   <si>
     <t>&lt;a href="/brands/priority/"&gt;PRIORITY&lt;/a&gt;</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb3/27uoccab8v73c2aa48zkks3kilxhgjwe.jpg</t>
   </si>
   <si>
     <t>Набор бумажных наклеек для маркировки школьных принадлежностей Мульти-Пульти  quot;Милые зверушки quot;, 140 210, 24 наклейки, европодвес</t>
   </si>
   <si>
-    <t>Наклейки для маркировки от Мульти-Пульти отличное решение для унификации детских принадлежностей. В набор входят 24 наклейки размером 66*48мм с уникальным персонажем на каждой из них. Наклейки отлично подойдут для маркировки тетрадей, папок, альбомов, портфолио, шкафчиков в школе и детском саду и многого другого.</t>
-[...1 lines deleted...]
-  <si>
     <t>940251</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/911/nil5ubu3xa7ujxwqvhvdi9j508e80aq6.jpg</t>
   </si>
   <si>
     <t>Термонаклейки Brawl Stars, ассорти</t>
   </si>
   <si>
     <t>Термонаклейка с топовыми героями превратит любую вещь в дизайнерскую. наклейка легко переносится на ткань и дает возможность сделать вашу вещь уникальной. Можно использовать на любом типе ткани, любого состава, хоть плащевка, хоть футер, не говоря уже обо всех остальных тканях, подходит практически для всего, можно даже на натуральную кожу наносить! Термоаппликацией можно кастомизировать и создать свой уникальный стиль, а также исправить какие-то дефекты, так как после &amp;quot;запекания&amp;quot; ПВХ плюс клеевой слой становятся очень прочным и сверхтонким скрепляющим слоем. При использовании на детской одежде помогает ребенку и воспитателям/учителям различать вещи детей в саду/школе. Аппликация на одежду проста в использовании, для переноса достаточно наличия утюга. Наклейка подходит для кастомизации - футболок, толстовок, джинсовок, спортивных костюмов, пижам, бейсболок, панамок, шопперов. лист 15*20,5 см с термонаклейкой Упаковка: подложка &amp;#43; пакет 17*28,5см</t>
   </si>
   <si>
     <t>940255</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brawls-stars/"&gt;Brawls Stars&lt;/a&gt;</t>
   </si>
   <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/203/ojz4v4bhmty91851t9dkx2hiegn2esa1.jpeg</t>
   </si>
   <si>
     <t>Наклейки вспененные  L.O.L. Surprise  O.M.G. , дизаин 1</t>
   </si>
   <si>
     <t>Яркие наклейки стикеры с любимыми куклами «L.O.L. Surprise! O.M.G.» и их аксессуарами в стиле рок Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, чехол телефона, обложку школьного дневника, ноутбук, тетрадь, ежедневник, планнер и многое другое Многоразовые наклейки &amp;quot; L.O.L. Surprise! O.M.G.&amp;quot; – это коллекция ярких стикеров, которая собрана специально для девочек!</t>
   </si>
   <si>
     <t>949474</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6f1/w9xzk31r1odk9cy8awbg2b1aqyf7h6f4.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aaf/u42qi78vnbffl4scgb1hlebhb3rcz0vy.jpeg</t>
   </si>
   <si>
     <t>Наклейки вспененные  L.O.L. Surprise , диз. New 1</t>
   </si>
   <si>
     <t>Наклейки вспененные «L.O.L. Surprise!» – оригинальный подарок для фанаток кукольных подружек!Яркие и насыщенные цвета наклеек вызовут радость у ребенка. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «L.O.L. Surprise!» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>949476</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2dc/89guf6t0ah45jy4wjjnw80pl6rezupzy.jpeg</t>
-[...2 lines deleted...]
-    <t>Наклейки гелевые  L.O.L. Surprise , дизаин 7</t>
+    <t>http://anytos.ru//upload/iblock/5cc/2nzz38if8g38do5z9ys167qqdvlhz0sy.jpeg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  L.O.L. Surprise , диз. New 3</t>
+  </si>
+  <si>
+    <t>949478</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b9/9sbqmtfnbcc5o10k7fxto5z7g0axw7v6.jpeg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  L.O.L. Surprise , дизаин 8</t>
   </si>
   <si>
     <t>Наклейки гелевые «L.O.L. Surprise!» – оригинальный подарок для фанатов популярных куколок! Яркие и насыщенные цвета наклеек вызовут радость и интерес у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «L.O.L. Surprise!» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
-    <t>949479</t>
-[...7 lines deleted...]
-  <si>
     <t>949480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/000/9x1uxohpuha53e9lf13onavf3sguebd3.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  L.O.L. Surprise , дизаин 3</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой «L.O.L. Surprise!» – оригинальный подарок для фанатов популярных куколок! Яркие и насыщенные цвета наклеек вызовут радость и интерес у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «L.O.L. Surprise!» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>949483</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/47b/6dpwsipmm31htvrq1g4kkz4zrqj89o65.jpeg</t>
-[...2 lines deleted...]
-    <t>Наклейки объемные  L.O.L. Surprise  O.M.G. , дизаин 1</t>
+    <t>http://anytos.ru//upload/iblock/27f/s2jdbn04af8kf362xlbp0aa91fxqmiyk.jpeg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные с фольгой  L.O.L. Surprise , дизаин 4</t>
+  </si>
+  <si>
+    <t>949484</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efe/9y0evbatrun9dni1jhjep2aqk1hu120n.jpeg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные  L.O.L. Surprise  O.M.G. , дизаин 2</t>
   </si>
   <si>
     <t>Яркие наклейки стикеры с изображением любимых кукол «L.O.L. Surprise! O.M.G.» в золотом глиттере. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, чехол телефона, обложку школьного дневника, ноутбук, тетрадь, ежедневник, планнер и многое другое Многоразовые наклейки &amp;quot; L.O.L. Surprise! O.M.G.&amp;quot; – это коллекция ярких стикеров, которая собрана специально для девочек!</t>
   </si>
   <si>
-    <t>949485</t>
-[...7 lines deleted...]
-  <si>
     <t>949486</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/65f/xb5olctp3ed4j9fpncruxzbgla42hzw1.jpeg</t>
   </si>
   <si>
     <t>Наклейки объемные  L.O.L. Surprise  O.M.G. , дизаин 3</t>
   </si>
   <si>
     <t>Яркие наклейки стикеры с изображением любимых кукол «L.O.L. Surprise! O.M.G.» в серебряном глиттере. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, чехол телефона, обложку школьного дневника, ноутбук, тетрадь, ежедневник, планнер и многое другое Многоразовые наклейки &amp;quot; L.O.L. Surprise! O.M.G.&amp;quot; – это коллекция ярких стикеров, которая собрана специально для девочек!</t>
   </si>
   <si>
     <t>949487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b9b/6aap7f8sfg6v9jnkiqbwq0dgu9pc56u5.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  quot;Миньоны quot;, дизаин 1</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой «Миньоны» – оригинальный подарок для фанатов популярных мультфильмов! Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультфильма и вызывают радость у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «Миньоны» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>949488</t>
@@ -4120,113 +3657,71 @@
   <si>
     <t>Наклейки зефирные с фольгой  quot;Миньоны quot;, дизаин 2</t>
   </si>
   <si>
     <t>949489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ede/7wr27gyf9xr49ks8lhshdnq177x4jv5b.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  quot;Миньоны quot;, дизаин 3</t>
   </si>
   <si>
     <t>949490</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d3/fhi2tmkhyqe74u12il5357lbb98mjac5.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  quot;Миньоны quot;, дизаин 4</t>
   </si>
   <si>
     <t>949491</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/75b/5e1ou246batab12chcla9ix4qb39e980.jpeg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/768/cldg03xd53bqutp806c2pdcvidceqcpq.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные  My Little Pony , дизаин 1</t>
   </si>
   <si>
     <t>Наклейки зефирные «My Little Pony» – оригинальный подарок для фанатов популярного мультфильма!Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультфильма и вызывают радость у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «My Little Pony» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>949494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71c/m22lou121ccoh39vrzwaurwqye18h2wu.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные  My Little Pony , дизаин 2</t>
   </si>
   <si>
     <t>949495</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/057/8rdr0zf8l11t34c7etng4t4cr1ac04lq.jpeg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/aec/bc8j9tov3f1hqnpo5z352d0ud6anx2v0.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  Три Богатыря , дизайн 1</t>
   </si>
   <si>
     <t>Погрузись в мир ярких и забавных приключений с любимыми героями мультипликационного сериала &amp;quot;Три Богатыря&amp;quot;! Яркие объёмные наклейки воссоздают эмоции и динамику мультика, заряжают драйвом и весельем. Наклейки не оставляют следов при переклеивании, имеют красочные насыщенные цвета и радужный переливающийся фон из голографической фольги, а эластичные полимерные материалы очень долговечны и не выцветают.Официальная лицензия</t>
   </si>
   <si>
     <t>953336</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/184/2asqh1st35mxi3kk9sopxo191g9d0xlh.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  Три Богатыря , дизайн 2</t>
   </si>
   <si>
     <t>953337</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5fc/48p11608yawtknlf4rn7j0rz5krw54q6.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  Турбозавры , дизайн 1</t>
@@ -4336,101 +3831,113 @@
   <si>
     <t>http://anytos.ru//upload/iblock/68c/eb3n05wxvtsrojv3sze8nzct4pkk2q21.jpg</t>
   </si>
   <si>
     <t>Наклейки-стразы MESHU  quot;Shiny look quot;, 17,5 14,5см, инд. уп., европодвес</t>
   </si>
   <si>
     <t>Наклейки-стразы MESHU &amp;quot;Shiny look&amp;quot;, 17,5*14,5см, инд. уп., европодвес</t>
   </si>
   <si>
     <t>967742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0bd/npi37j0eb0ssb7jat39dn9yytl1gvoya.jpg</t>
   </si>
   <si>
     <t>Набор бумажных наклеек для маркировки школьных принадлежностей Мульти-Пульти  quot;Чебурашка quot;, 24 наклейки</t>
   </si>
   <si>
     <t>Набор бумажных наклеек для маркировки школьных принадлежностей Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 24 наклейки</t>
   </si>
   <si>
     <t>967743</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/89d/igvtzpfkgn9omu2p662keo8hus9picc0.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые Мульти-Пульти  quot;Чеба quot;, 12 наклеек</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые Мульти-Пульти &amp;quot;Чеба&amp;quot;, 12 наклеек</t>
+  </si>
+  <si>
+    <t>967744</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e4/8h7q4ct46m5q99rv2xx5n30wdsmwhavp.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти  quot;Чебурашка quot;, 11 наклеек</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 11 наклеек</t>
+  </si>
+  <si>
+    <t>967746</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6b2/qa4p2eqlo7awoqpyv6zqpy2qtqpgccii.jpg</t>
   </si>
   <si>
     <t>Наклейки виниловые НАБОР 50 штук, ассорти 7 дизайнов, PRIORITY, 64854</t>
   </si>
   <si>
     <t>Наклейки виниловые PRIORITY - это набор из 50 самоклеящихся стикеров, созданный для творчества и декора. Виниловые наклейки для улицы и дома легко отклеиваются и наклеиваются, не оставляют следов. Такой набор для творчества приятно удивит и порадует. Наклейки из набора можно наклеивать на стену или холодильник, на компьютер или ноутбук, украсить ими канцтовары, одежду, телефон, планшета, чехол.Хотите разнообразить привычные вам вещи? Вот решение! С яркими дизайнерскими наклейками вы сможете добавить красок привычным и скучным вещам.</t>
   </si>
   <si>
     <t>978260</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2fc/40jq11eljt0zkpv6iav51oukgi5txyxs.jpg</t>
   </si>
   <si>
     <t>Наклейки на тетрадь Erich Krause Ну, Погоди  Каникулы, 4 листа, в пакете с европодвесом</t>
   </si>
   <si>
     <t>Наклейки на тетради, книги, дневники, альбомы. В наборе 16 штук формата 60х90мм. Наклейки изготовлены из самоклеящейся бумаги, вырезаны по контуру, легко снимаются с подложки и надежно крепятся на любой гладкой, чистой поверхности. На стикерах можно легко писать любой шариковой, гелевой ручкой или маркером. Упакованы в прозрачный пакет с подвесом.</t>
   </si>
   <si>
     <t>978587</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/21b/jc48e4u15xrtmlriejzr01u3ljalctj6.jpg</t>
   </si>
   <si>
     <t>Наклейки ПВХ MESHU  quot;Neko quot;, 50 штук</t>
   </si>
   <si>
     <t>Наклейки ПВХ MESHU &amp;quot;Neko&amp;quot;, 50 штук</t>
   </si>
   <si>
     <t>982890</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/06e/c5nywi3wn3n727hxcnp5b9kh5wxeu9xa.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/723/dc7xxb6w08aoh52q1hg3353abvjakohb.jpg</t>
   </si>
   <si>
     <t>Наклейки декоративные бумажные А5 Котик полосатый</t>
   </si>
   <si>
     <t>Декоративные наклейки &amp;quot;Котик полосатый&amp;quot; с забавными мультяшными персонажами. Продукция отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Декоративные наклейки &amp;quot;Котик полосатый&amp;quot; – это коллекция ярких стикеров, которая собрана специально для детей и их родителей!</t>
   </si>
   <si>
     <t>985972</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c31/harilu5m1gri2omfaw3hk1tqexyachyy.jpg</t>
   </si>
   <si>
     <t>Наклейки декоративные бумажные А5 Котики на розовом</t>
   </si>
   <si>
     <t>Декоративные наклейки &amp;quot;Котики на розовом&amp;quot; с забавными мультяшными персонажами. Продукция отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Декоративные наклейки &amp;quot;Котики на розовом&amp;quot; – это коллекция ярких стикеров, которая собрана специально для детей и их родителей!</t>
   </si>
   <si>
     <t>985973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63f/m5t26r2psd2r3rs121xyu1gzi8wnqlef.jpg</t>
@@ -4450,50 +3957,74 @@
   <si>
     <t>Наклейки декоративные бумажные А5 Собачки с ушками-2</t>
   </si>
   <si>
     <t>Декоративные наклейки &amp;quot;Собачки с ушками-2&amp;quot; с забавными мультяшными персонажами. Продукция отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Декоративные наклейки &amp;quot;Собачки с ушками-2&amp;quot; – это коллекция ярких стикеров, которая собрана специально для детей и их родителей!</t>
   </si>
   <si>
     <t>985975</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf3/q4nql91eq515gwfdxishx6itcxmyo9yc.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные поощрительные, АССОРТИ 280 наклеек, 16х10 см, глиттер, ЮНЛАНДИЯ, 665521</t>
   </si>
   <si>
     <t>Поощрительные наклейки ЮНЛАНДИЯ с глиттером – это отличный способ мотивировать детей в школе, дома или в детском саду. В наборе содержатся 10 листов с более чем 230 дизайнами, которые понравятся детям. Многообразие дизайнов позволяет использовать наклейки для мотивации и девочек, и мальчиков. Наклейки отличаются высочайшим качеством печати и цветопередачи. Качественный равномерный клеевой слой позволяет приклеивать наклейки на разную поверхность – бумагу или картон. При этом наклейка надежно фиксируется и продолжает долго радовать глаз.</t>
   </si>
   <si>
     <t>993163</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e1c/t5m37a5prlu0nhkszxoamysj47lo2a2m.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые Мульти-Пульти  quot;Ушастик quot;, 22 10см, пакет европодвес</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые Мульти-Пульти &amp;quot;Ушастик&amp;quot;, 22*10см, пакет европодвес</t>
+  </si>
+  <si>
+    <t>998821</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e8/qlm6shfnuitgbv1m376qstxhe29a9fzu.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые Мульти-Пульти  quot;Чебанаклейки quot;, 22 10см, пакет европодвес</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые Мульти-Пульти &amp;quot;Чебанаклейки&amp;quot;, 22*10см, пакет европодвес</t>
+  </si>
+  <si>
+    <t>998822</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/76d/9h2t8tvyrv2sgvzvnkbkg5g2r0q7kltf.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти  quot;Ушастик quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти &amp;quot;Ушастик&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>998823</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb7/1xzunscgkbr1kf1w7q48wb8alyjw39yx.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти  quot;Чебанаклейки quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти &amp;quot;Чебанаклейки&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>998824</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d1/xrrq09rpu9xnxzyjunj86b0nnqunf77n.jpg</t>
@@ -4714,213 +4245,651 @@
   <si>
     <t>http://anytos.ru//upload/iblock/efb/lox7sun9yz1jljjq7pfe5ih9jo2i0m1k.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU  quot;Robopets quot;, 10 23см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU &amp;quot;Robopets&amp;quot;, 10*23см, пакет европодвес</t>
   </si>
   <si>
     <t>1001702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0dd/fw3pnud3t2ph3e22929eqyne5j14bsxj.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU  quot;Shiba Inu, quot;, 10 23см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU &amp;quot;Shiba Inu,&amp;quot;, 10*23см, пакет европодвес</t>
   </si>
   <si>
     <t>1001703</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2f3/yjz61t0rihnoj7c0uqco8x20rv79lk7v.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти  quot;Единорожек quot;, 22 10см, пакет европодвес</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти &amp;quot;Единорожек&amp;quot;, 22*10см, пакет европодвес</t>
+  </si>
+  <si>
+    <t>1001704</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/745/9hltiqkiorvigmyas9mw4tqd2bflpdmi.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти  quot;Путешествие quot;, 22 10см, пакет европодвес</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти &amp;quot;Путешествие&amp;quot;, 22*10см, пакет европодвес</t>
+  </si>
+  <si>
+    <t>1001707</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e01/w6yiwl9coontpogil951c4kv9q7gcj1g.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти  quot;Супергерои quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти &amp;quot;Супергерои&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>1001708</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c63/3hrgbmty1btx0zr8z1b2uvf1c2t4navo.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти  quot;Хороший песик quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти &amp;quot;Хороший песик&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>1001710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9f/son6vfh8321tswpi5l5ntx72mj303mco.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Кошки quot;, многоразовые, с блестками, 10х15 см, ЮНЛАНДИЯ, 661823</t>
   </si>
   <si>
     <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся блестящие гелевые наклейки с изображением кошек и украшений в количестве 29 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Изящные чёрные кошки с удовольствием украсят тетради, дневники, гаджеты и любые поделки, придавая им нарядный, изысканный вид.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>1004750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed9/rdoa8lescw0kfjtz52tegug2axf64uhz.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Пингвинята quot;, многоразовые, с тиснением фольгой, 10х15 см, ЮНЛАНДИЯ, 661819</t>
   </si>
   <si>
     <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся гелевые наклейки, украшенные фольгой, с изображением пингвинчиков в количестве 11 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Забавные пингвины с удовольствием украсят тетради, дневники, гаджеты и любые поделки, добавив зимнего настроения.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>1004751</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/61e/c5l0ahxm5y4gy5h2d0yesb2q8borye6w.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cd6/v596di7mz44j6rs3we8f22gtdznb3qpx.jpg</t>
   </si>
   <si>
     <t>Наклейки обучающие тематические из EVA  quot;Динозавры quot;, 20х40 см, многоразовые, ЮНЛАНДИЯ, 663772</t>
   </si>
   <si>
     <t>Обучающие наклейки ЮНЛАНДИЯ - это тематические наборы красочных объёмных наклеек из мягкого пластика &amp;#40;EVA&amp;#41; с картонным полем. Наклейки способствуют развитию координации, мелкой моторики, креативного мышления, а также знаний об окружающем мире. В набор входит 12 крупных объемных наклеек в виде динозавров, а также картонное поле размером 20*40 см &amp;#40;поставляется в сложенном виде&amp;#41; с определенными местами для нанесения наклеек. Место для каждой наклейки на поле подписано соответствующим образом, например, птеродактиль, велоцираптор, трицератопс и т.д. Таким образом, в ходе игры ребенок знакомится с названием и внешним видом динозавра. Размер и объем наклеек удобны в использовании для маленьких детских ручек. Наклейку можно отклеивать и приклеивать на место несколько раз, без потери качества клеевого слоя. Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>1004753</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/446/8bxpm3zbdo2oj2750w8cqfuhgn187pk9.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f9e/i5p1fmwag5r4k5m98bdre921bv4r1uft.jpg</t>
   </si>
   <si>
     <t>Наклейки на тетрадь ErichKrause Cyber Game, 3 листа, в пакете с европодвесом</t>
   </si>
   <si>
     <t>1008916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5a/e73zejk73idk6o1xw0pepbpix3ewvvs8.jpg</t>
   </si>
   <si>
     <t>Наклейки на тетрадь ErichKrause Dinosaur Park, 3 листа, в пакете с европодвесом</t>
   </si>
   <si>
     <t>1008917</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fa4/qzzx77zkq4dner24mq77hy5h9hihfkz9.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6fd/1sa028ucbcsyx6c837yjhdbda80eodps.jpg</t>
   </si>
   <si>
     <t>Наклейки на тетрадь ErichKrause Manga, 3 листа, в пакете с европодвесом</t>
   </si>
   <si>
     <t>1008919</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b0/1nkqitcmc3hdx72batjf42y8j6xelfbn.jpg</t>
   </si>
   <si>
     <t>Наклейки на тетрадь ErichKrause Road Beast, 3 листа, в пакете с европодвесом</t>
   </si>
   <si>
     <t>1008922</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e4d/43qhc03w6qjkc5v0k3gxy4wg8gdpgjjz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/37a/am2tma0vor640xpk20h4zmmrtiowt8c3.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные BRAUBERG CUTE CATS, многоразовые, 10 15 см, 666054</t>
   </si>
   <si>
     <t>Зефирные наклейки BRAUBERG CUTE CATS - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз! А гладкая поверхность и &amp;quot;зефирная&amp;quot; текстура добавляют тактильного удовольствия!</t>
   </si>
   <si>
     <t>1012285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad2/xqrnpcfv3z64k0dslvzrlz0f6l4262k6.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные BRAUBERG CUTE MONSTERS, многоразовые, 10 15 см, 666055</t>
   </si>
   <si>
     <t>Зефирные наклейки BRAUBERG CUTE MONSTERS - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз! А гладкая поверхность и &amp;quot;зефирная&amp;quot; текстура добавляют тактильного удовольствия!</t>
   </si>
   <si>
     <t>1012286</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d9/q4y4yfmxbdt4ky0kui06i3ykhaorm52k.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек ErichKrause Три Мороза 18х23см</t>
+  </si>
+  <si>
+    <t>1013643</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25e/q4ps2h77d5hdotwuoe4v48491d5pv1xq.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек ErichKrause Decor Дед Мороз Кристалл 18х23см</t>
+  </si>
+  <si>
+    <t>1013644</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4d7/tutgprnmj3gsrbg79f4nqp7v60p70zht.jpg</t>
+  </si>
+  <si>
+    <t>Набор наклеек ErichKrause Планета динозавров 18х23см</t>
+  </si>
+  <si>
+    <t>1013645</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04b/3en8gj32aebz7a3t1kk0af6fj7e5cg4c.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки  quot;КОТОВАСИЯ quot; для маркировки школьных принадлежностей, НАБОР 4 листа, 64 наклейки, HATBER, 4Н5н</t>
+  </si>
+  <si>
+    <t>Мелованные наклейки HATBER с самоклеящейся основой предназначены для персонализации школьных пособий, учебников, папок и тетрадей. В комплекте – 4 листа размером 235х155 мм с красочными наклейками на бумажной основе.</t>
+  </si>
+  <si>
+    <t>1014664</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ae/po6d7s103stmohxqvzhg722lw8m1mav0.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки бумажные поощрения и оценки, НАБОР 4 листа, 115 наклеек,  quot;Зверушки quot;, HATBER, 4Н6н</t>
+  </si>
+  <si>
+    <t>Подарите ребёнку стимул стараться и радоваться своим достижениям! Поощрительные наклейки с милыми зверушками – это не просто стикеры, а настоящие мини-медали за хорошее поведение, успехи в учёбе, помощь по дому и другие важные дела. В комплекте – 4 листа формата А6 &amp;#40;115х150 мм&amp;#41; с красочными наклейками на бумажной основе. Они идеально подходят для декора открыток, тетрадей, дневников и любых творческих проектов – ограничений нет!</t>
+  </si>
+  <si>
+    <t>1014666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/57e/4heyxurjs0w25c9s1cv6m80olxoidixv.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки бумажные с игровым полем НАБОР 2 листа, 184 наклейки,  quot;Сладкое настроение quot;, HATBER, 2Н5н</t>
+  </si>
+  <si>
+    <t>Наклейки с игровым полем &amp;quot;Сладкое настроение&amp;quot; HATBER – креативный набор для детского творчества! Набор наклеек для творчества &amp;quot;Сладкое настроение&amp;quot; включает в себя два листа с большим количеством ярких тематических наклеек. Кроме того, в комплект входит игровое поле формата А5, на которое можно наклеивать картинки-наклейки, с удовольствием погрузившись в творческий процесс. Также наклейки можно использовать для украшения смартфонов, блокнотов, тетрадей и оформления открыток и подарков.</t>
+  </si>
+  <si>
+    <t>1014667</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d7/t2jcr0a0ean5ymb6d5ylxswzbpv2p7lg.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки бумажные с игровым полем НАБОР, 2 листа, 184 наклеек,  quot;Космическое приключение quot;, HATBER, 2Н5н</t>
+  </si>
+  <si>
+    <t>Наклейки с игровым полем &amp;quot;Космическое приключение&amp;quot; HATBER – креативный набор для детского творчества! Набор наклеек для творчества &amp;quot;Космическое приключение&amp;quot; включает в себя два листа с большим количеством ярких тематических наклеек. Кроме того, в комплект входит игровое поле формата А5, на которое можно наклеивать картинки-наклейки, с удовольствием погрузившись в творческий процесс. Также наклейки можно использовать для украшения смартфонов, блокнотов, тетрадей и оформления открыток и подарков.</t>
+  </si>
+  <si>
+    <t>1014668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/da9/js2nf3dgoh5a7rkskqxdv49hvy5tp5fp.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые, 20-22 шт., 4 листа, А6,  quot;КАВАЙНЫЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>Превратите обычные вещи в уникальные аксессуары с помощью виниловых наклеек NALEPKING! Богатая коллекция дизайнов позволит вам создать особую атмосферу вокруг себя – украсьте телефон, ноутбук, ежедневник и другие любимые гаджеты. Преимущество виниловых наклеек в высоком качестве печати, долговечности и удобном использовании. На наклейки нанесены яркие изображения, которые устойчивы к выцветанию, не стираются и не теряют вид со временем. Подходят для разных поверхностей: пластик, стекло, металл, бумага.</t>
+  </si>
+  <si>
+    <t>1014669</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/nalepking/"&gt;NALEPKING&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/191/rgrlaitm5dufewpw8g5jf8bx8uihpofv.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые, 21-26 шт., 4 листа, А6,  quot;ИСКУССТВО quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>1014670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/877/n1g8hde0pmhmgxdzg35gc5kydo5uvp8a.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые, 21-26 шт., 4 листа, А6,  quot;МЕМЫ quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>1014671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/140/5js30uve18aj3ho752bm5l0yx5n8t9eh.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые, 21-33 шт., 4 листа, А6,  quot;ЭСТЕТИКА quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>1014672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c14/0kbtinpzgwvfydf1hx5tlsxs1up22f1y.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые, 43-54 шт., 9 листов, А6,  quot;КУЛЬТУРА quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>1014673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/638/tachja5ep3luzgcrdbv3ojvqe6bqb70i.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые, 44-50 шт., 9 листов, А6,  quot;МОДЕРН quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>1014674</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1aa/k6b0sq4zt7mtng00n5ylyl0isctk94vv.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые, 45-78 шт., 9 листов, А6,  quot;ЯРКИЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>1014675</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/907/fg24ovgm32v2f1v1dth1u9p311dm8vhy.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые, 5-7 шт. на листе, 1 лист, А6,  quot;МОЛОДЕЖНЫЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>1014677</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/345/wnej96aa7350p6et361f3grz8wg5tp1o.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Акварельные мечты quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666096</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 26 до 34 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014678</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/120/csj4n8a77wpukhiaxbvhsbx5gm36e0jq.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Аппетитное ассорти quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666083</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 41 до 56 наклеек с очаровательными дизайнами аппетитных пирожных, которые особенно понравятся сладкоежкам!Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014679</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf9/jayf0xax8zuonshcy4ohxpmoae0w1igw.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Блестящий микс quot;, 15,5х9,5 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666086</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 39 до 52 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая голографическая поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d07/gkfmjkb9ikz9wn0kdotlieihzbeojkwf.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Вкусный микс quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666082</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 44 до 58 наклеек с очаровательными дизайнами маленьких зверушек и сладостей, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая переливающаяся поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014681</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9dc/13dc9n3bc7a174co34wkdw449isdr9og.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Зверушки quot;, 17,5х9 см, ассорти 4 вида, FUNSTER  ФАНСТЕР , 666095</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 40 до 47 наклеек с яркими дизайнами зверушек, которые дополнят любую фантазию.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая голографическая поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec8/yqktiitzijz6sjov6dcn0lzui00z86jc.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Зверята quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666080</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 32 до 49 наклеек с очаровательными дизайнами маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014683</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/147/45dz2qr2whkt28w20lab0ddlagt9e5yb.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Зверяшки-обаяшки quot;, 17,5х9 см, ассорти 12 видов, FUNSTER  ФАНСТЕР , 666085</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 31 до 42 наклеек с дизайнами с маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014684</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa2/ip7j8vf2054x2aluvxup7418bpkge4j6.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Красочное веселье quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666079</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки с яркими дизайнами поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 25 до 35 наклеек с пастельными трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая блестящая поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014685</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa5/dovvy4zag2tcx1pjj624zb0eh0qolegh.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Любимые блестки quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666104</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 31 до 51 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая голографическая поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014686</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e8/rep9yw6lg62sqj2o1v2mao2kp1izzgce.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Яркое ассорти quot;, 17,5х9 см, ассорти 8 видов, FUNSTER  ФАНСТЕР , 666101</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 58 до 147 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая голографическая поверхность добавляет тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014687</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e1/6by1fuxd5gpyfxz8fqj21l5dodkvwf2f.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные  quot;Black edition quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666100</t>
+  </si>
+  <si>
+    <t>Декоративные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с декоративными наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности.В наборе от 16 до 26 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
+  </si>
+  <si>
+    <t>1014688</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e26/ywo443aeoja62oax0928y7yhc2hzc82l.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные  quot;Веселый микс quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666094</t>
+  </si>
+  <si>
+    <t>Декоративные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с декоративными наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности.В наборе от 33 до 42 наклеек с очаровательными дизайнами маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
+  </si>
+  <si>
+    <t>1014689</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ae/513ipmaazeok8xhubbhn6qp8qjchtos5.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные  quot;Забавные зверята quot;, 17,5х9 см, ассорти 4 вида, FUNSTER  ФАНСТЕР , 666097</t>
+  </si>
+  <si>
+    <t>Декоративные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с декоративными наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности.В наборе от 43 до 51 наклеек с очаровательными дизайнами маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
+  </si>
+  <si>
+    <t>1014690</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cca/p2o40qwageozugywzu65xkha9vbooe6c.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные  quot;Милые животные quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 6666081</t>
+  </si>
+  <si>
+    <t>Декоративные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с декоративными наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности.В наборе от 40 до 51 наклеек с очаровательными дизайнами маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
+  </si>
+  <si>
+    <t>1014691</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e7a/qaqhcsebymfjttt8ysxsg12dmrhs83eo.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки декоративные  quot;Настроение quot;, 17,5х9 см, ассорти 4 вида, FUNSTER  ФАНСТЕР , 666098</t>
+  </si>
+  <si>
+    <t>Декоративные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с декоративными наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности.В наборе от 25 до 59 наклеек с очаровательными дизайнами маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
+  </si>
+  <si>
+    <t>1014692</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a2d/z8q3ncgtt33aci8bjh7hn2nlun7y61e1.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Животный мир quot;, 19х9,5 см, ассорти 8 видов, FUNSTER  ФАНСТЕР , 666089</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 17 до 32 наклеек с яркими дизайнами зверушек, которые дополнят любую фантазию.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз! А гладкая поверхность и &amp;quot;зефирная&amp;quot; текстура добавляют тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef7/kqo6jos8we459kg6rfovvjm7xk8m55y2.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Котики quot;, 18х9,5 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666092</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 15 до 21 наклеек с разнообразными дизайнами милых котиков, которые никого не оставят равнодушным!Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз! А гладкая поверхность и &amp;quot;зефирная&amp;quot; текстура добавляют тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014695</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a8/3bda39lpv1amz40watto2vtyshl2muxd.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Переодевашки quot;, 19,5х9,5 см, ассорти 4 вида, FUNSTER  ФАНСТЕР , 666103</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 14 до 23 ярких наклеек с куколками и аксессуарами для них, которые помогут ребенку почувствовать себя настоящим модельером, создавая уникальные образы.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз! А гладкая поверхность и &amp;quot;зефирная&amp;quot; текстура добавляют тактильного удовольствия!</t>
+  </si>
+  <si>
+    <t>1014696</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5bb/78z2nwhc3yvym9gyen1lja8as51jae7l.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки КЛАССИКА для маркировки школьных принадлежностей, НАБОР 4 листа, 56 наклеек, HTB, 4Н5н</t>
+  </si>
+  <si>
+    <t>Мелованные наклейки с самоклеящейся основой предназначены для персонализации школьных пособий, учебников, папок и тетрадей. В комплекте – 4 листа размером 235х155 мм с красочными наклейками на бумажной основе.</t>
+  </si>
+  <si>
+    <t>1014697</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39c/0j7y1rpfc782j98ijtjujv3tjvmr303s.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные  quot;Вдохновение quot;, 19х15 см, ассорти 12 видов, FUNSTER  ФАНСТЕР , 666088</t>
+  </si>
+  <si>
+    <t>Объёмные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 15 до 23 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
+  </si>
+  <si>
+    <t>1014698</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c48/k1wu930p1rvkn8krcr9h1ogltuflq9mf.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные  quot;Для девочек quot; с блестками, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666091</t>
+  </si>
+  <si>
+    <t>Объёмные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 9 до 11 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А пересыпающиеся блестки внутри наклеек обязательно вызовут восторг у маленьких принцесс!</t>
+  </si>
+  <si>
+    <t>1014699</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ab/7c1x0gvmkx0vhv06bmdekfyc5yca7jkn.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные  quot;Яркий микс quot;, 19х13,5 см, ассорти 12 видов, FUNSTER  ФАНСТЕР , 666087</t>
+  </si>
+  <si>
+    <t>Объёмные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 24 до 31 наклеек с очаровательными дизайнами маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
+  </si>
+  <si>
+    <t>1014700</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bdb/mgptycu3zgff36d1yyn1n9isysydoj9k.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные эпоксидные на телефон, 6-8 шт. на листе,  quot;МОДНЫЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>Превратите свой смартфон, планшет или ноутбук в эксклюзивный аксессуар с помощью эффектных эпоксидных наклеек NALEPKING! Каждая наклейка – это мини-шедевр. Сочетайте разные дизайны, экспериментируйте и выражайте свою индивидуальность. В отличие от обычных наклеек эпоксидные наклейки NALEPKING не выцветают, не отслаиваются и сохраняют безупречный вид годами. Они идеально подходят для любых гладких поверхностей: стекла, пластика, металла и даже чехлов. Эти наклейки – отличный подарок для друзей и близких!</t>
+  </si>
+  <si>
+    <t>1014701</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/539/95vga8jlektikws4wjtlu2vhmr9v58no.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные эпоксидные на телефон, 6-8 шт. на листе,  quot;СТИЛЬНЫЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>1014703</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/046/4upa4a38stv0s08sih6sl5609c25ne3e.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки ПРЕДМЕТНЫЕ для маркировки школьных принадлежностей, НАБОР 4 листа, 40 наклеек, HTB, 4Н5н</t>
+  </si>
+  <si>
+    <t>1014704</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -5247,57 +5216,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J441"/>
+  <dimension ref="A1:J438"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G441" sqref="G441"/>
+      <selection pane="bottomRight" activeCell="G438" sqref="G438"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -5329,10003 +5298,9940 @@
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" s="3" t="s">
         <v>21</v>
-      </c>
-[...10 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="C13" s="1" t="s">
         <v>41</v>
       </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F18" s="3" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="F19" s="3" t="s">
-        <v>20</v>
+        <v>56</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="D20" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="3" t="s">
         <v>73</v>
       </c>
-      <c r="C20" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="F20" s="3" t="s">
-        <v>20</v>
+        <v>56</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C21" s="1" t="s">
+      <c r="D21" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>77</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F23" s="3" t="s">
-        <v>88</v>
+        <v>56</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F24" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="G24" s="3" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="F25" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="G25" s="3" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>98</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>100</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>102</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>104</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>105</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>106</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>107</v>
       </c>
       <c r="C28" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" s="3" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F29" s="3" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="3" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" s="3" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B34" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="D34" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F34" s="3" t="s">
-        <v>134</v>
+        <v>96</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>135</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="B35" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F35" s="3" t="s">
-        <v>140</v>
+        <v>96</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>141</v>
+        <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>140</v>
+        <v>96</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>141</v>
+        <v>97</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>140</v>
+        <v>47</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>141</v>
+        <v>91</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>140</v>
+        <v>47</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>141</v>
+        <v>91</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F42" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B42" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G42" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>179</v>
+        <v>163</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>183</v>
+        <v>163</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>187</v>
+        <v>163</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>196</v>
+        <v>186</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>199</v>
+        <v>163</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>140</v>
+        <v>194</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>207</v>
+        <v>192</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>208</v>
+        <v>197</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>209</v>
+        <v>194</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>219</v>
+        <v>207</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>79</v>
+        <v>165</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>226</v>
+        <v>165</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>228</v>
+        <v>214</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>229</v>
+        <v>215</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>226</v>
+        <v>165</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>230</v>
+        <v>216</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>231</v>
+        <v>217</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>232</v>
+        <v>219</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>226</v>
+        <v>165</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>226</v>
+        <v>165</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>226</v>
+        <v>165</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>244</v>
+        <v>232</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>226</v>
+        <v>165</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>246</v>
+        <v>234</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>255</v>
+        <v>194</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>255</v>
+        <v>194</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>261</v>
+        <v>235</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>263</v>
+        <v>194</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>264</v>
+        <v>249</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>265</v>
+        <v>250</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>261</v>
+        <v>235</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>266</v>
+        <v>251</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>263</v>
+        <v>194</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>267</v>
+        <v>252</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>268</v>
+        <v>253</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>269</v>
+        <v>235</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>271</v>
+        <v>255</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>269</v>
+        <v>235</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>276</v>
+        <v>235</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>277</v>
+        <v>260</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>255</v>
+        <v>194</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>278</v>
+        <v>261</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>280</v>
+        <v>235</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>282</v>
+        <v>264</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>284</v>
+        <v>267</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>285</v>
+        <v>268</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>286</v>
+        <v>269</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>287</v>
+        <v>270</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>288</v>
+        <v>271</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>289</v>
+        <v>272</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>290</v>
+        <v>273</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>291</v>
+        <v>274</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>292</v>
+        <v>275</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>293</v>
+        <v>266</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>294</v>
+        <v>276</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>255</v>
+        <v>194</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>295</v>
+        <v>277</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>296</v>
+        <v>278</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>293</v>
+        <v>279</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>297</v>
+        <v>280</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>255</v>
+        <v>194</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>298</v>
+        <v>281</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>299</v>
+        <v>282</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>293</v>
+        <v>266</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>300</v>
+        <v>283</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>255</v>
+        <v>194</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>301</v>
+        <v>284</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>302</v>
+        <v>285</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>303</v>
+        <v>287</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>304</v>
+        <v>288</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>305</v>
+        <v>289</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>306</v>
+        <v>291</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>307</v>
+        <v>292</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>308</v>
+        <v>293</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>310</v>
+        <v>295</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>311</v>
+        <v>296</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>312</v>
+        <v>297</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>317</v>
+        <v>303</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>318</v>
+        <v>304</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>320</v>
+        <v>306</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>321</v>
+        <v>307</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>322</v>
+        <v>308</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>325</v>
+        <v>310</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>326</v>
+        <v>311</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>327</v>
+        <v>312</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>328</v>
+        <v>313</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>330</v>
+        <v>315</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>331</v>
+        <v>316</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
-        <v>332</v>
+        <v>317</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>333</v>
+        <v>318</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>334</v>
+        <v>319</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
-        <v>335</v>
+        <v>320</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>337</v>
+        <v>300</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>338</v>
+        <v>322</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>339</v>
+        <v>323</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>340</v>
+        <v>324</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>341</v>
+        <v>325</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>255</v>
+        <v>202</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>342</v>
+        <v>326</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>343</v>
+        <v>327</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>344</v>
+        <v>300</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>345</v>
+        <v>328</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>346</v>
+        <v>329</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>347</v>
+        <v>330</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>348</v>
+        <v>331</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>349</v>
+        <v>332</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>350</v>
+        <v>333</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>351</v>
+        <v>334</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>352</v>
+        <v>336</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>353</v>
+        <v>337</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>354</v>
+        <v>338</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>355</v>
+        <v>339</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>356</v>
+        <v>340</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>357</v>
+        <v>341</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>358</v>
+        <v>331</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>359</v>
+        <v>342</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>360</v>
+        <v>343</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>361</v>
+        <v>344</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>358</v>
+        <v>331</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>362</v>
+        <v>345</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>363</v>
+        <v>346</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>364</v>
+        <v>347</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>358</v>
+        <v>331</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>365</v>
+        <v>348</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>366</v>
+        <v>349</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>358</v>
+        <v>331</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>368</v>
+        <v>351</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>369</v>
+        <v>352</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>370</v>
+        <v>353</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>358</v>
+        <v>331</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>371</v>
+        <v>354</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>373</v>
+        <v>356</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>358</v>
+        <v>331</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>374</v>
+        <v>357</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>375</v>
+        <v>358</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>376</v>
+        <v>359</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>358</v>
+        <v>331</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>377</v>
+        <v>360</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>263</v>
+        <v>202</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>378</v>
+        <v>361</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>379</v>
+        <v>362</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>358</v>
+        <v>370</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>386</v>
+        <v>371</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>387</v>
+        <v>373</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>388</v>
+        <v>374</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>390</v>
+        <v>376</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>391</v>
+        <v>377</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>392</v>
+        <v>378</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>393</v>
+        <v>370</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>394</v>
+        <v>379</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>396</v>
+        <v>381</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>389</v>
+        <v>370</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>397</v>
+        <v>382</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>398</v>
+        <v>383</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>399</v>
+        <v>384</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>400</v>
+        <v>385</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>401</v>
+        <v>386</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F110" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>404</v>
+        <v>390</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>389</v>
+        <v>363</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>406</v>
+        <v>392</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>408</v>
+        <v>394</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>389</v>
+        <v>363</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>409</v>
+        <v>395</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>411</v>
+        <v>397</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>389</v>
+        <v>398</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>412</v>
+        <v>399</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>413</v>
+        <v>400</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>414</v>
+        <v>401</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>415</v>
+        <v>403</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>20</v>
+        <v>404</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>416</v>
+        <v>405</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>389</v>
+        <v>407</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>263</v>
+        <v>96</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>20</v>
+        <v>404</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>419</v>
+        <v>409</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>420</v>
+        <v>410</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>422</v>
+        <v>412</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>140</v>
+        <v>413</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>421</v>
+        <v>411</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>140</v>
+        <v>413</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>428</v>
+        <v>411</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>140</v>
+        <v>413</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>431</v>
+        <v>421</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>432</v>
+        <v>422</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>433</v>
+        <v>423</v>
       </c>
       <c r="F119" s="3" t="s">
-        <v>140</v>
+        <v>413</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
-        <v>434</v>
+        <v>424</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="F120" s="3" t="s">
-        <v>140</v>
+        <v>413</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>439</v>
+        <v>430</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>140</v>
+        <v>431</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>140</v>
+        <v>431</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>445</v>
+        <v>434</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>140</v>
+        <v>431</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>140</v>
+        <v>431</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>140</v>
+        <v>431</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>455</v>
+        <v>434</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>456</v>
+        <v>447</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>140</v>
+        <v>431</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>140</v>
+        <v>202</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>140</v>
+        <v>202</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E129" s="3" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>140</v>
+        <v>202</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="F130" s="3" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>483</v>
+        <v>462</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>488</v>
+        <v>479</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>489</v>
+        <v>480</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>496</v>
+        <v>476</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>496</v>
+        <v>476</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
-        <v>502</v>
+        <v>491</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>504</v>
+        <v>476</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>506</v>
+        <v>494</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="C142" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="D142" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F142" s="3" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>516</v>
+        <v>506</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>498</v>
+        <v>478</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>520</v>
+        <v>503</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>521</v>
+        <v>510</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>263</v>
+        <v>478</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>522</v>
+        <v>511</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>524</v>
+        <v>503</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E145" s="3" t="s">
-        <v>525</v>
+        <v>513</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>263</v>
+        <v>478</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
-        <v>526</v>
+        <v>514</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>528</v>
+        <v>503</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>529</v>
+        <v>516</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>263</v>
+        <v>478</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>530</v>
+        <v>517</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>531</v>
+        <v>518</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>532</v>
+        <v>503</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>533</v>
+        <v>519</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>534</v>
+        <v>478</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>535</v>
+        <v>520</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>536</v>
+        <v>521</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>537</v>
+        <v>523</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>538</v>
+        <v>525</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>539</v>
+        <v>526</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>540</v>
+        <v>527</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>541</v>
+        <v>528</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>544</v>
+        <v>531</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>545</v>
+        <v>532</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>546</v>
+        <v>522</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>547</v>
+        <v>533</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>549</v>
+        <v>534</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>550</v>
+        <v>535</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>546</v>
+        <v>536</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>551</v>
+        <v>537</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>552</v>
+        <v>538</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>553</v>
+        <v>539</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>546</v>
+        <v>12</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>554</v>
+        <v>540</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
-        <v>555</v>
+        <v>541</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>556</v>
+        <v>542</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
       <c r="F154" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>558</v>
+        <v>545</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>560</v>
+        <v>548</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>561</v>
+        <v>549</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>562</v>
+        <v>550</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>563</v>
+        <v>552</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
-        <v>564</v>
+        <v>553</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>546</v>
+        <v>555</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>546</v>
+        <v>559</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>569</v>
+        <v>560</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
-        <v>570</v>
+        <v>561</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>573</v>
+        <v>564</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>574</v>
+        <v>565</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>575</v>
+        <v>566</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>578</v>
+        <v>570</v>
       </c>
       <c r="C161" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F161" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>581</v>
+        <v>574</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>583</v>
+        <v>576</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>585</v>
+        <v>578</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>601</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="B171" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F171" s="3" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C172" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="D172" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="C172" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F172" s="3" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E173" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="B173" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F173" s="3" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="C174" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F174" s="3" t="s">
-        <v>38</v>
+        <v>372</v>
       </c>
     </row>
     <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="B175" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F175" s="3" t="s">
-        <v>20</v>
+        <v>372</v>
       </c>
     </row>
     <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="B176" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F176" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C177" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>632</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F177" s="3" t="s">
-        <v>20</v>
+        <v>90</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C178" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="F178" s="3" t="s">
         <v>637</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...6 lines deleted...]
-        <v>20</v>
+      <c r="G178" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="B179" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="C179" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="C179" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F179" s="3" t="s">
-        <v>20</v>
+        <v>637</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C180" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>644</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="F180" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...6 lines deleted...]
-        <v>20</v>
+      <c r="G180" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="B181" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="C181" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="D181" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F181" s="3" t="s">
-        <v>20</v>
+        <v>165</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="B182" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="D182" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="F182" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="F182" s="3" t="s">
-        <v>20</v>
+      <c r="G182" s="3" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
         <v>655</v>
       </c>
       <c r="B183" s="1" t="s">
         <v>656</v>
       </c>
       <c r="C183" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F183" s="3" t="s">
-        <v>20</v>
+        <v>654</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="B184" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C184" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="C184" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F184" s="3" t="s">
-        <v>20</v>
+        <v>654</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="B185" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F185" s="3" t="s">
-        <v>20</v>
+        <v>654</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>669</v>
+        <v>652</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>20</v>
+        <v>654</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>673</v>
+        <v>652</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>38</v>
+        <v>654</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>676</v>
+        <v>652</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>38</v>
+        <v>654</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>680</v>
+        <v>652</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>20</v>
+        <v>654</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>404</v>
       </c>
     </row>
     <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>38</v>
+        <v>654</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>38</v>
+        <v>654</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>690</v>
+        <v>678</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>691</v>
+        <v>685</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>38</v>
+        <v>654</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>80</v>
+        <v>654</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>698</v>
+        <v>678</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>80</v>
+        <v>654</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>703</v>
+        <v>695</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>20</v>
+        <v>696</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>704</v>
+        <v>697</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>705</v>
+        <v>699</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>706</v>
+        <v>700</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>20</v>
+        <v>696</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>707</v>
+        <v>701</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>710</v>
+        <v>704</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>38</v>
+        <v>696</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>711</v>
+        <v>705</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>712</v>
+        <v>706</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>713</v>
+        <v>707</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>714</v>
+        <v>708</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>38</v>
+        <v>696</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>715</v>
+        <v>709</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>716</v>
+        <v>710</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>717</v>
+        <v>711</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>20</v>
+        <v>696</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>720</v>
+        <v>714</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>132</v>
+        <v>715</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>134</v>
+        <v>696</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>726</v>
+        <v>696</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>728</v>
+        <v>722</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>726</v>
+        <v>696</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E203" s="3" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>734</v>
+        <v>696</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>737</v>
+        <v>730</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>738</v>
+        <v>731</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>734</v>
+        <v>696</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>741</v>
+        <v>734</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>734</v>
+        <v>696</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>745</v>
+        <v>738</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>746</v>
+        <v>739</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>747</v>
+        <v>696</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>749</v>
+        <v>741</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>747</v>
+        <v>696</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>752</v>
+        <v>744</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>753</v>
+        <v>745</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>754</v>
+        <v>746</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>755</v>
+        <v>747</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>548</v>
+        <v>696</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>756</v>
+        <v>748</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>757</v>
+        <v>749</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>548</v>
+        <v>696</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>226</v>
+        <v>696</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>763</v>
+        <v>756</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>765</v>
+        <v>759</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>226</v>
+        <v>696</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>766</v>
+        <v>760</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>767</v>
+        <v>761</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>768</v>
+        <v>762</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>769</v>
+        <v>763</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>771</v>
+        <v>764</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>774</v>
+        <v>768</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>768</v>
+        <v>779</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>768</v>
+        <v>782</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>768</v>
+        <v>786</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>461</v>
+        <v>15</v>
       </c>
     </row>
     <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>792</v>
+        <v>788</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="C221" s="1" t="s">
         <v>794</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="C222" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="B222" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F222" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="C223" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="D223" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="C223" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F223" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="B224" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="C224" s="1" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>807</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>770</v>
+        <v>696</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
         <v>808</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>809</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>811</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
+        <v>812</v>
+      </c>
+      <c r="B226" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="C226" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F226" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="B227" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="C227" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F227" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="B228" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="C228" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F228" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="B229" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="C229" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F229" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="B230" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="C230" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="D230" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F230" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="B231" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="C231" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="D231" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>835</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F231" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="B232" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="C232" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>839</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F232" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="B233" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="C233" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>843</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F233" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="B234" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="C234" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>847</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F234" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="B235" s="1" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>850</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>851</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
         <v>852</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>853</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>854</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>855</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
         <v>856</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>857</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>858</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>859</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
         <v>860</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>861</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>862</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>863</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
         <v>864</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>866</v>
       </c>
       <c r="D239" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>867</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
         <v>868</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>869</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>871</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
         <v>872</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>873</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>874</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
         <v>876</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>879</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
         <v>880</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>882</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>883</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
         <v>884</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>885</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>886</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>887</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
         <v>888</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>889</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>890</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>891</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
         <v>892</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>893</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>812</v>
+        <v>696</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>812</v>
+        <v>47</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="C249" s="1" t="s">
         <v>902</v>
       </c>
       <c r="D249" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>914</v>
+        <v>902</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>915</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
         <v>916</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>917</v>
       </c>
       <c r="C253" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F253" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="B254" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="C254" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>921</v>
       </c>
-      <c r="C254" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F254" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>924</v>
       </c>
-      <c r="B255" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F255" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>930</v>
+        <v>902</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>934</v>
+        <v>902</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>937</v>
+        <v>932</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>938</v>
+        <v>902</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>939</v>
+        <v>933</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>940</v>
+        <v>934</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>941</v>
+        <v>935</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>942</v>
+        <v>902</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>943</v>
+        <v>936</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>945</v>
+        <v>938</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>946</v>
+        <v>902</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>947</v>
+        <v>939</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>948</v>
+        <v>940</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>950</v>
+        <v>902</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>951</v>
+        <v>942</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>952</v>
+        <v>943</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>953</v>
+        <v>944</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>954</v>
+        <v>902</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>955</v>
+        <v>945</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>956</v>
+        <v>946</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>957</v>
+        <v>947</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>958</v>
+        <v>902</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>959</v>
+        <v>948</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>960</v>
+        <v>949</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>961</v>
+        <v>950</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>962</v>
+        <v>902</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>963</v>
+        <v>951</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>964</v>
+        <v>952</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>965</v>
+        <v>953</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>966</v>
+        <v>902</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>967</v>
+        <v>954</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>968</v>
+        <v>955</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>969</v>
+        <v>956</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>970</v>
+        <v>902</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>971</v>
+        <v>957</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>812</v>
+        <v>654</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>972</v>
+        <v>958</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>973</v>
+        <v>959</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>974</v>
+        <v>898</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>975</v>
+        <v>960</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>812</v>
+        <v>47</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>976</v>
+        <v>961</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>977</v>
+        <v>962</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>978</v>
+        <v>898</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>979</v>
+        <v>963</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>812</v>
+        <v>47</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>980</v>
+        <v>964</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>981</v>
+        <v>965</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>982</v>
+        <v>966</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>983</v>
+        <v>967</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>812</v>
+        <v>968</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>984</v>
+        <v>969</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>985</v>
+        <v>970</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>986</v>
+        <v>971</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>987</v>
+        <v>972</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>812</v>
+        <v>968</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>988</v>
+        <v>973</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>989</v>
+        <v>974</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>990</v>
+        <v>975</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>991</v>
+        <v>976</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>812</v>
+        <v>968</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>992</v>
+        <v>977</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>993</v>
+        <v>978</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>994</v>
+        <v>979</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>995</v>
+        <v>980</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>812</v>
+        <v>968</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>996</v>
+        <v>981</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>997</v>
+        <v>982</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>998</v>
+        <v>983</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>999</v>
+        <v>984</v>
       </c>
       <c r="F273" s="3" t="s">
-        <v>812</v>
+        <v>968</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>1000</v>
+        <v>985</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>1001</v>
+        <v>986</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>1002</v>
+        <v>987</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>1003</v>
+        <v>988</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>812</v>
+        <v>968</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>1004</v>
+        <v>989</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1005</v>
+        <v>990</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1006</v>
+        <v>991</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>1007</v>
+        <v>992</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>812</v>
+        <v>968</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>1008</v>
+        <v>993</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>1009</v>
+        <v>994</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>1010</v>
+        <v>995</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>1011</v>
+        <v>996</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>812</v>
+        <v>968</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>1012</v>
+        <v>997</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1013</v>
+        <v>998</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1014</v>
+        <v>999</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1015</v>
+        <v>1000</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>812</v>
+        <v>1001</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1016</v>
+        <v>1002</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1017</v>
+        <v>1003</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1018</v>
+        <v>1004</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1019</v>
+        <v>1005</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>79</v>
+        <v>1001</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1020</v>
+        <v>1006</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1021</v>
+        <v>1007</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1022</v>
+        <v>1008</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1023</v>
+        <v>1009</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>770</v>
+        <v>1001</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1024</v>
+        <v>1010</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1025</v>
+        <v>1011</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1022</v>
+        <v>1012</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1026</v>
+        <v>1013</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>770</v>
+        <v>165</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1027</v>
+        <v>1014</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1028</v>
+        <v>1015</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>1029</v>
+        <v>1017</v>
       </c>
       <c r="F281" s="3" t="s">
-        <v>770</v>
+        <v>194</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1030</v>
+        <v>1018</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1022</v>
+        <v>1016</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1032</v>
+        <v>1020</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>770</v>
+        <v>194</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1033</v>
+        <v>1021</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1034</v>
+        <v>1022</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1035</v>
+        <v>1024</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>770</v>
+        <v>194</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1036</v>
+        <v>1025</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1037</v>
+        <v>1026</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1038</v>
+        <v>1027</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>770</v>
+        <v>194</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1039</v>
+        <v>1028</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1040</v>
+        <v>1029</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1041</v>
+        <v>1031</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>770</v>
+        <v>968</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1042</v>
+        <v>1032</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1043</v>
+        <v>1033</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>770</v>
+        <v>968</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1047</v>
+        <v>1037</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>770</v>
+        <v>968</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1048</v>
+        <v>1038</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1049</v>
+        <v>1039</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1050</v>
+        <v>1040</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>770</v>
+        <v>968</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1051</v>
+        <v>1041</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1052</v>
+        <v>1042</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1022</v>
+        <v>1043</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>1053</v>
+        <v>1044</v>
       </c>
       <c r="F289" s="3" t="s">
-        <v>770</v>
+        <v>464</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A290" s="1" t="s">
-        <v>1054</v>
+        <v>1045</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1022</v>
+        <v>1043</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>770</v>
+        <v>464</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1022</v>
+        <v>1050</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1059</v>
+        <v>1051</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>770</v>
+        <v>478</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1061</v>
+        <v>1053</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1022</v>
+        <v>1054</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>1064</v>
+        <v>1057</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1022</v>
+        <v>1058</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1065</v>
+        <v>1059</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>770</v>
+        <v>47</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1066</v>
+        <v>1060</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1067</v>
+        <v>1061</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1022</v>
+        <v>1062</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1068</v>
+        <v>1063</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>770</v>
+        <v>47</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1022</v>
+        <v>1066</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>770</v>
+        <v>654</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1022</v>
+        <v>1066</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1074</v>
+        <v>1070</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>770</v>
+        <v>654</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1075</v>
+        <v>1071</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1076</v>
+        <v>1072</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1022</v>
+        <v>1073</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>770</v>
+        <v>654</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1018</v>
+        <v>1073</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>79</v>
+        <v>654</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1082</v>
+        <v>1079</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1018</v>
+        <v>1073</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>79</v>
+        <v>654</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1018</v>
+        <v>1073</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>79</v>
+        <v>654</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>135</v>
+        <v>91</v>
       </c>
     </row>
     <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1089</v>
+        <v>1073</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>498</v>
+        <v>654</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>1095</v>
+        <v>654</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1096</v>
+        <v>1091</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1097</v>
+        <v>1092</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1098</v>
+        <v>1089</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1099</v>
+        <v>1093</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>1095</v>
+        <v>654</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1101</v>
+        <v>1095</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1102</v>
+        <v>1089</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1103</v>
+        <v>1096</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>1095</v>
+        <v>654</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1104</v>
+        <v>1097</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1105</v>
+        <v>1098</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1106</v>
+        <v>1089</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1107</v>
+        <v>1099</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>1095</v>
+        <v>654</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1108</v>
+        <v>1100</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1109</v>
+        <v>1101</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1110</v>
+        <v>1062</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1111</v>
+        <v>1102</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>1095</v>
+        <v>47</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1112</v>
+        <v>1103</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1113</v>
+        <v>1104</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1114</v>
+        <v>1104</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1115</v>
+        <v>1105</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1095</v>
+        <v>637</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1116</v>
+        <v>1106</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1118</v>
+        <v>1107</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1119</v>
+        <v>1108</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>1095</v>
+        <v>637</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1120</v>
+        <v>1109</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1122</v>
+        <v>1110</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1123</v>
+        <v>1111</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>1095</v>
+        <v>637</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1124</v>
+        <v>1112</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1125</v>
+        <v>1113</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1126</v>
+        <v>1114</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1127</v>
+        <v>1115</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>1128</v>
+        <v>47</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1129</v>
+        <v>1116</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1130</v>
+        <v>1117</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1131</v>
+        <v>1118</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1132</v>
+        <v>1119</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>1128</v>
+        <v>645</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1133</v>
+        <v>1120</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1134</v>
+        <v>1121</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1135</v>
+        <v>1118</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1136</v>
+        <v>1122</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>1128</v>
+        <v>645</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1137</v>
+        <v>1123</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1138</v>
+        <v>1124</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1139</v>
+        <v>1125</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1140</v>
+        <v>1126</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>734</v>
+        <v>645</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1141</v>
+        <v>1127</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>1143</v>
+        <v>1129</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1144</v>
+        <v>1130</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>226</v>
+        <v>645</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1145</v>
+        <v>1131</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1146</v>
+        <v>1132</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1147</v>
+        <v>1133</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1148</v>
+        <v>1134</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>255</v>
+        <v>47</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1149</v>
+        <v>1135</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1150</v>
+        <v>1136</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1147</v>
+        <v>1137</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1151</v>
+        <v>1138</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>255</v>
+        <v>47</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1152</v>
+        <v>1139</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1153</v>
+        <v>1140</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1147</v>
+        <v>1141</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1154</v>
+        <v>1142</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>255</v>
+        <v>47</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1155</v>
+        <v>1143</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1156</v>
+        <v>1144</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1157</v>
+        <v>1145</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1158</v>
+        <v>1146</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>255</v>
+        <v>654</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1159</v>
+        <v>1147</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1160</v>
+        <v>1148</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1157</v>
+        <v>1149</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1161</v>
+        <v>1150</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>255</v>
+        <v>654</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1162</v>
+        <v>1151</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1163</v>
+        <v>1152</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1164</v>
+        <v>1153</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1165</v>
+        <v>1154</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>1095</v>
+        <v>654</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
     </row>
     <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1166</v>
+        <v>1155</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1167</v>
+        <v>1156</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1168</v>
+        <v>1158</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1095</v>
+        <v>1159</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>20</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1170</v>
+        <v>1162</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1164</v>
+        <v>1114</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>1095</v>
+        <v>47</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1172</v>
+        <v>1164</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1173</v>
+        <v>1165</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1174</v>
+        <v>1167</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1095</v>
+        <v>1168</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>20</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1175</v>
+        <v>1170</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1176</v>
+        <v>1171</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1178</v>
+        <v>1173</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>534</v>
+        <v>645</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1179</v>
+        <v>1174</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1180</v>
+        <v>1175</v>
       </c>
       <c r="C325" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1177</v>
       </c>
-      <c r="D325" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F325" s="3" t="s">
-        <v>534</v>
+        <v>645</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1182</v>
+        <v>1178</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1183</v>
+        <v>1179</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>534</v>
+        <v>645</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1185</v>
+        <v>1181</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1186</v>
+        <v>1182</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1187</v>
+        <v>1183</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>548</v>
+        <v>645</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1190</v>
+        <v>1186</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1191</v>
+        <v>1187</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1192</v>
+        <v>1188</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>734</v>
+        <v>645</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1194</v>
+        <v>1190</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1196</v>
+        <v>1191</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>734</v>
+        <v>645</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>734</v>
+        <v>645</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
     </row>
     <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1203</v>
+        <v>1198</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1204</v>
+        <v>1199</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>79</v>
+        <v>645</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1205</v>
+        <v>1200</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1206</v>
+        <v>1201</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1207</v>
+        <v>1202</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1208</v>
+        <v>1203</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>79</v>
+        <v>645</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1209</v>
+        <v>1204</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1210</v>
+        <v>1205</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1211</v>
+        <v>1202</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1212</v>
+        <v>1206</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1213</v>
+        <v>1207</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1214</v>
+        <v>1208</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1215</v>
+        <v>1202</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1216</v>
+        <v>1209</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1217</v>
+        <v>1210</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1218</v>
+        <v>1211</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1219</v>
+        <v>1202</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1220</v>
+        <v>1212</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1221</v>
+        <v>1213</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1222</v>
+        <v>1214</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1219</v>
+        <v>1215</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1223</v>
+        <v>1216</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1224</v>
+        <v>1217</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1225</v>
+        <v>1218</v>
       </c>
       <c r="C337" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1219</v>
       </c>
-      <c r="D337" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F337" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1227</v>
+        <v>1220</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1228</v>
+        <v>1221</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1233</v>
+        <v>1227</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1235</v>
+        <v>1229</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1236</v>
+        <v>1230</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1238</v>
+        <v>1232</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1235</v>
+        <v>1229</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1239</v>
+        <v>1233</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1240</v>
+        <v>1234</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1241</v>
+        <v>1235</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1242</v>
+        <v>1237</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1245</v>
+        <v>1240</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1246</v>
+        <v>1241</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1247</v>
+        <v>1242</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1247</v>
+        <v>1242</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>726</v>
+        <v>1244</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>20</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>726</v>
+        <v>1244</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>20</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>726</v>
+        <v>1244</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>20</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>734</v>
+        <v>1244</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>80</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1259</v>
+        <v>1255</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1260</v>
+        <v>1256</v>
       </c>
       <c r="C348" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>1257</v>
       </c>
-      <c r="D348" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F348" s="3" t="s">
-        <v>734</v>
+        <v>1244</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>80</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E349" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F349" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G349" s="3" t="s">
         <v>1262</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E350" s="3" t="s">
         <v>1266</v>
       </c>
-      <c r="B350" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F350" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
     </row>
     <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C351" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="B351" s="1" t="s">
+      <c r="D351" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E351" s="3" t="s">
         <v>1270</v>
       </c>
-      <c r="C351" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F351" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C352" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="D352" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E352" s="3" t="s">
         <v>1274</v>
       </c>
-      <c r="C352" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F352" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C353" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="B353" s="1" t="s">
+      <c r="D353" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1278</v>
       </c>
-      <c r="C353" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F353" s="3" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C354" s="1" t="s">
         <v>1281</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="D354" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1282</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="F354" s="3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G354" s="3" t="s">
         <v>1283</v>
-      </c>
-[...10 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B355" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="D355" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F355" s="3" t="s">
-        <v>79</v>
+        <v>1244</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>80</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B356" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1290</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="D356" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1291</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F356" s="3" t="s">
-        <v>770</v>
+        <v>654</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>135</v>
+        <v>97</v>
       </c>
     </row>
     <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B357" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="C357" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="D357" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1295</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F357" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B358" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="B358" s="1" t="s">
+      <c r="C358" s="1" t="s">
         <v>1298</v>
       </c>
-      <c r="C358" s="1" t="s">
+      <c r="D358" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E358" s="3" t="s">
         <v>1299</v>
       </c>
-      <c r="D358" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F358" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B359" s="1" t="s">
         <v>1301</v>
       </c>
-      <c r="B359" s="1" t="s">
+      <c r="C359" s="1" t="s">
         <v>1302</v>
       </c>
-      <c r="C359" s="1" t="s">
+      <c r="D359" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E359" s="3" t="s">
         <v>1303</v>
       </c>
-      <c r="D359" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F359" s="3" t="s">
-        <v>770</v>
+        <v>645</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>135</v>
+        <v>15</v>
       </c>
     </row>
     <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B360" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="B360" s="1" t="s">
+      <c r="C360" s="1" t="s">
         <v>1306</v>
       </c>
-      <c r="C360" s="1" t="s">
+      <c r="D360" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E360" s="3" t="s">
         <v>1307</v>
       </c>
-      <c r="D360" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F360" s="3" t="s">
-        <v>1309</v>
+        <v>645</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>1310</v>
+        <v>15</v>
       </c>
     </row>
     <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E361" s="3" t="s">
         <v>1311</v>
       </c>
-      <c r="B361" s="1" t="s">
+      <c r="F361" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="G361" s="3" t="s">
         <v>1312</v>
-      </c>
-[...13 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C362" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="D362" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1316</v>
       </c>
-      <c r="C362" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F362" s="3" t="s">
-        <v>1319</v>
+        <v>47</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
     </row>
     <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1320</v>
       </c>
-      <c r="B363" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F363" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1324</v>
       </c>
-      <c r="B364" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F364" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E365" s="3" t="s">
         <v>1328</v>
       </c>
-      <c r="B365" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F365" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E366" s="3" t="s">
         <v>1332</v>
       </c>
-      <c r="B366" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F366" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E367" s="3" t="s">
         <v>1336</v>
       </c>
-      <c r="B367" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F367" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C368" s="1" t="s">
         <v>1339</v>
       </c>
-      <c r="B368" s="1" t="s">
+      <c r="D368" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E368" s="3" t="s">
         <v>1340</v>
       </c>
-      <c r="C368" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F368" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C369" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="B369" s="1" t="s">
+      <c r="D369" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E369" s="3" t="s">
         <v>1344</v>
       </c>
-      <c r="C369" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F369" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C370" s="1" t="s">
         <v>1347</v>
       </c>
-      <c r="B370" s="1" t="s">
+      <c r="D370" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E370" s="3" t="s">
         <v>1348</v>
       </c>
-      <c r="C370" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F370" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B371" s="1" t="s">
         <v>1350</v>
       </c>
-      <c r="B371" s="1" t="s">
+      <c r="C371" s="1" t="s">
         <v>1351</v>
       </c>
-      <c r="C371" s="1" t="s">
+      <c r="D371" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>1352</v>
       </c>
-      <c r="D371" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F371" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B372" s="1" t="s">
         <v>1354</v>
       </c>
-      <c r="B372" s="1" t="s">
+      <c r="C372" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="C372" s="1" t="s">
+      <c r="D372" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E372" s="3" t="s">
         <v>1356</v>
       </c>
-      <c r="D372" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F372" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B373" s="1" t="s">
         <v>1358</v>
       </c>
-      <c r="B373" s="1" t="s">
+      <c r="C373" s="1" t="s">
         <v>1359</v>
-      </c>
-[...1 lines deleted...]
-        <v>1356</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>1360</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1356</v>
+        <v>1367</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1264</v>
+        <v>1375</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1376</v>
+        <v>1383</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1383</v>
+        <v>1391</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1391</v>
+        <v>1396</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1392</v>
+        <v>1397</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1393</v>
+        <v>1398</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1394</v>
+        <v>1400</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1397</v>
+        <v>1407</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>734</v>
+        <v>654</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1404</v>
+        <v>1415</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E387" s="3" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>734</v>
+        <v>47</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
     </row>
     <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1410</v>
+        <v>1419</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E388" s="3" t="s">
-        <v>1411</v>
+        <v>1420</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>1412</v>
+        <v>47</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>1413</v>
+        <v>91</v>
       </c>
     </row>
     <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
-        <v>1414</v>
+        <v>1421</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1415</v>
+        <v>1422</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>1412</v>
+        <v>47</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>1413</v>
+        <v>91</v>
       </c>
     </row>
     <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>1418</v>
+        <v>1427</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E390" s="3" t="s">
-        <v>1419</v>
+        <v>1428</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>1412</v>
+        <v>96</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>1413</v>
+        <v>97</v>
       </c>
     </row>
     <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
-        <v>1420</v>
+        <v>1429</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1421</v>
+        <v>1431</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>1422</v>
+        <v>1432</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>1412</v>
+        <v>96</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>1413</v>
+        <v>97</v>
       </c>
     </row>
     <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
-        <v>1423</v>
+        <v>1433</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>1424</v>
+        <v>1434</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>1424</v>
+        <v>1435</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E392" s="3" t="s">
-        <v>1425</v>
+        <v>1436</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>1412</v>
+        <v>96</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>1413</v>
+        <v>404</v>
       </c>
     </row>
     <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1426</v>
+        <v>1437</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1427</v>
+        <v>1438</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1428</v>
+        <v>1438</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1429</v>
+        <v>1439</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>79</v>
+        <v>1244</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>1430</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1431</v>
+        <v>1440</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1432</v>
+        <v>1441</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>770</v>
+        <v>1244</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>89</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>79</v>
+        <v>1244</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>135</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1439</v>
+        <v>1446</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1440</v>
+        <v>1447</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>1309</v>
+        <v>1244</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>1443</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1445</v>
+        <v>1450</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1446</v>
+        <v>1451</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1447</v>
+        <v>1452</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>1412</v>
+        <v>145</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>1413</v>
+        <v>372</v>
       </c>
     </row>
     <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>770</v>
+        <v>145</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>141</v>
+        <v>372</v>
       </c>
     </row>
     <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>770</v>
+        <v>1244</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
     </row>
     <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>734</v>
+        <v>1244</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>734</v>
+        <v>1244</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>734</v>
+        <v>1470</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>20</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="C403" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E403" s="3" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F403" s="3" t="s">
         <v>1470</v>
       </c>
-      <c r="D403" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G403" s="3" t="s">
-        <v>20</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>140</v>
+        <v>1470</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>1476</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>79</v>
+        <v>1470</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>80</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>79</v>
+        <v>1487</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C407" s="1" t="s">
         <v>1485</v>
       </c>
-      <c r="B407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C407" s="1" t="s">
+      <c r="D407" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E407" s="3" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F407" s="3" t="s">
         <v>1487</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G407" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1491</v>
+        <v>1485</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>770</v>
+        <v>1487</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="409" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1495</v>
+        <v>1485</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E409" s="3" t="s">
         <v>1496</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>770</v>
+        <v>1487</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>135</v>
+        <v>48</v>
       </c>
     </row>
     <row r="410" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
         <v>1497</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>1498</v>
       </c>
       <c r="C410" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1499</v>
       </c>
-      <c r="D410" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F410" s="3" t="s">
-        <v>770</v>
+        <v>1487</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="411" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B411" s="1" t="s">
         <v>1501</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="C411" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1502</v>
       </c>
-      <c r="C411" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F411" s="3" t="s">
-        <v>770</v>
+        <v>1487</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="412" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1505</v>
       </c>
-      <c r="B412" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F412" s="3" t="s">
-        <v>770</v>
+        <v>1487</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>80</v>
+        <v>48</v>
       </c>
     </row>
     <row r="413" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1511</v>
+        <v>1485</v>
       </c>
       <c r="D413" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1512</v>
+        <v>1508</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>770</v>
+        <v>1487</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>80</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="414" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F414" s="3" t="s">
         <v>1513</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="G414" s="3" t="s">
         <v>1514</v>
-      </c>
-[...13 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="415" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C415" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="B415" s="1" t="s">
+      <c r="D415" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1518</v>
       </c>
-      <c r="C415" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F415" s="3" t="s">
-        <v>79</v>
+        <v>1513</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>135</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="416" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C416" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="D416" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1522</v>
       </c>
-      <c r="C416" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F416" s="3" t="s">
-        <v>79</v>
+        <v>1513</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>135</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C417" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="D417" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1526</v>
       </c>
-      <c r="C417" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F417" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="418" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C418" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="D418" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1530</v>
       </c>
-      <c r="C418" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F418" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="419" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C419" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="D419" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1534</v>
       </c>
-      <c r="C419" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F419" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="420" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C420" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="D420" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1538</v>
       </c>
-      <c r="C420" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F420" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="421" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C421" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="D421" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1542</v>
       </c>
-      <c r="C421" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F421" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C422" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="B422" s="1" t="s">
+      <c r="D422" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1546</v>
       </c>
-      <c r="C422" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F422" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C423" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="D423" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1550</v>
       </c>
-      <c r="C423" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F423" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G423" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="424" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C424" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1554</v>
       </c>
-      <c r="C424" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F424" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G424" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C425" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="D425" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1558</v>
       </c>
-      <c r="C425" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F425" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C426" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="D426" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1562</v>
       </c>
-      <c r="C426" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F426" s="3" t="s">
-        <v>770</v>
+        <v>1513</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>80</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C427" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="D427" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1566</v>
       </c>
-      <c r="C427" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F427" s="3" t="s">
-        <v>79</v>
+        <v>1513</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>135</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C428" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="D428" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1570</v>
       </c>
-      <c r="C428" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F428" s="3" t="s">
-        <v>79</v>
+        <v>1513</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>135</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C429" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1574</v>
       </c>
-      <c r="C429" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F429" s="3" t="s">
-        <v>140</v>
+        <v>1513</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>141</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B430" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C430" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1578</v>
       </c>
-      <c r="C430" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F430" s="3" t="s">
-        <v>140</v>
+        <v>1513</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>141</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C431" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="D431" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1582</v>
       </c>
-      <c r="C431" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F431" s="3" t="s">
-        <v>140</v>
+        <v>1513</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>141</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B432" s="1" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C432" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="D432" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1586</v>
       </c>
-      <c r="C432" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F432" s="3" t="s">
-        <v>140</v>
+        <v>1470</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>461</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C433" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="D433" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1590</v>
       </c>
-      <c r="C433" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F433" s="3" t="s">
-        <v>140</v>
+        <v>1513</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>135</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C434" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="D434" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1594</v>
       </c>
-      <c r="C434" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F434" s="3" t="s">
-        <v>1412</v>
+        <v>1513</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>1413</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B435" s="1" t="s">
         <v>1596</v>
-      </c>
-[...1 lines deleted...]
-        <v>1597</v>
       </c>
       <c r="C435" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="D435" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E435" s="3" t="s">
         <v>1598</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>1412</v>
+        <v>1513</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>1413</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
         <v>1599</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>1600</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>1412</v>
+        <v>1487</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>1413</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="B437" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C437" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="D437" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F437" s="3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="G437" s="3" t="s">
         <v>1603</v>
-      </c>
-[...13 lines deleted...]
-        <v>1413</v>
       </c>
     </row>
     <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1606</v>
+        <v>1585</v>
       </c>
       <c r="D438" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="F438" s="3" t="s">
-        <v>1412</v>
+        <v>1470</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>1413</v>
-[...68 lines deleted...]
-        <v>38</v>
+        <v>1312</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">