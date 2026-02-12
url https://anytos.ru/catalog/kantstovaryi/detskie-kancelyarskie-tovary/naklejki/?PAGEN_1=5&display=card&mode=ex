--- v1 (2025-12-27)
+++ v2 (2026-02-12)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1610">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1594">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a9/0a959222512e7006494f3d190685a46b/70ce78d6666eacd515f7e0b2ba5a5f7f.jpg</t>
   </si>
   <si>
     <t>Набор наклеек Нано-стикер В Зоопарке бол., Bondibon, 19x24 см., арт. TP-S30</t>
   </si>
   <si>
     <t>Набор Нано-стикеры – это уникальные красочные наклейки с разными тематиками. Наклейки сделаны из высокопрочной резины TPE, и не имеют магнитной или клеевой основы. Нано-стикеры способны удерживаться на любой твердой поверхности.&amp;nbsp;&amp;nbsp;С помощью наклеек и игров</t>
   </si>
   <si>
     <t>Наклейки</t>
@@ -236,50 +245,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c12/foqfmfivmdsup64h3s3ja0epdvu96g2n.jpg</t>
   </si>
   <si>
     <t>Наклейки из фетра  quot;Бабочки quot;, двухцветные, 6 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661492</t>
   </si>
   <si>
     <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 6 красочных декоративных элементов в форме бабочек. Предназначены для детей от 3 лет. Размер 4х6 см. Поставляются в пакете с европодвесом. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.Способ применения: Эти замечательные наклейки крайне просты в использовании – необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
   </si>
   <si>
     <t>389485</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc9/d98egi61g724p9n6cvzhmv05kkkunixi.jpg</t>
   </si>
   <si>
     <t>Наклейки из фетра  quot;Божьи коровки quot;, 6 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661498</t>
   </si>
   <si>
     <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 6 красочных декоративных элементов в форме божьих коровок. Предназначены для детей от 3 лет. Размер 5х5 см. Поставляются в пакете с европодвесом. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.СПОСОБ ПРИМЕНЕНИЯ:Эти замечательные наклейки крайне просты в использовании - необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
   </si>
   <si>
     <t>389486</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/da1/akl12vau5lswxdsehy5jnbwofwbykai8.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки из фетра  quot;Герберы quot;, 8 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661485</t>
+  </si>
+  <si>
+    <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 8 красочных декоративных элементов в форме цветов. Предназначены для детей от 3 лет. Размер 5х5 см. Поставляются в пакете с европодвесом. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.Способ применения: Эти замечательные наклейки крайне просты в использовании – необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
+  </si>
+  <si>
+    <t>389488</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fe0/jummmnmoara6cpyf2uicfgxdff804l9z.jpg</t>
   </si>
   <si>
     <t>Наклейки из фетра  quot;Листья quot;, 24 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661479</t>
   </si>
   <si>
     <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 24 красочных декоративных элемента в форме листьев. Предназначены для детей от 3 лет. Размер 4х5 см. Поставляются в пакете с европодвесом. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.СПОСОБ ПРИМЕНЕНИЯ:Эти замечательные наклейки крайне просты в использовании - необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
   </si>
   <si>
     <t>389492</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cc2/4cgoaik01goq9skvjedvq8ycakio6zqc.jpg</t>
   </si>
   <si>
     <t>Наклейки из фетра  quot;Птички quot;, 11 шт., ассорти, ОСТРОВ СОКРОВИЩ, 661483</t>
   </si>
   <si>
     <t>С помощью наклеек из фетра ОСТРОВ СОКРОВИЩ можно декорировать поделки, детали интерьера, одежду и гаджеты, реализовать самые смелые творческие идеи! Изготовлены из фетра. В комплекте 11 красочных декоративных элементов в форме птичек. Предназначены для детей от 3 лет. Поставляются в пакете с европодвесом с вкладышем размером 10х16 см. Качественный клеевой слой обеспечит надежную фиксацию на любых поверхностях.Способ применения: Эти замечательные наклейки крайне просты в использовании – необходимо отделить их от основы и разместить там, где требует этого фантазия. Никакого клея не требуется!</t>
   </si>
   <si>
     <t>389498</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed1/hxxw05tqg7p5y66y9fzok3pzf07hliap.jpg</t>
@@ -320,50 +341,62 @@
   <si>
     <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся гелевые наклейки, украшенные блестками, в количестве 21 штуки. Наклейки отличаются высочайшим качеством печати и цветопередачи. Изящные бабочки и нежные цветы не оставят равнодушными маленьких принцесс, придадут оригинальности тетрадям, дневникам, гаджетам или нарядно украсят поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>425012</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e3/9e305206e13551d68bcc6334e579f631/efa27502ecda45782da183e31144051e.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Английский алфавит quot;, 10х15 см, ЮНЛАНДИЯ, 661781</t>
   </si>
   <si>
     <t>Зефирные наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов.</t>
   </si>
   <si>
     <t>425013</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d73/tmlhy33g37quiypfzl2u7clz1pkoxz1l.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Машины quot;, 10х15 см, ЮНЛАНДИЯ, 661784</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся мягкие зефирные наклейки с изображением автомобилей в количестве 8 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Большие серьёзные вездеходы не оставят равнодушными юных автолюбителей, придадут оригинальности тетрадям, дневникам, гаджетам и здорово украсят поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425016</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3b8/ivsqzik50f0hei22ccr7q32e1jsynwk0.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Единороги quot;, 10х15 см, ЮНЛАНДИЯ, 661785</t>
   </si>
   <si>
     <t>Зефирные наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся мягкие зефирные наклейки с изображением единорогов в количестве 19 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Милые загадочные единороги придадут оригинальности тетрадям, дневникам, гаджетам и волшебно украсят поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>425017</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d0d/d0d6922c687e8fad47aa7923fde5902e/5243c5a2b7879e6c569663412c5dfc71.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Моя планета quot;, 10х15 см, ЮНЛАНДИЯ, 661798</t>
   </si>
   <si>
     <t>425030</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1f/8ga9dqv1n4iyyjdod7i464o14s4b5nr3.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Сладости quot;, 10х15 см, ЮНЛАНДИЯ, 661800</t>
@@ -413,132 +446,132 @@
   <si>
     <t>http://anytos.ru//upload/iblock/43a/u7swhhht2d270zqixr09a974f00n5dnp.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Кошки quot;, с блестками, 10х15 см, ЮНЛАНДИЯ, 661825</t>
   </si>
   <si>
     <t>Зефирные наклейки ЮНЛАНДИЯ - это мягкие яркие украшения, способные придать оригинальности любым изделиям. Объемные многоразовые наклейки подходят для использования на различных поверхностях несколько раз, не оставляя следов. В наборе содержатся блестящие зефирные наклейки с изображением кошек и украшений в количестве 24 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Мягкие наклейки с забавными чёрными кошками придадут оригинальности тетрадям, дневникам, гаджетам и помогут украсить любую поделку.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>425057</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/249/249ddcd4f7336480b9b2eb297c663076/6700e7cff92ea5e38c74c44ec89c7e78.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Морские обитатели quot;, 10х15 см, ЮНЛАНДИЯ, 661826</t>
   </si>
   <si>
     <t>Зефирные наклейки ЮНЛАНДИЯ - это мягкие яркие украшения, способные придать оригинальности любым изделиям. Объемные многоразовые наклейки подходят для использования на различных поверхностях несколько раз, не оставляя следов.</t>
   </si>
   <si>
     <t>425058</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1b0/2b385ii9irfks9oezlp8rybgyr6eb6b4.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  quot;Букашки quot;, 10х15 см, ЮНЛАНДИЯ, 661828</t>
+  </si>
+  <si>
+    <t>Зефирные наклейки ЮНЛАНДИЯ - это мягкие яркие украшения, способные придать оригинальности любым изделиям. Объемные многоразовые наклейки подходят для использования на различных поверхностях несколько раз, не оставляя следов. В наборе содержатся мягкие зефирные наклейки с изображением разных насекомых в количестве 47 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Бабочки, стрекозы, жучки и другие букашки с удовольствием украсят тетради, дневники, гаджеты и любые поделки. Наклейки могут быть использованы и в обучающих целях.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>425060</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1aa/rdpqaqlswvsqqym8gzx3bpixgkwr4o39.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные  quot;Сердца quot;, 10х15 см, ЮНЛАНДИЯ, 661832</t>
   </si>
   <si>
     <t>Объёмные наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся твердые объемные наклейки с изображением сердец в количестве 27 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Яркие сердечки с интересными принтами придадут оригинальности тетрадям, дневникам и гаджетам или нарядно украсят поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>425064</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b4/uqgpnl49kimo8lwyy0hmky8y0z5zlyqc.jpg</t>
   </si>
   <si>
     <t>Наклейки виниловые  quot;Сердца quot;, голографические, 14х21 см, ЮНЛАНДИЯ, 661833</t>
   </si>
   <si>
     <t>Виниловые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях. В наборе содержатся голографические виниловые наклейки с изображением сердец в количестве 57 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Яркие сверкающие сердца придадут оригинальности тетрадям, дневникам, гаджетам и помогут украсить любые поделки.Качественный клеевой слой позволяет наклейке надёжно держаться на различных типах поверхности и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>425065</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cd3/ikvfoawaqgk1wf4o3ypa4cbpez1eq776.jpg</t>
-[...8 lines deleted...]
-    <t>425072</t>
+    <t>http://anytos.ru//upload/iblock/bfd/8ps8gzh1h48gz7vb7r4lci0vmdt23763.jpg</t>
+  </si>
+  <si>
+    <t>Этикетка самоклеящаяся для опечатывания документов ЗВЕЗДОЧКА красная, 52 мм, 500 шт, BRAUBERG 111742</t>
+  </si>
+  <si>
+    <t>Самоклеящиеся этикетки BRAUBERG предназначены для опечатывания любых многостраничных документов и служат для защиты от внесения в них несанкционированных изменений. Матовые этикетки-звездочки для сшивки документов имеют круглую форму тридцатиконечной звезды и стандартный диаметр 52 мм, что является основным стандартом во всем мире. Специальный клеевой слой обеспечивает отличное прилипание и сцепление с поверхностью документа. При попытке отклеивания бумага разрушается. Комплект из 500 штук является выгодным приобретением и способен опечатать большое количество документов.</t>
+  </si>
+  <si>
+    <t>425073</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bfd/8ps8gzh1h48gz7vb7r4lci0vmdt23763.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cec/3qwe74rfnu5ukuubysvuc1sivsntnfgy.jpg</t>
   </si>
   <si>
     <t>Этикетка самоклеящаяся  quot;Пронумеровано, прошито и скреплено quot;, 74х40мм, 500 штук, BRAUBERG</t>
   </si>
   <si>
     <t>Самоклеящиеся этикетки BRAUBERG &amp;quot;Пронумеровано, прошито и скреплено&amp;quot; предназначены для опечатывания любых многостраничных документов и служат для защиты от внесения в них несанкционированных изменений. Выполнены из самоклеящейся матовой бумаги и надежно приклеиваются к поверхности любой формы и материала. Особый клейкий состав и структура бумаги не позволяют удалять этикетку без её разрыва. Ширина этикетки составляет 40 мм, длина - 74 мм. Комплект из 500 штук является выгодным приобретением и способен опечатать большое количество документов.</t>
   </si>
   <si>
     <t>425074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/861/39uieeegwnd9z6k0w8p9ryj2qyhkqcih.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти  quot;Алфавит quot;</t>
   </si>
   <si>
     <t>Яркие,&amp;nbsp;&amp;nbsp;мягкие и приятные на ощупь наклейки Мульти-Пульти обязательно привлекут внимание Вашего ребенка. Наклейки Мульти-Пульти можно использовать как для декорирования предметов, так и в качестве обучающего материала. Способствуют творческому развитию, а также развитию внимания и усидчивости детей.&amp;nbsp;&amp;nbsp;Возможно многократное использование.&amp;nbsp;&amp;nbsp;Наклейки легко клеятся и снимаются с поверхности, не оставляя следов.</t>
   </si>
   <si>
     <t>433139</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f96/o9l4a0a3s2x6apscjzfkyk9ncvlqjeiv.jpg</t>
-[...5 lines deleted...]
-    <t>433147</t>
+    <t>http://anytos.ru//upload/iblock/a3f/ivofyc7qba2wpffh9oq5rfptp7ujwtu8.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные Мульти-Пульти  quot;Для активных мальчишек quot;</t>
+  </si>
+  <si>
+    <t>433141</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a2/p87lh0zgkpq8yap2ikxx43h9r2mo933y.jpg</t>
   </si>
   <si>
     <t>L.O.L. SURPRISE  Наклейки декоративные  А5   3</t>
   </si>
   <si>
     <t>Яркие наклейки с любимыми современными девочками куколками LOL и их аксессуарами. На бумажные наклейки нанесён глиттер. Благодаря его блеску наклейки смотрятся очень стильно.&amp;nbsp;&amp;nbsp;Официальная лицензия L.O.L. Surprise!</t>
   </si>
   <si>
     <t>596681</t>
   </si>
   <si>
     <t>&lt;a href="/brands/lol-surprise/"&gt;L.O.L. Surprise!&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/88a/b8lthdf3rhri4rdebm92ru92b9iignnw.jpg</t>
   </si>
   <si>
     <t>L.O.L. SURPRISE  Наклейки декоративные  А5   4</t>
   </si>
   <si>
     <t>596682</t>
   </si>
@@ -818,59 +851,50 @@
   <si>
     <t>596710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/359/359b41a75d8d1ac2642f59c562b577d1/4e3ee1580467a6315587655e1b836264.jpg</t>
   </si>
   <si>
     <t>Наклейки декоративные бумажные А5  quot;Миньоны quot;, набор  9</t>
   </si>
   <si>
     <t>596711</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a14/ucfiidslgirnpifhucr41s1hxj7mpt38.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Миньоны quot;, дизайн Aero</t>
   </si>
   <si>
     <t>Наклейки с любимыми детьми и взрослыми персонажами - задорными Миньонами. Их забавный вид и яркие эмоции будут радовать обладаталей этих наклеек снова и снова. Наклейки изготовлены из упругого полимерного материала и выдерживают многократное приклеивание к различным поверхностям. Официальная лицензия Universal.</t>
   </si>
   <si>
     <t>596712</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c12/ne0pz3nj5gkiqbf9ar63lzhwcxf9xxeo.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1c3/0pe2jqq9g20l46paxmvw1yuntiv45m1x.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Миньоны quot;, дизайн Disco</t>
   </si>
   <si>
     <t>596714</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/436/1cwa2ww3bf61ri1nqktp6197on664pkz.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Миньоны quot;, дизайн Kung Fu</t>
   </si>
   <si>
     <t>596715</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c81/c8140ebce7b28f9698a113e8e6dc5ff9/1ae1b8cdf8d6c02b91725b8e2642c105.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Миньоны quot;, диз. Minion Girls</t>
   </si>
   <si>
     <t>Наклейки зефирные &amp;quot;Миньоны&amp;quot;, диз. Minion Girls</t>
@@ -1295,50 +1319,68 @@
   <si>
     <t>684964</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b0b/1dowvcvpb5tfqt7j1x43pql121xxvx2y.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Герои в масках quot;, дизайн 1</t>
   </si>
   <si>
     <t>Cтильные наклейки с героями из популярного мультфильма &amp;quot;Герои в масках&amp;quot;. Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультика и поднимают настроение. Гелевые наклейки выполнены из прозрачного эластичного полимерного материала. Очень интересно смотрятся на окнах, настенной плитке, мебели. Они легко снимаются и наклеиваются на поверхности снова и снова, не оставляя следов. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Герои в масках&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b4/le30j2l9cnndc3o2k0wv3y1cm1uwhk8p.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Герои в масках quot;, дизайн 2</t>
   </si>
   <si>
     <t>684966</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9b8/z7xzo9hju5bfrdpjfqjpcx5gznk0k76d.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Герои в масках quot;, дизайн 3</t>
+  </si>
+  <si>
+    <t>684967</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/233/fvxqai6ecolx31vjgtdcni7kk4pald6a.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Герои в масках quot;, дизайн 4</t>
+  </si>
+  <si>
+    <t>684968</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cb2/n8bm67blc46tso6z7nppqxia2mf9m6jt.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Леди Баг и Супер-Кот , дизайн 1</t>
   </si>
   <si>
     <t>Наклейки вспененные с любимыми детьми персонажами - героями популярного мультсериала &amp;quot;Леди Баг и Супер-Кот&amp;quot;. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Леди Баг и Супер-Кот&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684969</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ledy-bag-i-super-cot/"&gt;Леди Баг и Супер Кот&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/855/f047jeqgxez5axvhchh52wwgpmz8nyaw.jpg</t>
   </si>
   <si>
     <t>Наклейки пленочные  Леди Баг и Супер-Кот , дизайн 1</t>
   </si>
   <si>
     <t>Ультратонкие пленочные наклейки &amp;quot;Леди Баг и Супер-Кот&amp;quot; с любимыми персонажами. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Леди Баг и Супер-Кот&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684972</t>
@@ -1460,155 +1502,164 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7f4/r8o6zwfybipvl3407111rrvrydrcxna9.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Щенячий патруль quot;, диз. 1</t>
   </si>
   <si>
     <t>Наклейки вспененные с любимыми детьми персонажами - героями популярного мультсериала &amp;quot;Щенячий патруль&amp;quot; &amp;#40;PAW Patrol&amp;#41;. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Щенячий патруль&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684984</t>
   </si>
   <si>
     <t>&lt;a href="/brands/schenjachij-patrul/"&gt;Щенячий патруль&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/788/jm8brl13g4phf7ygxx0czzs6ofzus7ka.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Щенячий патруль quot;, дизайн 2</t>
   </si>
   <si>
     <t>684985</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d1b/zt0o51j93idh62xiwxhwnh80ra9d7b5a.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  quot;Щенячий патруль quot;, дизайн 3</t>
+  </si>
+  <si>
+    <t>684986</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4ce/tyv1278dsd9e78bc54svxgqye24cffo5.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Щенячий патруль quot;, дизайн 5</t>
   </si>
   <si>
     <t>684988</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38f/6blossxejzat0il7nkn0p1grn2ocrqnq.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  quot;Щенячий патруль quot;, дизайн 6</t>
   </si>
   <si>
     <t>684989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dca/n0emso0w36zgnkhi2ea2gbiwdsh2ttw0.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Щенячий патруль , дизайн 7</t>
   </si>
   <si>
     <t>684990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a71/jmn280kncibbq6fth8voz6p0g2d2u0hs.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Щенячий патруль , дизайн 8</t>
   </si>
   <si>
     <t>684991</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/491/aykqu5i6wt03booq4mjgqx68mft92dmg.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Щенячий патруль quot;, дизайн 2</t>
   </si>
   <si>
     <t>Cтильные наклейки с героями из популярного мультфильма &amp;quot;Щенячий патруль&amp;quot; &amp;#40;PAW Patrol&amp;#41;. Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультика и поднимают настроение. Гелевые наклейки выполнены из прозрачного эластичного полимерного материала. Очень интересно смотрятся на окнах, настенной плитке, мебели. Они легко снимаются и наклеиваются на поверхности снова и снова, не оставляя следов. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Щенячий патруль&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684992</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/77a/33hzk338es7j3ndmggdeajy2b2vskq8e.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Щенячий патруль quot;, дизайн 3</t>
+  </si>
+  <si>
+    <t>684993</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9b6/3k30ntcm8nsxyrha25he4szoxwo03tza.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Щенячий патруль quot;, дизайн 4</t>
   </si>
   <si>
     <t>684994</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d91/gvx37od5qcdgqa3m4cp5kz3zbmau5ktv.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Щенячий патруль quot;, дизайн 1</t>
   </si>
   <si>
     <t>Наклейки зефирные с любимыми детьми персонажами - героями популярного мультсериала &amp;quot;Щенячий патруль&amp;quot; &amp;#40;PAW Patrol&amp;#41;. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Щенячий патруль&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>684995</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b8e/wkbm6ltyjp10og4noyljlp03oammqe5t.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Щенячий патруль quot;, дизайн 2</t>
   </si>
   <si>
     <t>684996</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae4/2f5rb25ca10suqe4y4k2p6e0w6voydvy.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Щенячий патруль quot;, дизайн 3</t>
   </si>
   <si>
     <t>684997</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9fc/3a55uzrpskgs91u4f8ia95fp1d6x8duh.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Щенячий патруль quot;, дизайн 4</t>
   </si>
   <si>
     <t>684998</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/48f/4nf2q0ucnqho2yc1p1y6wkbr7coqak7g.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/205/gj53q907kyhie2a4iaybwxpnm4qvbmp8.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Щенячий патруль quot;, дизайн 6</t>
   </si>
   <si>
     <t>685000</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3f9/dedjchf8z37d1710m8bhkasvbk48dd6n.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Энчантималс , дизайн 1</t>
   </si>
   <si>
     <t>Наклейки вспененные с любимыми детьми персонажами - героями популярного мультсериала &amp;quot;Энчантималс&amp;quot; &amp;#40;Enchantimals&amp;#41;. Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Энчантималс&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>685001</t>
   </si>
   <si>
     <t>&lt;a href="/brands/enchantimals/"&gt;Enchantimals&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b78/vmt80d1kj6i7xlhb0z4jd0wzqucad5db.jpg</t>
@@ -1626,50 +1677,59 @@
     <t>Наклейки вспененные  Энчантималс , дизайн 3</t>
   </si>
   <si>
     <t>685003</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fe6/7vrus3sqwl7dyp03cma4tb0sy7c4mgd6.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Энчантималс , дизайн 4</t>
   </si>
   <si>
     <t>685004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/155/m42qox01bcuqu2n36nhnv2pcbrrlhxx2.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  Энчантималс , дизайн 1</t>
   </si>
   <si>
     <t>Cтильные наклейки с героями из популярного мультфильма &amp;quot;Энчантималс&amp;quot; &amp;#40;Enchantimals&amp;#41;. Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультика и поднимают настроение. Гелевые наклейки выполнены из прозрачного эластичного полимерного материала. Очень интересно смотрятся на окнах, настенной плитке, мебели. Они легко снимаются и наклеиваются на поверхности снова и снова, не оставляя следов. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Энчантималс&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>685005</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb3/f4kzhw3hdn2d97rpd4sl1ginmv6zjw8a.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  Энчантималс , дизайн 2</t>
+  </si>
+  <si>
+    <t>685006</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/257/v651w11di2bqca0cfq35x24s2d997krs.jpg</t>
   </si>
   <si>
     <t>Наклейки ассорти</t>
   </si>
   <si>
     <t>705779</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e1/lar83v2rzd1l8scvqqqubgjiee731utj.jpg</t>
   </si>
   <si>
     <t>Наклейки для декорирования  quot;Краб quot; 4шт уп</t>
   </si>
   <si>
     <t>Наклейки&amp;nbsp;&amp;nbsp;для декорирования &amp;quot;Краб&amp;quot; 4шт/уп</t>
   </si>
   <si>
     <t>705788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d5/bkv9r5gjin5rsgvu5ri5iz9t7ejel9qv.jpg</t>
   </si>
@@ -1968,50 +2028,59 @@
   <si>
     <t>Наклейки декоративные  quot;Лама quot;</t>
   </si>
   <si>
     <t>Декоративные наклейки &amp;quot;Лама&amp;quot; с забавными мультяшными персонажами. Продукция сделана из высококачественных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Декоративные наклейки &amp;quot;Лама&amp;quot; – это коллекция ярких стикеров, которая собрана специально для детей и их родителей!</t>
   </si>
   <si>
     <t>769867</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nd-play/"&gt;ND PLAY&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d9/bb8rysjyhiy79950dw0z2alv94qw7aku.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние гелевые  L.O.L. Surprise , дизайн 4</t>
   </si>
   <si>
     <t>Стильные новогодние наклейки с изображением популярных куколок LOL Surprise! &amp;#40;ЛОЛ&amp;#41;. Очаровательные куколки создадут особую атмосферу праздника и поднимут настроение каждой девочке. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Перед Новым годом такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек LOL Surprise! также позволит украсить и подчеркнуть уникальность поздравительных открыток для друзей и близких. Наклейки - это не только развлечение для ребенка, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые новогодние наклейки &amp;quot;ЛОЛ&amp;quot; – это коллекция ярких стикеров, которая собрана специально к самому любимому детскому празднику!</t>
   </si>
   <si>
     <t>786480</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2a2/wbpmlks7057xgfdq4cimibkss4w1bxf1.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки новогодние гелевые  L.O.L. Surprise , дизайн 5</t>
+  </si>
+  <si>
+    <t>786481</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/155/u8tpztf73cf2sp2jy8nmnrp8rtlym1fb.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Blue line quot;, 25 7,8см.</t>
   </si>
   <si>
     <t>Яркие, сверкающие стразы для декорирования. Изготовлены из пластика на основе акрила. Идеально подходят для украшения любых поделок, их можно приклеить на открытку, подарочную упаковку, канцтовары, предметы интерьера, мобильный телефон, очки, ноутбук или любой другой аксессуар. Легко отделяются от основы и надежно держатся.</t>
   </si>
   <si>
     <t>793105</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/efd/i3tq0tkptiaw38u6a4rxax83jo924gse.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Bright crystal quot;, 25 10см.</t>
   </si>
   <si>
     <t>793106</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ba5/d7c4w7m58c2ajwgl7ffky4t2wdv6hnjl.jpg</t>
@@ -2028,59 +2097,50 @@
   <si>
     <t>Наклейки акриловые MESHU  quot;Bright line quot;, 25 7,8см.</t>
   </si>
   <si>
     <t>793108</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e5/16us36m005bq3bjk0vfc5ppppobfa4t7.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Gold line quot;, 25 7,8см.</t>
   </si>
   <si>
     <t>793110</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f53/27zbzn4khi01y2qrfd57xh8t1qty8mzj.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;Pink line quot;, 25 7,8см.</t>
   </si>
   <si>
     <t>793111</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eab/2epkksmz06j12y8c3hsp2mxy0kz0zwd7.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/537/gnw3353wy009yb3tjbxvum56ps0po9qv.jpg</t>
   </si>
   <si>
     <t>Наклейки акриловые MESHU  quot;White pearls quot;, 25 7см.</t>
   </si>
   <si>
     <t>793116</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ae1/v5y2hgox7yppx4qp6ngmh29mbioov3s6.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные для ежедневников MESHU  quot;Bright life quot;, европодвес</t>
   </si>
   <si>
     <t>Бумажные наклейки для ежедневников.&amp;nbsp;&amp;nbsp;Подойдут для оформления записей в блокнотах и дневниках, а также для украшения канцтоваров, открыток, поделок, телефонов, ноутбуков, предметов интерьера. Яркие современные дизайны сделают творческий процесс увлекательным и подарят отличное настроение.</t>
   </si>
   <si>
     <t>800434</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c5f/hdbtv9gav1w1qgcy8ecw0pgje8fy3kn8.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные для ежедневников MESHU  quot;Strict lines quot;, европодвес</t>
@@ -2892,68 +2952,50 @@
   <si>
     <t>Наклейки бумажные MESHU  quot;Tender cloud quot;</t>
   </si>
   <si>
     <t>834121</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfa/2tadpd4b8hludgerxy28y0irvihdlfn1.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные MESHU  quot;Trecker dots blue quot;</t>
   </si>
   <si>
     <t>834122</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/379/dinx3358s6mbkipyvailulv0pgwb8jtw.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные MESHU  quot;Trecker dots pink quot;</t>
   </si>
   <si>
     <t>834123</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f16/x8ttf29cb02tthtyhs3hhpjoqwe0d81y.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/cc4/vyv7m2g6y4w4op4wjkwdrvgdkqke8y7g.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  Мир Юрского периода , дизайн 1</t>
   </si>
   <si>
     <t>Стильные наклейки «Мир Юрского периода», диз. 1 создадут особую атмосферу и поднимут настроение ребенку.&amp;nbsp;&amp;nbsp; Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы.&amp;nbsp;&amp;nbsp; Набор многоразовых наклеек «Мир Юрского периода» также позволит сделать любимые вещи ребенка уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки «Мир Юрского периода» – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>836685</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mir-yurskogo-perioda/"&gt;Мир Юрского Периода&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/000/e0da2o24340us1itoc9v8e1uyeetzr7j.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  Мир Юрского периода , дизайн 2</t>
   </si>
   <si>
     <t>Стильные наклейки «Мир Юрского периода», диз. 2 создадут особую атмосферу и поднимут настроение ребенку.&amp;nbsp;&amp;nbsp; Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы.&amp;nbsp;&amp;nbsp; Набор многоразовых наклеек «Мир Юрского периода» также позволит сделать любимые вещи ребенка уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки «Мир Юрского периода» – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>836686</t>
@@ -3072,57 +3114,57 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1e7/wzv9ehvmmhujl7dpl5j75qt2ws464kcn.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  L.O.L. Surprise , дизайн 6</t>
   </si>
   <si>
     <t>Стильные наклейки с изображением популярных куколок LOL Surprise! &amp;#40;ЛОЛ&amp;#41;. Очаровательные куколки создадут особую атмосферу и поднимут настроение каждой девочке. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек LOL Surprise! также позволит сделать любимые вещи малышки уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение для ребенка, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки &amp;quot;ЛОЛ&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>836735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d08/yxxcxpzoa9f5api3hogq51qjxt71cl2c.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Миньоны quot;, дизайн 2</t>
   </si>
   <si>
     <t>Стильные наклейки с героями из популярного мультфильма &amp;quot;Миньоны&amp;quot; &amp;#40;Minions&amp;#41;. Любимые персонажи в джинсовых комбинезонах воссоздадут живую атмосферу мультика и поднимут настроение и ребенку и взрослому. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек &amp;quot;Миньоны&amp;quot; также позволит сделать любимые вещи ребенка уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение для малыша, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Миньоны&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
   </si>
   <si>
     <t>836737</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ee6/l570kt2sp036wiqt4v33ylchd1hk3z98.jpg</t>
-[...5 lines deleted...]
-    <t>836739</t>
+    <t>http://anytos.ru//upload/iblock/cc6/mchr5vv076qa4t1iyxpubinhi4z7i91w.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Миньоны quot;, дизайн 3</t>
+  </si>
+  <si>
+    <t>836738</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d5/ulwexz9ojtvxzmafrrfk3jpxm0y7m98m.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние гелевые  quot;Миньоны quot;, дизайн 2</t>
   </si>
   <si>
     <t>Стильные новогодние наклейки с героями из популярного мультфильма &amp;quot;Миньоны&amp;quot; &amp;#40;Minions&amp;#41;. Любимые персонажи в джинсовых комбинезонах дополнят живую атмосферу праздника и поднимут настроение и ребенку и взрослому. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Перед Новым годом такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек &amp;quot;Миньоны&amp;quot; также позволит украсить и подчеркнуть уникальность поздравительных открыток для друзей и близких. Наклейки - это не только развлечение для малыша, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Миньоны&amp;quot; – это коллекция ярких стикеров, которая собрана специально к самому любимому детскому празднику!</t>
   </si>
   <si>
     <t>836740</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e94/vwy12bs1tm7d8go5ymq34yv8agjn4lab.jpg</t>
   </si>
   <si>
     <t>Наклейки новогодние гелевые  quot;Миньоны quot;, дизайн 3</t>
   </si>
   <si>
     <t>836741</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/292/8puafs6nl0o6a9utczfg16ejgrzv93b7.jpg</t>
   </si>
@@ -3141,140 +3183,128 @@
   <si>
     <t>Наклейки вспененные  Мир Юрского периода , дизайн 2</t>
   </si>
   <si>
     <t>836743</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19a/rd9fbfvz9bkqx9kmz0v06uxequswytbi.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Мир Юрского периода , дизайн 3</t>
   </si>
   <si>
     <t>836744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/345/g25u1xfe9cwzprkij4ldpkwy7jb8fby7.jpg</t>
   </si>
   <si>
     <t>Наклейки вспененные  Мир Юрского периода , дизайн 4</t>
   </si>
   <si>
     <t>836745</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6fd/24o22jxa56pf42ma6tfs8jxxqo8hwbz9.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  Хот Вилс , дизайн 1</t>
+  </si>
+  <si>
+    <t>Стильные наклейки с изображением легендарных машинок Hot Wheels &amp;#40;&amp;quot;Хот Вилс&amp;quot;&amp;#41;. Сверхскоростные машинки создадут особую атмосферу и поднимут настроение каждому мальчику. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек Hot Wheels также позволит сделать любимые вещи малыша уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение для ребенка, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Хот Вилс&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
+  </si>
+  <si>
+    <t>836747</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d85/ljtnf5njy4h5jj3ihiyq5rmh8im9ovdq.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  Хот Вилс , дизайн 2</t>
   </si>
   <si>
-    <t>Стильные наклейки с изображением легендарных машинок Hot Wheels &amp;#40;&amp;quot;Хот Вилс&amp;quot;&amp;#41;. Сверхскоростные машинки создадут особую атмосферу и поднимут настроение каждому мальчику. Гелевые наклейки отличаются высоким качеством полимерным материалов, из которых они сделаны, многоразовостью, сочными цветами и точной проработкой деталей. Такими наклейками можно украсить окна, зеркала, настенную плитку или мебель, не боясь оставить на всех этих предметах несмываемые следы. Набор многоразовых наклеек Hot Wheels также позволит сделать любимые вещи малыша уникальными - можно украсить тетради, игрушки, рабочий стол. Наклейки - это не только развлечение для ребенка, но и польза: развитие мелкой моторики и укрепление мышц рук, развитие двусторонней координации рук, развитие воображения и фантазии. Многоразовые наклейки &amp;quot;Хот Вилс&amp;quot; – это коллекция ярких стикеров, которая собрана специально для малышей и их родителей!</t>
-[...1 lines deleted...]
-  <si>
     <t>836748</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b72/3x9efkan4fq2pjtvbyx4xh7zhn823l93.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  Хот Вилс , дизайн 3</t>
   </si>
   <si>
     <t>836749</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/16b/4j1j4nrmxy6isgiadiky6xu0vhpd5ux0.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Щенячий патруль quot;, дизайн 1</t>
   </si>
   <si>
     <t>Наклейки гелевые «Щенячий патруль» – оригинальный подарок для фанатов отважных щенков! Гелевые наклейки изготовлены из прозрачного и пластичного эластичного полимерного материала. Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультфильма и вызывают радость у ребенка. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Ребенок сможет украсить комнату, тетради и игрушки наклейками и сделать любимые вещи уникальными.</t>
   </si>
   <si>
     <t>836750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afb/nco801ygwwc3jylpiiipbi0iyingydns.jpg</t>
   </si>
   <si>
     <t>Наклейки декоративные  quot;Львы quot;</t>
   </si>
   <si>
     <t>Декоративные наклейки &amp;quot;Львы&amp;quot; с забавными мультяшными персонажами. Продукция сделана из высококачественных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Декоративные наклейки &amp;quot;Львы&amp;quot; – это коллекция ярких стикеров, которая собрана специально для детей и их родителей!</t>
   </si>
   <si>
     <t>836754</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b70/s9896pgf3ke8eyhsyqtx0j9nehrwxmb5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e93/916lea8hcvfbmmqdz1rwa0zgnk6p770l.jpg</t>
   </si>
   <si>
     <t>Эпоксидные наклейки Мульти-Пульти  quot;Сладких снов quot;</t>
   </si>
   <si>
     <t>Эпоксидные наклейки Мульти-Пульти &amp;quot;Сладких снов&amp;quot; это отличный материал для творчества и игры с ребенком. Наклейки из набора можно использовать для украшения и декорирования, а также для игр, оформления рисунков, открыток. Наклейки обладают выпуклой, прозрачной и гладкой поверхностью, благодаря чему они очень тактильно приятны после нанесения. Комбинируя наклейки из различных наборов &amp;quot;Мульти-Пульти&amp;quot; Вы можете придумывать целые творческие сюжеты!</t>
   </si>
   <si>
     <t>841526</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3c8/2wgqad5pxzklhpxk70fqkcc6f04xycfh.jpg</t>
   </si>
   <si>
     <t>Набор бумажных наклеек MESHU  quot;Good vibe quot; 5шт.</t>
   </si>
   <si>
     <t>Наборы бумажных наклеек MESHU, 5 листов. Наклейки идеально подходят для оформления записей, открыток, поделок, а также украшения канцтоваров, телефонов, ноутбуков, предметов интерьера. Яркие современные дизайны сделают творческий процесс увлекательным и подарят отличное настроение</t>
   </si>
   <si>
     <t>842612</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d57/4l2ewwu18085vyms06l67ttiozo7l742.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/86f/3cc6v1olrnrcsnn3afdyokyjde1xjr6y.jpg</t>
   </si>
   <si>
     <t>Наклейки ПВХ MESHU  quot;Silver numbers quot;</t>
   </si>
   <si>
     <t>Наклейки ПВХ для декорирования MESHU идеально подходят для оформления записей, открыток, поделок, а также украшения канцтоваров, телефонов, ноутбуков, предметов интерьера. Яркие современные дизайны сделают творческий процесс увлекательным и подарят отличное настроение.</t>
   </si>
   <si>
     <t>842627</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/850/afy2wtopbrualiwnybcgzfyjqn62ls9b.jpg</t>
   </si>
   <si>
     <t>Наклейки ПВХ MESHU  quot;Silver quot;</t>
   </si>
   <si>
     <t>842628</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d7c/b77e6ivuxa6k0ncbdmgwv5a3nbh9zsrx.jpg</t>
   </si>
   <si>
     <t>Наклейки ПВХ MESHU  quot;Spring in jungle quot;</t>
@@ -3318,302 +3348,323 @@
   <si>
     <t>Наклейки эпоксидные MESHU  quot;Alphabet quot;</t>
   </si>
   <si>
     <t>842642</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e35/u783u12y2bqlwwv05r7q51l2cn2zyhmz.jpg</t>
   </si>
   <si>
     <t>Наклейки эпоксидные MESHU  quot;Motivation quot;</t>
   </si>
   <si>
     <t>842651</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e21/sgnsr534jcvdxemhts15zrr481y457g4.jpg</t>
   </si>
   <si>
     <t>Наклейки эпоксидные MESHU  quot;Wise advice quot;</t>
   </si>
   <si>
     <t>842652</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/91c/le757raohz4ujbv8u3whoqpk9ht8g0ln.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a49/4t4ou9cs0lpkmhx8xxx3z2gkq12fu38s.jpg</t>
   </si>
   <si>
     <t>Наклейки МОДНЫЙ ПОДИУМ ассорти</t>
   </si>
   <si>
     <t>847204</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/252/f1yfqu4b81qbjzun9oreykdnt0h8p99c.jpg</t>
   </si>
   <si>
     <t>Набор наклеек 3D 12 х 19 см.</t>
   </si>
   <si>
     <t>847206</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bab/68ng4cthgsuhye25woljxkvatur50bfw.jpg</t>
   </si>
   <si>
     <t>Объемные гелевые наклейки ВОЛШЕБСТВО-2</t>
   </si>
   <si>
     <t>847208</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/982/8d9tr1c7bz2usxch8h8wdj2yc18vydx9.jpg</t>
-[...2 lines deleted...]
-    <t>Набор бумажных наклеек для маркировки школьных принадлежностей Мульти-Пульти  quot;Космические монстрики quot;, 140 210, 24 наклейки, европодвес</t>
+    <t>http://anytos.ru//upload/iblock/591/jwnv7xlk7ovxfawzqomfhxo2bwf9vnsj.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  Мир Юрского периода , дизайн 5</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные «Мир Юрского периода» – оригинальный подарок для фанатов динозавров!Яркие и насыщенные цвета наклеек воссоздают живую атмосферу джунглей и вызывают радость у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «Мир Юрского периода» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
+  </si>
+  <si>
+    <t>905795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b0/hzau1jlzd7eyu8dpeprkd3811lifuy3d.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки зефирные  Мир Юрского периода , дизайн 6</t>
+  </si>
+  <si>
+    <t>905796</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f6/b070pzhyak2z0of51jkivr5t1qgx6ea0.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  My Little Pony , дизайн 1</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные «My Little Pony» – оригинальный подарок для фанатов популярного мультфильма!Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультфильма и вызывают радость у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «My Little Pony» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
+  </si>
+  <si>
+    <t>905797</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/463/jwzvnkcswszuxh9our1jolqjks0vt0lf.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  My Little Pony , дизайн 3</t>
+  </si>
+  <si>
+    <t>905798</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4c/8ofgle07ih9dfq3wrz1dupg05yglw5lp.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  Щенячий патруль , дизайн 10</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные «Щенячий патруль» – оригинальный подарок для фанатов щенков! Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультфильма и вызывают радость у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки. Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «Щенячий патруль» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
+  </si>
+  <si>
+    <t>905799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/780/a2xucmfu1vgomhdsz038in6nylcwhr20.jpg</t>
+  </si>
+  <si>
+    <t>Набор светоотражающих наклеек Мульти-Пульти  quot;Звезды quot;, 17 штук</t>
+  </si>
+  <si>
+    <t>Набор светоотражающих наклеек Мульти-Пульти «Звезды» сделаны для маркировки элементов одежды и аксессуаров светоотражающими элементами. При попадании света в темноте наклейки отсвечивают золотистым цветом. Комбинируя различные варианты наклеек, можно получить отличный узор, светящийся в темноте. Подходят для одежды из тканевых материалов, рюкзаков, мешков для обуви, бейсболок и переносятся на поверхность с помощью утюга.</t>
+  </si>
+  <si>
+    <t>926978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/566/dps8ifjp90s06bg05n269e2p9f6mvdzr.jpg</t>
+  </si>
+  <si>
+    <t>Набор светоотражающих наклеек Мульти-Пульти  quot;Сердца quot;, 16 штук</t>
+  </si>
+  <si>
+    <t>Набор светоотражающих наклеек Мульти-Пульти «Сердца» сделаны для маркировки элементов одежды и аксессуаров светоотражающими элементами. При попадании света в темноте наклейки отсвечивают серебристым цветом. Комбинируя различные варианты наклеек, можно получить отличный узор, светящийся в темноте. Подходят для одежды из тканевых материалов, рюкзаков, мешков для обуви, бейсболок и переносятся на поверхность с помощью утюга.</t>
+  </si>
+  <si>
+    <t>926980</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/68a/n34mist94dh2lf16jpkj2e9m369x7bvy.jpg</t>
+  </si>
+  <si>
+    <t>Набор светоотражающих наклеек Мульти-Пульти  quot;Смайлы quot;, 16 штук</t>
+  </si>
+  <si>
+    <t>Набор светоотражающих наклеек Мульти-Пульти «Смайлы» сделаны для маркировки элементов одежды и аксессуаров светоотражающими элементами. При попадании света в темноте наклейки отсвечивают золотистым цветом. Комбинируя различные варианты наклеек, можно получить отличный узор, светящийся в темноте. Подходят для одежды из тканевых материалов, рюкзаков, мешков для обуви, бейсболок и переносятся на поверхность с помощью утюга.</t>
+  </si>
+  <si>
+    <t>926981</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/11b/x8o5otgavf9l0zvm1kfcbl71fbr8hvvn.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки акриловые MESHU  quot;Shiny stars quot;, 25 10см, стразы, 137 наклеек, инд. уп., европодвес</t>
+  </si>
+  <si>
+    <t>Наклейки акриловые MESHU Shiny stars – яркие, сверкающие стразы для декорирования. Они идеально подходят для украшения любых поделок. На листе размером 25*10 см находится 137 наклеек из полимера. Лист упакован в пакет с европодвесом. Наклейки можно приклеить на открытку, подарочную упаковку, канцтовары, предметы интерьера, мобильный телефон, очки, ноутбук или любой другой аксессуар. Легко отделяются от основы и надежно держатся. • Размер листа: 25*10 см; • Количество наклеек: 137 шт.; • Упаковка: пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>926983</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2d2/kndp7xpsez1cp9k2ivd8sa6rxi07mc7d.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки акриловые MESHU  quot;Small hearts quot;, 25 10см, стразы, 91 наклейка, инд. уп., европодвес</t>
+  </si>
+  <si>
+    <t>Наклейки акриловые MESHU Small hearts – яркие, сверкающие стразы для декорирования. Они идеально подходят для украшения любых поделок. На листе размером 25*10 см находится 91 наклейка из полимера. Лист упакован в пакет с европодвесом. Наклейки можно приклеить на открытку, подарочную упаковку, канцтовары, предметы интерьера, мобильный телефон, очки, ноутбук или любой другой аксессуар. Легко отделяются от основы и надежно держатся. • Размер листа: 25*10 см; • Количество наклеек: 91 шт.; • Упаковка: пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>926984</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/17b/ua275rf0ks1nu1qnq6ymxl6j885cd2mf.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки акриловые MESHU  quot;Zigzag quot;, 25 10см, стразы, 396 наклеек, инд. уп., европодвес</t>
+  </si>
+  <si>
+    <t>Наклейки акриловые MESHU Zigzag – яркие, сверкающие стразы для декорирования. Они идеально подходят для украшения любых поделок. На листе размером 25*10 см находится 396 наклеек из полимера. Лист упакован в пакет с европодвесом. Наклейки можно приклеить на открытку, подарочную упаковку, канцтовары, предметы интерьера, мобильный телефон, очки, ноутбук или любой другой аксессуар. Легко отделяются от основы и надежно держатся. • Размер листа: 25*10 см; • Количество наклеек: 396 шт.; • Упаковка: пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>926985</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb0/c2lo2ch3y5uuewjucvap5fx5ersboxam.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки акриловые MESHU  quot;Сolorful crystal quot;, 25 10см, стразы, 91 наклейка, инд. уп., европодвес</t>
+  </si>
+  <si>
+    <t>Наклейки акриловые MESHU Сolorful crystal – яркие, сверкающие стразы для декорирования. Они идеально подходят для украшения любых поделок. На листе размером 25*10 см находится 91 наклейка из полимера. Лист упакован в пакет с европодвесом. Наклейки можно приклеить на открытку, подарочную упаковку, канцтовары, предметы интерьера, мобильный телефон, очки, ноутбук или любой другой аксессуар. Легко отделяются от основы и надежно держатся. • Размер листа: 25*10 см; • Количество наклеек: 91 шт.; • Упаковка: пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>926986</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/26f/59wdg4rd413zu5fzx7ylm8opdo6nrlp8.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные АССОРТИ, 11х20 см, PRIORITY</t>
+  </si>
+  <si>
+    <t>Наклейки с любимыми героями - это самая крутая штука для украшения ежедневника, телефона, тетради. Идеально подчеркнут индивидуальный образ ребенка, а также подойдут в качестве подарка на праздник. Набор наклеек отличает яркость красок и высокое качество художественного исполнения.</t>
+  </si>
+  <si>
+    <t>939817</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/priority/"&gt;PRIORITY&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb3/27uoccab8v73c2aa48zkks3kilxhgjwe.jpg</t>
+  </si>
+  <si>
+    <t>Набор бумажных наклеек для маркировки школьных принадлежностей Мульти-Пульти  quot;Милые зверушки quot;, 140 210, 24 наклейки, европодвес</t>
   </si>
   <si>
     <t>Наклейки для маркировки от Мульти-Пульти отличное решение для унификации детских принадлежностей. В набор входят 24 наклейки размером 66*48мм с уникальным персонажем на каждой из них. Наклейки отлично подойдут для маркировки тетрадей, папок, альбомов, портфолио, шкафчиков в школе и детском саду и многого другого.</t>
   </si>
   <si>
-    <t>883099</t>
-[...142 lines deleted...]
-  <si>
     <t>940251</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/911/nil5ubu3xa7ujxwqvhvdi9j508e80aq6.jpg</t>
   </si>
   <si>
     <t>Термонаклейки Brawl Stars, ассорти</t>
   </si>
   <si>
     <t>Термонаклейка с топовыми героями превратит любую вещь в дизайнерскую. наклейка легко переносится на ткань и дает возможность сделать вашу вещь уникальной. Можно использовать на любом типе ткани, любого состава, хоть плащевка, хоть футер, не говоря уже обо всех остальных тканях, подходит практически для всего, можно даже на натуральную кожу наносить! Термоаппликацией можно кастомизировать и создать свой уникальный стиль, а также исправить какие-то дефекты, так как после &amp;quot;запекания&amp;quot; ПВХ плюс клеевой слой становятся очень прочным и сверхтонким скрепляющим слоем. При использовании на детской одежде помогает ребенку и воспитателям/учителям различать вещи детей в саду/школе. Аппликация на одежду проста в использовании, для переноса достаточно наличия утюга. Наклейка подходит для кастомизации - футболок, толстовок, джинсовок, спортивных костюмов, пижам, бейсболок, панамок, шопперов. лист 15*20,5 см с термонаклейкой Упаковка: подложка &amp;#43; пакет 17*28,5см</t>
   </si>
   <si>
     <t>940255</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brawls-stars/"&gt;Brawls Stars&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/203/ojz4v4bhmty91851t9dkx2hiegn2esa1.jpeg</t>
   </si>
   <si>
     <t>Наклейки вспененные  L.O.L. Surprise  O.M.G. , дизаин 1</t>
   </si>
   <si>
     <t>Яркие наклейки стикеры с любимыми куклами «L.O.L. Surprise! O.M.G.» и их аксессуарами в стиле рок Качественная клеевая основа наклеек из данного набора предполагает их многоразовое использование без следов на поверхности. Продукция сделана из высококачественных полиграфических и полимерных материалов и отличается высоким качеством изображения и яркостью цветопередачи. Такой набор многоразовых наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, чехол телефона, обложку школьного дневника, ноутбук, тетрадь, ежедневник, планнер и многое другое Многоразовые наклейки &amp;quot; L.O.L. Surprise! O.M.G.&amp;quot; – это коллекция ярких стикеров, которая собрана специально для девочек!</t>
   </si>
   <si>
     <t>949474</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aaf/u42qi78vnbffl4scgb1hlebhb3rcz0vy.jpeg</t>
   </si>
   <si>
     <t>Наклейки вспененные  L.O.L. Surprise , диз. New 1</t>
   </si>
   <si>
     <t>Наклейки вспененные «L.O.L. Surprise!» – оригинальный подарок для фанаток кукольных подружек!Яркие и насыщенные цвета наклеек вызовут радость у ребенка. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «L.O.L. Surprise!» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>949476</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e6e/tcknocah4at21ci6zrza0cyzy7x8n0hf.jpeg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  L.O.L. Surprise , диз. New 2</t>
+  </si>
+  <si>
+    <t>949477</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5cc/2nzz38if8g38do5z9ys167qqdvlhz0sy.jpeg</t>
   </si>
   <si>
     <t>Наклейки вспененные  L.O.L. Surprise , диз. New 3</t>
   </si>
   <si>
     <t>949478</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2dc/89guf6t0ah45jy4wjjnw80pl6rezupzy.jpeg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  L.O.L. Surprise , дизаин 7</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые «L.O.L. Surprise!» – оригинальный подарок для фанатов популярных куколок! Яркие и насыщенные цвета наклеек вызовут радость и интерес у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «L.O.L. Surprise!» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
+  </si>
+  <si>
+    <t>949479</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5b9/9sbqmtfnbcc5o10k7fxto5z7g0axw7v6.jpeg</t>
   </si>
   <si>
     <t>Наклейки гелевые  L.O.L. Surprise , дизаин 8</t>
   </si>
   <si>
-    <t>Наклейки гелевые «L.O.L. Surprise!» – оригинальный подарок для фанатов популярных куколок! Яркие и насыщенные цвета наклеек вызовут радость и интерес у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «L.O.L. Surprise!» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
-[...1 lines deleted...]
-  <si>
     <t>949480</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/000/9x1uxohpuha53e9lf13onavf3sguebd3.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  L.O.L. Surprise , дизаин 3</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой «L.O.L. Surprise!» – оригинальный подарок для фанатов популярных куколок! Яркие и насыщенные цвета наклеек вызовут радость и интерес у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «L.O.L. Surprise!» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>949483</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27f/s2jdbn04af8kf362xlbp0aa91fxqmiyk.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  L.O.L. Surprise , дизаин 4</t>
   </si>
   <si>
     <t>949484</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/efe/9y0evbatrun9dni1jhjep2aqk1hu120n.jpeg</t>
@@ -3657,50 +3708,59 @@
   <si>
     <t>Наклейки зефирные с фольгой  quot;Миньоны quot;, дизаин 2</t>
   </si>
   <si>
     <t>949489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ede/7wr27gyf9xr49ks8lhshdnq177x4jv5b.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  quot;Миньоны quot;, дизаин 3</t>
   </si>
   <si>
     <t>949490</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d3/fhi2tmkhyqe74u12il5357lbb98mjac5.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  quot;Миньоны quot;, дизаин 4</t>
   </si>
   <si>
     <t>949491</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/5f4/b3sjp0mwya9wuuvzfeem4d2t2konrhkp.jpeg</t>
+  </si>
+  <si>
+    <t>Наклейки вспененные  My Little Pony , дизаин 2</t>
+  </si>
+  <si>
+    <t>949493</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/768/cldg03xd53bqutp806c2pdcvidceqcpq.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные  My Little Pony , дизаин 1</t>
   </si>
   <si>
     <t>Наклейки зефирные «My Little Pony» – оригинальный подарок для фанатов популярного мультфильма!Яркие и насыщенные цвета наклеек воссоздают живую атмосферу мультфильма и вызывают радость у детей. Благодаря качественной клеевой основе наклейки не оставляют следов на поверхности, и вы можете использовать их больше одного раза. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными ? можно украсить комнату, тетради и игрушки.Наклейки ? это не только развлечение для ребенка, но и польза: развитие мелкой моторики, двусторонней координации рук, воображения и фантазии. Многоразовые наклейки «My Little Pony» – это коллекция ярких стикеров, которая собрана специально для детей!</t>
   </si>
   <si>
     <t>949494</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71c/m22lou121ccoh39vrzwaurwqye18h2wu.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные  My Little Pony , дизаин 2</t>
   </si>
   <si>
     <t>949495</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aec/bc8j9tov3f1hqnpo5z352d0ud6anx2v0.jpeg</t>
   </si>
   <si>
     <t>Наклейки зефирные с фольгой  Три Богатыря , дизайн 1</t>
@@ -3831,74 +3891,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/68c/eb3n05wxvtsrojv3sze8nzct4pkk2q21.jpg</t>
   </si>
   <si>
     <t>Наклейки-стразы MESHU  quot;Shiny look quot;, 17,5 14,5см, инд. уп., европодвес</t>
   </si>
   <si>
     <t>Наклейки-стразы MESHU &amp;quot;Shiny look&amp;quot;, 17,5*14,5см, инд. уп., европодвес</t>
   </si>
   <si>
     <t>967742</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0bd/npi37j0eb0ssb7jat39dn9yytl1gvoya.jpg</t>
   </si>
   <si>
     <t>Набор бумажных наклеек для маркировки школьных принадлежностей Мульти-Пульти  quot;Чебурашка quot;, 24 наклейки</t>
   </si>
   <si>
     <t>Набор бумажных наклеек для маркировки школьных принадлежностей Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 24 наклейки</t>
   </si>
   <si>
     <t>967743</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/89d/igvtzpfkgn9omu2p662keo8hus9picc0.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6b2/qa4p2eqlo7awoqpyv6zqpy2qtqpgccii.jpg</t>
   </si>
   <si>
     <t>Наклейки виниловые НАБОР 50 штук, ассорти 7 дизайнов, PRIORITY, 64854</t>
   </si>
   <si>
     <t>Наклейки виниловые PRIORITY - это набор из 50 самоклеящихся стикеров, созданный для творчества и декора. Виниловые наклейки для улицы и дома легко отклеиваются и наклеиваются, не оставляют следов. Такой набор для творчества приятно удивит и порадует. Наклейки из набора можно наклеивать на стену или холодильник, на компьютер или ноутбук, украсить ими канцтовары, одежду, телефон, планшета, чехол.Хотите разнообразить привычные вам вещи? Вот решение! С яркими дизайнерскими наклейками вы сможете добавить красок привычным и скучным вещам.</t>
   </si>
   <si>
     <t>978260</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2fc/40jq11eljt0zkpv6iav51oukgi5txyxs.jpg</t>
   </si>
   <si>
     <t>Наклейки на тетрадь Erich Krause Ну, Погоди  Каникулы, 4 листа, в пакете с европодвесом</t>
   </si>
   <si>
     <t>Наклейки на тетради, книги, дневники, альбомы. В наборе 16 штук формата 60х90мм. Наклейки изготовлены из самоклеящейся бумаги, вырезаны по контуру, легко снимаются с подложки и надежно крепятся на любой гладкой, чистой поверхности. На стикерах можно легко писать любой шариковой, гелевой ручкой или маркером. Упакованы в прозрачный пакет с подвесом.</t>
   </si>
   <si>
     <t>978587</t>
@@ -3957,96 +3993,96 @@
   <si>
     <t>Наклейки декоративные бумажные А5 Собачки с ушками-2</t>
   </si>
   <si>
     <t>Декоративные наклейки &amp;quot;Собачки с ушками-2&amp;quot; с забавными мультяшными персонажами. Продукция отличается высоким качеством изображения и яркостью цветопередачи. Такой набор наклеек позволит сделать любимые вещи ребенка уникальными - можно украсить комнату, тетради и игрушки. Польза игр с наклейками: - развитие мелкой моторики и укрепление мышц рук; - развитие двусторонней координации рук: одной рукой необходимо держать бумажное основание, а второй снимать наклейку; - развитие воображения и фантазии. Декоративные наклейки &amp;quot;Собачки с ушками-2&amp;quot; – это коллекция ярких стикеров, которая собрана специально для детей и их родителей!</t>
   </si>
   <si>
     <t>985975</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf3/q4nql91eq515gwfdxishx6itcxmyo9yc.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные поощрительные, АССОРТИ 280 наклеек, 16х10 см, глиттер, ЮНЛАНДИЯ, 665521</t>
   </si>
   <si>
     <t>Поощрительные наклейки ЮНЛАНДИЯ с глиттером – это отличный способ мотивировать детей в школе, дома или в детском саду. В наборе содержатся 10 листов с более чем 230 дизайнами, которые понравятся детям. Многообразие дизайнов позволяет использовать наклейки для мотивации и девочек, и мальчиков. Наклейки отличаются высочайшим качеством печати и цветопередачи. Качественный равномерный клеевой слой позволяет приклеивать наклейки на разную поверхность – бумагу или картон. При этом наклейка надежно фиксируется и продолжает долго радовать глаз.</t>
   </si>
   <si>
     <t>993163</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e1c/t5m37a5prlu0nhkszxoamysj47lo2a2m.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9e8/qlm6shfnuitgbv1m376qstxhe29a9fzu.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые Мульти-Пульти  quot;Чебанаклейки quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки гелевые Мульти-Пульти &amp;quot;Чебанаклейки&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>998822</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/76d/9h2t8tvyrv2sgvzvnkbkg5g2r0q7kltf.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти  quot;Ушастик quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти &amp;quot;Ушастик&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>998823</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fb7/1xzunscgkbr1kf1w7q48wb8alyjw39yx.jpg</t>
-[...8 lines deleted...]
-    <t>998824</t>
+    <t>http://anytos.ru//upload/iblock/7bd/tad3gs4ohvjlmr230myv4p4f10y4uqt8.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки  quot;Смайлики quot;, с европодвесом, ЛИП, AS004</t>
+  </si>
+  <si>
+    <t>Мягкие на ощупь наклейки с яркими красками и высоким качеством печати. Можно наклеивать на сумки, пеналы, тетради и т.п.</t>
+  </si>
+  <si>
+    <t>999123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5be/80cflzfvtil2x271teznj3lcysihv6q9.jpg</t>
+  </si>
+  <si>
+    <t>Набор бумажных наклеек MESHU  quot;Bright moment quot; , 10шт</t>
+  </si>
+  <si>
+    <t>Набор бумажных наклеек MESHU &amp;quot;Bright moment&amp;quot; , 10шт</t>
+  </si>
+  <si>
+    <t>1001677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d1/xrrq09rpu9xnxzyjunj86b0nnqunf77n.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные для маркировки MESHU  quot;Cute kittens quot;, 11,5 20см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки бумажные для маркировки MESHU &amp;quot;Cute kittens&amp;quot;, 11,5*20см, пакет европодвес</t>
   </si>
   <si>
     <t>1001680</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/347/bnongxksb5elycqnoiwgnfm1321aegbz.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные для маркировки MESHU  quot;Little red quot;, 11,5 20см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки бумажные для маркировки MESHU &amp;quot;Little red&amp;quot;, 11,5*20см, пакет европодвес</t>
   </si>
   <si>
     <t>1001681</t>
   </si>
@@ -4077,110 +4113,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a74/uys8y28jr9blljokbxh1nt0bwyq4wbbp.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые MESHU  quot;Moon cat quot;, 10 23 см, с блестками, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки гелевые MESHU &amp;quot;Moon cat&amp;quot;, 10*23 см, с блестками, пакет европодвес</t>
   </si>
   <si>
     <t>1001684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6ef/uglvjfky2xz1xg7ojk4frqqn7sl7rizy.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые MESHU  quot;Neko quot;, 10 23см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки гелевые MESHU &amp;quot;Neko&amp;quot;, 10*23см, пакет европодвес</t>
   </si>
   <si>
     <t>1001685</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/eaa/hki3u3azkwbr76wwsbit2ziqznji1qxf.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b9/6glkctrvjsjldcsepofzjh5tts7q4umy.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые Мульти-Пульти  quot;Кошечка quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки гелевые Мульти-Пульти &amp;quot;Кошечка&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>1001688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ca/8oilmao8oz44eakn22jbxy7qhxmnb571.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые Мульти-Пульти  quot;Панда quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки гелевые Мульти-Пульти &amp;quot;Панда&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>1001691</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/482/p0twpmfmesb5j8z0jxqbjej4d7rdywgj.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые Мульти-Пульти  quot;Принцессы quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки гелевые Мульти-Пульти &amp;quot;Принцессы&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>1001692</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fd0/7iklz25d09885ghhjbyg48wnng0uf448.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/5d8/s9kxjgxx8on50a3sv3wok08x9jijogyl.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU  quot;Catsday quot;, 10 23см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU &amp;quot;Catsday&amp;quot;, 10*23см, пакет европодвес</t>
   </si>
   <si>
     <t>1001695</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fee/qhob1uguo1z2sy98v4ud42rw1cwe76ik.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU  quot;Cute unicorn quot;, 10 23см, с блестками, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU &amp;quot;Cute unicorn&amp;quot;, 10*23см, с блестками, пакет европодвес</t>
   </si>
   <si>
     <t>1001696</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b43/zafxg7y650bgiyyh6okru3rqpl8kt2ym.jpg</t>
@@ -4245,134 +4257,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/efb/lox7sun9yz1jljjq7pfe5ih9jo2i0m1k.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU  quot;Robopets quot;, 10 23см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU &amp;quot;Robopets&amp;quot;, 10*23см, пакет европодвес</t>
   </si>
   <si>
     <t>1001702</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0dd/fw3pnud3t2ph3e22929eqyne5j14bsxj.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU  quot;Shiba Inu, quot;, 10 23см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные MESHU &amp;quot;Shiba Inu,&amp;quot;, 10*23см, пакет европодвес</t>
   </si>
   <si>
     <t>1001703</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2f3/yjz61t0rihnoj7c0uqco8x20rv79lk7v.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/745/9hltiqkiorvigmyas9mw4tqd2bflpdmi.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти  quot;Путешествие quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти &amp;quot;Путешествие&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>1001707</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e01/w6yiwl9coontpogil951c4kv9q7gcj1g.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c63/3hrgbmty1btx0zr8z1b2uvf1c2t4navo.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти  quot;Хороший песик quot;, 22 10см, пакет европодвес</t>
   </si>
   <si>
     <t>Наклейки объемные Мульти-Пульти &amp;quot;Хороший песик&amp;quot;, 22*10см, пакет европодвес</t>
   </si>
   <si>
     <t>1001710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9f/son6vfh8321tswpi5l5ntx72mj303mco.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Кошки quot;, многоразовые, с блестками, 10х15 см, ЮНЛАНДИЯ, 661823</t>
   </si>
   <si>
     <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся блестящие гелевые наклейки с изображением кошек и украшений в количестве 29 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Изящные чёрные кошки с удовольствием украсят тетради, дневники, гаджеты и любые поделки, придавая им нарядный, изысканный вид.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>1004750</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed9/rdoa8lescw0kfjtz52tegug2axf64uhz.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Пингвинята quot;, многоразовые, с тиснением фольгой, 10х15 см, ЮНЛАНДИЯ, 661819</t>
   </si>
   <si>
     <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся гелевые наклейки, украшенные фольгой, с изображением пингвинчиков в количестве 11 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Забавные пингвины с удовольствием украсят тетради, дневники, гаджеты и любые поделки, добавив зимнего настроения.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>1004751</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/61e/c5l0ahxm5y4gy5h2d0yesb2q8borye6w.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки гелевые  quot;Сладости quot;, многоразовые, с тиснением фольгой, 10х15 см, ЮНЛАНДИЯ, 661820</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки ЮНЛАНДИЯ - это простой и яркий способ украсить любые изделия. Многоразовые наклейки подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержатся гелевые наклейки, украшенные фольгой, с изображением разных сладостей в количестве 30 штук. Наклейки отличаются высочайшим качеством печати и цветопередачи. Аппетитные кексы, пончики и мороженки украсят тетради, дневники, гаджеты и любые поделки.Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.Товар премиум-качества, относится к среднему ценовому сегменту.</t>
+  </si>
+  <si>
+    <t>1004752</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/cd6/v596di7mz44j6rs3we8f22gtdznb3qpx.jpg</t>
   </si>
   <si>
     <t>Наклейки обучающие тематические из EVA  quot;Динозавры quot;, 20х40 см, многоразовые, ЮНЛАНДИЯ, 663772</t>
   </si>
   <si>
     <t>Обучающие наклейки ЮНЛАНДИЯ - это тематические наборы красочных объёмных наклеек из мягкого пластика &amp;#40;EVA&amp;#41; с картонным полем. Наклейки способствуют развитию координации, мелкой моторики, креативного мышления, а также знаний об окружающем мире. В набор входит 12 крупных объемных наклеек в виде динозавров, а также картонное поле размером 20*40 см &amp;#40;поставляется в сложенном виде&amp;#41; с определенными местами для нанесения наклеек. Место для каждой наклейки на поле подписано соответствующим образом, например, птеродактиль, велоцираптор, трицератопс и т.д. Таким образом, в ходе игры ребенок знакомится с названием и внешним видом динозавра. Размер и объем наклеек удобны в использовании для маленьких детских ручек. Наклейку можно отклеивать и приклеивать на место несколько раз, без потери качества клеевого слоя. Товар премиум-качества, относится к среднему ценовому сегменту.</t>
   </si>
   <si>
     <t>1004753</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/446/8bxpm3zbdo2oj2750w8cqfuhgn187pk9.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки флуоресцентные  quot;Бабочки quot;, светятся в темноте, 18 штук, ассорти, 14х21 см, ЮНЛАНДИЯ, 662693</t>
+  </si>
+  <si>
+    <t>Флуоресцентные наклейки ЮНЛАНДИЯ - это стильные неоновые наклейки, которые светятся в темноте. Наклейки многоразовые, подходят для использования на бумаге, картоне, дереве, пластике, стекле и других поверхностях несколько раз, не оставляя следов. В наборе содержится 18 наклеек в форме бабочек. На прозрачную плёнку нанесено напыление флуоресцентной краской, благодаря чему наклейки светятся в темноте. Подойдут для украшения тетради, блокнота для записей, гаджета или любой поделки, создавая волшебное свечение!Качественный клеевой слой позволяет приклеивать и отклеивать наклейки несколько раз, не оставляя следов на поверхности. При этом каждый раз наклейка надёжно фиксируется и продолжает долго радовать своей красотой.</t>
+  </si>
+  <si>
+    <t>1004754</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f9e/i5p1fmwag5r4k5m98bdre921bv4r1uft.jpg</t>
   </si>
   <si>
     <t>Наклейки на тетрадь ErichKrause Cyber Game, 3 листа, в пакете с европодвесом</t>
   </si>
   <si>
     <t>1008916</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5a/e73zejk73idk6o1xw0pepbpix3ewvvs8.jpg</t>
   </si>
   <si>
     <t>Наклейки на тетрадь ErichKrause Dinosaur Park, 3 листа, в пакете с европодвесом</t>
   </si>
   <si>
     <t>1008917</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fd/1sa028ucbcsyx6c837yjhdbda80eodps.jpg</t>
   </si>
   <si>
     <t>Наклейки на тетрадь ErichKrause Manga, 3 листа, в пакете с европодвесом</t>
   </si>
   <si>
     <t>1008919</t>
@@ -4389,92 +4401,77 @@
   <si>
     <t>http://anytos.ru//upload/iblock/37a/am2tma0vor640xpk20h4zmmrtiowt8c3.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные BRAUBERG CUTE CATS, многоразовые, 10 15 см, 666054</t>
   </si>
   <si>
     <t>Зефирные наклейки BRAUBERG CUTE CATS - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз! А гладкая поверхность и &amp;quot;зефирная&amp;quot; текстура добавляют тактильного удовольствия!</t>
   </si>
   <si>
     <t>1012285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ad2/xqrnpcfv3z64k0dslvzrlz0f6l4262k6.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные BRAUBERG CUTE MONSTERS, многоразовые, 10 15 см, 666055</t>
   </si>
   <si>
     <t>Зефирные наклейки BRAUBERG CUTE MONSTERS - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз! А гладкая поверхность и &amp;quot;зефирная&amp;quot; текстура добавляют тактильного удовольствия!</t>
   </si>
   <si>
     <t>1012286</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7d9/q4y4yfmxbdt4ky0kui06i3ykhaorm52k.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/04b/3en8gj32aebz7a3t1kk0af6fj7e5cg4c.jpg</t>
   </si>
   <si>
     <t>Наклейки  quot;КОТОВАСИЯ quot; для маркировки школьных принадлежностей, НАБОР 4 листа, 64 наклейки, HATBER, 4Н5н</t>
   </si>
   <si>
     <t>Мелованные наклейки HATBER с самоклеящейся основой предназначены для персонализации школьных пособий, учебников, папок и тетрадей. В комплекте – 4 листа размером 235х155 мм с красочными наклейками на бумажной основе.</t>
   </si>
   <si>
     <t>1014664</t>
   </si>
   <si>
     <t>&lt;a href="/brands/hatber/"&gt;Hatber&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/373/4rtm8c5rng9h4oy30wydfr12f4bri60g.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки бумажные для поощрения и оценки, НАБОР 4 листа, 115 наклеек,  quot;Котики quot;, HATBER, 4Н6н</t>
+  </si>
+  <si>
+    <t>Подарите ребёнку стимул стараться и радоваться своим достижениям! Поощрительные наклейки с котиками – это не просто стикеры, а настоящие мини-медали за хорошее поведение, успехи в учёбе, помощь по дому и другие важные дела. В комплекте – 4 листа формата А6 &amp;#40;115х150 мм&amp;#41; с красочными наклейками на бумажной основе. Они идеально подходят для декора открыток, тетрадей, дневников и любых творческих проектов – ограничений нет!</t>
+  </si>
+  <si>
+    <t>1014665</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3ae/po6d7s103stmohxqvzhg722lw8m1mav0.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные поощрения и оценки, НАБОР 4 листа, 115 наклеек,  quot;Зверушки quot;, HATBER, 4Н6н</t>
   </si>
   <si>
     <t>Подарите ребёнку стимул стараться и радоваться своим достижениям! Поощрительные наклейки с милыми зверушками – это не просто стикеры, а настоящие мини-медали за хорошее поведение, успехи в учёбе, помощь по дому и другие важные дела. В комплекте – 4 листа формата А6 &amp;#40;115х150 мм&amp;#41; с красочными наклейками на бумажной основе. Они идеально подходят для декора открыток, тетрадей, дневников и любых творческих проектов – ограничений нет!</t>
   </si>
   <si>
     <t>1014666</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57e/4heyxurjs0w25c9s1cv6m80olxoidixv.jpg</t>
   </si>
   <si>
     <t>Наклейки бумажные с игровым полем НАБОР 2 листа, 184 наклейки,  quot;Сладкое настроение quot;, HATBER, 2Н5н</t>
   </si>
   <si>
     <t>Наклейки с игровым полем &amp;quot;Сладкое настроение&amp;quot; HATBER – креативный набор для детского творчества! Набор наклеек для творчества &amp;quot;Сладкое настроение&amp;quot; включает в себя два листа с большим количеством ярких тематических наклеек. Кроме того, в комплект входит игровое поле формата А5, на которое можно наклеивать картинки-наклейки, с удовольствием погрузившись в творческий процесс. Также наклейки можно использовать для украшения смартфонов, блокнотов, тетрадей и оформления открыток и подарков.</t>
   </si>
   <si>
     <t>1014667</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d7/t2jcr0a0ean5ymb6d5ylxswzbpv2p7lg.jpg</t>
@@ -4500,86 +4497,77 @@
   <si>
     <t>1014669</t>
   </si>
   <si>
     <t>&lt;a href="/brands/nalepking/"&gt;NALEPKING&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/191/rgrlaitm5dufewpw8g5jf8bx8uihpofv.jpg</t>
   </si>
   <si>
     <t>Наклейки виниловые, 21-26 шт., 4 листа, А6,  quot;ИСКУССТВО quot;, АССОРТИ, NALEPKING</t>
   </si>
   <si>
     <t>1014670</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/877/n1g8hde0pmhmgxdzg35gc5kydo5uvp8a.jpg</t>
   </si>
   <si>
     <t>Наклейки виниловые, 21-26 шт., 4 листа, А6,  quot;МЕМЫ quot;, АССОРТИ, NALEPKING</t>
   </si>
   <si>
     <t>1014671</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/140/5js30uve18aj3ho752bm5l0yx5n8t9eh.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/638/tachja5ep3luzgcrdbv3ojvqe6bqb70i.jpg</t>
   </si>
   <si>
     <t>Наклейки виниловые, 44-50 шт., 9 листов, А6,  quot;МОДЕРН quot;, АССОРТИ, NALEPKING</t>
   </si>
   <si>
     <t>1014674</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1aa/k6b0sq4zt7mtng00n5ylyl0isctk94vv.jpg</t>
   </si>
   <si>
     <t>Наклейки виниловые, 45-78 шт., 9 листов, А6,  quot;ЯРКИЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
   </si>
   <si>
     <t>1014675</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4a1/m6t1jqkxjte1ue81spthdqjjwzlnrb6b.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки виниловые, 49-53 шт., 9 листов, А6,  quot;ЗАБАВНЫЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
+  </si>
+  <si>
+    <t>1014676</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/907/fg24ovgm32v2f1v1dth1u9p311dm8vhy.jpg</t>
   </si>
   <si>
     <t>Наклейки виниловые, 5-7 шт. на листе, 1 лист, А6,  quot;МОЛОДЕЖНЫЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
   </si>
   <si>
     <t>1014677</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/345/wnej96aa7350p6et361f3grz8wg5tp1o.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Акварельные мечты quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666096</t>
   </si>
   <si>
     <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 26 до 34 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая поверхность добавляет тактильного удовольствия!</t>
   </si>
   <si>
     <t>1014678</t>
   </si>
   <si>
     <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
@@ -4647,62 +4635,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/147/45dz2qr2whkt28w20lab0ddlagt9e5yb.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Зверяшки-обаяшки quot;, 17,5х9 см, ассорти 12 видов, FUNSTER  ФАНСТЕР , 666085</t>
   </si>
   <si>
     <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 31 до 42 наклеек с дизайнами с маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая поверхность добавляет тактильного удовольствия!</t>
   </si>
   <si>
     <t>1014684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa2/ip7j8vf2054x2aluvxup7418bpkge4j6.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Красочное веселье quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666079</t>
   </si>
   <si>
     <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки с яркими дизайнами поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 25 до 35 наклеек с пастельными трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая блестящая поверхность добавляет тактильного удовольствия!</t>
   </si>
   <si>
     <t>1014685</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/aa5/dovvy4zag2tcx1pjj624zb0eh0qolegh.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3e8/rep9yw6lg62sqj2o1v2mao2kp1izzgce.jpg</t>
   </si>
   <si>
     <t>Наклейки гелевые  quot;Яркое ассорти quot;, 17,5х9 см, ассорти 8 видов, FUNSTER  ФАНСТЕР , 666101</t>
   </si>
   <si>
     <t>Гелевые наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 58 до 147 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А гладкая голографическая поверхность добавляет тактильного удовольствия!</t>
   </si>
   <si>
     <t>1014687</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e1/6by1fuxd5gpyfxz8fqj21l5dodkvwf2f.jpg</t>
   </si>
   <si>
     <t>Наклейки декоративные  quot;Black edition quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666100</t>
   </si>
   <si>
     <t>Декоративные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с декоративными наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности.В наборе от 16 до 26 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
   </si>
   <si>
     <t>1014688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e26/ywo443aeoja62oax0928y7yhc2hzc82l.jpg</t>
@@ -4719,86 +4695,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9ae/513ipmaazeok8xhubbhn6qp8qjchtos5.jpg</t>
   </si>
   <si>
     <t>Наклейки декоративные  quot;Забавные зверята quot;, 17,5х9 см, ассорти 4 вида, FUNSTER  ФАНСТЕР , 666097</t>
   </si>
   <si>
     <t>Декоративные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с декоративными наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности.В наборе от 43 до 51 наклеек с очаровательными дизайнами маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
   </si>
   <si>
     <t>1014690</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cca/p2o40qwageozugywzu65xkha9vbooe6c.jpg</t>
   </si>
   <si>
     <t>Наклейки декоративные  quot;Милые животные quot;, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 6666081</t>
   </si>
   <si>
     <t>Декоративные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с декоративными наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности.В наборе от 40 до 51 наклеек с очаровательными дизайнами маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
   </si>
   <si>
     <t>1014691</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e7a/qaqhcsebymfjttt8ysxsg12dmrhs83eo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a2d/z8q3ncgtt33aci8bjh7hn2nlun7y61e1.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Животный мир quot;, 19х9,5 см, ассорти 8 видов, FUNSTER  ФАНСТЕР , 666089</t>
   </si>
   <si>
     <t>Зефирные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 17 до 32 наклеек с яркими дизайнами зверушек, которые дополнят любую фантазию.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз! А гладкая поверхность и &amp;quot;зефирная&amp;quot; текстура добавляют тактильного удовольствия!</t>
   </si>
   <si>
     <t>1014693</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ef7/kqo6jos8we459kg6rfovvjm7xk8m55y2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7a8/3bda39lpv1amz40watto2vtyshl2muxd.jpg</t>
   </si>
   <si>
     <t>Наклейки зефирные  quot;Переодевашки quot;, 19,5х9,5 см, ассорти 4 вида, FUNSTER  ФАНСТЕР , 666103</t>
   </si>
   <si>
     <t>Зефирные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 14 до 23 ярких наклеек с куколками и аксессуарами для них, которые помогут ребенку почувствовать себя настоящим модельером, создавая уникальные образы.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз! А гладкая поверхность и &amp;quot;зефирная&amp;quot; текстура добавляют тактильного удовольствия!</t>
   </si>
   <si>
     <t>1014696</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5bb/78z2nwhc3yvym9gyen1lja8as51jae7l.jpg</t>
   </si>
   <si>
     <t>Наклейки КЛАССИКА для маркировки школьных принадлежностей, НАБОР 4 листа, 56 наклеек, HTB, 4Н5н</t>
   </si>
   <si>
     <t>Мелованные наклейки с самоклеящейся основой предназначены для персонализации школьных пособий, учебников, папок и тетрадей. В комплекте – 4 листа размером 235х155 мм с красочными наклейками на бумажной основе.</t>
   </si>
   <si>
     <t>1014697</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/39c/0j7y1rpfc782j98ijtjujv3tjvmr303s.jpg</t>
@@ -4815,60 +4767,60 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c48/k1wu930p1rvkn8krcr9h1ogltuflq9mf.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные  quot;Для девочек quot; с блестками, 17,5х9 см, ассорти 6 видов, FUNSTER  ФАНСТЕР , 666091</t>
   </si>
   <si>
     <t>Объёмные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 9 до 11 наклеек с трендовыми дизайнами, которые впишутся в любой стиль и идеально его дополнят.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз. А пересыпающиеся блестки внутри наклеек обязательно вызовут восторг у маленьких принцесс!</t>
   </si>
   <si>
     <t>1014699</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ab/7c1x0gvmkx0vhv06bmdekfyc5yca7jkn.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные  quot;Яркий микс quot;, 19х13,5 см, ассорти 12 видов, FUNSTER  ФАНСТЕР , 666087</t>
   </si>
   <si>
     <t>Объёмные наклейки FUNSTER - идеальный выбор для творчества! Эти очаровательные наклейки в ярких дизайнах ассорти поднимут настроение и добавят красок в повседневность. Превратите обычные вещи в яркие и милые аксессуары с многоразовыми наклейками! Они легко клеятся на бумагу, картон, пластик, стекло, дерево и другие поверхности, а благодаря качественному клеевому слою их можно переклеивать без следов.В наборе от 24 до 31 наклеек с очаровательными дизайнами маленьких зверушек, которые никого не оставят равнодушными.Высокое качество печати гарантирует, что наклейки долго остаются яркими и радуют глаз!</t>
   </si>
   <si>
     <t>1014700</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bdb/mgptycu3zgff36d1yyn1n9isysydoj9k.jpg</t>
-[...2 lines deleted...]
-    <t>Наклейки объемные эпоксидные на телефон, 6-8 шт. на листе,  quot;МОДНЫЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
+    <t>http://anytos.ru//upload/iblock/660/sb7nh30w717ozqvb5i2iqzu05xqdkxsg.jpg</t>
+  </si>
+  <si>
+    <t>Наклейки объемные эпоксидные на телефон, 6-8 шт. на листе,  quot;СОВРЕМЕННЫЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
   </si>
   <si>
     <t>Превратите свой смартфон, планшет или ноутбук в эксклюзивный аксессуар с помощью эффектных эпоксидных наклеек NALEPKING! Каждая наклейка – это мини-шедевр. Сочетайте разные дизайны, экспериментируйте и выражайте свою индивидуальность. В отличие от обычных наклеек эпоксидные наклейки NALEPKING не выцветают, не отслаиваются и сохраняют безупречный вид годами. Они идеально подходят для любых гладких поверхностей: стекла, пластика, металла и даже чехлов. Эти наклейки – отличный подарок для друзей и близких!</t>
   </si>
   <si>
-    <t>1014701</t>
+    <t>1014702</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/539/95vga8jlektikws4wjtlu2vhmr9v58no.jpg</t>
   </si>
   <si>
     <t>Наклейки объемные эпоксидные на телефон, 6-8 шт. на листе,  quot;СТИЛЬНЫЕ ДИЗАЙНЫ quot;, АССОРТИ, NALEPKING</t>
   </si>
   <si>
     <t>1014703</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/046/4upa4a38stv0s08sih6sl5609c25ne3e.jpg</t>
   </si>
   <si>
     <t>Наклейки ПРЕДМЕТНЫЕ для маркировки школьных принадлежностей, НАБОР 4 листа, 40 наклеек, HTB, 4Н5н</t>
   </si>
   <si>
     <t>1014704</t>
   </si>
 </sst>
 </file>
 
@@ -5216,10022 +5168,9919 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J438"/>
+  <dimension ref="A1:M433"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G438" sqref="G438"/>
+      <selection pane="bottomRight" activeCell="G433" sqref="G433"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B5" s="1" t="s">
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F5" s="3" t="s">
+      <c r="G5" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G5" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G6" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G7" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G8" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G14" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>48</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B15" s="1" t="s">
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="F15" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="C15" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="3" t="s">
+      <c r="G15" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="F15" s="3" t="s">
-[...6 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F17" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="G17" s="3" t="s">
         <v>60</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...12 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A39" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A40" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A41" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A42" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G42" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="B26" s="1" t="s">
-[...22 lines deleted...]
-      <c r="B27" s="1" t="s">
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F59" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F61" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="F62" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="F63" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="F66" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G66" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="F67" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="F68" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="F69" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="F70" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F71" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="F73" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F76" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F77" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F78" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F79" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="F104" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="G104" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...680 lines deleted...]
-      <c r="A57" s="1" t="s">
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F130" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...1692 lines deleted...]
-      </c>
       <c r="G130" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="F131" s="3" t="s">
-        <v>464</v>
+        <v>213</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>464</v>
+        <v>213</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>478</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>478</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>476</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F136" s="3" t="s">
         <v>478</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="C139" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B139" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F139" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G139" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C146" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>503</v>
+        <v>523</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="F147" s="3" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="C149" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D149" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>524</v>
+        <v>492</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>524</v>
+        <v>492</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>524</v>
+        <v>492</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>524</v>
+        <v>541</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="B153" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C153" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="C153" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>541</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="F154" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="B154" s="1" t="s">
-[...15 lines deleted...]
-    <row r="155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G154" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>541</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A156" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F156" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>541</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A157" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C157" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="B157" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E157" s="3" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F157" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>541</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A158" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>559</v>
+        <v>15</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E158" s="3" t="s">
         <v>560</v>
       </c>
       <c r="F158" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A159" s="1" t="s">
         <v>561</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C159" s="1" t="s">
         <v>563</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E159" s="3" t="s">
         <v>564</v>
       </c>
       <c r="F159" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
         <v>565</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C160" s="1" t="s">
         <v>567</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
         <v>568</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
         <v>569</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C161" s="1" t="s">
         <v>571</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>572</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
         <v>573</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C162" s="1" t="s">
         <v>575</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>576</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
         <v>577</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C163" s="1" t="s">
         <v>579</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>580</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
         <v>581</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C164" s="1" t="s">
         <v>583</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>584</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
         <v>585</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C165" s="1" t="s">
         <v>587</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>588</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
         <v>589</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>88</v>
+        <v>633</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>637</v>
-[...5 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
         <v>638</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>639</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>637</v>
-[...5 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>645</v>
-[...5 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
         <v>646</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>647</v>
       </c>
       <c r="C181" s="1" t="s">
         <v>648</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>649</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>165</v>
-[...5 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
         <v>650</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>651</v>
       </c>
       <c r="C182" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>653</v>
       </c>
-      <c r="F182" s="3" t="s">
+      <c r="B183" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="G182" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="C183" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="F183" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G183" s="3" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
         <v>658</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>659</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>660</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
         <v>661</v>
       </c>
       <c r="B185" s="1" t="s">
         <v>662</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>652</v>
+        <v>663</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>654</v>
+        <v>665</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>652</v>
+        <v>668</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>654</v>
+        <v>176</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="B187" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="C187" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="C187" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>654</v>
+        <v>176</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>652</v>
+        <v>675</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>652</v>
+        <v>675</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="F189" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C190" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B190" s="1" t="s">
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="F190" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="C190" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G190" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>696</v>
+        <v>677</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="B196" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="C196" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="C196" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>696</v>
+        <v>677</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>696</v>
+        <v>677</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>707</v>
+        <v>698</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
         <v>708</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>696</v>
+        <v>677</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
         <v>709</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>710</v>
       </c>
       <c r="C199" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>711</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="F199" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="C200" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>715</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="F200" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G200" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
         <v>717</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C201" s="1" t="s">
         <v>719</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
         <v>720</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A202" s="1" t="s">
         <v>721</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C202" s="1" t="s">
         <v>723</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>724</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>725</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C203" s="1" t="s">
         <v>727</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>728</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
         <v>729</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F206" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A207" s="1" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C209" s="1" t="s">
         <v>750</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
         <v>751</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
         <v>752</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>753</v>
       </c>
       <c r="C210" s="1" t="s">
         <v>754</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
         <v>755</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
         <v>756</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>757</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>758</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
         <v>759</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
         <v>760</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>761</v>
       </c>
       <c r="C212" s="1" t="s">
         <v>762</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E212" s="3" t="s">
         <v>763</v>
       </c>
       <c r="F212" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
         <v>764</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>765</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>766</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
         <v>767</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
         <v>768</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>769</v>
       </c>
       <c r="C214" s="1" t="s">
         <v>770</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
         <v>771</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
         <v>772</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>773</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="F216" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C223" s="1" t="s">
         <v>802</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
         <v>803</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
         <v>804</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>805</v>
       </c>
       <c r="C224" s="1" t="s">
         <v>806</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>807</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
         <v>808</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>809</v>
       </c>
       <c r="C225" s="1" t="s">
         <v>810</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>811</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
         <v>812</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C226" s="1" t="s">
         <v>814</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>815</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
         <v>816</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>817</v>
       </c>
       <c r="C227" s="1" t="s">
         <v>818</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
         <v>819</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
         <v>820</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>821</v>
       </c>
       <c r="C228" s="1" t="s">
         <v>822</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
         <v>823</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
         <v>824</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>825</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>826</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
         <v>827</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
         <v>828</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>829</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>830</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>831</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
         <v>832</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>833</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>834</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
         <v>835</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
         <v>836</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>837</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>838</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
         <v>839</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
         <v>840</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>841</v>
       </c>
       <c r="C233" s="1" t="s">
         <v>842</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
         <v>843</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
         <v>844</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>845</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>846</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>847</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
         <v>848</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>849</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>850</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
         <v>851</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
         <v>852</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>853</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>854</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
         <v>855</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
         <v>856</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>857</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>858</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>859</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
         <v>860</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>861</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>862</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>863</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
         <v>864</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C239" s="1" t="s">
         <v>866</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
         <v>867</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
         <v>868</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>869</v>
       </c>
       <c r="C240" s="1" t="s">
         <v>870</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
         <v>871</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
         <v>872</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>873</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>874</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
         <v>875</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
         <v>876</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>878</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
         <v>879</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
         <v>880</v>
       </c>
       <c r="B243" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>882</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>883</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
         <v>884</v>
       </c>
       <c r="B244" s="1" t="s">
         <v>885</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>886</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>887</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
         <v>888</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>889</v>
       </c>
       <c r="C245" s="1" t="s">
         <v>890</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>891</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
         <v>892</v>
       </c>
       <c r="B246" s="1" t="s">
         <v>893</v>
       </c>
       <c r="C246" s="1" t="s">
         <v>894</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>895</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>696</v>
+        <v>716</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
         <v>896</v>
       </c>
       <c r="B247" s="1" t="s">
         <v>897</v>
       </c>
       <c r="C247" s="1" t="s">
         <v>898</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
         <v>899</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>47</v>
+        <v>716</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
         <v>900</v>
       </c>
       <c r="B248" s="1" t="s">
         <v>901</v>
       </c>
       <c r="C248" s="1" t="s">
         <v>902</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>903</v>
       </c>
       <c r="F248" s="3" t="s">
-        <v>654</v>
+        <v>716</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A249" s="1" t="s">
         <v>904</v>
       </c>
       <c r="B249" s="1" t="s">
         <v>905</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E249" s="3" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="F249" s="3" t="s">
-        <v>654</v>
+        <v>716</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A250" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E250" s="3" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="F250" s="3" t="s">
-        <v>654</v>
+        <v>716</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A251" s="1" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>902</v>
+        <v>914</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>654</v>
+        <v>716</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>902</v>
+        <v>918</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="F252" s="3" t="s">
-        <v>654</v>
+        <v>50</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A253" s="1" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="F253" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A254" s="1" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="F254" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A255" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C255" s="1" t="s">
         <v>922</v>
       </c>
-      <c r="B255" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D255" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="F257" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A258" s="1" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="F258" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A259" s="1" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="F259" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A260" s="1" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="F265" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A266" s="1" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="F266" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A267" s="1" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>898</v>
+        <v>922</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="F267" s="3" t="s">
-        <v>47</v>
+        <v>677</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A268" s="1" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>898</v>
+        <v>922</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="F268" s="3" t="s">
-        <v>47</v>
+        <v>677</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A269" s="1" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>966</v>
+        <v>922</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="F269" s="3" t="s">
-        <v>968</v>
+        <v>677</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A270" s="1" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>971</v>
+        <v>922</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="F270" s="3" t="s">
-        <v>968</v>
+        <v>677</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A271" s="1" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>975</v>
+        <v>922</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="F271" s="3" t="s">
-        <v>968</v>
+        <v>677</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A272" s="1" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F272" s="3" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A273" s="1" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="B273" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="F273" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="C273" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G273" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A274" s="1" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="F274" s="3" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A275" s="1" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F275" s="3" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A276" s="1" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="F276" s="3" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A277" s="1" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="F277" s="3" t="s">
-        <v>1001</v>
+        <v>982</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A278" s="1" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>1001</v>
+        <v>982</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>1001</v>
+        <v>982</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="F280" s="3" t="s">
-        <v>165</v>
+        <v>1015</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A281" s="1" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="B281" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F281" s="3" t="s">
         <v>1015</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G281" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A282" s="1" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>194</v>
+        <v>1015</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>194</v>
+        <v>176</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1023</v>
+        <v>1030</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="F284" s="3" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A285" s="1" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C285" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>968</v>
+        <v>205</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>968</v>
+        <v>205</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="F287" s="3" t="s">
-        <v>968</v>
+        <v>205</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1030</v>
+        <v>1044</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="F288" s="3" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A289" s="1" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E289" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F289" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C290" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>464</v>
+        <v>982</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1050</v>
+        <v>1044</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="F291" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="G291" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C292" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F292" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="G291" s="3" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="G292" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="B293" s="1" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C293" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="C293" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D293" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>47</v>
+        <v>478</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1062</v>
+        <v>1057</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>47</v>
+        <v>478</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>654</v>
+        <v>492</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>654</v>
+        <v>665</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>654</v>
+        <v>50</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1073</v>
+        <v>1083</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1073</v>
+        <v>1083</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F300" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C301" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D301" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="F304" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G304" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F305" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C306" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D306" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>47</v>
+        <v>677</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1104</v>
+        <v>1099</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>637</v>
+        <v>677</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>637</v>
+        <v>657</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="F309" s="3" t="s">
-        <v>637</v>
+        <v>657</v>
       </c>
       <c r="G309" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A310" s="1" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="F310" s="3" t="s">
-        <v>47</v>
+        <v>657</v>
       </c>
       <c r="G310" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A311" s="1" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="F311" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G311" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="B312" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C312" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="C312" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D312" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="B314" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C314" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="C314" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D314" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="F314" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G314" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>47</v>
+        <v>665</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>654</v>
+        <v>50</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>1159</v>
+        <v>677</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>1160</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1114</v>
+        <v>1163</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>47</v>
+        <v>677</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>1169</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>645</v>
+        <v>50</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>645</v>
+        <v>1179</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="C328" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="B331" s="1" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C331" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="C331" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D331" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C333" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="B333" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D333" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1202</v>
+        <v>1211</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1202</v>
+        <v>1215</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F337" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="G337" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="C338" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1229</v>
+        <v>1128</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="B342" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C342" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="C342" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="C344" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1244</v>
+        <v>665</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1244</v>
+        <v>665</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C346" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="B346" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>1244</v>
+        <v>665</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>1244</v>
+        <v>665</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="C348" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>1244</v>
+        <v>665</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>47</v>
+        <v>1264</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>1262</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="B350" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E350" s="3" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F350" s="3" t="s">
         <v>1264</v>
       </c>
-      <c r="C350" s="1" t="s">
+      <c r="G350" s="3" t="s">
         <v>1265</v>
       </c>
-      <c r="D350" s="1" t="s">
-[...12 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>47</v>
+        <v>1264</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>1273</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
         <v>1274</v>
       </c>
       <c r="F352" s="3" t="s">
-        <v>47</v>
+        <v>1264</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="C353" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E353" s="3" t="s">
         <v>1277</v>
       </c>
-      <c r="D353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E353" s="3" t="s">
+      <c r="F353" s="3" t="s">
+        <v>1264</v>
+      </c>
+      <c r="G353" s="3" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A354" s="1" t="s">
         <v>1278</v>
       </c>
-      <c r="F353" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A354" s="1" t="s">
+      <c r="B354" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="C354" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="C354" s="1" t="s">
+      <c r="D354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E354" s="3" t="s">
         <v>1281</v>
       </c>
-      <c r="D354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E354" s="3" t="s">
+      <c r="F354" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G354" s="3" t="s">
         <v>1282</v>
       </c>
-      <c r="F354" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G354" s="3" t="s">
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A355" s="1" t="s">
         <v>1283</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A355" s="1" t="s">
+      <c r="B355" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="B355" s="1" t="s">
+      <c r="C355" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="C355" s="1" t="s">
+      <c r="D355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E355" s="3" t="s">
         <v>1286</v>
       </c>
-      <c r="D355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E355" s="3" t="s">
+      <c r="F355" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="G355" s="3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A356" s="1" t="s">
         <v>1287</v>
       </c>
-      <c r="F355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A356" s="1" t="s">
+      <c r="B356" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="B356" s="1" t="s">
+      <c r="C356" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="C356" s="1" t="s">
+      <c r="D356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E356" s="3" t="s">
         <v>1290</v>
       </c>
-      <c r="D356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E356" s="3" t="s">
+      <c r="F356" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G356" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A357" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="F356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A357" s="1" t="s">
+      <c r="B357" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="B357" s="1" t="s">
+      <c r="C357" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="C357" s="1" t="s">
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
         <v>1294</v>
       </c>
-      <c r="D357" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E357" s="3" t="s">
+      <c r="F357" s="3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G357" s="3" t="s">
         <v>1295</v>
       </c>
-      <c r="F357" s="3" t="s">
-[...6 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
         <v>1296</v>
       </c>
       <c r="B358" s="1" t="s">
         <v>1297</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
         <v>1299</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>645</v>
+        <v>1264</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
         <v>1300</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>1301</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>1302</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
         <v>1303</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>645</v>
+        <v>677</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
         <v>1307</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>1309</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>1311</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>96</v>
+        <v>665</v>
       </c>
       <c r="G361" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A362" s="1" t="s">
         <v>1312</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A362" s="1" t="s">
+      <c r="B362" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="C362" s="1" t="s">
         <v>1314</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="D362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E362" s="3" t="s">
         <v>1315</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E362" s="3" t="s">
+      <c r="F362" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="G362" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
         <v>1316</v>
       </c>
-      <c r="F362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A363" s="1" t="s">
+      <c r="B363" s="1" t="s">
         <v>1317</v>
       </c>
-      <c r="B363" s="1" t="s">
+      <c r="C363" s="1" t="s">
         <v>1318</v>
       </c>
-      <c r="C363" s="1" t="s">
+      <c r="D363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E363" s="3" t="s">
         <v>1319</v>
       </c>
-      <c r="D363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E363" s="3" t="s">
+      <c r="F363" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="G363" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A364" s="1" t="s">
         <v>1320</v>
       </c>
-      <c r="F363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A364" s="1" t="s">
+      <c r="B364" s="1" t="s">
         <v>1321</v>
       </c>
-      <c r="B364" s="1" t="s">
+      <c r="C364" s="1" t="s">
         <v>1322</v>
       </c>
-      <c r="C364" s="1" t="s">
+      <c r="D364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E364" s="3" t="s">
         <v>1323</v>
       </c>
-      <c r="D364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E364" s="3" t="s">
+      <c r="F364" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="G364" s="3" t="s">
         <v>1324</v>
       </c>
-      <c r="F364" s="3" t="s">
-[...6 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
         <v>1325</v>
       </c>
       <c r="B365" s="1" t="s">
         <v>1326</v>
       </c>
       <c r="C365" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
         <v>1328</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
         <v>1329</v>
       </c>
       <c r="B366" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="C366" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
         <v>1332</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>654</v>
+        <v>50</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="B367" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="C367" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
         <v>1336</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>654</v>
+        <v>97</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
         <v>1337</v>
       </c>
       <c r="B368" s="1" t="s">
         <v>1338</v>
       </c>
       <c r="C368" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
         <v>1340</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
         <v>1341</v>
       </c>
       <c r="B369" s="1" t="s">
         <v>1342</v>
       </c>
       <c r="C369" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
         <v>1345</v>
       </c>
       <c r="B370" s="1" t="s">
         <v>1346</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
         <v>1348</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
         <v>1349</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>1350</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>1352</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>1354</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>1356</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
         <v>1357</v>
       </c>
       <c r="B373" s="1" t="s">
         <v>1358</v>
       </c>
       <c r="C373" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
         <v>1360</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>47</v>
+        <v>677</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
         <v>1361</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="C374" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>1364</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>47</v>
+        <v>677</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="B375" s="1" t="s">
         <v>1366</v>
       </c>
       <c r="C375" s="1" t="s">
         <v>1367</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>1368</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
         <v>1369</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>1370</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>1371</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
         <v>1372</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>654</v>
+        <v>50</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
         <v>1373</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>1374</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>1375</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>1376</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>654</v>
+        <v>50</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
         <v>1377</v>
       </c>
       <c r="B378" s="1" t="s">
         <v>1378</v>
       </c>
       <c r="C378" s="1" t="s">
         <v>1379</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>1380</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
         <v>1381</v>
       </c>
       <c r="B379" s="1" t="s">
         <v>1382</v>
       </c>
       <c r="C379" s="1" t="s">
         <v>1383</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>1384</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
         <v>1385</v>
       </c>
       <c r="B380" s="1" t="s">
         <v>1386</v>
       </c>
       <c r="C380" s="1" t="s">
         <v>1387</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
         <v>1388</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
         <v>1389</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>1390</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>1391</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
         <v>1392</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
         <v>1393</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>1394</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
         <v>1396</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
         <v>1397</v>
       </c>
       <c r="B383" s="1" t="s">
         <v>1398</v>
       </c>
       <c r="C383" s="1" t="s">
         <v>1399</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
         <v>1400</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
         <v>1401</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>1402</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>1403</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>1404</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
         <v>1405</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>1406</v>
       </c>
       <c r="C385" s="1" t="s">
         <v>1407</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
         <v>1408</v>
       </c>
       <c r="F385" s="3" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
         <v>1409</v>
       </c>
       <c r="B386" s="1" t="s">
         <v>1410</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>1411</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>1412</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>47</v>
+        <v>677</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
         <v>1413</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>1414</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>1415</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>1416</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
         <v>1417</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>1418</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>1419</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>1420</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
         <v>1421</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>1422</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>1423</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>1424</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>47</v>
+        <v>103</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
         <v>1425</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>1426</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>1427</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E390" s="3" t="s">
         <v>1428</v>
       </c>
       <c r="F390" s="3" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="G390" s="3" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A391" s="1" t="s">
         <v>1429</v>
       </c>
       <c r="B391" s="1" t="s">
         <v>1430</v>
       </c>
       <c r="C391" s="1" t="s">
         <v>1431</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E391" s="3" t="s">
         <v>1432</v>
       </c>
       <c r="F391" s="3" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="G391" s="3" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A392" s="1" t="s">
         <v>1433</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>1434</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>1435</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E392" s="3" t="s">
         <v>1436</v>
       </c>
       <c r="F392" s="3" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="G392" s="3" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
         <v>1437</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>1438</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>1244</v>
+        <v>103</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>1244</v>
+        <v>1264</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>1244</v>
+        <v>1264</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>1244</v>
+        <v>1264</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="C397" s="1" t="s">
         <v>1451</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>1452</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>145</v>
+        <v>1264</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
         <v>1453</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>1454</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>1455</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>1456</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
         <v>1457</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>1458</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>1244</v>
+        <v>160</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>1244</v>
+        <v>1465</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F401" s="3" t="s">
         <v>1465</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G401" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>1470</v>
+        <v>1465</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>1312</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1472</v>
+        <v>1475</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1473</v>
+        <v>1476</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1474</v>
+        <v>1477</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>1470</v>
+        <v>1465</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>1312</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>1470</v>
+        <v>1465</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>1312</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>1470</v>
+        <v>1486</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>1312</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="B406" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C406" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="C406" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D406" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F406" s="3" t="s">
         <v>1486</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G406" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1485</v>
+        <v>1484</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="F411" s="3" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1485</v>
+        <v>1507</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="F412" s="3" t="s">
-        <v>1487</v>
+        <v>1509</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1485</v>
+        <v>1513</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>1487</v>
+        <v>1509</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>1312</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F414" s="3" t="s">
         <v>1509</v>
       </c>
-      <c r="B414" s="1" t="s">
+      <c r="G414" s="3" t="s">
         <v>1510</v>
       </c>
-      <c r="C414" s="1" t="s">
-[...15 lines deleted...]
-    <row r="415" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="F415" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
-        <v>1519</v>
+        <v>1523</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="F416" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="F417" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="F418" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="F419" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1537</v>
+        <v>1541</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>1538</v>
+        <v>1542</v>
       </c>
       <c r="F420" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
-        <v>1539</v>
+        <v>1543</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1540</v>
+        <v>1544</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1541</v>
+        <v>1545</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>1542</v>
+        <v>1546</v>
       </c>
       <c r="F421" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="F422" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="F423" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G423" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="F424" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G424" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="F425" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1566</v>
+        <v>1570</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>1513</v>
+        <v>1465</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1567</v>
+        <v>1571</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="F428" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>1513</v>
+        <v>1509</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1582</v>
+        <v>1586</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>1513</v>
+        <v>1486</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="C432" s="1" t="s">
         <v>1585</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>1470</v>
+        <v>1486</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>1312</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1589</v>
+        <v>1569</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>1513</v>
+        <v>1465</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>1514</v>
-[...114 lines deleted...]
-        <v>1312</v>
+        <v>1324</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">