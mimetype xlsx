--- v0 (2025-12-04)
+++ v1 (2026-01-21)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5326">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ab/4abf951c502cf6d499c33a705c0e4f3e.jpg</t>
   </si>
   <si>
     <t>Набор маркеров для магнитно-маркерной доски  quot;8559 quot; 4цв., пулевидный, 2,5мм, картон. упак.: 8559 4 штр.:  8595013617267</t>
   </si>
   <si>
     <t>Набор маркеров для магнитно-маркерной доски &amp;quot;8559&amp;quot; 4цв., пулевидный, 2,5мм, картон. упак.: 8559/4</t>
   </si>
   <si>
     <t>Маркеры</t>
@@ -80,278 +89,404 @@
   <si>
     <t>&lt;a href="/brands/centropen/"&gt;Centropen&lt;/a&gt;</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f45/f458e298502d57342c69934e2de9306a.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный MunHwa белый, пулевидный, 1,0мм. WPM-05</t>
   </si>
   <si>
     <t>Перманентный маркер с чернилами белого цвета отлично подходит для нанесения маркировки на большинство поверхностей: метал, стекло, пластик, дерево, бумага и т.д.&amp;nbsp;&amp;nbsp;Чернила обладают совйствами высокой укрывистости, светостойкости, непрозрачности, нетоксичны &amp;#40;не содержат ксилол и толуол&amp;#41;. Время высыхания 15 секунд &amp;#40;зависит от типа поверхности&amp;#41;. Длина непрерывной линии 250 метров &amp;#40;зависит от типа поверхности&amp;#41;. Вес чернил 1,5 грамма. Диаметр пишущего узла 2,45мм</t>
   </si>
   <si>
     <t>368059</t>
   </si>
   <si>
     <t>&lt;a href="/brands/munhwa/"&gt;MunHwa&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/479/47936e0c22adf026480ee21465c34a19.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0b5/0b5fb8e5c5a831451676232c56b005e4.jpg</t>
   </si>
   <si>
     <t>Маркер для ткани Centropen  quot;Textile Marker 2739 quot; черный, 1,8мм, картон, европодвес. 5 2739 9212</t>
   </si>
   <si>
     <t>Маркер для текстиля с несмываемыми светостойкими чернилами. Трехгранная зона захвата. Безопасные для здоровья чернила</t>
   </si>
   <si>
     <t>393851</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91f/x027mo6lcygkxj28063b4d19i8c7b04g.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CENTROPEN DRY SAFE 2,5 мм зелен. круглый: 8510 01-10 штр.: 8595013616642</t>
   </si>
   <si>
     <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Без колпачка чернила не высыхают до 14 дней. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 2,5 мм. Цвет чернил: зеленый.</t>
   </si>
   <si>
     <t>105286</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/142/ejbaq53u8uo44k7rc4rnsn21uf0eu1jj.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN DRY SAFE 2,5 мм красн. круглый: 8510 01-04 штр.: 8595013616628</t>
+  </si>
+  <si>
+    <t>105287</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5d2/4crg9ihe7bzo21lxmunw4jhqebdij9um.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CENTROPEN DRY SAFE 2,5 мм синий круглый: 8510 01-06 штр.: 8595013616635</t>
   </si>
   <si>
     <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Без колпачка чернила не высыхают до 14 дней. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 2,5 мм. Цвет чернил: синий.</t>
   </si>
   <si>
     <t>105288</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/141/npzjmkvdh470izc7bjrm8xv1izxy2pzj.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN DRY SAFE 2,5 мм черный круглый: 8510 01-12 штр.: 8595013616659</t>
+  </si>
+  <si>
+    <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Без колпачка чернила не высыхают до 14 дней. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 2,5 мм. Цвет чернил: черный.</t>
+  </si>
+  <si>
+    <t>105289</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/058/8il7kwjct6wmqhx91thwl6ky1omda0w7.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN DRY SAFE 2-5 мм синий скошенный: 8516 01-06 штр.: 8595013616673</t>
+  </si>
+  <si>
+    <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе.Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Без колпачка чернила не высыхают до 14 дней. Спиртовой состав чернил. Скошенный наконечник позволяет провести линию толщиной от 2 до 5 мм. Цвет чернил: синий.</t>
+  </si>
+  <si>
+    <t>105292</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/622/d26t5xj69azeym0xywpiykn9gr2z1rf0.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CENTROPEN PERMANENT 1 мм зелен. круглый: 2846 01-10 штр.: 8595013612293</t>
   </si>
   <si>
     <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 1 мм. Цвет чернил: зеленый.</t>
   </si>
   <si>
     <t>105294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/341/c3dhn251gq7jh0rzit446nnrwg6y1grq.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CENTROPEN PERMANENT 1 мм зелен. круглый: 2536 01-10 штр.: 8595013616314</t>
   </si>
   <si>
     <t>105295</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3c0/583z3emw2esigk24lcm2na4k1brwkhsk.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN PERMANENT 1 мм красн. круглый: 2846 01-04 штр.: 8595013612279</t>
+  </si>
+  <si>
+    <t>105297</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7fc/fugkxblrswj8oakq1hus4kls7zm57urb.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CENTROPEN PERMANENT 1 мм красн. круглый: 2536 01-04 штр.: 8595013616062</t>
   </si>
   <si>
     <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер отличается повышенный светостойкостью. Эргономичная зона обхвата обеспечивает комфортное письмо. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 1 мм. Цвет чернил: красный.</t>
   </si>
   <si>
     <t>105298</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d33/bdyfpoauiv89sbiahgecgd9dqxyig73m.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN PERMANENT 1 мм синий круглый: 2846 01-06 штр.: 8595013612286</t>
+  </si>
+  <si>
+    <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 1 мм. Цвет чернил: синий.</t>
+  </si>
+  <si>
+    <t>105299</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/250/9izd00ni3gj4yq3bqi47keq70wmbgfrv.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN PERMANENT 1 мм синий круглый: 2536 01-06 штр.: 8595013616307</t>
+  </si>
+  <si>
+    <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер отличается повышенный светостойкостью. Эргономичная зона обхвата обеспечивает комфортное письмо. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 1 мм. Цвет чернил: синий.</t>
+  </si>
+  <si>
+    <t>105300</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf5/m3wqrrdoei22fwoqs3an1kbfzid2elfc.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN PERMANENT 1 мм черный круглый: 2846 01-12 штр.: 8595013612309</t>
+  </si>
+  <si>
+    <t>Перманентный маркер CENTROPEN дает возможность писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 1 мм. Цвет чернил: черный.</t>
+  </si>
+  <si>
+    <t>105301</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/435/vldzv5g9u379zo6l0b8qggzepu2r1bcr.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN PERMANENT 1 мм черный круглый: 2536 01-12 штр.: 8595013616284</t>
+  </si>
+  <si>
+    <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер отличается повышенный светостойкостью. Эргономичная зона обхвата обеспечивает комфортное письмо. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 1 мм. Цвет чернил: черный.</t>
+  </si>
+  <si>
+    <t>105302</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8e2/wbhdce9kz1v5z087i4hcgeeg26f1m00q.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CENTROPEN PERMANENT 1-4,6 мм зелен. скошенный: 8576 01-10 штр.: 8595013615652</t>
   </si>
   <si>
     <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Спиртовой состав чернил. Скошенный наконечник позволяет провести линию толщиной от 1 до 4,6 мм. Цвет чернил: зеленый.</t>
   </si>
   <si>
     <t>105303</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d1/5tk8p34ttqoumsbvp88fl7vnvu2w6gfg.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CENTROPEN PERMANENT 1-4,6 мм красн. скошенный: 8576 01-04 штр.: 8595013615638</t>
   </si>
   <si>
     <t>105304</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/26d/0z9bzkm969pgiqe2q0oajgcboe84x55m.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CENTROPEN PERMANENT 1-4,6 мм синий скошенный: 8576 01-06 штр.: 8595013615645</t>
   </si>
   <si>
     <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Спиртовой состав чернил. Скошенный наконечник позволяет провести линию толщиной от 1 до 4,6 мм. Цвет чернил: синий.</t>
   </si>
   <si>
     <t>105305</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/378/e6jci47ripbxctaot5bv5estodz7mfzq.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN PERMANENT 1-4,6 мм черный скошенный: 8576 01-12 штр.: 8595013615669</t>
+  </si>
+  <si>
+    <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Спиртовой состав чернил. Скошенный наконечник позволяет провести линию толщиной от 1 до 4,6 мм. Цвет чернил: черный.</t>
+  </si>
+  <si>
+    <t>105306</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3e4/7urf01rysd0rngwdff1cck0jx59l5c04.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CENTROPEN PERMANENT 2,5 мм зелен. круглый: 8566 01-10 штр.: 8595013615515</t>
   </si>
   <si>
     <t>105311</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ffd/17amyxig5yhoto2x3iwabg8pkv3muw1w.jpg</t>
-[...8 lines deleted...]
-    <t>105329</t>
+    <t>Маркер перманент. CENTROPEN PERMANENT 2,5 мм красн. круглый: 8566 01-04 штр.: 8595013615492</t>
+  </si>
+  <si>
+    <t>105312</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6d9/sf4hkerke4cuoc6856cvr1cxh02477tl.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. CENTROPEN PERMANENT 2,5 мм черный круглый: 8566 01-12 штр.: 8595013615522</t>
+  </si>
+  <si>
+    <t>105314</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/15e/u20a9gv62yjpnc5flq16ctpbiu0ak4k6.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. inФОРМАТ PERMANENT 2 мм синий круглый: PM01B штр.: 4602723014348</t>
+  </si>
+  <si>
+    <t>Водостойкие чернила. Спиртовая основа. Прекрасно пишет на любых видах материалов: бумаге, картоне, дереве, металле, пластмассе, стекле, керамике. Пишущий узел устойчив к деформации. Ширина линии 2 мм. Цвет чернил: синий.</t>
+  </si>
+  <si>
+    <t>105330</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/15e/u20a9gv62yjpnc5flq16ctpbiu0ak4k6.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/194/8g1mq630a4kizz525exado9ya666inum.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. inФОРМАТ PERMANENT 2 мм черный круглый: PM01BL штр.: 4602723014379</t>
   </si>
   <si>
     <t>Водостойкие чернила. Спиртовая основа. Прекрасно пишет на любых видах материалов: бумаге, картоне, дереве, металле, пластмассе, стекле, керамике. Пишущий узел устойчив к деформации. Ширина линии 2 мм. Цвет чернил: черный.</t>
   </si>
   <si>
     <t>105331</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0cd/8w91glv3k3c67ceyalac6e37cg43dkml.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. inФОРМАТ SLENDER 1 мм зелен. круглый: PRR01G штр.: 4602723027744</t>
   </si>
   <si>
     <t>Простой и надежный маркер SLENDER для повседневного использования. Водостойкие чернила. Спиртовая основа. Прекрасно пишет на любых видах материалов: бумаге, картоне, дереве, металле, пластмассе, стекле, керамике. Пишущий узел 1 мм устойчив к деформации.</t>
   </si>
   <si>
     <t>105332</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3d8/364dpkrmjyg6o72cbmvaaz6y0vcou6eg.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. inФОРМАТ TRIANGLE 2,5 мм черный круглый: PTR02K штр.: 4602723027546</t>
+  </si>
+  <si>
+    <t>Пишущий узел с круглым наконечником устойчив к деформации и выдерживает большие нагрузки. На поверхности остается четкая, ровная линия шириной 2,5 мм. Чернила изготовлены на спиртовой основе, поэтому быстро высыхают на поверхности. Маркеры прекрасно пишут на металле, пластмассе, стекле, керамике, дереве, картоне и бумаге. Корпус маркеров изготовлен из экологически чистого материала - полипропилена, который предотвращает быстрое высыхание чернил. Гарантийный срок хранения маркеров inФОРМАТ – 18 месяцев. Цвет чернил: черный.</t>
+  </si>
+  <si>
+    <t>105339</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c40/nuiyk70c5v4gj06cbb8ryhddufbnzq9c.jpg</t>
   </si>
   <si>
     <t>Набор перм.марк. inФОРМАТ PERMANENT 2 мм ассорти круглый 4 шт.цв.: PM01-4 штр.: 4602723039266</t>
   </si>
   <si>
     <t>Водостойкие чернила. Спиртовая основа. Прекрасно пишет на любых видах материалов: бумаге, картоне, дереве, металле, пластмассе, стекле, керамике. Пишущий узел устойчив к деформации. Ширина линии 2 мм. В наборе четыре цвета: синий, красный, зеленый, черный.</t>
   </si>
   <si>
     <t>105346</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1b2/58u1mt87s4vu6widvu980eha1uxplrx2.jpg</t>
   </si>
   <si>
     <t>Маркер д бел.досок CENTROPEN BOARD 1,8 мм красн. круглый: 2709 01-04 штр.: 8595013624920</t>
   </si>
   <si>
     <t>Маркер CENTROPEN используется для письма на белых стираемых досках. Эргономичный корпус обеспечивает удобный захват маркера и комфортное письмо. Специальный состав чернил на спиртовой основе практически не имеет запаха, чернила быстро высыхают и обладают высокой светостойкостью. Надписи, сделанные маркером, удаляются сухим способом стирания. Совершенно безопасен для здоровья. Круглый наконечник позволяет провести линию толщиной 1,8 мм. Цвет чернил: красный. Хранить в горизонтальном положении.</t>
   </si>
   <si>
     <t>105359</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/207/d9e7nzm8h90343xog1fdhkb20uqrbzww.jpg</t>
+  </si>
+  <si>
+    <t>Маркер д бел.досок CENTROPEN BOARD 1-4,5 мм зелен. скошенный: 8569 01-10 штр.: 8595013615607</t>
+  </si>
+  <si>
+    <t>Маркер CENTROPEN используется для письма на белых эмалевых стираемых досках и непористых поверхностей. Эргономичный корпус обеспечивает удобный захват маркера и комфортное письмо. Специальный состав чернил на спиртовой основе практически не имеет запаха, чернила быстро высыхают и обладают высокой светостойкостью. Надписи, сделанные маркером, удаляются сухим способом стирания. Совершенно безопасен для здоровья. Скошенный наконечник позволяет провести линию толщиной от 1 до 4,5 мм. Цвет чернил:&amp;nbsp;&amp;nbsp;зеленый. Хранить в горизонтальном положении.&amp;lt;Br&amp;gt;&amp;lt;B&amp;gt;&amp;nbsp;&amp;nbsp;Характеристики:&amp;nbsp;&amp;nbsp; &amp;lt;/B&amp;gt;&amp;lt;Br&amp;gt;&amp;lt;table class=&amp;quot;char-table&amp;quot;&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Цвет: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;зелен.&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Количество, шт: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;1&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Название дизайна, серии, модели, бренда: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;CENTROPEN BOARD&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Тип маркера: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;светостойкий&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Форма наконечника: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;скошенный&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Вид маркера: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;Маркер д/бел.досок&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Количество пишущих сторон: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;односторонний&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Толщина линии письма, мм: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;4,60&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;tr&amp;gt;&amp;lt;td&amp;gt;Толщина линии: &amp;lt;/td&amp;gt;&amp;lt;td&amp;gt;1-4,5 мм&amp;lt;/td&amp;gt;&amp;lt;/tr&amp;gt;&amp;lt;/table&amp;gt;&amp;lt;/div&amp;gt;</t>
+  </si>
+  <si>
+    <t>105362</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/df6/dm5vux0a26cj87bvs6pe29djcu4hdj3k.jpg</t>
   </si>
   <si>
     <t>Маркер д бел.досок CENTROPEN BOARD 1-4,5 мм черный скошенный: 8569 01-12 штр.: 8595013615614</t>
   </si>
   <si>
     <t>105365</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa6/44l1aebjv2fq7ya98z6hapd8sl8cp41p.jpg</t>
   </si>
   <si>
     <t>Маркер д бел.досок CENTROPEN BOARD 2,5 мм зелен. круглый: 8559 01-10 штр.: 8595013615553</t>
   </si>
   <si>
     <t>Маркер CENTROPEN используется для письма на белых стираемых досках. Эргономичный корпус обеспечивает удобный захват маркера и комфортное письмо. Специальный состав чернил на спиртовой основе практически не имеет запаха, чернила быстро высыхают и обладают высокой светостойкостью. Надписи, сделанные маркером, удаляются сухим способом стирания. Совершенно безопасен для здоровья. Круглый наконечник позволяет провести линию толщиной 2,5 мм. Цвет чернил: зеленый. Хранить в горизонтальном положении.</t>
   </si>
   <si>
     <t>105366</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eb4/etolfd74i0ib0m88ly0ctkh2527x6wso.jpg</t>
+  </si>
+  <si>
+    <t>Маркер д бел.досок CENTROPEN BOARD 2,5 мм красн. круглый: 8559 01-04 штр.: 8595013615539</t>
+  </si>
+  <si>
+    <t>Маркер CENTROPEN используется для письма на белых стираемых досках. Эргономичный корпус обеспечивает удобный захват маркера и комфортное письмо. Специальный состав чернил на спиртовой основе практически не имеет запаха, чернила быстро высыхают и обладают высокой светостойкостью. Надписи, сделанные маркером, удаляются сухим способом стирания. Совершенно безопасен для здоровья. Круглый наконечник позволяет провести линию толщиной 2,5 мм. Цвет чернил: красный. Хранить в горизонтальном положении.</t>
+  </si>
+  <si>
+    <t>105367</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/89e/uz2fcfl600fyn8jksw1x3uuyd9v0hxp7.jpg</t>
   </si>
   <si>
     <t>Маркер д бел.досок CENTROPEN BOARD 2,5 мм синий круглый: 8559 01-06 штр.: 8595013615577</t>
   </si>
   <si>
     <t>Маркер CENTROPEN используется для письма на белых стираемых досках. Эргономичный корпус обеспечивает удобный захват маркера и комфортное письмо. Специальный состав чернил на спиртовой основе практически не имеет запаха, чернила быстро высыхают и обладают высокой светостойкостью. Надписи, сделанные маркером, удаляются сухим способом стирания. Совершенно безопасен для здоровья. Круглый наконечник позволяет провести линию толщиной 2,5 мм. Цвет чернил: синий.</t>
   </si>
   <si>
     <t>105368</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/908/m8029fu6pzpmz46dcbyeg6egcvsnjsz7.jpg</t>
   </si>
   <si>
     <t>Маркер д бел.досок CENTROPEN BOARD 2,5 мм черный круглый: 8559 01-12 штр.: 8595013615560</t>
   </si>
   <si>
     <t>Маркер CENTROPEN используется для письма на белых стираемых досках. Эргономичный корпус обеспечивает удобный захват маркера и комфортное письмо. Специальный состав чернил на спиртовой основе практически не имеет запаха, чернила быстро высыхают и обладают высокой светостойкостью. Надписи, сделанные маркером, удаляются сухим способом стирания. Совершенно безопасен для здоровья. Круглый наконечник позволяет провести линию толщиной 2,5 мм. Цвет чернил: черный. Хранить в горизонтальном положении.</t>
   </si>
   <si>
     <t>105369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b5/2m3p7ydkficj9joib6q7hfcj810gkfdd.jpg</t>
@@ -380,50 +515,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c90/tl2sngc7ovfczimogcevovvxfai0hzc7.jpg</t>
   </si>
   <si>
     <t>Маркер д бел.досок inФОРМАТ BOARD 3 мм синий круглый: WRR03B штр.: 4602723036210</t>
   </si>
   <si>
     <t>Маркеры Whiteboard предназначены для письма на белых досках. Удобный округлый корпус хорошо ложится в руку. Чернила на спиртовой основе быстро высыхают, не растекаются и при необходимости легко и быстро стираются губкой. Круглый наконечник устойчив к деформации. Поставляется в 4 цветах. Подходит для магнитно-маркерных досок. Толщина линии - 3 мм. Цвет чернил: синий.</t>
   </si>
   <si>
     <t>105376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/360/tq39zk07l3y67fmx8g4fb27o9iz1iqxa.jpg</t>
   </si>
   <si>
     <t>Маркер д бел.досок inФОРМАТ BOARD 3 мм черный круглый: WRR03K штр.: 4602723036203</t>
   </si>
   <si>
     <t>Маркеры INFORMAT Whiteboard предназначены для письма на белых досках. Удобный округлый корпус хорошо ложится в руку. Чернила на спиртовой основе быстро высыхают, не растекаются и при необходимости легко и быстро стираются губкой. Круглый наконечник устойчив к деформации. Подходит для магнитно-маркерных досок. Диаметр пишущего узла - 5 мм. Цвет чернил: черный</t>
   </si>
   <si>
     <t>105377</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ffd/x9tuywcs82r8rvd8lz9k6zrxdw2pib8k.jpg</t>
+  </si>
+  <si>
+    <t>Маркер д бел.досок CENTROPEN BOARD 2,5 мм ассорти круглый 4 шт.цв. европодвес: 8559 04 штр.: 8595013617267</t>
+  </si>
+  <si>
+    <t>Набор маркеров CENTROPEN используется для письма на белых стираемых досках. Эргономичный корпус обеспечивает удобный захват маркера и комфортное письмо. Специальный состав чернил на спиртовой основе практически не имеет запаха, чернила быстро высыхают и обладают высокой светостойкостью. Надписи, сделанные маркером, удаляются сухим способом стирания. Совершенно безопасен для здоровья. Круглый наконечник позволяет провести линию толщиной 2,5 мм. В упаковке с европодвесом четыре цвета: красный, синий, черный, зеленый. Хранить в горизонтальном положении.</t>
+  </si>
+  <si>
+    <t>105380</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/538/bf3gkxm8101caruwrwd9d2sbjsuyrasu.jpg</t>
   </si>
   <si>
     <t>Маркер д флипчартов CENTROPEN FLIPCHART 2,50 мм синий круглый: 8550 01-06 штр.: 8595013615423</t>
   </si>
   <si>
     <t>Маркер предназначен для письма на бумажной доске или бумаге. Если колпачок не закрыть, то не высыхает в течение&amp;nbsp;&amp;nbsp;семи дней. Чернила без запаха имеют водную основу, на бумаге не расплываются. Наконечник круглый или клиновидный</t>
   </si>
   <si>
     <t>105387</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/860/d56jy2bkx61qg59p7jn0jsuatuhw4o0r.jpg</t>
   </si>
   <si>
     <t>Маркер д флипчартов CENTROPEN FLIPCHART 2,50 мм черный круглый: 8550 01-12 штр.: 8595013615447</t>
   </si>
   <si>
     <t>105388</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57f/vgfna38g22e3g1sll5knnr0bhzm0rx5v.jpg</t>
   </si>
   <si>
     <t>Маркер д пленок CENTROPEN PERMANENT OHP 0,60 мм красн. круглый: 2636 01-04 штр.: 8595013611395</t>
@@ -533,50 +680,62 @@
   <si>
     <t>105419</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f9/hzb3rk4zjfg6vvdd0fkwmc7afpuhr2ay.jpg</t>
   </si>
   <si>
     <t>Маркер спец. CENTROPEN  GOLD 1,5-3 мм золот. круглый: 2690 01G штр.: 8595013612897</t>
   </si>
   <si>
     <t>Маркер отлично подходит для рисования или письма на светлой и темной бумаге. Цвет чернил серебряный или золотой.</t>
   </si>
   <si>
     <t>105423</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/451/2zqn0wgfnv63mpwgzygs9kct8gvgc2nu.jpg</t>
   </si>
   <si>
     <t>Маркер спец. CENTROPEN GOLD 1 мм золот. круглый: 2670 1G штр.: 8595013624760</t>
   </si>
   <si>
     <t>105426</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f6e/o4vnlzgsd9wr2l3u710qt1687kx338x8.jpg</t>
+  </si>
+  <si>
+    <t>Маркер спец. CENTROPEN HOBBY PLUS 1-3 мм черный круглый: 2799 01-12 штр.: 8595013621059</t>
+  </si>
+  <si>
+    <t>Универсальный маркер с эргономичной зоной обхвата. Предназначен главным образом для садоводов и дачников, а также для использования в промышленности. Пишет на большинстве поверхностей, таких как пластмасса, стекло, керамика, резина, кожа, дерево, металл и т. д. Перманентные неотстирываемые чернила на спиртовой основе, устойчивы к свету. Также устойчивы к воде, кипячению при температуре 100 °С, истиранию и атмосферным воздействиям. Цилиндрический пишущий узел, толщина линии 1 – 3 мм.</t>
+  </si>
+  <si>
+    <t>105427</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ade/1m0udk9hsl8gy7fk2zwyf2xp1hfbgydt.jpg</t>
   </si>
   <si>
     <t>Маркер спец. CENTROPEN SILVER 1 мм серебро круглый: 2670 1S штр.: 8595013624753</t>
   </si>
   <si>
     <t>105428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44a/cdz61ihv291o9d8vdjkgyjj741zg95lv.jpg</t>
   </si>
   <si>
     <t>Маркер спец. CENTROPEN SILVER 1,5-3 мм серебро круглый: 2690 01S штр.: 8595013613078</t>
   </si>
   <si>
     <t>105454</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/75e/k6cugnlohxmo9q8yyfk160sv3tsmg2vv.jpg</t>
   </si>
   <si>
     <t>Линер CENTROPEN ERGO Cap off 0,5 мм черный: 4651 01-12 штр.: 8595013628393</t>
   </si>
   <si>
     <t>Линер - это универсальный пишущий инструмент для письма, рисования и черчения. Линер имеет трехгранный корпус, тонкий пластмассовый пишущий узел в металлической оправе, устойчивый к нажиму. Эргономичная зона захвата делает письмо более комфортным, а также снижает напряжение в мышцах. Чернила не высыхают, если оставить открытый колпачок даже в течение 14-ти дней. Линер позволяет непрервыно писать до 1000 м. Пишущий узел - 1,2 мм. Толщина линии - 0,5 мм.</t>
@@ -722,407 +881,479 @@
   <si>
     <t>Маркер перманентный двухсторонний синий, пулевидный, 0,8-2,2мм: DPM_1576BU  штр.:  4650062495755</t>
   </si>
   <si>
     <t>Маркер перманентный двухсторонний синий, пулевидный, 0,8-2,2мм: DPM_1576BU&amp;nbsp;&amp;nbsp;Предназначен для письма на большинстве поверхностей: бумаге, коже, пластмассе, металле, резине, ткани.</t>
   </si>
   <si>
     <t>213300</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/472/472fc2241648b34be8c4beda19a89710.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный светостойкий  quot;2536 quot; синий, пулевидный, 1мм: 2536 1с штр.:  8595013616307</t>
   </si>
   <si>
     <t>Маркер перманентный светостойкий &amp;quot;2536&amp;quot; синий, пулевидный, 1мм: 2536/1с Предназначен для нанесения надписей на большинстве непористых материалов. Перманентные чернила на спиртовой основе имеют повышенную светостойкость. Волокнистый пишущий узел диаметром 2 мм, ширина линии до 1 мм.</t>
   </si>
   <si>
     <t>213309</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/186/186b18bdb1fb2a0a9108e282bab70d2b.jpg</t>
-[...8 lines deleted...]
-    <t>213389</t>
+    <t>http://anytos.ru//upload/iblock/9b7/9b791fb74274fe589da3c12f73147e99.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для магнитных досок красный, пулевидный, 2мм: PM6212 штр.:  4260107452898</t>
+  </si>
+  <si>
+    <t>Маркер для магнитных досок красный, пулевидный, 2мм: PM6212 Предназначен для письма на досках с магнитно-маркерной поверхностью. Чернила на спиртовой основе легко стираются сухой губкой для досок. Закругленный пишущий узел. Ширина линии – 2 мм. Длина непрерывной линии – 900 м. Плотный колпачок с клипом предотвращает высыхание.</t>
+  </si>
+  <si>
+    <t>213513</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/648/648faeb808870da04e28856b8370f767.jpg</t>
+  </si>
+  <si>
+    <t>Набор маркеров для досок 4цв., 2мм, пулевидный, европодвес: BMc_40509 штр.:  4260107465362</t>
+  </si>
+  <si>
+    <t>Набор маркеров для досок 4цв., 2мм, пулевидный, европодвес: BMc_40509 Маркеры предназначен для письма на досках с магнитно-маркерной поверхностью. Чернила на спиртовой основе легко стираются сухой губкой для досок. Закругленный пишущий узел. Ширина линии – 2 мм. Длина непрерывной линии – 900 м. Плотный колпачок с клипом предотвращает высыхание.</t>
+  </si>
+  <si>
+    <t>213529</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/80f/80fb7811b1f9f773dda08f04059b6023.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для CD DVD, красный, 0,5мм, перманентный: PM6432 штр.:  4260107452737</t>
+  </si>
+  <si>
+    <t>Маркер для CD/DVD, красный, 0,5мм, перманентный: PM6432 Предназначен для безопасного письма на поверхностях CD/DVD дисков. Закругленный пишущий узел. Ширина линии - 0,5 мм. Длина непрерывной линии - 600 м. Плотный колпачок с металлическим клипом предотвращает высыхание. Упакован в картонную коробочку по 12 шт.</t>
+  </si>
+  <si>
+    <t>213599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bec/bec884ceb8f35c7666434657b9823eea.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для магнитных досок  quot;WB-505 quot; синий, пулевидный, 2мм: WB-505 штр.:  8803654005658</t>
+  </si>
+  <si>
+    <t>Маркер для магнитных досок &amp;quot;WB-505&amp;quot; синий, пулевидный, 2мм: WB-505 Удобный эргономичный корпус.&amp;lt;br/&amp;gt;Высокое качество пишущего состава. Яркие цвета.</t>
+  </si>
+  <si>
+    <t>213944</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a52/a527e176993738752786bed28fb660ae.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска фиолетовая, 4мм, нитро-основа: PM-09 штр.:  8801006711233</t>
+  </si>
+  <si>
+    <t>Маркер-краска фиолетовая, 4мм, нитро-основа: PM-09 Краска великолепно пишет по любому типу поверхности: бумаге, дереву, пластику, металлу, натуральному и искусственному камню, стеклу. Маркер-краска морозоустойчива, не выгорает на солнце, может писать по горячей &amp;#40;до 130 градусов&amp;#41; или загрязненной, в том числе и маслами, поверхности&amp;lt;br/&amp;gt;Благодаря дозированной подаче краски при помощи клапанного пишущего узла исключаются растекания, неровности линии и преждевременное пересыхание.&amp;lt;br/&amp;gt;Богатая цветовая палитра краски на нитро- основе, длительный срок годности-5лет.</t>
+  </si>
+  <si>
+    <t>214031</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2e6/2e6f81e10d3c15b3a8c2d480c4cf2ef0.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;P-505 quot; зеленый, пулевидный, 2мм: P-505 штр.:  8803654005542</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;P-505&amp;quot; зеленый, пулевидный, 2мм: P-505 Перманентный маркер. Чернила на спиртовой основе, цвет - зеленый. Пишущий узел - 2 мм. Эргономичный изящный корпус. Круглый наконечник из высококачественного фиброволокна для создания линий средней толщины.</t>
+  </si>
+  <si>
+    <t>214239</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09e/09ecc196fda7e5ab03e8804e09a6e157.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска золото, 4мм, нитро-основа: PM-07 штр.:  8801006711196</t>
+  </si>
+  <si>
+    <t>Маркер-краска золото, 4мм, нитро-основа: PM-07 Водостойкая краска на нитрооснове не поддается атмосферным воздействиям и широко применяется в производстве для маркировки изделий из пластика, дерева, металла, камня, стекла, резины. Подвижный наконечник-дозатор регулирует поступление краски.</t>
+  </si>
+  <si>
+    <t>214282</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b39/b39b016d19652f4d8509af9c51d73f95.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска черная, 4мм, нитро-основа: BMk_02101 штр.:  4260107456520</t>
+  </si>
+  <si>
+    <t>Маркер-краска черная, 4мм, нитро-основа: BMk_02101 Используется для работы на металлических, деревянных, стеклянных и пластиковых поверхностях. Закругленный пишущий узел. Ширина линии - 2-4 мм. Длина непрерывной линии - 600 м. Металлический корпус. Упаковка в картонную коробку, которая одновременно служит мини-витриной, по 12 шт.</t>
+  </si>
+  <si>
+    <t>214301</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e9b/e9b18365678f70ad4aa4c8110f8885ff.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска зеленая, 4мм, нитро-основа: PM-04 штр.:  8801006711226</t>
+  </si>
+  <si>
+    <t>Маркер-краска зеленая, 4мм, нитро-основа: PM-04 Маркер-краска на основе нитро-эмали. Используется для нанесения маркировки на металлических, деревянных, стеклянных и пластиковых поверхностях. Устойчива к стиранию, воде, свету, температурным и атмосферным воздействиям. Толщина линии 4 мм. Цвет зеленый. Металлический корпус. Водостойкая краска на нитрооснове не поддается атмосферным воздействиям и широко применяется в производстве для маркировки изделий из пластика, дерева, металла, камня, стекла, резины. Подвижный наконечник-дозатор регулирует поступление краски.</t>
+  </si>
+  <si>
+    <t>214322</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e74/e74d14bd7de9adae57f7d92389359c62.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;P-505 quot; красный, пулевидный, 2мм: P-505 штр.:  8803654005528</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;P-505&amp;quot; красный, пулевидный, 2мм: P-505 Эргономичный изящный корпус. Круглый наконечник из высококачественного фиброволокна для создания линий средней толщины.</t>
+  </si>
+  <si>
+    <t>214411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a4/8a4192d1713810c8b9ff7aa1c1b0a783.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный двухсторонний красный, пулевидный, 2мм 1мм: P-800W штр.:  8803654005931</t>
+  </si>
+  <si>
+    <t>Маркер перманентный двухсторонний красный, пулевидный, 2мм/1мм: P-800W Объемный корпус маркера обладает запасом чернил для линии длиной 400 метров. Наконечники разного диаметра &amp;#40;4 и 2 мм&amp;#41; позволяют создавать линии необходимой ширины.</t>
+  </si>
+  <si>
+    <t>214421</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf4/cf4ce83d1d3832ec68412e6e9c6b1062.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска  quot;Slim quot; золото, 2мм, нитро-основа: SPM-07 штр.:  8801006712124</t>
+  </si>
+  <si>
+    <t>Маркер-краска &amp;quot;Slim&amp;quot; золото, 2мм, нитро-основа: SPM-07 Краска великолепно пишет по любому типу поверхности: бумаге, дереву, пластику, металлу, натуральному и искусственному камню, стеклу. Маркер-краска морозоустойчива, не выгорает на солнце, может писать по горячей &amp;#40;до 130 градусов&amp;#41; или загрязненной, в том числе и маслами, поверхности&amp;lt;br/&amp;gt;Благодаря дозированной подаче краски при помощи клапанного пишущего узла исключаются растекания, неровности линии и преждевременное пересыхание.&amp;lt;br/&amp;gt;Богатая цветовая палитра краски на нитро- основе, длительный срок годности-5лет.</t>
+  </si>
+  <si>
+    <t>214461</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dc6/dc616937c174ecdafcb91f2af146816d.jpg</t>
+  </si>
+  <si>
+    <t>Набор перманентных маркеров  quot;2846 quot; 4цв., пулевидный, 1мм, блистер: 2846 4 BL штр.:  8595013619476</t>
+  </si>
+  <si>
+    <t>Набор перманентных маркеров &amp;quot;2846&amp;quot; 4цв., пулевидный, 1мм, блистер: 2846/4 BL Перманентный маркер, пишет на большинстве поверхностей, устойчивый к воде, стиранию, атмосферным воздействиям, на спиртовой основе. Цилиндрический пишущий узел. Волокнистое остриё 1 мм.</t>
+  </si>
+  <si>
+    <t>214536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ffa/ffa99f739a61092543e7aed179d88090.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для CD DVD, синий, 0,5мм, перманентный: PM6433 штр.:  4260107452713</t>
+  </si>
+  <si>
+    <t>Маркер для CD/DVD, синий, 0,5мм, перманентный: PM6433 Предназначен для безопасного письма на поверхностях CD/DVD дисков. Закругленный пишущий узел. Ширина линии - 0,5 мм. Длина непрерывной линии - 600 м. Плотный колпачок с металлическим клипом предотвращает высыхание. Упакован в картонную коробочку по 12 шт.</t>
+  </si>
+  <si>
+    <t>214630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06a/06a2b7163f41b77fc897d3b8b8452dcc.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный черный, пулевидный, 2мм: PM6104 штр.:  4260107452935</t>
+  </si>
+  <si>
+    <t>Маркер перманентный черный, пулевидный, 2мм: PM6104 Подходит для письма на любых поверхностях. Чернила на спиртовой основе. Плотный колпачок с клипом надежно предотвращает высыхание. Цвет колпачка соответствует цвету чернил. Закругленный пишущий узел. Ширина линии - 2 мм. Длина непрерывной линии - 900 м. Упакован в картонную коробочку по 12 шт.</t>
+  </si>
+  <si>
+    <t>214667</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/77d/77d9d30feb0d6601d3fa12b30b77a243.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;MULTI MARKER quot; красный, скошенный, 5мм: CPM-800CH штр.:  8803654001797</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;MULTI MARKER&amp;quot; красный, скошенный, 5мм: CPM-800CH Перманентные маркеры со скошенным наконечником. Высокое качество&amp;lt;br/&amp;gt;пишущего состава.</t>
+  </si>
+  <si>
+    <t>214724</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/375/3750fa9782868bdfb1329863ec651e96.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;8004 OfficeSpace quot; красный, пулевидный, 2мм: PM_272 штр.:  4610008522723</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;8004 OfficeSpace&amp;quot; красный, пулевидный, 2мм: PM_272 Подходит для письма на любых поверхностях. Чернила на спиртовой основе. Плотный колпачок с клипом надежно предотвращает высыхание. Цвет колпачка соответствует цвету чернил. Пулевидный пишущий узел. Ширина линии 2 мм.</t>
+  </si>
+  <si>
+    <t>214736</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/368/3680156864bdfb0ce753d1ff96fcc52d.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;8004 OfficeSpace quot; синий, пулевидный, 2мм: PM_270 штр.:  4610008522709</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;8004 OfficeSpace&amp;quot; синий, пулевидный, 2мм: PM_270 Подходит для письма на любых поверхностях. Чернила на спиртовой основе. Плотный колпачок с клипом надежно предотвращает высыхание. Цвет колпачка соответствует цвету чернил. Пулевидный пишущий узел. Ширина линии 2 мм.</t>
+  </si>
+  <si>
+    <t>215014</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/835/8354085076f295db59f77eaaaafd006c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;MULTI MARKER quot; синий, скошенный, 5мм: CPM-800CH штр.:  8803654001780</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;MULTI MARKER&amp;quot; синий, скошенный, 5мм: CPM-800CH Перманентные маркеры со скошенным наконечником. Высокое качество&amp;lt;br/&amp;gt;пишущего состава.</t>
+  </si>
+  <si>
+    <t>215175</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/541/54118de004f6555bf1b0da40336e5471.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;MULTI MARKER quot; черный, скошенный, 5мм: CPM-800CH штр.:  8803654001773</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;MULTI MARKER&amp;quot; черный, скошенный, 5мм: CPM-800CH Перманентные маркеры со скошенным наконечником. Высокое качество&amp;lt;br/&amp;gt;пишущего состава.</t>
+  </si>
+  <si>
+    <t>215205</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cc/5ccd9c332c6faaf973e2ad25c5203539.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный белый, пулевидный, 2,5мм: 8586 1 штр.:  8595013631119</t>
+  </si>
+  <si>
+    <t>Маркер перманентный белый, пулевидный, 2,5мм: 8586/1 Универсальный белый маркер. Перманентный маркер предназначен для обычного и промышленного использования.&amp;nbsp;&amp;nbsp;Пишет на большинстве поверхности. После засыхания&amp;nbsp;&amp;nbsp;&amp;#40;примерно 3 часа&amp;#41; маркер устойчивый к воде, стиранию, атмосферным воздействием, перманентный, светостойкий на водной основе, цилиндрический пишущий узел. Хранить в горизонтальном положении.</t>
+  </si>
+  <si>
+    <t>215237</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9eb/9ebb9cb079b36857136b4ab425cde4d4.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;8004 OfficeSpace quot; зеленый, пулевидный, 2мм: PM_274 штр.:  4610008522747</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;8004 OfficeSpace&amp;quot; зеленый, пулевидный, 2мм: PM_274 Подходит для письма на любых поверхностях. Чернила на спиртовой основе. Плотный колпачок с клипом надежно предотвращает высыхание. Цвет колпачка соответствует цвету чернил. Пулевидный пишущий узел. Ширина линии 2 мм.</t>
+  </si>
+  <si>
+    <t>215577</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f2/3f29af31ebe102dfdcbaba4eea73d2bc.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;8510 quot; черный, пулевидный, 2,5мм, устойчив к высыханию: 8510 1ч штр.:  28595013616653</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;8510&amp;quot; черный, пулевидный, 2,5мм, устойчив к высыханию: 8510/1ч Маркер перманентный. Круглый пишущий наконечник, ширина линии письма 2,5 мм, пишет на бумаге, картоне, дереве, металле, пластмассе, стекле, керамике и камне. Водостойкие и быстросохнущие чернила, обладают нейтральным запахом.</t>
+  </si>
+  <si>
+    <t>215880</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/747/7471834bffe3a381c90695d7b3b70d1a.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный черный, пулевидный, 1мм: PM6324 штр.:  4260107452775</t>
+  </si>
+  <si>
+    <t>Маркер перманентный черный, пулевидный, 1мм: PM6324 Подходит для письма на любых поверхностях. Чернила на спиртовой основе. Плотный колпачок с клипом надежно предотвращает высыхание. Цвет колпачка соответствует цвету чернил. Закругленный пишущий узел. Ширина линии - 1 мм. Длина непрерывной линии - 500 м. Упакован в картонную коробочку по 12 шт.</t>
+  </si>
+  <si>
+    <t>216189</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b78/b78fc32a3c86273ebf38a3338436baa6.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;P-505 quot; черный, пулевидный, 2мм: P-505 штр.:  8803654004682</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;P-505&amp;quot; черный, пулевидный, 2мм: P-505 Эргономичный изящный корпус. Круглый наконечник из высококачественного фиброволокна для создания линий средней толщины.</t>
+  </si>
+  <si>
+    <t>216324</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/541/541add1fd7b031984182b75e696d9d8e.jpg</t>
+  </si>
+  <si>
+    <t>Набор перманентных маркеров  quot;P-505 quot; 4цв., пулевидный, 2мм, ПВХ-футляр, европодвес: P-505-4 штр.:  8803654005009</t>
+  </si>
+  <si>
+    <t>Набор перманентных маркеров &amp;quot;P-505&amp;quot; 4цв., пулевидный, 2мм, ПВХ-футляр, европодвес: P-505-4 Удобный и экономичный набор из маркеров модели P-505. Четыре цвета. Мягкая упаковка с подвесом.</t>
+  </si>
+  <si>
+    <t>216445</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f16/f16f0779eb3cf8820e4f8013d51c22a6.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска красная, 4мм, нитро-основа: PM-03 штр.:  8801006711257</t>
+  </si>
+  <si>
+    <t>Маркер-краска красная, 4мм, нитро-основа: PM-03 Краска великолепно пишет по любому типу поверхности: бумаге, дереву, пластику, металлу, натуральному и искусственному камню, стеклу. Маркер-краска морозоустойчива, не выгорает на солнце, может писать по горячей &amp;#40;до 130 градусов&amp;#41; или загрязненной, в том числе и маслами, поверхности&amp;lt;br/&amp;gt;Благодаря дозированной подаче краски при помощи клапанного пишущего узла исключаются растекания, неровности линии и преждевременное пересыхание.&amp;lt;br/&amp;gt;Богатая цветовая палитра краски на нитро- основе, длительный срок годности-5лет.</t>
+  </si>
+  <si>
+    <t>216477</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d7/1d70c2520555a43a8df79c08a98e9cf5.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска  quot;Slim quot; зеленая, 2мм, нитро-основа: SPM-04 штр.:  8801006711387</t>
+  </si>
+  <si>
+    <t>Маркер-краска &amp;quot;Slim&amp;quot; зеленая, 2мм, нитро-основа: SPM-04</t>
+  </si>
+  <si>
+    <t>216773</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a8/2a8ded8191f393ae40062bbf0ad0bf0c.jpg</t>
+  </si>
+  <si>
+    <t>Набор перманентных маркеров 3цв., пулевидный, 1мм, европодвес: BMc_31409 штр.:  4260107465379</t>
+  </si>
+  <si>
+    <t>Набор перманентных маркеров 3цв., пулевидный, 1мм, европодвес: BMc_31409</t>
+  </si>
+  <si>
+    <t>216807</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bbe/bbe1a66baedd951d39d82cd40c92a2bc.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;8510 quot; синий, пулевидный, 2,5мм, устойчив к высыханию: 8510 1с штр.:  28595013616639</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;8510&amp;quot; синий, пулевидный, 2,5мм, устойчив к высыханию: 8510/1с</t>
+  </si>
+  <si>
+    <t>216809</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/50a/50a43d959321a067772d0dc5b8b2101f.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для магнитных досок синий, пулевидный, 2мм: PM6213 штр.:  4260107452874</t>
+  </si>
+  <si>
+    <t>Маркер для магнитных досок синий, пулевидный, 2мм: PM6213</t>
+  </si>
+  <si>
+    <t>216880</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae5/ae5db5166f5d4ba492fd07e9a0e53cd5.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска желтая, 4мм, нитро-основа: PM-08 штр.:  8801006711240</t>
+  </si>
+  <si>
+    <t>Маркер-краска желтая, 4мм, нитро-основа: PM-08</t>
+  </si>
+  <si>
+    <t>216931</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c6/3c68f8ddaeedd1cc1e5b35b44b8239d0.jpg</t>
+  </si>
+  <si>
+    <t>Набор перманентных маркеров  quot;P-505F quot; 4цв., пулевидный, 1мм, ПВХ-футляр, европодвес: P-505F-4 штр.:  8803654005351</t>
+  </si>
+  <si>
+    <t>Набор перманентных маркеров &amp;quot;P-505F&amp;quot; 4цв., пулевидный, 1мм, ПВХ-футляр, европодвес: P-505F-4</t>
+  </si>
+  <si>
+    <t>217282</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0a/e0a0053a5d31b79404bb229480678703.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска  quot;Slim quot; желтая, 2мм, нитро-основа: SPM-08 штр.:  8801006711387</t>
+  </si>
+  <si>
+    <t>Маркер-краска &amp;quot;Slim&amp;quot; желтая, 2мм, нитро-основа: SPM-08</t>
+  </si>
+  <si>
+    <t>217341</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/acf/acf9a3a37ef0a9d7a89df4b12e7eccd7.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  quot;PER-2610 quot; черный, скошенный, 10мм: PER-2610 штр.:  8809102933702</t>
+  </si>
+  <si>
+    <t>Маркер перманентный &amp;quot;PER-2610&amp;quot; черный, скошенный, 10мм: PER-2610</t>
+  </si>
+  <si>
+    <t>217474</t>
   </si>
   <si>
     <t>&lt;a href="/brands/line-plus/"&gt;Line Plus&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/648/648faeb808870da04e28856b8370f767.jpg</t>
-[...340 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0ee/0ee86cd317098eb912d5d852b8c4e977.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный двухсторонний красный, пулевидный, 0,8-2,2мм: DPM_1578RD штр.:  4650062495779</t>
   </si>
   <si>
     <t>Маркер перманентный двухсторонний красный, пулевидный, 0,8-2,2мм: DPM_1578RD</t>
   </si>
   <si>
     <t>217581</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b5/7b57cbd19482bee3a0984a806a3ad849.jpg</t>
   </si>
   <si>
     <t>Маркер для магнитных досок  quot;WB-1000 quot; красный, пулевидный, 3мм: WB-1000 штр.:  8803654009687</t>
   </si>
   <si>
     <t>Маркер для магнитных досок &amp;quot;WB-1000&amp;quot; красный, пулевидный, 3мм: WB-1000</t>
   </si>
   <si>
     <t>217610</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/409/409de7c9a934772c800d294455330066.jpg</t>
@@ -1212,62 +1443,50 @@
     <t>218048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/032/032bdee23f21d2b149c87f1713634571.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный синий, скошенный, 0,5-4мм: BMc_04602  штр.:  4260107465454</t>
   </si>
   <si>
     <t>Маркер перманентный синий, скошенный, 0,5-4мм: BMc_04602</t>
   </si>
   <si>
     <t>218059</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b88/b886a91d6eb7cd37e4e228b7d5187f53.jpg</t>
   </si>
   <si>
     <t>Маркер для магнитных досок  quot;WB-505 quot; красный, пулевидный, 2мм: WB-505 штр.:  8803654005665</t>
   </si>
   <si>
     <t>Маркер для магнитных досок &amp;quot;WB-505&amp;quot; красный, пулевидный, 2мм: WB-505</t>
   </si>
   <si>
     <t>218071</t>
-  </si>
-[...10 lines deleted...]
-    <t>218114</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/776/77637140c341bd6c5c6fceea0cf812da.jpg</t>
   </si>
   <si>
     <t>Маркер-краска  quot;Slim quot; красная, 2мм, нитро-основа: SPM-03 штр.:  8801006711387</t>
   </si>
   <si>
     <t>Маркер-краска &amp;quot;Slim&amp;quot; красная, 2мм, нитро-основа: SPM-03</t>
   </si>
   <si>
     <t>218160</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4da/4daffedff5df19c95fadedc73079c807.jpg</t>
   </si>
   <si>
     <t>Маркер для магнитных досок  quot;CBM-1000 quot; зеленый, пулевидный, 3мм: CBM-1000 штр.:  8803654007485</t>
   </si>
   <si>
     <t>Маркер для магнитных досок &amp;quot;CBM-1000&amp;quot; зеленый, пулевидный, 3мм: CBM-1000</t>
   </si>
   <si>
     <t>218250</t>
   </si>
@@ -1335,50 +1554,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d69/d69c439b9a100e777df0a3b09c780b49.jpg</t>
   </si>
   <si>
     <t>Маркер для CD DVD  quot;2500UF quot; черный, 0,4мм: 2500UF штр.:  8809102931302</t>
   </si>
   <si>
     <t>Маркер на спиртовой основе для нанесения надписей на диски. Толщина линии 0,4 мм, цвет - черный</t>
   </si>
   <si>
     <t>218989</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/493/4933ff64e47efb90403434492aebca48.jpg</t>
   </si>
   <si>
     <t>Маркер-краска  quot;Slim quot; синяя, 2мм, нитро-основа: SPM-02 штр.:  8801006711387</t>
   </si>
   <si>
     <t>Маркер-краска &amp;quot;Slim&amp;quot; синяя, 2мм, нитро-основа: SPM-02</t>
   </si>
   <si>
     <t>219017</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/308/3084116b9aede5c1e5ee6ff3e2781a38.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный черный, скошенный, 0,5-4мм: BMc_04601 штр.:  4260107465461</t>
+  </si>
+  <si>
+    <t>Маркер перманентный черный, скошенный, 0,5-4мм: BMc_04601</t>
+  </si>
+  <si>
+    <t>219117</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3c2/3c2ba24a41a460abbcbf6e5f49bc602b.jpg</t>
   </si>
   <si>
     <t>Набор перманентных маркеров  quot;MULTI MARKER quot; 4цв, пулевидный, 3мм, ПВХ, европодвес: CPM-800 4 штр.:  8803654012878</t>
   </si>
   <si>
     <t>Набор перманентных маркеров &amp;quot;MULTI MARKER&amp;quot; 4цв, пулевидный, 3мм, ПВХ, европодвес: CPM-800/4</t>
   </si>
   <si>
     <t>219157</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4d/d4d6f9de74f9c5446c9e7dc4c2d9147e.jpg</t>
   </si>
   <si>
     <t>Маркер для магнитных досок  quot;CBM-1000 quot; красный, пулевидный, 3мм: CBM-1000 штр.:  8803654007478</t>
   </si>
   <si>
     <t>Маркер для магнитных досок &amp;quot;CBM-1000&amp;quot; красный, пулевидный, 3мм: CBM-1000</t>
   </si>
   <si>
     <t>219271</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/208/2080db5a4576db2c7400556522ed947a.jpg</t>
@@ -1386,74 +1617,74 @@
   <si>
     <t>Маркер перманентный двухсторонний черный, пулевидный, 0,5-1мм: BMd_07101 штр.:  4260107473534</t>
   </si>
   <si>
     <t>Маркер перманентный двухсторонний черный, пулевидный, 0,5-1мм: BMd_07101</t>
   </si>
   <si>
     <t>219283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d92/d92de2ab99d5f6b0c8c98dc5d8c9f977.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  quot;PER-2610 quot; красный, скошенный, 10мм: PER-2610 штр.:  8809102933726</t>
   </si>
   <si>
     <t>Маркер перманентный &amp;quot;PER-2610&amp;quot; красный, скошенный, 10мм: PER-2610</t>
   </si>
   <si>
     <t>219387</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e61/e61a92a6d8de6818d1f9ff36779ef9b3.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для CD DVD, черный, 0,5мм, перманентный: PM6434 штр.:  4260107452690</t>
+  </si>
+  <si>
+    <t>Маркер для CD/DVD, черный, 0,5мм, перманентный: PM6434 Предназначен для безопасного письма на поверхностях CD/DVD дисков. Закругленный пишущий узел. Ширина линии - 0,5 мм. Длина непрерывной линии - 600 м. Плотный колпачок с металлическим клипом предотвращает высыхание. Упакован в картонную коробочку по 12 шт.</t>
+  </si>
+  <si>
+    <t>219505</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9f8/9f83557800ae565e6c73930c9ab414d6.jpg</t>
   </si>
   <si>
     <t>Набор маркеров для флипчарта, 4цв., пулевидный, 2мм: BMf_42209 штр.:  4606782163153</t>
   </si>
   <si>
     <t>Набор маркеров для флипчарта, 4цв., пулевидный, 2мм: BMf_42209 Предназначен для письма на бумажных блоках для флипчартов. Благодаря специальной формуле не допускает просачивания чернил на следующие за рабочим листы даже при пятикратном нанесении на одно место. Закругленный пишущий узел. Ширина линии - 2 мм. Длина непрерывной линии - 600 м. Плотный колпачок с клипом предотвращает высыхание. Цвет колпачка соответствует цвету чернил. Упаковка в картонную коробку по 10 шт.</t>
   </si>
   <si>
     <t>219506</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/af7/af7f1af62b9cef096e39e097e1830b4a.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c09/ioddr2hf8h2e4u5hnqzztcmx68zxl622.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  quot;PER-2707 quot; красный, скошенный, 7мм: PER-2707 штр.:  8809102933924</t>
   </si>
   <si>
     <t>Маркер перманентный &amp;quot;PER-2707&amp;quot; красный, скошенный, 7мм: PER-2707</t>
   </si>
   <si>
     <t>220298</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f9/8f9733ffe27a6a78a7f198fd099b0b56.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  quot;PER-2707 quot; черный, скошенный, 7мм: PER-2707 штр.:  8809102933900</t>
   </si>
   <si>
     <t xml:space="preserve">Эта компактная модель скрывает в себе большие возможности. Увеличенный объем пишущего состава - серия Rower.Скошенный наконечник&amp;nbsp;&amp;nbsp;позволяет проводить линии различной ширины в пределах 7 мм. </t>
   </si>
   <si>
     <t>220299</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/589/5897f9c7eaae6ec7a9049ced3fc81cbd.jpg</t>
@@ -1902,50 +2133,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5aa/5aa1bb14739246e937113f475f4dc29f.jpg</t>
   </si>
   <si>
     <t>Маркер-краска серебро, 4мм, нитро-основа: PM-06 штр.:  8801006711202</t>
   </si>
   <si>
     <t>Маркер-краска серебро, 4мм, нитро-основа: PM-06</t>
   </si>
   <si>
     <t>236093</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ce/7ceacdf48ea55667e6d860fc3169ffa2.jpg</t>
   </si>
   <si>
     <t>Маркер-краска белая, 4мм, нитро-основа: PM-05 штр.:  8801006711219</t>
   </si>
   <si>
     <t>Маркер-краска белая, 4мм, нитро-основа: PM-05 Водостойкая краска на нитрооснове не поддается атмосферным воздействиям и широко применяется в производстве для маркировки изделий из пластика, дерева, металла, камня, стекла, резины. Подвижный наконечник-дозатор регулирует поступление краски.</t>
   </si>
   <si>
     <t>236157</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ab1/ab1155c00a44e3e6419b472859e4a68d.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный красный, пулевидный, 2мм: PM6102 штр.:  4260107452973</t>
+  </si>
+  <si>
+    <t>Маркер перманентный красный, пулевидный, 2мм: PM6102</t>
+  </si>
+  <si>
+    <t>236182</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/71e/71e1828db55fd13c6f2d7cc23633e5f8.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный синий, пулевидный, 2мм: PM6103 штр.:  4260107452959</t>
+  </si>
+  <si>
+    <t>Маркер перманентный синий, пулевидный, 2мм: PM6103</t>
+  </si>
+  <si>
+    <t>236183</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2b5/2b5fe6bbb3e2db3b0c18fb433bf2b815.jpg</t>
   </si>
   <si>
     <t>Маркер для магнитных досок зеленый, пулевидный, 2мм: PM6211 штр.:  4260107452911</t>
   </si>
   <si>
     <t>Маркер для магнитных досок зеленый, пулевидный, 2мм: PM6211</t>
   </si>
   <si>
     <t>236184</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ce/9ce830d06039cb10267ed15ecade64e8.jpg</t>
   </si>
   <si>
     <t>Маркер для магнитных досок черный, пулевидный, 2мм: PM6214 штр.:  4260107452850</t>
   </si>
   <si>
     <t>Маркер для магнитных досок черный, пулевидный, 2мм: PM6214 Предназначен для письма на досках с магнитно-маркерной поверхностью. Чернила на спиртовой основе легко стираются сухой губкой для досок. Закругленный пишущий узел. Ширина линии – 2 мм. Длина непрерывной линии – 900 м. Плотный колпачок с клипом предотвращает высыхание.</t>
   </si>
   <si>
     <t>236185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb8/fb89ada2f8551028ad26f8d851c3d73a.jpg</t>
@@ -2259,50 +2514,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/266/266d7634e1f3bfa81955c068569b9d0b/6b2709a48a6978abd7dd4b052c7855be.jpg</t>
   </si>
   <si>
     <t>Маркер для досок Attache Selection Rarity красный, 2-3мм штр.  6958743700296</t>
   </si>
   <si>
     <t>Маркер для использования на магнитно-маркерных досках.Маркер быстро высыхает, обладает эргономичным корпусом с прорезиненными вставками.Чернила маркера имеют спиртовую основу и не являются токсичными. Колпачок оснащен клипом.Толщина линии письма, в зависимости от степени нажатия, колеблется от 2 до 3 мм. Цвет чернил: красный.</t>
   </si>
   <si>
     <t>250531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e41/e41ef95a0a5ebfce2cd3cdd7fd5670a0/9c28a0b844e9d2cf4660804ea26164b6.jpg</t>
   </si>
   <si>
     <t>Маркер для досок Attache Selection Rarity синий, 2-3мм штр.  6958743700289</t>
   </si>
   <si>
     <t>Маркер Attache Selection Rarity для использования на магнитно-маркерных досках.Маркер быстро высыхает, обладает эргономичным корпусом с прорезиненными вставками.Чернила маркера имеют спиртовую основу и не являются токсичными. Колпачок оснащен клипом.Толщина линии письма, в зависимости от степени нажатия, колеблется от 2 до 3 мм. Цвет чернил: синий.</t>
   </si>
   <si>
     <t>250532</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/44f/44f9b3d8276ef290801ca00a4cb229b2/6402b4edb6c08e921f36fcfb75080b92.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для досок Attache Selection Rarity черный, 2-3мм штр.  6958743700272</t>
+  </si>
+  <si>
+    <t>Маркер для досок Attache Selection Rarity,&amp;lt;br /&amp;gt;чернила на водной основе быстросохнущие&amp;lt;br /&amp;gt;круглый наконечник позволяет нарисовать линию 2-3 мм&amp;lt;br /&amp;gt;цвет черный.</t>
+  </si>
+  <si>
+    <t>250533</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/588/58806a9ef8fc5d5a5a2c09d27e0a4fa3.jpg</t>
   </si>
   <si>
     <t>Маркер для досок EDDING e-360 1 черный 1,5-3 мм штр.  4004764391257</t>
   </si>
   <si>
     <t>Маркер для досок Edding e-360/1 с технологией &amp;quot;cap off&amp;quot;.Круглый наконечник.Пластиковый корпус.Толщина линии письма: 2.2ммЦвет: черный.Стирается сухой губкойПроизводство - Германия.</t>
   </si>
   <si>
     <t>250534</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5e/f5e2c6f89a7f17d46c1b3730d9cf168e/4c81d6a6a8599157b282529968cd55f8.jpg</t>
   </si>
   <si>
     <t>Маркер для досок EDDING e-360 2 красный 1,5-3 мм штр.  4004764063109, 4004764391264, 4004764881802</t>
   </si>
   <si>
     <t>Маркер для досок Edding e-360/2 с технологией &amp;quot;cap off&amp;quot;.Круглый наконечник.Пластиковый корпус.Толщина линии письма: 2.2ммЦвет: красный.Стирается сухой губкойПроизводство - Германия.</t>
   </si>
   <si>
     <t>250535</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c16/c16d22ddc35c9dec5b7c365ae2abbead.jpg</t>
@@ -2430,74 +2697,65 @@
   <si>
     <t>http://anytos.ru//upload/iblock/6f9/6f9ac2c9f8610370c9a97facdcd856fb/105b6d280326719b888ec589fe3506e9.jpg</t>
   </si>
   <si>
     <t>Маркер Перманент KORES черный 1 мм штр.  9023800221001</t>
   </si>
   <si>
     <t>Перманентный маркер Kores в пластиковом корпусе. Нестираемые чернила обладают повышенной светостойкостью. Тонкий наконечник круглой формы обеспечивает толщину линии до 1 мм. Маркер оснащен вентилируемым колпачком, который предотвращает высыхание наконечника. Страна производства - Австрия. Цвет - черный.</t>
   </si>
   <si>
     <t>250566</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/628/628bbb1925121e20d372aa2b0f1a2686/350de0c10d6354fd0e6e9d4a20e0de77.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE зеленый 1,5-3мм. штр.  4690432002831, 6953070941473</t>
   </si>
   <si>
     <t>Перманентный маркер Attache в корпусе из прочного пластика. Нестираемые чернила пишут на любой поверхности. Круглый наконечник позволяет провести линию толщиной от 1,5 до 3 мм. Цвет - зеленый.</t>
   </si>
   <si>
     <t>250567</t>
   </si>
   <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f4e/f4e5357633c5f16c8d6f7d10e885ece5/a7ac93b3846a6c8e2f13188be23c8813.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE красный 1,5-3мм. штр.  4690432002848, 6953070935892, 6953070941466</t>
   </si>
   <si>
     <t>Перманентный маркер Attache в корпусе из прочного пластика. Нестираемые чернила пишут на любой поверхности. Круглый наконечник позволяет провести линию толщиной от 1,5 до 3 мм. Цвет - красный.</t>
   </si>
   <si>
     <t>250568</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/01e/01e40b475f4615bf8928bfc5d9757c71/8f5efeb9345395e6df48abdf52379f08.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2ac/2aceb2148cd1a8c9e1a5e2bfffc46d6c/cc816abcd1211860a8f5b1074a0447fc.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE черный 1,5-3мм. штр.  4690432002862, 6953070935922, 6953070941459</t>
   </si>
   <si>
     <t>Перманентный маркер Attache в корпусе из прочного пластика. Нестираемые чернила пишут на любой поверхности. Круглый наконечник позволяет провести линию толщиной от 1,5 до 3 мм. Цвет - черный.</t>
   </si>
   <si>
     <t>250570</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be8/be840f8e1f9dc904e9ec670e924c6bcd/4dfd3e6522b656b9c797aafd0f557628.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Attache Selection Pegas красный, 2-5мм штр.  6958743700241</t>
   </si>
   <si>
     <t>Перманентный маркер Attache Selection Pegas в пластиковом черном корпусе с прорезиненными элементами. Круглый наконечник позволяет провести линию толщиной 2-5 мм. Нестираемые чернила пишут на любой поверхности. Цвет - красный.</t>
   </si>
   <si>
     <t>250572</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4e/d4efe9ba65b458612634a00e0f8d27bd/47bf709595339572ebd1fb2eac80fd17.jpg</t>
@@ -2514,101 +2772,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/64f/64fb85aaa21686bc32e8aed538ed516d/05a0bb41a246830c9717b0cde9e18204.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер перманентный Attache Selection Pegas синий  толщина линии 2-5 мм </t>
   </si>
   <si>
     <t>Перманентный маркер Attache Selection Pegas в пластиковом черном корпусе с прорезиненными элементами. Круглый наконечник позволяет провести линию толщиной 2-5 мм. Нестираемые чернила пишут на любой поверхности. Цвет - синий.</t>
   </si>
   <si>
     <t>250574</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be5/be5a5cd40d557ce3f17fea941c7d973a/126d995795e343f7fb03134654e99c91.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Attache Selection Pegas черный, 2-5мм штр.  6958743700227</t>
   </si>
   <si>
     <t>Перманентный маркер Attache Selection Pegas в пластиковом черном корпусе с прорезиненными элементами. Круглый наконечник позволяет провести линию толщиной 2-5 мм. Нестираемые чернила пишут на любой поверхности. Цвет - черный.</t>
   </si>
   <si>
     <t>250575</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bf9/bf9a40f5e07a2431be296c77eabed25b.jpg</t>
-[...49 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/335/3352045b9cbf7d5b017d45e35faa252c/61ed7df3dcef46cfc163bf08d767f3d0.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-1 1 черный 1-5мм скошенный наконечник штр.  4004764000517</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-1/1 в прочном корпусе из алюминия. Нестираемые перманентные чернила предназначены для маркировки на любых материалах. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Скошенный наконечник маркера позволяет провести линию толщиной от 1 до 5 мм. Страна производства - Германия. Цвет - черный.</t>
   </si>
   <si>
     <t>250580</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/431/4314714c9500406b7fbfc6e2f8999564/8fed51be59e982e1277806f1e57489e4.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-2000C 1 черный 1,5-3мм металл.корп. штр.  4004764878406, 4004764878413</t>
   </si>
   <si>
     <t>Перманентный маркер Edding E-2000C/1 в металлическом корпусе. Нестираемые свето- и водостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Круглый наконечник маркера позволяет провести линию толщиной от 1,5 до 3 мм. Страна производства - Германия. Цвет - черный.</t>
   </si>
   <si>
     <t>250581</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e61/e610859e15b277723be26be1dd99a8fb/1f43b6e844cc7ca5d642f357ccfcefdc.jpg</t>
@@ -2625,134 +2832,134 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fbc/fbc010ccd895c43e5319d380083e2e5d/03ec618c6cfa8a3a7a6644d82c0389f5.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-300 2 красный 1,5-3мм кругл. наконеч. штр.  4004764062867, 4004764390571, 4004764881420</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-300/2 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Круглый наконечник маркера позволяет провести линию толщиной от 1,5 до 3 мм. Страна производства - Германия. Цвет - красный.</t>
   </si>
   <si>
     <t>250585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4fb/4fb0cb097cf536df8905348fce0fc73b/1b7730a306b6a18c7bfbac5eb3772601.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-300 3 синий 1,5-3мм круглый наконечник штр.  4004764062874, 4004764390588, 4004764881444</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-300/3 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Круглый наконечник маркера позволяет провести линию толщиной от 1,5 до 3 мм. Страна производства - Германия. Цвет - синий.</t>
   </si>
   <si>
     <t>250586</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c24/c24e3af9b368c6318ad869e0fced9fd6/dbf16f1d8ce0f1327d602ace7593a56e.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный EDDING E-300 4 зеленый 1,5-3мм круглый наконеч. штр.  4004764062881, 4004764390595</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Edding E-300/4 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Круглый наконечник маркера позволяет провести линию толщиной от 1,5 до 3 мм. Страна производства - Германия. Цвет - синий.</t>
+  </si>
+  <si>
+    <t>250587</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/bf3/bf3a0e7d86831625fb196f6c0c7fb4d0/8a58ad05fc69289ccf57ea6955e80308.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-300 7 корич.1,5-3мм круглый наконечник штр.  4004764789368</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-300/7 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Круглый наконечник маркера позволяет провести линию толщиной от 1,5 до 3 мм. Страна производства - Германия. Цвет - коричневый.</t>
   </si>
   <si>
     <t>250588</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4dc/4dc7de2bc339d47b1f892f48d65331ad/ae2f96c006d5e7198701c84f383ca3e3.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-330 1 черный 1-5мм скошенный наконеч. штр.  4004764062973, 4004764390793, 4004764881581</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-330/1 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Скошенный наконечник маркера позволяет провести линию толщиной от 1 до 5 мм. Страна производства - Германия. Цвет - черный.</t>
   </si>
   <si>
     <t>250589</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/85a/85a40864f500be90501e78433994096c/02302bf78489dd973ab633bcb3fbd206.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c7e/c7ef561567d265ee75c1f1cb9852f6c8/0aaccd8cd3deb0b540b0377d5b5a34b5.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-330 3 синий 1-5мм скошенный наконечник штр.  4004764062997, 4004764306381, 4004764390816, 4004764881628</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-330/3 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Скошенный наконечник маркера позволяет провести линию толщиной от 1 до 5 мм. Страна производства - Германия. Цвет - синий.</t>
   </si>
   <si>
     <t>250591</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/106/10678a3d9cdfeff1dfa5d3b5aa83e48a/6b4258b2eb612ab0d55033f92f341407.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c54/4rrlhp51y4q829eoy3yv66m6ohbxylqz.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-370 1 черный 1мм круглый наконечник штр.  4004764089901</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-370/1 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Круглый наконечник маркера позволяет провести линию толщиной 1 мм. Страна производства - Германия. Цвет - черный.</t>
   </si>
   <si>
     <t>250593</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/798/798ea60fe580be3a9f31c984e2d407d5/9fc163a0a493ffa1ddec3c1f1753e1c8.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-370 3 синий 1мм круглый наконечник штр.  4004764089925, 4004764089963, 4004764881987</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-370/3 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Круглый наконечник маркера позволяет провести линию толщиной 1 мм. Страна производства - Германия. Цвет - синий.</t>
   </si>
   <si>
     <t>250594</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/52b/52b31cde48d958f376deaff53e0e7b28/69b832a07910ade3dc9d24a7275866f4.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный EDDING E-390 1 черный 4-12мм скошенный наконеч. штр.  4004764105618, 4004764105625</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Edding E-390/1 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Скошенный наконечник маркера позволяет провести линию толщиной от 4 до 12 мм. Страна производства - Германия. Цвет - черный.</t>
+  </si>
+  <si>
+    <t>250595</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3ae/3aef245b5e323b3d48f7187ac673206c/8c36648316f5d9c04b10fd2974115852.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-390 3 синий 4-12мм скошенный наконеч. штр.  4004764105670</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-390/3 в прочном пластиком корпусе. Нестираемые светостойкие чернила на спиртовой основе. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Скошенный наконечник маркера позволяет провести линию толщиной от 4 до 12 мм. Страна производства - Германия. Цвет - синий.</t>
   </si>
   <si>
     <t>250596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f86/f86dac5d51e80e9154bda37b57a1d378.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-400 1 черный 1 мм круглый наконечник штр.  4004764315772</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-400/1 в прочном корпусе из пластика. Нестираемые светостойкие перманентные чернила предназначены для тонкой маркировки. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Круглый наконечник маркера позволяет провести линию толщиной 1 мм. Страна производства - Германия. Цвет чернил - черный.</t>
   </si>
   <si>
     <t>250597</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90f/90f71b34f1fb574dc9ed916bdc45d258/53e0433b50b21548eec686db41975cf8.jpg</t>
@@ -2817,62 +3024,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/99b/99bfce4c3d573c64c6f2987aa84b77e3/b6540e73521fcde0c5c5ad9bd7f85bc2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер перманентный Edding E-500 3 синий  толщина линии 2-7 мм </t>
   </si>
   <si>
     <t>Перманентный маркер Edding E-500/3 в алюминиевом корпусе. Нестираемые, водостойкие, светостойкие, быстросохнущие чернила без добавления толуола и ксилола. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Скошенный наконечник маркера обеспечивает толщину линии от 2 до 7 мм. Страна производства - Германия. Цвет - синий.</t>
   </si>
   <si>
     <t>250605</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be2/be259164132b20fd9f8ff41c58f56733/2902a4adbc8d12faca4df7dceb63edb3.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-550 1 черный 3-4мм круглый наконечник штр.  4004764023738</t>
   </si>
   <si>
     <t>Маркер перманентный Edding E-550/1 в прочном корпусе из алюминия. Нестираемые светостойкие перманентные чернила предназначены для маркировки на любых материалах. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Круглый наконечник маркера позволяет провести линию толщиной 3-4 мм. Страна производства - Германия. Цвет чернил - черный.</t>
   </si>
   <si>
     <t>250606</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dff/dffc5b8cd3c64c946e3231fda56ea383.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/241/241841d0590fde2082b1784718466378/2b4b9beada51771b587e9964ab157d44.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-850 1 черный 5-16мм клиновид. наконеч. штр.  4004764054275</t>
   </si>
   <si>
     <t>Перманентный маркер Edding E-850/1 в алюминиевом корпусе. Нестираемые чернила нетоксичны, не содержат вредных веществ, устойчивы к воздействию света и влаги. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Клиновидный наконечник маркера обеспечивает толщину линии от 5 до 16 мм. Страна производства - Германия. Цвет - черный.</t>
   </si>
   <si>
     <t>250608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/087/087df5a1e815c2fcdf4d468da185f074/bbad80a61a2ea47e413c15b289af7ffd.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING ECO E-21 001 черный 1,5-3мм кругл.након. штр.  4004764917785</t>
   </si>
   <si>
     <t>Перманентный маркер Edding Eco E-21/001 в эргономичном пластиковом корпусе минимум на 80&amp;#37; изготовлен из возобновляемого сырья. Быстросохнущие нестираемые чернила на спиртовой основе без добавления толуола и ксилола почти не имеют запаха, устойчивы к истиранию, свету и воде. Идеально подходит для надписей на металле &amp;#40;в том числе и на грязном&amp;#41;, картоне. Может использоваться для таких поверхностей, как дерево &amp;#40;в том числе влажное&amp;#41;, стекло, пластик, керамика, кафель, различные пленки. Наконечник круглой формы обеспечивает толщину линии от 1,5 до 3 мм. Страна производства - Германия. Цвет - черный.&amp;lt;br&amp;gt;Серия Eco - с заботой о природе: экологичность обеспечивается использованием переработанных материалов при производстве и сокращенным расходом чернил &amp;#40;замена маркера происходит редко&amp;#41;.</t>
   </si>
   <si>
     <t>250609</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/da3/da38dcaf9a027ae8a83d7d98f9c4d326/00a4cdb9463018348c1422a8009ea045.jpg</t>
@@ -2889,60 +3084,84 @@
   <si>
     <t>http://anytos.ru//upload/iblock/38a/38a26037d426203bb28585ca41922ad1/757c238b0c5a5fd1f0c72de755a1b9dd.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный KORES красный 1,5-3мм круглый наконечник  20937 штр.  9023800209375</t>
   </si>
   <si>
     <t>Перманентный маркер Kores 20937 подходит для письма на любых поверхностях. Эргономичный корпус изготовлен из пластика. Круглый наконечник обеспечивает толщину линии от 1,5 до 3 мм. Страна производства - Чехия. Нестираемые чернила. Наличие системы Cap Off. Цвет - красный.</t>
   </si>
   <si>
     <t>250613</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be3/be3e083829effffd8d929def39fc73a0/30d0f095633d76e6ffaead8a94357bc3.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный KORES синий 1,5-3мм круглый наконечник  20933 штр.  9023800209337</t>
   </si>
   <si>
     <t>Перманентный маркер Kores 20933 подходит для письма на любых поверхностях. Эргономичный корпус изготовлен из пластика. Круглый наконечник обеспечивает толщину линии от 1,5 до 3 мм. Страна производства - Чехия. Нестираемые чернила. Наличие системы Cap Off. Цвет - синий.</t>
   </si>
   <si>
     <t>250614</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7f9/7f96ba073ae015de119c3b66ef358bb4/7608015103216563112dd68dda3bd759.jpg</t>
-[...8 lines deleted...]
-    <t>250619</t>
+    <t>http://anytos.ru//upload/iblock/1ca/1caa5b6428580c6a77173b8871ef002f/48cc2966c658c558fa714c0d45c7b96b.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный KORES черный 1,5-3мм круглый наконечник  20930 штр.  9023800209306</t>
+  </si>
+  <si>
+    <t>Перманентный маркер Kores 20930 подходит для письма на любых поверхностях. Эргономичный корпус изготовлен из пластика. Круглый наконечник обеспечивает толщину линии от 1,5 до 3 мм. Страна производства - Чехия. Нестираемые чернила. Наличие системы Cap Off. Цвет - черный.</t>
+  </si>
+  <si>
+    <t>250615</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/72c/72c6c487217a717f426659cc3de3b47a/543a4834321be887f760513649abb7fa.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для окон EDDING E-4090 049 4-15мм  декоративный  белый штр.  4004764787975, 4004764787982</t>
+  </si>
+  <si>
+    <t>Маркер Edding для окон заправлен чернилами белого цвета на меловой основе &amp;#40;«жидкий мел»&amp;#41;. Практически не имеет запаха. Подходит для использования в промышленных целях &amp;#40;любые гладкие поверхности&amp;#41;, в школе вместо традиционного мела, в торговле для декорирования витрин, дома для рисования на стекле. Стирается влажной салфеткой. Наконечник клиновидный, толщина линии письма - 8 мм.</t>
+  </si>
+  <si>
+    <t>255429</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/563/5632ce7a21e0bb67338129c0b04d1068/71908698c61f176b4891a2fcdd0d6303.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для текстиля Edding E-4500, ж лтый_005 штр.  4004764014422</t>
+  </si>
+  <si>
+    <t>Маркер для текстиля Edding E-4500 CR предназначен для цветного оформления практически любых химически не обработанных тканей - хлопка, шелка, льна и т.д. Пигментные чернила желтого цвета отличаются светостойкостью, быстро сохнут, практически не пахнут. Маркер по ткани имеет наконечник круглой формы, толщина линии - 2-3 мм. Для фиксации надпись или рисунок необходимо прогладить утюгом &amp;#40;без пара&amp;#41;. После фиксации изделие можно стирать при температуре не выше 60 градусов Цельсия.</t>
+  </si>
+  <si>
+    <t>255432</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4d0/4d0818d535f66a42ba944ff9ebea539a/1e395190950875eff70c287cbbfd25d4.jpg</t>
   </si>
   <si>
     <t>Маркер меловой Edding E-4095 красный</t>
   </si>
   <si>
     <t>Меловый маркер с круглым наконечником.&amp;lt;br /&amp;gt;Жидкий мел на водной основе с нейтральным запахом. Стирается влажной салфеткой практически со всех гладких поверхностей.</t>
   </si>
   <si>
     <t>255440</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94e/94eb681c0667a4be377cb43a338f90e8/34a2918df23512dc02cc1f62d5ecbf5a.jpg</t>
   </si>
   <si>
     <t>Маркер меловой Edding E-4095 черный</t>
   </si>
   <si>
     <t>255442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30d/5d9d7chzpgp6el654wsndtzpug6p3uf3.jpg</t>
   </si>
@@ -3008,219 +3227,82 @@
     <t>335369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73a/73a7ee503c4a770e81dfff7c66693a3b/4a76413b575dea8d8ca22ae5b8fc27f2.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  EDDING E-791 53 золотой 1-2мм 970549</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-791/53 золотой 1-2мм</t>
   </si>
   <si>
     <t>335370</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/613/6134cb3e898e1565a7ca95838ddabfd4/3dbb76ccc4656678404a1a96c83257b9.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  EDDING E-792 1 черный 0,8мм, пласт. корп. 970550</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-792/1 черный 0,8мм, пласт. корп.</t>
   </si>
   <si>
     <t>335371</t>
-  </si>
-[...81 lines deleted...]
-    <t>335380</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c3/8c37a81ecb2420edcd1ccfc1f3b33a26/af8cae9916896d6e3dfc4c5ff5870f2b.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  MunHwa 4 мм белый 970560</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер пеинт &amp;#40;лак&amp;#41; MunHwa 4 мм белый. &lt;br /&gt;
 1. Краска великолепно пишет по любому типу поверхности: бумаге, дереву, пластику, металлу, натуральному и искусственному камню, стеклу. Маркер-краска морозоустойчива, не выгорает на солнце, может писать по горячей &amp;#40;до 130 градусов&amp;#41; или загрязненной, в том числе и маслами, поверхности. &lt;br /&gt;
 2. Благодаря дозированной подаче краски при помощи клапанного пишущего узла исключаются растекания, неровности линии и преждевременное пересыхание. &lt;br /&gt;
 3. Богатая цветовая палитра краски на нитро- основе. &lt;br /&gt;
 Инструкция по применению маркера: &lt;br /&gt;
 1. Перед использованием хорошенько встряхнуть с закрытым колпачком. &lt;br /&gt;
 2. Снимите колпачок, прижмите наконечник к поверхности, надавите и удерживайте пока не проступит краска. &lt;br /&gt;
 3. Применять после того как убедитесь, что вытекает исходный цвет. &lt;br /&gt;
 Предостережения: плотно закрывайте колпачок после применения, держать маркер вдали от огня, прямые солнечные лучи вызывают обесцвечивание. </t>
   </si>
   <si>
     <t>335381</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a38/a385eb294c1d0acd7e563a422c8a8042/f4c8fe4531655cee6a8b1757e2d5c26a.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fd5/fd595b85eaccd5dae267d73a0f30714a/cbf62d4991c813c12b6bc6ae185c0b37.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  MunHwa 4 мм черный 970564</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; MunHwa 4 мм черный</t>
   </si>
   <si>
     <t>335385</t>
-  </si>
-[...16 lines deleted...]
-    <t>335386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97c/97c91f63a4612363d76e65c903c826b7/ebde82d0c8807fd1f36616a0ef0c0ffc.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лаковый  PILOT SC-W-M белый 2-4 мм. 970566</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер пеинт &amp;#40;лаковый&amp;#41; PILOT SC-W-M белый 2-4 мм. &lt;br /&gt;
 Маркер Pilot подходит практически для любой поверхности, цвет чернил — белый с эффектом лака. Толщина линии письма — 2 мм, наконечник круглый. Перед использованием маркер рекомендуется встряхнуть, затем приложить к поверхности и дождаться поступления чернил. &lt;br /&gt;
 Инструкция по применению маркера: &lt;br /&gt;
 1. Перед использованием хорошенько встряхнуть с закрытым колпачком. &lt;br /&gt;
 2. Снимите колпачок, прижмите наконечник к поверхности, надавите и удерживайте пока не проступит краска. &lt;br /&gt;
 3. Применять после того как убедитесь, что вытекает исходный цвет. &lt;br /&gt;
 Предостережения: плотно закрывайте колпачок после применения, держать маркер вдали от огня, прямые солнечные лучи вызывают обесцвечивание. </t>
   </si>
   <si>
     <t>335387</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f73/f73160c05e89046069be5faa47704ad1/d389c1faa047b143c60124ca4ad309c0.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный универсальный ATTACHE зеленый 2-3 мм 970577</t>
   </si>
@@ -3236,62 +3318,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/391/ii7nmzgrfr3pb5mzjsnq39fxar6czkuv.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный универсальный ATTACHE красный 2-3 мм 970578</t>
   </si>
   <si>
     <t>Маркер перманентный универсальный ATTACHE красный 2-3 мм</t>
   </si>
   <si>
     <t>335390</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd7/bd7a4b2eb627e83f151fafc2d9297084/be552c6185745504fd86d2d477757b96.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный универсальный ATTACHE синий 2-3 мм 970579</t>
   </si>
   <si>
     <t>Маркер перманентный универсальный ATTACHE синий 2-3 мм</t>
   </si>
   <si>
     <t>335391</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/18b/18b5caa1746f7783dcc4ecadcb47d370/7d6437749218cbfd621dba6549f0688e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/891/8919778af75404081cbf0b72553bc366/b7f9e4bfd6a21f4f08fb306c838c676d.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Colored 1-5мм желтый 970581</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Colored 1-5мм желтый</t>
   </si>
   <si>
     <t>335393</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/901/90123db45b1ffb3bfa652cb368dac748/3ca5f6525293af2cb4fa390c651e01c1.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Colored 1-5мм зеленый 970582</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Colored 1-5мм зеленый</t>
   </si>
   <si>
     <t>335394</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3be/3be91002634962ce3238c282993d2d6c/ed86f2effee9ae538066f2c293756680.jpg</t>
@@ -3495,62 +3565,50 @@
   <si>
     <t>Маркер меловой розовый, 3мм: CM-10 штр.: 8801006760606</t>
   </si>
   <si>
     <t>337195</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf7/bf76c4401ec4b103b243c5af110fad0b.jpg</t>
   </si>
   <si>
     <t>Маркер меловой синий, 3мм 974906</t>
   </si>
   <si>
     <t>337196</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/991/991182a31bdac42054daf9007bf0f1dc.jpg</t>
   </si>
   <si>
     <t>Маркер меловой черный, 3мм: CM-01 штр.: 8801006760620</t>
   </si>
   <si>
     <t>337197</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f0b/f0bbddc1b65af25973031667b55d95d8.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/769/769ab9289de4f0df72f078f2b7d6f874.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  quot;220  200UF quot; черный, пулевидный, 0,5мм: PER-200UF штр.: 8809102932378</t>
   </si>
   <si>
     <t>Подходит для письма на различных видах&amp;nbsp;&amp;nbsp;поверхностей , включая стекло, керамику и металл.&amp;nbsp;&amp;nbsp;Чернила перманентных маркеров&amp;nbsp;&amp;nbsp;быстро высыхают на поверхности, термостойкие, не имеют запаха. Эргономичная форма корпуса с ультратонким наконечником&amp;nbsp;&amp;nbsp;в металлической обойме.</t>
   </si>
   <si>
     <t>337201</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aa3/aa340adc57a3d6f1381be0641e9e2ef0.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  quot;2836 quot; черный, пулевидный, 2мм: 6 2836 0012 штр.: 8595013600559</t>
   </si>
   <si>
     <t>Перманентный&amp;nbsp;&amp;nbsp;маркер на спиртовой основе. Цвет чернил – черный. Подходит для письма на любых поверхностях. Благодаря спиртовой основе, чернила после нанесения быстро высыхают и не стираются. Ширина линии 2 мм., пишущий узел – пулевидный.</t>
   </si>
   <si>
     <t>337203</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/24e/24eda3ed03cf382cd2df08afbe81d406.jpg</t>
@@ -3597,116 +3655,71 @@
   <si>
     <t>Маркер перманентный синий, пулевидный, 1,5мм: FPM-02 штр.: 8801006273403</t>
   </si>
   <si>
     <t>337209</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c76/c766c8aac5f6a6adf5a89d07a4331185.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный черный, пулевидный, 1,5мм: FPM-01 штр.: 8801006273397</t>
   </si>
   <si>
     <t>337210</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea0/ea0246383c9e01f8e6108643dca5b78c.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный зеленый, пулевидный, 1,5мм FPM-04</t>
   </si>
   <si>
     <t>338144</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bed/bed95fdb9e75043d7ecfc0ea6eddf017/0fa2f38917cec4006e009266bbff7378.jpg</t>
-[...5 lines deleted...]
-    <t>338854</t>
+    <t>http://anytos.ru//upload/iblock/8c8/8c8bae7c2e41888cf62a3af272fb8773/ad1ab482027adeda809b2cc45e8b2e9c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер меловой UNI PWE-5M, флуоресцентно-зел ный 1.8-2.5 мм. 719206 штр.: 4902778140048</t>
+  </si>
+  <si>
+    <t>338857</t>
   </si>
   <si>
     <t>&lt;a href="/brands/uni/"&gt;Uni&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/478/478e0f306c629aac3399dc48db580388.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ced/ced85973b1461f8e81b7ead68e7465d4/eb6b9d622a6a9db18d640828d7329686.jpg</t>
   </si>
   <si>
     <t>Маркер меловой UNI PWE-5M, флуоресцентно-розовый, 1.8-2.5 мм. 719207 штр.: 4902778140055</t>
   </si>
   <si>
     <t>338858</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a72/a7247c55306ad5c9c68203ca668b70fd/9be111aa227641673d1f1d26e91b3d6b.jpg</t>
-[...25 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/eda/edace4224c7b417ec5598671a009ea84.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  quot;200F quot; зеленый, пулевидный, 0,7мм  PER-200F</t>
   </si>
   <si>
     <t>Перманентный маркер на спиртовой основе без ксилола. Пишет на бумаге, стекле, дереве, металле, пластике и других поверхностях</t>
   </si>
   <si>
     <t>338884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f09/f094c76b7595cc1a02bcc43a0205edba.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  quot;200F quot; красный, пулевидный, 0,7мм PER-200F</t>
   </si>
   <si>
     <t>Подходит для письма на любых поверхностях. Чернила на спиртовой основе. Плотный колпачок с клипом надежно предотвращает высыхание. Цвет колпачка соответствует цвету чернил. Пулевидный пишущий узел. Ширина линии 0,7 мм.</t>
   </si>
   <si>
     <t>338897</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/20d/20dd3da3105da6a01318501a6b069bdc.jpg</t>
@@ -4218,83 +4231,92 @@
   <si>
     <t>359688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8d3/8d3f5555bbbe3966b0fba6fcac792209.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный OfficeSpace  quot;Contact quot; красный, пулевидный, без клипа, 3мм. 269075</t>
   </si>
   <si>
     <t>Подходит для письма на любых поверхностях. Чернила на спиртовой основе. Плотный колпачок без клипа надежно предотвращает высыхание. Цвет колпачка соответствует цвету чернил. Пулевидный пишущий узел. Ширина линии 3 мм.</t>
   </si>
   <si>
     <t>366071</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d7/jko172if63urmc0xfe7zogaj9ew37yxc.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный OfficeSpace  quot;Contact quot; синий, пулевидный, без клипа, 3мм. 269074</t>
   </si>
   <si>
     <t>366072</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2cc/2cc63c4ae66da018325f3ecc8113c876.jpg</t>
-[...2 lines deleted...]
-    <t>Маркер перманентный OfficeSpace, красный, тонкий металл. наконечник, 0,5мм. 270907</t>
+    <t>http://anytos.ru//upload/iblock/34d/34d18a4770b49db13cf48cd94fe98e4b.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный OfficeSpace, синий, тонкий металл. наконечник, 0,5мм. 270906</t>
   </si>
   <si>
     <t>Подходит для письма на любых поверхностях. Чернила на спиртовой основе. Плотный колпачок надежно предотвращает высыхание. Цвет колпачка соответствует цвету чернил. Металлический игольчатый пишущий узел обеспечивает тонкую ширину линии 0,5 мм. Подходит для письма на CD/DVD дисках.</t>
   </si>
   <si>
-    <t>366658</t>
-[...7 lines deleted...]
-  <si>
     <t>366659</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/930/9302d70a1edee15588fa186130c56241.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для белых досок на магните Berlingo, красный, пулевидный, 2мм. PM7212</t>
+  </si>
+  <si>
+    <t>Предназначен для письма на досках с магнитно-маркерной поверхностью. Чернила на спиртовой основе легко стираются сухой губкой для досок. Закругленный пишущий узел. Ширина линии – 2 мм. Длина непрерывной линии – 450 м. Колпачок с магнитом.</t>
+  </si>
+  <si>
+    <t>367304</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d91/d91ee464cf3be46a52b58359bc2269bf.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок на магните Berlingo, синий, пулевидный, 2мм. PM7213</t>
   </si>
   <si>
-    <t>Предназначен для письма на досках с магнитно-маркерной поверхностью. Чернила на спиртовой основе легко стираются сухой губкой для досок. Закругленный пишущий узел. Ширина линии – 2 мм. Длина непрерывной линии – 450 м. Колпачок с магнитом.</t>
-[...1 lines deleted...]
-  <si>
     <t>367305</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c3e/c3e4102335fa236cd4b6186130731712.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для белых досок на магните Berlingo, черный, пулевидный, 2мм. PM7214</t>
+  </si>
+  <si>
+    <t>367306</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8d4/8d49e47bba035a82d4722f1c3535a276.jpg</t>
   </si>
   <si>
     <t>Маркер-краска Berlingo, 2мм, красная, нитро-основа. BMk_02203</t>
   </si>
   <si>
     <t>Закруглённый пишущий узел. Ширина линии - 2 мм. Длина непрерывной линии - 300 м. Используется для работы на металлических, деревянных, стеклянных и пластиковых поверхностях. Упакованы в картонный мини-дисплей по 12 штук.</t>
   </si>
   <si>
     <t>369881</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/249/249c68f5d0c923c5e67a29649b4581be.jpg</t>
   </si>
   <si>
     <t>Маркер-краска Berlingo, 2мм, синяя, нитро-основа. BMk_02202</t>
   </si>
   <si>
     <t>369882</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fc3/fc336415437dfc15a9da373b3fe3016c/a8fa7fdd88cabb7942c77b734dafd8bc.jpg</t>
   </si>
   <si>
     <t>Маркер для CD Attache двусторонний черный 0,5 1,2 мм</t>
@@ -4356,86 +4378,113 @@
   <si>
     <t>376292</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/957/957ae367b36aafc2b44100b62a758a69/6b605132abd3ccbff8c629e442b90271.jpg</t>
   </si>
   <si>
     <t>Маркер для досок KORES ч рный 3-5 мм скошенный наконечник ?20850</t>
   </si>
   <si>
     <t>Маркер для досок KORES чёрный 3-5 мм скошенный наконечник ?20850</t>
   </si>
   <si>
     <t>376294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/511/5117846fca496cecc59fe4960088adeb/a5e7628a0f25db3ab6fbf03832c3aae4.jpg</t>
   </si>
   <si>
     <t>Маркер для досок красный 1-3мм</t>
   </si>
   <si>
     <t>376302</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fe8/fe86f124d0f1a24c2c66a76764ccc39b/41425d4cbcb388b7f8107677b94ef6b1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d8b/d8b3b37b8d3cb2a61bac58cb0d90a920/64115c88fafc9058c5b012d6293907cd.jpg</t>
   </si>
   <si>
     <t>Набор маркеров для досок KORES 3мм 10шт уп 20800</t>
   </si>
   <si>
     <t>Набор маркеров для досок KORES 3мм 10шт/уп 20800</t>
   </si>
   <si>
     <t>376304</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f13/f13c449d2b8aa0335d1ee274313e59f6/4e3835904217607e7ddacfa68c22d80c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для стеклянных досок EDDING E-90 049 белый 2-3 мм круг. наконечник</t>
+  </si>
+  <si>
+    <t>Маркер для стеклянных досок EDDING E-90/049 белый 2-3 мм круг. наконечник</t>
+  </si>
+  <si>
+    <t>376310</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d72/d7228e38b458d8217e4b1669bff69193/776f0dd2cc6a5ccd02c8e33b7ef5847b.jpg</t>
   </si>
   <si>
     <t>Маркер по бума  для флипчартов  EDDING E-388 001 ч рный 4-12 мм</t>
   </si>
   <si>
     <t>Маркер по бума &amp;#40;для флипчартов&amp;#41; EDDING E-388/001 чёрный 4-12 мм</t>
   </si>
   <si>
     <t>376313</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0e8/0e87fee43856408c4ab61dafbbd4cbbb/51755fb8c1be9ef1c0c9c324ee68acdd.jpg</t>
+  </si>
+  <si>
+    <t>Маркер по бума  для флипчартов  EDDING E-388 002 красный 4-12 мм</t>
+  </si>
+  <si>
+    <t>Маркер по бума &amp;#40;для флипчартов&amp;#41; EDDING E-388/002 красный 4-12 мм</t>
+  </si>
+  <si>
+    <t>376314</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a93/a93c8a30a84bc768e98ba2123185bc52/0192bb212faed1f61df8f2769449dbb6.jpg</t>
+  </si>
+  <si>
+    <t>Маркер по бума  для флипчартов  EDDING E-388 003 синий 4-12 мм</t>
+  </si>
+  <si>
+    <t>Маркер по бума &amp;#40;для флипчартов&amp;#41; EDDING E-388/003 синий 4-12 мм</t>
+  </si>
+  <si>
+    <t>376315</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/676/6764a0ba7c4f7ccac489fa35a83738c5/f58a0a7e5a2957af6909749a47578a8e.jpg</t>
   </si>
   <si>
     <t>Маркер по бума  для флипчартов  EDDING E-388 004 зел ный 4-12 мм</t>
   </si>
   <si>
     <t>Маркер по бума &amp;#40;для флипчартов&amp;#41; EDDING E-388/004 зелёный 4-12 мм</t>
   </si>
   <si>
     <t>376316</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/108/108866005be9bf8b47d20b7220b1ae4c/7c888f0989323aece6475fb6d65b00b7.jpg</t>
   </si>
   <si>
     <t>Маркер по бума  для флипчартов  KORES XF1 зеленый 21305</t>
   </si>
   <si>
     <t>Маркер по бума &amp;#40;для флипчартов&amp;#41; KORES XF1 зеленый 21305</t>
   </si>
   <si>
     <t>376317</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f46/f46856d557ba8961082aa5908b4ffc15/874a3e617ba328d659674df8a6951554.jpg</t>
@@ -4530,89 +4579,71 @@
   <si>
     <t>Маркер перманентный ATTACHE синий 1 мм.</t>
   </si>
   <si>
     <t>376329</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32b/32b8580c9955568b19776d51439239a5/be683c28465d8b85146f57b5a5da0867.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE синий 1,5-3 мм скошенный наконечник</t>
   </si>
   <si>
     <t>376330</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9bd/9bd42cd7d4e9d7f49cf1911d4041eba2/f21a4e2a3b9344113a72fcee7355ec0b.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE синий 3-10мм</t>
   </si>
   <si>
     <t>376331</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/427/42741d7a96db9081a6fb569ee2aaa1a2/4acb756c80334b3fc6b30975653ab1e1.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/26a/82iai0u4fmw0u3wnh4sskn4b2agsqscs.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE ч рный 3-10мм</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE чёрный 3-10мм</t>
   </si>
   <si>
     <t>376334</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/969/9699de5a6bb6d5f25e09ce98db8b3622/95cceb0d223670659c7ba131355d6d77.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный KORES зеленый 3-5 мм скошенный наконечник 20955</t>
   </si>
   <si>
     <t>376337</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7bd/7bd45254501e4a0f7266265b02c81783/0be6327229e4d7ee626d80349de9d5df.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/650/6503ec5a2dc1a6e071f1064c00c930f1/1d27adc275801d9c9a75c8319f038216.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный KORES набор 10 цв. 3-5 мм круглый наконечник ?20900</t>
   </si>
   <si>
     <t>376339</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/07c/ub0p7762a6l6y75eq3x7kv61p2tx3rhd.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный KORES набор 4 цв. 3-5 мм скошенный наконечник 20945</t>
   </si>
   <si>
     <t>376340</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/537/537283843f6efb0c3745780381247a16/92c7cdecdc24fba37fa38142de72332c.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный KORES синий 3-5 мм скошенный наконечник ?20953</t>
   </si>
   <si>
     <t>376341</t>
@@ -4638,50 +4669,62 @@
   <si>
     <t>376343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6fe/6fe78f89c9f8d7afaac1d393c9d91cbd/0be05c392d3f045b6a489b603036cdd6.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный PILOT SCA-400-B черный 1-4мм скошенный наконечник</t>
   </si>
   <si>
     <t>376344</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13a/13a86fad62638de5df445c52095b99c2/b6bcf4aa24af5bccb94ee8c3a0b328d6.jpg</t>
   </si>
   <si>
     <t>Маркер пигментный EDDING E-30 001 черный 1,5-3 мм круг. наконечник</t>
   </si>
   <si>
     <t>Маркер пигментный EDDING E-30/001 черный 1,5-3 мм круг. наконечник</t>
   </si>
   <si>
     <t>376351</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/965/96530d82902b78e968d59d6678808681/663975391798e9c8c4351cc599ca8604.jpg</t>
+  </si>
+  <si>
+    <t>Маркер пигментный EDDING E-30 008 фиолетовый 1,5-3 мм круг. наконечник</t>
+  </si>
+  <si>
+    <t>Маркер пигментный EDDING E-30/008 фиолетовый 1,5-3 мм круг. наконечник</t>
+  </si>
+  <si>
+    <t>376358</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a94/a94c61ce449f25bacfe80706ed8d97a4/cb78bdd2028b1bb69bc72b7c1b7b9c1e.jpg</t>
   </si>
   <si>
     <t>Набор перманентных маркеров ATTACHE 1,5-3мм. набор 4цв скошенный наконечник</t>
   </si>
   <si>
     <t>376367</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f77/f7745ebcba1ee4ff6060e5aa21148dac/945276d7ad5a4be886660bdf6ce54437.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор перманентных маркеров Attache  син., зел., красн., черн. </t>
   </si>
   <si>
     <t>Набор перманентных маркеров Attache &amp;#40;син., зел., красн., черн.&amp;#41;</t>
   </si>
   <si>
     <t>376368</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2aa/2aa9099617334c458ed87e1cfcc99d2d/a32d29b140b1d1921da30f507c741324.jpg</t>
   </si>
   <si>
     <t>Маркер лабораторный EDDING E-8014 черный 1 мм перманент</t>
@@ -4707,62 +4750,50 @@
   <si>
     <t>379721</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b46/b46d32c95993d70b030ead28972a509c/f1c6b3ae7c51b8ade180392d58f41e91.jpg</t>
   </si>
   <si>
     <t>Маркер Для кабеля EDDING E-8407 S 0,3мм 4 цв.</t>
   </si>
   <si>
     <t>Маркер Для кабеля EDDING E-8407/S 0,3мм 4 цв.</t>
   </si>
   <si>
     <t>379724</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/296/2966c7438ddb944ff32bbf9531022b65/ff15130e609a144a105e22da707fbc20.jpg</t>
   </si>
   <si>
     <t>Маркер Для труднодоступных мест EDDING E-8850 0,7-1мм, черный</t>
   </si>
   <si>
     <t>379725</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/707/70750a557d2636edd04d9fc8692eb766/243bc9c64dcd3356818e86fc2bf9a1ea.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0ed/0edc166582b046e42cabbbe5f883e900/b35ce4700bcfac621a7258afe1221f06.jpg</t>
   </si>
   <si>
     <t>Маркер аэрокосмический EDDING E-8404, 0.75мм</t>
   </si>
   <si>
     <t>379728</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/596/596a4ecea6a0415532c9ab369f63b11b.jpg</t>
   </si>
   <si>
     <t>Маркер для агрессивной среды EDDING E-8300 1 ч рный 1,5-3мм</t>
   </si>
   <si>
     <t>Маркер для агрессивной среды EDDING E-8300/1 чёрный 1,5-3мм</t>
   </si>
   <si>
     <t>379729</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/97a/97ac86f7994edfeea3ea500dc0628cd9/dd1c88a39350735d1e7bc1a68bafbfbb.jpg</t>
   </si>
   <si>
     <t>Маркер для агрессивной среды EDDING E-8300 2 красный 1,5-3мм</t>
@@ -4941,74 +4972,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ccd/ccdf0d9e9a41ec42cbbe1fae7e5af7e7/81a9e98c559b8aa11e2d2ebfc84f5e45.jpg</t>
   </si>
   <si>
     <t>Маркер для глянц.поверх. EDDING E-151 1 F черный 0,6мм стираемый</t>
   </si>
   <si>
     <t>Маркер для глянц.поверх. EDDING E-151/1 F черный 0,6мм стираемый</t>
   </si>
   <si>
     <t>379745</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42d/42d1016a9623fd73601f5b433e35b3ea/702de2109c0ea9c3f770fe461a3dbbb8.jpg</t>
   </si>
   <si>
     <t>Маркер для глянц.поверх. EDDING E-151 4S 4шт уп 0,6мм стрираемый</t>
   </si>
   <si>
     <t>Маркер для глянц.поверх. EDDING E-151/4S 4шт/уп 0,6мм стрираемый</t>
   </si>
   <si>
     <t>379746</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/757/757c76139ccbf1911352f005b7b76d79.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для мебели EDDING E-8900 black черный</t>
+  </si>
+  <si>
+    <t>Маркер для мебели EDDING E-8900 black/черный</t>
+  </si>
+  <si>
+    <t>379751</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/453/4536eb3c853a65269a12b74da8a2256a.jpg</t>
   </si>
   <si>
     <t>Маркер для наружных работ EDDING E-8055 1 черный 1-2мм, мет. корп.</t>
   </si>
   <si>
     <t>Маркер для наружных работ EDDING E-8055/1 черный 1-2мм, мет. корп.</t>
   </si>
   <si>
     <t>379753</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19a/19adb40752134c4fba374bdbe2076fa0/2910fc585b792c757543eaa21dbdb1e7.jpg</t>
   </si>
   <si>
     <t>Маркер для наружных работ EDDING E-8055 49 белый 1-2мм, мет. корп.</t>
   </si>
   <si>
     <t>Маркер для наружных работ EDDING E-8055/49 белый 1-2мм, мет. корп.</t>
   </si>
   <si>
     <t>379754</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/83b/xpa3z26rn8i8dk2zgxev29px1xndjo55.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для паркета и ламината EDDING E-8902 oak дуб</t>
+  </si>
+  <si>
+    <t>Маркер для паркета и ламината EDDING E-8902 oak/дуб</t>
+  </si>
+  <si>
+    <t>379755</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c36/c3690f61fd4396164aa56c920c904990/920a111dab98ffeac3e47af1ed930f03.jpg</t>
   </si>
   <si>
     <t>Маркер для промышленной графики EDDING E-8750 1 черный 2-4мм</t>
   </si>
   <si>
     <t>Промышленный лаковый маркер для промышленной, индустриальной графики, с пулевидным наконечником повышенной устойчивости к истиранию. Маркер универсален для нанесения маркировки и надписей в сложных, агрессивных промышленных условиях. Хорошо подходит для письма на грязных, жирных поверхностях. Выдерживает воздействие кислотами, растворителями, механическому воздействию. Стойкие чернила, ложатся густым плотным слоем с лаковым эффектом на гладкие и пористые поверхности. Надписи хорошо видно издалека на темных поверхностях. Специально разработанный состав маркера Edding 8750 растворяют масляную пленку на поверхности письма. Температурный режим краски маркера 300 °C. Максимальная температура поверхности при написании маркером не более 100 градусов по Цельсию. Толщина линии 2-4 мм. Размеры маркера: диаметр 15 мм, длина 141 мм. Инструкция по применению маркера: 1. Перед использованием хорошенько встряхнуть с закрытым колпачком. 2. Снимите колпачок, прижмите наконечник к поверхности, надавите и удерживайте пока не проступит краска. 3. Применять после того как убедитесь, что вытекает исходный цвет. Предостережение: плотно закрывайте колпачок после применения, держать маркер вдали от огня и прямых солнечных лучей.</t>
   </si>
   <si>
     <t>379757</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/879/8790d3345e3c28d67968a1bf45684dbc/7d95787ca2488cc0dd2e636690dfdd99.jpg</t>
   </si>
   <si>
     <t>Маркер для промышленной графики EDDING E-8750 2 красный 2-4мм</t>
   </si>
   <si>
     <t>Маркер для промышленной графики EDDING E-8750/2 красный 2-4мм</t>
   </si>
   <si>
     <t>379758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/316/316657241859235aecda99ff07680408/bce07139ed58aa34b7860260194f66d9.jpg</t>
@@ -5496,50 +5551,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e22/e220216f2485628cba54bbac3074f948/caea8deaf1369cf80346e40d9559290c.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  EDDING E-780 53 золото 0,8мм</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-780/53 золото 0,8мм</t>
   </si>
   <si>
     <t>379806</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/957/957dcc09c09fac579b8e76dc6d0fed7c/764b41dc3cda436fa106ecb608865164.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  EDDING E-780 54 серебр. 0,8мм</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-780/54 серебр. 0,8мм</t>
   </si>
   <si>
     <t>379807</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ef5/ef57ce4289cd4e8310fe3755a13fa636/cfa79e21e07381f89949c261d3e7ad04.jpg</t>
+  </si>
+  <si>
+    <t>Маркер пеинт  лак  EDDING E-790 1 черный 2-3мм</t>
+  </si>
+  <si>
+    <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-790/1 черный 2-3мм</t>
+  </si>
+  <si>
+    <t>379808</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6ad/6ad79152a41685b8270264ddb681aeac/473098441c924e9016eb94bebc7e3520.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  EDDING E-790 2 красный 2-3мм</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-790/2 красный 2-3мм</t>
   </si>
   <si>
     <t>379809</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/217/21785afd877a6c5996f38a902e7dd6e9/76f13e04ea63d41458ce29be646fc576.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  EDDING E-790 3 синий 2-3мм, пласт. корп.</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-790/3 синий 2-3мм, пласт. корп.</t>
   </si>
   <si>
     <t>379810</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/34d/34dd84eb2642f8b4ed1065baf11c5926/6ff314d6b522644e7aa70eae892fa879.jpg</t>
@@ -5616,62 +5683,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/36d/36d6e7a14f555e14cd19b454efc66d65/48ce539782caf54f92c857e11a3a7e0a.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  EDDING E-792 49 белый 0,8мм, пласт. корп.</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-792/49 белый 0,8мм, пласт. корп.</t>
   </si>
   <si>
     <t>379819</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/122/1222fbf8d258ea66f9f392fc606f062b/022a8edd3dc49b9fe95e173ea46939a9.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  EDDING E-792 54 серебряный 0,8мм, пласт. корп.</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-792/54 серебряный 0,8мм, пласт. корп.</t>
   </si>
   <si>
     <t>379820</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cdd/cdd4a7c7d52c6c594c08b886399b7992/04cca8356fbea3b5833a7e24d3ddb149.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7b3/7b3b084a5a29e030c1a74617ba849247/7e3679bec277f2a117c30149b852f043.jpg</t>
   </si>
   <si>
     <t>Маркер по ткани EDDING E-4500 1 ч рный, 2-3мм.,</t>
   </si>
   <si>
     <t>Маркер по ткани EDDING E-4500/1 чёрный, 2-3мм.,</t>
   </si>
   <si>
     <t>379827</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf9/cf961c98d7b68a3746f1d5889ddb7542/3aab035fcbf87e515127347756d2cfbe.jpg</t>
   </si>
   <si>
     <t>Маркер по ткани EDDING E-4600 1 черный 1мм</t>
   </si>
   <si>
     <t>Маркер по ткани EDDING E-4600/1 черный 1мм</t>
   </si>
   <si>
     <t>379828</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e50/e50963e1593ec3b8c98a06660a09937b/b19bfbff56148f5644a77bc5f81d5bda.jpg</t>
@@ -5685,78 +5740,57 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8a2/8a2f06d0ce692043f0f4158c3492daac/868d4255ad0086ea96e89176fd8a358c.jpg</t>
   </si>
   <si>
     <t>Маркер меловой Edding E-4095 chalk marker белый_049</t>
   </si>
   <si>
     <t>384406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bc6/bc6e68f84363edc52dc0d6dc78f5f699/cd3d1fc1a0f5b4f68cf4f56aeef8feb7.jpg</t>
   </si>
   <si>
     <t>Маркер меловой Edding E-4095 chalk marker ж лтый</t>
   </si>
   <si>
     <t>Маркер меловой Edding E-4095 chalk marker жёлтый</t>
   </si>
   <si>
     <t>384407</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0f5/0f5e22583b4b77d345509caea275a7ff/03b64a61e69864cb6d4058b29a2656fa.jpg</t>
-[...26 lines deleted...]
-    <t>390159</t>
+    <t>http://anytos.ru//upload/iblock/669/669ca8eb541e2ed0a3701a33cf9fa462/8ff399c192d83cd0a076eb9ccd14e95e.jpg</t>
+  </si>
+  <si>
+    <t>Маркер меловой UNI PWE-5M, белый, 1.8-2.5 мм.</t>
+  </si>
+  <si>
+    <t>384410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4de/phqz3yvdmsu0l1zhmog7ki4ggxv0d780.jpg</t>
   </si>
   <si>
     <t>Маркер для CD и DVD BRAUBERG, ЧЕРНЫЙ, супертонкий металлический наконечник, 0,5 мм, 150512</t>
   </si>
   <si>
     <t>Перманентный маркер BRAUBERG предназначен для нанесения надписей на CD и DVD. Не повреждает информацию, хранящуюся на дисках. Маркер черного цвета обладает круглой формой корпуса из пластика, диаметр которого 10 мм. Толщина линии письма составляет 0,5 мм. Супертонкий металлический наконечник позволяет наносить мелкий текст. Благодаря меньшему размеру он экономно расходует чернила и позволяет нанести больше информации на поверхность CD или DVD диска. Водостойкие чернила на спиртовой основе быстро сохнут и обладают повышенной светостойкостью.</t>
   </si>
   <si>
     <t>390163</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8e/fcos9arto4r9mc3bi2dgqhh2yf9q11up.jpg</t>
   </si>
   <si>
     <t>Маркер для CD и DVD BRAUBERG, ЧЕРНЫЙ, тонкий наконечник, 1 мм, 150418</t>
   </si>
   <si>
     <t>Перманентный маркер BRAUBERG предназначен для нанесения надписей на CD и DVD. Не повреждает информацию, хранящуюся на дисках. Маркер черного цвета обладает круглым пластиковым корпусом диаметром 10 мм. Толщина линии письма составляет 1 мм. Супертонкий наконечник позволяет наносить мелкий текст. Благодаря меньшему размеру он экономно расходует чернила и позволяет нанести больше информации на поверхность CD или DVD диска. Водостойкие чернила на спиртовой основе быстро сохнут и обладают повышенной светостойкостью.</t>
   </si>
@@ -5937,120 +5971,108 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ef9/6ucwzjc2kxmfunavtp3y1ei1i1oy7ur3.jpg</t>
   </si>
   <si>
     <t>Маркер для промышленной маркировки CENTROPEN MARKSMASTER, ЧЕРНЫЙ, 1,5 мм, 8599 1Ч</t>
   </si>
   <si>
     <t>Маркер перманентный универсальный с чернилами высокой стойкости на спиртовой основе. Пишет на большинстве поверхностей, чернила устойчивы к воде, стиранию, атмосферным воздействиям, светостойкие.</t>
   </si>
   <si>
     <t>390208</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/214/0tddoxetj1qvvb3di4t419bd1k2ev3jk.jpg</t>
   </si>
   <si>
     <t>Маркер для промышленной маркировки CENTROPEN, БЕЛЫЙ, 2,5 мм, круглый наконечник, 8586 Б</t>
   </si>
   <si>
     <t>Белый перманентный маркер для надписей на различных поверхностях: коже, древесине, резине, пластмассе, стекле, металле. Чернила на водной основе, свето- и водостойкие, термостойкие, нестираемые.</t>
   </si>
   <si>
     <t>390209</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c4e/3kz8uwkxpk0gfdve524233pjedv1j4lo.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/14c/k315sqo4m83rf9yr3yhzez4g7uqia6j5.jpg</t>
   </si>
   <si>
     <t>Маркер для промышленной маркировки STAFF ПМ-100 твердый, БЕЛЫЙ, -20 до  40С, 150813</t>
   </si>
   <si>
     <t>Маркер для промышленной маркировки STAFF ПМ-100 на полимерной основе предназначен для любых типов поверхности: металл, дерево, бетон, пластик, стекло, керамика, резина; пишет по сухим, влажным, масляным, грязным, ржавым, грубым или гладким поверхностям. Корпус маркера белого цвета выполнен из бумаги и имеет диаметр 18 мм. Благодаря специальной формуле твердая краска-маркер быстро формирует оксидную пленку и становится устойчивой к агрессивным атмосферным воздействиям. Не окисляется, его пишущие характеристики не меняются по мере использования. Водостойкие чернила быстро сохнут, обладают антикоррозионными свойствами. Диапазон рабочих температур: от -20 ° C до &amp;#43;40 ° C. Маркер не содержит свинец, не токсичен. Наконечник круглой формы создает линию письма толщиной от 5 до 18 мм.</t>
   </si>
   <si>
     <t>390212</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ae/va4j9u2q6u3wrte605olqkh4uka4jhga.jpg</t>
   </si>
   <si>
     <t>Маркер для промышленной маркировки STAFF ПМ-100 твердый, ЧЕРНЫЙ, -20 до  40С, 150815</t>
   </si>
   <si>
     <t>Маркер для промышленной маркировки STAFF ПМ-100 на полимерной основе предназначен для любых типов поверхности: металл, дерево, бетон, пластик, стекло, керамика, резина; пишет по сухим, влажным, масляным, грязным, ржавым, грубым или гладким поверхностям. Корпус маркера черного цвета выполнен из бумаги и имеет диаметр 18 мм. Благодаря специальной формуле твердая краска-маркер быстро формирует оксидную пленку и становится устойчивой к агрессивным атмосферным воздействиям. Не окисляется, его пишущие характеристики не меняются по мере использования. Водостойкие чернила быстро сохнут, обладают антикоррозионными свойствами. Диапазон рабочих температур: от -20 ° C до &amp;#43;40 ° C. Маркер не содержит свинец, не токсичен. Наконечник круглой формы создает линию письма толщиной от 5 до 18 мм.</t>
   </si>
   <si>
     <t>390214</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e71/bjwblsupq3wm50lr4o2vep1hnz4cc93v.jpg</t>
   </si>
   <si>
     <t>Маркер для рентгеновских пленок EDDING  quot;8010 quot;, БЕЛЫЙ, 0,8 мм, круглый наконечник, на лаковой основе, E-8010 49</t>
   </si>
   <si>
     <t>Применяется для нанесения надписей на рентгеновские пленки, фотопленки. Также пригоден для нанесения маркировки на другие поверхности: полимерные пленки, пластик, стекло. Чернила - водо- и светостойкие, на лаковой основе, практически без запаха.</t>
   </si>
   <si>
     <t>390215</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/be0/ik6jyt7xm511oi1rj2kf9kp0ag1df1s5.jpg</t>
   </si>
   <si>
     <t>Маркер для ткани EDDING  quot;8040 quot;, ЧЕРНЫЙ, 1 мм, устойчивый к стирке и кипячению, E-8040 1</t>
   </si>
   <si>
     <t>Предназначен для нанесения надписей на любые текстильные &amp;#40;натуральные и синтетические&amp;#41; материалы: хлопок, шелк, лен и прочие. Чернила маркера - светостойкие, с нейтральным запахом, устойчивы к кипячению и многократным стиркам.</t>
   </si>
   <si>
     <t>390216</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2a8/vy1ncrjpzou61tpb2vqggzybjaj6v3yv.jpg</t>
-[...8 lines deleted...]
-    <t>390218</t>
+    <t>http://anytos.ru//upload/iblock/0b2/2tend4f87wwgy7ht5yal0d0get1igo5o.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для флипчарта CENTROPEN, НЕПРОПИТЫВАЮЩИЙ, ЧЕРНЫЙ, круглый наконечник, 2,5 мм, 8550 1Ч</t>
+  </si>
+  <si>
+    <t>Маркер предназначен для письма на бумажной доске или бумаге. Чернила без запаха имеют водную основу, на бумаге не расплываются и не просачиваются сквозь неё. Открытый маркер не высыхает в течение одной недели.</t>
+  </si>
+  <si>
+    <t>390220</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e60/uqoxjflehp2s39f7qtpxylzglvy00wxo.jpg</t>
   </si>
   <si>
     <t>Маркер для шин и резины EDDING  quot;8050 quot;, 2-4 мм, БЕЛЫЙ, круглый наконечник, E-8050 49</t>
   </si>
   <si>
     <t>Маркер предназначен для нанесения устойчивой маркировки практически на любые изделия из резины. Чернила - эластичные, светостойкие, с нейтральным запахом, быстро сохнут. Нанесенная надпись не осыпается при постоянных механических нагрузках.</t>
   </si>
   <si>
     <t>390224</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e7/vochdh9wki9l0qbjlj2oz9xbzjua3ci0.jpg</t>
   </si>
   <si>
     <t>Маркер для шин и резины STAFF ПМ-100 Ш твердый, БЕЛЫЙ, 150818</t>
   </si>
   <si>
     <t>Маркер STAFF ПМ-100/Ш предназначен для маркировки шин и резины. Также может применяться для маркировки металла и бетона. Маркер белого цвета легко наносится, не скользит, быстро сохнет. Работает по сухим, влажным, масляным, грязным, ржавым, грубым или гладким поверхностям. С его специальной формулой твердая краска-маркер быстро формирует оксидную пленку и становится устойчивой к агрессивным атмосферным воздействиям. Диапазон рабочих температур: от -20 ° C до &amp;#43;60 °. Не подвержен выцветанию, не окисляется.Маркер не содержит свинец, не токсичен.</t>
   </si>
   <si>
     <t>390225</t>
   </si>
@@ -6222,143 +6244,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/60e/2k145kyzbgw3bulqujm5elx28cgnsl3l.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  BRAUBERG  quot;CLASSICLine quot;, СИНИЙ, корпус тонкий, наконечник 1 мм, 150297</t>
   </si>
   <si>
     <t>Надежный маркер BRAUBERG &amp;quot;CLASSICLine&amp;quot; отлично подходит для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолета, низких и высоких температур. Цвет корпуса маркера соответствует цвету чернил. Фетровый наконечник обладает повышенной износостойкостью и обеспечивает экономный расход чернил. Отличается продленной линией письма. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Благодаря толщине линии письма 1 мм можно создавать тонкие, аккуратные линни. Спиртовая основа быстросохнущих чернил. Круглая форма корпуса из пластика, диаметр которого 9 мм.</t>
   </si>
   <si>
     <t>390251</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/278/xxx4g2khrg3bcxkw9pbhclaymzipaeo4.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  BRAUBERG  quot;CLASSICLine quot;, ЧЕРНЫЙ, корпус тонкий, наконечник 1 мм, 150296</t>
   </si>
   <si>
     <t>390252</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/db3/sv54p896fnatqq7ks8p5uhr2r2a69k27.jpg</t>
-[...2 lines deleted...]
-    <t>Маркер перманентный  нестираемый  BRAUBERG  quot;Contract quot;, СИНИЙ, круглый наконечник, 3 мм, без клипа, 150466</t>
+    <t>http://anytos.ru//upload/iblock/ce0/y61fwre6pffo9z4g1o2gamwapa6bd1nw.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  нестираемый  BRAUBERG  quot;Contract quot;, ЧЕРНЫЙ, круглый наконечник, 3 мм, без клипа, 150465</t>
   </si>
   <si>
     <t>Простой и надежный маркер BRAUBERG &amp;quot;Contract&amp;quot; для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолета, низких и высоких температур. Цвет колпачка соответствует цвету чернил. Фетровый наконечник обладает повышенной износостойкостью и обеспечивает экономный расход чернил. Отличается продленной линией письма.Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Толщина линии письма - 3 мм. Спиртовая основа быстросохнущих чернил. Круглая форма корпуса из пластика, диаметр которого 15 мм.</t>
   </si>
   <si>
-    <t>390255</t>
-[...7 lines deleted...]
-  <si>
     <t>390257</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a3e/vre9aupbe69m1h176ethzex5v6vq8mk0.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/249/lm166oettgu1x47lu935zq1ujh0u85ou.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  BRAUBERG  quot;Energy quot;, ЧЕРНЫЙ, круглый наконечник, 3 мм, с клипом, 150475</t>
   </si>
   <si>
     <t>Простой и надежный маркер BRAUBERG &amp;quot;Energy&amp;quot; для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный черного цвета обладает круглой формой корпуса из пластика, диаметр которого 14 мм. Толщина линии письма - 3 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил.Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>390261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/445/6dmeep8hlnxvu9qctsvndj4wknblnwhg.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  BRAUBERG  quot;Jet quot;, КРАСНЫЙ, супертонкий металлический наконечник, 0,5 мм, 150509</t>
   </si>
   <si>
     <t>Простой и надежный маркер BRAUBERG &amp;quot;Jet&amp;quot; для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный красного цвета обладает круглой формой корпуса из пластика, диаметр которого 10 мм. Толщина линии письма - 0,5 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>390262</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/685/locl9dokijsspwuux6ffuqhoyffwp6t2.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  BRAUBERG  quot;Jet quot;, СИНИЙ, супертонкий металлический наконечник, 0,5 мм, 150508</t>
   </si>
   <si>
     <t>Простой и надежный маркер BRAUBERG &amp;quot;Jet&amp;quot; для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный синего цвета обладает круглой формой корпуса из пластика, диаметр которого 10 мм. Толщина линии письма - 0,5 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>390263</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/567/1yaatt9vutti63plyrynnantxzpenhsk.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/26d/p5nsfptl7p56lqa8nr49nhxbifqs4bnw.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  CENTROPEN, КРАСНЫЙ, тонкий наконечник, 1 мм, 2846 1</t>
   </si>
   <si>
     <t>Высококачественный нестираемый перманентный маркер CENTROPEN предназначен для надписей на любых поверхностях, в том числе пластмассе, стекле, пленках. После высыхания чернила красного цвета устойчивы к стиранию, воде, атмосферным воздействиям и свету.Поставляется в круглом черном корпусе диаметром 12 мм с деталями в цвет чернил. Износоустойчивый наконечник проводит линию письма 1 мм. Хранить с плотно закрытым колпачком в горизонтальном положении.</t>
   </si>
   <si>
     <t>390272</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/653/ysu3kpisb9h8i34xjxh2p5tntcdbph5a.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  CENTROPEN, КРАСНЫЙ, трехгранный, круглый наконечник, 1 мм, 2536 1К</t>
   </si>
   <si>
     <t>Нестираемый перманентный маркер CENTROPEN пишет на большинстве поверхностей. Чернила красного цвета на спиртовой основе устойчивы к воде, стиранию, атмосферным воздействиям, обладают повышенной светостойкостью. Круглый наконечник проводит линию 1 мм.Круглый тонкий корпус диаметром 13 мм обладает эргономичной трехгранной зоной захвата, обеспечивающей комфорт руки при использовании. Цвет корпуса - черный, детали в цвет чернил. Хранить с плотно закрытым колпачком в горизонтальном положении.</t>
   </si>
   <si>
     <t>390273</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/603/584js1uebqof7l6wtjzbjy7qsaf5j7g5.jpg</t>
@@ -6435,146 +6412,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9f1/nybdj2c6xmtvyzq06rpu03x072s36i1s.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  CROWN  quot;Multi Marker quot;, ЧЕРНЫЙ, круглый наконечник, 3 мм, CPM-800</t>
   </si>
   <si>
     <t>Нестираемый маркер CROWN &amp;quot;Multi Marker&amp;quot; отлично пишет на любых поверхностях и под любым углом. Применяется в самых различных отраслях, отлично подходит для долговечной маркировки. Маркер заправлен перманентными нетоксичными чернилами черного цвета на спиртовой основе, которые также являются водостойкими, светостойкими, не подвергаются воздействию низких и высоких температур. Круглый корпус диаметром 16 мм выполнен в цвет чернил. Толщина проводимой линии письма - 3 мм, форма наконечника - круглая.</t>
   </si>
   <si>
     <t>390283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23e/m6kd74o1kcn4kej1faot33mxnozzp52o.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  EDDING  quot;300 quot;, СИНИЙ, круглый наконечник, 1,5-3 мм, E-300 3</t>
   </si>
   <si>
     <t>Нестираемый маркер EDDING &amp;quot;300&amp;quot; подходит для использования на любых поверхностях и под любым углом. Применяется в самых разных отраслях, отлично подходит для долговечной маркировки. Маркер заправлен перманентными нетоксичными водостойкими и светостойкими чернилами синего цвета на спиртовой основе, которые не подвергаются воздействию низких и высоких температур. Поставляется в круглом корпусе диаметром 22 мм с деталями в цвет чернил. Толщина проводимой линии письма 1,5 - 3 мм в зависимости от нажима, форма наконечника - круглая. Хранить с плотно закрытым колпачком в горизонтальном положении.</t>
   </si>
   <si>
     <t>390284</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8e0/bhwrj7hav58rtnuq526ot9m0vwy1022f.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b56/qkplr6j5729p6gt70shckfd4qu65ppj2.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  EDDING 330, ЧЕРНЫЙ, скошенный наконечник, 1-5 мм, E-330 1</t>
   </si>
   <si>
     <t>Нестираемый маркер EDDING &amp;quot;330&amp;quot; является универсальным и также возможно письмо на ряде других поверхностей, таких как влажное дерево, грязный и ржавый металл, пленки, кафель и т.д. Пишущий узел изготовлен так, что при письме не требует сильного нажатия на маркер. Проводимая надпись толщиной 1-5 мм в зависимости от нажима, устойчива к выгоранию, смыванию водой. Чернила черного цвета практически не имеют запаха. Специальный состав чернил на спиртовой основе не разъедает поверхность на которую нанесена маркировка. Круглый наконечник маркера позволяет делать тонкие надписи на мелких и узких предметах. Хранить с плотно закрытым колпачком в горизонтальном положении.</t>
   </si>
   <si>
     <t>390286</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/117/w0n55dijkxvjlxxsl3aoqujlks9b7dyg.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  STAFF, КРАСНЫЙ, круглый наконечник, 2,5 мм, 150734</t>
   </si>
   <si>
     <t>Маркер перманентный STAFF &amp;quot;Basic&amp;quot; предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный красного цвета обладает круглой формой корпуса из пластика, диаметр которого 15 мм. Толщина линии письма - 2,5 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не смазываются. Фетровый наконечник обеспечивает экономный расход чернил.&amp;nbsp;&amp;nbsp;Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет корпуса и колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>390317</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dcd/pf3itywpto4b1umyc41f4xwr11ktqffo.jpg</t>
-[...8 lines deleted...]
-    <t>390319</t>
+    <t>http://anytos.ru//upload/iblock/942/syylghusw0ib3e36t471c6sykouxx8md.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  нестираемый  STAFF, СИНИЙ, круглый наконечник, 2,5 мм, 150732</t>
+  </si>
+  <si>
+    <t>Маркер перманентный STAFF &amp;quot;Basic&amp;quot; предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный синего цвета обладает круглой формой корпуса из пластика, диаметр которого 15 мм. Толщина линии письма - 2,5 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не смазываются. Фетровый наконечник обеспечивает экономный расход чернил.&amp;nbsp;&amp;nbsp;Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет корпуса и колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>390318</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a93/e44kiot3yuv7g6ohsipyp4z8vpqd31xg.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG  quot;JUMBO quot;, СИНИЙ, ШИРОКАЯ ЛИНИЯ ПИСЬМА, скошенный наконечник, 3-10 мм, 151225</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG &amp;quot;JUMBO&amp;quot; предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный синего цвета обладает круглой формой корпуса из пластика, диаметр которого 26 мм. Толщина линии письма - 3-10 мм в зависимости от угла наклона. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолета, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не смазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил.&amp;nbsp;&amp;nbsp;Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет корпуса и колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>390325</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c0a/lwd8hn82gqhfcmnp8tarwn5zar61jy78.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG  quot;JUMBO quot;, ЧЕРНЫЙ, ШИРОКАЯ ЛИНИЯ ПИСЬМА, скошенный наконечник, 3-10 мм, 151224</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG &amp;quot;JUMBO&amp;quot; предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный черного цвета обладает круглой формой корпуса из пластика, диаметр которого 26 мм. Толщина линии письма - 3-10 мм в зависимости от угла наклона. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолета, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не смазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил.&amp;nbsp;&amp;nbsp;Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет корпуса и колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>390326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/977/6nevsu8rauvpdz0c0zdhz0x4839qrp9i.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный CROWN двусторонний  quot;Multi Marker Twin quot;, ЧЕРНЫЙ, скошенный наконечник, 2 мм 1 мм, P-800W</t>
   </si>
   <si>
     <t>Двусторонний нестираемый маркер CROWN &amp;quot;Multi Marker Twin&amp;quot; отлично пишет на любых поверхностях и под любым углом. Применяется в самых различных отраслях, отлично подходит для долговечной маркировки. Маркер заправлен перманентными нетоксичными чернилами черного цвета на спиртовой основе, которые также являются водостойкими, светостойкими, не подвергаются воздействию низких и высоких температур. Маркер поставляется в круглом тонком сером корпусе диаметром 12,7 мм с колпачком в цвет чернил. Толщина проводимой линии письма -1 и 2 мм в зависимости от используемой стороны, форма наконечников - круглая.</t>
   </si>
   <si>
     <t>390327</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1d1/e1c88wtdaw72egxwksfzh3ta4uyb26gv.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/caf/klwrnbpr6fjmf5n6xl39sb6i8mk0u2r2.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для промышленной маркировки EDDING  quot;8750 quot;, БЕЛЫЙ, 2-4 мм, круглый наконечник, E-8750 49</t>
   </si>
   <si>
     <t>Универсальный маркер для письма на жирных, пыльных, грязных поверхностях в агрессивных промышленных условиях. Может использоваться для нанесении информации на разнородные материалы: резину, пластик, металл, стекло, спецодежду. Чернила с лаковым эффектом.</t>
   </si>
   <si>
     <t>390342</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f7e/l1ft03olse9l1wlz74sk7svrzeobzr1b.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для промышленной маркировки EDDING  quot;8750 quot;, КРАСНЫЙ, 2-4 мм, круглый наконечник, E-8750 2</t>
   </si>
   <si>
     <t>390343</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32a/x7xyl23c1q2m06now10wjzn91m41ltlw.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для промышленной маркировки EDDING  quot;8750 quot;, СИНИЙ, 2-4 мм, круглый наконечник, E-8750 3</t>
@@ -6606,75 +6559,93 @@
   <si>
     <t>http://anytos.ru//upload/iblock/66b/cevg6vxnl19bxo1i9hrcd2he3nzr3h3k.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  2 мм, БЕЛЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150869</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG предназначен для маркировки различных материалов в промышленных условиях: бетона, дерева, стекла, металла, резины, пластика. Также подходит для творчества и декорирования. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Чернила с лаковым эффектом производства компании MULTICHEM не содержат ксилол, являясь экологичными и безопасными для окружающей среды. Не имеют резкого запаха нитро-краски в отличие от большинства аналогов, что позволяет использовать данный маркер в закрытых помещениях без вреда для здоровья. Отличаются термо- и водостойкостью, устойчивы к выцветанию. Пишет по сухим, жирным, грязным, ржавым поверхностям. Ширина линии письма составляет 1-2 мм. Прочный круглый наконечник выполнен из пористого акрила. Алюминиевый корпус.</t>
   </si>
   <si>
     <t>390349</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03c/4zjzligctakrx7sac9qeyot8ge200we5.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  2 мм, БЕЛЫЙ, НИТРО-ОСНОВА, алюминиевый корпус, BRAUBERG PROFESSIONAL PLUS, 151438</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG предназначен для маркировки различных материалов в промышленных условиях: бетона, дерева, стекла, металла, резины, пластика. Заправлен краской с усиленной формулой на нитро-основе РМ-14. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Чернила с лаковым эффектом производства компании MULTICHEM являются экологичными и безопасными для окружающей среды. Благодаря усиленной формуле идеально подходят для нанесения долговечной маркировки на любых поверхностях, включая влажные. Отличаются термо- и водостойкостью, устойчивы к выцветанию. Пишет по сухим, жирным, грязным, ржавым и влажным поверхностям. Ширина линии письма составляет 1-2 мм. Прочный круглый наконечник выполнен из пористого акрила. Алюминиевый корпус.</t>
   </si>
   <si>
     <t>390350</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fa4/59hkc6pdjfmpu50obcp81mic0rg2al9z.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый  paint marker  2 мм, ЖЕЛТЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150863</t>
+  </si>
+  <si>
+    <t>390351</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/32a/5ss7pxtt7sbciwsf098lb1svxfuv2f9w.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  2 мм, ЗЕЛЕНЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150870</t>
   </si>
   <si>
     <t>390352</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7f9/9hyqh05rbolico3im0h8d7n4yidmpqmm.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  2 мм, ЗОЛОТОЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150867</t>
   </si>
   <si>
     <t>390353</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/271/zrcfiqz893jz417oqfovg49zahkb2w1b.jpg</t>
-[...5 lines deleted...]
-    <t>390356</t>
+    <t>http://anytos.ru//upload/iblock/4db/jcdray1bmvs468tlurvige87gvjwz38q.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый  paint marker  2 мм, КРАСНЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150865</t>
+  </si>
+  <si>
+    <t>390355</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6a/fqam66wpt12tcqi337gfbwq5w6k2d7u8.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый  paint marker  2 мм, СЕРЕБРЯНЫЙ, НИТРО-ОСНОВА, алюминиевый корпус, BRAUBERG PROFESSIONAL PLUS, 151442</t>
+  </si>
+  <si>
+    <t>390357</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5e0/fmd1jbtb8tezz4nxr8kys2fte6nzm5oe.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  2 мм, СИНИЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150864</t>
   </si>
   <si>
     <t>390358</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/236/94kicxwe5n227kp7b1ovt9k7xfuu6nxm.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  2 мм, СИНИЙ, НИТРО-ОСНОВА, алюминиевый корпус, BRAUBERG PROFESSIONAL PLUS, 151441</t>
   </si>
   <si>
     <t>390359</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/866/98ulwppduoy94f3adsplwrasjh53ymci.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  2 мм, ЧЕРНЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150868</t>
   </si>
@@ -6693,62 +6664,83 @@
   <si>
     <t>http://anytos.ru//upload/iblock/989/4l1tr8cevs4d39l6z2iytxch1jc35hg7.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  4 мм, БЕЛЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150878</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG предназначен для маркировки различных материалов в промышленных условиях: бетона, дерева, стекла, металла, резины, пластика. Также подходит для творчества и декорирования. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Чернила с лаковым эффектом производства компании MULTICHEM не содержат ксилол, являясь экологичными и безопасными для окружающей среды. Не имеют резкого запаха нитро-краски в отличие от большинства аналогов, что позволяет использовать данный маркер в закрытых помещениях без вреда для здоровья. Отличаются термо- и водостойкостью, устойчивы к выцветанию. Пишет по сухим, жирным, грязным, ржавым поверхностям. Заправлен высококачественными чернилами с лаковым эффектом. Ширина линии письма составляет 2-4 мм. Прочный круглый наконечник выполнен из пористого акрила. Имеет алюминиевый корпус.</t>
   </si>
   <si>
     <t>390363</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/157/yvcsie1qpw1ucvgf4yhups588rea1711.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  4 мм, БЕЛЫЙ, НИТРО-ОСНОВА, алюминиевый корпус, BRAUBERG PROFESSIONAL PLUS, 151444</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG предназначен для маркировки различных материалов в промышленных условиях: бетона, дерева, стекла, металла, резины, пластика. Заправлен краской с усиленной формулой на нитро-основе РМ-14. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Чернила с лаковым эффектом производства компании MULTICHEM являются экологичными и безопасными для окружающей среды. Благодаря усиленной формуле идеально подходят для нанесения долговечной маркировки на любых поверхностях, включая влажные. Отличаются термо- и водостойкостью, устойчивы к выцветанию. Пишет по сухим, жирным, грязным, ржавым и влажным поверхностям. Ширина линии письма составляет 2-4 мм. Прочный круглый наконечник выполнен из пористого акрила. Алюминиевый корпус.</t>
   </si>
   <si>
     <t>390364</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/290/7fn21nn030iha3yviwkqxx38p1oay8my.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый  paint marker  4 мм, ГОЛУБОЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 151435</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый BRAUBERG предназначен для маркировки различных материалов в промышленных условиях: бетона, дерева, стекла, металла, резины, пластика. Также подходит для творчества и декорирования. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Чернила с лаковым эффектом производства компании MULTICHEM не содержат ксилол, являясь экологичными и безопасными для окружающей среды. Не имеют резкого запаха нитро-краски в отличие от большинства аналогов, что позволяет использовать данный маркер в закрытых помещениях без вреда для здоровья. Отличаются термо- и водостойкостью, устойчивы к выцветанию. Пишет по сухим, жирным, грязным, ржавым поверхностям. Ширина линии письма составляет 2-4 мм. Прочный круглый наконечник выполнен из пористого акрила. Алюминиевый корпус.</t>
+  </si>
+  <si>
+    <t>390365</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4b4/zntgsjeivask6889810lb5eg75y3lqsw.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  4 мм, ЖЕЛТЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150872</t>
   </si>
   <si>
-    <t>Маркер-краска лаковый BRAUBERG предназначен для маркировки различных материалов в промышленных условиях: бетона, дерева, стекла, металла, резины, пластика. Также подходит для творчества и декорирования. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Чернила с лаковым эффектом производства компании MULTICHEM не содержат ксилол, являясь экологичными и безопасными для окружающей среды. Не имеют резкого запаха нитро-краски в отличие от большинства аналогов, что позволяет использовать данный маркер в закрытых помещениях без вреда для здоровья. Отличаются термо- и водостойкостью, устойчивы к выцветанию. Пишет по сухим, жирным, грязным, ржавым поверхностям. Ширина линии письма составляет 2-4 мм. Прочный круглый наконечник выполнен из пористого акрила. Алюминиевый корпус.</t>
-[...1 lines deleted...]
-  <si>
     <t>390366</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/30e/1gpelsr87uqyd8b2u9e1k8r074m40t0b.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый  paint marker  4 мм, ЗЕЛЕНЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150879</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый BRAUBERG предназначен для маркировки различных материалов в промышленных условиях: бетона, дерева, стекла, металла, резины, пластика. Также подходит для творчества и декорирования. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Чернила с лаковым эффектом производства компании MULTICHEM не содержат ксилол, являясь экологичными и безопасными для окружающей среды. Не имеют резкого запаха нитро-краски в отличие от большинства аналогов, что позволяет использовать данный маркер в закрытых помещениях без вреда для здоровья. Отличаются термо- и водостойкостью, устойчивы к выцветанию. Пишет по сухим, жирным, грязным, ржавым поверхностям. Ширина линии письма составляет 2-4 мм. Прочный круглый наконечник выполнен из пористого акрила. Алюминиевый корпус. Способ применения: 1. Перед использованием хорошо встряхнуть с закрытым колпачком. 2. Снять колпачок, нажать несколько раз на наконечник, пока не появится краска.</t>
+  </si>
+  <si>
+    <t>390367</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/457/lbr3h6yf0h31ogwxhkm3ddmgor54nglx.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  4 мм, ЗОЛОТОЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150876</t>
   </si>
   <si>
     <t>390368</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/355/s7ct71g5di8sf3onz28leothaeq1wcut.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  4 мм, ЗОЛОТОЙ, НИТРО-ОСНОВА, алюминиевый корпус, BRAUBERG PROFESSIONAL PLUS, 151449</t>
   </si>
   <si>
     <t>390369</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d57/oqiredodj04ovdzo09101fefprtq9da6.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  4 мм, КРАСНЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 150874</t>
   </si>
   <si>
     <t>390370</t>
@@ -6846,50 +6838,71 @@
   <si>
     <t>Маркер-краска лаковый  paint marker  6 мм, КРАСНЫЙ, НИТРО-ОСНОВА, BRAUBERG PRO PLUS EXTRA, 151452</t>
   </si>
   <si>
     <t>390381</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17e/mpz9rsolsp5kvusuy4xwyxni9aenk39g.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  6 мм, СИНИЙ, НИТРО-ОСНОВА, BRAUBERG PRO PLUS EXTRA, 151453</t>
   </si>
   <si>
     <t>390382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a1/4jqghu6ydasv1vej5dzeyopakjzamp6b.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  6 мм, ЧЕРНЫЙ, НИТРО-ОСНОВА, BRAUBERG PRO PLUS EXTRA, 151451</t>
   </si>
   <si>
     <t>390383</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b21/o5c7fsl48u4c7v3kn72d2bkl1vzcf9t8.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый  paint marker  8 мм, БЕЛЫЙ, НИТРО-ОСНОВА, алюминиевый корпус, BRAUBERG PRO PLUS JUMBO, 151454</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый BRAUBERG предназначен для маркировки различных материалов в промышленных условиях: бетона, дерева, стекла, металла, резины, пластика. Заправлен краской с усиленной формулой на нитро-основе РМ-14. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Чернила с лаковым эффектом производства компании MULTICHEM являются экологичными и безопасными для окружающей среды. Благодаря усиленной формуле идеально подходят для нанесения долговечной маркировки на любых поверхностях, включая влажные. Отличаются термо- и водостойкостью, устойчивы к выцветанию. Пишет по сухим, жирным, грязным, ржавым и влажным поверхностям. Ширина линии письма составляет 8 мм. Прочный скошенный наконечник выполнен из пористого акрила. Алюминиевый корпус.</t>
+  </si>
+  <si>
+    <t>390384</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/389/llhw2wg4j9741d8bosyuzup5hurn5xgj.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый  paint marker  8 мм, ЧЕРНЫЙ, НИТРО-ОСНОВА, алюминиевый корпус, BRAUBERG PRO PLUS JUMBO, 151455</t>
+  </si>
+  <si>
+    <t>390387</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/8c2/gge1seu8zi1ub168vm60ce0omxfxrhlu.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EDDING  quot;790 quot;, 2-4 мм, БЕЛЫЙ, круглый наконечник, пластиковый корпус, E-790 49</t>
   </si>
   <si>
     <t>Маркер предназначен для нанесения промышленной маркировки практически на все материалы в индустриальных условиях. Также широко используется для интерьерных, декоративных и оформительских работ. Водостойкие, устойчивые к выцветанию чернила, быстро сохнут.</t>
   </si>
   <si>
     <t>390393</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/592/6j5mgirkdd1glsvb5d2nc3ge02noxz0r.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EDDING 751, 1-2 мм, ЧЕРНЫЙ, круглый наконечник, алюминиевый корпус, E-751 1</t>
   </si>
   <si>
     <t>Универсальный лаковый маркер предназначен для нанесения промышленной маркировки. Чернила содержат высокую концентрацию пигмента, что позволяет им хорошо ложиться на гладкие и шероховатые поверхности. Корпус экономичного маркера EDDING изготовлен из прочного пластика. Маркер EDDING-791 имеет круглый &amp;#40;пулевидный&amp;#41; наконечник. Непрозрачные светостойкие лаковые чернила позволяют делать хорошо заметные надписи густым плотным слоем даже на темных поверхностях. Надписи обладают термостойкостью до &amp;#43;400С.Промышленный лаковый маркер Е-791 также может использоваться как универсальный, например, при нанесении меток на разнородные материалы. Он отлично подойдет для изделий из резины, пластика, стекла, металла.Идеален для маркировки грузов, приборостроения, технологической маркировки. Кроме того, маркер EDDING-791 широко используется дизайнерами и оформителями интерьеров для декоративных работ. Благодаря разнообразной палитре цветов и свойствам красящего вещества используется в витражных работах, росписи по дереву и керамике, а также для других интерьерных работ.Применяется для письма на жирных, пыльных, грязных поверхностях. Устойчив к кислотам, растворителям, механическому истиранию. Специальные добавки, введенные в состав маркера, растворяют масляную пленку на поверхности письма.</t>
   </si>
   <si>
     <t>390405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/99d/sd5m7wwka1u8ovpsln13aym6m1650cxs.jpg</t>
@@ -6975,53 +6988,50 @@
   <si>
     <t>Высококачественный набор маркеров BRAUBERG для белой доски. Предназначен для письма на досках с магнитно-маркерной поверхностью. 4 цвета в наборе: черный, красный, синий, зеленый. Круглый пластиковый корпус имеет диаметр 12 мм. Наконечник круглой формы обеспечивает толщину линии письма 4 мм, что позволяет писать крупным шрифтом, который будет хорошо виден. Благодаря спиртовой основе чернила быстро высыхают и не оставляют разводов, легко стираются сухой губкой. Изделие не перезаправляется. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>390422</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8a1/en5it3vjawzapz28840mfw7ncbykr2gf.jpg</t>
   </si>
   <si>
     <t>Маркеры для доски CENTROPEN НАБОР 4 шт., АССОРТИ, круглый наконечник, 2,5 мм, 8559 4PVC</t>
   </si>
   <si>
     <t>Набор маркеров для белых сухостираемых досок и непористых поверхностей. Маркеры безопасны для здоровья, стираемые в сухом состоянии. Чернила светостойкие на спиртовой основе.</t>
   </si>
   <si>
     <t>390423</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6b/784hbdxhs9yhf2if29440utla8u9rxrv.jpg</t>
   </si>
   <si>
     <t>Маркеры для флипчарта CENTROPEN НАБОР 4 шт., НЕПРОПИТЫВАЮЩИЕ, АССОРТИ, круглый наконечник, 2,5 мм, 8550 4PVC</t>
   </si>
   <si>
-    <t>Маркер предназначен для письма на бумажной доске или бумаге. Чернила без запаха имеют водную основу, на бумаге не расплываются и не просачиваются сквозь неё. Открытый маркер не высыхает в течение одной недели.</t>
-[...1 lines deleted...]
-  <si>
     <t>390430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e0d/o4wyq941ae3pt0nrjo2504elhu62uk1a.jpg</t>
   </si>
   <si>
     <t>Маркеры для флипчарта EDDING 380 НАБОР 4 шт., НЕПРОПИТЫВАЮЩИЕ, АССОРТИ, круглый наконечник, 1,5-3 мм, E-380 4S</t>
   </si>
   <si>
     <t>Чернила на водной основе с нейтральным запахом не пропитывают бумагу поэтому не пачкают нижележащие листы. Главным образом применяются для письма на бумажных блоках для флипчартов и других листах бумаги, используются для проведения презентаций.</t>
   </si>
   <si>
     <t>390431</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b86/h9kso5mg4lwcjje2wqdjuo6331p5mrlr.jpg</t>
   </si>
   <si>
     <t>Маркеры меловые EDDING 4095 НАБОР 5 шт., 2-3 мм, АССОРТИ, влагостираемый, для гладких поверхностей, E-4095 5S 49</t>
   </si>
   <si>
     <t>390435</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/627/qrxzhk0i4tvtxk91oz35i1r1t3flpsdq.jpg</t>
@@ -7080,101 +7090,113 @@
   <si>
     <t>Маркер CENTROPEN используется для письма на белых стираемых досках. Эргономичный корпус обеспечивает удобный захват маркера и комфортное письмо. Специальный состав чернил на спиртовой основе практически не имеет запаха, чернила быстро высыхают и обладают высокой светостойкостью. Надписи, сделанные маркером, удаляются сухим способом стирания. Совершенно безопасен для здоровья. Круглый наконечник позволяет провести линию толщиной 2,5 мм.</t>
   </si>
   <si>
     <t>394550</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1f/i6y95ze9uv2jy7kvjja98p3ra6vdvrr1.jpg</t>
   </si>
   <si>
     <t>Маркер для бел.досок CENTROPEN BOARD 2,5 мм оранж. круглый. 8559 1-52</t>
   </si>
   <si>
     <t>394551</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b80/en3k867yxp3b36xlrv9nrw9smslckjid.jpg</t>
   </si>
   <si>
     <t>Маркер для бел.досок CENTROPEN BOARD 2,5 мм роз. круглый. 8559 1-53</t>
   </si>
   <si>
     <t>394552</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2e6/54443b3xd3i9l26q4uor7896mp1s06kn.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный CENTROPEN PERMANENT 2,5 мм корич. круглый. 8566 1-11</t>
+  </si>
+  <si>
+    <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 2,5 мм.</t>
+  </si>
+  <si>
+    <t>405046</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ad5/6lz8k2kwi2e0ds0glh7i83tteooye7io.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный CENTROPEN PERMANENT 2,5 мм оранж. круглый. 8566 1-52</t>
   </si>
   <si>
-    <t>Перманентный маркер CENTROPEN позволяет писать практически на любых поверхностях: стекле, пленках, пластмассе. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Спиртовой состав чернил. Круглый наконечник позволяет провести линию толщиной 2,5 мм.</t>
-[...1 lines deleted...]
-  <si>
     <t>405047</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/353/rwnffd1war1hd3wkwi4wyhm5peljy8kf.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный CENTROPEN PERMANENT 2,5 мм фиол. круглый. 8566 1-55</t>
   </si>
   <si>
     <t>405048</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb3/eb3e5f3750904477847acc80b9c38913/e15b03f89d2c2816a8175c92db2cfb97.jpg</t>
   </si>
   <si>
     <t>Маркер промышленный Attache для универсальной маркировки черный  2 мм  633902</t>
   </si>
   <si>
     <t>Маркер лаковый Attache черный &amp;#40;Толщина линии письма 2 мм&amp;#41; предназначен для непрозрачной маркировки практически всех материалов, например, стекла, пластика, дерева или металла. Чернила маркера с лакирующим эффектом. Водостойкий, быстро сохнет. Поток чернил регулируется клапаном. Алюминиевый корпус. Толщина линии — 2мм. Наконечник изготовлен из Японского качественного материала. Инструкция по применению маркера: 1. Перед использованием хорошенько встряхнуть с закрытым колпачком. 2. Снимите колпачок, прижмите наконечник к поверхности, надавите и удерживайте пока не проступит краска. 3. Применять после того как убедитесь, что вытекает исходный цвет. Предостережения: плотно закрывайте колпачок после применения, держать маркер вдали от огня, прямые солнечные лучи вызывают обесцвечивание</t>
   </si>
   <si>
     <t>409749</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c26/c268a31eebe4a6cd1e87ea273c459644/718266e47408185c7aade022497933be.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ab3/ab3f379c1d696054677bc513c7ac7904.jpeg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Colored 1-5мм набор 6цв.</t>
   </si>
   <si>
     <t>415490</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/74a/74abf96b6077001fbe2b309127c38aac/f0ac62d780d1fd38497ec9352f05b148.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста Attache Double 1-4 мм желт голубой</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста Attache Double 1-4 мм желт/голубой</t>
+  </si>
+  <si>
+    <t>415491</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5ae/5ae668a28783b19d624c94cd1a4e42b2/67c66b90ea81b3706358a8e4239d3529.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Double 1-4 мм набор 6 цветов 5 маркеров</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Double 1-4 мм набор 6 цветов/5 маркеров</t>
   </si>
   <si>
     <t>415496</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/77a/77a85432f297f5599dd53ecaa22c9344/269b8ca6cb679d89bc2ccded823d4538.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Economy Uno 1-4мм желтый</t>
   </si>
   <si>
     <t>415497</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1aa/1aab23ac9ac19ebd96c4e436af94bd7b/bbc57890e0519986ffaec64200deb59e.jpg</t>
@@ -7239,182 +7261,152 @@
   <si>
     <t>Маркер выделитель текста Attache Selection Pastel 1-5 мм фиолетовый</t>
   </si>
   <si>
     <t>415510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/407/4070d2dc9f01d78593dfe1702de3a154/272c00b37e0a5264816f60c17ead6ded.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Kores High Liner Plus пастельные 6 цв. ?36060.01</t>
   </si>
   <si>
     <t>415515</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ee/5eeb65aaf1cd2918ec116f522ffc959d/3575d7fa219635039469aecb1193caca.jpg</t>
   </si>
   <si>
     <t>Маркер для CD Attache Selection c резиновой манжетой черный</t>
   </si>
   <si>
     <t>415518</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c4e/c4e646746ea48d45f1450fe1e3136b1e/ff2b2c18b1933e2c2de0450fdf8cc1cc.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2db/2dbe7b8d1bc2f3ca406bfdc9a5b615a3/a4f7742ad14dcb4e2b04ea224cc5f6d3.jpg</t>
   </si>
   <si>
     <t>Маркер для досок ATTACHE мокрого стирания 4 цв. 2-5мм.</t>
   </si>
   <si>
     <t>415521</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/08a/08ac19a668540b8ebbf550fb4211ba80.jpeg</t>
   </si>
   <si>
     <t>Маркер перманентный KORES набор 6 цв. 3-5 мм круглый наконечник ?20902</t>
   </si>
   <si>
     <t>415528</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/598/59821a18f43bd4a81c494543d7fcfcba/a659e0b90d49ea7c9652f1690cb2bdd6.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/093/gikpqdenceajwkhkxiatf9ivl8txazp1.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок CENTROPEN BOARD 2,5 мм фиол. круглый. 8559 1-55</t>
   </si>
   <si>
     <t>417260</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/508/5v36s3j1xmso1xpe13t5fut5tihdf8ih.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный 2- сторонний CROWN MULTI MARKET TWIN 2-1 мм черный пулевидный. P-800W черн</t>
   </si>
   <si>
     <t>Маркер перманентный 2- сторонний CROWN MULTI MARKET TWIN 2-1 мм черный пулевидный. P-800W/черн</t>
   </si>
   <si>
     <t>417266</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/219/kth2ow7uga9qzdlfrm2j9ckrb5qi8uzi.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный LOREX FIX IT 4 мм черный круглый. LXPMFI-B</t>
+  </si>
+  <si>
+    <t>Маркер перманентный LOREX FIX IT – это выбор профессионалов. Водостойкие быстросохнущие чернила. Спиртовая основа. Прекрасно пишет на любых поверхностях: бумаге, картоне, дереве, металле, пластмассе, стекле, керамике. Классическая форма корпуса. Пишущий узел с круглым наконечником, устойчив к деформации. Диаметр пишущего узла – 4 мм. Цвет чернил - черный.</t>
+  </si>
+  <si>
+    <t>417267</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b40/2eu6spdrhgitkh8y89h20snd1g4gbrq5.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный LOREX FIX IT 4 мм синий круглый. LXPMFI-BL</t>
   </si>
   <si>
     <t>Маркер перманентный LOREX FIX IT – это выбор профессионалов. Водостойкие быстросохнущие чернила. Спиртовая основа. Прекрасно пишет на любых поверхностях: бумаге, картоне, дереве, металле, пластмассе, стекле, керамике. Классическая форма корпуса. Пишущий узел с круглым наконечником, устойчив к деформации. Диаметр пишущего узла – 4 мм. Цвет чернил - синий.</t>
   </si>
   <si>
     <t>417268</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/lorex/"&gt;LOREX&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7bd/ydzhx913i62vogm6ofvo069rpzygnpbk.jpg</t>
   </si>
   <si>
     <t>Маркер специальный CENTROPEN TEXTILE LINER 0,6-0,8 мм черный игольчатый. 2639 1</t>
   </si>
   <si>
     <t>Маркер специальный текстильный. Для большинства тканей. Устойчив к воде до 60 градусов. Игольчатый пишущий узел. Ширина пишущей линии 0,6-0,8 мм.</t>
   </si>
   <si>
     <t>417271</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/899/899eea85db0d15da83212d405ca2222d.jpeg</t>
   </si>
   <si>
     <t>Маркер перманентный Berlingo  quot;MultiLine PE300 quot; коричневый, пулевидный, 3 мм. BMc_16222</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Перманентный маркер на спиртовой основе. Предназначен для письма на большинстве поверхностей: бумаге, коже, пластмассе, металле, резине, ткани. Устойчив к стиранию, воде, свету, температурным и атмосферным воздействиям. Толщина линии 3мм. Цвет коричневый. Упаковка - картонная коробка 12 штук&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>422014</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7cb/6ahlegixueqz87t5duhaf0ix4actngny.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Berlingo  quot;MultiLine PE300 quot; синий, пулевидный, 3мм. BMc_16202</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Перманентный маркер на спиртовой основе. Предназначен для письма на большинстве поверхностей: бумаге, коже, пластмассе, металле, резине, ткани. Устойчив к стиранию, воде, свету, температурным и атмосферным воздействиям. Толщина линии 3мм. Цвет синий. Упаковка - картонная коробка 12 штук&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>422015</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/0de/heumz4pyfveefb40l6whkzxf3g0v43mx.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c82/bmjw5uv4ayipvvnph8w161j2rwix2fk4.jpg</t>
   </si>
   <si>
     <t>Маркер для доски STAFF, КРАСНЫЙ, тонкий корпус, круглый наконечник, 2,5 мм, 151095</t>
   </si>
   <si>
     <t>Маркер STAFF для белой доски. Предназначен для письма на досках с магнитно-маркерной поверхностью. Маркер для доски красного цвета обладает круглым пластиковым корпусом диаметром 17 мм. Наконечник круглой формы обеспечивает толщину линии письма 2-5 мм в зависимости от угла наклона, что позволяет писать как мелким, так и крупным шрифтом. Благодаря спиртовой основе чернила быстро высыхают и не оставляют разводов, легко стираются сухой губкой. Изделие не перезаправляется. Цвет колпачка соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>424753</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/021/izpo4ibphtgwmmhrkfcx4ymvwxw3ghet.jpg</t>
   </si>
   <si>
     <t>Маркеры для доски STAFF, НАБОР 4 шт., АССОРТИ, тонкий корпус, круглый наконечник, 2,5 мм, 151097</t>
   </si>
   <si>
     <t>Набор маркеров STAFF для белой доски. Предназначен для письма на досках с магнитно-маркерной поверхностью. 4 цвета в наборе: черный, красный, синий, зеленый. Круглый пластиковый корпус имеет диаметр 17 мм. Наконечник круглой формы обеспечивает толщину линии письма 2-5 мм в зависимости от угла наклона, что позволяет писать как мелким, так и крупным шрифтом. Благодаря спиртовой основе чернила быстро высыхают и не оставляют разводов, легко стираются сухой губкой. Изделие не перезаправляется. Цвет колпачка соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>424754</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd2/3q42n4y5lm857si1rlza5tug3x1qyhnr.jpg</t>
@@ -7566,50 +7558,59 @@
   <si>
     <t>http://anytos.ru//upload/iblock/dda/dda20e7f9bb48b933fbba4cc2cbb9ee1.jpeg</t>
   </si>
   <si>
     <t>Маркер перманентный Berlingo  quot;MultiLine PE300 quot; красный, пулевидный, 3мм</t>
   </si>
   <si>
     <t>Перманентный маркер на спиртовой основе. Предназначен для письма на большинстве поверхностей: бумаге, коже, пластмассе, металле, резине, ткани. Устойчив к стиранию, воде, свету, температурным и атмосферным воздействиям. Толщина линии 3мм. Цвет красный. Упаковка - картонная коробка 12 штук.</t>
   </si>
   <si>
     <t>428436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/47a/trtlagj1xi7bq0zihrg7lpaupwi4fvoz.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Berlingo  quot;MultiLine PE300 quot; черный, пулевидный, 3мм</t>
   </si>
   <si>
     <t>Перманентный маркер на спиртовой основе. Предназначен для письма на большинстве поверхностей: бумаге, коже, пластмассе, металле, резине, ткани. Устойчив к стиранию, воде, свету, температурным и атмосферным воздействиям. Толщина линии 3мм. Цвет чёрный. Упаковка - картонная коробка 12 штук.</t>
   </si>
   <si>
     <t>428437</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/108/1087df3b953bf6c30f69f771c2545c26.jpeg</t>
+  </si>
+  <si>
+    <t>Маркер-краска Berlingo, белая, 1мм, нитро-основа</t>
+  </si>
+  <si>
+    <t>428446</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fca/ssaujtl7ibvjjb0uio8tk1ilxj17w4u1.jpg</t>
   </si>
   <si>
     <t>Маркер перманент. CROWN MULTI MARKER 3,00 мм, черный круглый</t>
   </si>
   <si>
     <t>430890</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d4/5d489272962abdb080f76ebd3a2e5b7e.jpeg</t>
   </si>
   <si>
     <t>Маркер перманентный двухсторонний Centropen  quot;1666 quot; черный, пулевидный скошенный, 1мм 1-4мм</t>
   </si>
   <si>
     <t>Предназначен для письма на бумаге, резине, коже, пластмассе, металле. Перманентные чернила на спиртовой основе, водостойкие, термостойкие &amp;#40;до 100°C&amp;#41;. Закругленный пишущий наконечник, ширина линии 2,5 мм.</t>
   </si>
   <si>
     <t>433107</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/399/dqb7flz3yodzbxgxjvwkqsppaxvixuvh.jpg</t>
   </si>
   <si>
     <t>Маркер меловой BRAUBERG  quot;POP-ART quot;, сухостираемый, для гладких поверхностей, 5 мм, ЖЕЛТЫЙ, 151528</t>
@@ -7698,50 +7699,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/40d/ra8yt4fryzi8444abyt2i04i1n9kmd2f.jpg</t>
   </si>
   <si>
     <t>Маркеры меловые BRAUBERG  quot;POP-ART quot;, НАБОР 4 шт., сухостираемые, для гладких поверхностей, 5 мм, АССОРТИ, 151535</t>
   </si>
   <si>
     <t>Стираемые меловые маркеры BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеальны для использования на школьных занятиях и детского творчества. Предназначены для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе без резкого запаха. В наборе 4 меловых маркера следующих цветов: белый, желтый, оранжевый, розовый. Толщина линии письма - от 1 мм до 5 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- пулевидный наконечник устойчив к повреждению и истиранию.СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.</t>
   </si>
   <si>
     <t>434373</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d42/jkb54igtd7iqwwgmjgiqn12fp62zek61.jpg</t>
   </si>
   <si>
     <t>Маркеры меловые BRAUBERG  quot;POP-ART quot;, НАБОР 6 шт., сухостираемые, для гладких поверхностей, 5 мм, АССОРТИ, 151536</t>
   </si>
   <si>
     <t>Стираемые меловые маркеры BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеальны для использования на школьных занятиях и детского творчества. Предназначены для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе без резкого запаха. В наборе 6 меловых маркеров следующих цветов: зеленый, черный, белый, желтый, оранжевый, розовый. Толщина линии письма - от 1 мм до 5 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- пулевидный наконечник устойчив к повреждению и истиранию.СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.</t>
   </si>
   <si>
     <t>434374</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a23/t8xw58jmar5bh9mq2r5xcltbvgie4i6i.jpg</t>
+  </si>
+  <si>
+    <t>Маркер меловой BRAUBERG  quot;POP-ART quot;, сухостираемый, для гладких поверхностей, 15 мм, БЕЛЫЙ, 151537</t>
+  </si>
+  <si>
+    <t>Стираемый меловой маркер BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон и помещений. Идеален для использования на школьных занятиях и детского творчества. Меловой маркер белого цвета обладает круглым корпусом из пластика, диаметр которого 29 мм. Предназначен для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе не имеют резкого запаха. Толщина линии письма - от 2 мм до 15 мм, в зависимости от угла наклона мелового маркера.&amp;nbsp;&amp;nbsp;Чернила светятся в УФ-свете, обладают повышенной светостойкостью, прямоугольный наконечник устойчив к повреждению и истиранию. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.</t>
+  </si>
+  <si>
+    <t>434375</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/64a/7jic4syrojrgu1bygn489u4ikxt1ev8n.jpg</t>
   </si>
   <si>
     <t>Маркер меловой BRAUBERG  quot;POP-ART quot;, сухостираемый, для гладких поверхностей, 15 мм, ЖЕЛТЫЙ, 151538</t>
   </si>
   <si>
     <t>Стираемый меловой маркер BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеален для использования на школьных занятиях и детского творчества. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.Предназначен для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе желтого цвета без резкого запаха. Толщина линии письма - от 2 мм до 15 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- прямоугольный наконечник устойчив к повреждению и истиранию.</t>
   </si>
   <si>
     <t>434376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49c/yyufxuox88u41aa5cynbhirjm80zx91o.jpg</t>
   </si>
   <si>
     <t>Маркер меловой BRAUBERG  quot;POP-ART quot;, сухостираемый, для гладких поверхностей, 15 мм, КРАСНЫЙ, 151539</t>
   </si>
   <si>
     <t>Стираемый меловой маркер BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеален для использования на школьных занятиях и детского творчества. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.Предназначен для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе красного цвета без резкого запаха. Толщина линии письма - от 2 мм до 15 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- прямоугольный наконечник устойчив к повреждению и истиранию.</t>
   </si>
   <si>
     <t>434377</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/71c/lo40zubauu77maf95cm421jxn3k8sgff.jpg</t>
@@ -7794,116 +7807,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/066/5toxhvz20a4wxjh22mt9du71g7d5a7k6.jpg</t>
   </si>
   <si>
     <t>Маркер меловой BRAUBERG  quot;POP-ART quot;, сухостираемый, для гладких поверхностей, 15 мм, ЧЕРНЫЙ, 151544</t>
   </si>
   <si>
     <t>Стираемый меловой маркер BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеален для использования на школьных занятиях и детского творчества. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.Предназначен для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе черного цвета без резкого запаха. Толщина линии письма - от 2 мм до 15 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- прямоугольный наконечник устойчив к повреждению и истиранию.Данный товар - это сочетание высокого качества по приемлемой цене.</t>
   </si>
   <si>
     <t>434382</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/397/jwukhqlyjz2sxqrzezu798snjdvlaijj.jpg</t>
   </si>
   <si>
     <t>Маркеры меловые BRAUBERG  quot;POP-ART quot;, НАБОР 4 шт., сухостираемые, для гладких поверхностей, 15 мм, АССОРТИ, 151545</t>
   </si>
   <si>
     <t>Стираемые меловые маркеры BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеальны для использования на школьных занятиях и детского творчества. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.Предназначены для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе без резкого запаха. В наборе 4 меловых маркера следующих цветов: белый, желтый, розовый, оранжевый. Толщина линии письма - от 2 мм до 15 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- прямоугольный наконечник устойчив к повреждению и истиранию.</t>
   </si>
   <si>
     <t>434383</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9af/9af7eedfab72345d009d73cfc7beb934/c0ae08c9f2c79d9b6d7587aafa45b068.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f75/f75f8a11b20388e446497b5b2b14c8bd/1d81fc79ea7c889db6e7cc524bc96fef.jpg</t>
   </si>
   <si>
     <t>Маркер пеинт  лак  EDDING E-790 54 серебр. 2-3мм</t>
   </si>
   <si>
     <t>Маркер пеинт &amp;#40;лак&amp;#41; EDDING E-790/54 серебр. 2-3мм</t>
   </si>
   <si>
     <t>437607</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/575/575038b56a26c3498abb27967f61ab0e.jpeg</t>
   </si>
   <si>
     <t>Маркер для белых досок двухсторонний Luxor  quot;Duorite quot; черный синий,  пулевидный, 1-3мм</t>
   </si>
   <si>
     <t>Маркер двухсторонний Luxor &amp;quot;Duorite&amp;quot; предназначен для использования на досках с магнитно-маркерной поверхностью.&amp;nbsp;&amp;nbsp;Чернила на спиртовой основе быстро высыхают на поверхности доски. След от маркера легко удаляется сухой губкой. Яркая линия письма. Круглая форма наконечника. Уникальное предложение - два цвета в одном маркере. Ширина линии письма 1-3 мм. Цвет чернил - черный/синий.</t>
   </si>
   <si>
     <t>458130</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d30/d30c511f81335e3a84669e4f6a88e757/1763e388f77163752fdfbdca2a97d96f.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный автоматический EDDING retract 11 1 ч рный, 1,5-3 мм</t>
   </si>
   <si>
     <t>Маркер перманентный автоматический EDDING retract 11/1 чёрный, 1,5-3 мм</t>
   </si>
   <si>
     <t>458945</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/298/29876201df174840b1e4851fb81a7e08/b34e4c96858c7f9b43521573c7045832.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-390 2 красный 4-12мм скошенный наконеч</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-390/2 красный 4-12мм скошенный наконеч</t>
   </si>
   <si>
     <t>458949</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/be8/be8c589b319151948e277b70f296ee6e/5c3c485cefe5847087c9a280c8d33b17.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный EDDING E-1 3 синий 1-5мм скошенный наконечник</t>
+  </si>
+  <si>
+    <t>Маркер перманентный EDDING E-1/3 синий 1-5мм скошенный наконечник</t>
+  </si>
+  <si>
+    <t>458957</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/693/693712c6b5b979123774e99fc828ae22/3901079920ce5da8f2c778586aa2759e.jpg</t>
   </si>
   <si>
     <t>Маркер для кафеля EDDING E-8200 метал.корпус 2-4мм серебро</t>
   </si>
   <si>
     <t>458959</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/876/2203ohfi28o9f7ni8qb6bj5oywsiuati.jpg</t>
   </si>
   <si>
     <t>Маркер для белья EDDING E-8040 2 красный 1мм</t>
   </si>
   <si>
     <t>Маркер для белья EDDING E-8040/2 красный 1мм</t>
   </si>
   <si>
     <t>458960</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c4/2c48a0aa68274bb95d58ba51b91d93d7/fd1f186db2fc05cfb5de974dd74af609.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок Centropen  quot;8559 quot; оранжевый, пулевидный, 2,5мм</t>
@@ -8007,59 +8014,50 @@
   <si>
     <t>559155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/948/94808c870d552bb7869d158121377477/9f28312120f71f9a0e0349065aa18952.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Centropen  quot;2686 quot; белый, пулевидный, 1,2мм</t>
   </si>
   <si>
     <t>Перманентный маркер, белый. Предназначен для письма на большинстве поверхностей. Чернила на водной основе, светостойкие. После высыхания устойчив к воде, стиранию, атмосферным воздействиям. Пулевидный наконечник, толщина линии&amp;nbsp;&amp;nbsp;1,2 мм. Хранить в горизонтальном положении.</t>
   </si>
   <si>
     <t>559156</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e35/e352d895670541a07b36670e744d7d36/4d7c35da975568a102b38385822e5f95.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный OfficeSpace  quot;Contact quot; черный, пулевидный, без клипа, 3мм</t>
   </si>
   <si>
     <t>559163</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4d4/4d433cb6f3d37b3d72849a2cf5123b74/19ea6d39fe2d314505b445af3af1b6a4.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/fa5/fa54200b41116d3bd0601a5eaeef4ba1/e2d6d283baa04d74d4aec2cf2b91053f.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный OfficeSpace синий, пулевидный, 1мм</t>
   </si>
   <si>
     <t>559165</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/038/03843bf76064c8c4d322b2c667c955d5/aec8026122c3ce4522d7ca8ec90d3178.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Schneider  quot;Maxx 224 M quot; черный, пулевидный, 1,0мм</t>
   </si>
   <si>
     <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность.&amp;nbsp;&amp;nbsp;Перманентный маркер для письма на большинстве твёрдых поверхностей, включая картон, бумагу, металл, стекло, дерево и пластик, может находиться без колпачка до 3 дней и не высыхает. Чернила на спиртовой основе, без ксилола и толуола. Надписи быстро высыхают, не выцветают и не размываются.&amp;nbsp;&amp;nbsp;Сделано в Германии!</t>
   </si>
   <si>
     <t>559166</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/744/744a93f123a6f62fba072a542cf22810/8b793f0f92b4f1125dfcf6aaefe97f3e.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Schneider  quot;Maxx 222F quot; черный</t>
@@ -8112,161 +8110,152 @@
   <si>
     <t>http://anytos.ru//upload/iblock/a7c/w4q1j7xcrhkfgcz8zhbv6wz6yqb6o3di.jpg</t>
   </si>
   <si>
     <t>Маркер для CD и DVD CENTROPEN  quot;CD-PEN quot;, ЧЕРНЫЙ, ширина линии 1 мм, 4606 1Ч</t>
   </si>
   <si>
     <t>Специальный перманентный маркер для надписей на CD и DVD дисках.</t>
   </si>
   <si>
     <t>564527</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e21/isf05r7xd7f4wfygpsqspbnb1qj3g90r.jpg</t>
   </si>
   <si>
     <t>Маркер для доски STAFF  quot;Profit quot;, СИНИЙ, круглый наконечник, 2,5 мм, 151645</t>
   </si>
   <si>
     <t>Классический маркер STAFF &amp;quot;Profit&amp;quot; предназначен для письма на всех типах белых магнитно-маркерных досок. Очень практичный, незаменим во время проведения презентаций, совещаний, уроков и заметок. Имеет круглую форму корпуса, цветной колпачок, соответствующий цвету чернил. Чернила синего цвета на спиртовой основе быстро высыхают на поверхности доски, имеют высокую светостойкость и легко стираются сухой губкой без остатка. Не протекает при перепаде давления. Закругленный пишущий узел. Ширина линии – 2,5 мм. Плотный колпачок с клипом предотвращает высыхание. Нетоксичные. Не содержат ксилол, толуол. Хранить горизонтально.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>564536</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f74/vh49zcr4giv1f1kcyn8mzsrwdhejskjx.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для доски STAFF, ЧЕРНЫЙ, с клипом, круглый наконечник 5 мм, 151491</t>
+  </si>
+  <si>
+    <t>Маркер STAFF &amp;quot;Manager&amp;quot; для белой доски. Предназначен для письма на досках с магнитно-маркерной поверхностью. Маркер для доски черного цвета обладает круглым пластиковым корпусом диаметром 20 мм. Наконечник круглой формы обеспечивает толщину линии письма 5 мм, что позволяет писать крупным шрифтом, который будет хорошо виден. Благодаря спиртовой основе чернила быстро высыхают и не оставляют разводов, легко стираются сухой губкой. Изделие не перезаправляется. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>564538</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/137/irfm56qw91i7r14fuwk2bp0ohm4dvz3u.jpg</t>
   </si>
   <si>
     <t>Маркер для затирки плиточных швов EDDING 8200, БЕЛЫЙ, 2-4 мм, запасные наконечники, E-8200 49</t>
   </si>
   <si>
     <t>В состав чернил для затирки швов входит фунгицид, предотвращающий образование плесневого грибка и предотвращающий проникновение воды. Маркер предназначен для закрашивания, коррекции и придания более эстетичного вида кафельным швам.</t>
   </si>
   <si>
     <t>564539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/148/4as5fmrfpwcut28uhaghssdlnqrw7s3a.jpg</t>
   </si>
   <si>
     <t>Маркер для промышленной маркировки CENTROPEN MAXI MARKER, ЧЕРНЫЙ, 2-4 мм, 8936 1Ч</t>
   </si>
   <si>
     <t>564540</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c8a/0tr285ps7n7ititp94mbi7haaprnlygx.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/909/81gqamqh40c78y09010rwgbo6e0tyjb8.jpg</t>
   </si>
   <si>
     <t>Маркер для промышленной маркировки STAFF ПМ-100 твердый, КРАСНЫЙ, -20 до  40С, 150814</t>
   </si>
   <si>
     <t>Маркер для промышленной маркировки STAFF ПМ-100 на полимерной основе предназначен для любых типов поверхности: металл, дерево, бетон, пластик, стекло, керамика, резина; пишет по сухим, влажным, масляным, грязным, ржавым, грубым или гладким поверхностям. Корпус маркера красного цвета выполнен из бумаги и имеет диаметр 18 мм. Благодаря специальной формуле твердая краска-маркер быстро формирует оксидную пленку и становится устойчивой к агрессивным атмосферным воздействиям. Не окисляется, его пишущие характеристики не меняются по мере использования. Водостойкие чернила быстро сохнут, обладают антикоррозионными свойствами. Диапазон рабочих температур: от -20 ° C до &amp;#43;40 ° C. Маркер не содержит свинец, не токсичен. Наконечник круглой формы создает линию письма толщиной от 5 до 18 мм.</t>
   </si>
   <si>
     <t>564542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63e/14pzljagzu4sidp2w8tbqyu94343z9gr.jpg</t>
   </si>
   <si>
     <t>Маркер для ткани EDDING 4500, ЧЕРНЫЙ, круглый наконечник, 2-3 мм, E-4500 1</t>
   </si>
   <si>
     <t>Универсальный маркер служит для нанесения маркировки, росписи или рисунка на любые текстильные материалы, например, хлопок, шелк, лен и прочие. Специальные чернила хорошо ложатся практически на любой тип ткани, как натуральный, так и синтетический. Корпус маркера изготовлен из прочного пластика. Маркер EDDING-4500 имеет твердый круглый &amp;#40;пулевидный&amp;#41; наконечник.Применяется для письма на материалах без фабричной обработки, в противном случае перед маркировкой вещь рекомендуется постирать. После нанесения рисунок необходимо зафиксировать путем проглаживания утюгом без пара. После закрепления рисунок устойчив к многократным стиркам при температуре не выше 60 °C. Светостойкие чернила маркера обладают нейтральным запахом.Непрозрачные чернила позволяют делать хорошо заметные надписи густым плотным слоем даже на темных поверхностях.</t>
   </si>
   <si>
     <t>564543</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/046/9npn72e057gz3i6phlppiw1bi8pvsqiy.jpg</t>
   </si>
   <si>
     <t>Маркер меловой EDDING  quot;4095 quot;, 2-3 мм, БЕЛЫЙ, влагостираемый, для гладких поверхностей, E-4095 49</t>
   </si>
   <si>
     <t>Применяется на гладких зеркальных поверхностях. Возможно использование маркера на деликатных пленчатых поверхностях, меловых досках. Чернила на водной основе и разведенного мела, не имеют запаха. Корпус - из прочного пластика.</t>
   </si>
   <si>
     <t>564549</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/035/7fivovtwl08jxdt530c6yygi5lsbfpvx.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c55/xg9puj0cm167vff6ne2xzeqtguhlt1pi.jpg</t>
   </si>
   <si>
     <t>Маркер меловой UNI  quot;Chalk quot;, 8 мм, БЕЛЫЙ, влагостираемый, для гладких поверхностей, PWE-8K WHITE</t>
   </si>
   <si>
     <t>564553</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/513/jj42gn1f1c2on1cjdkanfsqh3gr6mzn2.jpg</t>
   </si>
   <si>
     <t>Маркер меловой UNI  quot;Chalk quot;, 8 мм, ЗЕЛЕНЫЙ, влагостираемый, для гладких поверхностей, PWE-8K F.GREEN</t>
   </si>
   <si>
     <t>Основу красящего состава составляет специальный мел и полиакрилаты.Жидкая консистенция позволяет легко наносить меловую краску практически на любые гладкие поверхности: металл, пластик,стекло,камень и фарфор.После высыхания легко стирается мокрой тряпкой. Меловой маркер Uni &amp;quot;Chalk&amp;quot; &amp;#40;Юни Чак&amp;#41; с клиновидным наконечником, позволяет создавать линию толщиной до 8,0 мм. Маркер Uni &amp;quot;Chalk&amp;quot; может применяться в различных сферах для всевозможных работ: в школе - для рисования на доске, в барах и кафе - для подписи ценников, создания вывесок и рекламы, на различных производствах - могут быть применены для маркировки деталей, в дизайне - для создания декора и поделок. По своей сути, Uni &amp;quot;Chalk&amp;quot;- это тот же разноцветный мелок только в более удобной форме, которая не пачкает руки.Наконечник маркера прочный и износостойкий. Благодаря своей широкой форме подходит для оформительских работ и создания крупных надписей и узоров.Кроме того, надписи, сделанные меловым маркером Uni &amp;quot;Chalk&amp;quot;, очень красиво светятся в ультрафиолетовом свете. Это преимущество очень часто используют в ночных клубах для создания надписей о скидках на зеркалах или стеклах.Единственным требованием меловых маркеров является использование на сухих и гладких поверхностях.&amp;nbsp;&amp;nbsp;Способ применения:Перед началом использования мелового маркера Uni &amp;quot;Chalk&amp;quot; нужно хорошо встряхнуть, затем снимите защитный колпачок и можно приступать к работе. Если кончик маркера сухой, то необходимо взять черновик, перевернуть маркер наконечником вниз и в вертикальном положении несколько раз нажать на наконечник, утопив его в корпус маркера. Таким образом мы подкачиваем красящий состав. Как только наконечник пропитается, можно приступать к использованию мелового маркера.</t>
   </si>
   <si>
     <t>564554</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/36b/9v7veg530audqcg5euev7ofiw63mc0iy.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  нестираемый  BRAUBERG, ЧЕРНЫЙ, круглый наконечник, 1,5-3 мм, с клипом, 151629</t>
+  </si>
+  <si>
+    <t>Надежный маркер BRAUBERG для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Перманентный маркер черного цвета имеет пластиковый корпус круглой формы диаметром 12,4 мм. Толщина линии письма - 1,5-3 мм в зависимости от угла наклона. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолета, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил.Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>564557</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/22f/c6llnn82lj9zqxffcfa2sp7p0ieh7ebq.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  CENTROPEN, КРАСНЫЙ, круглый наконечник 2,5 мм, 8566,8866 1</t>
   </si>
   <si>
     <t>Нестираемый маркер CENTROPEN пишет на любой поверхности: бумага, резина, пластмасса, кожа, стекло, металл. Перманентный маркер на спиртовой основе с закругленным наконечником. Колпачок соответствует цвету чернил. Чернила красного цвета высокой степени светостойкости, термостойкие до 100 градусов.Маркер CENTROPEN поставляется в круглом черном корпусе диаметром 19 мм с деталями в цвет чернил. Проводимая линия письма - 2,5 мм. Хранить с плотно закрытым колпачком в горизонтальном положении.</t>
   </si>
   <si>
     <t>564558</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf4/7c8alz10zi5ifa22a3cfi8f6ke15xcdh.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  CENTROPEN, СИНИЙ, круглый наконечник, 2,5 мм, 8866 1, 8566, 8866 1,8566</t>
   </si>
   <si>
     <t>Нестираемый маркер CENTROPEN пишет на любой поверхности: бумага, резина, пластмасса, кожа, стекло, металл. Перманентный маркер на спиртовой основе с закругленным наконечником. Колпачок соответствует цвету чернил. Чернила синего цвета высокой степени светостойкости, термостойкие до 100 градусов.Маркер CENTROPEN поставляется в круглом черном корпусе диаметром 19 мм с деталями в цвет чернил. Проводимая линия письма - 2,5 мм. Хранить с плотно закрытым колпачком в горизонтальном положении.</t>
   </si>
   <si>
     <t>564559</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d9f/qbb0ztncaul5bmigakugm14vgx7srfcw.jpg</t>
@@ -8331,98 +8320,98 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5e5/7tfrtcwxlxn5xx351rctpcxvbwbjati9.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  EDDING 400, ЧЕРНЫЙ, ЗАПРАВЛЯЕМЫЙ, тонкий наконечник, 1 мм, E-400 1</t>
   </si>
   <si>
     <t>Нестираемый маркер EDDING &amp;quot;400&amp;quot; предназначен для нанесения постоянных, практически неудаляемых надписей на практически всех материалы, включая металл, стекло и пластмассу. Пишущий узел изготовлен так, что при письме не требует сильного нажатия на маркер. Надпись, нанесенная маркером, устойчива к выгоранию, смыванию водой. Чернила черного цвета отвечают самым высоким требованиям: быстро сохнут, нестираемые, свето- и водостойкие и без добавления толуола/ксилола. Маркер является заправляемым, с тонким наконечником 1 мм. Хранить с плотно закрытым колпачком в горизонтальном положении.</t>
   </si>
   <si>
     <t>564567</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/200/0rbjevezw0ilz1ezbopkhkgpvkqs2cvy.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  EDDING 404, ЧЕРНЫЙ, тонкий наконечник, 0,75 мм, E-404 1</t>
   </si>
   <si>
     <t>Водостойкий, быстросохнущий, практически лишенный запаха и светостойкий перманентный маркер EDDING &amp;quot;404&amp;quot; - лучший выбор, когда дело касается нанесения тончайших обозначений или маркировки. Предназначен для нанесения постоянных, практически не удаляемых надписей на любые гладкие поверхности. Надпись устойчива к выгоранию, смыванию водой. Чернила черного цвета практически не имеют запаха. Специальный состав чернил на спиртовой основе не разъедает поверхность на которую нанесена маркировка. Проводимая линия письма - 0,75 мм. Хранить с плотно закрытым колпачком в горизонтальном положении.</t>
   </si>
   <si>
     <t>564568</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d5e/l0g9ifc9k6duhemr46fwi1obagpndx6e.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный  нестираемый  двусторонний BRAUBERG  quot;Double quot;, ЧЕРНЫЙ, наконечники 0,8 3 мм, 151635</t>
+  </si>
+  <si>
+    <t>Надежный маркер BRAUBERG &amp;quot;DOUBLE&amp;quot; для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Перманентный двусторонний маркер черного цвета имеет пластиковый корпус круглой формы диаметром 12,4 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолета, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. На противоположных концах корпуса имеет два износостойких наконечника. Толщина линии письма круглого фетрового наконечника - 3 мм, тонкого металлического - 0,8 мм. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>564575</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/6c2/a35rh8pywfp7cub5h2xegucga5nqayzq.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG  quot;Super Slim quot;, ЧЕРНЫЙ, тонкий металлический наконечник, 151632</t>
   </si>
   <si>
     <t>Перманентный маркер BRAUBERG &amp;quot;Super Slim&amp;quot; с супертонким металлическим наконечником. Благодаря меньшему размеру он экономно расходует чернила и наносит надписи там, где не справляются обычные маркеры. Металлический наконечник высокого качества создает тонкую линию 0,8 мм и прослужит дольше обычного. Быстросохнущие водостойкие чернила обладают повышенной светостойкостью. Колпачок с клипом.</t>
   </si>
   <si>
     <t>564578</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bd3/sjpv2g8s8j3x24wprf3n2anvdb8ji82l.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG  quot;W5 quot;, БЕЛЫЙ, круглый наконечник 5 мм, 151506</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG &amp;quot;W5&amp;quot; предназначен для письма на любой гладкой поверхности: бумага, полиэтилен, древесина, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный белого цвета обладает круглой формой корпуса из пластика, диаметр которого 16 мм. Толщина линии письма - 5 мм. Основа чернил - водная. Фетровый наконечник обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>564580</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04b/bip3fs0mv4s3ivky36xv11rsdtsokkc9.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный двусторонний STAFF  quot;Manager quot;, КРАСНЫЙ, наконечники 0,8 мм 2,2 мм, 151627</t>
   </si>
   <si>
     <t>Перманентный маркер STAFF предназначен для письма на различных поверхностях. Удобен для применения в любых целях. Нестираемые чернила перманентного маркера обеспечивают такие качества, как стойкость к воздействию воды, ультрафиолета, низких и высоких температур. Цвет колпачков соответствует цвету чернил. Круглый фетровый и тонкий металлический наконечники обладают повышенной износостойкостью и обеспечивают экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечников и чернил. Толщина линии письма круглого фетрового наконечника - 2,2 мм, тонкого металлического - 0,8 мм. Спиртовая основа быстросохнущих чернил. Пластиковый корпус круглой формы выполнен из пластика и имеет диаметр 12 мм.</t>
   </si>
   <si>
     <t>564583</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/754/wwd6mok7asnlux8axpl4ait3huogw3h5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/867/4qe8v7ne282etqiticykmfw3pzcbrucd.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для любой гладкой поверхности CENTROPEN OHP, ЧЕРНЫЙ, трехгранный, 0,6 мм, 2636 1Ч</t>
   </si>
   <si>
     <t>Перманентный маркер подойдет для письма практически на любых поверхностях. Чернила изготовлены на спиртовой основе, но не имеют резкого запаха. Корпус маркера с трехгранной формой в зоне захвата гарантирует комфортное письмо.</t>
   </si>
   <si>
     <t>564586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3f/k1oxfuywuf5ovwm9gpxs3hwjzxt0ka2p.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  EDDING 8750, ЗЕЛЕНЫЙ, 2-4 мм, круглый наконечник, алюминиевый корпус, Е-8750 4</t>
   </si>
   <si>
     <t>564591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/207/edk4bcjlbo8ev2lrmjj7p6mmrxntce2h.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EDDING  quot;750 quot;, 2-4 мм, БЕЛЫЙ, круглый наконечник, алюминиевый корпус, Е750 49</t>
@@ -8505,104 +8494,116 @@
   <si>
     <t>564604</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30f/ydvtzw5d5i2txnxe6mi9d3us6tsqvlu2.jpg</t>
   </si>
   <si>
     <t>Маркеры для ткани CARIOCA  Италия   quot;Fabric quot;, 10 цветов, круглый наконечник 2,6 мм, 42909</t>
   </si>
   <si>
     <t>Набор маркеров для ткани. Водостойкие и светостойкие чернила, подходят для применения практически на всех видах текстиля.</t>
   </si>
   <si>
     <t>564605</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d4f/d4fb5b6ae7400b078a74b52007e4c22f/1f0677002a8ffdd81a349e5b8cbfcc23.jpg</t>
   </si>
   <si>
     <t>Маркер для досок Attache Accent набор 4 цвета, со скошенным након, 1-5мм</t>
   </si>
   <si>
     <t>583879</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e2c/e2c1ac548282bd93fbcc2ae16cf3522a/c50cdd45e46b06ebc008e86c5cab00a2.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для досок Attache Accent черный, кругл. наконечник, 1-5 мм</t>
+  </si>
+  <si>
+    <t>583881</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c4c/c4ca66fa3facb56e3b0b8b02bf208a7c/840e67b419cec3b08760653a571afbeb.jpg</t>
   </si>
   <si>
     <t>Маркер для досок Attache Accent набор 4 цвета, кругл. наконечник, 1-5 мм</t>
   </si>
   <si>
     <t>583884</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/592/592c9f0421c00024d70d5d99086a6307/5347d8bf3dc0b50a45827be008741de9.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE зеленый 1 мм.</t>
   </si>
   <si>
     <t>583894</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/878/87844829794d2ee1430e176081f6aec2/0d2df245d26d7050fe43336ee534e07d.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE красный 1 мм.</t>
   </si>
   <si>
     <t>583895</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e2d/e2dc4efcc9b3c885323bcbb3dfc26f68/1308a16162c73b7e3b80f6f73bdb0dd1.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ATTACHE черный 1 мм.</t>
   </si>
   <si>
     <t>583896</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eb7/eb7e3f0636d7c59d93cf833465dcd513/603784704c52aade1795f5f2b2f0840a.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный EDDING E-1 2 красный 1-5мм скошенный наконечник</t>
+  </si>
+  <si>
+    <t>Маркер перманентный EDDING E-1/2 красный 1-5мм скошенный наконечник</t>
+  </si>
+  <si>
+    <t>583897</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e31/e3172d28ded1e3e77ca584b15dc9eb10/dd1a8cd1c151c2136b6edfb45a7d152d.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING E-370 красный 1мм круглый наконечник</t>
   </si>
   <si>
     <t>583898</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b34/b3473841fcd99856c9f637ab79929719/27ccc7a8e57d70427f627e023f58c775.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9ee/9ee146d79090bc47e8e672f9b6e70cb5/96dbf2f38db2c546932ac2449883e219.jpg</t>
   </si>
   <si>
     <t>Маркер для флипчартов Centropen  quot;8550 quot; зеленый, пулевидный, 2,5мм</t>
   </si>
   <si>
     <t>Маркер для флипчарта, зеленый. При письме на флипчарте, чернила не просачиваются и не пачкают следующий лист флипчарта. Маркер может находиться с открытым колпачком до 7 дней. Пулевидный наконечник, толщина линии&amp;nbsp;&amp;nbsp;2,5 мм.</t>
   </si>
   <si>
     <t>587816</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e0/7e0451c4cfd53f65aa217b98087f9d5e/146f82378cc148e72e70a5838f8703e7.jpg</t>
   </si>
   <si>
     <t>Маркер меловой MunHwa  quot;Chalk Marker quot; зеленый, 3мм, спиртовая основа, пакет</t>
   </si>
   <si>
     <t>Маркер меловой MunHwa &amp;quot;Chalk Marker&amp;quot;&amp;nbsp;&amp;nbsp;- жидкий мел на спиртовой основе. Используется&amp;nbsp;&amp;nbsp;для декорирования зеркал и стекол, оформления окон, для надписей на металле и пластике.&amp;nbsp;&amp;nbsp;Маркеры, нанесенные на гладкую поверхность, легко удаляются сухой тканью не оставляя разводов.&amp;nbsp;&amp;nbsp;Меловой маркер устойчив к умеренным осадкам. После нанесения образует тонкую пленку на поверхности.&amp;nbsp;&amp;nbsp;Благодаря высококачественным чернилам, мел поступает дозированно, ложится на поверхность равномерным и однородным слоем, полностью закрашивая обрабатываемую поверхность.&amp;nbsp;&amp;nbsp;Меловой маркер - не крошится, не осыпается при нанесении и не пачкает руки. Клапанный механизм пишущего узла исключает растекание и разбрызгивание мела, преждевременное пересыхание маркера. Толщина линии письма - 3мм. Нежный зеленый цвет чернил.&amp;nbsp;&amp;nbsp;Меловой маркер MunHwa &amp;quot;Chalk Marker&amp;quot; - это твой помощник для воплощения всех креативных решений в жизнь.&amp;nbsp;&amp;nbsp;Инструкция по применению: 1&amp;#41; Встряхнуть маркер с закрытым колпачком. 2&amp;#41; Открыть колпачок. Удерживая маркер в вертикальном положении, несколько раз надавить стержнем на поверхность до тех пор, пока краска не поступит на пишущих узел. 3&amp;#41; Выполнить надпись или рисунок. Дать составу высохнуть в течение 30-40 секунд. 4&amp;#41; Плотно закрыть колпачок.</t>
   </si>
   <si>
     <t>587819</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/554/5545b9fa12c0ff85cae63c0b1c00a7ec/13d7e40a834ea2cc0863d641ed840733.jpg</t>
@@ -8721,50 +8722,68 @@
   <si>
     <t>http://anytos.ru//upload/iblock/aa0/4sriip3860zhbwpd19netovlt2pupbxy.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный влаго-светостойкий для наружных работ EDDING 8055, ЧЕРНЫЙ, 1-2 мм, E-8055 1-B 1</t>
   </si>
   <si>
     <t>Маркер для наружных работ. Подходит для любой поверхности - стекло, металл, пластик и т.д. Хорошо виден на темных поверхностях. При высыхании дает лаковый эффект, чернила не стираются. Устойчив к любым воздействиям окружающей среды. Необходима активация перед применением.</t>
   </si>
   <si>
     <t>600727</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/206/ajqvle05udzgq1li8m552yhy4jdkr7qy.jpg</t>
   </si>
   <si>
     <t>Маркер ультрафиолетовый EDDING 8280, круглый наконечник 1,5-3 мм, E-8280</t>
   </si>
   <si>
     <t>Предназначен для нанесения скрытой маркировки на любую гладкую, очищенную от механических повреждений, поверхность. Идентификация надписи производится с помощью направленного ультрафиолетового излучения.</t>
   </si>
   <si>
     <t>600728</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e09/6or18p2kkfp3q0wlm6gh4rt03jyd9a92.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый  paint marker  2 мм, КРАСНЫЙ, НИТРО-ОСНОВА, алюминиевый корпус, BRAUBERG PROFESSIONAL PLUS, 151440</t>
+  </si>
+  <si>
+    <t>600731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a3/onrf1v1kneisn29e6xrtufso1rxah9cj.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый  paint marker  4 мм, ОРАНЖЕВЫЙ, БЕЗ КСИЛОЛА  без запаха , алюминий, BRAUBERG PROFESSIONAL, 151437</t>
+  </si>
+  <si>
+    <t>600732</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ad7/ue389m7tki9fow0tmcixekjw1ajcjryo.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EDDING 751, 1-2 мм, БЕЛЫЙ, круглый наконечник, алюминиевый корпус, E-751 49</t>
   </si>
   <si>
     <t>600734</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a3/dtshu00xtvcvrvx5m0z1guy52mhx0seh.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EDDING 792, 0,8 мм, ЧЕРНЫЙ, металлический наконечник, пластиковый корпус, E-792 1</t>
   </si>
   <si>
     <t>600735</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/747/747c2a95c322377d9c10f5b7d86dd6c2/f6cce7e91a613c3e70872aa55b82d220.jpg</t>
   </si>
   <si>
     <t>Маркер меловой MunHwa  quot;Black Board Marker quot; розовый, 3мм, водная основа</t>
   </si>
   <si>
     <t>Маркер меловой MunHwa &amp;quot;Black Board Marker&amp;quot; - жидкий мел на водной основе. Используется&amp;nbsp;&amp;nbsp;для&amp;nbsp;&amp;nbsp;письма на белой и черной доске, для декорирования зеркал и стекол, оформления окон, для надписей на металле и коже, идеальный инструмент для детского творчества. Маркеры, нанесенные на гладкую&amp;nbsp;&amp;nbsp;поверхность, легко удаляются влажной тканью.&amp;nbsp;&amp;nbsp;Благодаря высококачественным чернилам, мел поступает дозированно, ложится на поверхность равномерным и однородным слоем, полностью закрашивая обрабатываемую поверхность.&amp;nbsp;&amp;nbsp;Меловой маркер - не крошится, не осыпается при нанесении и не пачкает руки. Клапанный механизм пишущего узла исключает растекание и разбрызгивание мела, преждевременное пересыхание маркера. Толщина линии письма - 3мм. Яркий неоновый розовый цвет чернил.&amp;nbsp;&amp;nbsp;Меловой маркер MunHwa &amp;quot;Black Board Marker&amp;quot;&amp;nbsp;&amp;nbsp;- это твой помощник для воплощения всех креативных решений в жизнь.&amp;nbsp;&amp;nbsp;Инструкция по применению: 1&amp;#41; Встряхнуть маркер с закрытым колпачком. 2&amp;#41; Открыть колпачок. Удерживая маркер в вертикальном положении, несколько раз надавить стержнем на поверхность до тех пор, пока краска не поступит на пишущих узел. 3&amp;#41; Выполнить надпись или рисунок. Дать составу высохнуть в течение 40-60 секунд. 4&amp;#41; Плотно закрыть колпачок.</t>
@@ -8805,59 +8824,50 @@
   <si>
     <t>607982</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f1/5f1958c6143d6d1b55a192add065cdb0/3407b6f9e03f4079aa7d63491195286f.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста ATTACHE набор 4цв. 1-4 мм треугольный</t>
   </si>
   <si>
     <t>612095</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f14/6r062v88iw4xio86na5b3910cm60l02y.jpg</t>
   </si>
   <si>
     <t>Маркер для CD ATTACHE черный, 0,5 мм</t>
   </si>
   <si>
     <t>Маркер для CD Attache в эргономичном корпусе применяется для надписей на CD, CD-R и DVD-дисках. Не повреждает информацию, хранящуюся на дисках. Игольчатый наконечник. Пластиковый корпус. Толщина линии письма - 0,5. Производство - Китай. Чернила черного цвета.</t>
   </si>
   <si>
     <t>612096</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ce7/ce770960a087fad94866a069d6a08b64/d55b0764bb7b2b58e6833dbf6d01dae2.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/c31/l72616aroy172o841wgnqpjvruk214y4.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG  quot;JUMBO quot;, КРАСНЫЙ, ШИРОКАЯ ЛИНИЯ ПИСЬМА, скошенный наконечник, 3-10 мм, 151226</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG &amp;quot;JUMBO&amp;quot; предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный красного цвета обладает круглой формой корпуса из пластика, диаметр которого 26 мм. Толщина линии письма - 3-10 мм в зависимости от угла наклона. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолета, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не смазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил.&amp;nbsp;&amp;nbsp;Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет корпуса и колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>616963</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9e3/setwnn9bq3bedtjgv2lc2ufkrge480eb.jpg</t>
   </si>
   <si>
     <t>Маркер-детектор для проверки подлинности банкнот, BRAUBERG, блистер, 151245</t>
   </si>
   <si>
     <t>Маркер-детектор BRAUBERG предназначен для быстрой проверки подлинности банкнот. Используется как работниками в финансовой сфере, так и обычными людьми, которые периодически снимают деньги с банкоматов. Реагирует на химический состав краски и бумаги банкнот. Работает с большинством видов мировых валют: рубли, доллары, евро. Имеет круглый наконечник и увеличенный объем чернил.СПОСОБ ПРИМЕНЕНИЯНа проверяемую банкноту необходимо нанести любую метку маркером. Если метка приобретет светло-желтый оттенок - купюра подлинная, если метка потемнела - купюра фальшивая.В связи с улучшением качества подделок маркер не всегда может распознать подделку. Для 100&amp;#37; результата рекомендуем обратиться в банк или использовать электронные детекторы банкнот.</t>
   </si>
   <si>
     <t>616965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0a6/j05o7chqd8obp0f74pdk0bcn9tjwg9ts.jpg</t>
@@ -8895,104 +8905,149 @@
   <si>
     <t>http://anytos.ru//upload/iblock/33d/33d8cab6a3f551679278f6a743c214f3.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок двухсторонний Luxor  quot;Duorite quot; синий красный, пулевидный, 1-3мм</t>
   </si>
   <si>
     <t>Маркер двухсторонний Luxor &amp;quot;Duorite&amp;quot; предназначен для использования на досках с магнитно-маркерной поверхностью.&amp;nbsp;&amp;nbsp;Чернила на спиртовой основе быстро высыхают на поверхности доски. След от маркера легко удаляется сухой губкой. Яркая линия письма. Круглая форма наконечника. Уникальное предложение - два цвета в одном маркере. Ширина линии письма 1-3 мм. Цвет чернил - синий/красный.</t>
   </si>
   <si>
     <t>618514</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7e/c7e4b2f9ee50b101819ad31cb5c1e8dd.jpg</t>
   </si>
   <si>
     <t>Маркер для глянц.поверх. EDDING E-143 2 B красный 1-3мм перманент</t>
   </si>
   <si>
     <t>Маркер для глянц.поверх. EDDING E-143/2 B красный 1-3мм перманент</t>
   </si>
   <si>
     <t>619420</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d71/d7127ed62cff37ddbc541afb4de86d2f.jpg</t>
+  </si>
+  <si>
+    <t>Маркер по бумаге  флипчарт  Attache Selection Octavia синий, 2-3мм.</t>
+  </si>
+  <si>
+    <t>Маркер по бумаге &amp;#40;флипчарт&amp;#41; Attache Selection Octavia синий, 2-3мм.</t>
+  </si>
+  <si>
+    <t>625942</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c9c/f67c6gjfd6294k5ty4suejt9np0s1ycn.jpg</t>
   </si>
   <si>
     <t>Маркер для доски ГОЛУБОЙ CENTROPEN  quot;Dry-Wipe quot;, круглый наконечник, 2,5 мм, 8559, 5 8559 0117</t>
   </si>
   <si>
     <t>Маркер для белых сухостираемых досок, ПВХ, стекла, фарфора и непористых поверхностей. Безопасный для здоровья, стираемый в сухом состоянии, светостойкий. Хранить в горизонтальном положении.</t>
   </si>
   <si>
     <t>626982</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52f/ktg88dphtolno1tzx56ub13pvf9cq0zp.jpg</t>
   </si>
   <si>
     <t>Маркер для доски КРАСНЫЙ CENTROPEN  quot;Dry-Wipe quot;, круглый наконечник, 2,5 мм, 8559, 5 8559 0104</t>
   </si>
   <si>
     <t>Маркер для белых сухостираемых досок и непористых поверхностей. Безопасный для здоровья, стираемый в сухом состоянии, светостойкий. Хранить в горизонтальном положении. Круглый наконечник.</t>
   </si>
   <si>
     <t>626983</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccc/ccc6a924df66e4f4f5cee727f195cba6.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель Kores BRIGHT LINER PLUS, скош након, 1-5 мм зеленый</t>
   </si>
   <si>
     <t>627341</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/748/7484588e25834d641df6353ef7737eeb.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель Kores BRIGHT LINER PLUS, скош након, 1-5 мм, оранж</t>
   </si>
   <si>
     <t>627342</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f08/f08509c4eee8f430ba0330584fa00815.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель Kores BRIGHT LINER PLUS, скош након, 1-5 мм, синий</t>
+  </si>
+  <si>
+    <t>627343</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a7/5a7d6dd6bc60c67274683010bcd1fe9c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер меловой edding 4085 001. 1-2 мм. Черный</t>
+  </si>
+  <si>
+    <t>Маркер меловой edding 4085/001. 1-2 мм. Черный</t>
+  </si>
+  <si>
+    <t>629625</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d06/d068e2a4dfd4d5242a9fb3d8ce844bf3.jpg</t>
   </si>
   <si>
     <t>Маркер меловой edding 4085 049. 1-2 мм. Белый</t>
   </si>
   <si>
     <t>Маркер меловой edding 4085/049. 1-2 мм. Белый</t>
   </si>
   <si>
     <t>629628</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7bf/7bf684aaf295c542ec4f0b6d66f9264f.jpg</t>
+  </si>
+  <si>
+    <t>Маркер меловой edding 4085 069. 1-2 мм. Неоновый розовый</t>
+  </si>
+  <si>
+    <t>Маркер меловой edding 4085/069. 1-2 мм. Неоновый розовый</t>
+  </si>
+  <si>
+    <t>629636</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f70/f7028afe3c1d2854c298135dec3c8612.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок Luxor  quot;Trios quot; черный, пулевидный, 2,5мм</t>
   </si>
   <si>
     <t>Эргономичный маркер для белых досок Luxor &amp;quot;Trios&amp;quot;&amp;nbsp;&amp;nbsp;предназначен для использования на досках с магнитно-маркерной и на других непористых поверхностях: стекло, фарфор, пленка.&amp;nbsp;&amp;nbsp;Трехгранный эргономичный корпус комфортно лежит в руке. Благодаря особому строению пишущего узла чернила дозированно поступают на поверхность, не вытекают из наконечника и не образуют клякс. Чернила на спиртовой основе высыхают на поверхности доски в течении 1-2 секунд. Маркер до 2 дней не высыхает без колпачка, а при закрытом колпачке в течении одного часа полностью восстанавливает свои свойства! Прочный фибровый наконечник не западает в корпус и сохраняет форму на протяжении всего срока службы маркера. След от маркера легко удаляется сухой губкой. Длина линии письма - до 700 метров. Пулевидный наконечник позволяет наносить яркие и однородные линии толщиной 2,5 мм. Цвет чернил - черный. Упаковка: картонная коробочка по 12 штук.</t>
   </si>
   <si>
     <t>630249</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/150/150d7c481e6ccce106915662dd56e464.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок Luxor  quot;Trios quot; синий, пулевидный, 2,5мм</t>
   </si>
   <si>
     <t>Эргономичный маркер для белых досок Luxor &amp;quot;Trios&amp;quot;&amp;nbsp;&amp;nbsp;предназначен для использования на досках с магнитно-маркерной и на других непористых поверхностях: стекло, фарфор, пленка.&amp;nbsp;&amp;nbsp;Трехгранный эргономичный корпус комфортно лежит в руке. Благодаря особому строению пишущего узла чернила дозированно поступают на поверхность, не вытекают из наконечника и не образуют клякс. Чернила на спиртовой основе высыхают на поверхности доски в течении 1-2 секунд. Маркер до 2 дней не высыхает без колпачка, а при закрытом колпачке в течении одного часа полностью восстанавливает свои свойства! Прочный фибровый наконечник не западает в корпус и сохраняет форму на протяжении всего срока службы маркера. След от маркера легко удаляется сухой губкой. Длина линии письма - до 700 метров. Пулевидный наконечник позволяет наносить яркие и однородные линии толщиной 2,5 мм. Цвет чернил - синий. Упаковка: картонная коробочка по 12 штук.</t>
   </si>
   <si>
     <t>630250</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f77/f776d592768620128a2e94ba1b999958.jpg</t>
@@ -9042,86 +9097,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f44/f44b3a04aebe09996b98c9aa887330e4.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 140 7 коричневый 0,3мм.</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 140/7 коричневый 0,3мм.</t>
   </si>
   <si>
     <t>635458</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a7f/a7f2a031e76d68e47607a277f0d92c7c.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 141 4 зеленый 0,6мм.</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 141/4 зеленый 0,6мм.</t>
   </si>
   <si>
     <t>635459</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1e6/1e64bad0fe0e9e93ef8efe577631fd8c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный для глянц. поверхностей EDDING 141 7 коричневый 0,6мм.</t>
+  </si>
+  <si>
+    <t>Маркер перманентный для глянц. поверхностей EDDING 141/7 коричневый 0,6мм.</t>
+  </si>
+  <si>
+    <t>635461</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a83/a833834af1aefb92f06cf0d664485c9e.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 142 2 M красный 1 мм.</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 142/2 M красный 1 мм.</t>
   </si>
   <si>
     <t>635462</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7b9/7b9732a936a47d5dde76c60b908563f9.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 142 3 M синий 1 мм.</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 142/3 M синий 1 мм.</t>
   </si>
   <si>
     <t>635463</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6d2/6d2fb83f1bfab0bab3f58b13678fbe36.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 142 4 M зеленый 1 мм.</t>
   </si>
   <si>
     <t>Маркер перманентный для глянц. поверхностей EDDING 142/4 M зеленый 1 мм.</t>
   </si>
   <si>
     <t>635464</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a51/a51cbfba584c475b802fea789b672630.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный для глянц. поверхностей EDDING 142 7 M коричневый 1 мм.</t>
+  </si>
+  <si>
+    <t>Маркер перманентный для глянц. поверхностей EDDING 142/7 M коричневый 1 мм.</t>
+  </si>
+  <si>
+    <t>635466</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e96/e96a9bcbe5065e36ee30efbfbf5207a5.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный КОРИЧНЕВЫЙ CENTROPEN, тонкий наконечник, 1 мм, 2846, ш к 19971, 6 2846 9411</t>
+  </si>
+  <si>
+    <t>Перманентный маркер пишет на большинстве поверхностей, устойчив к воде, стиранию, атмосферным воздействиям. Чернила на спиртовой основе, цилиндрический пишущий узел, толщина линии - 1мм.</t>
+  </si>
+  <si>
+    <t>642498</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b90/30zo4rarzxr9rg5a40sjoo134fjs7i3z.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ЧЕРНЫЙ CENTROPEN, круглый наконечник, 2 мм, 2836, ш к 00559, 6 2836 0012</t>
   </si>
   <si>
     <t>Перманентный маркер пишет на большинстве поверхностей, устойчив к воде, стиранию, атмосферным воздействиям. Чернила на спиртовой основе, цилиндрический пишущий узел, толщина линии - 2 мм.</t>
   </si>
   <si>
     <t>642503</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/135/lkrucsgezopo8xat2c47awz66gewbr0b.jpg</t>
   </si>
   <si>
     <t>Маркер для ткани ЧЕРНЫЙ CENTROPEN  quot;Textile Marker quot;, круглый наконечник, 1,8 мм, 2739, 5 2739 9212</t>
   </si>
   <si>
     <t>Маркер для текстиля с эргономичной зоной обхвата. Безопасные для здоровья светостойкие чернила. Выдерживает стирку до 60 градусов.</t>
   </si>
   <si>
     <t>642510</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/661/tbz9td6h0wdxyjcdephmz3eujidcdz5w.jpg</t>
@@ -9255,95 +9346,143 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1b3/1b3f9f38ed72801d139db8a88cfebd2b.jpg</t>
   </si>
   <si>
     <t>Маркер лаковый EDDING 780 2 красный 0,8мм, круглый наконечник</t>
   </si>
   <si>
     <t>Маркер лаковый EDDING 780/2 красный 0,8мм, круглый наконечник</t>
   </si>
   <si>
     <t>644912</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5b7/5b7d61123b88761c2f6975b4fa7b58d7.jpg</t>
   </si>
   <si>
     <t>Маркер лаковый EDDING 791 2 красный 1-2мм, пласт. корп</t>
   </si>
   <si>
     <t>Маркер лаковый EDDING 791/2 красный 1-2мм, пласт. корп</t>
   </si>
   <si>
     <t>644913</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3d2/3d226934b226985a0c9a5dcadd49ee5c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для досок EDDING 360 10 голубой 1,5-3 мм.</t>
+  </si>
+  <si>
+    <t>Маркер для досок EDDING 360/10 голубой 1,5-3 мм.</t>
+  </si>
+  <si>
+    <t>648653</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e0a/e0ac3d35e5227dc27889b2ea27cda9ad.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для досок EDDING 360 6 оранжевый 1,5-3 мм.</t>
+  </si>
+  <si>
+    <t>Маркер для досок EDDING 360/6 оранжевый 1,5-3 мм.</t>
+  </si>
+  <si>
+    <t>648655</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1f7/1f7e57c0a0a4f313f7876baad4e46d83.jpg</t>
   </si>
   <si>
     <t>Маркер для досок EDDING 361 1, 1 мм, черный</t>
   </si>
   <si>
     <t>Маркер для досок EDDING 361/1, 1 мм, черный</t>
   </si>
   <si>
     <t>648659</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/faf/fafc5acc81ba34334097a0e3649dc04c.jpg</t>
   </si>
   <si>
     <t>Маркер для досок EDDING 361 4, 1 мм, зеленый</t>
   </si>
   <si>
     <t>Маркер для досок EDDING 361/4, 1 мм, зеленый</t>
   </si>
   <si>
     <t>648662</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/646/64658d11d175216856313c89d8c3ec20.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING 300 8 фиолетовый 1,5-3 мм кругл. наконечник</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING 300/8 фиолетовый 1,5-3 мм кругл. наконечник</t>
   </si>
   <si>
     <t>648683</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/458/45822e0fc77d30916994d537ba2fb60d.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING 3005 желтый 1,5-3 мм кругл. наконечник</t>
   </si>
   <si>
     <t>648685</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d34/d3412eeffb7b5130d3f54b131f28fdd5.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный EDDING 400 5 желтый 1 мм круглый наконечник</t>
+  </si>
+  <si>
+    <t>Маркер перманентный EDDING 400/5 желтый 1 мм круглый наконечник</t>
+  </si>
+  <si>
+    <t>648689</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ad/3ad92267499eb70e7929108df9bf93ae.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманент. двухсторонний CENTROPEN 1-4 мм черный</t>
+  </si>
+  <si>
+    <t>Двухсторонний перманентный маркер CENTROPEN дает возможность писать практически на любых поверхностях: бумаге, резине, коже, пластмассе, металле. Цвет и насыщенность линий не выцветает и не тускнеет со временем. Маркер устойчив к стиранию, воде и атмосферным воздействиям. Выдерживает воздействие температуры до 100 градусов. Спиртовой состав чернил. Два разных наконечника позволяют писать с толщиной линии от 1 до 4 мм . Цвет чернил: черный.</t>
+  </si>
+  <si>
+    <t>650004</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/135/c8oo52tg6074nicrm0ld3vkzit465icw.jpg</t>
   </si>
   <si>
     <t>Маркер меловой BRAUBERG  quot;POP-ART quot;, сухостираемый, для гладких поверхностей, 3,5 мм, ЖЕЛТЫЙ, 151520</t>
   </si>
   <si>
     <t>Сухостираемый меловой маркер BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеален для использования на школьных занятиях и детского творчества. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.Предназначен для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе желтого цвета без резкого запаха. Толщина линии письма - от 1 мм до 3,5 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- пулевидный наконечник устойчив к повреждению и истиранию.</t>
   </si>
   <si>
     <t>652634</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e86/zaxfwscmgcx38z4eqseevjl2xhpqo6ab.jpg</t>
   </si>
   <si>
     <t>Маркер меловой BRAUBERG  quot;POP-ART quot;, сухостираемый, для гладких поверхностей, 3,5 мм, КРАСНЫЙ, 151521</t>
   </si>
   <si>
     <t>Сухостираемый меловой маркер BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеален для использования на школьных занятиях и детского творчества. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.Предназначен для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе красного цвета без резкого запаха. Толщина линии письма - от 1 мм до 3,5 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- пулевидный наконечник устойчив к повреждению и истиранию.</t>
   </si>
   <si>
     <t>652636</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/176/ipsya7ujt3zro6nz0fh0xy18p6aj7wvk.jpg</t>
@@ -9372,81 +9511,69 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f8a/surm58mbbndypvvgtmxdag80m497j7p3.jpg</t>
   </si>
   <si>
     <t>Маркер меловой BRAUBERG  quot;POP-ART quot;, сухостираемый, для гладких поверхностей, 3,5 мм, ЧЕРНЫЙ, 151525</t>
   </si>
   <si>
     <t>Сухостираемый меловой маркер BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеален для использования на школьных занятиях и детского творчества. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.Предназначен для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе черного цвета без резкого запаха. Толщина линии письма - от 1 мм до 3,5 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- пулевидный наконечник устойчив к повреждению и истиранию.</t>
   </si>
   <si>
     <t>652639</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/701/1knwbj799m6ddy9py7gglpsp6hotjp9v.jpg</t>
   </si>
   <si>
     <t>Маркеры меловые BRAUBERG  quot;POP-ART quot;, НАБОР 6 шт., сухостираемый, для гладких поверхностей, 3,5 мм, АССОРТИ, 151526</t>
   </si>
   <si>
     <t>Сухостираемые меловые маркеры BRAUBERG &amp;quot;POP-ART&amp;quot; - оригинальный инструмент для оформления различных зон помещений. Идеальны для использования на школьных занятиях и детского творчества. Предназначены для росписи, создания рисунков и надписей на зеркалах, стекле, меловой пленке и прочих гладких и прозрачных невпитывающих поверхностях. Рисунок получается плотный и яркий. Чернила на водно-меловой основе без резкого запаха. В наборе 6 меловых маркеров следующих цветов: белый, желтый, оранжевый, розовый, красный, зеленый. Толщина линии письма - от 1 мм до 3,5 мм, зависит от угла наклона мелового маркера. Круглый корпус выполнен из пластика.Обладает следующими преимуществами:- чернила светятся в УФ-свете;- повышенная светостойкость;- пулевидный наконечник устойчив к повреждению и истиранию.СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, дождаться, когда чернила полностью пропитают его.3. После использования плотно закрыть колпачок.</t>
   </si>
   <si>
     <t>652640</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/fc1/fc1b248fa4bb4c4d3f925ecc3ca5b176.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/49f/49fbddb37fb6da02b1f2188e8ce4e976.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Berlingo  quot;Multiline PE320 quot; синий, пулевидный, трехгранный, 3мм</t>
   </si>
   <si>
     <t>Перманентный маркер Berlingo Multiline PE320 прекрасно подходит для маркировки большинства материалов, включая металл, дерево, резина, бетон/камень/кирпич, стекло, пленка, картон и др.&amp;nbsp;&amp;nbsp;Чернила Dokumental обладают прекрасной адгезией и быстро высыхают, не оставляя пропусков и клякс.&amp;nbsp;&amp;nbsp;Длина непрерывной линии письма составляет 600 метров, ширина линии - 3 мм. Наконечник - пулевидной формы, цвет чернил - синий.&amp;nbsp;&amp;nbsp;Используемые чернила не содержат ксилол и толуол, безопасны и подходят как для промышленного, офисного, так и для домашнего использования. Упакованы в коробочку по 12 штук.</t>
   </si>
   <si>
     <t>652699</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/607/607bffa6ee3b73c50ac01077bc975360.jpg</t>
-[...5 lines deleted...]
-    <t>661126</t>
+    <t>http://anytos.ru//upload/iblock/138/13826bf95320bfb14ebb3c719d2a570e.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный LINC PERMANENT 2,5-3,7 мм черный круглый</t>
+  </si>
+  <si>
+    <t>661127</t>
   </si>
   <si>
     <t>&lt;a href="/brands/linc/"&gt;Linc&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a0/myerlbf5sxmodpg3wdkvm7m92573f7jj.jpg</t>
   </si>
   <si>
     <t>Маркер стираемый для белой доски ЗЕЛЕНЫЙ, CENTROPEN  quot;Dry-Wipe quot;, 2,5 мм, 8559, 5 8559 0110</t>
   </si>
   <si>
     <t>Маркер для белых сухостираемых досок и непористых поверхностей. Безопасный для здоровья, стираемый в сухом состоянии, светостойкий. Хранить в горизонтальном положении.</t>
   </si>
   <si>
     <t>661992</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ef/5nqst5cbzj3uw8r8jsvmpbx8k1e4ntt2.jpg</t>
   </si>
   <si>
     <t>Маркер для ткани ЧЕРНЫЙ CENTROPEN  quot;Textile Liner quot;, игольчатый наконечник, 0,6-0,8 мм, 2639, 5 2639 0112</t>
   </si>
   <si>
     <t>Маркер для текстиля для нанесения тонких линий на большинстве текстильных изделий, не требует глажения утюгом. Несмываемые чернила на водной основе, светостойкие. Выдерживают стирку при температуре до 60 градусов. Толщина линии - 0,6-0,8 мм.</t>
   </si>
@@ -9468,62 +9595,86 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d2b/d2bf13a2ec12b5bc28bb3068be9cd906.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EXTRA  paint marker  2 мм, ЖЕЛТЫЙ, УЛУЧШЕННАЯ НИТРО-ОСНОВА, BRAUBERG, 151973</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG EXTRA предназначен для маркировки на различных поверхностях: бетон, дерево, стекло, металл, резина, пластик как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, подождать 20 секунд, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Высококачественные чернила желтого цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 2 мм, можно легко наносить линии средней толщины. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>661995</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a74/a745c778e1eabb1dd54d5882d2988a04.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EXTRA  paint marker  2 мм, ЗЕЛЕНЫЙ, УЛУЧШЕННАЯ НИТРО-ОСНОВА, BRAUBERG, 151974</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG EXTRA предназначен для маркировки на различных поверхностях: бетон, дерево, стекло, металл, резина, пластик как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, подождать 20 секунд, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Высококачественные чернила зеленого цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 2 мм, можно легко наносить линии средней толщины. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>661996</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/026/ob3khif2w00qwws2z9q62wskzyrgr95v.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый EXTRA  paint marker  2 мм, ЗОЛОТОЙ, УЛУЧШЕННАЯ НИТРО-ОСНОВА, BRAUBERG, 151972</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый BRAUBERG EXTRA предназначен для маркировки на различных поверхностях: бетон, дерево, стекло, металл, резина, пластик как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, подождать 20 секунд, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Высококачественные чернила золотого цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 2 мм, можно легко наносить линии средней толщины. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>661997</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/01d/sg2nmdvs06vii3eqam30qnpamtp8u755.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EXTRA  paint marker  2 мм, КРАСНЫЙ, УЛУЧШЕННАЯ НИТРО-ОСНОВА, BRAUBERG, 151969</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG EXTRA предназначен для маркировки на различных поверхностях: бетон, дерево, стекло, металл, резина, пластик как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, подождать 20 секунд, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Высококачественные чернила красного цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 2 мм, можно легко наносить линии средней толщины. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>661999</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ea8/9jq21zojnuyde3h7wcvm5pvxbyf5wc8f.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый EXTRA  paint marker  2 мм, МЕДНЫЙ, УЛУЧШЕННАЯ НИТРО-ОСНОВА, BRAUBERG, 151976</t>
+  </si>
+  <si>
+    <t>Маркер-краска лаковый BRAUBERG EXTRA предназначен для маркировки на различных поверхностях: бетон, дерево, стекло, металл, резина, пластик как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, подождать 20 секунд, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Высококачественные чернила медного цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 2 мм, можно легко наносить линии средней толщины. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>662000</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c71/ek6spbfbaku3f20vgpb6t7eyreeboyre.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EXTRA  paint marker  2 мм, ЧЕРНЫЙ, УЛУЧШЕННАЯ НИТРО-ОСНОВА, BRAUBERG, 151968</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG EXTRA предназначен для маркировки на различных поверхностях: бетон, дерево, стекло, металл, резина, пластик как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, подождать 20 секунд, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Высококачественные чернила черного цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 2 мм, можно легко наносить линии средней толщины. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>662004</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2a9/oal93jw1430okej8moy04pjxan51c4yf.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EXTRA  paint marker  4 мм, БЕЛЫЙ, УЛУЧШЕННАЯ НИТРО-ОСНОВА, BRAUBERG, 151978</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG EXTRA предназначен для маркировки на различных поверхностях: бетон, дерево, стекло, металл, резина, пластик как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, подождать 20 секунд, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Высококачественные чернила белого цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 4 мм, можно легко наносить широкие линии. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>662005</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/915/u2s5cr0m5rpkc0q99h3x4gphz8tt3hdt.jpg</t>
@@ -9600,74 +9751,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/e90/50dsblfwktetfkayewp76xrt42bsf6oc.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EXTRA  paint marker  4 мм, СИНИЙ, УЛУЧШЕННАЯ НИТРО-ОСНОВА, BRAUBERG, 151983</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG EXTRA предназначен для маркировки на различных поверхностях: бетон, дерево, стекло, металл, резина, пластик как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, подождать 20 секунд, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Высококачественные чернила синего цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 4 мм, можно легко наносить широкие линии. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>662014</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/87e/4s03c8f918jez4ywcju820r6gjgsgj9x.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый EXTRA  paint marker  4 мм, ЧЕРНЫЙ, УЛУЧШЕННАЯ НИТРО-ОСНОВА, BRAUBERG, 151979</t>
   </si>
   <si>
     <t>Маркер-краска лаковый BRAUBERG EXTRA предназначен для маркировки на различных поверхностях: бетон, дерево, стекло, металл, резина, пластик как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить на наконечник, подождать 20 секунд, когда краска полностью пропитает его.3. После использования плотно закрыть колпачок.Высококачественные чернила черного цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 4 мм, можно легко наносить широкие линии. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>662015</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3c3/w56vvfdw81pafc65wquepos6nhof90bt.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a85/a149nr6kes9szdus9rr1r5z91ocwol0e.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный БЕЛЫЙ CENTROPEN, круглый наконечник, 1,2 мм, блистер, 2686, 5 2686 6000</t>
   </si>
   <si>
     <t>Перманентный универсальный маркер пишет на большинстве поверхностей, после засыхания устойчивый к воде, стиранию, атмосферным воздействиям. Белые светостойкие чернила на водной основе. Линия письма - 1,2 мм.</t>
   </si>
   <si>
     <t>662024</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/082/o6a4ca14i56zhvr1xa398vhi4cmmlztg.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный БЕЛЫЙ CENTROPEN, круглый наконечник, 2,5 мм, блистер, 8586, 5 8586 6000</t>
   </si>
   <si>
     <t>Перманентный универсальный маркер пишет на большинстве поверхностей, после засыхания устойчивый к воде, стиранию, атмосферным воздействиям. Белые светостойкие чернила на водной основе. Линия письма - 2,5 мм.</t>
   </si>
   <si>
     <t>662025</t>
@@ -9771,113 +9898,116 @@
   <si>
     <t>http://anytos.ru//upload/iblock/325/8kpixla0fqfiulq2dhtjvejv8kqu5fvk.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING 25 1 EcoLine черный, 1 мм.</t>
   </si>
   <si>
     <t>Маркер перманентный EDDING 25/1 EcoLine черный, 1 мм.</t>
   </si>
   <si>
     <t>674102</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/254/dcl3jkvngibry955ftzd6r3zw6g8dlrs.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный, для глянцевых поверхностей EDDING 142 1 M черный 1 мм.</t>
   </si>
   <si>
     <t>Маркер перманентный, для глянцевых поверхностей EDDING 142/1 M черный 1 мм.</t>
   </si>
   <si>
     <t>674103</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/811/u3tfa3luz7uvhw49brwuns9n7m1e6051.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f1b/254122da4y38ujzqo3tusbctyfyxr5wa.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Crown Multi Marker, черный, пулевидный, 3мм.</t>
   </si>
   <si>
     <t>674106</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73a/vf2rowjyj8jeab65ghwwpo7o72uyxxol.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Luxor  quot;Trios quot; зеленый, пулевидный, 2,5 мм</t>
   </si>
   <si>
     <t>Эргономичный перманентный маркер Luxor &amp;quot;Trios&amp;quot;&amp;nbsp;&amp;nbsp;- универсальное решение для маркировки на всех типах поверхностей: металл, дерево, резина, бетон, камень, кирпич, стекло, пленка, картон. Трехгранный корпус перманентного маркера комфортно лежит в руке, рука не устает при длительном письме маркером.&amp;nbsp;&amp;nbsp;Корпус маркера изготовлен из прочного пластика. Плотный колпачок с клипом надежно предотвращает высыхание.&amp;nbsp;&amp;nbsp;Чернила на спиртовой основе. Чернила устойчивы к климатическим изменениям: дождь, туман, солнце, не стираются и не выцветают в течение длительного времени &amp;#40;до 3-х лет в зависимости от эксплуатации промаркированного изделия&amp;#41;, оставляют четкую и однородную линию, безопасны для использования и не содержат ксилол и толуол. Длина непрерывной линии 700 метров.&amp;nbsp;&amp;nbsp;Цвет чернил - зеленый, диаметр пишущего узла от -2,5 мм. Упаковка: картонная коробка по 12 штук.</t>
   </si>
   <si>
     <t>681949</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c9f/g7db8wfvn8bu100tgnny9a3r9eo2cvrq.jpg</t>
-[...8 lines deleted...]
-    <t>681950</t>
+    <t>http://anytos.ru//upload/iblock/ccd/p9dln450zuw7e09jb2ot13s6opwda8mo.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Luxor  quot;Trios quot; синий, пулевидный, 2,5 мм</t>
+  </si>
+  <si>
+    <t>Эргономичный перманентный маркер Luxor &amp;quot;Trios&amp;quot;&amp;nbsp;&amp;nbsp;- универсальное решение для маркировки на всех типах поверхностей: металл, дерево, резина, бетон, камень, кирпич, стекло, пленка, картон. Трехгранный корпус перманентного маркера комфортно лежит в руке, рука не устает при длительном письме маркером.&amp;nbsp;&amp;nbsp;Корпус маркера изготовлен из прочного пластика. Плотный колпачок с клипом надежно предотвращает высыхание.&amp;nbsp;&amp;nbsp;Чернила на спиртовой основе. Чернила устойчивы к климатическим изменениям: дождь, туман, солнце, не стираются и не выцветают в течение длительного времени &amp;#40;до 3-х лет в зависимости от эксплуатации промаркированного изделия&amp;#41;, оставляют четкую и однородную линию, безопасны для использования и не содержат ксилол и толуол. Длина непрерывной линии 700 метров.&amp;nbsp;&amp;nbsp;Цвет чернил - синий, диаметр пишущего узла от -2,5 мм. Упаковка: картонная коробка по 12 штук.</t>
+  </si>
+  <si>
+    <t>681951</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/140/z79v3sp1p0smgw8e75pyddfpcafckl97.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Schneider  quot;Maxx 166 quot; черный, пулевидный, 1мм</t>
   </si>
   <si>
     <t>Письменные принадлежности Schneider разрабатываются и производятся только в Германии, их отличают функциональный дизайн, безупречное качество, надежность и экологичность. Перманентный маркер для письма на большинстве твёрдых поверхностей, включая картон, бумагу, металл, стекло, дерево и пластик, может находиться без колпачка до 3 дней и не высыхает. Чернила на спиртовой основе, без ксилола и толуола. Надписи быстро высыхают, не выцветают и не размываются. Сделано в Германии!</t>
   </si>
   <si>
     <t>681952</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/653/a6e0vw1pg4ma9ze5bhmpw7krjqwr0u3n.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Schneider  quot;Maxx 160 quot; черный, пулевидный, 3мм</t>
   </si>
   <si>
     <t>681953</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/357/n5774yp7z0sex9opsmcdrt32i5fefkib.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный промышленный Line Plus  quot;PER-2617 quot; черный, скошенный, 17мм.</t>
+  </si>
+  <si>
+    <t>Промышленный перманентный маркер на спиртовой основе предназначен для использования на всех типах производственных поверхностях: металл, масляная поверхность, шероховатая&amp;nbsp;&amp;nbsp;и ржавая поверхность, пластмасса, стекло, керамика и другое. Ударопрочный металлический корпус. Цвет чернил - черный. Скошенный наконечник позволяет наносить линии разной толщины от 4 до 17 мм. Комфортная модель большой емкости Power с широким скошенным&amp;nbsp;&amp;nbsp;наконечником . Насыщенность цвета&amp;nbsp;&amp;nbsp;не ослабевает в процессе использования.</t>
+  </si>
+  <si>
+    <t>686550</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a43/qubpfj848vjmmb5ek3flcr21n84uhent.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Schneider  quot;Maxx 160 quot; красный, пулевидный, 3мм</t>
   </si>
   <si>
     <t>693385</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d13/b7ok3rqobc6y2h0vx110zelv2pvodk6q.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Schneider  quot;Maxx 160 quot; синий, пулевидный, 3мм</t>
   </si>
   <si>
     <t>693386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9f/l01xwys21sgw63b9a9b6bnkwl6fwm08j.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для CD DVD Line Plus  quot;2500F quot; синий, 0,6мм</t>
   </si>
   <si>
     <t>Перманентный маркер Crown Line Plus 2500F - деликатная маркировка на всех типах гладких поверхностей: CD и DVD, металл, дерево, резина, стекло, пленка, картон. Ультратонкий наконечник из прочного фиброволокна позволяет наносить четкие и тонкие линии 0,6 мм.&amp;nbsp;&amp;nbsp;&amp;nbsp;&amp;nbsp;Эргономичный ударопрочный корпус маркера изготовлен из первичного пластика. Чернила на спиртовой основе устойчивы к климатическим изменения, не стираются и не выцветают в течение длительного времени, оставляют четкую и однородную линию, безопасны для использования и не содержат ксилол и толуол. Цвет чернил - синий.&amp;nbsp;&amp;nbsp;Длина непрерывной линии достигает 500 метров. Упаковка: картонная коробка по 12 штук. Line Plus - долговечные&amp;nbsp;&amp;nbsp;ультра-современные маркеры безупречного качества.</t>
@@ -9978,62 +10108,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ea2/6hebw91dm6tfbwv6dh2fagd4ulgg0qdl.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Перманентный маркер Erich Krause P-200, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Перманентный маркер от Эрих Краузе. Ширина письма - 0.8 - 2.2 мм. Наконечник пулевидной формы, устойчив к истиранию. Чернила на спиртовой основе, светостойкие и водостойкие. Нетоксичный. Длина письма - 950 м.</t>
   </si>
   <si>
     <t>697076</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7b/lkbvzrq6ui3a7qqj6364gjolozmpzr1x.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Перманентный маркер Erich Krause P-300, цвет чернил красный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Перманентный маркер с несмываемыми водостойкими чернилами. Скошенный пишущий узел позволяет варьировать ширину письма. Ширина линии 0.7-4.0 мм. Длина непрерывной линии 530 м. Наконечник скошенной формы, устойчив к истиранию. Чернила на водной основе, светостойкие и водостойкие. Нетоксичный. Маркер идеально подходит для надписей, маркировки и письма на любой поверхности.</t>
   </si>
   <si>
     <t>697078</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5ed/lx4olezi22im57quo845a38xs7n2gxh3.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/598/m7qqp4yudynx2673aspvqprksrllx55e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Перманентный маркер Erich Krause P-500, цвет чернил черный  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Перманентный перезаправляемый маркер с наконечником скошенной формы. Предназначен для письма и маркировки практически на всех поверхностях: бумага, картон, стекло, пластик, фарфор, дерево и др. Имеет круглую форму корпуса и цветной колпачок с клипом. Цвет колпачка соответствует цвету чернил. Наконечник устойчив к повреждению и истиранию. Толщина линии письма – 0.5-4.6 мм. Чернила на спиртовой основе, водостойкие, светостойкие, устойчивые к ультрафиолетовым лучам, быстро высыхают после нанесения. Нетоксичные. Не содержат ксилол, толуол. Срок годности 5 лет. Максимальная длина непрерывной линии 1200 м.</t>
   </si>
   <si>
     <t>697080</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d52/1bex3s7qwgo78ul2t20fx7pk2t5gk92m.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер-краска Erich Krause PT-350, цвет чернил серебряный  коробка 6 шт. </t>
   </si>
   <si>
     <t>Универсальный маркер-краска оснащен клапанной системой подачи чернил, прочным алюминиевым корпусом и колпачком с удобным клипом. Предназначен для маркировки на таких поверхностях, как резина, металл, бетон, бумага, картон, стекло, пластик, фарфор, дерево, искусственный и натуральный камень и др. Цвет колпачка соответствует цвету чернил. Пулевидный наконечник устойчив к повреждению и истиранию. Ширина письма – 1.5-2.5 мм. Краска обладает высокой устойчивостью к влаге и ультрафиолетовым лучам, быстро высыхает после нанесения. Маркировку можно наносить как на холодные, так и на горячие поверхности. Срок годности 5 лет.</t>
   </si>
   <si>
     <t>697082</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/26c/63j2i8l4b0gv57db66xd4mh6l09pqsjm.jpg</t>
@@ -10059,108 +10177,96 @@
   <si>
     <t>697084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a0/0r6v2cu1r5si3vjnqkr0y1n8c8biihl4.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Перманентный маркер Erich Krause P-70, цвет чернил: черный, синий, красный  в футляре по 3 шт. </t>
   </si>
   <si>
     <t>697085</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bb7/0n5c1ap0s4nlxfq3k1lsxuz4ue6sqks9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер для досок Erich Krause W-500 с губкой, цвет чернил: черный, синий, красный  в пенале по 3 шт. </t>
   </si>
   <si>
     <t>Маркер для досок ErichKrause® W-500 с губкой, цвет чернил: черный, синий, красный &amp;#40;в пенале по 3 шт.&amp;#41;</t>
   </si>
   <si>
     <t>697086</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/485/6aqs3d6uuqbofgp8d9xxzrpux5m62j5c.jpg</t>
-[...8 lines deleted...]
-    <t>701512</t>
+    <t>http://anytos.ru//upload/iblock/df5/i9834d88c69erbu93w9aqyu4jgwjg88c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, АБРИКОСОВЫЙ  Y505 , 151848</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - абрикосовый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701511</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/039/i1yt0mg9k72p7jkjjgnnld5mvfeoq2w3.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, АКВАМАРИН  B522 , 151842</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - &amp;quot;аквамарин&amp;quot;. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701513</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed5/f89hi3hqs48q8t2ipwis9xz2n9utnnk7.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, БАЛТИЙСКИЙ ЗЕЛЕНЫЙ  B825 , 151838</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - балтийский зеленый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701516</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b1c/vm16b5sfza1qzcawzw85k1vxxmgpr8ji.jpg</t>
-[...20 lines deleted...]
-    <t>701520</t>
+    <t>http://anytos.ru//upload/iblock/adf/inikpdw38fqwo71nws6icn2nv67bas4p.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, БИРЮЗОВЫЙ  B502 , 151809</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - бирюзовый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701518</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d37/f2pf8rvhv8e48c954oxp9ccjig2nhbuq.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, БЛЕДНО-РОЗОВЫЙ  R604 , 151811</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - бледно-розовый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701521</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dbe/xmarnrotidtvfw1ja3wc90mbima9oyph.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, БЛЕНДЕР  0 , 151768</t>
   </si>
   <si>
     <t>Маркер-блендер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер-блендер применяется для смешивания разных цветов, смягчения острых углов и придания мягкости линиям. Подходит для использования на бумаге. Двусторонний бесцветный маркер-блендер для скетчинга обладает треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера-блендера позволяет смешивать цвета, создавая новые, а также мягкие переходы из цвета в цвет. Маркер-блендер можно использовать в качестве стирательной резинки для исправления ошибок: от смягчения чересчур насыщенных цветов до удаления случайных пятен. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701522</t>
   </si>
@@ -10227,194 +10333,305 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2ec/abg0hrqmqrf9dykbk3jdpjyri5bvn6zn.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ЖЕЛТО-ОЛИВКОВЫЙ  Y225 , 151820</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - желто-оливковый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701531</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b64/k84865aw88yf3qvk9h7ykppy5akv3ms2.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ЖЕЛТЫЙ КАНАРЕЕЧНЫЙ  Y003 , 151852</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - желтый канареечный. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701532</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/09c/rq6cu8bomyf38ou96is0wl2yz6kalirm.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ЖЕЛТЫЙ ПОДСОЛНУХ  Y216 , 151805</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркеры для скетчинга и рисования подходят для использования на всех видах поверхностей, на бумаге, холсте, картоне, фотографиях, пластике, стекле, дереве, ткани.</t>
+  </si>
+  <si>
+    <t>701533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8c5/e027d0kq2shwffvasji5h1240hth52fg.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ЗЕЛЕНЫЙ МОХ  B754 , 151837</t>
+  </si>
+  <si>
+    <t>701538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a68/cripwyp3eb9hvl7r3z0uaha8cb4nqjb6.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ЗЕЛЕНЫЙ ОКЕАНСКИЙ  G318 , 151770</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - зеленый океанский. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701539</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/754/guq36rz8hb45m7fs8dj3sfd95hueymnu.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, КОРАЛЛОВО-РОЗОВЫЙ  R105 , 151863</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - кораллово-розовый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701542</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8c5/6air9y2ivwpjyic0ohpphd0z31x8eb2p.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, КОРИЧНЕВО-СЕРЫЙ  Y412 , 151815</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - коричнево-серый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701543</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b19/y96pslw50913zy50qc4ntirf3oy37i2t.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ЛОСОСЕВЫЙ  Y713 , 151859</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - лососевый Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e8/pfox9ga4qz0z16wnxddlff0ihxur938w.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, МЯТНО-ЗЕЛЕНЫЙ  G115 , 151780</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - мятно-зеленый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/429/j164yd2sjpt5hsvy4gwmeua73zdiprib.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, НЕАПОЛИТАНСКИЙ ОРАНЖЕВЫЙ  Y503 , 151858</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - неаполитанский оранжевый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701550</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/af0/75046vg4a5hg1g6osdid6qd6drdrysm9.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, НЕФРИТОВЫЙ ЗЕЛЕНЫЙ  G326 , 151790</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - нефритовый зеленый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701552</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ce6/pngkzqyjnhtg88tvcirtozz7x0szo6uq.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ОКСИД ХРОМА ЗЕЛЕНЫЙ  B962 , 151844</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - оксид хрома зеленый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701553</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27c/v6w4slz3mhi3kehw0ybil5zaj9pec1lb.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ОЛИВКОВЫЙ БЛЕДНЫЙ  Y025 , 151853</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - оливковый бледный. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701555</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/da3/ujghxhvuwp6zumv822z938tf99ra083y.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1ff/5lecwgzerbxei63otgeca0bbm9i3deag.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ПАСТЕЛЬНЫЙ ЖЕЛТЫЙ  Y204 , 151819</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - пастельный желтый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701559</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7a8/nh4nzckc98fqh51l4zwxozytl9ipn3py.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ПЫЛЬНЫЙ РОЗОВЫЙ  R213 , 151785</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - темно-розовый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701560</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/aa9/36xf97ksxcvwuoe0vphteityy6n38wdb.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, РОЗОВЫЙ АНТИЧНЫЙ  R543 , 151865</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - розовый античный. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701561</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c4/u2mc9zrzqg1w41hl02dn2j0wygs71hdg.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, РОЗОВЫЙ ФЛУОРЕСЦЕНТНЫЙ  F23 , 151782</t>
   </si>
   <si>
-    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркеры для скетчинга и рисования подходят для использования на всех видах поверхностей, на бумаге, холсте, картоне, фотографиях, пластике, стекле, дереве, ткани.</t>
-[...1 lines deleted...]
-  <si>
     <t>701562</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/151/32j68h2pkq188wkgzbkpvqtbts2foxaf.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СВЕТЛО-ГОЛУБОЙ  B114 , 151834</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - светло-голубой. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701564</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6e3/jgqr0rfktybqxoz4asjdm5jzelqhkhh3.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СВЕТЛО-ГОЛУБОЙ  G025 , 151783</t>
+  </si>
+  <si>
+    <t>701565</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1b7/0wo2go62mpec6vkbhy97ivldrzkv30nv.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СВЕТЛО-ЗЕЛЕНАЯ БИРЮЗА  B714 , 151827</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - светло-зеленая бирюза. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701566</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/484/ft6rxx4apotwqa27jbz1o5ufzrc3sg2o.jpg</t>
-[...8 lines deleted...]
-    <t>701567</t>
+    <t>http://anytos.ru//upload/iblock/56a/poayhpmy9in3nnq09sb42fir4wx01vrj.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СВЕТЛО-ЛИЛОВЫЙ  R603 , 151787</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - светло-лиловый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701569</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/558/b5njr3blop7ly8pu676507t135zmbiik.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СВЕТЛО-ОЛИВКОВЫЙ  G915 , 151829</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - светло-оливковый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701570</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6e9/wc48lwcg9dy5k04hrn2k0h91h42aro6r.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СВЕТЛЫЙ ЖЕЛТО-ЗЕЛЕНЫЙ  G702 , 151886</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - светлый желто-зеленый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701572</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/08b/49rba44daiwhsn6vjvrvkncvrtikh5wz.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СВЕТЛЫЙ ЗЕЛЕНОВАТО-ГОЛУБОЙ  B313 , 151836</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - светлый зеленовато-голубой. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701574</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c89/ntx834zsmieqih4tjx95f1e9sid0gw0q.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СВЕТЛЫЙ КРАСНЫЙ  Y914 , 151862</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - светлый красный. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701575</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0dc/fcmb1qtbfz0rcblqsof0ko69p2jxch9j.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СЕРО-ГОЛУБОЙ 7  BG07 , 151877</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - серо-голубой 07. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701580</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5a8/uzt77jo78uphv349gbn92jom5w81oo8r.jpg</t>
@@ -10455,141 +10672,138 @@
   <si>
     <t>http://anytos.ru//upload/iblock/56f/1pj0hptoylzgsx8zgdm37fd385pex01r.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СИЕНА СВЕТЛАЯ  Y234 , 151856</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - сиена светлая. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701587</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/94d/wm4vb8z73lk4y5supa95safs5rh6up1o.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СИНЕ-ФИОЛЕТОВЫЙ  R826 , 151825</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - сине-фиолетовый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701588</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8fb/uv1zst66ioqihiepq6tyz3jr46xwqnw2.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/538/2gksml7d2oxt42otdrr4ztk0ofc05hia.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ТЕМНО-ЖЕЛТАЯ ОХРА  Y529 , 151822</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - темно-желтая охра. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4eb/ituy478719kl9uo2qi08f1c97k1pjp65.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ТЕМНО-ЖЕЛТЫЙ  Y325 , 151846</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - темно-желтый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701592</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1c1/g7n12ie13cj5hh23y249mp3gw0ueqtyf.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ТЕМНО-РОЗОВЫЙ  R222 , 151864</t>
   </si>
   <si>
-    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - темно-розовый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
-[...1 lines deleted...]
-  <si>
     <t>701595</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8d/qjyuqx1bz8k5wuv6wy062wpae5t5huad.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ТЕМНЫЙ ЖЕЛТО-СЕРЫЙ  Y222 , 151855</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - темный желто-серый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/eb4/mfuhoukndx844x389x2wqlf8abk6vf6s.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ТЕПЛЫЙ СЕРЫЙ 2  WG02 , 151793</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - теплый серый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>701598</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2e2/hthcv7g85o008q38sdj3n3go9d0cjhcn.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, УЛЬТРАМАРИН  B118 , 151778</t>
   </si>
   <si>
     <t>701600</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ee8/z6wm6yxhbvlinmbszjg2c45s5tlkvbmz.jpg</t>
-[...8 lines deleted...]
-    <t>701612</t>
+    <t>http://anytos.ru//upload/iblock/637/m9bxpmiwe97fxxvimyp2d75ywlmj2v17.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ФИАЛКОВЫЙ  R839 , 151777</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - фиалковый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cdc/ra1al4l3t3u8qdwo3kd7c9sw8vyc8inc.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ЯРКО-ЖЕЛТЫЙ  Y107 , 151774</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - ярко-жёлтый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>701611</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afe/xgxwcvp2b4od0oyn36pea1ezrjo9md2w.jpg</t>
   </si>
   <si>
     <t>Маркер CD  quot;Darvish quot; для компакт-дисков 2-х сторонний черный</t>
   </si>
   <si>
     <t>Быстросохнущие чернила на спиртовой основе. Два пулевидных наконечника 0,5 и 1 мм.</t>
   </si>
   <si>
     <t>705246</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/255/uw5v9nkg8wjtgh2w59lox5k6h7dsjhkb.jpg</t>
   </si>
   <si>
     <t>Маркер-перманент 2-х сторонний  quot;Darvish quot; красный</t>
   </si>
   <si>
     <t>Двусторонний перманентный маркер имеет пулевидный и клиновидный наконечник, толщина линии 1/5 мм.&lt;br /&gt;
  Чернила на спиртовой основе. Подходит для использования на большинстве поверхностей.</t>
@@ -10615,50 +10829,59 @@
   <si>
     <t>Маркер с быстросохнущими чернилами на масляной основе. Прекрасно пишет на бумаге, пластике, металле, стекле. Пулевидный наконечник 2мм. Перед применением тщательно встряхнуть.</t>
   </si>
   <si>
     <t>705254</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ea1/f1qo7c9drn2j8lztcdsxp1fv1mswxddd.jpg</t>
   </si>
   <si>
     <t>Маркер-краска желтый  quot;Darvish quot; на масляной основе</t>
   </si>
   <si>
     <t>705255</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3c/6dpkm02spip3eudohf6wr65fj2zd40nw.jpg</t>
   </si>
   <si>
     <t>Маркер-краска ж лтый  quot;Darvish quot; на масляной основе</t>
   </si>
   <si>
     <t>705256</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c5b/9mbjejdd9x0vpfe48y5vzb8z48mg2gn2.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-краска зеленый  quot;Darvish quot; на масляной основе</t>
+  </si>
+  <si>
+    <t>705257</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/340/qsygsf9637bwvdd0pznytbp9nl2m51ps.jpg</t>
   </si>
   <si>
     <t>Маркер-краска зел ный  quot;Darvish quot; на масляной основе</t>
   </si>
   <si>
     <t>705258</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04f/92nzl5j1qlhozoy6ejzbjhd5vzs3pexu.jpg</t>
   </si>
   <si>
     <t>Маркер-краска золотой  quot;Darvish quot; на масляной основе</t>
   </si>
   <si>
     <t>705259</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b6d/ku0zfer625y1cn1qnilqdcjm2w2m4aa1.jpg</t>
   </si>
   <si>
     <t>Маркер-краска красный  quot;Darvish quot; на масляной основе</t>
   </si>
   <si>
     <t>705260</t>
@@ -10727,59 +10950,50 @@
     <t>705277</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/542/faonlsn48izu24kl31xyrvn2qbs7dg4l.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркеры для скетчинга  двусторонние   набор 24 цв </t>
   </si>
   <si>
     <t>Маркеры в пластиковом чемоданчике идеально подойдут для художников, дизайнеров, иллюстраторов и любителей скетчинга. Эргономичный трехгранный корпус из полипропилена. Два пера: тонкое для проработки деталей, широкое плоское - для закрашивания больших поверхностей. Чернила на спиртовой основе не портят поверхность бумаги и быстро высыхают. Плотно закрывающийся колпачок предотвращает маркеры от засыхания. Упаковка - пластиковый бокс 11*16,5*9см.</t>
   </si>
   <si>
     <t>705278</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e61/541tfuzjc6a7zhvrvdgbsqzxtj1plppp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркеры для скетчинга  двусторонние   набор 36 цв </t>
   </si>
   <si>
     <t>Маркеры в пластиковом чемоданчике идеально подойдут для художников, дизайнеров, иллюстраторов и любителей скетчинга. Эргономичный трехгранный корпус из полипропилена. Два пера: тонкое для проработки деталей, широкое плоское - для закрашивания больших поверхностей. Чернила на спиртовой основе не портят поверхность бумаги и быстро высыхают. Плотно закрывающийся колпачок предотвращает маркеры от засыхания. Упаковка - пластиковый бокс 11*16,5*11см.</t>
   </si>
   <si>
     <t>705279</t>
-  </si>
-[...7 lines deleted...]
-    <t>705281</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d79/xrga0f0nskx7jv35g4x233jgxkjevas8.jpg</t>
   </si>
   <si>
     <t>Набор Текстмаркеров 4шт уп  quot;Darvish quot; на водной основе с европодвесом</t>
   </si>
   <si>
     <t>Набор предназначен для выделения текста. Скошенный пишущий узел позволяет варьировать ширину письма от 1 до 4 мм. Флуоресцентные чернила на водной основе.</t>
   </si>
   <si>
     <t>705282</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/685/v6k32gbvcp46r4dirj6aickn28ywmdi5.jpg</t>
   </si>
   <si>
     <t>Набор Текстмаркеров 6шт уп  quot;Darvish quot; на водной основе</t>
   </si>
   <si>
     <t>705283</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8fe/wv3z4idhdekddcpsteaxv1tcsmllkfo0.jpg</t>
   </si>
@@ -10793,66 +11007,57 @@
     <t>http://anytos.ru//upload/iblock/c19/uv2gzd31oc34oegb6xqrdkdt055765bt.jpg</t>
   </si>
   <si>
     <t>Текстмаркеры  quot;Морковка quot; в наборе 6 цветов</t>
   </si>
   <si>
     <t>Текстмаркеры &amp;quot;Морковка&amp;quot; в наборе 6 цветов.&lt;br /&gt;
  Размер упаковки 16*7 см.</t>
   </si>
   <si>
     <t>705287</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e7/hhrsyswh8db1145lrn58q7vqp473qo7x.jpg</t>
   </si>
   <si>
     <t>Набор Текстмаркеров 6шт уп  quot;Darvish quot; на водной основе  quot;Пастель quot;</t>
   </si>
   <si>
     <t>Текстмаркеры нежных пастельных оттенков предназначены для учебы и работы. Для всех видов бумаги, в т.ч. бумаги для факсов. Чернила на водной основе. Ширина линии от 1 до 5 мм, скошенный наконечник.</t>
   </si>
   <si>
     <t>705288</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f97/q24vg8rlpub2lr26x9w2n1dh712eysa6.jpg</t>
-[...2 lines deleted...]
-    <t>Маркер-выделитель на водной основе  quot;Darvish quot; желтый</t>
+    <t>http://anytos.ru//upload/iblock/468/vaqx7thu680wb3mivrqk0c9kc169m0od.jpg</t>
+  </si>
+  <si>
+    <t>Маркер-выделитель на водной основе  quot;Darvish quot; зеленый</t>
   </si>
   <si>
     <t>Текстовыделители с чернилами на водной основе. Скошенный наконечник с толщиной линии от 1 до 4 мм. Удобный клип.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Маркер-выделитель на водной основе  quot;Darvish quot; зеленый</t>
   </si>
   <si>
     <t>705290</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c57/1yuj1wdz379p1r0xgnq2cz6w12g03gup.jpg</t>
   </si>
   <si>
     <t>Текстовыделители с чернилами на водной основе. Скошенный наконечник с толщиной линии от 1 до 4 мм. Удобный тонкий корпус.</t>
   </si>
   <si>
     <t>705293</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/582/c2lvbo16niligrs3ct3ayld615z5993o.jpg</t>
   </si>
   <si>
     <t>Маркер-выделитель на водной основе  quot;Darvish quot; оранжевый</t>
   </si>
   <si>
     <t>705294</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f5/of8owkb7x5m81qe6800gvu23vy1lqb3z.jpg</t>
   </si>
@@ -10944,62 +11149,98 @@
   <si>
     <t>Маркер-перманент  quot;Darvish quot; черный толстый</t>
   </si>
   <si>
     <t>705309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/447/2g9vwcx8dtlabanuyajugmz1ku6cjc4n.jpg</t>
   </si>
   <si>
     <t>705310</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d42/dshwnwr2fs29nycwq8u86m3y9bwq9mn8.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, СВЕТЛО-ФИОЛЕТОВЫЙ  R705 , 151810</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - светло-фиолетовый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>708926</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cbd/703pqym2y8dl666felebyvw0dv812h6h.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ТЕМНЫЙ ШОКОЛАД  Y762 , 151860</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - темный шоколад. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>708930</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fd0/yx883x9a362qjzvovnmg75kjjnf9gzk2.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ТЕПЛЫЙ СЕРЫЙ 7  WG07 , 151874</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - теплый серый 07. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>708932</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/271/541p4hg0pxzci8zslwa43jk0lp6jmrc2.jpg</t>
   </si>
   <si>
     <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ТЕРРАКОТОВЫЙ  Y826 , 151850</t>
   </si>
   <si>
     <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15 мм. Форма наконечника - тонкий и скошенный. Цвет - терракотовый. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>708933</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9c9/nujat4vk2nqe79fhcg3r6g1qnijc9b8f.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга двусторонний 1 мм - 6 мм BRAUBERG ART CLASSIC, ХОЛОДНЫЙ СЕРЫЙ 2  CGII02 , 151878</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга BRAUBERG ART &amp;quot;CLASSIC&amp;quot; для повседневного использования. Маркеры для скетчинга и рисования подходят для использования на всех видах поверхностей, на бумаге, холсте, картоне, фотографиях, пластике, стекле, дереве, ткани. Двусторонний маркер для скетчинга с треугольной формой корпуса из пластика, диаметр которого 15,4 мм. Форма наконечника - тонкий и скошенный. Цвет - холодный серый 02. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>708934</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1e0/vha297h780vfwssxdrbrjblsv9d0xzoe.jpg</t>
   </si>
   <si>
     <t>Маркер акриловый Schneider  quot;Paint-It 310 quot; 2мм, пулевидный, ассорти, дисплей</t>
   </si>
   <si>
     <t>Schneider Paint-It 310 - акриловый маркер для творчества и хобби. Толщина линии – 2 мм, форма наконечника – пулевидная. Акриловые чернила на водной основе быстро сохнут, обеспечивают интенсивность цвета, высокие укрывные свойства и стойкость после высыхания. Не содержат ксилол и толуол. Подходит для работ на различных поверхностях: бумага, дерево, камень, гипс и т.д. Перед использованием маркер необходимо встряхнуть для смешивания и равномерной подачи чернил. Пластиковый дисплей содержит 61 акриловый маркер.• Цвет чернил: ассорти, • Толщина линии письма: 2 мм, • Страна производства: Германия</t>
   </si>
   <si>
     <t>714206</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/140/rap8am33v3ru1j7dg6lzu47gf26ycwk1.jpg</t>
   </si>
   <si>
     <t>Маркер акриловый Schneider  quot;Paint-It 310 quot; 2мм, пулевидный, белый</t>
   </si>
   <si>
     <t>Schneider Paint-It 310 - акриловый маркер для творчества и хобби. Толщина линии – 2 мм, форма наконечника – пулевидная, цвет чернил - белый. Акриловые чернила на водной основе быстро сохнут, обеспечивают интенсивность цвета, высокие укрывные свойства и стойкость после высыхания. Не содержат ксилол и толуол. Подходит для работ на различных поверхностях: бумага, дерево, камень, гипс и т.д. Перед использованием маркер необходимо встряхнуть для смешивания и равномерной подачи чернил. • Цвет чернил: белый, • Толщина линии письма: 2 мм, • Страна производства: Германия</t>
   </si>
   <si>
     <t>714207</t>
@@ -11322,83 +11563,95 @@
   <si>
     <t>http://anytos.ru//upload/iblock/73c/mv2m10cf9xa0rzk6r8p5g9i5cwom6tq7.jpg</t>
   </si>
   <si>
     <t>Маркер акриловый Schneider  quot;Paint-It 320 quot; 4мм, пулевидный, черный</t>
   </si>
   <si>
     <t>Schneider Paint-It 320 - акриловый маркер для творчества и хобби. Толщина линии – 4 мм, форма наконечника – пулевидная, цвет чернил - черный. Акриловые чернила на водной основе быстро сохнут, обеспечивают интенсивность цвета, высокие укрывные свойства и стойкость после высыхания. Не содержат ксилол и толуол. Подходит для работ на различных поверхностях: бумага, дерево, камень, гипс и т.д. Перед использованием маркер необходимо встряхнуть для смешивания и равномерной подачи чернил. • Цвет чернил: чёрный, • Толщина линии письма: 4 мм, • Страна производства: Германия</t>
   </si>
   <si>
     <t>714242</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49d/cwpikgk0ca68r38cjl5r9601x5euc604.jpg</t>
   </si>
   <si>
     <t>Маркер акриловый Schneider  quot;Paint-It 330 quot; 15мм, прямоугольный, ассорти, дисплей</t>
   </si>
   <si>
     <t>Schneider Paint-It 330 - акриловый маркер для творчества и хобби. Толщина линии – 15 мм, форма наконечника – прямоугольная. Акриловые чернила на водной основе быстро сохнут, обеспечивают интенсивность цвета, высокие укрывные свойства и стойкость после высыхания. Не содержат ксилол и толуол. Подходит для работ на различных поверхностях: бумага, дерево, камень, гипс и т.д. Перед использованием маркер необходимо встряхнуть для смешивания и равномерной подачи чернил. Пластиковый дисплей содержит 24 маркера. • Цвет чернил: ассорти, • Толщина линии письма: 15 мм, • Страна производства: Германия</t>
   </si>
   <si>
     <t>714243</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/21b/cha6q423aarxgjhysdpy4mjiagk41von.jpg</t>
+  </si>
+  <si>
+    <t>Маркер акриловый Edding 5100 919.кругл.нак. 2-3 мм.Светло-коричневый Hazel</t>
+  </si>
+  <si>
+    <t>Маркер акриловый Edding 5100/919.кругл.нак. 2-3 мм.Светло-коричневый/Hazel</t>
+  </si>
+  <si>
+    <t>716391</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ed/h93uoq2z1sxbga691xxrpeu76edqh4rb.jpg</t>
+  </si>
+  <si>
+    <t>Маркер акриловый Edding 5300 924.кругл.нак. 1-2 мм. Цвет Золотой</t>
+  </si>
+  <si>
+    <t>Маркер акриловый Edding 5300/924.кругл.нак. 1-2 мм. Цвет Золотой</t>
+  </si>
+  <si>
+    <t>716416</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b37/3syv6fc8g6zh6q63ric7crqnph72z1kt.jpg</t>
   </si>
   <si>
     <t>Маркер по бумаге  флипчарт  ATTACHE набор 4цв., 2-3мм круглый наконечник</t>
   </si>
   <si>
     <t>Маркер по бумаге &amp;#40;флипчарт&amp;#41; ATTACHE набор 4цв., 2-3мм круглый наконечник</t>
   </si>
   <si>
     <t>716451</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03b/h05eovroo1499ucq1h4opc1yulzy9twy.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель Kores BRIGHT LINER PLUS, скош након, 1-5 мм, желтый</t>
   </si>
   <si>
     <t>716452</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/487/s601yazvql30iowkdd2sk5kr2wk6a91k.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0ce/fezea7u0obnq14kpqjw1tlrlf1dgviec.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер для досок ErichKrause  W-500, цвет чернил: черный, синий, красный, зеленый  в футляре по 4 шт. </t>
   </si>
   <si>
     <t>Маркер для досок ErichKrause® W-500, цвет чернил: черный, синий, красный, зеленый &amp;#40;в футляре по 4 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771728</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e5/zpqdnkrh1g716eybc9r2b39okrsh0k9z.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-12, цвет чернил голубой  в коробке-дисплее по 10 шт. </t>
   </si>
   <si>
     <t>Текстмаркер ErichKrause® Visioline V-12, цвет чернил голубой &amp;#40;в коробке-дисплее по 10 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771729</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6a9/yz00lg6c9uubi2cx2sd1vn3ri9xesu5g.jpg</t>
@@ -11439,92 +11692,128 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5f0/wstjw3gl2i5ptf8fng6gsk0tbfqb79ur.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-15, цвет чернил оранжевый  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Текстмаркер ErichKrause® Visioline V-15, цвет чернил оранжевый &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771733</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/add/y63zevsjihe3n0ny8fmse8g7c9hcj66f.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-15, цвет чернил: желтый, зеленый, розовый, оранжевый, голубой, фиолетовый  в футляре по 6 шт. </t>
   </si>
   <si>
     <t>Текстмаркер ErichKrause® Visioline V-15, цвет чернил: желтый, зеленый, розовый, оранжевый, голубой, фиолетовый &amp;#40;в футляре по 6 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771734</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/32a/knx7008mpkocbz33gfw4vvllw4tddf31.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-40, цвет чернил зеленый  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Текстмаркер ErichKrause® Visioline V-40, цвет чернил зеленый &amp;#40;в коробке по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771735</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e69/2ocu179bx5opryp06duaglofwhzg1vs4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-40, цвет чернил оранжевый  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Текстмаркер ErichKrause® Visioline V-40, цвет чернил оранжевый &amp;#40;в коробке по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771736</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/aca/ovj90qaz73qx5f74o39cxd1e9i0w4c73.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель двусторонний MESHU  quot;Candy quot;, мини, ассорти, пулевидный скошенный, 2 4мм</t>
   </si>
   <si>
     <t>Двусторонний текстовыделитель с пастельными чернилами на водной основе ассорти. Длина линии до 200 метров. Пулевидный наконечник с толщиной линии 2 мм и скошенный с 4 мм. Цвет колпачка и корпуса соответствует цвету чернил. Упакованы в ПВХ банку по 30 шт.</t>
   </si>
   <si>
     <t>772215</t>
   </si>
   <si>
     <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/391/aau9i08w4962bsypecrt90xr0iaxyubu.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный STAFF  quot;Basic Budget PM-125 quot;, ЗЕЛЕНЫЙ, круглый наконечник 3 мм, 152177</t>
   </si>
   <si>
     <t>Перманентный маркер STAFF &amp;quot;Basic Budget PM-125&amp;quot; отлично подходит для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный зеленого цвета обладает круглым корпусом, диаметр которого 17 мм и длина 133 мм. Толщина линии письма - 3 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотный колпачок с клипом предотвращает высыхание наконечника и чернил. Цвет корпуса и колпачка соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>775129</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f79/prqhqznt3jgw1ssyhxodd9n57el3srv7.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный STAFF  quot;Basic Budget PM-125 quot;, СИНИЙ, круглый наконечник 3 мм, 152175</t>
   </si>
   <si>
     <t>Перманентный маркер STAFF &amp;quot;Basic Budget PM-125&amp;quot; отлично подходит для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный синего цвета обладает круглым корпусом, диаметр которого 17 мм и длина 133 мм. Толщина линии письма - 3 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотный колпачок с клипом предотвращает высыхание наконечника и чернил. Цвет корпуса и колпачка соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>775130</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/0fb/ek9u6x53v2sd7od8fn4hrycrdz4tu4i8.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный STAFF  quot;Basic Budget PM-125 quot;, ЧЕРНЫЙ, круглый наконечник 3 мм, 152174</t>
+  </si>
+  <si>
+    <t>Перманентный маркер STAFF &amp;quot;Basic Budget PM-125&amp;quot; отлично подходит для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный черного цвета обладает круглым корпусом, диаметр которого 17 мм и длина 133 мм. Толщина линии письма - 3 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотный колпачок с клипом предотвращает высыхание наконечника и чернил. Цвет корпуса и колпачка соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>775131</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/871/f3xf0v2wl6etq0xxl68gd4x1lekgbxb2.jpg</t>
   </si>
   <si>
     <t>Маркер стираемый для белой доски ЧЕРНЫЙ, BRAUBERG  quot;LINE quot;, 3 мм, с клипом, 152118</t>
   </si>
   <si>
     <t>Высококачественный маркер BRAUBERG &amp;quot;LINE&amp;quot; для белой доски. Предназначен для письма на досках с магнитно-маркерной поверхностью. Маркер для доски черного цвета обладает круглым пластиковым корпусом диаметром 11 мм. Наконечник круглой формы обеспечивает толщину линии письма 3 мм, что позволяет писать крупным шрифтом, который будет хорошо виден. Основа чернил - спиртовая. Чернила быстро высыхают и не оставляют разводов, легко стираются сухой губкой. Изделие не перезаправляется. Цвет колпачка с клипом соответствует цвету чернил.</t>
   </si>
   <si>
     <t>775132</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/374/gda9yke3mb00vhsijsaemypo20yymf2f.jpg</t>
   </si>
   <si>
     <t>Маркеры стираемые для белой доски НАБОР 4 ЦВЕТА, BRAUBERG  quot;LINE quot;, 3 мм, с клипом, 152119</t>
   </si>
   <si>
     <t>Набор маркеров BRAUBERG &amp;quot;LINE&amp;quot; предназначен для использования на белых досках с магнитно-маркерной поверхностью. Идеально подходит для проведения презентаций, совещаний, уроков. 4 цвета в наборе: черный, красный, синий, зеленый. Круглый пластиковый корпус имеет диаметр 11 мм. Наконечник круглой формы обеспечивает толщину линии письма 3 мм, что позволяет писать крупным шрифтом, который будет хорошо виден. Основа чернил - спиртовая. Чернила быстро высыхают и не оставляют разводов, легко стираются сухой губкой. Изделие не перезаправляется. Цвет колпачка и клипа соответствует цвету чернил.</t>
   </si>
   <si>
     <t>775136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1db/hturldfdqu8wns748qaueyteo1cfwd81.jpg</t>
@@ -11784,86 +12073,119 @@
   <si>
     <t>Маркер текстовыделитель Macaron, скошенный наконечник, 1-5 мм, розовый</t>
   </si>
   <si>
     <t>788084</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8cd/jhvbu2rdbso06z6nqr97wov0zn3vj3ht.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель Kores BRIGHT LINER PLUS, скош након, 0,5-5 мм, красн</t>
   </si>
   <si>
     <t>788085</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/03d/xd098st9osbf4cm41b1kckcoxutbxmst.jpg</t>
   </si>
   <si>
     <t>Маркер для досок Mate, круглый наконечник, толщина линии 2-2, 5 мм, черный</t>
   </si>
   <si>
     <t>788086</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/883/fygfdzhv0m3b3jgb5t0fhoorh46tgvmg.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный EDDING 404. 10 шт. 4 цв. 0,75мм круг. нак., карт кор</t>
+  </si>
+  <si>
+    <t>788090</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/361/soqltpuqd7cdwnz6lzrp6nzahyl3mlcu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер для досок с жидкими чернилами Erich Krause  Liquid LW-600, цвет чернил красный  в коробке по 10 шт. </t>
   </si>
   <si>
     <t>Маркер для досок с жидкими чернилами Erich Krause® Liquid LW-600, цвет чернил красный &amp;#40;в коробке по 10 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792068</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/945/z88vhqjrvenypg19r9k8qyjeyh8a8jff.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер-краска Erich Krause  PT-350, цвет чернил белый  коробка 6 шт. </t>
   </si>
   <si>
     <t>Маркер-краска Erich Krause® PT-350, цвет чернил белый &amp;#40;коробка 6 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792070</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3af/xtdd1g0cjm33r5y6c3e6lrjarmdmixpd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Маркер-краска Erich Krause  PT-350, цвет чернил черный  коробка 6 шт. </t>
   </si>
   <si>
     <t>Маркер-краска Erich Krause® PT-350, цвет чернил черный &amp;#40;коробка 6 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792071</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a60/148ut43pmdmt0esl6ppue1sn2tty7t7i.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Перманентный маркер Erich Krause  P-200, цвет чернил красный  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Перманентный маркер Erich Krause® P-200, цвет чернил красный &amp;#40;в коробке по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/eb3/0prl2i2nih78lp2gsu1ycp3rwa0wfgin.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Перманентный маркер Erich Krause  P-300, цвет чернил зеленый  в коробке по 12 шт. </t>
+  </si>
+  <si>
+    <t>Перманентный маркер Erich Krause® P-300, цвет чернил зеленый &amp;#40;в коробке по 12 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792073</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d17/cxc6x36b9zeitnvkamjpyfxtpbozsmf1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Перманентный маркер Erich Krause  P-300, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Перманентный маркер Erich Krause® P-300, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792074</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62f/km42gdo0wcfff1f94dxju6jurmam72ee.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Перманентный маркер Erich Krause  P-400, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Перманентный маркер Erich Krause® P-400, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>792075</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ca1/6wfmf7hfei3u67ruw16eo7cdjt56wsgs.jpg</t>
@@ -11949,60 +12271,60 @@
   <si>
     <t>793023</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9b2/0qyw3s8liggwi6lgot828znv9s36djws.jpg</t>
   </si>
   <si>
     <t>Маркер акриловый Schneider  quot;Paint-It 330 quot; 15мм, прямоугольный, черный</t>
   </si>
   <si>
     <t>Schneider Paint-It 330 - акриловый маркер для творчества и хобби. Толщина линии – 15 мм, форма наконечника – прямоугольная, цвет чернил - черный. Акриловые чернила на водной основе быстро сохнут, обеспечивают интенсивность цвета, высокие укрывные свойства и стойкость после высыхания. Не содержат ксилол и толуол. Подходит для работ на различных поверхностях: бумага, дерево, камень, гипс и т.д. Перед использованием маркер необходимо встряхнуть для смешивания и равномерной подачи чернил. • Цвет чернил: чёрный, • Толщина линии письма: 15 мм, • Страна производства: Германия</t>
   </si>
   <si>
     <t>793024</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bdb/2is8gj714yjzkmo6yvcnzybhk3ddqsn6.jpg</t>
   </si>
   <si>
     <t>Маркер для промышленной графики EDDING 950 желтый 10 мм, блистер</t>
   </si>
   <si>
     <t>795817</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/816/1il4vd1uwo906dtono0s2r81t6jq7u93.jpg</t>
-[...8 lines deleted...]
-    <t>796794</t>
+    <t>http://anytos.ru//upload/iblock/987/18mb64769mz85la1ira29fhernpxbdz7.jpg</t>
+  </si>
+  <si>
+    <t>Маркер морозостойкий EDDING E-8000 1 черный 1 мм</t>
+  </si>
+  <si>
+    <t>Маркер морозостойкий EDDING E-8000/1 черный 1 мм</t>
+  </si>
+  <si>
+    <t>795818</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/62b/1fa585r2i62r5jix438sqr5ooxn6eoom.jpg</t>
   </si>
   <si>
     <t>Маркеры стираемые для белой доски НАБОР 12 ЦВЕТОВ, BRAUBERG  quot;MULTICOLOR quot;, 3 мм, 152121</t>
   </si>
   <si>
     <t>Набор маркеров BRAUBERG &amp;quot;MULTICOLOR&amp;quot; предназначен для использования на белых досках с магнитно-маркерной поверхностью. Идеально подходит для проведения презентаций, совещаний, уроков. 12 цветов в наборе: черный, красный, синий, зеленый, коричневый, розовый, светло-голубой, светло-зеленый, оранжевый, желтый, кофейный, фиолетовый. Круглый пластиковый корпус имеет диаметр 13 мм. Наконечник круглой формы обеспечивает толщину линии письма 3 мм, что позволяет писать крупным шрифтом, который будет хорошо виден. Основа чернил - спиртовая. Чернила быстро высыхают и не оставляют разводов, легко стираются сухой губкой. Изделие не перезаправляется. Цвет корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>796797</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b98/n1n6qetcsq4qyy7curyosm2abw981ub6.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок OfficeSpace зеленый, пулевидный, 3мм.</t>
   </si>
   <si>
     <t>Маркер предназначен для письма на магнитно-маркерных досках. Закругленный пишущий узел. Толщина линии 3 мм. Чернила на спиртовой основе легко стираются сухой губкой для досок. Плотный колпачок с клипом надежно предотвращает высыхание. Длина письма 200-250 м. Хранить с закрытым колпачком.</t>
   </si>
   <si>
     <t>801043</t>
   </si>
@@ -12099,74 +12421,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/f06/q42ehif7uz0eskvdz452003jvrp3ysam.jpg</t>
   </si>
   <si>
     <t>МАРКЕР ДЛЯ БЕЛОЙ ДОСКИ  quot;PROFYBOARD quot;, СИНИЙ</t>
   </si>
   <si>
     <t>МАРКЕР ДЛЯ БЕЛОЙ ДОСКИ &amp;quot;PROFYBOARD&amp;quot;, СИНИЙ</t>
   </si>
   <si>
     <t>814841</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f8/03kuzby3zas5y1ioakfvdrjsrhgyl6uy.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный  нестираемый  BRAUBERG NEW LINE, ЧЕРНЫЙ, круглый наконечник 2 мм, 152209</t>
   </si>
   <si>
     <t>Высококачественный перманентный маркер BRAUBERG NEW LINE предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер черного цвета обладает круглым тонким корпусом из пластика, диаметр которого 10 мм. Колпачок оснащен специальным выступом для предотвращения скатывания маркера. Толщина линии письма – 2 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий пулевидный наконечник устойчив к повреждениям и обеспечивает экономный расход чернил.Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка и корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>829604</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/333/a41zl0qgzivqhswsp2lgldb936wcy9er.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b4d/5185tednawtiid6v4lc8ppt400575ei9.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ULTRA MARKER, СИНИЙ, 3,5 мм, с клипом, BRAUBERG, 152206</t>
   </si>
   <si>
     <t>Надежный перманентный маркер BRAUBERG ULTRA MARKER предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный синего цвета обладает круглой формой корпуса из пластика, диаметр которого 17 мм. Толщина линии письма - 3,5 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низким и высоким температурам. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий круглый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка с клипом соответствует цвету чернил.</t>
   </si>
   <si>
     <t>829607</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c23/0kxi4g62v0o2bvm77fl7avf2ax5k3gv3.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ULTRA MARKER, ЧЕРНЫЙ, 3,5 мм, с клипом, BRAUBERG, 152204</t>
   </si>
   <si>
     <t>Надежный перманентный маркер BRAUBERG ULTRA MARKER предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный черного цвета обладает круглой формой корпуса из пластика, диаметр которого 17 мм. Толщина линии письма - 3,5 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низким и высоким температурам. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий круглый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка с клипом соответствует цвету чернил.</t>
   </si>
   <si>
     <t>829608</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb5/prk6fwpuqpsnxwgw6i8xy5k80657h2t4.jpg</t>
@@ -12198,98 +12496,74 @@
   <si>
     <t>http://anytos.ru//upload/iblock/8b9/82fgfdvl8w59cw3dqwnv3gizd41m6qas.jpg</t>
   </si>
   <si>
     <t>Маркеры стираемые для белой доски НАБОР 5 ЦВЕТОВ, ЮНЛАНДИЯ  quot;COLORWAY quot;, 3 мм, 152099</t>
   </si>
   <si>
     <t>Набор стираемых маркеров для доски ЮНЛАНДИЯ предназначен для использования на изделиях с магнитно-маркерной поверхностью и стекле. Идеально подходит для рисования, игр, визуализации учебных процессов. 5 цветов в наборе: черный, красный, синий, зеленый, желтый. Круглый пластиковый корпус с ярким дизайном имеет диаметр 15 мм. Наконечник круглой формы обеспечивает толщину линии письма 3 мм, что позволяет писать крупным шрифтом, который будет хорошо виден. Основа чернил - спиртовая. Чернила быстро высыхают и легко стираются сухой губкой, не оставляя разводов. Изделие не перезаправляется. Цвет колпачка и клипа соответствует цвету чернил.</t>
   </si>
   <si>
     <t>829621</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6f/wlrxjmcb1bbhqjsbsq14pm3lg7z6yzbr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Двухсторонний перманентный маркер ErichKrause  Double P-80, цвет чернил синий  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Двухсторонний перманентный маркер ErichKrause® Double P-80, цвет чернил синий &amp;#40;в коробке по 12 шт.&amp;#41;</t>
   </si>
   <si>
     <t>830156</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/214/unqbjqprj716uegvfh72vqxa78j4l5xq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3cb/mmnn2mh1jf565surdf5gjnyzk8jyzfgp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Перманентный маркер ErichKrause  P-100, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Универсальный тонкий перманентный маркер. Предназначен для письма и маркировки практически на всех поверхностях: бумага, картон, стекло, пластик, фарфор, керамика, дерево и др. Имеет круглую форму корпуса и цветной колпачок. Цвет колпачка и заглушки соответствует цвету чернил. Наконечник пулевидной формы устойчив к повреждению и истиранию. Толщина линии письма – 0.5-1.2 мм. Чернила на спиртовой основе, водоcтойкие, светостойкие, устойчивые к ультрафиолетовым лучам, быстро высыхают после нанесения. Нетоксичные. Не содержат ксилол, толуол. Срок годности 5 лет. Максимальная длина непрерывной линии 670 м.</t>
   </si>
   <si>
     <t>840027</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/17a/3xveb1muxdj5c9dqf3xys51sfgz1eks0.jpeg</t>
   </si>
   <si>
     <t>МАРКЕР ПЕРМАНЕНТНЫЙ  quot;PROFYMARK quot;, КРАСНЫЙ</t>
   </si>
   <si>
     <t>МАРКЕР ПЕРМАНЕНТНЫЙ &amp;quot;PROFYMARK&amp;quot;, КРАСНЫЙ</t>
   </si>
   <si>
     <t>840436</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c1/5sjmw2lmsu061lcci3blpmrwfvs6xqie.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2da/bv7z35eklfcozomfdafe1k670gsz0bqy.jpeg</t>
   </si>
   <si>
     <t>МАРКЕР ПЕРМАНЕНТНЫЙ ДЛЯ CD  quot;UNIMARK SLIM quot;, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>МАРКЕР ПЕРМАНЕНТНЫЙ ДЛЯ CD &amp;quot;UNIMARK SLIM&amp;quot;, ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>840439</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d03/7r6f0a1lepqt4vmehlzytgasqf72iwv1.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный STAFF  quot;EVERYDAY PM-200 quot;, БЕЛЫЙ, круглый наконечник 3 мм, 152202</t>
   </si>
   <si>
     <t>Маркер перманентный STAFF EVERYDAY предназначен для письма на любой поверхности: полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный белого цвета обладает круглой формой корпуса из пластика, диаметр которого 17 мм. Толщина линии письма - 3 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>843481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3dd/z5pzn2y0ut960ozswgll9mgunqx05gh6.jpg</t>
@@ -12369,236 +12643,254 @@
   <si>
     <t>847127</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d7/2uk31scob1ihsldm5bnw9p2bk38liz8i.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель, ароматизированный LOREX RICH FRUIT.PASTEL 1-3,5 мм пастельно-оранж. скошенный</t>
   </si>
   <si>
     <t>847128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d5/k590c19mydmubmqe67bdyep9tggsnt9q.jpg</t>
   </si>
   <si>
     <t>Маркер-блендер для скетчинга LOREX SIMPLE скошенный кисть</t>
   </si>
   <si>
     <t>Маркер-блендер для скетчинга LOREX SIMPLE скошенный/кисть</t>
   </si>
   <si>
     <t>847131</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1de/4pfqzvx5oklorm8y7nalgwt1rh2tful4.jpg</t>
-[...8 lines deleted...]
-    <t>848449</t>
+    <t>http://anytos.ru//upload/iblock/c85/c8ca03mh5lery42edttko5ax2x4ocepe.jpg</t>
+  </si>
+  <si>
+    <t>Маркеры для скетчинга двусторонние, НАБОР 120 шт., текстильный чехол, BRAUBERG ART, 152234</t>
+  </si>
+  <si>
+    <t>Набор маркеров для скетчинга BRAUBERG для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Набор двусторонних маркеров для скетчинга с прямоугольной формой корпуса из пластика диаметром 15 мм. Форма наконечника - тонкий и скошенный. Цвета - ассорти. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.Маркеры для скетчинга пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти арт маркеры используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
+  </si>
+  <si>
+    <t>855938</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d9/yqek8ufwn6mzegpkw8bn75xdj01gk6m1.jpg</t>
   </si>
   <si>
     <t>Маркеры для скетчинга двусторонние, НАБОР 36 шт., текстильный чехол, BRAUBERG ART, 152230</t>
   </si>
   <si>
-    <t>Набор маркеров для скетчинга BRAUBERG для повседневного использования. Маркер для скетчинга и рисования подходит для использования на бумаге. Набор двусторонних маркеров для скетчинга с прямоугольной формой корпуса из пластика диаметром 15 мм. Форма наконечника - тонкий и скошенный. Цвета - ассорти. Толщина линии письма - 1-6 мм в зависимости от наконечника. Особая основа маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.Маркеры для скетчинга пригодятся как канцтовары школьникам, студентам, участникам мастер-классов, ученикам художественных школ, студий и училищ, живописных мастерских, так как у них представлена широкая гамма цветов. Отлично подойдут для работы дома или пленэре. С их помощью можно создать даже иллюстрации к сонетам Шекспира. Эти арт маркеры используют любители в качестве хобби и профессионалы, которые стремятся достичь такой же славы как Пикассо &amp;#40;Picasso&amp;#41;, Малевич, Шагал, Моне &amp;#40;Claude Monet&amp;#41;, Рембрандт &amp;#40;Rembrandt&amp;#41;, Дали &amp;#40;Salvador Dali&amp;#41;, Уорхол &amp;#40;Andy Warhol&amp;#41;, Рублёв, Фрида Кало &amp;#40;Frida Kahlo&amp;#41;, Ван Гог &amp;#40;Vincent van Gogh&amp;#41;, Тициан &amp;#40;Tician&amp;#41;, Анри Матисс &amp;#40;Henri Matisse&amp;#41; Леонардо да Винчи &amp;#40;Leonardo da Vinci&amp;#41; и другие популярные художники и артисты. Творчество - луч света в серых буднях!</t>
-[...1 lines deleted...]
-  <si>
     <t>855940</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cca/612q5z0ccu7aj7acpydw1i8nbx3yvpst.jpg</t>
-[...16 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/785/63sf4m4eeaynr3fljvqjqca0rs1ks3hj.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок Kores, тонкий круглый наконечник, синий 22803</t>
   </si>
   <si>
     <t>880267</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/44b/ba3y4zwqd6r9pwm4vrqet0u7010927b8.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок Kores, тонкий круглый наконечник, черный 22800</t>
   </si>
   <si>
     <t>880268</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bb3/qawp44wrfjqe3w6mgn1yfwdxl0adfyi7.jpg</t>
-[...14 lines deleted...]
-    <t>880319</t>
+    <t>http://anytos.ru//upload/iblock/eb0/6ijwqvvlkd7xzoypbi94x7q379g7ooh3.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга Deli 30цв, двухсторонний, E70806-30</t>
+  </si>
+  <si>
+    <t>880274</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b9/4vtjaojuz2ze6kp8oipcc21xu3kyuqym.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга Deli 40цв, двухсторонний, E70806-40</t>
+  </si>
+  <si>
+    <t>880276</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a1/r0e86a08buzfr8aturwzpb4wwullf59i.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга Deli 60цв. двухсторонний, E70806-60</t>
+  </si>
+  <si>
+    <t>880277</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/784/1kl5prz3x7ya8llqmdvn88m2y78gz1ch.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для скетчинга Deli 80цв. двухсторонний, E70806-80</t>
+  </si>
+  <si>
+    <t>880278</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b9/xh7u2xdd8k030s1txxf6jtftydj72lw3.jpg</t>
+  </si>
+  <si>
+    <t>Маркер меловой MunHwa Black Board Marker белый 3мм, водная основа BM-05</t>
+  </si>
+  <si>
+    <t>880307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/883/fipharmney9ag1ucb93nlk8dzllxw5un.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель Kores HighLinerPlusPastel на водной осн, бирюзовый, 36033</t>
   </si>
   <si>
     <t>904955</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5fb/xvkgk9ojhe14pcaqk6e2l2876bsw6jka.jpeg</t>
   </si>
   <si>
     <t>ДВУСТОРОННИЙ СКЕТЧ МАРКЕР  quot;SKETCH ART quot; БЛЕНДЕР</t>
   </si>
   <si>
     <t>ДВУСТОРОННИЙ СКЕТЧ МАРКЕР &amp;quot;SKETCH&amp;ART&amp;quot; БЛЕНДЕР</t>
   </si>
   <si>
     <t>908487</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/49d/4oz428uk60pvrl8p0mbc5wpi2p9ex7yx.jpeg</t>
   </si>
   <si>
     <t>МАРКЕР ДЛЯ БЕЛОЙ ДОСКИ  quot;PROFYBOARD quot;, ЗЕЛЕНЫЙ</t>
   </si>
   <si>
     <t>МАРКЕР ДЛЯ БЕЛОЙ ДОСКИ &amp;quot;PROFYBOARD&amp;quot;, ЗЕЛЕНЫЙ</t>
   </si>
   <si>
     <t>908488</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/821/fe3rcyg4bj7xvm38bpjfn7iybyqixonb.jpeg</t>
   </si>
   <si>
     <t>МАРКЕР ДЛЯ БЕЛОЙ ДОСКИ  quot;PROFYBOARD quot;, КРАСНЫЙ</t>
   </si>
   <si>
     <t>МАРКЕР ДЛЯ БЕЛОЙ ДОСКИ &amp;quot;PROFYBOARD&amp;quot;, КРАСНЫЙ</t>
   </si>
   <si>
     <t>908489</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c4d/dj4fh92gi472lznbsrtdr5dxx2bhr82s.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/2d8/xsgv4res0j2os7332x2exgolk482hgb1.jpg</t>
   </si>
   <si>
     <t>Маркер BrunoVisconti перманентный, черный UniMark. Арт 22-0020</t>
   </si>
   <si>
     <t>Для утолщенного корпуса подобрана эргономичная трехгранная форма, оптимальная для комфортного захвата. Черный защитный колпачок, обозначающий цвет чернил, обеспечивает необходимую вентиляцию, не давая стержню пересохнуть. Черные перманентные чернила сохраняют свою яркость и интенсивность при письме на бумаге, пластике, металле, стекле. Толщина пишущего узла составляет 2 мм. Современное, стильное оформление корпусов делает эти маркеры идеальными для офисных работников, студентов, педагогов. Состав: корпус, колпачок, заглушка - полипропилен, резервуар для чернил - спрессованные синтетические волокна, стержень - тефлон, чернила на спиртовой основе. Размер 136х87х28 мм.</t>
   </si>
   <si>
     <t>931851</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/075/nzlafa5ec40qmd4l4jfgzw0nzux90zl8.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок M G 2,3 мм, синий</t>
   </si>
   <si>
     <t>Маркер для белых досок M&amp;G 2,3 мм, синий</t>
   </si>
   <si>
     <t>932255</t>
   </si>
   <si>
     <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a14/l6inrl56fkoy75cy9xjompnotrasg639.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок M G 2,3 мм, черный</t>
   </si>
   <si>
     <t>Маркер для белых досок M&amp;G 2,3 мм, черный</t>
   </si>
   <si>
     <t>932256</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/859/pkh6uauuiivrpfdv065yr2x9ll1e3csg.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный M G 2,3 мм, красный</t>
+  </si>
+  <si>
+    <t>Маркер перманентный M&amp;G 2,3 мм, красный</t>
+  </si>
+  <si>
+    <t>932257</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6f9/kyzts4elacmhmejnfknx121xtnbk0pbt.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель треугольный M G 1-5мм, желтый</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель треугольный M&amp;G 1-5мм, желтый</t>
+  </si>
+  <si>
+    <t>932260</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab3/2bkfg9d5hx0vnaqte04zptowi0hbp2ml.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель треугольный M G 1-5мм, зеленый</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель треугольный M&amp;G 1-5мм, зеленый</t>
+  </si>
+  <si>
+    <t>932261</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b9c/g3wp1448uqbwea5f583360iw46bu78y0.jpg</t>
   </si>
   <si>
     <t>ДВУСТОРОННИЙ СКЕТЧ МАРКЕР  quot;SKETCH ART quot; ЧЕРНЫЙ</t>
   </si>
   <si>
     <t>Специально для активно рисующих Bruno Visconti предоставляет возможность приобрести самый востребованный цвет – черный, поштучно. Эргономичный трехгранный корпус маркеров &amp;quot;SKETCH&amp;ART&amp;quot; из полипропилена - легкий и ударопрочный. Плотно защелкивающиеся колпачки обеспечивают долгую сохранность чернил от высыхания, а рельефное нанесение в форме точек на их поверхность предотвращает скольжение руки при открывании. Маркер имеет два наконечника из износостойкого волокна- пулевидный с шириной линии 1 мм и скошенный, позволяющий варьировать ширину линии от 1 до 5 мм. Перманентные чернила на спиртовой основе не токсичны и быстро сохнут на любой поверхности – разнофактурная бумага, стекло, пластик, оставляя яркий след.</t>
   </si>
   <si>
     <t>932676</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25c/hecy0hp06e1w9yqdi8sn3cwc0z09wksr.jpg</t>
   </si>
   <si>
     <t>Маркер-краска MunHwa  quot;Industrial quot; белый, 2-4мм, нитро-основа для промышленного применения, европодвес OPP</t>
   </si>
   <si>
     <t>Маркер-краска MunHwa &amp;quot;Industrial&amp;quot; белый, 2-4мм, нитро-основа для промышленного применения, европодвес OPP</t>
   </si>
   <si>
     <t>945102</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a35/20dckdfrq8ugjff9r6jl7o6b6i7zblk7.jpg</t>
@@ -12933,146 +13225,146 @@
   <si>
     <t>Маркер меловой EDDING 4085, 1-2мм, СИНИЙ ПАСТЕЛЬНЫЙ, влагостир., для гладк.поверхност, E-4085 139</t>
   </si>
   <si>
     <t>949772</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/66d/srj7ykdurvgsh7bxhji6wpmh4l23vzg2.jpg</t>
   </si>
   <si>
     <t>Маркер меловой EDDING 4085, 1-2мм, ФИОЛЕТОВЫЙ МЕТАЛЛИК, влагостир., для гладк.поверхн, E-4085 78</t>
   </si>
   <si>
     <t>949773</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/230/prk8mr3y3m2zqknbvvc9ga5a6gun5h7w.jpg</t>
   </si>
   <si>
     <t>Маркер меловой EDDING 4085, 1-2мм, ЧЕРНЫЙ, влагостираемый, для гладких поверхностей,, E-4085 1</t>
   </si>
   <si>
     <t>949774</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/29b/bllrvpyi9ider6h0xpsiw9tlm6u8bdk2.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для белых досок Deli Think 2 мм зеленый кругл.нак.EU00150</t>
+  </si>
+  <si>
+    <t>950943</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/63e/lw8ni0gxzfen9m5a2yv2upp8ch1p10hp.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для белых досок Deli Think 2 мм красный кругл.нак.EU00140</t>
+  </si>
+  <si>
+    <t>950944</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e16/afi6cjvbulpb338l2i0g9g8rl167xltg.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок Deli Think 2 мм черный кругл.нак.EU00120</t>
   </si>
   <si>
     <t>950946</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb1/2sy2d5aafrfkin8w9iiited22u2tlctu.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок Deli Think 2-5 мм черный скош.нак.EU00220</t>
   </si>
   <si>
     <t>950949</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/897/fmecl9dvinrs5hn0cf0m4wmtszwc5kue.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для белых досок Deli Think, кругл.нак, 1,5-3 мм, красный EU00640</t>
+  </si>
+  <si>
+    <t>950951</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0dd/21pftsqfzpmvnpd2jrdlob9nbmzoffam.jpg</t>
   </si>
   <si>
     <t>Маркер для стеклянных досок EDDING E-95 001 черный 1,5-3мм круг. наконечник</t>
   </si>
   <si>
     <t>Маркер для стеклянных досок EDDING E-95/001 черный 1,5-3мм круг. наконечник</t>
   </si>
   <si>
     <t>950954</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e3e/cyzry2x1626yix1v2ntpav2pzb2igw0s.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Deli Mate 1,5 мм синий кругл.нак.EU10230</t>
   </si>
   <si>
     <t>950962</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/df3/xihkenrq0sj3tx226vhlwa5e3aqikuis.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Deli Think 1,5-5 мм синий скош.нак.EU10130</t>
+  </si>
+  <si>
+    <t>950965</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1e7/t4888p6hoghfrjhizxxktbvb7j80uau5.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Deli Think 1,5-5 мм черный скош.нак.EU10120</t>
   </si>
   <si>
     <t>950966</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b1a/u1cvhl6tnbd8h2dnuojg9bgdwlhvevmk.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный M G 2,3 мм черный</t>
   </si>
   <si>
     <t>Маркер перманентный M&amp;G 2,3 мм черный</t>
   </si>
   <si>
     <t>950968</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/751/jqkekfvp9bmotfkqgg2mdyi9c1u68c3a.jpg</t>
-[...34 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a68/6z8or38h4pbsnjjhfv3dsqmjp7u8ynpz.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный двусторонний Deli Think 0,5 1 мм черный EU211-BK</t>
   </si>
   <si>
     <t>Маркер перманентный двусторонний Deli Think 0,5/1 мм черный EU211-BK</t>
   </si>
   <si>
     <t>950973</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e8/uaxhqatiijatauudxgbz0zs4d47lnxqm.jpeg</t>
   </si>
   <si>
     <t>МАРКЕР АКРИЛОВЫЙ  quot;SKETCH ART quot; БЕЛЫЙ</t>
   </si>
   <si>
     <t>МАРКЕР АКРИЛОВЫЙ &amp;quot;SKETCH&amp;ART&amp;quot; БЕЛЫЙ</t>
   </si>
   <si>
     <t>955996</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b3/sn8yn170kr6vx0yh9jsh89uw2sbfj242.jpeg</t>
@@ -13281,152 +13573,245 @@
   <si>
     <t>Маркер для белых досок КОМУС BY2304 синий 2-5мм</t>
   </si>
   <si>
     <t>963277</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43e/sidvr4s20860a5eom3axurmvvjrh18jb.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок КОМУС BY2304 красный 2-5мм</t>
   </si>
   <si>
     <t>963278</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/786/fyib8ppkf6dh773a2pet5z7agqd3ujn6.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок КОМУС BY2304 зеленый 2-5мм</t>
   </si>
   <si>
     <t>963279</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7c4/shf2re4macnh9lk8zu2pygaen60rwkfr.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Attache Selection 270 синий 1-3мм кругл. наконечник</t>
+  </si>
+  <si>
+    <t>963281</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c26/jpgmbocd2uwk0jqdu3qxoiphvt13bqni.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Attache Selection 270 красный 1-3мм кругл. наконечник</t>
+  </si>
+  <si>
+    <t>963282</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/353/ukougbswbymg123aqt6j4m3a6vk5rv8x.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный Attache Selection 270 зеленый 1-3мм кругл. наконечник</t>
+  </si>
+  <si>
+    <t>963283</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d3c/nuvrbvkoan63nlmw3vbm0qi3irq1qdjr.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Attache Selection 271 черный 2-5мм скош. наконечник</t>
   </si>
   <si>
     <t>963284</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/afa/o9d14hj2rrj7cmezxxhfiy42a3toivtz.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный КОМУС синий 1-3мм кругл. наконечник</t>
   </si>
   <si>
     <t>963289</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/737/cavw81bmvcjkf36vwwmfj4vtk5ntznme.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный КОМУС красный 1-3мм кругл. наконечник</t>
   </si>
   <si>
     <t>963290</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/3b8/w104ok8lor4b4n5ha6m67cmi82ifdaji.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный КОМУС зеленый 1-3мм кругл. наконечник</t>
+  </si>
+  <si>
+    <t>963291</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/367/zyb9aqelx5ckg91j84sbnt2df41ptmmz.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок КОМУС черный 1-3 мм</t>
   </si>
   <si>
     <t>963292</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/09c/lxun7vk7ffevvihmasgjqujj4s34v02w.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для белых досок КОМУС синий 1-3 мм</t>
+  </si>
+  <si>
+    <t>963293</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9dc/w5z8umrf2yv4dxmi72omh6mz6b3n2twy.jpg</t>
+  </si>
+  <si>
+    <t>Маркер для белых досок КОМУС красный 1-3 мм</t>
+  </si>
+  <si>
+    <t>963294</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2e8/engrlf6ew2cn7hx8wjj92k298719napx.jpg</t>
   </si>
   <si>
     <t>Маркер для белых досок КОМУС зеленый 1-3 мм</t>
   </si>
   <si>
     <t>963295</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/82d/s46zyeqqt0v5w1a10h14c48g1b8ln6w3.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный Deli EU10440 Mate двойной пиш. наконеч 0.5-1мм красный</t>
   </si>
   <si>
     <t>963296</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c44/3cu3oddjx1xwba0874585xp5yusko3ie.jpg</t>
+  </si>
+  <si>
+    <t>Маркер акриловый Sketch Art белый 22-0132</t>
+  </si>
+  <si>
+    <t>Маркер акриловый Sketch&amp;Art белый 22-0132</t>
+  </si>
+  <si>
+    <t>963298</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/sketch-art/"&gt;SKETCH&amp;ART&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/733/dgjfrwa5qfi830kq2ot083xrswwrincs.jpg</t>
   </si>
   <si>
     <t>Маркер-краска Munhwa  quot;Neon quot; желтая, 4,5мм, нитро-основа</t>
   </si>
   <si>
     <t>Маркер-краска Munhwa &amp;quot;Neon&amp;quot; желтая, 4,5мм, нитро-основа</t>
   </si>
   <si>
     <t>967544</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/178/2tqbvtb27kutv840xxwi6dri4qpayn1l.jpg</t>
   </si>
   <si>
     <t>Маркер-краска Munhwa  quot;Neon quot; зеленая, 4,5мм, нитро-основа</t>
   </si>
   <si>
     <t>Маркер-краска Munhwa &amp;quot;Neon&amp;quot; зеленая, 4,5мм, нитро-основа</t>
   </si>
   <si>
     <t>967545</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/37e/pyxr36odcquhq1tjsfy5f0bn4636opo1.jpg</t>
   </si>
   <si>
     <t>Маркер-краска Munhwa  quot;Neon quot; оранжевая, 4,5мм, нитро-основа</t>
   </si>
   <si>
     <t>Маркер-краска Munhwa &amp;quot;Neon&amp;quot; оранжевая, 4,5мм, нитро-основа</t>
   </si>
   <si>
     <t>967546</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/196/4zxme48w32y0trlalvemlaqsavlevtn3.jpg</t>
   </si>
   <si>
     <t>Маркер-краска Munhwa  quot;Neon quot; розовая, 4,5мм, нитро-основа</t>
   </si>
   <si>
     <t>Маркер-краска Munhwa &amp;quot;Neon&amp;quot; розовая, 4,5мм, нитро-основа</t>
   </si>
   <si>
     <t>967547</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/83a/fubdhng5565sgnwvxkewbcx2gb1fthho.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный M G, круглый наконечник, толщина линии 1 мм, белый</t>
+  </si>
+  <si>
+    <t>Маркер перманентный M&amp;G, круглый наконечник, толщина линии 1 мм, белый</t>
+  </si>
+  <si>
+    <t>973346</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c38/3g9q9aydkox5x2fgrgzrgf2ybm5y7ncv.jpg</t>
+  </si>
+  <si>
+    <t>Маркер акриловый M G, круглый наконечник, 2 мм, 5 цветов в наборе</t>
+  </si>
+  <si>
+    <t>Маркер акриловый M&amp;G, круглый наконечник, 2 мм, 5 цветов в наборе</t>
+  </si>
+  <si>
+    <t>973363</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fb5/be06xm08ob90vkumuambi3epbgk41yfm.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG WHITE EXTRA, БЕЛЫЙ, круглый наконечник 3 мм, 152488</t>
   </si>
   <si>
     <t>Маркер перманентный BRAUBERG WHITE EXTRA предназначен для письма на любой гладкой поверхности: бумага, полиэтилен, древесина, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный белого цвета обладает круглой формой корпуса из пластика, диаметр которого 12 мм. Толщина линии письма - 3 мм. Основа чернил - водная. Акриловый наконечник обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Износостойкий японский наконечник устойчив к повреждению и стиранию. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>974898</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/863/ipp1o9mg05rkj1es3w8wvvqb49pv5slo.jpg</t>
   </si>
   <si>
     <t>Маркер стираемый на магните со стирателем для белой доски ЧЕРНЫЙ, BRAUBERG  quot;UNIVERSAL quot;, 3 мм, 152490</t>
   </si>
   <si>
     <t>Маркер на магните со стирателем BRAUBERG &amp;quot;UNIVERSAL&amp;quot; предназначен для использования на белых досках с магнитно-маркерной поверхностью. Идеально подходит для проведения презентаций, совещаний, уроков. Маркер стираемый на магните со стирателем для белой доски заправлен чернилами черного цвета. Колпачок маркера оснащен магнитом для крепления к любой металлической поверхности и губкой для быстрой корректировки текста во время написания. Наконечник круглой формы обеспечивает толщину линии письма 3 мм, что позволяет писать крупным шрифтом, который будет хорошо виден. Основа чернил - спиртовая. Чернила быстро высыхают и не оставляют разводов, легко стираются подушечкой, закрепленной на колпачке, или специальным стирателем для магнитно-маркерных досок.Изделие не перезаправляется. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>975652</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bf1/0qd3zj58jde4r05dc4k39swnbz22j5p6.jpg</t>
@@ -13602,50 +13987,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/98d/4w0ocm0kx9ynv83wz62859ch7zlxbuxp.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, гортензия, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, гортензия, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982680</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/538/kin6q5lka5vo4heqks5p2voesgbtt2j6.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, грушевый, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, грушевый, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982681</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/dfe/7qy18lzcm6nn8crajdmpvo7b7l1plq5b.jpg</t>
+  </si>
+  <si>
+    <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, дынный, корпус трехгранный, пулевид. клиновид. наконечники</t>
+  </si>
+  <si>
+    <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, дынный, корпус трехгранный, пулевид./клиновид. наконечники</t>
+  </si>
+  <si>
+    <t>982682</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/52e/smlfgh26dnr3iouccsymmao5se4h90xk.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, желто-зеленый, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, желто-зеленый, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982683</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/394/tmllij0eh9u4m6ho0or4c9wo2r3zqj2q.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, желто-оранжевый, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, желто-оранжевый, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982684</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/742/eiwwbx3cfbuw7jd5ykqmn2fegywsbtj5.jpg</t>
@@ -13914,62 +14311,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/fed/htptcoiifo79qjsod516lzdh2cydkmn3.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, красный палевый, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, красный палевый, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982710</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a92/1s1dup8a24soki79qggojk0ie3m3stjn.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, красный темный, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, красный темный, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982711</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d42/25cve6dgw6pgs39sn8l2idpqhwxn44uz.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b5c/egx6nqe3rtd80nzecmohsc8t7mox4546.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, лавандовый, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, лавандовый, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982713</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7c/2td0hxyqwf4x6081rcjhevi76617zez8.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, лазурный, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, лазурный, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982714</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8ec/8f9g58tjrp3nin7tmg9b12928j3nh86a.jpg</t>
@@ -14442,62 +14827,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/b3d/x0r30fp1le2kg459pnhf65q6n3vl9427.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, сланцево-серый, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, сланцево-серый, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7c2/ucpljxmbt2296jb1scxusvzn6iyo8mho.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, телесный светлый, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, телесный светлый, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982756</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a51/deutoltvc7pq33tdehj9zpjvvbbwltph.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/da2/g3p91v28etihdu0siflukc63ga6oa2jj.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, темно-зеленый, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, темно-зеленый, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982758</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/400/k2qik9yt3x9w3ulowvukwcmbsq6m4vbs.jpg</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма  quot;Студия quot;, ультрамарин фиолетовый, корпус трехгранный, пулевид. клиновид. наконечники</t>
   </si>
   <si>
     <t>Маркер двусторонний для скетчинга Гамма &amp;quot;Студия&amp;quot;, ультрамарин фиолетовый, корпус трехгранный, пулевид./клиновид. наконечники</t>
   </si>
   <si>
     <t>982761</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6c/vwswvieg676i9nay9ekhpnglqnr0xlmg.jpg</t>
@@ -14622,86 +14995,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/457/hg5mcvzuugvnxyc6g0hze9xinv0ersxj.jpg</t>
   </si>
   <si>
     <t>Маркер для ткани Luxor  quot;Fabric quot; синий, пулевидный, 1-2мм</t>
   </si>
   <si>
     <t>Маркер для ткани Luxor &amp;quot;Fabric&amp;quot; синий, пулевидный, 1-2мм</t>
   </si>
   <si>
     <t>982773</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/73a/23zm40dzegdyo98lw8d7kdzri83dvoqu.jpg</t>
   </si>
   <si>
     <t>Маркер для ткани Luxor  quot;Fabric quot; черный, пулевидный, 1-2мм</t>
   </si>
   <si>
     <t>Маркер для ткани Luxor &amp;quot;Fabric&amp;quot; черный, пулевидный, 1-2мм</t>
   </si>
   <si>
     <t>982774</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a10/cm6gjpucuq6gaxe1adcwj02h2u75x161.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/588/pu1ppkc2owph9ai5fwgmt0zxuejoxh1f.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный для ткани для прачечных Luxor  quot;Laundry quot; синий, пулевидный, 1-2мм</t>
   </si>
   <si>
     <t>Маркер перманентный для ткани/для прачечных Luxor &amp;quot;Laundry&amp;quot; синий, пулевидный, 1-2мм</t>
   </si>
   <si>
     <t>982776</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9b8/f07tyqq62x4rvcnlosatsijg4xh6i70i.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1be/jh1nxjh81bbga0m0zxt1b9za4hd4tqap.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный лабораторный Luxor  quot;OHP 900 quot; синий, пулевидный, 1,0мм</t>
   </si>
   <si>
     <t>Маркер перманентный лабораторный Luxor &amp;quot;OHP 900&amp;quot; синий, пулевидный, 1,0мм</t>
   </si>
   <si>
     <t>982778</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/255/5bgbgdghrrqyr597ofzidg26wq0vh1av.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный лабораторный Luxor  quot;OHP 910 quot; синий, пулевидный, 0,7мм</t>
   </si>
   <si>
     <t>Маркер перманентный лабораторный Luxor &amp;quot;OHP 910&amp;quot; синий, пулевидный, 0,7мм</t>
   </si>
   <si>
     <t>982780</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7ac/g2s2fg8hekzljt9cl9vob9ojblqz64tu.jpg</t>
@@ -14709,59 +15058,50 @@
   <si>
     <t>Маркер-краска OfficeSpace белая, 1-4мм, нитро-основа</t>
   </si>
   <si>
     <t>982785</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/15e/bvub6j7p0umch3ybkz25cdw441ye0vtl.jpg</t>
   </si>
   <si>
     <t>Маркер-краска OfficeSpace желтая, 1-4мм, нитро-основа</t>
   </si>
   <si>
     <t>982786</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c42/pcvw41gvddpilz31kkz1jie382kl9s33.jpg</t>
   </si>
   <si>
     <t>Маркер-краска OfficeSpace золотая, 1-4мм, нитро-основа</t>
   </si>
   <si>
     <t>982787</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/001/2hm5slg203cco04vxwztr7ehccr80o35.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/965/ww266xqkxemh5mvd2wn1ba6lhqg63iub.jpg</t>
   </si>
   <si>
     <t>Маркер-краска OfficeSpace серебряная, 1-4мм, нитро-основа</t>
   </si>
   <si>
     <t>982789</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c4d/s48cg05g8hswg19jtlmeiqywe2tglcws.jpg</t>
   </si>
   <si>
     <t>Маркер-краска OfficeSpace синяя, 1-4мм, нитро-основа</t>
   </si>
   <si>
     <t>982790</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd5/26e1tr02b53rd61hsi0g4aja5cuffvr5.jpg</t>
   </si>
   <si>
     <t>Маркер-краска OfficeSpace черная, 1-4мм, нитро-основа</t>
   </si>
   <si>
     <t>982791</t>
@@ -14772,59 +15112,50 @@
   <si>
     <t>Маркер для флипчартов по бумаге Attache черный 2-3 мм круглый нак</t>
   </si>
   <si>
     <t>988628</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30b/h0gx35pzhp0my69i4k2x3wppamj2flc5.jpg</t>
   </si>
   <si>
     <t>Маркер для флипчартов по бумаге Attache красный 2-3 мм круглый нак</t>
   </si>
   <si>
     <t>988629</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/422/ymm0m2jcs4vrcj2znamjfysqc9jgcr01.jpg</t>
   </si>
   <si>
     <t>Маркер для флипчартов по бумаге Attache синий 2-3 мм круглый нак</t>
   </si>
   <si>
     <t>988630</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/336/8jr41dnr7z83yditw43j572mbmu30f37.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/49c/x5heglwiyigera23r6vov2uhc9j21c0j.jpeg</t>
   </si>
   <si>
     <t>МАРКЕР-КИСТЬ АКРИЛОВЫЙ  quot;SKETCH ART quot; БЕЛЫЙ</t>
   </si>
   <si>
     <t>Акриловые маркер-кисти белого цвета «SKETCH&amp;ART» для рисования, декорирования, дизайнерских работ на любых поверхностях: холст, бумага, дерево, пластик, металл, камень, стекло, одежда, керамика. Корпус маркеров изготовлен из полипропилена - он легкий и ударопрочный. Плотно защелкивающийся колпачок обеспечивает долгую сохранность чернил от высыхания. Быстросохнущие нетоксичные чернила на водной основе. Имеют высокую степень укрывистости. До высыхания краски можно смешать или растушевать для достижения плавных переходов. Ширина линии 1-3 мм. Маркеры упакованы в пластиковый бокс - удобно хранить, транспортировать.</t>
   </si>
   <si>
     <t>996427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/42a/k74wxiimc7o1g3euv26trtz3zj257qzh.jpeg</t>
   </si>
   <si>
     <t>МАРКЕР-КИСТЬ АКРИЛОВЫЙ  quot;SKETCH ART quot; ЗОЛОТОЙ</t>
   </si>
   <si>
     <t>Акриловые маркер-кисти золотого цвета «SKETCH&amp;ART» для рисования, декорирования, дизайнерских работ на любых поверхностях: холст, бумага, дерево, пластик, металл, камень, стекло, одежда, керамика. Корпус маркеров изготовлен из полипропилена - он легкий и ударопрочный. Плотно защелкивающийся колпачок обеспечивает долгую сохранность чернил от высыхания. Быстросохнущие нетоксичные чернила на водной основе. Имеют высокую степень укрывистости. До высыхания краски можно смешать или растушевать для достижения плавных переходов. Ширина линии 1-3 мм. Маркеры упакованы в пластиковый бокс - удобно хранить, транспортировать.</t>
   </si>
   <si>
     <t>996428</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/446/f6yp4305mo7xwlewt0vlra9zx9wdtkjp.jpeg</t>
@@ -14937,92 +15268,77 @@
   <si>
     <t>http://anytos.ru//upload/iblock/03f/a2zhfz2e3rczuhzxz929dwdebtol3os2.jpg</t>
   </si>
   <si>
     <t>Маркер-краска Berlingo  quot;Uniline PA100 quot; черная, 1мм, нитро-основа</t>
   </si>
   <si>
     <t>Маркер-краска Berlingo &amp;quot;Uniline PA100&amp;quot; черная, 1мм, нитро-основа</t>
   </si>
   <si>
     <t>1001634</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8f5/6f36eq0lcsyyflw15ptdq7jvuo8bz8aq.jpg</t>
   </si>
   <si>
     <t>Маркер-краска Berlingo  quot;Uniline PA400 quot; желтая, 2-4мм, нитро-основа</t>
   </si>
   <si>
     <t>Маркер-краска Berlingo &amp;quot;Uniline PA400&amp;quot; желтая, 2-4мм, нитро-основа</t>
   </si>
   <si>
     <t>1001635</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ccd/dz9vu804idpnpyoi4kwkanrpmkcvknrx.jpg</t>
-[...23 lines deleted...]
-    <t>1004538</t>
+    <t>http://anytos.ru//upload/iblock/b41/qjma78spyteis8638alo00336uy31zex.jpg</t>
+  </si>
+  <si>
+    <t>Маркер перманентный ОФИСМАГ ECONOMY, ЧЕРНЫЙ, круглый наконечник 3 мм, 152484</t>
+  </si>
+  <si>
+    <t>Перманентный маркер ОФИСМАГ &amp;quot;ECONOMY&amp;quot; отлично подходит для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный черного цвета обладает круглым корпусом, диаметр которого 17 мм и длина 133 мм. Толщина линии письма - 3 мм. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотный колпачок с клипом предотвращает высыхание наконечника и чернил. Цвет корпуса и колпачка соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1005322</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ab9/xhzhztyvnw6lh33m88p7b6ft9v0zpott.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ОФИСМАГ, ЧЕРНЫЙ, круглый наконечник, 3 мм, с клипом, 151197</t>
   </si>
   <si>
     <t>Простой и надежный маркер ОФИСМАГ для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный черного цвета обладает круглой формой корпуса из пластика, диаметр которого 15 мм. Толщина линии письма - 2,5-4 мм в зависимости от угла наклона. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>1005324</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/7ef/u28cbsre2grsqp2ugo79rjmm6tnay1s0.jpg</t>
   </si>
   <si>
     <t>Маркер стираемый для белой доски ЗЕЛЕНЫЙ, ОФИСМАГ, круглый наконечник, 3 мм, 152221</t>
   </si>
   <si>
     <t>Маркер стираемый для белой доски ОФИСМАГ предназначен для использования на изделиях с магнитно-маркерной поверхностью. Идеально подходит для рисования, учебы, совещаний, проведения планерок. Маркер для доски зеленого цвета имеет круглый пластиковый корпус диаметром 17 мм. Наконечник круглой формы обеспечивает толщину линии письма 3 мм, что позволяет писать крупным шрифтом, который будет хорошо виден. Основа чернил - спиртовая. Чернила быстро высыхают и легко стираются сухой губкой, не оставляя разводов. Изделие не перезаправляется. Цвет колпачка с клипом соответствует цвету чернил.</t>
   </si>
   <si>
     <t>1005325</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b12/a1oet5285nc133qu056cy3tufdmu0nk0.jpg</t>
   </si>
   <si>
     <t>Маркер стираемый для белой доски КРАСНЫЙ, ОФИСМАГ, круглый наконечник, 3 мм, 152220</t>
   </si>
   <si>
     <t>Маркер стираемый для белой доски ОФИСМАГ предназначен для использования на изделиях с магнитно-маркерной поверхностью. Идеально подходит для рисования, учебы, совещаний, проведения планерок. Маркер для доски красного цвета имеет круглый пластиковый корпус диаметром 17 мм. Наконечник круглой формы обеспечивает толщину линии письма 3 мм, что позволяет писать крупным шрифтом, который будет хорошо виден. Основа чернил - спиртовая. Чернила быстро высыхают и легко стираются сухой губкой, не оставляя разводов. Изделие не перезаправляется. Цвет колпачка с клипом соответствует цвету чернил.</t>
   </si>
   <si>
     <t>1005326</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3be/sk0f23syb5fc61d2kqzpwn2jo6f6p01g.jpg</t>
@@ -15273,62 +15589,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/2a8/zwc90nnd3fz7zbk03pua8o9068h1h0q5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Перманентный маркер ErichKrause P-170 light, цвет чернил черный  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Перманентный маркер ErichKrause P-170 light, цвет чернил черный &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011026</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7bf/y8bn2ztop95pneao1vjynnkwhtlg9bn5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Перманентный маркер ErichKrause P-170 light, цвет чернил синий  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Перманентный маркер ErichKrause P-170 light, цвет чернил синий &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011309</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4c4/1ekt4naravtqe4ypbk6dbxd69sl6q92d.png</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0de/81oinj7qmqugl6awvj7wj24jxfigg2m9.png</t>
   </si>
   <si>
     <t>Маркер для белых досок черный 1-3мм</t>
   </si>
   <si>
     <t>Маркер для досок с круглым наконечником в пластиковом корпусе. Толщина линии письма 1-3 мм, в зависимости от силы нажатия на маркер и угла нанесения линия. Цвет - черный. Стирается сухой губкой. Маркер предназначен для письма на белых эмалевых досках. Стирается cухим способом почти со всех гладких поверхностй, таких как эмаль, стекло, пластик. Чернила на спиртовой основе. Рекомендуется стирать надписи с досок сухим способом в течение 24 часов после нанесения, либо использовать специальный спрей для очистки досок &amp;#40;например арт. 1809525, 134430&amp;#41;. Внимание! Насыщенность пигмента в разных цветах маркеров может незначительно отличаться. Внимание! Маркеры для досок необходимо хранить в горизонтальном положении или фетром вниз.</t>
   </si>
   <si>
     <t>1011862</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/999/0jjua6rib1mb7rpoi63aswze5fz47cam.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный ОФИСМАГ, ЗЕЛЕНЫЙ, круглый наконечник, 3 мм, с клипом, 151200</t>
   </si>
   <si>
     <t>Простой и надежный маркер ОФИСМАГ для повседневного использования. Предназначен для письма на любой поверхности: бумага, полиэтилен, дерево, стекло, металл, натуральная кожа, ткань, камень, плитка. Маркер перманентный зеленого цвета обладает круглой формой корпуса из пластика, диаметр которого 15 мм. Толщина линии письма - 2,5-4 мм в зависимости от угла наклона. Особая нестираемая основа перманентного маркера обеспечивает такие качества, как стойкость к воздействию воды, ультрафиолету, низких и высоких температур. Благодаря спиртовой основе чернила быстро сохнут и не размазываются. Износостойкий фетровый наконечник устойчив к повреждениям и обеспечивает экономный расход чернил. Изделие не перезаправляется. Плотно закрывается колпачком, что предотвращает высыхание наконечника и чернил. Цвет колпачка соответствует цвету чернил.</t>
   </si>
   <si>
     <t>1012259</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b74/9p0dodojgbni1wlav3r055xg6xf37yrg.jpg</t>
@@ -15519,65 +15823,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/1d1/7ejcc1f82qd5vym63vb8og17scrjxvfz.jpg</t>
   </si>
   <si>
     <t>Маркер меловой MUNHWA  quot;Chalk Marker quot;, 3 мм, БЕЛЫЙ, сухостираемый, для гладких поверхностей, CM-05</t>
   </si>
   <si>
     <t>Меловой маркер на спиртовой основе. Применяется для письма на стекле, маркерных досках или любой гладкой поверхности.</t>
   </si>
   <si>
     <t>1014559</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4b4/sltzkxhvflqh8706h3b6gscypvdlosfc.jpg</t>
   </si>
   <si>
     <t>Маркер меловой БЕЛЫЙ, влагостираемый, 3 мм, для гладких поверхностей, MUNHWA  quot;Black Board Marker quot;, BM-05</t>
   </si>
   <si>
     <t>Маркер MUNHWA обеспечивает плавное письмо и легко стирается. Благодаря высококачественному механизму и составу мел поступает дозированно, ложится на поверхность равномерным и однородным слоем, полностью закрашивая обрабатываемую поверхность. Применяется на гладких зеркальных поверхностях. Возможно использование маркера на деликатных пленчатых поверхностях, меловых досках. Чернила на водной основе и разведенного мела, не имеют запаха. Корпус – из прочного пластика.Маркеры, нанесенные на гладкую поверхность, можно удалить влажной тканью.Меловой маркер не крошится при нанесении и не пачкает руки. Клапанный механизм пишущего узла исключает растекание и разбрызгивание мела, преждевременное пересыхание маркера. Маркеры не рекомендуется использовать на шершавых, пористых поверхностях &amp;#40;частицы краски забьются в поры и неровности, откуда их сложно будет извлечь&amp;#41;.</t>
   </si>
   <si>
     <t>1014560</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/ea1/0b12fx5pgvb23s1vvq4z8wrng8yh0pf3.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b19/g6d6qm1e9xao4mxjamoxautkz5bporss.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный PILOT, ЧЕРНЫЙ, круглый наконечник 1-3 мм, SCA-100 B</t>
   </si>
   <si>
     <t>Новая серия маркеров PILOT SCA &amp;#40;Super Colour Markers&amp;#41;. Отличительными особенностями коллекции стали современный дизайн корпуса и новая формула чернил. Новая формула перманентных чернил на спиртовой основе позволяют писать практически по любой поверхности, при этом маркеры свето- и влагостойкие. Даже без колпачка маркер не высыхает в течение 24 часов. Корпус выполнен из прочного пластика. Цвет чернил соответствует цвету корпуса.</t>
   </si>
   <si>
     <t>1014562</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f5c/an9xk0oj57sze0i7gco23me3l1qxv1l7.jpg</t>
   </si>
   <si>
     <t>Маркер перманентный БЕЛЫЙ 1 мм, MUNHWA, WPM-05</t>
   </si>
   <si>
     <t>Маркер отлично подходит для нанесения маркировки на большинство поверхностей: металл, стекло, пластик, дерево, бумага. Чернила обладают свойствами высокой укрывистости, светостойкости, непрозрачности, нетоксичны &amp;#40;не содержат ксилол и толуол&amp;#41;.</t>
   </si>
   <si>
     <t>1014563</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/59a/3ntu72z3xufd3uxaj305sqkt9ogc7ukx.jpg</t>
@@ -15673,62 +15962,50 @@
     <t>1014571</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dff/ryylnc4nlbe8iy4ud6bc5aa4lwnycjxq.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  2-4 мм, СЕРЕБРИСТЫЙ, НИТРО-ОСНОВА, STAFF PROFIT, для любых поверхностей, 152580</t>
   </si>
   <si>
     <t>Маркер-краска лаковый STAFF PROFIT предназначен для маркировки различных поверхностей: бетон, дерево, стекло, металл, резина, пластик. Подходит для использования как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить наконечником на поверхность.3. Подождать 20 секунд, когда краска полностью пропитает наконечник.4. После использования плотно закрыть колпачок.Высококачественные чернила серебристого цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 2-4 мм, можно легко наносить широкие линии равномерным и однородным слоем. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>1014572</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6c2/huegruwu6l4yb3s71ljnn0e5ja3dswjp.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  2-4 мм, СИНИЙ, НИТРО-ОСНОВА, STAFF PROFIT, для любых поверхностей, 152581</t>
   </si>
   <si>
     <t>Маркер-краска лаковый STAFF PROFIT предназначен для маркировки различных поверхностей: бетон, дерево, стекло, металл, резина, пластик. Подходит для использования как в промышленных, так и в бытовых целях. СПОСОБ ПРИМЕНЕНИЯ:1. Перед использованием хорошо встряхнуть с закрытым колпачком.2. Снять колпачок, надавить наконечником на поверхность.3. Подождать 20 секунд, когда краска полностью пропитает наконечник.4. После использования плотно закрыть колпачок.Высококачественные чернила синего цвета с лаковым эффектом идеально подходят для нанесения долговечной маркировки на любые поверхности. Благодаря усиленной формуле чернил краска ложится ровным слоем, полностью закрашивая поверхность. С помощью круглого прочного наконечника, выполненного из пористого акрила с шириной линии письма 2-4 мм, можно легко наносить широкие линии равномерным и однородным слоем. Быстросохнущие чернила предотвращают смазывание в процессе маркировки. После высыхания надписи становятся термо- и водостойкими, а также устойчивыми к выцветанию и механическому истиранию. Отлично подходит для маскировки бытовых дефектов, таких как царапины и сколы. Надежный помповый механизм подачи чернил предотвращает вытекание и разбрызгивание в процессе использования, а также преждевременное высыхание. Корпус маркера выполнен из алюминия, внутри находятся 2 металлических шарика для взбалтывания краски. Цвет колпачка соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>1014573</t>
-  </si>
-[...10 lines deleted...]
-    <t>1014574</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/624/a2wugscyoas3t7o79hegf3mwni3potl4.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  MUNHWA  quot;Slim quot;, 2 мм, БЕЛЫЙ, нитро-основа, алюминиевый корпус, SPM-05</t>
   </si>
   <si>
     <t>Маркер-краска пишет по любому типу поверхности: бумаге, дереву, пластику, металлу, натуральному и искусственному камню, стеклу. Маркер морозоустойчив, не выгорает на солнце, может писать по горячей &amp;#40;до 130 градусов&amp;#41; или загрязненной поверхности.</t>
   </si>
   <si>
     <t>1014575</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/846/jlye1qjafqm5v4h1ts3i4b1s6glrt32m.jpg</t>
   </si>
   <si>
     <t>Маркер-краска лаковый  paint marker  MUNHWA  quot;Slim quot;, 2 мм, ЧЕРНЫЙ, нитро-основа, алюминиевый корпус, SPM-01</t>
   </si>
   <si>
     <t>1014576</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6af/dnkrvhu9zty9ogpoy1axpae4uwl7zeje.jpg</t>
   </si>
@@ -16136,31518 +16413,32186 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J1374"/>
+  <dimension ref="A1:M1401"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G1374" sqref="G1374"/>
+      <selection pane="bottomRight" activeCell="G1401" sqref="G1401"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="G6" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...12 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="C11" s="1"/>
+        <v>47</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>48</v>
+      </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="C16" s="1"/>
+        <v>65</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>66</v>
+      </c>
       <c r="D16" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F16" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F20" s="3" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="C21" s="1" t="s">
         <v>85</v>
       </c>
+      <c r="C21" s="1"/>
       <c r="D21" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>87</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>88</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>90</v>
       </c>
       <c r="F22" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="C23" s="1"/>
+      <c r="C23" s="1" t="s">
+        <v>93</v>
+      </c>
       <c r="D23" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="C24" s="1" t="s">
         <v>96</v>
       </c>
+      <c r="C24" s="1"/>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>97</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B25" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="C25" s="1"/>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="C25" s="1" t="s">
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="B26" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A26" s="1" t="s">
+      <c r="C26" s="1"/>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="F26" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="B27" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="3" t="s">
+      <c r="C27" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="F27" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C27" s="1" t="s">
+      <c r="G27" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E27" s="3" t="s">
+      <c r="B28" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="C28" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="B28" s="1" t="s">
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="C28" s="1" t="s">
+      <c r="F28" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="D28" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="3" t="s">
+      <c r="B29" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="F28" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="C29" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="F29" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="3" t="s">
+      <c r="B30" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="F29" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B30" s="1" t="s">
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="C30" s="1" t="s">
+      <c r="F30" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A31" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D30" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E30" s="3" t="s">
+      <c r="B31" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="F30" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="F31" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="3" t="s">
+      <c r="B32" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="F31" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="3" t="s">
+      <c r="F32" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A33" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="F32" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B33" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B33" s="1" t="s">
+      <c r="C33" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="F33" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A34" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B34" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="C34" s="1"/>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="F34" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="F34" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B35" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="C36" s="1"/>
+      <c r="C36" s="1" t="s">
+        <v>141</v>
+      </c>
       <c r="D36" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="C42" s="1"/>
+        <v>164</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>165</v>
+      </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F43" s="3" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="C45" s="1"/>
+        <v>176</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>173</v>
+      </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="C46" s="1"/>
+        <v>179</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>180</v>
+      </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B48" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="C49" s="1"/>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>187</v>
+        <v>17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="B51" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>200</v>
       </c>
       <c r="F52" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="G52" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A53" s="1" t="s">
+      <c r="B53" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="3" t="s">
+      <c r="F53" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="F53" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A54" s="1" t="s">
+      <c r="B54" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="F54" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E54" s="3" t="s">
+      <c r="B55" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="F54" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A55" s="1" t="s">
+      <c r="C55" s="1"/>
+      <c r="D55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="F55" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A56" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="B56" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="3" t="s">
+      <c r="C56" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="F55" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A56" s="1" t="s">
+      <c r="D56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="F56" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A57" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="B57" s="1" t="s">
         <v>216</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="3" t="s">
+      <c r="C57" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="F56" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A57" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>218</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="F57" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A58" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="C57" s="1" t="s">
+      <c r="B58" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="3" t="s">
+      <c r="C58" s="1"/>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="F57" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A58" s="1" t="s">
+      <c r="F58" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A59" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="B59" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="C59" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="3" t="s">
+      <c r="D59" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="F58" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G58" s="3" t="s">
+      <c r="F59" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>226</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="C60" s="1"/>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>228</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="F60" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="D59" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="3" t="s">
+      <c r="B61" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="F59" s="3" t="s">
+      <c r="C61" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="G59" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="F61" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="C62" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="F62" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="C63" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="F61" s="3" t="s">
+      <c r="F63" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="G61" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="G63" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G62" s="3" t="s">
+      <c r="F64" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-      <c r="A63" s="1" t="s">
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="B65" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="C65" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="F65" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G65" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A66" s="1" t="s">
         <v>250</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="B66" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="C66" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="3" t="s">
+      <c r="D66" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="F64" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A65" s="1" t="s">
+      <c r="F66" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="G66" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A67" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="B67" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="3" t="s">
+      <c r="C67" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="F65" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A66" s="1" t="s">
+      <c r="D67" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="F67" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A68" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="C66" s="1" t="s">
+      <c r="B68" s="1" t="s">
         <v>260</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="3" t="s">
+      <c r="C68" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="F66" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A67" s="1" t="s">
+      <c r="D68" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="F68" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="B69" s="1" t="s">
         <v>264</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="3" t="s">
+      <c r="C69" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="F67" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A68" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="F69" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="B70" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="3" t="s">
+      <c r="C70" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="F68" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A69" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="F70" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="B71" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="3" t="s">
+      <c r="C71" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="F69" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A70" s="1" t="s">
+      <c r="D71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="F71" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A72" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="B72" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="C72" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="F70" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A71" s="1" t="s">
+      <c r="D72" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="F72" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G72" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="C71" s="1" t="s">
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D71" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="3" t="s">
+      <c r="B73" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="F71" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="1" t="s">
+      <c r="C73" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="D73" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="F73" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="D72" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="3" t="s">
+      <c r="G73" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A74" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G72" s="3" t="s">
+      <c r="B74" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F74" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G74" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...12 lines deleted...]
-      <c r="E73" s="3" t="s">
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A75" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="F73" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A74" s="1" t="s">
+      <c r="B75" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="C75" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="D74" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="3" t="s">
+      <c r="F75" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A76" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="F74" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G74" s="3" t="s">
+      <c r="B76" s="1" t="s">
         <v>294</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A75" s="1" t="s">
+      <c r="C76" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="F76" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G76" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="D75" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="3" t="s">
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A77" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="F75" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A76" s="1" t="s">
+      <c r="B77" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="C77" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E77" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="3" t="s">
+      <c r="F77" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G77" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A78" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="F76" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A77" s="1" t="s">
+      <c r="B78" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="C78" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="D77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="3" t="s">
+      <c r="F78" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G78" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A79" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="F77" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A78" s="1" t="s">
+      <c r="B79" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B78" s="1" t="s">
+      <c r="C79" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E79" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="3" t="s">
+      <c r="F79" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G79" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A80" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="F78" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A79" s="1" t="s">
+      <c r="B80" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="C80" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="3" t="s">
+      <c r="F80" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="F79" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A80" s="1" t="s">
+      <c r="B81" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="B80" s="1" t="s">
+      <c r="C81" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
         <v>317</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E80" s="3" t="s">
+      <c r="F81" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="F80" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A81" s="1" t="s">
+      <c r="B82" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B81" s="1" t="s">
+      <c r="C82" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="C81" s="1" t="s">
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="F82" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
         <v>322</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A82" s="1" t="s">
+      <c r="B83" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="B82" s="1" t="s">
+      <c r="C83" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="3" t="s">
+      <c r="F83" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="F82" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A83" s="1" t="s">
+      <c r="B84" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="B83" s="1" t="s">
+      <c r="C84" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="C83" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E83" s="3" t="s">
+      <c r="F84" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="F83" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="F85" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="B86" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C86" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="F86" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A86" s="1" t="s">
+      <c r="B87" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="B86" s="1" t="s">
+      <c r="C87" s="1" t="s">
         <v>340</v>
       </c>
-      <c r="C86" s="1" t="s">
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="D86" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="3" t="s">
+      <c r="F87" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="F86" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A87" s="1" t="s">
+      <c r="B88" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="B87" s="1" t="s">
+      <c r="C88" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="C87" s="1" t="s">
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="D87" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E87" s="3" t="s">
+      <c r="F88" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="F87" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A88" s="1" t="s">
+      <c r="B89" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="B88" s="1" t="s">
+      <c r="C89" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E88" s="3" t="s">
+      <c r="F89" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="F88" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A89" s="1" t="s">
+      <c r="B90" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="B89" s="1" t="s">
+      <c r="C90" s="1" t="s">
         <v>352</v>
       </c>
-      <c r="C89" s="1" t="s">
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="3" t="s">
+      <c r="F90" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="F89" s="3" t="s">
+      <c r="B91" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="F93" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="G89" s="3" t="s">
-[...16 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="G93" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G96" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...111 lines deleted...]
-      <c r="E95" s="3" t="s">
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="F97" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G96" s="3" t="s">
+      <c r="B98" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G98" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...12 lines deleted...]
-      <c r="E97" s="3" t="s">
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="B99" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="F99" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="B100" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="D100" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="F101" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="B102" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C102" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="F102" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>403</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="B103" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C103" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>406</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="F103" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>407</v>
       </c>
-      <c r="F102" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="C104" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="F104" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>411</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>412</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>414</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C106" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="F106" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="B107" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="C107" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="F107" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="B108" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="C108" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="C107" s="1" t="s">
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="D107" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="F108" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>427</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="C109" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="C108" s="1" t="s">
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="D108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="F109" s="3" t="s">
         <v>431</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="G109" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="B110" s="1" t="s">
         <v>433</v>
       </c>
-      <c r="C109" s="1" t="s">
+      <c r="C110" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="D109" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E109" s="3" t="s">
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>435</v>
       </c>
-      <c r="F109" s="3" t="s">
+      <c r="F110" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F111" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="G109" s="3" t="s">
-[...27 lines deleted...]
-      <c r="A111" s="1" t="s">
+      <c r="G111" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B111" s="1" t="s">
+      <c r="B112" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="C111" s="1" t="s">
+      <c r="C112" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="D111" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E111" s="3" t="s">
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="F111" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G111" s="3" t="s">
+      <c r="F112" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G112" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-      <c r="A112" s="1" t="s">
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B112" s="1" t="s">
+      <c r="B113" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="C112" s="1" t="s">
+      <c r="C113" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="D112" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E112" s="3" t="s">
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="F112" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A113" s="1" t="s">
+      <c r="F113" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G113" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="B113" s="1" t="s">
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="B114" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E113" s="3" t="s">
+      <c r="C114" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="F113" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="F114" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="B115" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="D114" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="3" t="s">
+      <c r="C115" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="F114" s="3" t="s">
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="F115" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="G114" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="G115" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="B116" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>460</v>
-      </c>
-[...21 lines deleted...]
-        <v>464</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>240</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>465</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="B118" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="C117" s="1" t="s">
+      <c r="C118" s="1" t="s">
         <v>467</v>
       </c>
-      <c r="D117" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>468</v>
-      </c>
-[...21 lines deleted...]
-        <v>472</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>240</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="B120" s="1" t="s">
         <v>474</v>
       </c>
-      <c r="C119" s="1" t="s">
+      <c r="C120" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="F120" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="C120" s="1" t="s">
+      <c r="C121" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="D120" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="F121" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="C122" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="F121" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="F122" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="C123" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>488</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="F123" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="B124" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="C124" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>492</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="F124" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="F125" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="C126" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="F126" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="C126" s="1" t="s">
+      <c r="C127" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="D126" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="F127" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="C127" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="D127" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E127" s="3" t="s">
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="F127" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A128" s="1" t="s">
+      <c r="F128" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="B128" s="1" t="s">
+      <c r="B129" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="C128" s="1" t="s">
+      <c r="C129" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="D128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E128" s="3" t="s">
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>512</v>
       </c>
-      <c r="F128" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A129" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="B130" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="C130" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="F130" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="B131" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="C130" s="1" t="s">
+      <c r="C131" s="1" t="s">
         <v>519</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>520</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="B132" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="C132" s="1" t="s">
         <v>523</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>524</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="F132" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="C133" s="1" t="s">
         <v>527</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="B134" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="C134" s="1" t="s">
         <v>531</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G134" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="B134" s="1" t="s">
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="B135" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="C135" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="C136" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="C136" s="1" t="s">
+      <c r="B137" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="D136" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="C137" s="1" t="s">
         <v>544</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>545</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="C137" s="1" t="s">
+      <c r="B138" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="C138" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="F138" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="B139" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="C139" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="F139" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="B140" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="C140" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="B141" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="C141" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="F141" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>562</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="C142" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="F141" s="3" t="s">
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="F147" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="G141" s="3" t="s">
-[...122 lines deleted...]
-      <c r="B147" s="1" t="s">
+      <c r="G147" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="C147" s="1" t="s">
+      <c r="B148" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="C148" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>589</v>
-      </c>
-[...10 lines deleted...]
-        <v>592</v>
       </c>
       <c r="F148" s="3" t="s">
         <v>240</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>593</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>594</v>
       </c>
-      <c r="C149" s="1" t="s">
+      <c r="B150" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="D149" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="C150" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>597</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="F150" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="C150" s="1" t="s">
+      <c r="B151" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="D150" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="C151" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>601</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="F151" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="B152" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="C152" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="F152" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="B153" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="C153" s="1" t="s">
         <v>608</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="F153" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="C153" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="D153" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="C154" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>613</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="F154" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="C155" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="F155" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="B156" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="C156" s="1" t="s">
         <v>620</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="F156" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="B157" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="C157" s="1" t="s">
         <v>624</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="F157" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="C157" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="C158" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="F158" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="C158" s="1" t="s">
+      <c r="B159" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="D158" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="C159" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>633</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="C159" s="1" t="s">
+      <c r="B160" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="D159" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="C160" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>637</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="F160" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="C160" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="D160" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="C161" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>641</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="F161" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>642</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="B162" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="C162" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>646</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="C163" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="F163" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>650</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="B164" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="C164" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="F164" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="C165" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="C165" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="B166" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="F165" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="C166" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>661</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="F166" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="B167" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="F166" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A167" s="1" t="s">
+      <c r="C167" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="B167" s="1" t="s">
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>665</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="F167" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="B168" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="C168" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="F168" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="B169" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="C169" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>673</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="F169" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>674</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="B170" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="F169" s="3" t="s">
+      <c r="C170" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="F170" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="F171" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="F172" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="F174" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="F175" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="G169" s="3" t="s">
-[...122 lines deleted...]
-      <c r="B175" s="1" t="s">
+      <c r="G175" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>698</v>
       </c>
-      <c r="C175" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="D175" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="C176" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="F176" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>702</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="C177" s="1" t="s">
         <v>704</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="F177" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="C177" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="D177" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="C178" s="1" t="s">
         <v>708</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="D178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E178" s="3" t="s">
         <v>709</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="F178" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A179" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="C178" s="1" t="s">
+      <c r="B179" s="1" t="s">
         <v>711</v>
       </c>
-      <c r="D178" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E178" s="3" t="s">
+      <c r="C179" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="F178" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A179" s="1" t="s">
+      <c r="D179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="3" t="s">
         <v>713</v>
       </c>
-      <c r="B179" s="1" t="s">
+      <c r="F179" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A180" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="C179" s="1" t="s">
+      <c r="B180" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="D179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E179" s="3" t="s">
+      <c r="C180" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="F179" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A180" s="1" t="s">
+      <c r="D180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E180" s="3" t="s">
         <v>717</v>
       </c>
-      <c r="B180" s="1" t="s">
+      <c r="F180" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A181" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="C180" s="1" t="s">
+      <c r="B181" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="D180" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="3" t="s">
+      <c r="C181" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="F180" s="3" t="s">
+      <c r="D181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E181" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="G180" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A181" s="1" t="s">
+      <c r="F181" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A182" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B181" s="1" t="s">
+      <c r="B182" s="1" t="s">
         <v>723</v>
       </c>
-      <c r="C181" s="1" t="s">
+      <c r="C182" s="1" t="s">
         <v>724</v>
       </c>
-      <c r="D181" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E181" s="3" t="s">
+      <c r="D182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E182" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="F181" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G181" s="3" t="s">
+      <c r="F182" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A183" s="1" t="s">
         <v>726</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A182" s="1" t="s">
+      <c r="B183" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="B182" s="1" t="s">
+      <c r="C183" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="C182" s="1" t="s">
+      <c r="D183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E183" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="3" t="s">
+      <c r="F183" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A184" s="1" t="s">
         <v>730</v>
       </c>
-      <c r="F182" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A183" s="1" t="s">
+      <c r="B184" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="B183" s="1" t="s">
+      <c r="C184" s="1" t="s">
         <v>732</v>
       </c>
-      <c r="C183" s="1" t="s">
+      <c r="D184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E184" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="D183" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E183" s="3" t="s">
+      <c r="F184" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A185" s="1" t="s">
         <v>734</v>
       </c>
-      <c r="F183" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A184" s="1" t="s">
+      <c r="B185" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C185" s="1" t="s">
         <v>736</v>
       </c>
-      <c r="C184" s="1" t="s">
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="D184" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E184" s="3" t="s">
+      <c r="F185" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A186" s="1" t="s">
         <v>738</v>
       </c>
-      <c r="F184" s="3" t="s">
+      <c r="B186" s="1" t="s">
         <v>739</v>
       </c>
-      <c r="G184" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A185" s="1" t="s">
+      <c r="C186" s="1" t="s">
         <v>740</v>
       </c>
-      <c r="B185" s="1" t="s">
+      <c r="D186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E186" s="3" t="s">
         <v>741</v>
       </c>
-      <c r="C185" s="1" t="s">
+      <c r="F186" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A187" s="1" t="s">
         <v>742</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E185" s="3" t="s">
+      <c r="B187" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="F185" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A186" s="1" t="s">
+      <c r="C187" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E187" s="3" t="s">
         <v>744</v>
       </c>
-      <c r="B186" s="1" t="s">
+      <c r="F187" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A188" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="C186" s="1" t="s">
+      <c r="B188" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="D186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="3" t="s">
+      <c r="C188" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="F186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A187" s="1" t="s">
+      <c r="D188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E188" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="B187" s="1" t="s">
+      <c r="F188" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A189" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="C187" s="1" t="s">
+      <c r="B189" s="1" t="s">
         <v>750</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E187" s="3" t="s">
+      <c r="C189" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="F187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A188" s="1" t="s">
+      <c r="D189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E189" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="F189" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A190" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="C188" s="1" t="s">
+      <c r="B190" s="1" t="s">
         <v>754</v>
       </c>
-      <c r="D188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E188" s="3" t="s">
+      <c r="C190" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="F188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A189" s="1" t="s">
+      <c r="D190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E190" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="B189" s="1" t="s">
+      <c r="F190" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A191" s="1" t="s">
         <v>757</v>
       </c>
-      <c r="C189" s="1" t="s">
+      <c r="B191" s="1" t="s">
         <v>758</v>
       </c>
-      <c r="D189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E189" s="3" t="s">
+      <c r="C191" s="1" t="s">
         <v>759</v>
       </c>
-      <c r="F189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A190" s="1" t="s">
+      <c r="D191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E191" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="B190" s="1" t="s">
+      <c r="F191" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A192" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="C190" s="1" t="s">
+      <c r="B192" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="D190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="C192" s="1" t="s">
         <v>763</v>
       </c>
-      <c r="F190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A191" s="1" t="s">
+      <c r="D192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E192" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="F192" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A193" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="C191" s="1" t="s">
+      <c r="B193" s="1" t="s">
         <v>766</v>
       </c>
-      <c r="D191" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E191" s="3" t="s">
+      <c r="C193" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="F191" s="3" t="s">
+      <c r="D193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E193" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="G191" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A192" s="1" t="s">
+      <c r="F193" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A194" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="B192" s="1" t="s">
+      <c r="B194" s="1" t="s">
         <v>770</v>
       </c>
-      <c r="C192" s="1" t="s">
+      <c r="C194" s="1" t="s">
         <v>771</v>
       </c>
-      <c r="D192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E192" s="3" t="s">
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="F192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A193" s="1" t="s">
+      <c r="F194" s="3" t="s">
         <v>773</v>
       </c>
-      <c r="B193" s="1" t="s">
+      <c r="G194" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A195" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="B195" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E193" s="3" t="s">
+      <c r="C195" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="F193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A194" s="1" t="s">
+      <c r="D195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E195" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="B194" s="1" t="s">
+      <c r="F195" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A196" s="1" t="s">
         <v>778</v>
       </c>
-      <c r="C194" s="1" t="s">
+      <c r="B196" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E194" s="3" t="s">
+      <c r="C196" s="1" t="s">
         <v>780</v>
       </c>
-      <c r="F194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A195" s="1" t="s">
+      <c r="D196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E196" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="B195" s="1" t="s">
+      <c r="F196" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="C195" s="1" t="s">
+      <c r="B197" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="D195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E195" s="3" t="s">
+      <c r="C197" s="1" t="s">
         <v>784</v>
       </c>
-      <c r="F195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A196" s="1" t="s">
+      <c r="D197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E197" s="3" t="s">
         <v>785</v>
       </c>
-      <c r="B196" s="1" t="s">
+      <c r="F197" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A198" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="C196" s="1" t="s">
+      <c r="B198" s="1" t="s">
         <v>787</v>
       </c>
-      <c r="D196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="3" t="s">
+      <c r="C198" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A197" s="1" t="s">
+      <c r="D198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E198" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="B197" s="1" t="s">
+      <c r="F198" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A199" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="C197" s="1" t="s">
+      <c r="B199" s="1" t="s">
         <v>791</v>
       </c>
-      <c r="D197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E197" s="3" t="s">
+      <c r="C199" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="F197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A198" s="1" t="s">
+      <c r="D199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E199" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="B198" s="1" t="s">
+      <c r="F199" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A200" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="C198" s="1" t="s">
+      <c r="B200" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="D198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E198" s="3" t="s">
+      <c r="C200" s="1" t="s">
         <v>796</v>
       </c>
-      <c r="F198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A199" s="1" t="s">
+      <c r="D200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E200" s="3" t="s">
         <v>797</v>
       </c>
-      <c r="B199" s="1" t="s">
+      <c r="F200" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A201" s="1" t="s">
         <v>798</v>
       </c>
-      <c r="C199" s="1" t="s">
+      <c r="B201" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="D199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="3" t="s">
+      <c r="C201" s="1" t="s">
         <v>800</v>
       </c>
-      <c r="F199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A200" s="1" t="s">
+      <c r="D201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E201" s="3" t="s">
         <v>801</v>
       </c>
-      <c r="B200" s="1" t="s">
+      <c r="F201" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
         <v>802</v>
       </c>
-      <c r="C200" s="1" t="s">
+      <c r="B202" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="D200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E200" s="3" t="s">
+      <c r="C202" s="1" t="s">
         <v>804</v>
       </c>
-      <c r="F200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A201" s="1" t="s">
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
         <v>805</v>
       </c>
-      <c r="B201" s="1" t="s">
+      <c r="F202" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="C201" s="1" t="s">
+      <c r="G202" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="D201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E201" s="3" t="s">
+      <c r="B203" s="1" t="s">
         <v>808</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A202" s="1" t="s">
+      <c r="C203" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="B202" s="1" t="s">
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
         <v>810</v>
       </c>
-      <c r="C202" s="1" t="s">
+      <c r="F203" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G203" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="D202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E202" s="3" t="s">
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A204" s="1" t="s">
         <v>812</v>
       </c>
-      <c r="F202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A203" s="1" t="s">
+      <c r="B204" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="B203" s="1" t="s">
+      <c r="C204" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="C203" s="1" t="s">
+      <c r="D204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E204" s="3" t="s">
         <v>815</v>
       </c>
-      <c r="D203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E203" s="3" t="s">
+      <c r="F204" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A205" s="1" t="s">
         <v>816</v>
       </c>
-      <c r="F203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A204" s="1" t="s">
+      <c r="B205" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="B204" s="1" t="s">
+      <c r="C205" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="C204" s="1" t="s">
+      <c r="D205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E205" s="3" t="s">
         <v>819</v>
       </c>
-      <c r="D204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="3" t="s">
+      <c r="F205" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A206" s="1" t="s">
         <v>820</v>
       </c>
-      <c r="F204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A205" s="1" t="s">
+      <c r="B206" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="B205" s="1" t="s">
+      <c r="C206" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="C205" s="1" t="s">
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="D205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E205" s="3" t="s">
+      <c r="F206" s="3" t="s">
         <v>824</v>
       </c>
-      <c r="F205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A206" s="1" t="s">
+      <c r="G206" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B206" s="1" t="s">
+      <c r="B207" s="1" t="s">
         <v>826</v>
       </c>
-      <c r="C206" s="1" t="s">
+      <c r="C207" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="3" t="s">
+      <c r="D207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E207" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="F206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A207" s="1" t="s">
+      <c r="F207" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A208" s="1" t="s">
         <v>829</v>
       </c>
-      <c r="B207" s="1" t="s">
+      <c r="B208" s="1" t="s">
         <v>830</v>
       </c>
-      <c r="C207" s="1" t="s">
+      <c r="C208" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="D207" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E207" s="3" t="s">
+      <c r="D208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E208" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="F207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A208" s="1" t="s">
+      <c r="F208" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A209" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="B208" s="1" t="s">
+      <c r="B209" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="C208" s="1" t="s">
+      <c r="C209" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E208" s="3" t="s">
+      <c r="D209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E209" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="F208" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A209" s="1" t="s">
+      <c r="F209" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A210" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B209" s="1" t="s">
+      <c r="B210" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="C209" s="1" t="s">
+      <c r="C210" s="1" t="s">
         <v>839</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E209" s="3" t="s">
+      <c r="D210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E210" s="3" t="s">
         <v>840</v>
       </c>
-      <c r="F209" s="3" t="s">
+      <c r="F210" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A211" s="1" t="s">
         <v>841</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A210" s="1" t="s">
+      <c r="B211" s="1" t="s">
         <v>842</v>
       </c>
-      <c r="B210" s="1" t="s">
+      <c r="C211" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="C210" s="1" t="s">
+      <c r="D211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E211" s="3" t="s">
         <v>844</v>
       </c>
-      <c r="D210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E210" s="3" t="s">
+      <c r="F211" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A212" s="1" t="s">
         <v>845</v>
       </c>
-      <c r="F210" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A211" s="1" t="s">
+      <c r="B212" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="B211" s="1" t="s">
+      <c r="C212" s="1" t="s">
         <v>847</v>
       </c>
-      <c r="C211" s="1" t="s">
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="D211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E211" s="3" t="s">
+      <c r="F212" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A213" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="F211" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A212" s="1" t="s">
+      <c r="B213" s="1" t="s">
         <v>850</v>
       </c>
-      <c r="B212" s="1" t="s">
+      <c r="C213" s="1" t="s">
         <v>851</v>
       </c>
-      <c r="C212" s="1" t="s">
+      <c r="D213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E213" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E212" s="3" t="s">
+      <c r="F213" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A214" s="1" t="s">
         <v>853</v>
       </c>
-      <c r="F212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A213" s="1" t="s">
+      <c r="B214" s="1" t="s">
         <v>854</v>
       </c>
-      <c r="B213" s="1" t="s">
+      <c r="C214" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="C213" s="1" t="s">
+      <c r="D214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E214" s="3" t="s">
         <v>856</v>
       </c>
-      <c r="D213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E213" s="3" t="s">
+      <c r="F214" s="3" t="s">
         <v>857</v>
       </c>
-      <c r="F213" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A214" s="1" t="s">
+      <c r="G214" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A215" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="B214" s="1" t="s">
+      <c r="B215" s="1" t="s">
         <v>859</v>
       </c>
-      <c r="C214" s="1" t="s">
+      <c r="C215" s="1" t="s">
         <v>860</v>
       </c>
-      <c r="D214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E214" s="3" t="s">
+      <c r="D215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E215" s="3" t="s">
         <v>861</v>
       </c>
-      <c r="F214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A215" s="1" t="s">
+      <c r="F215" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A216" s="1" t="s">
         <v>862</v>
       </c>
-      <c r="B215" s="1" t="s">
+      <c r="B216" s="1" t="s">
         <v>863</v>
       </c>
-      <c r="C215" s="1" t="s">
+      <c r="C216" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="D215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="3" t="s">
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
         <v>865</v>
       </c>
-      <c r="F215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A216" s="1" t="s">
+      <c r="F216" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G216" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A217" s="1" t="s">
         <v>866</v>
       </c>
-      <c r="B216" s="1" t="s">
+      <c r="B217" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="C216" s="1" t="s">
+      <c r="C217" s="1" t="s">
         <v>868</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="3" t="s">
+      <c r="D217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E217" s="3" t="s">
         <v>869</v>
       </c>
-      <c r="F216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A217" s="1" t="s">
+      <c r="F217" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G217" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A218" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="B217" s="1" t="s">
+      <c r="B218" s="1" t="s">
         <v>871</v>
       </c>
-      <c r="C217" s="1" t="s">
+      <c r="C218" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="D217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E217" s="3" t="s">
+      <c r="D218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>873</v>
       </c>
-      <c r="F217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A218" s="1" t="s">
+      <c r="F218" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G218" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A219" s="1" t="s">
         <v>874</v>
       </c>
-      <c r="B218" s="1" t="s">
+      <c r="B219" s="1" t="s">
         <v>875</v>
       </c>
-      <c r="C218" s="1" t="s">
+      <c r="C219" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="3" t="s">
+      <c r="D219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>877</v>
       </c>
-      <c r="F218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A219" s="1" t="s">
+      <c r="F219" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A220" s="1" t="s">
         <v>878</v>
       </c>
-      <c r="B219" s="1" t="s">
+      <c r="B220" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="C219" s="1" t="s">
+      <c r="C220" s="1" t="s">
         <v>880</v>
       </c>
-      <c r="D219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E219" s="3" t="s">
+      <c r="D220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E220" s="3" t="s">
         <v>881</v>
       </c>
-      <c r="F219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A220" s="1" t="s">
+      <c r="F220" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A221" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="B220" s="1" t="s">
+      <c r="B221" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="C220" s="1" t="s">
+      <c r="C221" s="1" t="s">
         <v>884</v>
       </c>
-      <c r="D220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E220" s="3" t="s">
+      <c r="D221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>885</v>
       </c>
-      <c r="F220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A221" s="1" t="s">
+      <c r="F221" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A222" s="1" t="s">
         <v>886</v>
       </c>
-      <c r="B221" s="1" t="s">
+      <c r="B222" s="1" t="s">
         <v>887</v>
       </c>
-      <c r="C221" s="1" t="s">
+      <c r="C222" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="D221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E221" s="3" t="s">
+      <c r="D222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E222" s="3" t="s">
         <v>889</v>
       </c>
-      <c r="F221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A222" s="1" t="s">
+      <c r="F222" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A223" s="1" t="s">
         <v>890</v>
       </c>
-      <c r="B222" s="1" t="s">
+      <c r="B223" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="C222" s="1" t="s">
+      <c r="C223" s="1" t="s">
         <v>892</v>
       </c>
-      <c r="D222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="3" t="s">
+      <c r="D223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E223" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="F222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A223" s="1" t="s">
+      <c r="F223" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="B223" s="1" t="s">
+      <c r="G223" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A224" s="1" t="s">
         <v>895</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="B224" s="1" t="s">
         <v>896</v>
       </c>
-      <c r="D223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E223" s="3" t="s">
+      <c r="C224" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="F223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A224" s="1" t="s">
+      <c r="D224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E224" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="B224" s="1" t="s">
+      <c r="F224" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A225" s="1" t="s">
         <v>899</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="B225" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="D224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E224" s="3" t="s">
+      <c r="C225" s="1" t="s">
         <v>901</v>
       </c>
-      <c r="F224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A225" s="1" t="s">
+      <c r="D225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E225" s="3" t="s">
         <v>902</v>
       </c>
-      <c r="B225" s="1" t="s">
+      <c r="F225" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A226" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="C225" s="1" t="s">
+      <c r="B226" s="1" t="s">
         <v>904</v>
       </c>
-      <c r="D225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E225" s="3" t="s">
+      <c r="C226" s="1" t="s">
         <v>905</v>
       </c>
-      <c r="F225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A226" s="1" t="s">
+      <c r="D226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E226" s="3" t="s">
         <v>906</v>
       </c>
-      <c r="B226" s="1" t="s">
+      <c r="F226" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A227" s="1" t="s">
         <v>907</v>
       </c>
-      <c r="C226" s="1" t="s">
+      <c r="B227" s="1" t="s">
         <v>908</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="3" t="s">
+      <c r="C227" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="F226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A227" s="1" t="s">
+      <c r="D227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E227" s="3" t="s">
         <v>910</v>
       </c>
-      <c r="B227" s="1" t="s">
+      <c r="F227" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A228" s="1" t="s">
         <v>911</v>
       </c>
-      <c r="C227" s="1" t="s">
+      <c r="B228" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="3" t="s">
+      <c r="C228" s="1" t="s">
         <v>913</v>
       </c>
-      <c r="F227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A228" s="1" t="s">
+      <c r="D228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E228" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="B228" s="1" t="s">
+      <c r="F228" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G228" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A229" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="C228" s="1" t="s">
+      <c r="B229" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="D228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="3" t="s">
+      <c r="C229" s="1" t="s">
         <v>917</v>
       </c>
-      <c r="F228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A229" s="1" t="s">
+      <c r="D229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E229" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="B229" s="1" t="s">
+      <c r="F229" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G229" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A230" s="1" t="s">
         <v>919</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="B230" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="D229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E229" s="3" t="s">
+      <c r="C230" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="F229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A230" s="1" t="s">
+      <c r="D230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E230" s="3" t="s">
         <v>922</v>
       </c>
-      <c r="B230" s="1" t="s">
+      <c r="F230" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G230" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A231" s="1" t="s">
         <v>923</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="B231" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="D230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E230" s="3" t="s">
+      <c r="C231" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="F230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A231" s="1" t="s">
+      <c r="D231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E231" s="3" t="s">
         <v>926</v>
       </c>
-      <c r="B231" s="1" t="s">
+      <c r="F231" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G231" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A232" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="B232" s="1" t="s">
         <v>928</v>
       </c>
-      <c r="D231" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E231" s="3" t="s">
+      <c r="C232" s="1" t="s">
         <v>929</v>
       </c>
-      <c r="F231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A232" s="1" t="s">
+      <c r="D232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E232" s="3" t="s">
         <v>930</v>
       </c>
-      <c r="B232" s="1" t="s">
+      <c r="F232" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A233" s="1" t="s">
         <v>931</v>
       </c>
-      <c r="C232" s="1" t="s">
+      <c r="B233" s="1" t="s">
         <v>932</v>
       </c>
-      <c r="D232" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E232" s="3" t="s">
+      <c r="C233" s="1" t="s">
         <v>933</v>
       </c>
-      <c r="F232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A233" s="1" t="s">
+      <c r="D233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E233" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="B233" s="1" t="s">
+      <c r="F233" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G233" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A234" s="1" t="s">
         <v>935</v>
       </c>
-      <c r="C233" s="1" t="s">
+      <c r="B234" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="D233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E233" s="3" t="s">
+      <c r="C234" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="F233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A234" s="1" t="s">
+      <c r="D234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E234" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="B234" s="1" t="s">
+      <c r="F234" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G234" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A235" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="C234" s="1" t="s">
+      <c r="B235" s="1" t="s">
         <v>940</v>
       </c>
-      <c r="D234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E234" s="3" t="s">
+      <c r="C235" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="F234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A235" s="1" t="s">
+      <c r="D235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E235" s="3" t="s">
         <v>942</v>
       </c>
-      <c r="B235" s="1" t="s">
+      <c r="F235" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A236" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="C235" s="1" t="s">
+      <c r="B236" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="D235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E235" s="3" t="s">
+      <c r="C236" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="F235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A236" s="1" t="s">
+      <c r="D236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E236" s="3" t="s">
         <v>946</v>
       </c>
-      <c r="B236" s="1" t="s">
+      <c r="F236" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A237" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="C236" s="1" t="s">
+      <c r="B237" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="D236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E236" s="3" t="s">
+      <c r="C237" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="F236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A237" s="1" t="s">
+      <c r="D237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E237" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="B237" s="1" t="s">
+      <c r="F237" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A238" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="C237" s="1" t="s">
+      <c r="B238" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="D237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E237" s="3" t="s">
+      <c r="C238" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="F237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A238" s="1" t="s">
+      <c r="D238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E238" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="B238" s="1" t="s">
+      <c r="F238" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A239" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="C238" s="1" t="s">
+      <c r="B239" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="D238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E238" s="3" t="s">
+      <c r="C239" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="F238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A239" s="1" t="s">
+      <c r="D239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E239" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="B239" s="1" t="s">
+      <c r="F239" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A240" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="C239" s="1" t="s">
+      <c r="B240" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="D239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E239" s="3" t="s">
+      <c r="C240" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="F239" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A240" s="1" t="s">
+      <c r="D240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E240" s="3" t="s">
         <v>962</v>
       </c>
-      <c r="B240" s="1" t="s">
+      <c r="F240" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A241" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="C240" s="1" t="s">
+      <c r="B241" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="D240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E240" s="3" t="s">
+      <c r="C241" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="F240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A241" s="1" t="s">
+      <c r="D241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E241" s="3" t="s">
         <v>966</v>
       </c>
-      <c r="B241" s="1" t="s">
+      <c r="F241" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A242" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="C241" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E241" s="3" t="s">
+      <c r="B242" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="F241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A242" s="1" t="s">
+      <c r="C242" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="B242" s="1" t="s">
+      <c r="D242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E242" s="3" t="s">
         <v>970</v>
       </c>
-      <c r="C242" s="1" t="s">
+      <c r="F242" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A243" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="D242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="3" t="s">
+      <c r="B243" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="F242" s="3" t="s">
+      <c r="C243" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="G242" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A243" s="1" t="s">
+      <c r="D243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E243" s="3" t="s">
         <v>974</v>
       </c>
-      <c r="B243" s="1" t="s">
+      <c r="F243" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A244" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="C243" s="1" t="s">
+      <c r="B244" s="1" t="s">
         <v>976</v>
       </c>
-      <c r="D243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E243" s="3" t="s">
+      <c r="C244" s="1" t="s">
         <v>977</v>
       </c>
-      <c r="F243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A244" s="1" t="s">
+      <c r="D244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E244" s="3" t="s">
         <v>978</v>
       </c>
-      <c r="B244" s="1" t="s">
+      <c r="F244" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A245" s="1" t="s">
         <v>979</v>
       </c>
-      <c r="C244" s="1" t="s">
+      <c r="B245" s="1" t="s">
         <v>980</v>
       </c>
-      <c r="D244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E244" s="3" t="s">
+      <c r="C245" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="F244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A245" s="1" t="s">
+      <c r="D245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E245" s="3" t="s">
         <v>982</v>
       </c>
-      <c r="B245" s="1" t="s">
+      <c r="F245" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G245" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A246" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="C245" s="1" t="s">
+      <c r="B246" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="D245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="3" t="s">
+      <c r="C246" s="1" t="s">
         <v>985</v>
       </c>
-      <c r="F245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A246" s="1" t="s">
+      <c r="D246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E246" s="3" t="s">
         <v>986</v>
       </c>
-      <c r="B246" s="1" t="s">
+      <c r="F246" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A247" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="C246" s="1" t="s">
+      <c r="B247" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="D246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E246" s="3" t="s">
+      <c r="C247" s="1" t="s">
         <v>989</v>
       </c>
-      <c r="F246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A247" s="1" t="s">
+      <c r="D247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>990</v>
       </c>
-      <c r="B247" s="1" t="s">
+      <c r="F247" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G247" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A248" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="C247" s="1" t="s">
+      <c r="B248" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="D247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E247" s="3" t="s">
+      <c r="C248" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="F247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A248" s="1" t="s">
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
         <v>994</v>
       </c>
-      <c r="B248" s="1" t="s">
+      <c r="F248" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="C248" s="1" t="s">
+      <c r="B249" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="D248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E248" s="3" t="s">
+      <c r="C249" s="1" t="s">
         <v>997</v>
       </c>
-      <c r="F248" s="3" t="s">
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
         <v>998</v>
       </c>
-      <c r="G248" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="F249" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="B249" s="1" t="s">
+      <c r="B250" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="C249" s="1" t="s">
+      <c r="C250" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="D249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E249" s="3" t="s">
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="F249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A250" s="1" t="s">
+      <c r="F250" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="B250" s="1" t="s">
+      <c r="B251" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="C250" s="1" t="s">
+      <c r="C251" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="D250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="3" t="s">
+      <c r="D251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E251" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="F250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A251" s="1" t="s">
+      <c r="F251" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G251" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A252" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="B251" s="1" t="s">
+      <c r="B252" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="C251" s="1" t="s">
+      <c r="C252" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="D251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E251" s="3" t="s">
+      <c r="D252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E252" s="3" t="s">
         <v>1010</v>
       </c>
-      <c r="F251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A252" s="1" t="s">
+      <c r="F252" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>1011</v>
       </c>
-      <c r="B252" s="1" t="s">
+      <c r="B253" s="1" t="s">
         <v>1012</v>
       </c>
-      <c r="C252" s="1" t="s">
+      <c r="C253" s="1" t="s">
         <v>1013</v>
       </c>
-      <c r="D252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E252" s="3" t="s">
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>1014</v>
       </c>
-      <c r="F252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="F253" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="B254" s="1" t="s">
         <v>1016</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>1017</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="F254" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>1020</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>1021</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="D255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E255" s="3" t="s">
         <v>1022</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="F255" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A256" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="B256" s="1" t="s">
         <v>1024</v>
       </c>
-      <c r="C255" s="1" t="s">
+      <c r="C256" s="1" t="s">
         <v>1025</v>
       </c>
-      <c r="D255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="3" t="s">
+      <c r="D256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E256" s="3" t="s">
         <v>1026</v>
       </c>
-      <c r="F255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A256" s="1" t="s">
+      <c r="F256" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A257" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="B256" s="1" t="s">
+      <c r="B257" s="1" t="s">
         <v>1028</v>
       </c>
-      <c r="C256" s="1" t="s">
+      <c r="C257" s="1" t="s">
         <v>1029</v>
       </c>
-      <c r="D256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E256" s="3" t="s">
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>1030</v>
       </c>
-      <c r="F256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A257" s="1" t="s">
+      <c r="F257" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="B257" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="C257" s="1" t="s">
+      <c r="C258" s="1" t="s">
         <v>1033</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>1034</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="F258" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>1036</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="C259" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>1038</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="F259" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>1039</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="B260" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="C259" s="1" t="s">
+      <c r="C260" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E260" s="3" t="s">
         <v>1041</v>
       </c>
-      <c r="D259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="F260" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A261" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="B261" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="C261" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="C260" s="1" t="s">
+      <c r="D261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E261" s="3" t="s">
         <v>1045</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E260" s="3" t="s">
+      <c r="F261" s="3" t="s">
         <v>1046</v>
       </c>
-      <c r="F260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A261" s="1" t="s">
+      <c r="G261" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A262" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="B261" s="1" t="s">
+      <c r="B262" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="C261" s="1" t="s">
+      <c r="C262" s="1" t="s">
         <v>1049</v>
       </c>
-      <c r="D261" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E261" s="3" t="s">
+      <c r="D262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E262" s="3" t="s">
         <v>1050</v>
       </c>
-      <c r="F261" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G261" s="3" t="s">
+      <c r="F262" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A263" s="1" t="s">
         <v>1051</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A262" s="1" t="s">
+      <c r="B263" s="1" t="s">
         <v>1052</v>
       </c>
-      <c r="B262" s="1" t="s">
+      <c r="C263" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="C262" s="1" t="s">
+      <c r="D263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E263" s="3" t="s">
         <v>1054</v>
       </c>
-      <c r="D262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E262" s="3" t="s">
+      <c r="F263" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A264" s="1" t="s">
         <v>1055</v>
       </c>
-      <c r="F262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A263" s="1" t="s">
+      <c r="B264" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="B263" s="1" t="s">
+      <c r="C264" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="C263" s="1" t="s">
+      <c r="D264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E264" s="3" t="s">
         <v>1058</v>
       </c>
-      <c r="D263" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E263" s="3" t="s">
+      <c r="F264" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A265" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="F263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A264" s="1" t="s">
+      <c r="B265" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="B264" s="1" t="s">
+      <c r="C265" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="C264" s="1" t="s">
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>1062</v>
       </c>
-      <c r="D264" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="3" t="s">
+      <c r="F265" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="F264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A265" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="B265" s="1" t="s">
+      <c r="C266" s="1" t="s">
         <v>1065</v>
       </c>
-      <c r="C265" s="1" t="s">
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>1066</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="F266" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>1068</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="C267" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="C266" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1070</v>
       </c>
-      <c r="D266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="F267" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="B268" s="1" t="s">
         <v>1072</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="C268" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1074</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="F268" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="B269" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="C269" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="C268" s="1" t="s">
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1078</v>
       </c>
-      <c r="D268" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="F269" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="B270" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="C270" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="C269" s="1" t="s">
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1082</v>
       </c>
-      <c r="D269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="F270" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G270" s="3" t="s">
         <v>1083</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="B271" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="C270" s="1" t="s">
+      <c r="C271" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="B272" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="C272" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="D271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>1091</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="B273" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="C272" s="1" t="s">
+      <c r="C273" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="D272" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1095</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="F273" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="B274" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="C273" s="1" t="s">
+      <c r="C274" s="1" t="s">
         <v>1098</v>
       </c>
-      <c r="D273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1099</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="F274" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="C274" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="C275" s="1" t="s">
         <v>1102</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1103</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="C275" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="C276" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1107</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="B277" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="C277" s="1" t="s">
         <v>1110</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1111</v>
       </c>
-      <c r="C277" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="F277" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="C278" s="1" t="s">
         <v>1114</v>
       </c>
-      <c r="C278" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D278" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E278" s="3" t="s">
         <v>1115</v>
       </c>
       <c r="F278" s="3" t="s">
-        <v>240</v>
+        <v>894</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A279" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="B279" s="1" t="s">
         <v>1117</v>
       </c>
       <c r="C279" s="1" t="s">
         <v>1118</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E279" s="3" t="s">
         <v>1119</v>
       </c>
       <c r="F279" s="3" t="s">
-        <v>187</v>
+        <v>894</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="280" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A280" s="1" t="s">
         <v>1120</v>
       </c>
       <c r="B280" s="1" t="s">
         <v>1121</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E280" s="3" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F280" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F281" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C282" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...38 lines deleted...]
-      </c>
       <c r="D282" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E282" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="F282" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A283" s="1" t="s">
         <v>1131</v>
       </c>
       <c r="B283" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1129</v>
+        <v>1122</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E283" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="F283" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A284" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="B284" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E284" s="3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F284" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G284" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C285" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D285" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="F285" s="3" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A286" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>1142</v>
+        <v>1136</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E286" s="3" t="s">
         <v>1143</v>
       </c>
       <c r="F286" s="3" t="s">
-        <v>240</v>
+        <v>431</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A287" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="B287" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E287" s="3" t="s">
         <v>1147</v>
       </c>
       <c r="F287" s="3" t="s">
         <v>240</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A288" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="B288" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="C288" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1150</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="F288" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="B289" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="C289" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="F289" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="B290" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="C290" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="C290" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E290" s="3" t="s">
         <v>1158</v>
       </c>
       <c r="F290" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A291" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="B291" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E291" s="3" t="s">
         <v>1161</v>
       </c>
       <c r="F291" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A292" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="B292" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E292" s="3" t="s">
         <v>1164</v>
       </c>
       <c r="F292" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A293" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="B293" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E293" s="3" t="s">
         <v>1167</v>
       </c>
       <c r="F293" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A294" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="B294" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>1154</v>
+        <v>1170</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="F294" s="3" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A295" s="1" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1154</v>
+        <v>1174</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="F295" s="3" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A296" s="1" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1175</v>
-[...1 lines deleted...]
-      <c r="C296" s="1"/>
+        <v>1177</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>1178</v>
+      </c>
       <c r="D296" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="F296" s="3" t="s">
-        <v>1177</v>
+        <v>23</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A297" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C297" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="B297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C297" s="1"/>
       <c r="D297" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="F297" s="3" t="s">
-        <v>1177</v>
+        <v>23</v>
       </c>
       <c r="G297" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A298" s="1" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1182</v>
-[...1 lines deleted...]
-      <c r="C298" s="1"/>
+        <v>1184</v>
+      </c>
+      <c r="C298" s="1" t="s">
+        <v>1178</v>
+      </c>
       <c r="D298" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="F298" s="3" t="s">
-        <v>1177</v>
+        <v>23</v>
       </c>
       <c r="G298" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A299" s="1" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1185</v>
-[...1 lines deleted...]
-      <c r="C299" s="1"/>
+        <v>1187</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>1178</v>
+      </c>
       <c r="D299" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="F299" s="3" t="s">
-        <v>1177</v>
+        <v>23</v>
       </c>
       <c r="G299" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A300" s="1" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1188</v>
-[...1 lines deleted...]
-      <c r="C300" s="1"/>
+        <v>1190</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>1178</v>
+      </c>
       <c r="D300" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="F300" s="3" t="s">
-        <v>1177</v>
+        <v>23</v>
       </c>
       <c r="G300" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A301" s="1" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1191</v>
-[...1 lines deleted...]
-      <c r="C301" s="1"/>
+        <v>1193</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>1178</v>
+      </c>
       <c r="D301" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="F301" s="3" t="s">
-        <v>1177</v>
+        <v>23</v>
       </c>
       <c r="G301" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A302" s="1" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1194</v>
-[...1 lines deleted...]
-      <c r="C302" s="1"/>
+        <v>1196</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>1178</v>
+      </c>
       <c r="D302" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="F302" s="3" t="s">
-        <v>1177</v>
+        <v>23</v>
       </c>
       <c r="G302" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A303" s="1" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1197</v>
-[...3 lines deleted...]
-      </c>
+        <v>1199</v>
+      </c>
+      <c r="C303" s="1"/>
       <c r="D303" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="F303" s="3" t="s">
-        <v>240</v>
+        <v>1201</v>
       </c>
       <c r="G303" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="B304" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C304" s="1"/>
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F304" s="3" t="s">
         <v>1201</v>
       </c>
-      <c r="C304" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G304" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A305" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>1129</v>
+        <v>1207</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="F305" s="3" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
       <c r="G305" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A306" s="1" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="F306" s="3" t="s">
-        <v>187</v>
+        <v>431</v>
       </c>
       <c r="G306" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A307" s="1" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1213</v>
+        <v>1157</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="F307" s="3" t="s">
-        <v>1215</v>
+        <v>23</v>
       </c>
       <c r="G307" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A308" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="B308" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E308" s="3" t="s">
         <v>1219</v>
       </c>
       <c r="F308" s="3" t="s">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="G308" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A309" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="B309" s="1" t="s">
         <v>1221</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E309" s="3" t="s">
+        <v>1223</v>
+      </c>
+      <c r="F309" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F310" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C311" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B310" s="1" t="s">
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F311" s="3" t="s">
         <v>1224</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="G311" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A312" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="B312" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="C312" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E312" s="3" t="s">
         <v>1235</v>
       </c>
       <c r="F312" s="3" t="s">
-        <v>1231</v>
+        <v>1224</v>
       </c>
       <c r="G312" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A313" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="B313" s="1" t="s">
         <v>1237</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="F313" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G313" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A314" s="1" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="B314" s="1" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C314" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F314" s="3" t="s">
         <v>1240</v>
       </c>
-      <c r="C314" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G314" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A315" s="1" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="B315" s="1" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C315" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="C315" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D315" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="F315" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G315" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A316" s="1" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="F316" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G316" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A317" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="F317" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G317" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A318" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="F318" s="3" t="s">
-        <v>70</v>
+        <v>1240</v>
       </c>
       <c r="G318" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A319" s="1" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="F319" s="3" t="s">
-        <v>70</v>
+        <v>1240</v>
       </c>
       <c r="G319" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A320" s="1" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="F320" s="3" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="G320" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A321" s="1" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="F321" s="3" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="G321" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A322" s="1" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="F322" s="3" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="G322" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A323" s="1" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="F323" s="3" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="G323" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A324" s="1" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="F324" s="3" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="G324" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A325" s="1" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="F325" s="3" t="s">
-        <v>20</v>
+        <v>107</v>
       </c>
       <c r="G325" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A326" s="1" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="F326" s="3" t="s">
-        <v>20</v>
+        <v>107</v>
       </c>
       <c r="G326" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A327" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="F327" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G327" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A328" s="1" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="B328" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C328" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="C328" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D328" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E328" s="3" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="F328" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G328" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A329" s="1" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="F329" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G329" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A330" s="1" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="F330" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G330" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A331" s="1" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="F331" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G331" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="332" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A332" s="1" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="F332" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G332" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="333" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A333" s="1" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>1302</v>
+        <v>1286</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="F333" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G333" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A334" s="1" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>1302</v>
+        <v>1286</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="F334" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G334" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A335" s="1" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="F335" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G335" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A336" s="1" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="B336" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C336" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="C336" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="F336" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G336" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A337" s="1" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="F337" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G337" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A338" s="1" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>1318</v>
+        <v>1321</v>
       </c>
       <c r="F338" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G338" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A339" s="1" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="F339" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G339" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A340" s="1" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1330</v>
+        <v>1311</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1334</v>
+        <v>1311</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="D347" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="F347" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G347" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>231</v>
+        <v>17</v>
       </c>
       <c r="G349" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A350" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C350" s="1" t="s">
         <v>1359</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D350" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>231</v>
+        <v>17</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1357</v>
+        <v>1366</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>231</v>
+        <v>284</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C352" s="1" t="s">
         <v>1366</v>
       </c>
-      <c r="B352" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D352" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F352" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G352" s="3" t="s">
         <v>1368</v>
       </c>
-      <c r="F352" s="3" t="s">
-[...6 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1372</v>
+        <v>1366</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>231</v>
+        <v>284</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1376</v>
+        <v>1366</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
         <v>1377</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>231</v>
+        <v>284</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>231</v>
+        <v>284</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>231</v>
+        <v>284</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C357" s="1" t="s">
         <v>1385</v>
       </c>
-      <c r="B357" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D357" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="F357" s="3" t="s">
-        <v>231</v>
+        <v>284</v>
       </c>
       <c r="G357" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>201</v>
+        <v>284</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>201</v>
+        <v>254</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C360" s="1" t="s">
         <v>1396</v>
       </c>
-      <c r="B360" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D360" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>201</v>
+        <v>254</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1401</v>
+        <v>1396</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>26</v>
+        <v>254</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>26</v>
+        <v>254</v>
       </c>
       <c r="G362" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A363" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C363" s="1" t="s">
         <v>1406</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D363" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>768</v>
+        <v>254</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>768</v>
+        <v>894</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>768</v>
+        <v>894</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>1416</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>768</v>
+        <v>857</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>768</v>
+        <v>857</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>857</v>
+      </c>
+      <c r="G368" s="3" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>857</v>
+      </c>
+      <c r="G369" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>768</v>
+        <v>857</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>1434</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>1437</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>1438</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>688</v>
-[...5 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
         <v>1439</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>1440</v>
       </c>
       <c r="C372" s="1" t="s">
         <v>1441</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>1442</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>688</v>
+        <v>857</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C373" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F373" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G373" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A374" s="1" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E374" s="3" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F374" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G374" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A375" s="1" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E375" s="3" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F375" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G375" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A376" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F376" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G376" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A377" s="1" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F377" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G377" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A378" s="1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>1467</v>
+      </c>
+      <c r="F378" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G378" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A379" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F379" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G379" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A380" s="1" t="s">
+        <v>1472</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E380" s="3" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F380" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G380" s="3" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A381" s="1" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F381" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G381" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A382" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F382" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G382" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A383" s="1" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E383" s="3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="F383" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G383" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A384" s="1" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E384" s="3" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F384" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G384" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A385" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F385" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G385" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A386" s="1" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E386" s="3" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F386" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G386" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A387" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E387" s="3" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F387" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G387" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A388" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E388" s="3" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F388" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G388" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A389" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E389" s="3" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F389" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G389" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A390" s="1" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F390" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F391" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F392" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G392" s="3" t="s">
         <v>1443</v>
       </c>
-      <c r="B373" s="1" t="s">
-[...455 lines deleted...]
-    <row r="393" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A393" s="1" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1512</v>
+        <v>1517</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>1512</v>
+        <v>1517</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E393" s="3" t="s">
-        <v>1513</v>
+        <v>1518</v>
       </c>
       <c r="F393" s="3" t="s">
-        <v>721</v>
+        <v>857</v>
       </c>
       <c r="G393" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A394" s="1" t="s">
-        <v>1514</v>
+        <v>1519</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1515</v>
+        <v>1520</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1515</v>
+        <v>1520</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E394" s="3" t="s">
-        <v>1516</v>
+        <v>1521</v>
       </c>
       <c r="F394" s="3" t="s">
-        <v>721</v>
+        <v>857</v>
       </c>
       <c r="G394" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A395" s="1" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1518</v>
+        <v>1523</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1519</v>
+        <v>1524</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E395" s="3" t="s">
-        <v>1520</v>
+        <v>1525</v>
       </c>
       <c r="F395" s="3" t="s">
-        <v>688</v>
+        <v>857</v>
       </c>
       <c r="G395" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A396" s="1" t="s">
-        <v>1521</v>
+        <v>1526</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1522</v>
+        <v>1527</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1522</v>
+        <v>1527</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E396" s="3" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="F396" s="3" t="s">
-        <v>26</v>
+        <v>806</v>
       </c>
       <c r="G396" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A397" s="1" t="s">
-        <v>1524</v>
+        <v>1529</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1525</v>
+        <v>1530</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E397" s="3" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
       <c r="F397" s="3" t="s">
-        <v>26</v>
+        <v>806</v>
       </c>
       <c r="G397" s="3" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A398" s="1" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E398" s="3" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="F398" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G398" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A399" s="1" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1532</v>
+        <v>1538</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E399" s="3" t="s">
-        <v>1533</v>
+        <v>1539</v>
       </c>
       <c r="F399" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G399" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A400" s="1" t="s">
-        <v>1534</v>
+        <v>1540</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E400" s="3" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="F400" s="3" t="s">
-        <v>20</v>
+        <v>894</v>
       </c>
       <c r="G400" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="401" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A401" s="1" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="F401" s="3" t="s">
-        <v>688</v>
+        <v>894</v>
       </c>
       <c r="G401" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="402" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A402" s="1" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="F402" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G402" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="403" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A403" s="1" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="F403" s="3" t="s">
-        <v>998</v>
+        <v>773</v>
       </c>
       <c r="G403" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="404" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A404" s="1" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="F404" s="3" t="s">
-        <v>688</v>
+        <v>23</v>
       </c>
       <c r="G404" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A405" s="1" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="F405" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G405" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="406" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A406" s="1" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="F406" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G406" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="407" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A407" s="1" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="F407" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G407" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A408" s="1" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="F408" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G408" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A409" s="1" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="F409" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G409" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="410" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A410" s="1" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="F410" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G410" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="411" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A411" s="1" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="F411" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G411" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="412" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A412" s="1" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="F412" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G412" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="413" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A413" s="1" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="F413" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G413" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="414" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A414" s="1" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="F414" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G414" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="415" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A415" s="1" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="F415" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G415" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="416" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A416" s="1" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="F416" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G416" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A417" s="1" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="F417" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G417" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A418" s="1" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="F418" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G418" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A419" s="1" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="F419" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G419" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A420" s="1" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="F420" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G420" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A421" s="1" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="F421" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G421" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A422" s="1" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="F422" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G422" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A423" s="1" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
       <c r="F423" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G423" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A424" s="1" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="F424" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G424" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A425" s="1" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="F425" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G425" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A426" s="1" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="F426" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G426" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="427" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A427" s="1" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
       <c r="F427" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G427" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A428" s="1" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1643</v>
+        <v>1646</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>1645</v>
+        <v>1648</v>
       </c>
       <c r="F428" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G428" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A429" s="1" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="F429" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G429" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A430" s="1" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="F430" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G430" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A431" s="1" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="F431" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G431" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A432" s="1" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="F432" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G432" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A433" s="1" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1663</v>
+        <v>1666</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="F433" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G433" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A434" s="1" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1667</v>
+        <v>1670</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>1668</v>
+        <v>1671</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>1669</v>
+        <v>1672</v>
       </c>
       <c r="F434" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G434" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A435" s="1" t="s">
-        <v>1670</v>
+        <v>1673</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E435" s="3" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="F435" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G435" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A436" s="1" t="s">
-        <v>1674</v>
+        <v>1677</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1675</v>
+        <v>1678</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="F436" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G436" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A437" s="1" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
       <c r="F437" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G437" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A438" s="1" t="s">
-        <v>1680</v>
+        <v>1685</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1681</v>
+        <v>1686</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="F438" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G438" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A439" s="1" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="F439" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G439" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A440" s="1" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="F440" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G440" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A441" s="1" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1693</v>
+        <v>1698</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E441" s="3" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="F441" s="3" t="s">
-        <v>26</v>
+        <v>773</v>
       </c>
       <c r="G441" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A442" s="1" t="s">
-        <v>1695</v>
+        <v>1700</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E442" s="3" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="F442" s="3" t="s">
-        <v>26</v>
+        <v>773</v>
       </c>
       <c r="G442" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A443" s="1" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1701</v>
+        <v>1704</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>1702</v>
+        <v>1705</v>
       </c>
       <c r="F443" s="3" t="s">
-        <v>26</v>
+        <v>773</v>
       </c>
       <c r="G443" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="444" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A444" s="1" t="s">
-        <v>1703</v>
+        <v>1706</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1704</v>
+        <v>1707</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1705</v>
+        <v>1708</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="F444" s="3" t="s">
-        <v>26</v>
+        <v>773</v>
       </c>
       <c r="G444" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A445" s="1" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="F445" s="3" t="s">
-        <v>26</v>
+        <v>773</v>
       </c>
       <c r="G445" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A446" s="1" t="s">
-        <v>1711</v>
+        <v>1714</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1712</v>
+        <v>1715</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1713</v>
+        <v>1716</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>1714</v>
+        <v>1717</v>
       </c>
       <c r="F446" s="3" t="s">
-        <v>26</v>
+        <v>894</v>
       </c>
       <c r="G446" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A447" s="1" t="s">
-        <v>1715</v>
+        <v>1718</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1717</v>
+        <v>1720</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
       <c r="F447" s="3" t="s">
-        <v>26</v>
+        <v>894</v>
       </c>
       <c r="G447" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A448" s="1" t="s">
-        <v>1719</v>
+        <v>1722</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
       <c r="F448" s="3" t="s">
-        <v>26</v>
+        <v>894</v>
       </c>
       <c r="G448" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>26</v>
+        <v>894</v>
       </c>
       <c r="G449" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
-        <v>1727</v>
+        <v>1730</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1728</v>
+        <v>1731</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="F450" s="3" t="s">
-        <v>26</v>
+        <v>894</v>
       </c>
       <c r="G450" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>26</v>
+        <v>894</v>
       </c>
       <c r="G451" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
-        <v>1735</v>
+        <v>1738</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>688</v>
+        <v>894</v>
       </c>
       <c r="G452" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>688</v>
+        <v>894</v>
       </c>
       <c r="G453" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>688</v>
+        <v>894</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="F455" s="3" t="s">
-        <v>688</v>
+        <v>894</v>
       </c>
       <c r="G455" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>688</v>
+        <v>894</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="F457" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G457" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>1762</v>
+        <v>1765</v>
       </c>
       <c r="F458" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G458" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="F459" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G459" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="F460" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G460" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G461" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1778</v>
+        <v>1781</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G462" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1781</v>
+        <v>1784</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1782</v>
+        <v>1785</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1783</v>
+        <v>1786</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
       <c r="F464" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G464" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G465" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G466" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E468" s="3" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
       <c r="F468" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G468" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1805</v>
+        <v>1808</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>1806</v>
+        <v>1809</v>
       </c>
       <c r="F469" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G469" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A470" s="1" t="s">
-        <v>1807</v>
+        <v>1810</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E470" s="3" t="s">
-        <v>1810</v>
+        <v>1813</v>
       </c>
       <c r="F470" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G470" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="471" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A471" s="1" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1813</v>
+        <v>1816</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E471" s="3" t="s">
-        <v>1814</v>
+        <v>1817</v>
       </c>
       <c r="F471" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G471" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A472" s="1" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
       <c r="F472" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G472" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A473" s="1" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>1821</v>
+        <v>1824</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="F473" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G473" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A474" s="1" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E474" s="3" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="F474" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G474" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A475" s="1" t="s">
-        <v>1827</v>
+        <v>1830</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1828</v>
+        <v>1831</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>1829</v>
+        <v>1832</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
       <c r="F475" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G475" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A476" s="1" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1833</v>
+        <v>1836</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E476" s="3" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="F476" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G476" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A477" s="1" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E477" s="3" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="F477" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G477" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A478" s="1" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E478" s="3" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
       <c r="F478" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G478" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A479" s="1" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="F479" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G479" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A480" s="1" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="F480" s="3" t="s">
-        <v>20</v>
+        <v>773</v>
       </c>
       <c r="G480" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A481" s="1" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E481" s="3" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="F481" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G481" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A482" s="1" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E482" s="3" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="F482" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G482" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A483" s="1" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>1860</v>
+        <v>1864</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E483" s="3" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
       <c r="F483" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G483" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A484" s="1" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E484" s="3" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="F484" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G484" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A485" s="1" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1867</v>
+        <v>1872</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E485" s="3" t="s">
-        <v>1868</v>
+        <v>1873</v>
       </c>
       <c r="F485" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G485" s="3" t="s">
-        <v>1869</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A486" s="1" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>1871</v>
+        <v>1876</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E486" s="3" t="s">
-        <v>1872</v>
+        <v>1877</v>
       </c>
       <c r="F486" s="3" t="s">
-        <v>1177</v>
+        <v>773</v>
       </c>
       <c r="G486" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A487" s="1" t="s">
-        <v>1873</v>
+        <v>1878</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>1874</v>
+        <v>1879</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>1874</v>
+        <v>1880</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>1875</v>
+        <v>1881</v>
       </c>
       <c r="F487" s="3" t="s">
-        <v>1177</v>
+        <v>773</v>
       </c>
       <c r="G487" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A488" s="1" t="s">
-        <v>1876</v>
+        <v>1882</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>1877</v>
+        <v>1883</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E488" s="3" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="F488" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G488" s="3" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A489" s="1" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>1882</v>
+        <v>1886</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>1883</v>
+        <v>1887</v>
       </c>
       <c r="F489" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G489" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A490" s="1" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="F490" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G490" s="3" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A491" s="1" t="s">
-        <v>1889</v>
+        <v>1893</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1890</v>
+        <v>1894</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="F491" s="3" t="s">
-        <v>14</v>
+        <v>1201</v>
       </c>
       <c r="G491" s="3" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A492" s="1" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="F492" s="3" t="s">
-        <v>688</v>
+        <v>1900</v>
       </c>
       <c r="G492" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="493" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A493" s="1" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E493" s="3" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F493" s="3" t="s">
         <v>1900</v>
       </c>
-      <c r="F493" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G493" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A494" s="1" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>1903</v>
+        <v>1907</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E494" s="3" t="s">
-        <v>1904</v>
+        <v>1908</v>
       </c>
       <c r="F494" s="3" t="s">
-        <v>1884</v>
+        <v>17</v>
       </c>
       <c r="G494" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A495" s="1" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>1907</v>
+        <v>1911</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E495" s="3" t="s">
-        <v>1908</v>
+        <v>1912</v>
       </c>
       <c r="F495" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G495" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A496" s="1" t="s">
-        <v>1909</v>
+        <v>1913</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1910</v>
+        <v>1914</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1911</v>
+        <v>1915</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>1912</v>
+        <v>1916</v>
       </c>
       <c r="F496" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G496" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="497" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A497" s="1" t="s">
-        <v>1913</v>
+        <v>1917</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1915</v>
+        <v>1919</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
       <c r="F497" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G497" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="498" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A498" s="1" t="s">
-        <v>1917</v>
+        <v>1921</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1918</v>
+        <v>1922</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
       <c r="F498" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G498" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="499" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A499" s="1" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="F499" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G499" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="500" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A500" s="1" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="F500" s="3" t="s">
-        <v>688</v>
+        <v>1900</v>
       </c>
       <c r="G500" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="501" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A501" s="1" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="F501" s="3" t="s">
-        <v>1933</v>
+        <v>1900</v>
       </c>
       <c r="G501" s="3" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-    <row r="502" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A502" s="1" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
       <c r="F502" s="3" t="s">
-        <v>1933</v>
+        <v>1900</v>
       </c>
       <c r="G502" s="3" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-    <row r="503" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A503" s="1" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
       <c r="F503" s="3" t="s">
-        <v>1933</v>
+        <v>773</v>
       </c>
       <c r="G503" s="3" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-    <row r="504" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A504" s="1" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1943</v>
+        <v>1946</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1944</v>
+        <v>1947</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>1945</v>
+        <v>1948</v>
       </c>
       <c r="F504" s="3" t="s">
-        <v>688</v>
+        <v>1949</v>
       </c>
       <c r="G504" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="505" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A505" s="1" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E505" s="3" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F505" s="3" t="s">
         <v>1949</v>
       </c>
-      <c r="F505" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G505" s="3" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="506" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A506" s="1" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
       <c r="F506" s="3" t="s">
-        <v>14</v>
+        <v>1949</v>
       </c>
       <c r="G506" s="3" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="507" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A507" s="1" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1955</v>
+        <v>1959</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>1957</v>
+        <v>1961</v>
       </c>
       <c r="F507" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G507" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="508" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A508" s="1" t="s">
-        <v>1958</v>
+        <v>1962</v>
       </c>
       <c r="B508" s="1" t="s">
-        <v>1959</v>
+        <v>1963</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>1960</v>
+        <v>1964</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>1961</v>
+        <v>1965</v>
       </c>
       <c r="F508" s="3" t="s">
-        <v>1933</v>
+        <v>17</v>
       </c>
       <c r="G508" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="509" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A509" s="1" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="B509" s="1" t="s">
-        <v>1963</v>
+        <v>1967</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>1964</v>
+        <v>1968</v>
       </c>
       <c r="D509" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>1965</v>
+        <v>1969</v>
       </c>
       <c r="F509" s="3" t="s">
-        <v>1933</v>
+        <v>17</v>
       </c>
       <c r="G509" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="510" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A510" s="1" t="s">
-        <v>1966</v>
+        <v>1970</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1968</v>
+        <v>1972</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>1969</v>
+        <v>1973</v>
       </c>
       <c r="F510" s="3" t="s">
-        <v>688</v>
+        <v>1949</v>
       </c>
       <c r="G510" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="511" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A511" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B511" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C511" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E511" s="3" t="s">
+        <v>1977</v>
+      </c>
+      <c r="F511" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G511" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="512" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A512" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C512" s="1" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E512" s="3" t="s">
+        <v>1981</v>
+      </c>
+      <c r="F512" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G512" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="513" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A513" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B513" s="1" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C513" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E513" s="3" t="s">
+        <v>1985</v>
+      </c>
+      <c r="F513" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G513" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="514" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A514" s="1" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E514" s="3" t="s">
+        <v>1989</v>
+      </c>
+      <c r="F514" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G514" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="515" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A515" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C515" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D515" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E515" s="3" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F515" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G515" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="516" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A516" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D516" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E516" s="3" t="s">
+        <v>1997</v>
+      </c>
+      <c r="F516" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G516" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="517" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A517" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B517" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C517" s="1" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E517" s="3" t="s">
+        <v>2001</v>
+      </c>
+      <c r="F517" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G517" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="518" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A518" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D518" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E518" s="3" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F518" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G518" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="519" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A519" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B519" s="1" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C519" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D519" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E519" s="3" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F519" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G519" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="520" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A520" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B520" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C520" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D520" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E520" s="3" t="s">
+        <v>2013</v>
+      </c>
+      <c r="F520" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G520" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="521" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A521" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B521" s="1" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C521" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E521" s="3" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F521" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G521" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="522" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A522" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E522" s="3" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F522" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G522" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="523" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A523" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D523" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E523" s="3" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F523" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G523" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="524" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A524" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E524" s="3" t="s">
+        <v>2029</v>
+      </c>
+      <c r="F524" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G524" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="525" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A525" s="1" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C525" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E525" s="3" t="s">
+        <v>2033</v>
+      </c>
+      <c r="F525" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G525" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="526" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A526" s="1" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B526" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C526" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E526" s="3" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F526" s="3" t="s">
+        <v>2038</v>
+      </c>
+      <c r="G526" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="527" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A527" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B527" s="1" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E527" s="3" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F527" s="3" t="s">
+        <v>2038</v>
+      </c>
+      <c r="G527" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="511" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...41 lines deleted...]
-      <c r="G512" s="3" t="s">
+    <row r="528" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A528" s="1" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E528" s="3" t="s">
+        <v>2046</v>
+      </c>
+      <c r="F528" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G528" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="529" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A529" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E529" s="3" t="s">
+        <v>2049</v>
+      </c>
+      <c r="F529" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G529" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="530" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A530" s="1" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B530" s="1" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C530" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E530" s="3" t="s">
+        <v>2052</v>
+      </c>
+      <c r="F530" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G530" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="531" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A531" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E531" s="3" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F531" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G531" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="532" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A532" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B532" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E532" s="3" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F532" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G532" s="3" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="533" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A533" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B533" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C533" s="1" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E533" s="3" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F533" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G533" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="534" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A534" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B534" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C534" s="1" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E534" s="3" t="s">
+        <v>2068</v>
+      </c>
+      <c r="F534" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G534" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="513" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...18 lines deleted...]
-      <c r="G513" s="3" t="s">
+    <row r="535" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A535" s="1" t="s">
+        <v>2069</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C535" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E535" s="3" t="s">
+        <v>2072</v>
+      </c>
+      <c r="F535" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G535" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="514" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...29 lines deleted...]
-      <c r="C515" s="1" t="s">
+    <row r="536" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A536" s="1" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E536" s="3" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F536" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G536" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="537" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A537" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C537" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E537" s="3" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F537" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G537" s="3" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="538" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A538" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E538" s="3" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F538" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G538" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="539" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A539" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E539" s="3" t="s">
+        <v>2088</v>
+      </c>
+      <c r="F539" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G539" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="540" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A540" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E540" s="3" t="s">
+        <v>2092</v>
+      </c>
+      <c r="F540" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G540" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="541" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A541" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B541" s="1" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E541" s="3" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F541" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G541" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="542" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A542" s="1" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B542" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C542" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E542" s="3" t="s">
+        <v>2100</v>
+      </c>
+      <c r="F542" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G542" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="543" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A543" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B543" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C543" s="1" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D543" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E543" s="3" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F543" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G543" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="544" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A544" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B544" s="1" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C544" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="D544" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E544" s="3" t="s">
+        <v>2108</v>
+      </c>
+      <c r="F544" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G544" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="545" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A545" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C545" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="D545" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E545" s="3" t="s">
+        <v>2112</v>
+      </c>
+      <c r="F545" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G545" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="546" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A546" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C546" s="1" t="s">
+        <v>2115</v>
+      </c>
+      <c r="D546" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E546" s="3" t="s">
+        <v>2116</v>
+      </c>
+      <c r="F546" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G546" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="547" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A547" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C547" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D547" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E547" s="3" t="s">
+        <v>2120</v>
+      </c>
+      <c r="F547" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G547" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="548" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A548" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B548" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C548" s="1" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E548" s="3" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F548" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G548" s="3" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="549" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A549" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B549" s="1" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C549" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E549" s="3" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F549" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G549" s="3" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="550" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A550" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C550" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D550" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E550" s="3" t="s">
+        <v>2132</v>
+      </c>
+      <c r="F550" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G550" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="551" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A551" s="1" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C551" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D551" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E551" s="3" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F551" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G551" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="552" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A552" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C552" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D552" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E552" s="3" t="s">
+        <v>2140</v>
+      </c>
+      <c r="F552" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G552" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="553" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A553" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B553" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C553" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D553" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E553" s="3" t="s">
+        <v>2144</v>
+      </c>
+      <c r="F553" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G553" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="554" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A554" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B554" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C554" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D554" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E554" s="3" t="s">
+        <v>2147</v>
+      </c>
+      <c r="F554" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G554" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="555" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A555" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C555" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D555" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E555" s="3" t="s">
+        <v>2150</v>
+      </c>
+      <c r="F555" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G555" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="556" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A556" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D556" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E556" s="3" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F556" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G556" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="557" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A557" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D557" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E557" s="3" t="s">
+        <v>2157</v>
+      </c>
+      <c r="F557" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G557" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="558" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A558" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B558" s="1" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C558" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E558" s="3" t="s">
+        <v>2161</v>
+      </c>
+      <c r="F558" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G558" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="559" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A559" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C559" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E559" s="3" t="s">
+        <v>2165</v>
+      </c>
+      <c r="F559" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G559" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="560" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A560" s="1" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B560" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C560" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D560" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E560" s="3" t="s">
+        <v>2168</v>
+      </c>
+      <c r="F560" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G560" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="561" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A561" s="1" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C561" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D561" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E561" s="3" t="s">
+        <v>2171</v>
+      </c>
+      <c r="F561" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G561" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="562" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A562" s="1" t="s">
+        <v>2172</v>
+      </c>
+      <c r="B562" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C562" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E562" s="3" t="s">
+        <v>2174</v>
+      </c>
+      <c r="F562" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G562" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="563" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A563" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B563" s="1" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C563" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E563" s="3" t="s">
+        <v>2177</v>
+      </c>
+      <c r="F563" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G563" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="564" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A564" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B564" s="1" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C564" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D564" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E564" s="3" t="s">
+        <v>2180</v>
+      </c>
+      <c r="F564" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G564" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="565" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A565" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B565" s="1" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C565" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D565" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E565" s="3" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F565" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G565" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="566" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A566" s="1" t="s">
+        <v>2184</v>
+      </c>
+      <c r="B566" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C566" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D566" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E566" s="3" t="s">
+        <v>2186</v>
+      </c>
+      <c r="F566" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G566" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="567" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A567" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B567" s="1" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C567" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D567" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E567" s="3" t="s">
+        <v>2189</v>
+      </c>
+      <c r="F567" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G567" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="568" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A568" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="B568" s="1" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C568" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D568" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E568" s="3" t="s">
+        <v>2192</v>
+      </c>
+      <c r="F568" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G568" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="569" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A569" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="D569" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E569" s="3" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F569" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G569" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="570" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A570" s="1" t="s">
+        <v>2197</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C570" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D570" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E570" s="3" t="s">
+        <v>2200</v>
+      </c>
+      <c r="F570" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G570" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="571" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A571" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B571" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C571" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D571" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E571" s="3" t="s">
+        <v>2204</v>
+      </c>
+      <c r="F571" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G571" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="572" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A572" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B572" s="1" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C572" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D572" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E572" s="3" t="s">
+        <v>2207</v>
+      </c>
+      <c r="F572" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G572" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="573" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A573" s="1" t="s">
+        <v>2208</v>
+      </c>
+      <c r="B573" s="1" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C573" s="1" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D573" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E573" s="3" t="s">
+        <v>2211</v>
+      </c>
+      <c r="F573" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G573" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="574" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A574" s="1" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B574" s="1" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C574" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D574" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E574" s="3" t="s">
+        <v>2214</v>
+      </c>
+      <c r="F574" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G574" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="575" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A575" s="1" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B575" s="1" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C575" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E575" s="3" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F575" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G575" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="576" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A576" s="1" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B576" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C576" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D576" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E576" s="3" t="s">
+        <v>2220</v>
+      </c>
+      <c r="F576" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G576" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="577" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A577" s="1" t="s">
+        <v>2221</v>
+      </c>
+      <c r="B577" s="1" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C577" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D577" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E577" s="3" t="s">
+        <v>2223</v>
+      </c>
+      <c r="F577" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G577" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="578" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A578" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C578" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D578" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E578" s="3" t="s">
+        <v>2226</v>
+      </c>
+      <c r="F578" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G578" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="579" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A579" s="1" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>2228</v>
+      </c>
+      <c r="C579" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D579" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E579" s="3" t="s">
+        <v>2229</v>
+      </c>
+      <c r="F579" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G579" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="580" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A580" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C580" s="1" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D580" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E580" s="3" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F580" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G580" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="581" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A581" s="1" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C581" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D581" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E581" s="3" t="s">
+        <v>2236</v>
+      </c>
+      <c r="F581" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G581" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="582" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A582" s="1" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B582" s="1" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C582" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D582" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>2239</v>
+      </c>
+      <c r="F582" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G582" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="583" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A583" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B583" s="1" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C583" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D583" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E583" s="3" t="s">
+        <v>2242</v>
+      </c>
+      <c r="F583" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G583" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="584" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A584" s="1" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B584" s="1" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C584" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E584" s="3" t="s">
+        <v>2245</v>
+      </c>
+      <c r="F584" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G584" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="585" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A585" s="1" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B585" s="1" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C585" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E585" s="3" t="s">
+        <v>2249</v>
+      </c>
+      <c r="F585" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G585" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="586" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A586" s="1" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C586" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E586" s="3" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F586" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G586" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="587" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A587" s="1" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B587" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C587" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D587" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E587" s="3" t="s">
+        <v>2255</v>
+      </c>
+      <c r="F587" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G587" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="588" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A588" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B588" s="1" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C588" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E588" s="3" t="s">
+        <v>2258</v>
+      </c>
+      <c r="F588" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G588" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="589" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A589" s="1" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B589" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="C589" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E589" s="3" t="s">
+        <v>2262</v>
+      </c>
+      <c r="F589" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G589" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="590" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A590" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B590" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C590" s="1" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D590" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E590" s="3" t="s">
+        <v>2265</v>
+      </c>
+      <c r="F590" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G590" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="591" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A591" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B591" s="1" t="s">
+        <v>2267</v>
+      </c>
+      <c r="C591" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D591" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E591" s="3" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F591" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G591" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="592" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A592" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B592" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C592" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E592" s="3" t="s">
+        <v>2273</v>
+      </c>
+      <c r="F592" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G592" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="593" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A593" s="1" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B593" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C593" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E593" s="3" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F593" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G593" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="594" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A594" s="1" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B594" s="1" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C594" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E594" s="3" t="s">
+        <v>2279</v>
+      </c>
+      <c r="F594" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G594" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="595" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A595" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B595" s="1" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C595" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E595" s="3" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F595" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G595" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="596" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A596" s="1" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B596" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="C596" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E596" s="3" t="s">
+        <v>2286</v>
+      </c>
+      <c r="F596" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G596" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="597" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A597" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B597" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C597" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D597" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E597" s="3" t="s">
+        <v>2290</v>
+      </c>
+      <c r="F597" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G597" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="598" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A598" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="B598" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="C598" s="1" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E598" s="3" t="s">
+        <v>2294</v>
+      </c>
+      <c r="F598" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G598" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="599" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A599" s="1" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B599" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C599" s="1" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E599" s="3" t="s">
+        <v>2298</v>
+      </c>
+      <c r="F599" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G599" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="600" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A600" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B600" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C600" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D600" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E600" s="3" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F600" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G600" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="601" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A601" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="B601" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C601" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E601" s="3" t="s">
+        <v>2306</v>
+      </c>
+      <c r="F601" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G601" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="602" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A602" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B602" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="C602" s="1" t="s">
         <v>1988</v>
       </c>
-      <c r="D515" s="1" t="s">
-[...88 lines deleted...]
-      <c r="C519" s="1" t="s">
+      <c r="D602" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E602" s="3" t="s">
+        <v>2309</v>
+      </c>
+      <c r="F602" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G602" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="603" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A603" s="1" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B603" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="C603" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D603" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E603" s="3" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F603" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G603" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="604" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A604" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B604" s="1" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C604" s="1" t="s">
         <v>2004</v>
       </c>
-      <c r="D519" s="1" t="s">
-[...1953 lines deleted...]
-      </c>
       <c r="D604" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E604" s="3" t="s">
         <v>2316</v>
       </c>
       <c r="F604" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G604" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="605" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="605" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A605" s="1" t="s">
         <v>2317</v>
       </c>
       <c r="B605" s="1" t="s">
         <v>2318</v>
       </c>
       <c r="C605" s="1" t="s">
         <v>2319</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E605" s="3" t="s">
         <v>2320</v>
       </c>
       <c r="F605" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G605" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="606" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="606" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A606" s="1" t="s">
         <v>2321</v>
       </c>
       <c r="B606" s="1" t="s">
         <v>2322</v>
       </c>
       <c r="C606" s="1" t="s">
         <v>2323</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E606" s="3" t="s">
         <v>2324</v>
       </c>
       <c r="F606" s="3" t="s">
-        <v>688</v>
+        <v>1900</v>
       </c>
       <c r="G606" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="607" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="607" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A607" s="1" t="s">
         <v>2325</v>
       </c>
       <c r="B607" s="1" t="s">
         <v>2326</v>
       </c>
       <c r="C607" s="1" t="s">
         <v>2327</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E607" s="3" t="s">
         <v>2328</v>
       </c>
       <c r="F607" s="3" t="s">
-        <v>14</v>
+        <v>1900</v>
       </c>
       <c r="G607" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="608" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="608" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A608" s="1" t="s">
         <v>2329</v>
       </c>
       <c r="B608" s="1" t="s">
         <v>2330</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="F608" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G608" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="609" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="609" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A609" s="1" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>2327</v>
+        <v>2335</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E609" s="3" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="F609" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G609" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="610" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="610" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A610" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B610" s="1" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C610" s="1" t="s">
         <v>2335</v>
       </c>
-      <c r="B610" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D610" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="F610" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G610" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="611" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="611" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A611" s="1" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>2337</v>
+        <v>2335</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="F611" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G611" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="612" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="612" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A612" s="1" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E612" s="3" t="s">
+        <v>2346</v>
+      </c>
+      <c r="F612" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G612" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="613" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A613" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="B613" s="1" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C613" s="1" t="s">
         <v>2345</v>
       </c>
-      <c r="F612" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D613" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E613" s="3" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="F613" s="3" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="G613" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="614" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="614" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A614" s="1" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>2350</v>
+        <v>2345</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="F614" s="3" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="G614" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="615" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="615" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A615" s="1" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E615" s="3" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="F615" s="3" t="s">
-        <v>26</v>
+        <v>894</v>
       </c>
       <c r="G615" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="616" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="616" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A616" s="1" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="F616" s="3" t="s">
-        <v>2359</v>
+        <v>894</v>
       </c>
       <c r="G616" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="617" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="617" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A617" s="1" t="s">
         <v>2360</v>
       </c>
       <c r="B617" s="1" t="s">
         <v>2361</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="F617" s="3" t="s">
-        <v>739</v>
+        <v>894</v>
       </c>
       <c r="G617" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="618" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="618" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A618" s="1" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E618" s="3" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="F618" s="3" t="s">
-        <v>739</v>
+        <v>894</v>
       </c>
       <c r="G618" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="619" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="619" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A619" s="1" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="F619" s="3" t="s">
-        <v>739</v>
+        <v>2371</v>
       </c>
       <c r="G619" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="620" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="620" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A620" s="1" t="s">
-        <v>2369</v>
+        <v>2372</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="F620" s="3" t="s">
-        <v>739</v>
+        <v>824</v>
       </c>
       <c r="G620" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="621" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="621" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A621" s="1" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="F621" s="3" t="s">
-        <v>739</v>
+        <v>824</v>
       </c>
       <c r="G621" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="622" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="622" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A622" s="1" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="F622" s="3" t="s">
-        <v>739</v>
+        <v>824</v>
       </c>
       <c r="G622" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="623" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="623" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A623" s="1" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>2380</v>
+        <v>2383</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>2381</v>
+        <v>2384</v>
       </c>
       <c r="F623" s="3" t="s">
-        <v>739</v>
+        <v>824</v>
       </c>
       <c r="G623" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="624" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="624" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A624" s="1" t="s">
-        <v>2382</v>
+        <v>2385</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>2383</v>
+        <v>2386</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>2383</v>
+        <v>2386</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E624" s="3" t="s">
-        <v>2384</v>
+        <v>2387</v>
       </c>
       <c r="F624" s="3" t="s">
-        <v>768</v>
+        <v>824</v>
       </c>
       <c r="G624" s="3" t="s">
-        <v>1416</v>
-[...2 lines deleted...]
-    <row r="625" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="625" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A625" s="1" t="s">
-        <v>2385</v>
+        <v>2388</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>2386</v>
+        <v>2389</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>2386</v>
+        <v>2389</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E625" s="3" t="s">
-        <v>2387</v>
+        <v>2390</v>
       </c>
       <c r="F625" s="3" t="s">
-        <v>739</v>
+        <v>824</v>
       </c>
       <c r="G625" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="626" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="626" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A626" s="1" t="s">
-        <v>2388</v>
+        <v>2391</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>2389</v>
+        <v>2392</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>2389</v>
+        <v>2392</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>2390</v>
+        <v>2393</v>
       </c>
       <c r="F626" s="3" t="s">
-        <v>26</v>
+        <v>824</v>
       </c>
       <c r="G626" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="627" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A627" s="1" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B627" s="1" t="s">
+        <v>2395</v>
+      </c>
+      <c r="C627" s="1" t="s">
+        <v>2395</v>
+      </c>
+      <c r="D627" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E627" s="3" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F627" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G627" s="3" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="628" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A628" s="1" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B628" s="1" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C628" s="1" t="s">
+        <v>2398</v>
+      </c>
+      <c r="D628" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E628" s="3" t="s">
+        <v>2399</v>
+      </c>
+      <c r="F628" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G628" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="629" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A629" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B629" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="C629" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D629" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E629" s="3" t="s">
+        <v>2402</v>
+      </c>
+      <c r="F629" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G629" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="630" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A630" s="1" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B630" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C630" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="D630" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E630" s="3" t="s">
+        <v>2405</v>
+      </c>
+      <c r="F630" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G630" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="631" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A631" s="1" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B631" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="C631" s="1" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D631" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E631" s="3" t="s">
+        <v>2408</v>
+      </c>
+      <c r="F631" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G631" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="632" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A632" s="1" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B632" s="1" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C632" s="1" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D632" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E632" s="3" t="s">
+        <v>2412</v>
+      </c>
+      <c r="F632" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="G632" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="633" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A633" s="1" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B633" s="1" t="s">
+        <v>2414</v>
+      </c>
+      <c r="C633" s="1" t="s">
+        <v>2415</v>
+      </c>
+      <c r="D633" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E633" s="3" t="s">
+        <v>2416</v>
+      </c>
+      <c r="F633" s="3" t="s">
+        <v>2417</v>
+      </c>
+      <c r="G633" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="634" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A634" s="1" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B634" s="1" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C634" s="1" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D634" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E634" s="3" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F634" s="3" t="s">
+        <v>2417</v>
+      </c>
+      <c r="G634" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="635" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A635" s="1" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B635" s="1" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C635" s="1" t="s">
+        <v>2424</v>
+      </c>
+      <c r="D635" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E635" s="3" t="s">
+        <v>2425</v>
+      </c>
+      <c r="F635" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G635" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="636" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A636" s="1" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B636" s="1" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C636" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="D636" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E636" s="3" t="s">
+        <v>2429</v>
+      </c>
+      <c r="F636" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G636" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="637" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A637" s="1" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B637" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="C637" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="D637" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E637" s="3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="F637" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G637" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="638" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A638" s="1" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B638" s="1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="C638" s="1" t="s">
+        <v>2436</v>
+      </c>
+      <c r="D638" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E638" s="3" t="s">
+        <v>2437</v>
+      </c>
+      <c r="F638" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G638" s="3" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="639" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A639" s="1" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B639" s="1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C639" s="1" t="s">
+        <v>2440</v>
+      </c>
+      <c r="D639" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E639" s="3" t="s">
+        <v>2441</v>
+      </c>
+      <c r="F639" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G639" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="640" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A640" s="1" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B640" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C640" s="1" t="s">
+        <v>2444</v>
+      </c>
+      <c r="D640" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E640" s="3" t="s">
+        <v>2445</v>
+      </c>
+      <c r="F640" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G640" s="3" t="s">
+        <v>2446</v>
+      </c>
+    </row>
+    <row r="641" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A641" s="1" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B641" s="1" t="s">
+        <v>2448</v>
+      </c>
+      <c r="C641" s="1" t="s">
+        <v>2449</v>
+      </c>
+      <c r="D641" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E641" s="3" t="s">
+        <v>2450</v>
+      </c>
+      <c r="F641" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G641" s="3" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="642" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A642" s="1" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B642" s="1" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C642" s="1" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D642" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E642" s="3" t="s">
+        <v>2454</v>
+      </c>
+      <c r="F642" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G642" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="643" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A643" s="1" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B643" s="1" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C643" s="1" t="s">
+        <v>2457</v>
+      </c>
+      <c r="D643" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E643" s="3" t="s">
+        <v>2458</v>
+      </c>
+      <c r="F643" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G643" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="644" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A644" s="1" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B644" s="1" t="s">
+        <v>2460</v>
+      </c>
+      <c r="C644" s="1" t="s">
+        <v>2461</v>
+      </c>
+      <c r="D644" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E644" s="3" t="s">
+        <v>2462</v>
+      </c>
+      <c r="F644" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G644" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="645" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A645" s="1" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B645" s="1" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C645" s="1" t="s">
+        <v>2465</v>
+      </c>
+      <c r="D645" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E645" s="3" t="s">
+        <v>2466</v>
+      </c>
+      <c r="F645" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G645" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="646" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A646" s="1" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B646" s="1" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C646" s="1" t="s">
+        <v>2469</v>
+      </c>
+      <c r="D646" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E646" s="3" t="s">
+        <v>2470</v>
+      </c>
+      <c r="F646" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G646" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="647" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A647" s="1" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B647" s="1" t="s">
+        <v>2472</v>
+      </c>
+      <c r="C647" s="1" t="s">
+        <v>2473</v>
+      </c>
+      <c r="D647" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E647" s="3" t="s">
+        <v>2474</v>
+      </c>
+      <c r="F647" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G647" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="648" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A648" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B648" s="1" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C648" s="1" t="s">
+        <v>2477</v>
+      </c>
+      <c r="D648" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E648" s="3" t="s">
+        <v>2478</v>
+      </c>
+      <c r="F648" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G648" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="649" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A649" s="1" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B649" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C649" s="1" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D649" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E649" s="3" t="s">
+        <v>2482</v>
+      </c>
+      <c r="F649" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G649" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="650" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A650" s="1" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B650" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="C650" s="1" t="s">
+        <v>2485</v>
+      </c>
+      <c r="D650" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E650" s="3" t="s">
+        <v>2486</v>
+      </c>
+      <c r="F650" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G650" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="651" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A651" s="1" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B651" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="C651" s="1" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D651" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E651" s="3" t="s">
+        <v>2490</v>
+      </c>
+      <c r="F651" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G651" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="652" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A652" s="1" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B652" s="1" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C652" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="D652" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E652" s="3" t="s">
+        <v>2494</v>
+      </c>
+      <c r="F652" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G652" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="653" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A653" s="1" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B653" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="C653" s="1" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D653" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E653" s="3" t="s">
+        <v>2498</v>
+      </c>
+      <c r="F653" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G653" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="654" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A654" s="1" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B654" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="C654" s="1" t="s">
         <v>1406</v>
       </c>
-    </row>
-[...630 lines deleted...]
-      </c>
       <c r="D654" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>2499</v>
+        <v>2501</v>
       </c>
       <c r="F654" s="3" t="s">
-        <v>187</v>
+        <v>254</v>
       </c>
       <c r="G654" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="655" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A655" s="1" t="s">
-        <v>2500</v>
+        <v>2502</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>2501</v>
+        <v>2503</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
       <c r="F655" s="3" t="s">
-        <v>14</v>
+        <v>240</v>
       </c>
       <c r="G655" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="656" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A656" s="1" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="F656" s="3" t="s">
-        <v>1884</v>
+        <v>17</v>
       </c>
       <c r="G656" s="3" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-    <row r="657" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="657" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A657" s="1" t="s">
         <v>2509</v>
       </c>
       <c r="B657" s="1" t="s">
         <v>2510</v>
       </c>
       <c r="C657" s="1" t="s">
         <v>2511</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E657" s="3" t="s">
         <v>2512</v>
       </c>
       <c r="F657" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G657" s="3" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-    <row r="658" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="658" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A658" s="1" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B658" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="C658" s="1" t="s">
+        <v>2516</v>
+      </c>
+      <c r="D658" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E658" s="3" t="s">
+        <v>2517</v>
+      </c>
+      <c r="F658" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G658" s="3" t="s">
         <v>2513</v>
       </c>
-      <c r="B658" s="1" t="s">
-[...18 lines deleted...]
-    <row r="659" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="659" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A659" s="1" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="F659" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G659" s="3" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-    <row r="660" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="660" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A660" s="1" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E660" s="3" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="F660" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G660" s="3" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-    <row r="661" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="661" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A661" s="1" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>2527</v>
+        <v>2528</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>2528</v>
+        <v>2529</v>
       </c>
       <c r="F661" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G661" s="3" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-    <row r="662" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="662" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A662" s="1" t="s">
-        <v>2529</v>
+        <v>2530</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
       <c r="F662" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G662" s="3" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-    <row r="663" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="663" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A663" s="1" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="F663" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G663" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="664" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="664" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A664" s="1" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="F664" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G664" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="665" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="665" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A665" s="1" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
       <c r="F665" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G665" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="666" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="666" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A666" s="1" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="F666" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G666" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="667" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="667" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A667" s="1" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="F667" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G667" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="668" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="668" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A668" s="1" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="F668" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G668" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="669" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="669" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A669" s="1" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
       <c r="F669" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G669" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="670" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="670" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A670" s="1" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E670" s="3" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="F670" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G670" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="671" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="671" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A671" s="1" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="B671" s="1" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
       <c r="D671" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E671" s="3" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="F671" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G671" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="672" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="672" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A672" s="1" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="B672" s="1" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="D672" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="F672" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G672" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="673" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="673" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A673" s="1" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="B673" s="1" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="D673" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
       <c r="F673" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G673" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="674" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A674" s="1" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B674" s="1" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C674" s="1" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D674" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E674" s="3" t="s">
+        <v>2581</v>
+      </c>
+      <c r="F674" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G674" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="675" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A675" s="1" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B675" s="1" t="s">
+        <v>2583</v>
+      </c>
+      <c r="C675" s="1" t="s">
+        <v>2584</v>
+      </c>
+      <c r="D675" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E675" s="3" t="s">
+        <v>2585</v>
+      </c>
+      <c r="F675" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G675" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="676" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A676" s="1" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B676" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C676" s="1" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D676" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E676" s="3" t="s">
+        <v>2589</v>
+      </c>
+      <c r="F676" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G676" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="677" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A677" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B677" s="1" t="s">
+        <v>2591</v>
+      </c>
+      <c r="C677" s="1" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D677" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E677" s="3" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F677" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G677" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="678" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A678" s="1" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B678" s="1" t="s">
+        <v>2595</v>
+      </c>
+      <c r="C678" s="1" t="s">
+        <v>2596</v>
+      </c>
+      <c r="D678" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E678" s="3" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F678" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G678" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="679" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A679" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B679" s="1" t="s">
+        <v>2599</v>
+      </c>
+      <c r="C679" s="1" t="s">
+        <v>2600</v>
+      </c>
+      <c r="D679" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E679" s="3" t="s">
+        <v>2601</v>
+      </c>
+      <c r="F679" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G679" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="680" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A680" s="1" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B680" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C680" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D680" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E680" s="3" t="s">
+        <v>2604</v>
+      </c>
+      <c r="F680" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G680" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="681" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A681" s="1" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C681" s="1" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D681" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E681" s="3" t="s">
+        <v>2608</v>
+      </c>
+      <c r="F681" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G681" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="682" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A682" s="1" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B682" s="1" t="s">
+        <v>2610</v>
+      </c>
+      <c r="C682" s="1" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D682" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E682" s="3" t="s">
+        <v>2612</v>
+      </c>
+      <c r="F682" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G682" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="683" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A683" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B683" s="1" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C683" s="1" t="s">
+        <v>2615</v>
+      </c>
+      <c r="D683" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E683" s="3" t="s">
+        <v>2616</v>
+      </c>
+      <c r="F683" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G683" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="684" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A684" s="1" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B684" s="1" t="s">
+        <v>2618</v>
+      </c>
+      <c r="C684" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D684" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E684" s="3" t="s">
+        <v>2620</v>
+      </c>
+      <c r="F684" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G684" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="685" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A685" s="1" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B685" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C685" s="1" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D685" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E685" s="3" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F685" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G685" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="686" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A686" s="1" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B686" s="1" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C686" s="1" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D686" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E686" s="3" t="s">
+        <v>2627</v>
+      </c>
+      <c r="F686" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G686" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="687" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A687" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B687" s="1" t="s">
+        <v>2629</v>
+      </c>
+      <c r="C687" s="1" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D687" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E687" s="3" t="s">
+        <v>2630</v>
+      </c>
+      <c r="F687" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G687" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="688" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A688" s="1" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B688" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="C688" s="1" t="s">
+        <v>2633</v>
+      </c>
+      <c r="D688" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E688" s="3" t="s">
+        <v>2634</v>
+      </c>
+      <c r="F688" s="3" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G688" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="689" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A689" s="1" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B689" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C689" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="D689" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E689" s="3" t="s">
+        <v>2639</v>
+      </c>
+      <c r="F689" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G689" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="690" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A690" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B690" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C690" s="1" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D690" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E690" s="3" t="s">
+        <v>2643</v>
+      </c>
+      <c r="F690" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G690" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="691" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A691" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B691" s="1" t="s">
+        <v>2645</v>
+      </c>
+      <c r="C691" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="D691" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E691" s="3" t="s">
+        <v>2647</v>
+      </c>
+      <c r="F691" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G691" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="692" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A692" s="1" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B692" s="1" t="s">
+        <v>2649</v>
+      </c>
+      <c r="C692" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D692" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E692" s="3" t="s">
+        <v>2650</v>
+      </c>
+      <c r="F692" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G692" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="693" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A693" s="1" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B693" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="C693" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D693" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E693" s="3" t="s">
+        <v>2653</v>
+      </c>
+      <c r="F693" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G693" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="694" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A694" s="1" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B694" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C694" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D694" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E694" s="3" t="s">
+        <v>2657</v>
+      </c>
+      <c r="F694" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G694" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="695" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A695" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B695" s="1" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C695" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D695" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E695" s="3" t="s">
+        <v>2660</v>
+      </c>
+      <c r="F695" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G695" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="696" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A696" s="1" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B696" s="1" t="s">
+        <v>2662</v>
+      </c>
+      <c r="C696" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D696" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E696" s="3" t="s">
+        <v>2663</v>
+      </c>
+      <c r="F696" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G696" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="697" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A697" s="1" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B697" s="1" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C697" s="1" t="s">
         <v>1406</v>
       </c>
-    </row>
-[...343 lines deleted...]
-      <c r="A689" s="1" t="s">
+      <c r="D697" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E697" s="3" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F697" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G697" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="698" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A698" s="1" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B698" s="1" t="s">
+        <v>2668</v>
+      </c>
+      <c r="C698" s="1" t="s">
+        <v>2669</v>
+      </c>
+      <c r="D698" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E698" s="3" t="s">
+        <v>2670</v>
+      </c>
+      <c r="F698" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G698" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="699" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A699" s="1" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B699" s="1" t="s">
+        <v>2672</v>
+      </c>
+      <c r="C699" s="1" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D699" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E699" s="3" t="s">
+        <v>2674</v>
+      </c>
+      <c r="F699" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G699" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="700" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A700" s="1" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B700" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="C700" s="1" t="s">
+        <v>2677</v>
+      </c>
+      <c r="D700" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E700" s="3" t="s">
+        <v>2678</v>
+      </c>
+      <c r="F700" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G700" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="701" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A701" s="1" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B701" s="1" t="s">
+        <v>2680</v>
+      </c>
+      <c r="C701" s="1" t="s">
+        <v>2681</v>
+      </c>
+      <c r="D701" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E701" s="3" t="s">
+        <v>2682</v>
+      </c>
+      <c r="F701" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G701" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="702" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A702" s="1" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B702" s="1" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C702" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="D702" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E702" s="3" t="s">
+        <v>2686</v>
+      </c>
+      <c r="F702" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G702" s="3" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="703" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A703" s="1" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B703" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="C703" s="1" t="s">
+        <v>2689</v>
+      </c>
+      <c r="D703" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E703" s="3" t="s">
+        <v>2690</v>
+      </c>
+      <c r="F703" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G703" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="704" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A704" s="1" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B704" s="1" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C704" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D704" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E704" s="3" t="s">
+        <v>2693</v>
+      </c>
+      <c r="F704" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G704" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="705" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A705" s="1" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B705" s="1" t="s">
+        <v>2695</v>
+      </c>
+      <c r="C705" s="1" t="s">
+        <v>2696</v>
+      </c>
+      <c r="D705" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E705" s="3" t="s">
+        <v>2697</v>
+      </c>
+      <c r="F705" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G705" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="706" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A706" s="1" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B706" s="1" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C706" s="1" t="s">
+        <v>2700</v>
+      </c>
+      <c r="D706" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E706" s="3" t="s">
+        <v>2701</v>
+      </c>
+      <c r="F706" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G706" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="707" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A707" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B707" s="1" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C707" s="1" t="s">
+        <v>2704</v>
+      </c>
+      <c r="D707" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E707" s="3" t="s">
+        <v>2705</v>
+      </c>
+      <c r="F707" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G707" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="708" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A708" s="1" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>2707</v>
+      </c>
+      <c r="C708" s="1" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D708" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E708" s="3" t="s">
+        <v>2708</v>
+      </c>
+      <c r="F708" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G708" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="709" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A709" s="1" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B709" s="1" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C709" s="1" t="s">
+        <v>2711</v>
+      </c>
+      <c r="D709" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E709" s="3" t="s">
+        <v>2712</v>
+      </c>
+      <c r="F709" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G709" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="710" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A710" s="1" t="s">
+        <v>2713</v>
+      </c>
+      <c r="B710" s="1" t="s">
+        <v>2714</v>
+      </c>
+      <c r="C710" s="1" t="s">
+        <v>2715</v>
+      </c>
+      <c r="D710" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E710" s="3" t="s">
+        <v>2716</v>
+      </c>
+      <c r="F710" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G710" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="711" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A711" s="1" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B711" s="1" t="s">
+        <v>2718</v>
+      </c>
+      <c r="C711" s="1" t="s">
+        <v>2719</v>
+      </c>
+      <c r="D711" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E711" s="3" t="s">
+        <v>2720</v>
+      </c>
+      <c r="F711" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G711" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="712" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A712" s="1" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B712" s="1" t="s">
+        <v>2722</v>
+      </c>
+      <c r="C712" s="1" t="s">
+        <v>2723</v>
+      </c>
+      <c r="D712" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E712" s="3" t="s">
+        <v>2724</v>
+      </c>
+      <c r="F712" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G712" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="713" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A713" s="1" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B713" s="1" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C713" s="1" t="s">
+        <v>2727</v>
+      </c>
+      <c r="D713" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E713" s="3" t="s">
+        <v>2728</v>
+      </c>
+      <c r="F713" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G713" s="3" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="714" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A714" s="1" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B714" s="1" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C714" s="1" t="s">
+        <v>2731</v>
+      </c>
+      <c r="D714" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E714" s="3" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F714" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G714" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="715" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A715" s="1" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B715" s="1" t="s">
+        <v>2734</v>
+      </c>
+      <c r="C715" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="D715" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E715" s="3" t="s">
+        <v>2736</v>
+      </c>
+      <c r="F715" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G715" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="716" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A716" s="1" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B716" s="1" t="s">
+        <v>2738</v>
+      </c>
+      <c r="C716" s="1" t="s">
+        <v>2739</v>
+      </c>
+      <c r="D716" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E716" s="3" t="s">
+        <v>2740</v>
+      </c>
+      <c r="F716" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G716" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="717" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A717" s="1" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B717" s="1" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C717" s="1" t="s">
+        <v>2743</v>
+      </c>
+      <c r="D717" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E717" s="3" t="s">
+        <v>2744</v>
+      </c>
+      <c r="F717" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G717" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="718" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A718" s="1" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B718" s="1" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C718" s="1" t="s">
+        <v>2747</v>
+      </c>
+      <c r="D718" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E718" s="3" t="s">
+        <v>2748</v>
+      </c>
+      <c r="F718" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G718" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="719" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A719" s="1" t="s">
+        <v>2749</v>
+      </c>
+      <c r="B719" s="1" t="s">
+        <v>2750</v>
+      </c>
+      <c r="C719" s="1" t="s">
+        <v>2751</v>
+      </c>
+      <c r="D719" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E719" s="3" t="s">
+        <v>2752</v>
+      </c>
+      <c r="F719" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G719" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="720" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A720" s="1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="B720" s="1" t="s">
+        <v>2754</v>
+      </c>
+      <c r="C720" s="1" t="s">
+        <v>2755</v>
+      </c>
+      <c r="D720" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E720" s="3" t="s">
+        <v>2756</v>
+      </c>
+      <c r="F720" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G720" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="721" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A721" s="1" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B721" s="1" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C721" s="1" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D721" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E721" s="3" t="s">
+        <v>2760</v>
+      </c>
+      <c r="F721" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G721" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="722" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A722" s="1" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B722" s="1" t="s">
+        <v>2762</v>
+      </c>
+      <c r="C722" s="1" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D722" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E722" s="3" t="s">
+        <v>2764</v>
+      </c>
+      <c r="F722" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G722" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="723" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A723" s="1" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B723" s="1" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C723" s="1" t="s">
+        <v>2767</v>
+      </c>
+      <c r="D723" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E723" s="3" t="s">
+        <v>2768</v>
+      </c>
+      <c r="F723" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G723" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="724" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A724" s="1" t="s">
+        <v>2769</v>
+      </c>
+      <c r="B724" s="1" t="s">
+        <v>2770</v>
+      </c>
+      <c r="C724" s="1" t="s">
+        <v>2771</v>
+      </c>
+      <c r="D724" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E724" s="3" t="s">
+        <v>2772</v>
+      </c>
+      <c r="F724" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G724" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="725" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A725" s="1" t="s">
+        <v>2773</v>
+      </c>
+      <c r="B725" s="1" t="s">
+        <v>2774</v>
+      </c>
+      <c r="C725" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D725" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E725" s="3" t="s">
+        <v>2775</v>
+      </c>
+      <c r="F725" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G725" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="726" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A726" s="1" t="s">
+        <v>2776</v>
+      </c>
+      <c r="B726" s="1" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C726" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D726" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E726" s="3" t="s">
+        <v>2778</v>
+      </c>
+      <c r="F726" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G726" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="727" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A727" s="1" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B727" s="1" t="s">
+        <v>2780</v>
+      </c>
+      <c r="C727" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="D727" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E727" s="3" t="s">
+        <v>2781</v>
+      </c>
+      <c r="F727" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G727" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="728" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A728" s="1" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B728" s="1" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C728" s="1" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D728" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E728" s="3" t="s">
+        <v>2785</v>
+      </c>
+      <c r="F728" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G728" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="729" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A729" s="1" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B729" s="1" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C729" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D729" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E729" s="3" t="s">
+        <v>2788</v>
+      </c>
+      <c r="F729" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G729" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="730" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A730" s="1" t="s">
+        <v>2789</v>
+      </c>
+      <c r="B730" s="1" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C730" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D730" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E730" s="3" t="s">
+        <v>2791</v>
+      </c>
+      <c r="F730" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G730" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="731" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A731" s="1" t="s">
+        <v>2792</v>
+      </c>
+      <c r="B731" s="1" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C731" s="1" t="s">
+        <v>2794</v>
+      </c>
+      <c r="D731" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E731" s="3" t="s">
+        <v>2795</v>
+      </c>
+      <c r="F731" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G731" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="732" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A732" s="1" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B732" s="1" t="s">
+        <v>2797</v>
+      </c>
+      <c r="C732" s="1" t="s">
+        <v>2798</v>
+      </c>
+      <c r="D732" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E732" s="3" t="s">
+        <v>2799</v>
+      </c>
+      <c r="F732" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G732" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="733" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A733" s="1" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B733" s="1" t="s">
+        <v>2801</v>
+      </c>
+      <c r="C733" s="1" t="s">
+        <v>2802</v>
+      </c>
+      <c r="D733" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E733" s="3" t="s">
+        <v>2803</v>
+      </c>
+      <c r="F733" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G733" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="734" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A734" s="1" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B734" s="1" t="s">
+        <v>2805</v>
+      </c>
+      <c r="C734" s="1" t="s">
+        <v>2806</v>
+      </c>
+      <c r="D734" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E734" s="3" t="s">
+        <v>2807</v>
+      </c>
+      <c r="F734" s="3" t="s">
+        <v>2635</v>
+      </c>
+      <c r="G734" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="735" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A735" s="1" t="s">
+        <v>2808</v>
+      </c>
+      <c r="B735" s="1" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C735" s="1" t="s">
+        <v>2809</v>
+      </c>
+      <c r="D735" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E735" s="3" t="s">
+        <v>2810</v>
+      </c>
+      <c r="F735" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G735" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="736" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A736" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B736" s="1" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C736" s="1" t="s">
+        <v>2812</v>
+      </c>
+      <c r="D736" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E736" s="3" t="s">
+        <v>2813</v>
+      </c>
+      <c r="F736" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G736" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="737" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A737" s="1" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B737" s="1" t="s">
+        <v>2815</v>
+      </c>
+      <c r="C737" s="1" t="s">
+        <v>2815</v>
+      </c>
+      <c r="D737" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E737" s="3" t="s">
+        <v>2816</v>
+      </c>
+      <c r="F737" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G737" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="738" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A738" s="1" t="s">
+        <v>2817</v>
+      </c>
+      <c r="B738" s="1" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C738" s="1" t="s">
+        <v>2818</v>
+      </c>
+      <c r="D738" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E738" s="3" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F738" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G738" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="739" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A739" s="1" t="s">
+        <v>2820</v>
+      </c>
+      <c r="B739" s="1" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C739" s="1" t="s">
+        <v>2821</v>
+      </c>
+      <c r="D739" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E739" s="3" t="s">
+        <v>2822</v>
+      </c>
+      <c r="F739" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G739" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="740" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A740" s="1" t="s">
+        <v>2823</v>
+      </c>
+      <c r="B740" s="1" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C740" s="1" t="s">
+        <v>2824</v>
+      </c>
+      <c r="D740" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E740" s="3" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F740" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G740" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="741" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A741" s="1" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B741" s="1" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C741" s="1" t="s">
+        <v>2828</v>
+      </c>
+      <c r="D741" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E741" s="3" t="s">
+        <v>2829</v>
+      </c>
+      <c r="F741" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G741" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="742" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A742" s="1" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B742" s="1" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C742" s="1" t="s">
+        <v>2831</v>
+      </c>
+      <c r="D742" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E742" s="3" t="s">
+        <v>2832</v>
+      </c>
+      <c r="F742" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G742" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="743" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A743" s="1" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B743" s="1" t="s">
+        <v>2834</v>
+      </c>
+      <c r="C743" s="1" t="s">
+        <v>2835</v>
+      </c>
+      <c r="D743" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E743" s="3" t="s">
+        <v>2836</v>
+      </c>
+      <c r="F743" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G743" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="744" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A744" s="1" t="s">
+        <v>2837</v>
+      </c>
+      <c r="B744" s="1" t="s">
+        <v>2838</v>
+      </c>
+      <c r="C744" s="1" t="s">
+        <v>2839</v>
+      </c>
+      <c r="D744" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E744" s="3" t="s">
+        <v>2840</v>
+      </c>
+      <c r="F744" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G744" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="745" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A745" s="1" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B745" s="1" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C745" s="1" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D745" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E745" s="3" t="s">
+        <v>2844</v>
+      </c>
+      <c r="F745" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G745" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="746" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A746" s="1" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B746" s="1" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C746" s="1" t="s">
+        <v>2847</v>
+      </c>
+      <c r="D746" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E746" s="3" t="s">
+        <v>2848</v>
+      </c>
+      <c r="F746" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G746" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="747" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A747" s="1" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B747" s="1" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C747" s="1" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D747" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E747" s="3" t="s">
+        <v>2852</v>
+      </c>
+      <c r="F747" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G747" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="748" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A748" s="1" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B748" s="1" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C748" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="D748" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E748" s="3" t="s">
+        <v>2856</v>
+      </c>
+      <c r="F748" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G748" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="749" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A749" s="1" t="s">
+        <v>2857</v>
+      </c>
+      <c r="B749" s="1" t="s">
+        <v>2858</v>
+      </c>
+      <c r="C749" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D749" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E749" s="3" t="s">
+        <v>2859</v>
+      </c>
+      <c r="F749" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G749" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="750" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A750" s="1" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B750" s="1" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C750" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D750" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E750" s="3" t="s">
+        <v>2862</v>
+      </c>
+      <c r="F750" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G750" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="751" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A751" s="1" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B751" s="1" t="s">
+        <v>2864</v>
+      </c>
+      <c r="C751" s="1" t="s">
+        <v>2865</v>
+      </c>
+      <c r="D751" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E751" s="3" t="s">
+        <v>2866</v>
+      </c>
+      <c r="F751" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G751" s="3" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="752" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A752" s="1" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B752" s="1" t="s">
+        <v>2868</v>
+      </c>
+      <c r="C752" s="1" t="s">
+        <v>2869</v>
+      </c>
+      <c r="D752" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E752" s="3" t="s">
+        <v>2870</v>
+      </c>
+      <c r="F752" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G752" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="753" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A753" s="1" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B753" s="1" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C753" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="D753" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E753" s="3" t="s">
+        <v>2874</v>
+      </c>
+      <c r="F753" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G753" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="754" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A754" s="1" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B754" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C754" s="1" t="s">
+        <v>2877</v>
+      </c>
+      <c r="D754" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E754" s="3" t="s">
+        <v>2878</v>
+      </c>
+      <c r="F754" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G754" s="3" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="755" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A755" s="1" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B755" s="1" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C755" s="1" t="s">
+        <v>2881</v>
+      </c>
+      <c r="D755" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E755" s="3" t="s">
+        <v>2882</v>
+      </c>
+      <c r="F755" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G755" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="756" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A756" s="1" t="s">
+        <v>2883</v>
+      </c>
+      <c r="B756" s="1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="C756" s="1" t="s">
+        <v>2885</v>
+      </c>
+      <c r="D756" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E756" s="3" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F756" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G756" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="757" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A757" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="B757" s="1" t="s">
+        <v>2888</v>
+      </c>
+      <c r="C757" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D757" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E757" s="3" t="s">
+        <v>2889</v>
+      </c>
+      <c r="F757" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G757" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="758" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A758" s="1" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B758" s="1" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C758" s="1" t="s">
+        <v>2203</v>
+      </c>
+      <c r="D758" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E758" s="3" t="s">
+        <v>2892</v>
+      </c>
+      <c r="F758" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G758" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="759" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A759" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B759" s="1" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C759" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D759" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E759" s="3" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F759" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G759" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="760" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A760" s="1" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B760" s="1" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C760" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="D760" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E760" s="3" t="s">
+        <v>2898</v>
+      </c>
+      <c r="F760" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G760" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="761" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A761" s="1" t="s">
+        <v>2899</v>
+      </c>
+      <c r="B761" s="1" t="s">
+        <v>2900</v>
+      </c>
+      <c r="C761" s="1" t="s">
+        <v>2901</v>
+      </c>
+      <c r="D761" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E761" s="3" t="s">
+        <v>2902</v>
+      </c>
+      <c r="F761" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G761" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="762" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A762" s="1" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B762" s="1" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C762" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="D762" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E762" s="3" t="s">
+        <v>2905</v>
+      </c>
+      <c r="F762" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G762" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="763" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A763" s="1" t="s">
+        <v>2906</v>
+      </c>
+      <c r="B763" s="1" t="s">
+        <v>2907</v>
+      </c>
+      <c r="C763" s="1" t="s">
+        <v>2908</v>
+      </c>
+      <c r="D763" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E763" s="3" t="s">
+        <v>2909</v>
+      </c>
+      <c r="F763" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G763" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="764" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A764" s="1" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B764" s="1" t="s">
+        <v>2911</v>
+      </c>
+      <c r="C764" s="1" t="s">
+        <v>2912</v>
+      </c>
+      <c r="D764" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E764" s="3" t="s">
+        <v>2913</v>
+      </c>
+      <c r="F764" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G764" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="765" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A765" s="1" t="s">
+        <v>2914</v>
+      </c>
+      <c r="B765" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="C765" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D765" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E765" s="3" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F765" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G765" s="3" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="766" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A766" s="1" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B766" s="1" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C766" s="1" t="s">
+        <v>2919</v>
+      </c>
+      <c r="D766" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E766" s="3" t="s">
+        <v>2920</v>
+      </c>
+      <c r="F766" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G766" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="767" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A767" s="1" t="s">
+        <v>2921</v>
+      </c>
+      <c r="B767" s="1" t="s">
+        <v>2922</v>
+      </c>
+      <c r="C767" s="1" t="s">
+        <v>2923</v>
+      </c>
+      <c r="D767" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E767" s="3" t="s">
+        <v>2924</v>
+      </c>
+      <c r="F767" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G767" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="768" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A768" s="1" t="s">
+        <v>2925</v>
+      </c>
+      <c r="B768" s="1" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C768" s="1" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D768" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E768" s="3" t="s">
+        <v>2928</v>
+      </c>
+      <c r="F768" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G768" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="769" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A769" s="1" t="s">
+        <v>2929</v>
+      </c>
+      <c r="B769" s="1" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C769" s="1" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D769" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E769" s="3" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F769" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G769" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="770" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A770" s="1" t="s">
+        <v>2932</v>
+      </c>
+      <c r="B770" s="1" t="s">
+        <v>2933</v>
+      </c>
+      <c r="C770" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D770" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E770" s="3" t="s">
+        <v>2935</v>
+      </c>
+      <c r="F770" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G770" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="771" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A771" s="1" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B771" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="C771" s="1" t="s">
+        <v>2938</v>
+      </c>
+      <c r="D771" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E771" s="3" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F771" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G771" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="772" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A772" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="B772" s="1" t="s">
+        <v>2941</v>
+      </c>
+      <c r="C772" s="1" t="s">
+        <v>2942</v>
+      </c>
+      <c r="D772" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E772" s="3" t="s">
+        <v>2943</v>
+      </c>
+      <c r="F772" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G772" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="773" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A773" s="1" t="s">
+        <v>2944</v>
+      </c>
+      <c r="B773" s="1" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C773" s="1" t="s">
+        <v>2946</v>
+      </c>
+      <c r="D773" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E773" s="3" t="s">
+        <v>2947</v>
+      </c>
+      <c r="F773" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G773" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="774" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A774" s="1" t="s">
+        <v>2948</v>
+      </c>
+      <c r="B774" s="1" t="s">
+        <v>2949</v>
+      </c>
+      <c r="C774" s="1" t="s">
+        <v>2950</v>
+      </c>
+      <c r="D774" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E774" s="3" t="s">
+        <v>2951</v>
+      </c>
+      <c r="F774" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G774" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="775" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A775" s="1" t="s">
+        <v>2952</v>
+      </c>
+      <c r="B775" s="1" t="s">
+        <v>2953</v>
+      </c>
+      <c r="C775" s="1" t="s">
+        <v>2954</v>
+      </c>
+      <c r="D775" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E775" s="3" t="s">
+        <v>2955</v>
+      </c>
+      <c r="F775" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G775" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="776" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A776" s="1" t="s">
+        <v>2956</v>
+      </c>
+      <c r="B776" s="1" t="s">
+        <v>2957</v>
+      </c>
+      <c r="C776" s="1" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D776" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E776" s="3" t="s">
+        <v>2959</v>
+      </c>
+      <c r="F776" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G776" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="777" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A777" s="1" t="s">
+        <v>2960</v>
+      </c>
+      <c r="B777" s="1" t="s">
+        <v>2961</v>
+      </c>
+      <c r="C777" s="1" t="s">
+        <v>2961</v>
+      </c>
+      <c r="D777" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E777" s="3" t="s">
+        <v>2962</v>
+      </c>
+      <c r="F777" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G777" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="778" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A778" s="1" t="s">
+        <v>2963</v>
+      </c>
+      <c r="B778" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="C778" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="D778" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E778" s="3" t="s">
+        <v>2965</v>
+      </c>
+      <c r="F778" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G778" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="779" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A779" s="1" t="s">
+        <v>2966</v>
+      </c>
+      <c r="B779" s="1" t="s">
+        <v>2967</v>
+      </c>
+      <c r="C779" s="1" t="s">
+        <v>2967</v>
+      </c>
+      <c r="D779" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E779" s="3" t="s">
+        <v>2968</v>
+      </c>
+      <c r="F779" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G779" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="780" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A780" s="1" t="s">
+        <v>2969</v>
+      </c>
+      <c r="B780" s="1" t="s">
+        <v>2970</v>
+      </c>
+      <c r="C780" s="1" t="s">
+        <v>2971</v>
+      </c>
+      <c r="D780" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E780" s="3" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F780" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G780" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="781" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A781" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="B781" s="1" t="s">
+        <v>2974</v>
+      </c>
+      <c r="C781" s="1" t="s">
+        <v>2975</v>
+      </c>
+      <c r="D781" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E781" s="3" t="s">
+        <v>2976</v>
+      </c>
+      <c r="F781" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G781" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="782" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A782" s="1" t="s">
+        <v>2977</v>
+      </c>
+      <c r="B782" s="1" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C782" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="D782" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E782" s="3" t="s">
+        <v>2980</v>
+      </c>
+      <c r="F782" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G782" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="783" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A783" s="1" t="s">
+        <v>2981</v>
+      </c>
+      <c r="B783" s="1" t="s">
+        <v>2982</v>
+      </c>
+      <c r="C783" s="1" t="s">
+        <v>2983</v>
+      </c>
+      <c r="D783" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E783" s="3" t="s">
+        <v>2984</v>
+      </c>
+      <c r="F783" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G783" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="784" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A784" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="B784" s="1" t="s">
+        <v>2986</v>
+      </c>
+      <c r="C784" s="1" t="s">
+        <v>2987</v>
+      </c>
+      <c r="D784" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E784" s="3" t="s">
+        <v>2988</v>
+      </c>
+      <c r="F784" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G784" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="785" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A785" s="1" t="s">
+        <v>2989</v>
+      </c>
+      <c r="B785" s="1" t="s">
+        <v>2990</v>
+      </c>
+      <c r="C785" s="1" t="s">
+        <v>2991</v>
+      </c>
+      <c r="D785" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E785" s="3" t="s">
+        <v>2992</v>
+      </c>
+      <c r="F785" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G785" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="786" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A786" s="1" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B786" s="1" t="s">
+        <v>2994</v>
+      </c>
+      <c r="C786" s="1" t="s">
         <v>2633</v>
       </c>
-      <c r="B689" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C689" s="1" t="s">
+      <c r="D786" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E786" s="3" t="s">
+        <v>2995</v>
+      </c>
+      <c r="F786" s="3" t="s">
         <v>2635</v>
       </c>
-      <c r="D689" s="1" t="s">
-[...2238 lines deleted...]
-      </c>
       <c r="G786" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="787" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="787" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A787" s="1" t="s">
-        <v>2993</v>
+        <v>2996</v>
       </c>
       <c r="B787" s="1" t="s">
-        <v>2994</v>
+        <v>2997</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>2995</v>
+        <v>2998</v>
       </c>
       <c r="D787" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E787" s="3" t="s">
-        <v>2996</v>
+        <v>2999</v>
       </c>
       <c r="F787" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G787" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="788" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="788" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A788" s="1" t="s">
-        <v>2997</v>
+        <v>3000</v>
       </c>
       <c r="B788" s="1" t="s">
-        <v>2998</v>
+        <v>3001</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>2999</v>
+        <v>3002</v>
       </c>
       <c r="D788" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E788" s="3" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="F788" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G788" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="789" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="789" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A789" s="1" t="s">
-        <v>3001</v>
+        <v>3004</v>
       </c>
       <c r="B789" s="1" t="s">
-        <v>3002</v>
+        <v>3005</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>3003</v>
+        <v>3006</v>
       </c>
       <c r="D789" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E789" s="3" t="s">
-        <v>3004</v>
+        <v>3007</v>
       </c>
       <c r="F789" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G789" s="3" t="s">
-        <v>2048</v>
-[...2 lines deleted...]
-    <row r="790" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="790" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A790" s="1" t="s">
-        <v>3005</v>
+        <v>3008</v>
       </c>
       <c r="B790" s="1" t="s">
-        <v>3006</v>
+        <v>3009</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>3007</v>
+        <v>3010</v>
       </c>
       <c r="D790" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E790" s="3" t="s">
-        <v>3008</v>
+        <v>3011</v>
       </c>
       <c r="F790" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G790" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="791" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="791" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A791" s="1" t="s">
-        <v>3009</v>
+        <v>3012</v>
       </c>
       <c r="B791" s="1" t="s">
-        <v>3010</v>
+        <v>3013</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>3011</v>
+        <v>3014</v>
       </c>
       <c r="D791" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E791" s="3" t="s">
-        <v>3012</v>
+        <v>3015</v>
       </c>
       <c r="F791" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G791" s="3" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="792" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="792" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A792" s="1" t="s">
-        <v>3013</v>
+        <v>3016</v>
       </c>
       <c r="B792" s="1" t="s">
-        <v>3014</v>
+        <v>3017</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>3015</v>
+        <v>3018</v>
       </c>
       <c r="D792" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E792" s="3" t="s">
-        <v>3016</v>
+        <v>3019</v>
       </c>
       <c r="F792" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G792" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="793" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="793" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A793" s="1" t="s">
-        <v>3017</v>
+        <v>3020</v>
       </c>
       <c r="B793" s="1" t="s">
-        <v>3018</v>
+        <v>3021</v>
       </c>
       <c r="C793" s="1" t="s">
-        <v>3019</v>
+        <v>3022</v>
       </c>
       <c r="D793" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E793" s="3" t="s">
-        <v>3020</v>
+        <v>3023</v>
       </c>
       <c r="F793" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G793" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="794" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="794" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A794" s="1" t="s">
-        <v>3021</v>
+        <v>3024</v>
       </c>
       <c r="B794" s="1" t="s">
-        <v>3022</v>
+        <v>3025</v>
       </c>
       <c r="C794" s="1" t="s">
-        <v>3023</v>
+        <v>3026</v>
       </c>
       <c r="D794" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E794" s="3" t="s">
-        <v>3024</v>
+        <v>3027</v>
       </c>
       <c r="F794" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G794" s="3" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="795" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="795" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A795" s="1" t="s">
-        <v>3025</v>
+        <v>3028</v>
       </c>
       <c r="B795" s="1" t="s">
-        <v>3026</v>
+        <v>3029</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>3027</v>
+        <v>3030</v>
       </c>
       <c r="D795" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E795" s="3" t="s">
-        <v>3028</v>
+        <v>3031</v>
       </c>
       <c r="F795" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G795" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="796" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="796" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A796" s="1" t="s">
-        <v>3029</v>
+        <v>3032</v>
       </c>
       <c r="B796" s="1" t="s">
-        <v>3030</v>
+        <v>3033</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>3027</v>
+        <v>3034</v>
       </c>
       <c r="D796" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E796" s="3" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="F796" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G796" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="797" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="797" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A797" s="1" t="s">
-        <v>3032</v>
+        <v>3036</v>
       </c>
       <c r="B797" s="1" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>3034</v>
+        <v>3038</v>
       </c>
       <c r="D797" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E797" s="3" t="s">
-        <v>3035</v>
+        <v>3039</v>
       </c>
       <c r="F797" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G797" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="798" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="798" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A798" s="1" t="s">
-        <v>3036</v>
+        <v>3040</v>
       </c>
       <c r="B798" s="1" t="s">
-        <v>3037</v>
+        <v>3041</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>3038</v>
+        <v>3042</v>
       </c>
       <c r="D798" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E798" s="3" t="s">
-        <v>3039</v>
+        <v>3043</v>
       </c>
       <c r="F798" s="3" t="s">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="G798" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="799" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="799" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A799" s="1" t="s">
-        <v>3040</v>
+        <v>3044</v>
       </c>
       <c r="B799" s="1" t="s">
-        <v>3041</v>
+        <v>3045</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>3042</v>
+        <v>3046</v>
       </c>
       <c r="D799" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E799" s="3" t="s">
-        <v>3043</v>
+        <v>3047</v>
       </c>
       <c r="F799" s="3" t="s">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="G799" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="800" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="800" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A800" s="1" t="s">
-        <v>3044</v>
+        <v>3048</v>
       </c>
       <c r="B800" s="1" t="s">
-        <v>3045</v>
+        <v>3049</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>3046</v>
+        <v>3050</v>
       </c>
       <c r="D800" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E800" s="3" t="s">
-        <v>3047</v>
+        <v>3051</v>
       </c>
       <c r="F800" s="3" t="s">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="G800" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="801" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="801" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A801" s="1" t="s">
-        <v>3048</v>
+        <v>3052</v>
       </c>
       <c r="B801" s="1" t="s">
-        <v>3049</v>
+        <v>3053</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>3050</v>
+        <v>3054</v>
       </c>
       <c r="D801" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E801" s="3" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
       <c r="F801" s="3" t="s">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="G801" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="802" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="802" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A802" s="1" t="s">
-        <v>3052</v>
+        <v>3056</v>
       </c>
       <c r="B802" s="1" t="s">
-        <v>3053</v>
+        <v>3057</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>3054</v>
+        <v>3058</v>
       </c>
       <c r="D802" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E802" s="3" t="s">
-        <v>3055</v>
+        <v>3059</v>
       </c>
       <c r="F802" s="3" t="s">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="G802" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="803" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="803" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A803" s="1" t="s">
-        <v>3056</v>
+        <v>3060</v>
       </c>
       <c r="B803" s="1" t="s">
-        <v>3057</v>
+        <v>3061</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>3058</v>
+        <v>3062</v>
       </c>
       <c r="D803" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E803" s="3" t="s">
-        <v>3059</v>
+        <v>3063</v>
       </c>
       <c r="F803" s="3" t="s">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="G803" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="804" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="804" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A804" s="1" t="s">
-        <v>3060</v>
+        <v>3064</v>
       </c>
       <c r="B804" s="1" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
       <c r="C804" s="1" t="s">
         <v>3062</v>
       </c>
       <c r="D804" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E804" s="3" t="s">
-        <v>3063</v>
+        <v>3066</v>
       </c>
       <c r="F804" s="3" t="s">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="G804" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="805" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="805" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A805" s="1" t="s">
-        <v>3064</v>
+        <v>3067</v>
       </c>
       <c r="B805" s="1" t="s">
-        <v>3065</v>
+        <v>3068</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>3066</v>
+        <v>3069</v>
       </c>
       <c r="D805" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E805" s="3" t="s">
-        <v>3067</v>
+        <v>3070</v>
       </c>
       <c r="F805" s="3" t="s">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="G805" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="806" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="806" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A806" s="1" t="s">
-        <v>3068</v>
+        <v>3071</v>
       </c>
       <c r="B806" s="1" t="s">
-        <v>3069</v>
+        <v>3072</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>3070</v>
+        <v>3073</v>
       </c>
       <c r="D806" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E806" s="3" t="s">
-        <v>3071</v>
+        <v>3074</v>
       </c>
       <c r="F806" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G806" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="807" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="807" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A807" s="1" t="s">
-        <v>3072</v>
+        <v>3075</v>
       </c>
       <c r="B807" s="1" t="s">
-        <v>3073</v>
+        <v>3076</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>3073</v>
+        <v>3077</v>
       </c>
       <c r="D807" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E807" s="3" t="s">
-        <v>3074</v>
+        <v>3078</v>
       </c>
       <c r="F807" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G807" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="808" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="808" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A808" s="1" t="s">
-        <v>3075</v>
+        <v>3079</v>
       </c>
       <c r="B808" s="1" t="s">
-        <v>3076</v>
+        <v>3080</v>
       </c>
       <c r="C808" s="1" t="s">
-        <v>3077</v>
+        <v>3081</v>
       </c>
       <c r="D808" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E808" s="3" t="s">
-        <v>3078</v>
+        <v>3082</v>
       </c>
       <c r="F808" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G808" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="809" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="809" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A809" s="1" t="s">
-        <v>3079</v>
+        <v>3083</v>
       </c>
       <c r="B809" s="1" t="s">
-        <v>3080</v>
+        <v>3084</v>
       </c>
       <c r="C809" s="1" t="s">
-        <v>3081</v>
+        <v>3085</v>
       </c>
       <c r="D809" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E809" s="3" t="s">
-        <v>3082</v>
+        <v>3086</v>
       </c>
       <c r="F809" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G809" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="810" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="810" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A810" s="1" t="s">
-        <v>3083</v>
+        <v>3087</v>
       </c>
       <c r="B810" s="1" t="s">
-        <v>3084</v>
+        <v>3088</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>3085</v>
+        <v>3089</v>
       </c>
       <c r="D810" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E810" s="3" t="s">
-        <v>3086</v>
+        <v>3090</v>
       </c>
       <c r="F810" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G810" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="811" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="811" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A811" s="1" t="s">
-        <v>3087</v>
+        <v>3091</v>
       </c>
       <c r="B811" s="1" t="s">
-        <v>3088</v>
+        <v>3092</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>3089</v>
+        <v>3093</v>
       </c>
       <c r="D811" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E811" s="3" t="s">
-        <v>3090</v>
+        <v>3094</v>
       </c>
       <c r="F811" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G811" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="812" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="812" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A812" s="1" t="s">
-        <v>3091</v>
+        <v>3095</v>
       </c>
       <c r="B812" s="1" t="s">
-        <v>3092</v>
+        <v>3096</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>3093</v>
+        <v>3097</v>
       </c>
       <c r="D812" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E812" s="3" t="s">
-        <v>3094</v>
+        <v>3098</v>
       </c>
       <c r="F812" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G812" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="813" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="813" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A813" s="1" t="s">
-        <v>3095</v>
+        <v>3099</v>
       </c>
       <c r="B813" s="1" t="s">
-        <v>3096</v>
+        <v>3100</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>3097</v>
+        <v>3101</v>
       </c>
       <c r="D813" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E813" s="3" t="s">
-        <v>3098</v>
+        <v>3102</v>
       </c>
       <c r="F813" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G813" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="814" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="814" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A814" s="1" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="B814" s="1" t="s">
-        <v>3100</v>
+        <v>3104</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>3101</v>
+        <v>3105</v>
       </c>
       <c r="D814" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E814" s="3" t="s">
-        <v>3102</v>
+        <v>3106</v>
       </c>
       <c r="F814" s="3" t="s">
-        <v>201</v>
+        <v>773</v>
       </c>
       <c r="G814" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="815" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="815" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A815" s="1" t="s">
-        <v>3103</v>
+        <v>3107</v>
       </c>
       <c r="B815" s="1" t="s">
-        <v>3104</v>
+        <v>3108</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>3105</v>
+        <v>3109</v>
       </c>
       <c r="D815" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E815" s="3" t="s">
-        <v>3106</v>
+        <v>3110</v>
       </c>
       <c r="F815" s="3" t="s">
-        <v>201</v>
+        <v>773</v>
       </c>
       <c r="G815" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="816" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="816" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A816" s="1" t="s">
-        <v>3107</v>
+        <v>3111</v>
       </c>
       <c r="B816" s="1" t="s">
-        <v>3108</v>
+        <v>3112</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>3108</v>
+        <v>3113</v>
       </c>
       <c r="D816" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E816" s="3" t="s">
-        <v>3109</v>
+        <v>3114</v>
       </c>
       <c r="F816" s="3" t="s">
-        <v>3110</v>
+        <v>773</v>
       </c>
       <c r="G816" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="817" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="817" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A817" s="1" t="s">
-        <v>3111</v>
+        <v>3115</v>
       </c>
       <c r="B817" s="1" t="s">
-        <v>3112</v>
+        <v>3116</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>3113</v>
+        <v>3116</v>
       </c>
       <c r="D817" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E817" s="3" t="s">
-        <v>3114</v>
+        <v>3117</v>
       </c>
       <c r="F817" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G817" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="818" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="818" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A818" s="1" t="s">
-        <v>3115</v>
+        <v>3118</v>
       </c>
       <c r="B818" s="1" t="s">
-        <v>3116</v>
+        <v>3119</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>3117</v>
+        <v>3120</v>
       </c>
       <c r="D818" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E818" s="3" t="s">
-        <v>3118</v>
+        <v>3121</v>
       </c>
       <c r="F818" s="3" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="G818" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="819" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="819" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A819" s="1" t="s">
-        <v>3119</v>
+        <v>3122</v>
       </c>
       <c r="B819" s="1" t="s">
-        <v>3120</v>
+        <v>3123</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>3121</v>
+        <v>3124</v>
       </c>
       <c r="D819" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E819" s="3" t="s">
-        <v>3122</v>
+        <v>3125</v>
       </c>
       <c r="F819" s="3" t="s">
-        <v>1884</v>
+        <v>17</v>
       </c>
       <c r="G819" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="820" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="820" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A820" s="1" t="s">
-        <v>3123</v>
+        <v>3126</v>
       </c>
       <c r="B820" s="1" t="s">
-        <v>3124</v>
+        <v>3127</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>3125</v>
+        <v>3128</v>
       </c>
       <c r="D820" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E820" s="3" t="s">
-        <v>3126</v>
+        <v>3129</v>
       </c>
       <c r="F820" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G820" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="821" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="821" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A821" s="1" t="s">
-        <v>3127</v>
+        <v>3130</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>3128</v>
+        <v>3131</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>3129</v>
+        <v>3132</v>
       </c>
       <c r="D821" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E821" s="3" t="s">
-        <v>3130</v>
+        <v>3133</v>
       </c>
       <c r="F821" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G821" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="822" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="822" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A822" s="1" t="s">
-        <v>3131</v>
+        <v>3134</v>
       </c>
       <c r="B822" s="1" t="s">
-        <v>3132</v>
+        <v>3135</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>3133</v>
+        <v>3136</v>
       </c>
       <c r="D822" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E822" s="3" t="s">
-        <v>3134</v>
+        <v>3137</v>
       </c>
       <c r="F822" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G822" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="823" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="823" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A823" s="1" t="s">
-        <v>3135</v>
+        <v>3138</v>
       </c>
       <c r="B823" s="1" t="s">
-        <v>3136</v>
+        <v>3139</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>3137</v>
+        <v>3140</v>
       </c>
       <c r="D823" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E823" s="3" t="s">
-        <v>3138</v>
+        <v>3141</v>
       </c>
       <c r="F823" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G823" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="824" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="824" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A824" s="1" t="s">
-        <v>3139</v>
+        <v>3142</v>
       </c>
       <c r="B824" s="1" t="s">
-        <v>3140</v>
+        <v>3143</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>3141</v>
+        <v>3144</v>
       </c>
       <c r="D824" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E824" s="3" t="s">
-        <v>3142</v>
+        <v>3145</v>
       </c>
       <c r="F824" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G824" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="825" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="825" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A825" s="1" t="s">
-        <v>3143</v>
+        <v>3146</v>
       </c>
       <c r="B825" s="1" t="s">
-        <v>3144</v>
+        <v>3147</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>3145</v>
+        <v>3148</v>
       </c>
       <c r="D825" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E825" s="3" t="s">
-        <v>3146</v>
+        <v>3149</v>
       </c>
       <c r="F825" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G825" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="826" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="826" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A826" s="1" t="s">
-        <v>3147</v>
+        <v>3150</v>
       </c>
       <c r="B826" s="1" t="s">
-        <v>3148</v>
+        <v>3151</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>3149</v>
+        <v>3152</v>
       </c>
       <c r="D826" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E826" s="3" t="s">
-        <v>3150</v>
+        <v>3153</v>
       </c>
       <c r="F826" s="3" t="s">
-        <v>1884</v>
+        <v>254</v>
       </c>
       <c r="G826" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="827" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="827" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A827" s="1" t="s">
-        <v>3151</v>
+        <v>3154</v>
       </c>
       <c r="B827" s="1" t="s">
-        <v>3152</v>
+        <v>3155</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>3153</v>
+        <v>3155</v>
       </c>
       <c r="D827" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E827" s="3" t="s">
-        <v>3154</v>
+        <v>3156</v>
       </c>
       <c r="F827" s="3" t="s">
-        <v>1884</v>
+        <v>3157</v>
       </c>
       <c r="G827" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="828" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="828" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A828" s="1" t="s">
-        <v>3155</v>
+        <v>3158</v>
       </c>
       <c r="B828" s="1" t="s">
-        <v>3156</v>
+        <v>3159</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>3157</v>
+        <v>3160</v>
       </c>
       <c r="D828" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E828" s="3" t="s">
-        <v>3158</v>
+        <v>3161</v>
       </c>
       <c r="F828" s="3" t="s">
-        <v>1884</v>
+        <v>17</v>
       </c>
       <c r="G828" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="829" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="829" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A829" s="1" t="s">
-        <v>3159</v>
+        <v>3162</v>
       </c>
       <c r="B829" s="1" t="s">
-        <v>3160</v>
+        <v>3163</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>3161</v>
+        <v>3164</v>
       </c>
       <c r="D829" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E829" s="3" t="s">
-        <v>3162</v>
+        <v>3165</v>
       </c>
       <c r="F829" s="3" t="s">
-        <v>1884</v>
+        <v>17</v>
       </c>
       <c r="G829" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="830" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="830" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A830" s="1" t="s">
-        <v>3163</v>
+        <v>3166</v>
       </c>
       <c r="B830" s="1" t="s">
-        <v>3164</v>
+        <v>3167</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>3165</v>
+        <v>3168</v>
       </c>
       <c r="D830" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E830" s="3" t="s">
-        <v>3166</v>
+        <v>3169</v>
       </c>
       <c r="F830" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G830" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="831" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="831" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A831" s="1" t="s">
-        <v>3167</v>
+        <v>3170</v>
       </c>
       <c r="B831" s="1" t="s">
-        <v>3168</v>
+        <v>3171</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>3169</v>
+        <v>3172</v>
       </c>
       <c r="D831" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E831" s="3" t="s">
-        <v>3170</v>
+        <v>3173</v>
       </c>
       <c r="F831" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G831" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="832" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="832" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A832" s="1" t="s">
-        <v>3171</v>
+        <v>3174</v>
       </c>
       <c r="B832" s="1" t="s">
-        <v>3172</v>
+        <v>3175</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>3173</v>
+        <v>3176</v>
       </c>
       <c r="D832" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E832" s="3" t="s">
-        <v>3174</v>
+        <v>3177</v>
       </c>
       <c r="F832" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G832" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="833" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="833" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A833" s="1" t="s">
-        <v>3175</v>
+        <v>3178</v>
       </c>
       <c r="B833" s="1" t="s">
-        <v>3176</v>
+        <v>3179</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>3177</v>
+        <v>3180</v>
       </c>
       <c r="D833" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E833" s="3" t="s">
-        <v>3178</v>
+        <v>3181</v>
       </c>
       <c r="F833" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G833" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="834" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="834" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A834" s="1" t="s">
-        <v>3179</v>
+        <v>3182</v>
       </c>
       <c r="B834" s="1" t="s">
-        <v>3180</v>
+        <v>3183</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>3181</v>
+        <v>3184</v>
       </c>
       <c r="D834" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E834" s="3" t="s">
-        <v>3182</v>
+        <v>3185</v>
       </c>
       <c r="F834" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G834" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="835" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="835" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A835" s="1" t="s">
-        <v>3183</v>
+        <v>3186</v>
       </c>
       <c r="B835" s="1" t="s">
-        <v>3184</v>
+        <v>3187</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>3185</v>
+        <v>3188</v>
       </c>
       <c r="D835" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E835" s="3" t="s">
-        <v>3186</v>
+        <v>3189</v>
       </c>
       <c r="F835" s="3" t="s">
-        <v>14</v>
+        <v>1900</v>
       </c>
       <c r="G835" s="3" t="s">
-        <v>3187</v>
-[...2 lines deleted...]
-    <row r="836" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="836" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A836" s="1" t="s">
-        <v>3188</v>
+        <v>3190</v>
       </c>
       <c r="B836" s="1" t="s">
-        <v>3189</v>
+        <v>3191</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>3190</v>
+        <v>3192</v>
       </c>
       <c r="D836" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E836" s="3" t="s">
-        <v>3191</v>
+        <v>3193</v>
       </c>
       <c r="F836" s="3" t="s">
-        <v>14</v>
+        <v>1900</v>
       </c>
       <c r="G836" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="837" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A837" s="1" t="s">
+        <v>3194</v>
+      </c>
+      <c r="B837" s="1" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C837" s="1" t="s">
+        <v>3196</v>
+      </c>
+      <c r="D837" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E837" s="3" t="s">
+        <v>3197</v>
+      </c>
+      <c r="F837" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G837" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="838" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A838" s="1" t="s">
+        <v>3198</v>
+      </c>
+      <c r="B838" s="1" t="s">
+        <v>3199</v>
+      </c>
+      <c r="C838" s="1" t="s">
+        <v>3200</v>
+      </c>
+      <c r="D838" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E838" s="3" t="s">
+        <v>3201</v>
+      </c>
+      <c r="F838" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G838" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="839" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A839" s="1" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B839" s="1" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C839" s="1" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D839" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E839" s="3" t="s">
+        <v>3205</v>
+      </c>
+      <c r="F839" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G839" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="840" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A840" s="1" t="s">
+        <v>3206</v>
+      </c>
+      <c r="B840" s="1" t="s">
+        <v>3207</v>
+      </c>
+      <c r="C840" s="1" t="s">
+        <v>3208</v>
+      </c>
+      <c r="D840" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E840" s="3" t="s">
+        <v>3209</v>
+      </c>
+      <c r="F840" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G840" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="841" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A841" s="1" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B841" s="1" t="s">
+        <v>3211</v>
+      </c>
+      <c r="C841" s="1" t="s">
+        <v>3212</v>
+      </c>
+      <c r="D841" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E841" s="3" t="s">
+        <v>3213</v>
+      </c>
+      <c r="F841" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G841" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="842" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A842" s="1" t="s">
+        <v>3214</v>
+      </c>
+      <c r="B842" s="1" t="s">
+        <v>3215</v>
+      </c>
+      <c r="C842" s="1" t="s">
+        <v>3216</v>
+      </c>
+      <c r="D842" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E842" s="3" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F842" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G842" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="843" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A843" s="1" t="s">
+        <v>3218</v>
+      </c>
+      <c r="B843" s="1" t="s">
+        <v>3219</v>
+      </c>
+      <c r="C843" s="1" t="s">
+        <v>3220</v>
+      </c>
+      <c r="D843" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E843" s="3" t="s">
+        <v>3221</v>
+      </c>
+      <c r="F843" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G843" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="844" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A844" s="1" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B844" s="1" t="s">
+        <v>3223</v>
+      </c>
+      <c r="C844" s="1" t="s">
+        <v>3224</v>
+      </c>
+      <c r="D844" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E844" s="3" t="s">
+        <v>3225</v>
+      </c>
+      <c r="F844" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G844" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="845" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A845" s="1" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B845" s="1" t="s">
+        <v>3227</v>
+      </c>
+      <c r="C845" s="1" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D845" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E845" s="3" t="s">
+        <v>3229</v>
+      </c>
+      <c r="F845" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G845" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="846" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A846" s="1" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B846" s="1" t="s">
+        <v>3231</v>
+      </c>
+      <c r="C846" s="1" t="s">
+        <v>3232</v>
+      </c>
+      <c r="D846" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E846" s="3" t="s">
+        <v>3233</v>
+      </c>
+      <c r="F846" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G846" s="3" t="s">
+        <v>3234</v>
+      </c>
+    </row>
+    <row r="847" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A847" s="1" t="s">
+        <v>3235</v>
+      </c>
+      <c r="B847" s="1" t="s">
+        <v>3236</v>
+      </c>
+      <c r="C847" s="1" t="s">
+        <v>3237</v>
+      </c>
+      <c r="D847" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E847" s="3" t="s">
+        <v>3238</v>
+      </c>
+      <c r="F847" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G847" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="848" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A848" s="1" t="s">
+        <v>3239</v>
+      </c>
+      <c r="B848" s="1" t="s">
+        <v>3240</v>
+      </c>
+      <c r="C848" s="1" t="s">
+        <v>3241</v>
+      </c>
+      <c r="D848" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E848" s="3" t="s">
+        <v>3242</v>
+      </c>
+      <c r="F848" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G848" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="837" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...275 lines deleted...]
-    <row r="849" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="849" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A849" s="1" t="s">
-        <v>3235</v>
+        <v>3243</v>
       </c>
       <c r="B849" s="1" t="s">
-        <v>3236</v>
+        <v>3244</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>3236</v>
+        <v>3245</v>
       </c>
       <c r="D849" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E849" s="3" t="s">
-        <v>3237</v>
+        <v>3246</v>
       </c>
       <c r="F849" s="3" t="s">
-        <v>20</v>
+        <v>1949</v>
       </c>
       <c r="G849" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="850" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="850" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A850" s="1" t="s">
-        <v>3238</v>
+        <v>3247</v>
       </c>
       <c r="B850" s="1" t="s">
-        <v>3239</v>
+        <v>3248</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>3240</v>
+        <v>3249</v>
       </c>
       <c r="D850" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E850" s="3" t="s">
-        <v>3241</v>
+        <v>3250</v>
       </c>
       <c r="F850" s="3" t="s">
-        <v>1215</v>
+        <v>1949</v>
       </c>
       <c r="G850" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="851" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="851" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A851" s="1" t="s">
-        <v>3242</v>
+        <v>3251</v>
       </c>
       <c r="B851" s="1" t="s">
-        <v>3243</v>
+        <v>3252</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>3244</v>
+        <v>3253</v>
       </c>
       <c r="D851" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E851" s="3" t="s">
-        <v>3245</v>
+        <v>3254</v>
       </c>
       <c r="F851" s="3" t="s">
-        <v>1215</v>
+        <v>17</v>
       </c>
       <c r="G851" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="852" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="852" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A852" s="1" t="s">
-        <v>3246</v>
+        <v>3255</v>
       </c>
       <c r="B852" s="1" t="s">
-        <v>3247</v>
+        <v>3256</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>3248</v>
+        <v>3257</v>
       </c>
       <c r="D852" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E852" s="3" t="s">
-        <v>3249</v>
+        <v>3258</v>
       </c>
       <c r="F852" s="3" t="s">
-        <v>1231</v>
+        <v>23</v>
       </c>
       <c r="G852" s="3" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="853" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="853" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A853" s="1" t="s">
-        <v>3250</v>
+        <v>3259</v>
       </c>
       <c r="B853" s="1" t="s">
-        <v>3251</v>
+        <v>3260</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>3248</v>
+        <v>3257</v>
       </c>
       <c r="D853" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E853" s="3" t="s">
-        <v>3252</v>
+        <v>3261</v>
       </c>
       <c r="F853" s="3" t="s">
-        <v>1231</v>
+        <v>23</v>
       </c>
       <c r="G853" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="854" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="854" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A854" s="1" t="s">
-        <v>3253</v>
+        <v>3262</v>
       </c>
       <c r="B854" s="1" t="s">
-        <v>3254</v>
+        <v>3263</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>3248</v>
+        <v>3257</v>
       </c>
       <c r="D854" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E854" s="3" t="s">
-        <v>3255</v>
+        <v>3264</v>
       </c>
       <c r="F854" s="3" t="s">
-        <v>1231</v>
+        <v>23</v>
       </c>
       <c r="G854" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="855" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="855" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A855" s="1" t="s">
-        <v>3256</v>
+        <v>3265</v>
       </c>
       <c r="B855" s="1" t="s">
+        <v>3266</v>
+      </c>
+      <c r="C855" s="1" t="s">
         <v>3257</v>
       </c>
-      <c r="C855" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D855" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E855" s="3" t="s">
-        <v>3258</v>
+        <v>3267</v>
       </c>
       <c r="F855" s="3" t="s">
-        <v>1231</v>
+        <v>23</v>
       </c>
       <c r="G855" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="856" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="856" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A856" s="1" t="s">
-        <v>3259</v>
+        <v>3268</v>
       </c>
       <c r="B856" s="1" t="s">
-        <v>3260</v>
+        <v>3269</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>3261</v>
+        <v>3257</v>
       </c>
       <c r="D856" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E856" s="3" t="s">
-        <v>3262</v>
+        <v>3270</v>
       </c>
       <c r="F856" s="3" t="s">
-        <v>240</v>
+        <v>23</v>
       </c>
       <c r="G856" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="857" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="857" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A857" s="1" t="s">
-        <v>3263</v>
+        <v>3271</v>
       </c>
       <c r="B857" s="1" t="s">
-        <v>3264</v>
+        <v>3272</v>
       </c>
       <c r="C857" s="1" t="s">
-        <v>1988</v>
+        <v>3273</v>
       </c>
       <c r="D857" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E857" s="3" t="s">
-        <v>3265</v>
+        <v>3274</v>
       </c>
       <c r="F857" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G857" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="858" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="858" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A858" s="1" t="s">
-        <v>3266</v>
+        <v>3275</v>
       </c>
       <c r="B858" s="1" t="s">
-        <v>3267</v>
+        <v>3276</v>
       </c>
       <c r="C858" s="1" t="s">
-        <v>1992</v>
+        <v>3277</v>
       </c>
       <c r="D858" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E858" s="3" t="s">
-        <v>3268</v>
+        <v>3278</v>
       </c>
       <c r="F858" s="3" t="s">
-        <v>688</v>
+        <v>773</v>
       </c>
       <c r="G858" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="859" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A859" s="1" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B859" s="1" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C859" s="1" t="s">
+        <v>3280</v>
+      </c>
+      <c r="D859" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E859" s="3" t="s">
+        <v>3281</v>
+      </c>
+      <c r="F859" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G859" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="860" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A860" s="1" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B860" s="1" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C860" s="1" t="s">
+        <v>3284</v>
+      </c>
+      <c r="D860" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E860" s="3" t="s">
+        <v>3285</v>
+      </c>
+      <c r="F860" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G860" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="859" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...45 lines deleted...]
-    <row r="861" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="861" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A861" s="1" t="s">
-        <v>3278</v>
+        <v>3286</v>
       </c>
       <c r="B861" s="1" t="s">
-        <v>3279</v>
+        <v>3287</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>3276</v>
+        <v>3288</v>
       </c>
       <c r="D861" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E861" s="3" t="s">
-        <v>3280</v>
+        <v>3289</v>
       </c>
       <c r="F861" s="3" t="s">
-        <v>3273</v>
+        <v>1224</v>
       </c>
       <c r="G861" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="862" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="862" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A862" s="1" t="s">
-        <v>3281</v>
+        <v>3290</v>
       </c>
       <c r="B862" s="1" t="s">
-        <v>3282</v>
+        <v>3291</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>3283</v>
+        <v>3292</v>
       </c>
       <c r="D862" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E862" s="3" t="s">
-        <v>3284</v>
+        <v>3293</v>
       </c>
       <c r="F862" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G862" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="863" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="863" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A863" s="1" t="s">
-        <v>3285</v>
+        <v>3294</v>
       </c>
       <c r="B863" s="1" t="s">
-        <v>3286</v>
+        <v>3295</v>
       </c>
       <c r="C863" s="1" t="s">
-        <v>3287</v>
+        <v>3292</v>
       </c>
       <c r="D863" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E863" s="3" t="s">
-        <v>3288</v>
+        <v>3296</v>
       </c>
       <c r="F863" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G863" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="864" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="864" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A864" s="1" t="s">
-        <v>3289</v>
+        <v>3297</v>
       </c>
       <c r="B864" s="1" t="s">
-        <v>3290</v>
+        <v>3298</v>
       </c>
       <c r="C864" s="1" t="s">
-        <v>3291</v>
+        <v>3299</v>
       </c>
       <c r="D864" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E864" s="3" t="s">
+        <v>3300</v>
+      </c>
+      <c r="F864" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="G864" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="865" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A865" s="1" t="s">
+        <v>3301</v>
+      </c>
+      <c r="B865" s="1" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C865" s="1" t="s">
         <v>3292</v>
       </c>
-      <c r="F864" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D865" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E865" s="3" t="s">
-        <v>3296</v>
+        <v>3303</v>
       </c>
       <c r="F865" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G865" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="866" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="866" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A866" s="1" t="s">
-        <v>3297</v>
+        <v>3304</v>
       </c>
       <c r="B866" s="1" t="s">
-        <v>3298</v>
+        <v>3305</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>3299</v>
+        <v>3292</v>
       </c>
       <c r="D866" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E866" s="3" t="s">
-        <v>3300</v>
+        <v>3306</v>
       </c>
       <c r="F866" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G866" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="867" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="867" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A867" s="1" t="s">
-        <v>3301</v>
+        <v>3307</v>
       </c>
       <c r="B867" s="1" t="s">
-        <v>3302</v>
+        <v>3308</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>3303</v>
+        <v>3309</v>
       </c>
       <c r="D867" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E867" s="3" t="s">
-        <v>3304</v>
+        <v>3310</v>
       </c>
       <c r="F867" s="3" t="s">
-        <v>3273</v>
+        <v>431</v>
       </c>
       <c r="G867" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="868" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="868" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A868" s="1" t="s">
-        <v>3305</v>
+        <v>3311</v>
       </c>
       <c r="B868" s="1" t="s">
-        <v>3306</v>
+        <v>3312</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>3307</v>
+        <v>2000</v>
       </c>
       <c r="D868" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E868" s="3" t="s">
-        <v>3308</v>
+        <v>3313</v>
       </c>
       <c r="F868" s="3" t="s">
-        <v>3273</v>
+        <v>773</v>
       </c>
       <c r="G868" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="869" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="869" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A869" s="1" t="s">
-        <v>3309</v>
+        <v>3314</v>
       </c>
       <c r="B869" s="1" t="s">
-        <v>3310</v>
+        <v>3315</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>3311</v>
+        <v>2004</v>
       </c>
       <c r="D869" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E869" s="3" t="s">
-        <v>3312</v>
+        <v>3316</v>
       </c>
       <c r="F869" s="3" t="s">
-        <v>3273</v>
+        <v>773</v>
       </c>
       <c r="G869" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="870" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="870" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A870" s="1" t="s">
-        <v>3313</v>
+        <v>3317</v>
       </c>
       <c r="B870" s="1" t="s">
-        <v>3314</v>
+        <v>3318</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>3315</v>
+        <v>3319</v>
       </c>
       <c r="D870" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E870" s="3" t="s">
-        <v>3316</v>
+        <v>3320</v>
       </c>
       <c r="F870" s="3" t="s">
-        <v>3273</v>
+        <v>3321</v>
       </c>
       <c r="G870" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="871" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="871" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A871" s="1" t="s">
-        <v>3317</v>
+        <v>3322</v>
       </c>
       <c r="B871" s="1" t="s">
-        <v>3318</v>
+        <v>3323</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>3319</v>
+        <v>3324</v>
       </c>
       <c r="D871" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E871" s="3" t="s">
-        <v>3320</v>
+        <v>3325</v>
       </c>
       <c r="F871" s="3" t="s">
-        <v>3273</v>
+        <v>3321</v>
       </c>
       <c r="G871" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="872" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="872" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A872" s="1" t="s">
+        <v>3326</v>
+      </c>
+      <c r="B872" s="1" t="s">
+        <v>3327</v>
+      </c>
+      <c r="C872" s="1" t="s">
+        <v>3324</v>
+      </c>
+      <c r="D872" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E872" s="3" t="s">
+        <v>3328</v>
+      </c>
+      <c r="F872" s="3" t="s">
         <v>3321</v>
       </c>
-      <c r="B872" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G872" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="873" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="873" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A873" s="1" t="s">
-        <v>3324</v>
+        <v>3329</v>
       </c>
       <c r="B873" s="1" t="s">
-        <v>3325</v>
+        <v>3330</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>3326</v>
+        <v>3331</v>
       </c>
       <c r="D873" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E873" s="3" t="s">
-        <v>3327</v>
+        <v>3332</v>
       </c>
       <c r="F873" s="3" t="s">
-        <v>3273</v>
+        <v>3321</v>
       </c>
       <c r="G873" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="874" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="874" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A874" s="1" t="s">
-        <v>3328</v>
+        <v>3333</v>
       </c>
       <c r="B874" s="1" t="s">
-        <v>3329</v>
+        <v>3334</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>3330</v>
+        <v>3335</v>
       </c>
       <c r="D874" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E874" s="3" t="s">
-        <v>3331</v>
+        <v>3336</v>
       </c>
       <c r="F874" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G874" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="875" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="875" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A875" s="1" t="s">
-        <v>3332</v>
+        <v>3337</v>
       </c>
       <c r="B875" s="1" t="s">
-        <v>3333</v>
+        <v>3338</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>3334</v>
+        <v>3339</v>
       </c>
       <c r="D875" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E875" s="3" t="s">
-        <v>3335</v>
+        <v>3340</v>
       </c>
       <c r="F875" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G875" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="876" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="876" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A876" s="1" t="s">
-        <v>3336</v>
+        <v>3341</v>
       </c>
       <c r="B876" s="1" t="s">
-        <v>3337</v>
+        <v>3342</v>
       </c>
       <c r="C876" s="1" t="s">
-        <v>3338</v>
+        <v>3343</v>
       </c>
       <c r="D876" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E876" s="3" t="s">
-        <v>3339</v>
+        <v>3344</v>
       </c>
       <c r="F876" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G876" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="877" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="877" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A877" s="1" t="s">
-        <v>3340</v>
+        <v>3345</v>
       </c>
       <c r="B877" s="1" t="s">
-        <v>3341</v>
+        <v>3346</v>
       </c>
       <c r="C877" s="1" t="s">
-        <v>3342</v>
+        <v>3347</v>
       </c>
       <c r="D877" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E877" s="3" t="s">
-        <v>3343</v>
+        <v>3348</v>
       </c>
       <c r="F877" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G877" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="878" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="878" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A878" s="1" t="s">
-        <v>3344</v>
+        <v>3349</v>
       </c>
       <c r="B878" s="1" t="s">
-        <v>3345</v>
+        <v>3350</v>
       </c>
       <c r="C878" s="1" t="s">
-        <v>3346</v>
+        <v>3351</v>
       </c>
       <c r="D878" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E878" s="3" t="s">
-        <v>3347</v>
+        <v>3352</v>
       </c>
       <c r="F878" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G878" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="879" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="879" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A879" s="1" t="s">
-        <v>3348</v>
+        <v>3353</v>
       </c>
       <c r="B879" s="1" t="s">
-        <v>3349</v>
+        <v>3354</v>
       </c>
       <c r="C879" s="1" t="s">
-        <v>3350</v>
+        <v>3355</v>
       </c>
       <c r="D879" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E879" s="3" t="s">
-        <v>3351</v>
+        <v>3356</v>
       </c>
       <c r="F879" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G879" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="880" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="880" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A880" s="1" t="s">
-        <v>3352</v>
+        <v>3357</v>
       </c>
       <c r="B880" s="1" t="s">
-        <v>3353</v>
+        <v>3358</v>
       </c>
       <c r="C880" s="1" t="s">
-        <v>3354</v>
+        <v>3359</v>
       </c>
       <c r="D880" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E880" s="3" t="s">
-        <v>3355</v>
+        <v>3360</v>
       </c>
       <c r="F880" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G880" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="881" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="881" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A881" s="1" t="s">
-        <v>3356</v>
+        <v>3361</v>
       </c>
       <c r="B881" s="1" t="s">
-        <v>3357</v>
+        <v>3362</v>
       </c>
       <c r="C881" s="1" t="s">
-        <v>3358</v>
+        <v>3363</v>
       </c>
       <c r="D881" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E881" s="3" t="s">
-        <v>3359</v>
+        <v>3364</v>
       </c>
       <c r="F881" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G881" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="882" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="882" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A882" s="1" t="s">
-        <v>3360</v>
+        <v>3365</v>
       </c>
       <c r="B882" s="1" t="s">
-        <v>3361</v>
+        <v>3366</v>
       </c>
       <c r="C882" s="1" t="s">
-        <v>3362</v>
+        <v>3363</v>
       </c>
       <c r="D882" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E882" s="3" t="s">
-        <v>3363</v>
+        <v>3367</v>
       </c>
       <c r="F882" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G882" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="883" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="883" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A883" s="1" t="s">
-        <v>3364</v>
+        <v>3368</v>
       </c>
       <c r="B883" s="1" t="s">
-        <v>3365</v>
+        <v>3369</v>
       </c>
       <c r="C883" s="1" t="s">
-        <v>3366</v>
+        <v>3370</v>
       </c>
       <c r="D883" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E883" s="3" t="s">
-        <v>3367</v>
+        <v>3371</v>
       </c>
       <c r="F883" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G883" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="884" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="884" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A884" s="1" t="s">
-        <v>3368</v>
+        <v>3372</v>
       </c>
       <c r="B884" s="1" t="s">
-        <v>3369</v>
+        <v>3373</v>
       </c>
       <c r="C884" s="1" t="s">
-        <v>3370</v>
+        <v>3374</v>
       </c>
       <c r="D884" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E884" s="3" t="s">
-        <v>3371</v>
+        <v>3375</v>
       </c>
       <c r="F884" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G884" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="885" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="885" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A885" s="1" t="s">
-        <v>3372</v>
+        <v>3376</v>
       </c>
       <c r="B885" s="1" t="s">
-        <v>3373</v>
+        <v>3377</v>
       </c>
       <c r="C885" s="1" t="s">
-        <v>3374</v>
+        <v>3378</v>
       </c>
       <c r="D885" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E885" s="3" t="s">
-        <v>3375</v>
+        <v>3379</v>
       </c>
       <c r="F885" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G885" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="886" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="886" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A886" s="1" t="s">
-        <v>3376</v>
+        <v>3380</v>
       </c>
       <c r="B886" s="1" t="s">
-        <v>3377</v>
+        <v>3381</v>
       </c>
       <c r="C886" s="1" t="s">
-        <v>3378</v>
+        <v>3382</v>
       </c>
       <c r="D886" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E886" s="3" t="s">
-        <v>3379</v>
+        <v>3383</v>
       </c>
       <c r="F886" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G886" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="887" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="887" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A887" s="1" t="s">
-        <v>3380</v>
+        <v>3384</v>
       </c>
       <c r="B887" s="1" t="s">
-        <v>3381</v>
+        <v>3385</v>
       </c>
       <c r="C887" s="1" t="s">
-        <v>3382</v>
+        <v>3386</v>
       </c>
       <c r="D887" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E887" s="3" t="s">
-        <v>3383</v>
+        <v>3387</v>
       </c>
       <c r="F887" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G887" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="888" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="888" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A888" s="1" t="s">
-        <v>3384</v>
+        <v>3388</v>
       </c>
       <c r="B888" s="1" t="s">
-        <v>3385</v>
+        <v>3389</v>
       </c>
       <c r="C888" s="1" t="s">
-        <v>3386</v>
+        <v>3390</v>
       </c>
       <c r="D888" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E888" s="3" t="s">
-        <v>3387</v>
+        <v>3391</v>
       </c>
       <c r="F888" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G888" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="889" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="889" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A889" s="1" t="s">
-        <v>3388</v>
+        <v>3392</v>
       </c>
       <c r="B889" s="1" t="s">
-        <v>3389</v>
+        <v>3393</v>
       </c>
       <c r="C889" s="1" t="s">
-        <v>3390</v>
+        <v>3394</v>
       </c>
       <c r="D889" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E889" s="3" t="s">
-        <v>3391</v>
+        <v>3395</v>
       </c>
       <c r="F889" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G889" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="890" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="890" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A890" s="1" t="s">
-        <v>3392</v>
+        <v>3396</v>
       </c>
       <c r="B890" s="1" t="s">
-        <v>3393</v>
+        <v>3397</v>
       </c>
       <c r="C890" s="1" t="s">
-        <v>3394</v>
+        <v>3398</v>
       </c>
       <c r="D890" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E890" s="3" t="s">
-        <v>3395</v>
+        <v>3399</v>
       </c>
       <c r="F890" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G890" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="891" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="891" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A891" s="1" t="s">
-        <v>3396</v>
+        <v>3400</v>
       </c>
       <c r="B891" s="1" t="s">
-        <v>3397</v>
+        <v>3401</v>
       </c>
       <c r="C891" s="1" t="s">
-        <v>3398</v>
+        <v>3402</v>
       </c>
       <c r="D891" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E891" s="3" t="s">
-        <v>3399</v>
+        <v>3403</v>
       </c>
       <c r="F891" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G891" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="892" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="892" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A892" s="1" t="s">
-        <v>3400</v>
+        <v>3404</v>
       </c>
       <c r="B892" s="1" t="s">
-        <v>3401</v>
+        <v>3405</v>
       </c>
       <c r="C892" s="1" t="s">
-        <v>3402</v>
+        <v>3406</v>
       </c>
       <c r="D892" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E892" s="3" t="s">
-        <v>3403</v>
+        <v>3407</v>
       </c>
       <c r="F892" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G892" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="893" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="893" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A893" s="1" t="s">
-        <v>3404</v>
+        <v>3408</v>
       </c>
       <c r="B893" s="1" t="s">
-        <v>3405</v>
+        <v>3409</v>
       </c>
       <c r="C893" s="1" t="s">
-        <v>3406</v>
+        <v>3410</v>
       </c>
       <c r="D893" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E893" s="3" t="s">
-        <v>3407</v>
+        <v>3411</v>
       </c>
       <c r="F893" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G893" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="894" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="894" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A894" s="1" t="s">
-        <v>3408</v>
+        <v>3412</v>
       </c>
       <c r="B894" s="1" t="s">
-        <v>3409</v>
+        <v>3413</v>
       </c>
       <c r="C894" s="1" t="s">
-        <v>3410</v>
+        <v>3414</v>
       </c>
       <c r="D894" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E894" s="3" t="s">
-        <v>3411</v>
+        <v>3415</v>
       </c>
       <c r="F894" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G894" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="895" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="895" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A895" s="1" t="s">
-        <v>3412</v>
+        <v>3416</v>
       </c>
       <c r="B895" s="1" t="s">
-        <v>3413</v>
+        <v>3417</v>
       </c>
       <c r="C895" s="1" t="s">
-        <v>3414</v>
+        <v>3418</v>
       </c>
       <c r="D895" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E895" s="3" t="s">
-        <v>3415</v>
+        <v>3419</v>
       </c>
       <c r="F895" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G895" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="896" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="896" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A896" s="1" t="s">
-        <v>3416</v>
+        <v>3420</v>
       </c>
       <c r="B896" s="1" t="s">
-        <v>3417</v>
+        <v>3421</v>
       </c>
       <c r="C896" s="1" t="s">
-        <v>3418</v>
+        <v>3422</v>
       </c>
       <c r="D896" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E896" s="3" t="s">
-        <v>3419</v>
+        <v>3423</v>
       </c>
       <c r="F896" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G896" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="897" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="897" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A897" s="1" t="s">
-        <v>3420</v>
+        <v>3424</v>
       </c>
       <c r="B897" s="1" t="s">
-        <v>3421</v>
+        <v>3425</v>
       </c>
       <c r="C897" s="1" t="s">
-        <v>3422</v>
+        <v>3426</v>
       </c>
       <c r="D897" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E897" s="3" t="s">
-        <v>3423</v>
+        <v>3427</v>
       </c>
       <c r="F897" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G897" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="898" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="898" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A898" s="1" t="s">
-        <v>3424</v>
+        <v>3428</v>
       </c>
       <c r="B898" s="1" t="s">
-        <v>3425</v>
+        <v>3429</v>
       </c>
       <c r="C898" s="1" t="s">
         <v>3426</v>
       </c>
       <c r="D898" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E898" s="3" t="s">
-        <v>3427</v>
+        <v>3430</v>
       </c>
       <c r="F898" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G898" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="899" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="899" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A899" s="1" t="s">
-        <v>3428</v>
+        <v>3431</v>
       </c>
       <c r="B899" s="1" t="s">
-        <v>3429</v>
+        <v>3432</v>
       </c>
       <c r="C899" s="1" t="s">
-        <v>3430</v>
+        <v>3433</v>
       </c>
       <c r="D899" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E899" s="3" t="s">
-        <v>3431</v>
+        <v>3434</v>
       </c>
       <c r="F899" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G899" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="900" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="900" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A900" s="1" t="s">
-        <v>3432</v>
+        <v>3435</v>
       </c>
       <c r="B900" s="1" t="s">
-        <v>3433</v>
+        <v>3436</v>
       </c>
       <c r="C900" s="1" t="s">
-        <v>3434</v>
+        <v>3437</v>
       </c>
       <c r="D900" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E900" s="3" t="s">
-        <v>3435</v>
+        <v>3438</v>
       </c>
       <c r="F900" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G900" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="901" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="901" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A901" s="1" t="s">
-        <v>3436</v>
+        <v>3439</v>
       </c>
       <c r="B901" s="1" t="s">
-        <v>3437</v>
+        <v>3440</v>
       </c>
       <c r="C901" s="1" t="s">
-        <v>3438</v>
+        <v>3441</v>
       </c>
       <c r="D901" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E901" s="3" t="s">
-        <v>3439</v>
+        <v>3442</v>
       </c>
       <c r="F901" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G901" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="902" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="902" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A902" s="1" t="s">
-        <v>3440</v>
+        <v>3443</v>
       </c>
       <c r="B902" s="1" t="s">
-        <v>3441</v>
+        <v>3444</v>
       </c>
       <c r="C902" s="1" t="s">
-        <v>3442</v>
+        <v>3445</v>
       </c>
       <c r="D902" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E902" s="3" t="s">
-        <v>3443</v>
+        <v>3446</v>
       </c>
       <c r="F902" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G902" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="903" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="903" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A903" s="1" t="s">
-        <v>3444</v>
+        <v>3447</v>
       </c>
       <c r="B903" s="1" t="s">
-        <v>3445</v>
+        <v>3448</v>
       </c>
       <c r="C903" s="1" t="s">
-        <v>3446</v>
+        <v>3449</v>
       </c>
       <c r="D903" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E903" s="3" t="s">
-        <v>3447</v>
+        <v>3450</v>
       </c>
       <c r="F903" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G903" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="904" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="904" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A904" s="1" t="s">
-        <v>3448</v>
+        <v>3451</v>
       </c>
       <c r="B904" s="1" t="s">
-        <v>3449</v>
+        <v>3452</v>
       </c>
       <c r="C904" s="1" t="s">
-        <v>3450</v>
+        <v>3453</v>
       </c>
       <c r="D904" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E904" s="3" t="s">
-        <v>3451</v>
+        <v>3454</v>
       </c>
       <c r="F904" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G904" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="905" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="905" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A905" s="1" t="s">
-        <v>3452</v>
+        <v>3455</v>
       </c>
       <c r="B905" s="1" t="s">
-        <v>3453</v>
+        <v>3456</v>
       </c>
       <c r="C905" s="1" t="s">
-        <v>3454</v>
+        <v>3457</v>
       </c>
       <c r="D905" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E905" s="3" t="s">
-        <v>3455</v>
+        <v>3458</v>
       </c>
       <c r="F905" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G905" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="906" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="906" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A906" s="1" t="s">
-        <v>3456</v>
+        <v>3459</v>
       </c>
       <c r="B906" s="1" t="s">
-        <v>3457</v>
+        <v>3460</v>
       </c>
       <c r="C906" s="1" t="s">
-        <v>3458</v>
+        <v>3461</v>
       </c>
       <c r="D906" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E906" s="3" t="s">
-        <v>3459</v>
+        <v>3462</v>
       </c>
       <c r="F906" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G906" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="907" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="907" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A907" s="1" t="s">
-        <v>3460</v>
+        <v>3463</v>
       </c>
       <c r="B907" s="1" t="s">
-        <v>3461</v>
+        <v>3464</v>
       </c>
       <c r="C907" s="1" t="s">
-        <v>3462</v>
+        <v>3465</v>
       </c>
       <c r="D907" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E907" s="3" t="s">
-        <v>3463</v>
+        <v>3466</v>
       </c>
       <c r="F907" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G907" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="908" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="908" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A908" s="1" t="s">
-        <v>3464</v>
+        <v>3467</v>
       </c>
       <c r="B908" s="1" t="s">
-        <v>3465</v>
+        <v>3468</v>
       </c>
       <c r="C908" s="1" t="s">
-        <v>3466</v>
+        <v>3469</v>
       </c>
       <c r="D908" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E908" s="3" t="s">
-        <v>3467</v>
+        <v>3470</v>
       </c>
       <c r="F908" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G908" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="909" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="909" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A909" s="1" t="s">
-        <v>3468</v>
+        <v>3471</v>
       </c>
       <c r="B909" s="1" t="s">
-        <v>3469</v>
+        <v>3472</v>
       </c>
       <c r="C909" s="1" t="s">
-        <v>3470</v>
+        <v>3473</v>
       </c>
       <c r="D909" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E909" s="3" t="s">
-        <v>3471</v>
+        <v>3474</v>
       </c>
       <c r="F909" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G909" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="910" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="910" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A910" s="1" t="s">
-        <v>3472</v>
+        <v>3475</v>
       </c>
       <c r="B910" s="1" t="s">
+        <v>3476</v>
+      </c>
+      <c r="C910" s="1" t="s">
+        <v>3477</v>
+      </c>
+      <c r="D910" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E910" s="3" t="s">
+        <v>3478</v>
+      </c>
+      <c r="F910" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G910" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="911" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A911" s="1" t="s">
+        <v>3479</v>
+      </c>
+      <c r="B911" s="1" t="s">
+        <v>3480</v>
+      </c>
+      <c r="C911" s="1" t="s">
+        <v>3426</v>
+      </c>
+      <c r="D911" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E911" s="3" t="s">
+        <v>3481</v>
+      </c>
+      <c r="F911" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G911" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="912" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A912" s="1" t="s">
+        <v>3482</v>
+      </c>
+      <c r="B912" s="1" t="s">
+        <v>3483</v>
+      </c>
+      <c r="C912" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D912" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E912" s="3" t="s">
+        <v>3485</v>
+      </c>
+      <c r="F912" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G912" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="913" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A913" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B913" s="1" t="s">
+        <v>3487</v>
+      </c>
+      <c r="C913" s="1" t="s">
+        <v>3484</v>
+      </c>
+      <c r="D913" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E913" s="3" t="s">
+        <v>3488</v>
+      </c>
+      <c r="F913" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G913" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="914" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A914" s="1" t="s">
+        <v>3489</v>
+      </c>
+      <c r="B914" s="1" t="s">
+        <v>3490</v>
+      </c>
+      <c r="C914" s="1" t="s">
+        <v>3491</v>
+      </c>
+      <c r="D914" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E914" s="3" t="s">
+        <v>3492</v>
+      </c>
+      <c r="F914" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G914" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="915" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A915" s="1" t="s">
+        <v>3493</v>
+      </c>
+      <c r="B915" s="1" t="s">
+        <v>3494</v>
+      </c>
+      <c r="C915" s="1" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D915" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E915" s="3" t="s">
+        <v>3496</v>
+      </c>
+      <c r="F915" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G915" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="916" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A916" s="1" t="s">
+        <v>3497</v>
+      </c>
+      <c r="B916" s="1" t="s">
+        <v>3498</v>
+      </c>
+      <c r="C916" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D916" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E916" s="3" t="s">
+        <v>3500</v>
+      </c>
+      <c r="F916" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G916" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="917" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A917" s="1" t="s">
+        <v>3501</v>
+      </c>
+      <c r="B917" s="1" t="s">
+        <v>3502</v>
+      </c>
+      <c r="C917" s="1" t="s">
+        <v>3503</v>
+      </c>
+      <c r="D917" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E917" s="3" t="s">
+        <v>3504</v>
+      </c>
+      <c r="F917" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G917" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="918" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A918" s="1" t="s">
+        <v>3505</v>
+      </c>
+      <c r="B918" s="1" t="s">
+        <v>3506</v>
+      </c>
+      <c r="C918" s="1" t="s">
+        <v>3507</v>
+      </c>
+      <c r="D918" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E918" s="3" t="s">
+        <v>3508</v>
+      </c>
+      <c r="F918" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G918" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="919" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A919" s="1" t="s">
+        <v>3509</v>
+      </c>
+      <c r="B919" s="1" t="s">
+        <v>3510</v>
+      </c>
+      <c r="C919" s="1" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D919" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E919" s="3" t="s">
+        <v>3512</v>
+      </c>
+      <c r="F919" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G919" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="920" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A920" s="1" t="s">
+        <v>3513</v>
+      </c>
+      <c r="B920" s="1" t="s">
+        <v>3514</v>
+      </c>
+      <c r="C920" s="1" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D920" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E920" s="3" t="s">
+        <v>3516</v>
+      </c>
+      <c r="F920" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G920" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="921" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A921" s="1" t="s">
+        <v>3517</v>
+      </c>
+      <c r="B921" s="1" t="s">
+        <v>3518</v>
+      </c>
+      <c r="C921" s="1" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D921" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E921" s="3" t="s">
+        <v>3520</v>
+      </c>
+      <c r="F921" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G921" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="922" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A922" s="1" t="s">
+        <v>3521</v>
+      </c>
+      <c r="B922" s="1" t="s">
+        <v>3522</v>
+      </c>
+      <c r="C922" s="1" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D922" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E922" s="3" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F922" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G922" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="923" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A923" s="1" t="s">
+        <v>3525</v>
+      </c>
+      <c r="B923" s="1" t="s">
+        <v>3526</v>
+      </c>
+      <c r="C923" s="1" t="s">
+        <v>3527</v>
+      </c>
+      <c r="D923" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E923" s="3" t="s">
+        <v>3528</v>
+      </c>
+      <c r="F923" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G923" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="924" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A924" s="1" t="s">
+        <v>3529</v>
+      </c>
+      <c r="B924" s="1" t="s">
+        <v>3530</v>
+      </c>
+      <c r="C924" s="1" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D924" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E924" s="3" t="s">
+        <v>3532</v>
+      </c>
+      <c r="F924" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G924" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="925" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A925" s="1" t="s">
+        <v>3533</v>
+      </c>
+      <c r="B925" s="1" t="s">
+        <v>3534</v>
+      </c>
+      <c r="C925" s="1" t="s">
+        <v>3535</v>
+      </c>
+      <c r="D925" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E925" s="3" t="s">
+        <v>3536</v>
+      </c>
+      <c r="F925" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G925" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="926" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A926" s="1" t="s">
+        <v>3537</v>
+      </c>
+      <c r="B926" s="1" t="s">
+        <v>3538</v>
+      </c>
+      <c r="C926" s="1" t="s">
+        <v>3539</v>
+      </c>
+      <c r="D926" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E926" s="3" t="s">
+        <v>3540</v>
+      </c>
+      <c r="F926" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G926" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="927" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A927" s="1" t="s">
+        <v>3541</v>
+      </c>
+      <c r="B927" s="1" t="s">
+        <v>3542</v>
+      </c>
+      <c r="C927" s="1" t="s">
+        <v>3543</v>
+      </c>
+      <c r="D927" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E927" s="3" t="s">
+        <v>3544</v>
+      </c>
+      <c r="F927" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G927" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="928" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A928" s="1" t="s">
+        <v>3545</v>
+      </c>
+      <c r="B928" s="1" t="s">
+        <v>3546</v>
+      </c>
+      <c r="C928" s="1" t="s">
         <v>3473</v>
       </c>
-      <c r="C910" s="1" t="s">
-[...415 lines deleted...]
-      </c>
       <c r="D928" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E928" s="3" t="s">
-        <v>3538</v>
+        <v>3547</v>
       </c>
       <c r="F928" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="929" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1900</v>
+      </c>
+      <c r="G928" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="929" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A929" s="1" t="s">
-        <v>3539</v>
+        <v>3548</v>
       </c>
       <c r="B929" s="1" t="s">
-        <v>3540</v>
+        <v>3549</v>
       </c>
       <c r="C929" s="1" t="s">
-        <v>3541</v>
+        <v>3550</v>
       </c>
       <c r="D929" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E929" s="3" t="s">
-        <v>3542</v>
+        <v>3551</v>
       </c>
       <c r="F929" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="930" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1900</v>
+      </c>
+      <c r="G929" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="930" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A930" s="1" t="s">
-        <v>3543</v>
+        <v>3552</v>
       </c>
       <c r="B930" s="1" t="s">
-        <v>3544</v>
+        <v>3553</v>
       </c>
       <c r="C930" s="1" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="D930" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E930" s="3" t="s">
-        <v>3546</v>
+        <v>3555</v>
       </c>
       <c r="F930" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="931" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1900</v>
+      </c>
+      <c r="G930" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="931" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A931" s="1" t="s">
-        <v>3547</v>
+        <v>3556</v>
       </c>
       <c r="B931" s="1" t="s">
-        <v>3548</v>
+        <v>3557</v>
       </c>
       <c r="C931" s="1" t="s">
-        <v>3549</v>
+        <v>3426</v>
       </c>
       <c r="D931" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E931" s="3" t="s">
-        <v>3550</v>
+        <v>3558</v>
       </c>
       <c r="F931" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="932" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1900</v>
+      </c>
+      <c r="G931" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="932" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A932" s="1" t="s">
-        <v>3551</v>
+        <v>3559</v>
       </c>
       <c r="B932" s="1" t="s">
-        <v>3544</v>
+        <v>3560</v>
       </c>
       <c r="C932" s="1" t="s">
-        <v>3552</v>
+        <v>3561</v>
       </c>
       <c r="D932" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E932" s="3" t="s">
-        <v>3553</v>
+        <v>3562</v>
       </c>
       <c r="F932" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="933" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1900</v>
+      </c>
+      <c r="G932" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="933" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A933" s="1" t="s">
-        <v>3554</v>
+        <v>3563</v>
       </c>
       <c r="B933" s="1" t="s">
-        <v>3555</v>
+        <v>3564</v>
       </c>
       <c r="C933" s="1" t="s">
-        <v>3556</v>
+        <v>3565</v>
       </c>
       <c r="D933" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E933" s="3" t="s">
-        <v>3557</v>
+        <v>3566</v>
       </c>
       <c r="F933" s="3" t="s">
-        <v>3495</v>
+        <v>1900</v>
       </c>
       <c r="G933" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="934" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="934" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A934" s="1" t="s">
-        <v>3558</v>
+        <v>3567</v>
       </c>
       <c r="B934" s="1" t="s">
-        <v>3559</v>
+        <v>3568</v>
       </c>
       <c r="C934" s="1" t="s">
-        <v>3556</v>
+        <v>3569</v>
       </c>
       <c r="D934" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E934" s="3" t="s">
-        <v>3560</v>
+        <v>3570</v>
       </c>
       <c r="F934" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G934" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="935" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="935" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A935" s="1" t="s">
-        <v>3561</v>
+        <v>3572</v>
       </c>
       <c r="B935" s="1" t="s">
-        <v>3555</v>
+        <v>3573</v>
       </c>
       <c r="C935" s="1" t="s">
-        <v>3562</v>
+        <v>3574</v>
       </c>
       <c r="D935" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E935" s="3" t="s">
-        <v>3563</v>
+        <v>3575</v>
       </c>
       <c r="F935" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G935" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="936" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="936" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A936" s="1" t="s">
-        <v>3564</v>
+        <v>3576</v>
       </c>
       <c r="B936" s="1" t="s">
-        <v>3565</v>
+        <v>3577</v>
       </c>
       <c r="C936" s="1" t="s">
-        <v>3566</v>
+        <v>3574</v>
       </c>
       <c r="D936" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E936" s="3" t="s">
-        <v>3567</v>
+        <v>3578</v>
       </c>
       <c r="F936" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="937" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>3571</v>
+      </c>
+      <c r="G936" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="937" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A937" s="1" t="s">
-        <v>3568</v>
+        <v>3579</v>
       </c>
       <c r="B937" s="1" t="s">
-        <v>3569</v>
+        <v>3580</v>
       </c>
       <c r="C937" s="1" t="s">
-        <v>3570</v>
+        <v>3581</v>
       </c>
       <c r="D937" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E937" s="3" t="s">
+        <v>3582</v>
+      </c>
+      <c r="F937" s="3" t="s">
         <v>3571</v>
       </c>
-      <c r="F937" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G937" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="938" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="938" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A938" s="1" t="s">
-        <v>3572</v>
+        <v>3583</v>
       </c>
       <c r="B938" s="1" t="s">
-        <v>3573</v>
+        <v>3584</v>
       </c>
       <c r="C938" s="1" t="s">
-        <v>3574</v>
+        <v>3581</v>
       </c>
       <c r="D938" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E938" s="3" t="s">
-        <v>3575</v>
+        <v>3585</v>
       </c>
       <c r="F938" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G938" s="3" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-    <row r="939" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="939" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A939" s="1" t="s">
-        <v>3576</v>
+        <v>3586</v>
       </c>
       <c r="B939" s="1" t="s">
-        <v>3577</v>
+        <v>3587</v>
       </c>
       <c r="C939" s="1" t="s">
-        <v>3574</v>
+        <v>3581</v>
       </c>
       <c r="D939" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E939" s="3" t="s">
-        <v>3578</v>
+        <v>3588</v>
       </c>
       <c r="F939" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G939" s="3" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-    <row r="940" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="940" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A940" s="1" t="s">
-        <v>3579</v>
+        <v>3589</v>
       </c>
       <c r="B940" s="1" t="s">
-        <v>3577</v>
+        <v>3590</v>
       </c>
       <c r="C940" s="1" t="s">
-        <v>3580</v>
+        <v>3581</v>
       </c>
       <c r="D940" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E940" s="3" t="s">
+        <v>3591</v>
+      </c>
+      <c r="F940" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G940" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="941" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A941" s="1" t="s">
+        <v>3592</v>
+      </c>
+      <c r="B941" s="1" t="s">
+        <v>3593</v>
+      </c>
+      <c r="C941" s="1" t="s">
         <v>3581</v>
       </c>
-      <c r="F940" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D941" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E941" s="3" t="s">
-        <v>3584</v>
+        <v>3594</v>
       </c>
       <c r="F941" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G941" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="942" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="942" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A942" s="1" t="s">
-        <v>3585</v>
+        <v>3595</v>
       </c>
       <c r="B942" s="1" t="s">
-        <v>3586</v>
+        <v>3596</v>
       </c>
       <c r="C942" s="1" t="s">
-        <v>3580</v>
+        <v>3581</v>
       </c>
       <c r="D942" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E942" s="3" t="s">
-        <v>3587</v>
+        <v>3597</v>
       </c>
       <c r="F942" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G942" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="943" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="943" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A943" s="1" t="s">
-        <v>3588</v>
+        <v>3598</v>
       </c>
       <c r="B943" s="1" t="s">
-        <v>3589</v>
+        <v>3599</v>
       </c>
       <c r="C943" s="1" t="s">
-        <v>3589</v>
+        <v>3581</v>
       </c>
       <c r="D943" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E943" s="3" t="s">
-        <v>3590</v>
+        <v>3600</v>
       </c>
       <c r="F943" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="944" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>3571</v>
+      </c>
+      <c r="G943" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="944" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A944" s="1" t="s">
-        <v>3591</v>
+        <v>3601</v>
       </c>
       <c r="B944" s="1" t="s">
-        <v>3592</v>
+        <v>3602</v>
       </c>
       <c r="C944" s="1" t="s">
-        <v>3593</v>
+        <v>3581</v>
       </c>
       <c r="D944" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E944" s="3" t="s">
-        <v>3594</v>
+        <v>3603</v>
       </c>
       <c r="F944" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G944" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="945" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="945" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A945" s="1" t="s">
-        <v>3595</v>
+        <v>3604</v>
       </c>
       <c r="B945" s="1" t="s">
-        <v>3596</v>
+        <v>3605</v>
       </c>
       <c r="C945" s="1" t="s">
-        <v>3593</v>
+        <v>3581</v>
       </c>
       <c r="D945" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E945" s="3" t="s">
-        <v>3597</v>
+        <v>3606</v>
       </c>
       <c r="F945" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G945" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="946" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="946" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A946" s="1" t="s">
-        <v>3598</v>
+        <v>3607</v>
       </c>
       <c r="B946" s="1" t="s">
-        <v>3599</v>
+        <v>3608</v>
       </c>
       <c r="C946" s="1" t="s">
-        <v>3593</v>
+        <v>3581</v>
       </c>
       <c r="D946" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E946" s="3" t="s">
-        <v>3600</v>
+        <v>3609</v>
       </c>
       <c r="F946" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G946" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="947" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="947" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A947" s="1" t="s">
-        <v>3601</v>
+        <v>3610</v>
       </c>
       <c r="B947" s="1" t="s">
-        <v>3602</v>
+        <v>3611</v>
       </c>
       <c r="C947" s="1" t="s">
-        <v>3603</v>
+        <v>3612</v>
       </c>
       <c r="D947" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E947" s="3" t="s">
-        <v>3604</v>
+        <v>3613</v>
       </c>
       <c r="F947" s="3" t="s">
-        <v>3495</v>
+        <v>3571</v>
       </c>
       <c r="G947" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="948" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="948" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A948" s="1" t="s">
-        <v>3605</v>
+        <v>3614</v>
       </c>
       <c r="B948" s="1" t="s">
-        <v>3606</v>
+        <v>3615</v>
       </c>
       <c r="C948" s="1" t="s">
-        <v>3603</v>
+        <v>3616</v>
       </c>
       <c r="D948" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E948" s="3" t="s">
-        <v>3607</v>
+        <v>3617</v>
       </c>
       <c r="F948" s="3" t="s">
-        <v>3495</v>
-[...5 lines deleted...]
-    <row r="949" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="949" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A949" s="1" t="s">
-        <v>3608</v>
+        <v>3618</v>
       </c>
       <c r="B949" s="1" t="s">
-        <v>3532</v>
+        <v>3619</v>
       </c>
       <c r="C949" s="1" t="s">
-        <v>3603</v>
+        <v>3620</v>
       </c>
       <c r="D949" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E949" s="3" t="s">
-        <v>3609</v>
+        <v>3621</v>
       </c>
       <c r="F949" s="3" t="s">
-        <v>3495</v>
-[...5 lines deleted...]
-    <row r="950" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="950" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A950" s="1" t="s">
-        <v>3610</v>
+        <v>3622</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>3532</v>
+        <v>3623</v>
       </c>
       <c r="C950" s="1" t="s">
-        <v>3603</v>
+        <v>3624</v>
       </c>
       <c r="D950" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E950" s="3" t="s">
+        <v>3625</v>
+      </c>
+      <c r="F950" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="951" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A951" s="1" t="s">
+        <v>3626</v>
+      </c>
+      <c r="B951" s="1" t="s">
+        <v>3627</v>
+      </c>
+      <c r="C951" s="1" t="s">
+        <v>3628</v>
+      </c>
+      <c r="D951" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E951" s="3" t="s">
+        <v>3629</v>
+      </c>
+      <c r="F951" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="952" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A952" s="1" t="s">
+        <v>3630</v>
+      </c>
+      <c r="B952" s="1" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C952" s="1" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D952" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E952" s="3" t="s">
+        <v>3633</v>
+      </c>
+      <c r="F952" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G952" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="953" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A953" s="1" t="s">
+        <v>3634</v>
+      </c>
+      <c r="B953" s="1" t="s">
+        <v>3635</v>
+      </c>
+      <c r="C953" s="1" t="s">
+        <v>3632</v>
+      </c>
+      <c r="D953" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E953" s="3" t="s">
+        <v>3636</v>
+      </c>
+      <c r="F953" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G953" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="954" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A954" s="1" t="s">
+        <v>3637</v>
+      </c>
+      <c r="B954" s="1" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C954" s="1" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D954" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E954" s="3" t="s">
+        <v>3639</v>
+      </c>
+      <c r="F954" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G954" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="955" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A955" s="1" t="s">
+        <v>3640</v>
+      </c>
+      <c r="B955" s="1" t="s">
+        <v>3641</v>
+      </c>
+      <c r="C955" s="1" t="s">
+        <v>3642</v>
+      </c>
+      <c r="D955" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E955" s="3" t="s">
+        <v>3643</v>
+      </c>
+      <c r="F955" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="956" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A956" s="1" t="s">
+        <v>3644</v>
+      </c>
+      <c r="B956" s="1" t="s">
+        <v>3645</v>
+      </c>
+      <c r="C956" s="1" t="s">
+        <v>3646</v>
+      </c>
+      <c r="D956" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E956" s="3" t="s">
+        <v>3647</v>
+      </c>
+      <c r="F956" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G956" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="957" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A957" s="1" t="s">
+        <v>3648</v>
+      </c>
+      <c r="B957" s="1" t="s">
+        <v>3649</v>
+      </c>
+      <c r="C957" s="1" t="s">
+        <v>3650</v>
+      </c>
+      <c r="D957" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E957" s="3" t="s">
+        <v>3651</v>
+      </c>
+      <c r="F957" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G957" s="3" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="958" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A958" s="1" t="s">
+        <v>3652</v>
+      </c>
+      <c r="B958" s="1" t="s">
+        <v>3649</v>
+      </c>
+      <c r="C958" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D958" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E958" s="3" t="s">
+        <v>3654</v>
+      </c>
+      <c r="F958" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G958" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="959" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A959" s="1" t="s">
+        <v>3655</v>
+      </c>
+      <c r="B959" s="1" t="s">
+        <v>3656</v>
+      </c>
+      <c r="C959" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D959" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E959" s="3" t="s">
+        <v>3657</v>
+      </c>
+      <c r="F959" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G959" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="960" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A960" s="1" t="s">
+        <v>3658</v>
+      </c>
+      <c r="B960" s="1" t="s">
+        <v>3659</v>
+      </c>
+      <c r="C960" s="1" t="s">
+        <v>3653</v>
+      </c>
+      <c r="D960" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E960" s="3" t="s">
+        <v>3660</v>
+      </c>
+      <c r="F960" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G960" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="961" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A961" s="1" t="s">
+        <v>3661</v>
+      </c>
+      <c r="B961" s="1" t="s">
+        <v>3662</v>
+      </c>
+      <c r="C961" s="1" t="s">
+        <v>3662</v>
+      </c>
+      <c r="D961" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E961" s="3" t="s">
+        <v>3663</v>
+      </c>
+      <c r="F961" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="962" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A962" s="1" t="s">
+        <v>3664</v>
+      </c>
+      <c r="B962" s="1" t="s">
+        <v>3665</v>
+      </c>
+      <c r="C962" s="1" t="s">
+        <v>3666</v>
+      </c>
+      <c r="D962" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E962" s="3" t="s">
+        <v>3667</v>
+      </c>
+      <c r="F962" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G962" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="963" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A963" s="1" t="s">
+        <v>3668</v>
+      </c>
+      <c r="B963" s="1" t="s">
+        <v>3669</v>
+      </c>
+      <c r="C963" s="1" t="s">
+        <v>3666</v>
+      </c>
+      <c r="D963" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E963" s="3" t="s">
+        <v>3670</v>
+      </c>
+      <c r="F963" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G963" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="964" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A964" s="1" t="s">
+        <v>3671</v>
+      </c>
+      <c r="B964" s="1" t="s">
+        <v>3672</v>
+      </c>
+      <c r="C964" s="1" t="s">
+        <v>3666</v>
+      </c>
+      <c r="D964" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E964" s="3" t="s">
+        <v>3673</v>
+      </c>
+      <c r="F964" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G964" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="965" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A965" s="1" t="s">
+        <v>3674</v>
+      </c>
+      <c r="B965" s="1" t="s">
+        <v>3675</v>
+      </c>
+      <c r="C965" s="1" t="s">
+        <v>3676</v>
+      </c>
+      <c r="D965" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E965" s="3" t="s">
+        <v>3677</v>
+      </c>
+      <c r="F965" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G965" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="966" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A966" s="1" t="s">
+        <v>3678</v>
+      </c>
+      <c r="B966" s="1" t="s">
+        <v>3679</v>
+      </c>
+      <c r="C966" s="1" t="s">
+        <v>3676</v>
+      </c>
+      <c r="D966" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E966" s="3" t="s">
+        <v>3680</v>
+      </c>
+      <c r="F966" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G966" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="967" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A967" s="1" t="s">
+        <v>3681</v>
+      </c>
+      <c r="B967" s="1" t="s">
         <v>3611</v>
       </c>
-      <c r="F950" s="3" t="s">
-[...378 lines deleted...]
-      <c r="B967" s="1" t="s">
+      <c r="C967" s="1" t="s">
         <v>3676</v>
       </c>
-      <c r="C967" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D967" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E967" s="3" t="s">
-        <v>3678</v>
+        <v>3682</v>
       </c>
       <c r="F967" s="3" t="s">
-        <v>1231</v>
+        <v>3571</v>
       </c>
       <c r="G967" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="968" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="968" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A968" s="1" t="s">
-        <v>3679</v>
+        <v>3683</v>
       </c>
       <c r="B968" s="1" t="s">
-        <v>3680</v>
+        <v>3611</v>
       </c>
       <c r="C968" s="1" t="s">
-        <v>3681</v>
+        <v>3676</v>
       </c>
       <c r="D968" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E968" s="3" t="s">
-        <v>3682</v>
+        <v>3684</v>
       </c>
       <c r="F968" s="3" t="s">
-        <v>1231</v>
+        <v>3571</v>
       </c>
       <c r="G968" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="969" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="969" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A969" s="1" t="s">
-        <v>3683</v>
+        <v>3685</v>
       </c>
       <c r="B969" s="1" t="s">
-        <v>3684</v>
+        <v>3686</v>
       </c>
       <c r="C969" s="1" t="s">
-        <v>3685</v>
+        <v>3676</v>
       </c>
       <c r="D969" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E969" s="3" t="s">
+        <v>3687</v>
+      </c>
+      <c r="F969" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G969" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="970" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A970" s="1" t="s">
+        <v>3688</v>
+      </c>
+      <c r="B970" s="1" t="s">
         <v>3686</v>
       </c>
-      <c r="F969" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C970" s="1" t="s">
+        <v>3676</v>
+      </c>
+      <c r="D970" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E970" s="3" t="s">
         <v>3689</v>
       </c>
-      <c r="D970" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E970" s="3" t="s">
+      <c r="F970" s="3" t="s">
+        <v>3571</v>
+      </c>
+      <c r="G970" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="971" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A971" s="1" t="s">
         <v>3690</v>
       </c>
-      <c r="F970" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A971" s="1" t="s">
+      <c r="B971" s="1" t="s">
         <v>3691</v>
       </c>
-      <c r="B971" s="1" t="s">
+      <c r="C971" s="1" t="s">
         <v>3692</v>
       </c>
-      <c r="C971" s="1" t="s">
+      <c r="D971" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E971" s="3" t="s">
         <v>3693</v>
       </c>
-      <c r="D971" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E971" s="3" t="s">
+      <c r="F971" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G971" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="972" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A972" s="1" t="s">
         <v>3694</v>
       </c>
-      <c r="F971" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A972" s="1" t="s">
+      <c r="B972" s="1" t="s">
         <v>3695</v>
       </c>
-      <c r="B972" s="1" t="s">
+      <c r="C972" s="1" t="s">
         <v>3696</v>
       </c>
-      <c r="C972" s="1" t="s">
+      <c r="D972" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E972" s="3" t="s">
         <v>3697</v>
       </c>
-      <c r="D972" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E972" s="3" t="s">
+      <c r="F972" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G972" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="973" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A973" s="1" t="s">
         <v>3698</v>
       </c>
-      <c r="F972" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A973" s="1" t="s">
+      <c r="B973" s="1" t="s">
         <v>3699</v>
       </c>
-      <c r="B973" s="1" t="s">
+      <c r="C973" s="1" t="s">
         <v>3700</v>
       </c>
-      <c r="C973" s="1" t="s">
+      <c r="D973" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E973" s="3" t="s">
         <v>3701</v>
       </c>
-      <c r="D973" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E973" s="3" t="s">
+      <c r="F973" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G973" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="974" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A974" s="1" t="s">
         <v>3702</v>
       </c>
-      <c r="F973" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A974" s="1" t="s">
+      <c r="B974" s="1" t="s">
         <v>3703</v>
       </c>
-      <c r="B974" s="1" t="s">
+      <c r="C974" s="1" t="s">
         <v>3704</v>
       </c>
-      <c r="C974" s="1" t="s">
+      <c r="D974" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E974" s="3" t="s">
         <v>3705</v>
       </c>
-      <c r="D974" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E974" s="3" t="s">
+      <c r="F974" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G974" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="975" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A975" s="1" t="s">
         <v>3706</v>
       </c>
-      <c r="F974" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A975" s="1" t="s">
+      <c r="B975" s="1" t="s">
         <v>3707</v>
       </c>
-      <c r="B975" s="1" t="s">
+      <c r="C975" s="1" t="s">
         <v>3708</v>
       </c>
-      <c r="C975" s="1" t="s">
+      <c r="D975" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E975" s="3" t="s">
         <v>3709</v>
       </c>
-      <c r="D975" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E975" s="3" t="s">
+      <c r="F975" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G975" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="976" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A976" s="1" t="s">
         <v>3710</v>
       </c>
-      <c r="F975" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A976" s="1" t="s">
+      <c r="B976" s="1" t="s">
         <v>3711</v>
       </c>
-      <c r="B976" s="1" t="s">
+      <c r="C976" s="1" t="s">
         <v>3712</v>
       </c>
-      <c r="C976" s="1" t="s">
+      <c r="D976" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E976" s="3" t="s">
         <v>3713</v>
       </c>
-      <c r="D976" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E976" s="3" t="s">
+      <c r="F976" s="3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G976" s="3" t="s">
         <v>3714</v>
       </c>
-      <c r="F976" s="3" t="s">
-[...6 lines deleted...]
-    <row r="977" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="977" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A977" s="1" t="s">
         <v>3715</v>
       </c>
       <c r="B977" s="1" t="s">
         <v>3716</v>
       </c>
       <c r="C977" s="1" t="s">
         <v>3717</v>
       </c>
       <c r="D977" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E977" s="3" t="s">
         <v>3718</v>
       </c>
       <c r="F977" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G977" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="978" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="978" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A978" s="1" t="s">
         <v>3719</v>
       </c>
       <c r="B978" s="1" t="s">
         <v>3720</v>
       </c>
       <c r="C978" s="1" t="s">
         <v>3721</v>
       </c>
       <c r="D978" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E978" s="3" t="s">
         <v>3722</v>
       </c>
       <c r="F978" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G978" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="979" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="979" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A979" s="1" t="s">
         <v>3723</v>
       </c>
       <c r="B979" s="1" t="s">
         <v>3724</v>
       </c>
       <c r="C979" s="1" t="s">
         <v>3725</v>
       </c>
       <c r="D979" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E979" s="3" t="s">
         <v>3726</v>
       </c>
       <c r="F979" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G979" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="980" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="980" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A980" s="1" t="s">
         <v>3727</v>
       </c>
       <c r="B980" s="1" t="s">
         <v>3728</v>
       </c>
       <c r="C980" s="1" t="s">
         <v>3729</v>
       </c>
       <c r="D980" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E980" s="3" t="s">
         <v>3730</v>
       </c>
       <c r="F980" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G980" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="981" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="981" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A981" s="1" t="s">
         <v>3731</v>
       </c>
       <c r="B981" s="1" t="s">
         <v>3732</v>
       </c>
       <c r="C981" s="1" t="s">
         <v>3733</v>
       </c>
       <c r="D981" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E981" s="3" t="s">
         <v>3734</v>
       </c>
       <c r="F981" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G981" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="982" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="982" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A982" s="1" t="s">
         <v>3735</v>
       </c>
       <c r="B982" s="1" t="s">
         <v>3736</v>
       </c>
       <c r="C982" s="1" t="s">
         <v>3737</v>
       </c>
       <c r="D982" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E982" s="3" t="s">
         <v>3738</v>
       </c>
       <c r="F982" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G982" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="983" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="983" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A983" s="1" t="s">
         <v>3739</v>
       </c>
       <c r="B983" s="1" t="s">
         <v>3740</v>
       </c>
       <c r="C983" s="1" t="s">
         <v>3741</v>
       </c>
       <c r="D983" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E983" s="3" t="s">
         <v>3742</v>
       </c>
       <c r="F983" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G983" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="984" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="984" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A984" s="1" t="s">
         <v>3743</v>
       </c>
       <c r="B984" s="1" t="s">
         <v>3744</v>
       </c>
       <c r="C984" s="1" t="s">
         <v>3745</v>
       </c>
       <c r="D984" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E984" s="3" t="s">
         <v>3746</v>
       </c>
       <c r="F984" s="3" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G984" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="985" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="985" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A985" s="1" t="s">
         <v>3747</v>
       </c>
       <c r="B985" s="1" t="s">
         <v>3748</v>
       </c>
       <c r="C985" s="1" t="s">
         <v>3749</v>
       </c>
       <c r="D985" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E985" s="3" t="s">
         <v>3750</v>
       </c>
       <c r="F985" s="3" t="s">
-        <v>26</v>
+        <v>1240</v>
       </c>
       <c r="G985" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="986" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="986" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A986" s="1" t="s">
         <v>3751</v>
       </c>
       <c r="B986" s="1" t="s">
         <v>3752</v>
       </c>
       <c r="C986" s="1" t="s">
-        <v>3752</v>
+        <v>3753</v>
       </c>
       <c r="D986" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E986" s="3" t="s">
-        <v>3753</v>
+        <v>3754</v>
       </c>
       <c r="F986" s="3" t="s">
-        <v>768</v>
+        <v>1240</v>
       </c>
       <c r="G986" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="987" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>3755</v>
+      </c>
+    </row>
+    <row r="987" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A987" s="1" t="s">
-        <v>3754</v>
+        <v>3756</v>
       </c>
       <c r="B987" s="1" t="s">
-        <v>3755</v>
+        <v>3757</v>
       </c>
       <c r="C987" s="1" t="s">
-        <v>3756</v>
+        <v>3758</v>
       </c>
       <c r="D987" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E987" s="3" t="s">
-        <v>3757</v>
+        <v>3759</v>
       </c>
       <c r="F987" s="3" t="s">
-        <v>1884</v>
+        <v>1240</v>
       </c>
       <c r="G987" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="988" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="988" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A988" s="1" t="s">
-        <v>3758</v>
+        <v>3760</v>
       </c>
       <c r="B988" s="1" t="s">
-        <v>3759</v>
+        <v>3761</v>
       </c>
       <c r="C988" s="1" t="s">
-        <v>3760</v>
+        <v>3762</v>
       </c>
       <c r="D988" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E988" s="3" t="s">
-        <v>3761</v>
+        <v>3763</v>
       </c>
       <c r="F988" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G988" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="989" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="989" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A989" s="1" t="s">
-        <v>3762</v>
+        <v>3764</v>
       </c>
       <c r="B989" s="1" t="s">
-        <v>3763</v>
+        <v>3765</v>
       </c>
       <c r="C989" s="1" t="s">
-        <v>3764</v>
+        <v>3766</v>
       </c>
       <c r="D989" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E989" s="3" t="s">
-        <v>3765</v>
+        <v>3767</v>
       </c>
       <c r="F989" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G989" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="990" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="990" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A990" s="1" t="s">
-        <v>3766</v>
+        <v>3768</v>
       </c>
       <c r="B990" s="1" t="s">
-        <v>3767</v>
+        <v>3769</v>
       </c>
       <c r="C990" s="1" t="s">
-        <v>3768</v>
+        <v>3770</v>
       </c>
       <c r="D990" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E990" s="3" t="s">
-        <v>3769</v>
+        <v>3771</v>
       </c>
       <c r="F990" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G990" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="991" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="991" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A991" s="1" t="s">
-        <v>3770</v>
+        <v>3772</v>
       </c>
       <c r="B991" s="1" t="s">
-        <v>3771</v>
+        <v>3773</v>
       </c>
       <c r="C991" s="1" t="s">
-        <v>3772</v>
+        <v>3774</v>
       </c>
       <c r="D991" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E991" s="3" t="s">
-        <v>3773</v>
+        <v>3775</v>
       </c>
       <c r="F991" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G991" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="992" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="992" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A992" s="1" t="s">
-        <v>3774</v>
+        <v>3776</v>
       </c>
       <c r="B992" s="1" t="s">
-        <v>3775</v>
+        <v>3777</v>
       </c>
       <c r="C992" s="1" t="s">
-        <v>3776</v>
+        <v>3778</v>
       </c>
       <c r="D992" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E992" s="3" t="s">
-        <v>3777</v>
+        <v>3779</v>
       </c>
       <c r="F992" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G992" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="993" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="993" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A993" s="1" t="s">
-        <v>3778</v>
+        <v>3780</v>
       </c>
       <c r="B993" s="1" t="s">
-        <v>3779</v>
+        <v>3781</v>
       </c>
       <c r="C993" s="1" t="s">
-        <v>3780</v>
+        <v>3782</v>
       </c>
       <c r="D993" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E993" s="3" t="s">
-        <v>3781</v>
+        <v>3783</v>
       </c>
       <c r="F993" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G993" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="994" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="994" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A994" s="1" t="s">
-        <v>3782</v>
+        <v>3784</v>
       </c>
       <c r="B994" s="1" t="s">
-        <v>3783</v>
+        <v>3785</v>
       </c>
       <c r="C994" s="1" t="s">
-        <v>3784</v>
+        <v>3786</v>
       </c>
       <c r="D994" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E994" s="3" t="s">
-        <v>3785</v>
+        <v>3787</v>
       </c>
       <c r="F994" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G994" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="995" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="995" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A995" s="1" t="s">
-        <v>3786</v>
+        <v>3788</v>
       </c>
       <c r="B995" s="1" t="s">
-        <v>3787</v>
+        <v>3789</v>
       </c>
       <c r="C995" s="1" t="s">
-        <v>3788</v>
+        <v>3790</v>
       </c>
       <c r="D995" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E995" s="3" t="s">
-        <v>3789</v>
+        <v>3791</v>
       </c>
       <c r="F995" s="3" t="s">
-        <v>3790</v>
+        <v>1240</v>
       </c>
       <c r="G995" s="3" t="s">
-        <v>2048</v>
-[...2 lines deleted...]
-    <row r="996" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="996" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A996" s="1" t="s">
-        <v>3791</v>
+        <v>3792</v>
       </c>
       <c r="B996" s="1" t="s">
-        <v>3792</v>
+        <v>3793</v>
       </c>
       <c r="C996" s="1" t="s">
-        <v>3793</v>
+        <v>3794</v>
       </c>
       <c r="D996" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E996" s="3" t="s">
-        <v>3794</v>
+        <v>3795</v>
       </c>
       <c r="F996" s="3" t="s">
-        <v>1933</v>
+        <v>1240</v>
       </c>
       <c r="G996" s="3" t="s">
-        <v>3795</v>
-[...2 lines deleted...]
-    <row r="997" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="997" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A997" s="1" t="s">
         <v>3796</v>
       </c>
       <c r="B997" s="1" t="s">
         <v>3797</v>
       </c>
       <c r="C997" s="1" t="s">
         <v>3798</v>
       </c>
       <c r="D997" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E997" s="3" t="s">
         <v>3799</v>
       </c>
       <c r="F997" s="3" t="s">
-        <v>1933</v>
+        <v>1240</v>
       </c>
       <c r="G997" s="3" t="s">
-        <v>3795</v>
-[...2 lines deleted...]
-    <row r="998" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="998" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A998" s="1" t="s">
         <v>3800</v>
       </c>
       <c r="B998" s="1" t="s">
         <v>3801</v>
       </c>
       <c r="C998" s="1" t="s">
         <v>3802</v>
       </c>
       <c r="D998" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E998" s="3" t="s">
         <v>3803</v>
       </c>
       <c r="F998" s="3" t="s">
-        <v>1884</v>
+        <v>1240</v>
       </c>
       <c r="G998" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="999" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="999" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A999" s="1" t="s">
         <v>3804</v>
       </c>
       <c r="B999" s="1" t="s">
         <v>3805</v>
       </c>
       <c r="C999" s="1" t="s">
         <v>3806</v>
       </c>
       <c r="D999" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E999" s="3" t="s">
         <v>3807</v>
       </c>
       <c r="F999" s="3" t="s">
-        <v>1884</v>
+        <v>1240</v>
       </c>
       <c r="G999" s="3" t="s">
-        <v>2508</v>
-[...2 lines deleted...]
-    <row r="1000" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1000" s="1" t="s">
         <v>3808</v>
       </c>
       <c r="B1000" s="1" t="s">
         <v>3809</v>
       </c>
       <c r="C1000" s="1" t="s">
         <v>3810</v>
       </c>
       <c r="D1000" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1000" s="3" t="s">
         <v>3811</v>
       </c>
       <c r="F1000" s="3" t="s">
-        <v>1884</v>
+        <v>1240</v>
       </c>
       <c r="G1000" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="1001" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1001" s="1" t="s">
         <v>3812</v>
       </c>
       <c r="B1001" s="1" t="s">
         <v>3813</v>
       </c>
       <c r="C1001" s="1" t="s">
         <v>3814</v>
       </c>
       <c r="D1001" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1001" s="3" t="s">
         <v>3815</v>
       </c>
       <c r="F1001" s="3" t="s">
-        <v>1933</v>
+        <v>1240</v>
       </c>
       <c r="G1001" s="3" t="s">
-        <v>2444</v>
-[...2 lines deleted...]
-    <row r="1002" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1002" s="1" t="s">
         <v>3816</v>
       </c>
       <c r="B1002" s="1" t="s">
         <v>3817</v>
       </c>
       <c r="C1002" s="1" t="s">
         <v>3818</v>
       </c>
       <c r="D1002" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1002" s="3" t="s">
         <v>3819</v>
       </c>
       <c r="F1002" s="3" t="s">
-        <v>1884</v>
+        <v>1240</v>
       </c>
       <c r="G1002" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1003" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1003" s="1" t="s">
         <v>3820</v>
       </c>
       <c r="B1003" s="1" t="s">
         <v>3821</v>
       </c>
       <c r="C1003" s="1" t="s">
         <v>3822</v>
       </c>
       <c r="D1003" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1003" s="3" t="s">
         <v>3823</v>
       </c>
       <c r="F1003" s="3" t="s">
-        <v>1884</v>
+        <v>1240</v>
       </c>
       <c r="G1003" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1004" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1004" s="1" t="s">
         <v>3824</v>
       </c>
       <c r="B1004" s="1" t="s">
         <v>3825</v>
       </c>
       <c r="C1004" s="1" t="s">
         <v>3826</v>
       </c>
       <c r="D1004" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1004" s="3" t="s">
         <v>3827</v>
       </c>
       <c r="F1004" s="3" t="s">
-        <v>1884</v>
+        <v>1240</v>
       </c>
       <c r="G1004" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1005" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1005" s="1" t="s">
         <v>3828</v>
       </c>
       <c r="B1005" s="1" t="s">
         <v>3829</v>
       </c>
       <c r="C1005" s="1" t="s">
         <v>3830</v>
       </c>
       <c r="D1005" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1005" s="3" t="s">
         <v>3831</v>
       </c>
       <c r="F1005" s="3" t="s">
-        <v>1884</v>
+        <v>1240</v>
       </c>
       <c r="G1005" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1006" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1006" s="1" t="s">
         <v>3832</v>
       </c>
       <c r="B1006" s="1" t="s">
         <v>3833</v>
       </c>
       <c r="C1006" s="1" t="s">
         <v>3834</v>
       </c>
       <c r="D1006" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1006" s="3" t="s">
         <v>3835</v>
       </c>
       <c r="F1006" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G1006" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1007" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1007" s="1" t="s">
         <v>3836</v>
       </c>
       <c r="B1007" s="1" t="s">
         <v>3837</v>
       </c>
       <c r="C1007" s="1" t="s">
         <v>3838</v>
       </c>
       <c r="D1007" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1007" s="3" t="s">
         <v>3839</v>
       </c>
       <c r="F1007" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G1007" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1008" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1008" s="1" t="s">
         <v>3840</v>
       </c>
       <c r="B1008" s="1" t="s">
         <v>3841</v>
       </c>
       <c r="C1008" s="1" t="s">
         <v>3842</v>
       </c>
       <c r="D1008" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1008" s="3" t="s">
         <v>3843</v>
       </c>
       <c r="F1008" s="3" t="s">
-        <v>1884</v>
+        <v>894</v>
       </c>
       <c r="G1008" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1009" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1009" s="1" t="s">
         <v>3844</v>
       </c>
       <c r="B1009" s="1" t="s">
         <v>3845</v>
       </c>
       <c r="C1009" s="1" t="s">
+        <v>3845</v>
+      </c>
+      <c r="D1009" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1009" s="3" t="s">
         <v>3846</v>
       </c>
-      <c r="D1009" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1009" s="3" t="s">
+      <c r="F1009" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G1009" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1010" s="1" t="s">
         <v>3847</v>
       </c>
-      <c r="F1009" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1010" s="1" t="s">
+      <c r="B1010" s="1" t="s">
         <v>3848</v>
       </c>
-      <c r="B1010" s="1" t="s">
+      <c r="C1010" s="1" t="s">
         <v>3849</v>
       </c>
-      <c r="C1010" s="1" t="s">
+      <c r="D1010" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1010" s="3" t="s">
         <v>3850</v>
       </c>
-      <c r="D1010" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1010" s="3" t="s">
+      <c r="F1010" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1010" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1011" s="1" t="s">
         <v>3851</v>
       </c>
-      <c r="F1010" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1011" s="1" t="s">
+      <c r="B1011" s="1" t="s">
         <v>3852</v>
       </c>
-      <c r="B1011" s="1" t="s">
+      <c r="C1011" s="1" t="s">
         <v>3853</v>
       </c>
-      <c r="C1011" s="1" t="s">
+      <c r="D1011" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1011" s="3" t="s">
         <v>3854</v>
       </c>
-      <c r="D1011" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1011" s="3" t="s">
+      <c r="F1011" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1011" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1012" s="1" t="s">
         <v>3855</v>
       </c>
-      <c r="F1011" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1012" s="1" t="s">
+      <c r="B1012" s="1" t="s">
         <v>3856</v>
       </c>
-      <c r="B1012" s="1" t="s">
+      <c r="C1012" s="1" t="s">
         <v>3857</v>
       </c>
-      <c r="C1012" s="1" t="s">
+      <c r="D1012" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1012" s="3" t="s">
         <v>3858</v>
       </c>
-      <c r="D1012" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1012" s="3" t="s">
+      <c r="F1012" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1012" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1013" s="1" t="s">
         <v>3859</v>
       </c>
-      <c r="F1012" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1013" s="1" t="s">
+      <c r="B1013" s="1" t="s">
         <v>3860</v>
       </c>
-      <c r="B1013" s="1" t="s">
+      <c r="C1013" s="1" t="s">
         <v>3861</v>
       </c>
-      <c r="C1013" s="1" t="s">
+      <c r="D1013" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1013" s="3" t="s">
         <v>3862</v>
       </c>
-      <c r="D1013" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1013" s="3" t="s">
+      <c r="F1013" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1013" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1014" s="1" t="s">
         <v>3863</v>
       </c>
-      <c r="F1013" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1014" s="1" t="s">
+      <c r="B1014" s="1" t="s">
         <v>3864</v>
-      </c>
-[...1 lines deleted...]
-        <v>3865</v>
       </c>
       <c r="C1014" s="1" t="s">
         <v>3865</v>
       </c>
       <c r="D1014" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1014" s="3" t="s">
         <v>3866</v>
       </c>
       <c r="F1014" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1014" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1015" s="1" t="s">
         <v>3867</v>
       </c>
-      <c r="G1014" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A1015" s="1" t="s">
+      <c r="B1015" s="1" t="s">
         <v>3868</v>
-      </c>
-[...1 lines deleted...]
-        <v>3869</v>
       </c>
       <c r="C1015" s="1" t="s">
         <v>3869</v>
       </c>
       <c r="D1015" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1015" s="3" t="s">
         <v>3870</v>
       </c>
       <c r="F1015" s="3" t="s">
-        <v>3867</v>
+        <v>3321</v>
       </c>
       <c r="G1015" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1016" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1016" s="1" t="s">
         <v>3871</v>
       </c>
       <c r="B1016" s="1" t="s">
         <v>3872</v>
       </c>
       <c r="C1016" s="1" t="s">
-        <v>3872</v>
+        <v>3873</v>
       </c>
       <c r="D1016" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1016" s="3" t="s">
-        <v>3873</v>
+        <v>3874</v>
       </c>
       <c r="F1016" s="3" t="s">
-        <v>3867</v>
+        <v>3321</v>
       </c>
       <c r="G1016" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1017" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1017" s="1" t="s">
-        <v>3874</v>
+        <v>3875</v>
       </c>
       <c r="B1017" s="1" t="s">
-        <v>3875</v>
+        <v>3876</v>
       </c>
       <c r="C1017" s="1" t="s">
-        <v>3875</v>
+        <v>3877</v>
       </c>
       <c r="D1017" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1017" s="3" t="s">
-        <v>3876</v>
+        <v>3878</v>
       </c>
       <c r="F1017" s="3" t="s">
-        <v>3867</v>
+        <v>3321</v>
       </c>
       <c r="G1017" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1018" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1018" s="1" t="s">
-        <v>3877</v>
+        <v>3879</v>
       </c>
       <c r="B1018" s="1" t="s">
-        <v>3878</v>
+        <v>3880</v>
       </c>
       <c r="C1018" s="1" t="s">
-        <v>3878</v>
+        <v>3881</v>
       </c>
       <c r="D1018" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1018" s="3" t="s">
-        <v>3879</v>
+        <v>3882</v>
       </c>
       <c r="F1018" s="3" t="s">
-        <v>3867</v>
+        <v>3321</v>
       </c>
       <c r="G1018" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1019" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1019" s="1" t="s">
-        <v>3880</v>
+        <v>3883</v>
       </c>
       <c r="B1019" s="1" t="s">
-        <v>3881</v>
+        <v>3884</v>
       </c>
       <c r="C1019" s="1" t="s">
-        <v>3881</v>
+        <v>3885</v>
       </c>
       <c r="D1019" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1019" s="3" t="s">
-        <v>3882</v>
+        <v>3886</v>
       </c>
       <c r="F1019" s="3" t="s">
-        <v>3867</v>
+        <v>3887</v>
       </c>
       <c r="G1019" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1020" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1020" s="1" t="s">
-        <v>3883</v>
+        <v>3888</v>
       </c>
       <c r="B1020" s="1" t="s">
-        <v>3884</v>
+        <v>3889</v>
       </c>
       <c r="C1020" s="1" t="s">
-        <v>3884</v>
+        <v>3890</v>
       </c>
       <c r="D1020" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1020" s="3" t="s">
-        <v>3885</v>
+        <v>3891</v>
       </c>
       <c r="F1020" s="3" t="s">
-        <v>3867</v>
+        <v>1949</v>
       </c>
       <c r="G1020" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1021" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>3892</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1021" s="1" t="s">
-        <v>3886</v>
+        <v>3893</v>
       </c>
       <c r="B1021" s="1" t="s">
-        <v>3887</v>
+        <v>3894</v>
       </c>
       <c r="C1021" s="1" t="s">
-        <v>3887</v>
+        <v>3895</v>
       </c>
       <c r="D1021" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1021" s="3" t="s">
-        <v>3888</v>
+        <v>3896</v>
       </c>
       <c r="F1021" s="3" t="s">
-        <v>3867</v>
+        <v>1949</v>
       </c>
       <c r="G1021" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1022" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>3892</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1022" s="1" t="s">
-        <v>3889</v>
+        <v>3897</v>
       </c>
       <c r="B1022" s="1" t="s">
-        <v>3890</v>
+        <v>3898</v>
       </c>
       <c r="C1022" s="1" t="s">
-        <v>3890</v>
+        <v>3899</v>
       </c>
       <c r="D1022" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1022" s="3" t="s">
-        <v>3891</v>
+        <v>3900</v>
       </c>
       <c r="F1022" s="3" t="s">
-        <v>3867</v>
+        <v>1949</v>
       </c>
       <c r="G1022" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1023" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>3892</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1023" s="1" t="s">
-        <v>3892</v>
+        <v>3901</v>
       </c>
       <c r="B1023" s="1" t="s">
-        <v>3893</v>
+        <v>3902</v>
       </c>
       <c r="C1023" s="1" t="s">
-        <v>3893</v>
+        <v>3903</v>
       </c>
       <c r="D1023" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1023" s="3" t="s">
-        <v>3894</v>
+        <v>3904</v>
       </c>
       <c r="F1023" s="3" t="s">
-        <v>3867</v>
+        <v>1900</v>
       </c>
       <c r="G1023" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1024" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1024" s="1" t="s">
-        <v>3895</v>
+        <v>3905</v>
       </c>
       <c r="B1024" s="1" t="s">
-        <v>3896</v>
+        <v>3906</v>
       </c>
       <c r="C1024" s="1" t="s">
-        <v>3896</v>
+        <v>3907</v>
       </c>
       <c r="D1024" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1024" s="3" t="s">
-        <v>3897</v>
+        <v>3908</v>
       </c>
       <c r="F1024" s="3" t="s">
-        <v>768</v>
+        <v>1900</v>
       </c>
       <c r="G1024" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1025" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1025" s="1" t="s">
-        <v>3898</v>
+        <v>3909</v>
       </c>
       <c r="B1025" s="1" t="s">
-        <v>3899</v>
+        <v>3910</v>
       </c>
       <c r="C1025" s="1" t="s">
-        <v>3899</v>
+        <v>3911</v>
       </c>
       <c r="D1025" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1025" s="3" t="s">
-        <v>3900</v>
+        <v>3912</v>
       </c>
       <c r="F1025" s="3" t="s">
-        <v>3867</v>
+        <v>1900</v>
       </c>
       <c r="G1025" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1026" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1026" s="1" t="s">
-        <v>3901</v>
+        <v>3913</v>
       </c>
       <c r="B1026" s="1" t="s">
-        <v>3902</v>
+        <v>3914</v>
       </c>
       <c r="C1026" s="1" t="s">
-        <v>3903</v>
+        <v>3915</v>
       </c>
       <c r="D1026" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1026" s="3" t="s">
-        <v>3904</v>
+        <v>3916</v>
       </c>
       <c r="F1026" s="3" t="s">
-        <v>3273</v>
+        <v>1949</v>
       </c>
       <c r="G1026" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="1027" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2446</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1027" s="1" t="s">
-        <v>3905</v>
+        <v>3917</v>
       </c>
       <c r="B1027" s="1" t="s">
-        <v>3906</v>
+        <v>3918</v>
       </c>
       <c r="C1027" s="1" t="s">
-        <v>3907</v>
+        <v>3919</v>
       </c>
       <c r="D1027" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1027" s="3" t="s">
-        <v>3908</v>
+        <v>3920</v>
       </c>
       <c r="F1027" s="3" t="s">
-        <v>3273</v>
+        <v>1900</v>
       </c>
       <c r="G1027" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1028" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1028" s="1" t="s">
-        <v>3909</v>
+        <v>3921</v>
       </c>
       <c r="B1028" s="1" t="s">
-        <v>3910</v>
+        <v>3922</v>
       </c>
       <c r="C1028" s="1" t="s">
-        <v>3911</v>
+        <v>3923</v>
       </c>
       <c r="D1028" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1028" s="3" t="s">
-        <v>3912</v>
+        <v>3924</v>
       </c>
       <c r="F1028" s="3" t="s">
-        <v>3273</v>
+        <v>1900</v>
       </c>
       <c r="G1028" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1029" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1029" s="1" t="s">
-        <v>3913</v>
+        <v>3925</v>
       </c>
       <c r="B1029" s="1" t="s">
-        <v>3914</v>
+        <v>3926</v>
       </c>
       <c r="C1029" s="1" t="s">
-        <v>3915</v>
+        <v>3927</v>
       </c>
       <c r="D1029" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1029" s="3" t="s">
-        <v>3916</v>
+        <v>3928</v>
       </c>
       <c r="F1029" s="3" t="s">
-        <v>3273</v>
+        <v>1900</v>
       </c>
       <c r="G1029" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1030" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1030" s="1" t="s">
-        <v>3917</v>
+        <v>3929</v>
       </c>
       <c r="B1030" s="1" t="s">
-        <v>3918</v>
+        <v>3930</v>
       </c>
       <c r="C1030" s="1" t="s">
-        <v>3919</v>
+        <v>3931</v>
       </c>
       <c r="D1030" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1030" s="3" t="s">
-        <v>3920</v>
+        <v>3932</v>
       </c>
       <c r="F1030" s="3" t="s">
-        <v>3273</v>
+        <v>1900</v>
       </c>
       <c r="G1030" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1031" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1031" s="1" t="s">
-        <v>3921</v>
+        <v>3933</v>
       </c>
       <c r="B1031" s="1" t="s">
-        <v>3922</v>
+        <v>3934</v>
       </c>
       <c r="C1031" s="1" t="s">
-        <v>3923</v>
+        <v>3935</v>
       </c>
       <c r="D1031" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1031" s="3" t="s">
-        <v>3924</v>
+        <v>3936</v>
       </c>
       <c r="F1031" s="3" t="s">
-        <v>3273</v>
+        <v>1900</v>
       </c>
       <c r="G1031" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1032" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1032" s="1" t="s">
-        <v>3925</v>
+        <v>3937</v>
       </c>
       <c r="B1032" s="1" t="s">
-        <v>3926</v>
+        <v>3938</v>
       </c>
       <c r="C1032" s="1" t="s">
-        <v>3927</v>
+        <v>3939</v>
       </c>
       <c r="D1032" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1032" s="3" t="s">
-        <v>3928</v>
+        <v>3940</v>
       </c>
       <c r="F1032" s="3" t="s">
-        <v>3273</v>
+        <v>1900</v>
       </c>
       <c r="G1032" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1033" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1033" s="1" t="s">
-        <v>3929</v>
+        <v>3941</v>
       </c>
       <c r="B1033" s="1" t="s">
-        <v>3930</v>
+        <v>3942</v>
       </c>
       <c r="C1033" s="1" t="s">
-        <v>3931</v>
+        <v>3943</v>
       </c>
       <c r="D1033" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1033" s="3" t="s">
-        <v>3932</v>
+        <v>3944</v>
       </c>
       <c r="F1033" s="3" t="s">
-        <v>1231</v>
+        <v>1900</v>
       </c>
       <c r="G1033" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="1034" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1034" s="1" t="s">
-        <v>3933</v>
+        <v>3945</v>
       </c>
       <c r="B1034" s="1" t="s">
-        <v>3934</v>
+        <v>3946</v>
       </c>
       <c r="C1034" s="1" t="s">
-        <v>3935</v>
+        <v>3947</v>
       </c>
       <c r="D1034" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1034" s="3" t="s">
-        <v>3936</v>
+        <v>3948</v>
       </c>
       <c r="F1034" s="3" t="s">
-        <v>1231</v>
+        <v>1900</v>
       </c>
       <c r="G1034" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="1035" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1035" s="1" t="s">
-        <v>3937</v>
+        <v>3949</v>
       </c>
       <c r="B1035" s="1" t="s">
-        <v>3938</v>
+        <v>3950</v>
       </c>
       <c r="C1035" s="1" t="s">
-        <v>3939</v>
+        <v>3951</v>
       </c>
       <c r="D1035" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1035" s="3" t="s">
-        <v>3940</v>
+        <v>3952</v>
       </c>
       <c r="F1035" s="3" t="s">
-        <v>1231</v>
+        <v>1900</v>
       </c>
       <c r="G1035" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="1036" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1036" s="1" t="s">
-        <v>3941</v>
+        <v>3953</v>
       </c>
       <c r="B1036" s="1" t="s">
-        <v>3942</v>
+        <v>3954</v>
       </c>
       <c r="C1036" s="1" t="s">
-        <v>3943</v>
+        <v>3955</v>
       </c>
       <c r="D1036" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1036" s="3" t="s">
-        <v>3944</v>
+        <v>3956</v>
       </c>
       <c r="F1036" s="3" t="s">
-        <v>1231</v>
+        <v>1900</v>
       </c>
       <c r="G1036" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="1037" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1037" s="1" t="s">
-        <v>3945</v>
+        <v>3957</v>
       </c>
       <c r="B1037" s="1" t="s">
-        <v>3946</v>
+        <v>3958</v>
       </c>
       <c r="C1037" s="1" t="s">
-        <v>3947</v>
+        <v>3959</v>
       </c>
       <c r="D1037" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1037" s="3" t="s">
-        <v>3948</v>
+        <v>3960</v>
       </c>
       <c r="F1037" s="3" t="s">
-        <v>1231</v>
+        <v>1900</v>
       </c>
       <c r="G1037" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="1038" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1038" s="1" t="s">
-        <v>3949</v>
+        <v>3961</v>
       </c>
       <c r="B1038" s="1" t="s">
-        <v>3950</v>
+        <v>3962</v>
       </c>
       <c r="C1038" s="1" t="s">
-        <v>3951</v>
+        <v>3963</v>
       </c>
       <c r="D1038" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1038" s="3" t="s">
-        <v>3952</v>
+        <v>3964</v>
       </c>
       <c r="F1038" s="3" t="s">
-        <v>1231</v>
+        <v>1900</v>
       </c>
       <c r="G1038" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="1039" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1039" s="1" t="s">
-        <v>3953</v>
+        <v>3965</v>
       </c>
       <c r="B1039" s="1" t="s">
-        <v>3954</v>
+        <v>3966</v>
       </c>
       <c r="C1039" s="1" t="s">
-        <v>3954</v>
+        <v>3966</v>
       </c>
       <c r="D1039" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1039" s="3" t="s">
-        <v>3955</v>
+        <v>3967</v>
       </c>
       <c r="F1039" s="3" t="s">
-        <v>688</v>
+        <v>3968</v>
       </c>
       <c r="G1039" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1040" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1040" s="1" t="s">
-        <v>3956</v>
+        <v>3969</v>
       </c>
       <c r="B1040" s="1" t="s">
-        <v>3957</v>
+        <v>3970</v>
       </c>
       <c r="C1040" s="1" t="s">
-        <v>3958</v>
+        <v>3970</v>
       </c>
       <c r="D1040" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1040" s="3" t="s">
-        <v>3959</v>
+        <v>3971</v>
       </c>
       <c r="F1040" s="3" t="s">
-        <v>1884</v>
+        <v>3968</v>
       </c>
       <c r="G1040" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1041" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1041" s="1" t="s">
-        <v>3960</v>
+        <v>3972</v>
       </c>
       <c r="B1041" s="1" t="s">
-        <v>3961</v>
+        <v>3973</v>
       </c>
       <c r="C1041" s="1" t="s">
-        <v>3962</v>
+        <v>3973</v>
       </c>
       <c r="D1041" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1041" s="3" t="s">
-        <v>3963</v>
+        <v>3974</v>
       </c>
       <c r="F1041" s="3" t="s">
-        <v>1884</v>
+        <v>3968</v>
       </c>
       <c r="G1041" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="1042" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1042" s="1" t="s">
-        <v>3964</v>
+        <v>3975</v>
       </c>
       <c r="B1042" s="1" t="s">
-        <v>3965</v>
+        <v>3976</v>
       </c>
       <c r="C1042" s="1" t="s">
-        <v>3966</v>
+        <v>3976</v>
       </c>
       <c r="D1042" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1042" s="3" t="s">
-        <v>3967</v>
+        <v>3977</v>
       </c>
       <c r="F1042" s="3" t="s">
-        <v>231</v>
+        <v>3968</v>
       </c>
       <c r="G1042" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1043" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1043" s="1" t="s">
+        <v>3978</v>
+      </c>
+      <c r="B1043" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="C1043" s="1" t="s">
+        <v>3979</v>
+      </c>
+      <c r="D1043" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1043" s="3" t="s">
+        <v>3980</v>
+      </c>
+      <c r="F1043" s="3" t="s">
         <v>3968</v>
       </c>
-      <c r="B1043" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G1043" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1044" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1044" s="1" t="s">
-        <v>3971</v>
+        <v>3981</v>
       </c>
       <c r="B1044" s="1" t="s">
-        <v>3972</v>
+        <v>3982</v>
       </c>
       <c r="C1044" s="1" t="s">
-        <v>3966</v>
+        <v>3982</v>
       </c>
       <c r="D1044" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1044" s="3" t="s">
-        <v>3973</v>
+        <v>3983</v>
       </c>
       <c r="F1044" s="3" t="s">
-        <v>231</v>
+        <v>3968</v>
       </c>
       <c r="G1044" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1045" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1045" s="1" t="s">
-        <v>3974</v>
+        <v>3984</v>
       </c>
       <c r="B1045" s="1" t="s">
-        <v>3975</v>
+        <v>3985</v>
       </c>
       <c r="C1045" s="1" t="s">
-        <v>3966</v>
+        <v>3985</v>
       </c>
       <c r="D1045" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1045" s="3" t="s">
-        <v>3976</v>
+        <v>3986</v>
       </c>
       <c r="F1045" s="3" t="s">
-        <v>231</v>
+        <v>3968</v>
       </c>
       <c r="G1045" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="1046" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1046" s="1" t="s">
-        <v>3977</v>
+        <v>3987</v>
       </c>
       <c r="B1046" s="1" t="s">
-        <v>3978</v>
+        <v>3988</v>
       </c>
       <c r="C1046" s="1" t="s">
-        <v>3979</v>
+        <v>3988</v>
       </c>
       <c r="D1046" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1046" s="3" t="s">
-        <v>3980</v>
+        <v>3989</v>
       </c>
       <c r="F1046" s="3" t="s">
-        <v>3273</v>
+        <v>3968</v>
       </c>
       <c r="G1046" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1047" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1047" s="1" t="s">
-        <v>3981</v>
+        <v>3990</v>
       </c>
       <c r="B1047" s="1" t="s">
-        <v>3982</v>
+        <v>3991</v>
       </c>
       <c r="C1047" s="1" t="s">
-        <v>3983</v>
+        <v>3991</v>
       </c>
       <c r="D1047" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1047" s="3" t="s">
-        <v>3984</v>
+        <v>3992</v>
       </c>
       <c r="F1047" s="3" t="s">
-        <v>3985</v>
+        <v>3968</v>
       </c>
       <c r="G1047" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1048" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1048" s="1" t="s">
-        <v>3986</v>
+        <v>3993</v>
       </c>
       <c r="B1048" s="1" t="s">
-        <v>3987</v>
+        <v>3994</v>
       </c>
       <c r="C1048" s="1" t="s">
-        <v>3988</v>
+        <v>3994</v>
       </c>
       <c r="D1048" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1048" s="3" t="s">
-        <v>3989</v>
+        <v>3995</v>
       </c>
       <c r="F1048" s="3" t="s">
-        <v>3985</v>
+        <v>3968</v>
       </c>
       <c r="G1048" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1049" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1049" s="1" t="s">
-        <v>3990</v>
+        <v>3996</v>
       </c>
       <c r="B1049" s="1" t="s">
-        <v>3991</v>
+        <v>3997</v>
       </c>
       <c r="C1049" s="1" t="s">
-        <v>3992</v>
+        <v>3997</v>
       </c>
       <c r="D1049" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1049" s="3" t="s">
-        <v>3993</v>
+        <v>3998</v>
       </c>
       <c r="F1049" s="3" t="s">
-        <v>3985</v>
+        <v>857</v>
       </c>
       <c r="G1049" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1050" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1050" s="1" t="s">
-        <v>3994</v>
+        <v>3999</v>
       </c>
       <c r="B1050" s="1" t="s">
-        <v>3995</v>
+        <v>4000</v>
       </c>
       <c r="C1050" s="1" t="s">
-        <v>3996</v>
+        <v>4000</v>
       </c>
       <c r="D1050" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1050" s="3" t="s">
-        <v>3997</v>
+        <v>4001</v>
       </c>
       <c r="F1050" s="3" t="s">
-        <v>3985</v>
+        <v>3968</v>
       </c>
       <c r="G1050" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1051" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1051" s="1" t="s">
-        <v>3998</v>
+        <v>4002</v>
       </c>
       <c r="B1051" s="1" t="s">
-        <v>3999</v>
+        <v>4003</v>
       </c>
       <c r="C1051" s="1" t="s">
-        <v>4000</v>
+        <v>4003</v>
       </c>
       <c r="D1051" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1051" s="3" t="s">
-        <v>4001</v>
+        <v>4004</v>
       </c>
       <c r="F1051" s="3" t="s">
-        <v>3985</v>
+        <v>773</v>
       </c>
       <c r="G1051" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1052" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1052" s="1" t="s">
-        <v>4002</v>
+        <v>4005</v>
       </c>
       <c r="B1052" s="1" t="s">
-        <v>4003</v>
+        <v>4006</v>
       </c>
       <c r="C1052" s="1" t="s">
-        <v>4004</v>
+        <v>4007</v>
       </c>
       <c r="D1052" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1052" s="3" t="s">
-        <v>4005</v>
+        <v>4008</v>
       </c>
       <c r="F1052" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G1052" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="1053" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1053" s="1" t="s">
-        <v>4006</v>
+        <v>4009</v>
       </c>
       <c r="B1053" s="1" t="s">
-        <v>4007</v>
+        <v>4010</v>
       </c>
       <c r="C1053" s="1" t="s">
-        <v>4008</v>
+        <v>4011</v>
       </c>
       <c r="D1053" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1053" s="3" t="s">
-        <v>4009</v>
+        <v>4012</v>
       </c>
       <c r="F1053" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G1053" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="1054" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1054" s="1" t="s">
-        <v>4010</v>
+        <v>4013</v>
       </c>
       <c r="B1054" s="1" t="s">
-        <v>4011</v>
+        <v>4014</v>
       </c>
       <c r="C1054" s="1" t="s">
-        <v>4012</v>
+        <v>4015</v>
       </c>
       <c r="D1054" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1054" s="3" t="s">
-        <v>4013</v>
+        <v>4016</v>
       </c>
       <c r="F1054" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G1054" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1055" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1055" s="1" t="s">
-        <v>4014</v>
+        <v>4017</v>
       </c>
       <c r="B1055" s="1" t="s">
-        <v>4015</v>
+        <v>4018</v>
       </c>
       <c r="C1055" s="1" t="s">
-        <v>4016</v>
+        <v>4019</v>
       </c>
       <c r="D1055" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1055" s="3" t="s">
-        <v>4017</v>
+        <v>4020</v>
       </c>
       <c r="F1055" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G1055" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1056" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1056" s="1" t="s">
-        <v>4018</v>
+        <v>4021</v>
       </c>
       <c r="B1056" s="1" t="s">
-        <v>4019</v>
+        <v>4022</v>
       </c>
       <c r="C1056" s="1" t="s">
-        <v>4020</v>
+        <v>4023</v>
       </c>
       <c r="D1056" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1056" s="3" t="s">
-        <v>4021</v>
+        <v>4024</v>
       </c>
       <c r="F1056" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G1056" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1057" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1057" s="1" t="s">
-        <v>4022</v>
+        <v>4025</v>
       </c>
       <c r="B1057" s="1" t="s">
-        <v>4023</v>
+        <v>4026</v>
       </c>
       <c r="C1057" s="1" t="s">
-        <v>4024</v>
+        <v>4027</v>
       </c>
       <c r="D1057" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1057" s="3" t="s">
-        <v>4025</v>
+        <v>4028</v>
       </c>
       <c r="F1057" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G1057" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="1058" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1058" s="1" t="s">
-        <v>4026</v>
+        <v>4029</v>
       </c>
       <c r="B1058" s="1" t="s">
-        <v>4027</v>
+        <v>4030</v>
       </c>
       <c r="C1058" s="1" t="s">
-        <v>4028</v>
+        <v>4031</v>
       </c>
       <c r="D1058" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1058" s="3" t="s">
-        <v>4029</v>
+        <v>4032</v>
       </c>
       <c r="F1058" s="3" t="s">
-        <v>4030</v>
+        <v>3321</v>
       </c>
       <c r="G1058" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="1059" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1059" s="1" t="s">
-        <v>4031</v>
+        <v>4033</v>
       </c>
       <c r="B1059" s="1" t="s">
-        <v>4032</v>
+        <v>4034</v>
       </c>
       <c r="C1059" s="1" t="s">
-        <v>4033</v>
+        <v>4035</v>
       </c>
       <c r="D1059" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1059" s="3" t="s">
-        <v>4034</v>
+        <v>4036</v>
       </c>
       <c r="F1059" s="3" t="s">
-        <v>4030</v>
+        <v>3321</v>
       </c>
       <c r="G1059" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1060" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1060" s="1" t="s">
-        <v>4035</v>
+        <v>4037</v>
       </c>
       <c r="B1060" s="1" t="s">
-        <v>4036</v>
+        <v>4038</v>
       </c>
       <c r="C1060" s="1" t="s">
-        <v>4037</v>
+        <v>4039</v>
       </c>
       <c r="D1060" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1060" s="3" t="s">
-        <v>4038</v>
+        <v>4040</v>
       </c>
       <c r="F1060" s="3" t="s">
-        <v>3273</v>
+        <v>3321</v>
       </c>
       <c r="G1060" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1061" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1061" s="1" t="s">
-        <v>4039</v>
+        <v>4041</v>
       </c>
       <c r="B1061" s="1" t="s">
-        <v>4040</v>
+        <v>4042</v>
       </c>
       <c r="C1061" s="1" t="s">
-        <v>4041</v>
+        <v>4043</v>
       </c>
       <c r="D1061" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1061" s="3" t="s">
-        <v>4042</v>
+        <v>4044</v>
       </c>
       <c r="F1061" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G1061" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1062" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1062" s="1" t="s">
-        <v>4043</v>
+        <v>4045</v>
       </c>
       <c r="B1062" s="1" t="s">
-        <v>4044</v>
+        <v>4046</v>
       </c>
       <c r="C1062" s="1" t="s">
-        <v>4045</v>
+        <v>4047</v>
       </c>
       <c r="D1062" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1062" s="3" t="s">
-        <v>4046</v>
+        <v>4048</v>
       </c>
       <c r="F1062" s="3" t="s">
-        <v>3273</v>
+        <v>1240</v>
       </c>
       <c r="G1062" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1063" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1063" s="1" t="s">
-        <v>4047</v>
+        <v>4049</v>
       </c>
       <c r="B1063" s="1" t="s">
-        <v>4048</v>
+        <v>4050</v>
       </c>
       <c r="C1063" s="1" t="s">
-        <v>4049</v>
+        <v>4051</v>
       </c>
       <c r="D1063" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1063" s="3" t="s">
-        <v>4050</v>
+        <v>4052</v>
       </c>
       <c r="F1063" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1064" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1240</v>
+      </c>
+      <c r="G1063" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1064" s="1" t="s">
-        <v>4051</v>
+        <v>4053</v>
       </c>
       <c r="B1064" s="1" t="s">
-        <v>4052</v>
+        <v>4054</v>
       </c>
       <c r="C1064" s="1" t="s">
-        <v>4053</v>
+        <v>4055</v>
       </c>
       <c r="D1064" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1064" s="3" t="s">
-        <v>4054</v>
+        <v>4056</v>
       </c>
       <c r="F1064" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1065" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1240</v>
+      </c>
+      <c r="G1064" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1065" s="1" t="s">
-        <v>4055</v>
+        <v>4057</v>
       </c>
       <c r="B1065" s="1" t="s">
-        <v>4056</v>
+        <v>4058</v>
       </c>
       <c r="C1065" s="1" t="s">
-        <v>4057</v>
+        <v>4059</v>
       </c>
       <c r="D1065" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1065" s="3" t="s">
-        <v>4058</v>
+        <v>4060</v>
       </c>
       <c r="F1065" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1066" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1240</v>
+      </c>
+      <c r="G1065" s="3" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1066" s="1" t="s">
-        <v>4059</v>
+        <v>4061</v>
       </c>
       <c r="B1066" s="1" t="s">
-        <v>4060</v>
+        <v>4062</v>
       </c>
       <c r="C1066" s="1" t="s">
-        <v>4061</v>
+        <v>4063</v>
       </c>
       <c r="D1066" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1066" s="3" t="s">
-        <v>4062</v>
+        <v>4064</v>
       </c>
       <c r="F1066" s="3" t="s">
-        <v>1933</v>
+        <v>1240</v>
       </c>
       <c r="G1066" s="3" t="s">
-        <v>2048</v>
-[...2 lines deleted...]
-    <row r="1067" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1067" s="1" t="s">
-        <v>4063</v>
+        <v>4065</v>
       </c>
       <c r="B1067" s="1" t="s">
-        <v>4064</v>
+        <v>4066</v>
       </c>
       <c r="C1067" s="1" t="s">
-        <v>4065</v>
+        <v>4066</v>
       </c>
       <c r="D1067" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1067" s="3" t="s">
-        <v>4066</v>
+        <v>4067</v>
       </c>
       <c r="F1067" s="3" t="s">
-        <v>1884</v>
+        <v>773</v>
       </c>
       <c r="G1067" s="3" t="s">
-        <v>2048</v>
-[...2 lines deleted...]
-    <row r="1068" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1068" s="1" t="s">
-        <v>4067</v>
+        <v>4068</v>
       </c>
       <c r="B1068" s="1" t="s">
-        <v>4068</v>
+        <v>4069</v>
       </c>
       <c r="C1068" s="1" t="s">
-        <v>4069</v>
+        <v>4070</v>
       </c>
       <c r="D1068" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1068" s="3" t="s">
-        <v>4070</v>
+        <v>4071</v>
       </c>
       <c r="F1068" s="3" t="s">
-        <v>1933</v>
+        <v>773</v>
       </c>
       <c r="G1068" s="3" t="s">
-        <v>4071</v>
-[...2 lines deleted...]
-    <row r="1069" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1069" s="1" t="s">
         <v>4072</v>
       </c>
       <c r="B1069" s="1" t="s">
         <v>4073</v>
       </c>
       <c r="C1069" s="1" t="s">
         <v>4074</v>
       </c>
       <c r="D1069" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1069" s="3" t="s">
         <v>4075</v>
       </c>
       <c r="F1069" s="3" t="s">
-        <v>14</v>
+        <v>1900</v>
       </c>
       <c r="G1069" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="1070" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1070" s="1" t="s">
         <v>4076</v>
       </c>
       <c r="B1070" s="1" t="s">
         <v>4077</v>
       </c>
       <c r="C1070" s="1" t="s">
         <v>4078</v>
       </c>
       <c r="D1070" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1070" s="3" t="s">
         <v>4079</v>
       </c>
       <c r="F1070" s="3" t="s">
-        <v>1884</v>
+        <v>284</v>
       </c>
       <c r="G1070" s="3" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="1071" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1071" s="1" t="s">
         <v>4080</v>
       </c>
       <c r="B1071" s="1" t="s">
         <v>4081</v>
       </c>
       <c r="C1071" s="1" t="s">
-        <v>4081</v>
+        <v>4078</v>
       </c>
       <c r="D1071" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1071" s="3" t="s">
         <v>4082</v>
       </c>
       <c r="F1071" s="3" t="s">
-        <v>2411</v>
+        <v>284</v>
       </c>
       <c r="G1071" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1072" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1072" s="1" t="s">
         <v>4083</v>
       </c>
       <c r="B1072" s="1" t="s">
         <v>4084</v>
       </c>
       <c r="C1072" s="1" t="s">
-        <v>4084</v>
+        <v>4078</v>
       </c>
       <c r="D1072" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1072" s="3" t="s">
         <v>4085</v>
       </c>
       <c r="F1072" s="3" t="s">
-        <v>2411</v>
+        <v>284</v>
       </c>
       <c r="G1072" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1073" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1073" s="1" t="s">
         <v>4086</v>
       </c>
       <c r="B1073" s="1" t="s">
         <v>4087</v>
       </c>
       <c r="C1073" s="1" t="s">
-        <v>4087</v>
+        <v>4078</v>
       </c>
       <c r="D1073" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1073" s="3" t="s">
         <v>4088</v>
       </c>
       <c r="F1073" s="3" t="s">
-        <v>2411</v>
+        <v>284</v>
       </c>
       <c r="G1073" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1074" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1074" s="1" t="s">
         <v>4089</v>
       </c>
       <c r="B1074" s="1" t="s">
         <v>4090</v>
       </c>
       <c r="C1074" s="1" t="s">
-        <v>4090</v>
+        <v>4091</v>
       </c>
       <c r="D1074" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1074" s="3" t="s">
-        <v>4091</v>
+        <v>4092</v>
       </c>
       <c r="F1074" s="3" t="s">
-        <v>2411</v>
+        <v>3321</v>
       </c>
       <c r="G1074" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1075" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1075" s="1" t="s">
-        <v>4092</v>
+        <v>4093</v>
       </c>
       <c r="B1075" s="1" t="s">
-        <v>4093</v>
+        <v>4094</v>
       </c>
       <c r="C1075" s="1" t="s">
-        <v>4094</v>
+        <v>4095</v>
       </c>
       <c r="D1075" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1075" s="3" t="s">
-        <v>4095</v>
+        <v>4096</v>
       </c>
       <c r="F1075" s="3" t="s">
-        <v>2411</v>
+        <v>4097</v>
       </c>
       <c r="G1075" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1076" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1076" s="1" t="s">
-        <v>4096</v>
+        <v>4098</v>
       </c>
       <c r="B1076" s="1" t="s">
+        <v>4099</v>
+      </c>
+      <c r="C1076" s="1" t="s">
+        <v>4100</v>
+      </c>
+      <c r="D1076" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1076" s="3" t="s">
+        <v>4101</v>
+      </c>
+      <c r="F1076" s="3" t="s">
         <v>4097</v>
       </c>
-      <c r="C1076" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1076" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1077" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1077" s="1" t="s">
-        <v>4100</v>
+        <v>4102</v>
       </c>
       <c r="B1077" s="1" t="s">
-        <v>4101</v>
+        <v>4103</v>
       </c>
       <c r="C1077" s="1" t="s">
-        <v>4102</v>
+        <v>4104</v>
       </c>
       <c r="D1077" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1077" s="3" t="s">
-        <v>4103</v>
+        <v>4105</v>
       </c>
       <c r="F1077" s="3" t="s">
-        <v>1884</v>
+        <v>4097</v>
       </c>
       <c r="G1077" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="1078" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1078" s="1" t="s">
-        <v>4104</v>
+        <v>4106</v>
       </c>
       <c r="B1078" s="1" t="s">
-        <v>4105</v>
+        <v>4107</v>
       </c>
       <c r="C1078" s="1" t="s">
-        <v>4102</v>
+        <v>4108</v>
       </c>
       <c r="D1078" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1078" s="3" t="s">
-        <v>4106</v>
+        <v>4109</v>
       </c>
       <c r="F1078" s="3" t="s">
-        <v>1884</v>
+        <v>4097</v>
       </c>
       <c r="G1078" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="1079" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1079" s="1" t="s">
-        <v>4107</v>
+        <v>4110</v>
       </c>
       <c r="B1079" s="1" t="s">
-        <v>4108</v>
+        <v>4111</v>
       </c>
       <c r="C1079" s="1" t="s">
-        <v>4102</v>
+        <v>4112</v>
       </c>
       <c r="D1079" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1079" s="3" t="s">
-        <v>4109</v>
+        <v>4113</v>
       </c>
       <c r="F1079" s="3" t="s">
-        <v>1884</v>
+        <v>4097</v>
       </c>
       <c r="G1079" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1080" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1080" s="1" t="s">
-        <v>4110</v>
+        <v>4114</v>
       </c>
       <c r="B1080" s="1" t="s">
-        <v>4111</v>
+        <v>4115</v>
       </c>
       <c r="C1080" s="1" t="s">
-        <v>4111</v>
+        <v>4116</v>
       </c>
       <c r="D1080" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1080" s="3" t="s">
-        <v>4112</v>
+        <v>4117</v>
       </c>
       <c r="F1080" s="3" t="s">
-        <v>768</v>
+        <v>1900</v>
       </c>
       <c r="G1080" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1081" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1081" s="1" t="s">
-        <v>4113</v>
+        <v>4118</v>
       </c>
       <c r="B1081" s="1" t="s">
-        <v>4114</v>
+        <v>4119</v>
       </c>
       <c r="C1081" s="1" t="s">
-        <v>4114</v>
+        <v>4120</v>
       </c>
       <c r="D1081" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1081" s="3" t="s">
-        <v>4115</v>
+        <v>4121</v>
       </c>
       <c r="F1081" s="3" t="s">
-        <v>768</v>
+        <v>1900</v>
       </c>
       <c r="G1081" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1082" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1082" s="1" t="s">
-        <v>4116</v>
+        <v>4122</v>
       </c>
       <c r="B1082" s="1" t="s">
-        <v>4117</v>
+        <v>4123</v>
       </c>
       <c r="C1082" s="1" t="s">
-        <v>4117</v>
+        <v>4124</v>
       </c>
       <c r="D1082" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1082" s="3" t="s">
-        <v>4118</v>
+        <v>4125</v>
       </c>
       <c r="F1082" s="3" t="s">
-        <v>20</v>
+        <v>1900</v>
       </c>
       <c r="G1082" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1083" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1083" s="1" t="s">
-        <v>4119</v>
+        <v>4126</v>
       </c>
       <c r="B1083" s="1" t="s">
-        <v>4120</v>
+        <v>4127</v>
       </c>
       <c r="C1083" s="1" t="s">
-        <v>4120</v>
+        <v>4128</v>
       </c>
       <c r="D1083" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1083" s="3" t="s">
-        <v>4121</v>
+        <v>4129</v>
       </c>
       <c r="F1083" s="3" t="s">
-        <v>1231</v>
+        <v>1900</v>
       </c>
       <c r="G1083" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1084" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1084" s="1" t="s">
-        <v>4122</v>
+        <v>4130</v>
       </c>
       <c r="B1084" s="1" t="s">
-        <v>4123</v>
+        <v>4131</v>
       </c>
       <c r="C1084" s="1" t="s">
-        <v>4123</v>
+        <v>4132</v>
       </c>
       <c r="D1084" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1084" s="3" t="s">
-        <v>4124</v>
+        <v>4133</v>
       </c>
       <c r="F1084" s="3" t="s">
-        <v>768</v>
+        <v>4134</v>
       </c>
       <c r="G1084" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1085" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1085" s="1" t="s">
-        <v>4125</v>
+        <v>4135</v>
       </c>
       <c r="B1085" s="1" t="s">
-        <v>4126</v>
+        <v>4136</v>
       </c>
       <c r="C1085" s="1" t="s">
-        <v>4127</v>
+        <v>4137</v>
       </c>
       <c r="D1085" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1085" s="3" t="s">
-        <v>4128</v>
+        <v>4138</v>
       </c>
       <c r="F1085" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1086" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>4134</v>
+      </c>
+      <c r="G1085" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1086" s="1" t="s">
-        <v>4129</v>
+        <v>4139</v>
       </c>
       <c r="B1086" s="1" t="s">
-        <v>4130</v>
+        <v>4140</v>
       </c>
       <c r="C1086" s="1" t="s">
-        <v>4131</v>
+        <v>4141</v>
       </c>
       <c r="D1086" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1086" s="3" t="s">
-        <v>4132</v>
+        <v>4142</v>
       </c>
       <c r="F1086" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1087" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>3321</v>
+      </c>
+      <c r="G1086" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1087" s="1" t="s">
-        <v>4133</v>
+        <v>4143</v>
       </c>
       <c r="B1087" s="1" t="s">
-        <v>4134</v>
+        <v>4144</v>
       </c>
       <c r="C1087" s="1" t="s">
-        <v>4135</v>
+        <v>4145</v>
       </c>
       <c r="D1087" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1087" s="3" t="s">
-        <v>4136</v>
+        <v>4146</v>
       </c>
       <c r="F1087" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1088" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>3321</v>
+      </c>
+      <c r="G1087" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1088" s="1" t="s">
-        <v>4137</v>
+        <v>4147</v>
       </c>
       <c r="B1088" s="1" t="s">
-        <v>4138</v>
+        <v>4148</v>
       </c>
       <c r="C1088" s="1" t="s">
-        <v>4139</v>
+        <v>4149</v>
       </c>
       <c r="D1088" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1088" s="3" t="s">
-        <v>4140</v>
+        <v>4150</v>
       </c>
       <c r="F1088" s="3" t="s">
-        <v>201</v>
-[...5 lines deleted...]
-    <row r="1089" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1089" s="1" t="s">
-        <v>4141</v>
+        <v>4151</v>
       </c>
       <c r="B1089" s="1" t="s">
-        <v>4142</v>
+        <v>4152</v>
       </c>
       <c r="C1089" s="1" t="s">
-        <v>4143</v>
+        <v>4153</v>
       </c>
       <c r="D1089" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1089" s="3" t="s">
-        <v>4144</v>
+        <v>4154</v>
       </c>
       <c r="F1089" s="3" t="s">
-        <v>201</v>
-[...5 lines deleted...]
-    <row r="1090" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1090" s="1" t="s">
-        <v>4145</v>
+        <v>4155</v>
       </c>
       <c r="B1090" s="1" t="s">
-        <v>4146</v>
+        <v>4156</v>
       </c>
       <c r="C1090" s="1" t="s">
-        <v>4147</v>
+        <v>4157</v>
       </c>
       <c r="D1090" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1090" s="3" t="s">
-        <v>4148</v>
+        <v>4158</v>
       </c>
       <c r="F1090" s="3" t="s">
-        <v>3985</v>
+        <v>1949</v>
       </c>
       <c r="G1090" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="1091" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1091" s="1" t="s">
-        <v>4149</v>
+        <v>4159</v>
       </c>
       <c r="B1091" s="1" t="s">
-        <v>4150</v>
+        <v>4160</v>
       </c>
       <c r="C1091" s="1" t="s">
-        <v>4151</v>
+        <v>4161</v>
       </c>
       <c r="D1091" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1091" s="3" t="s">
-        <v>4152</v>
+        <v>4162</v>
       </c>
       <c r="F1091" s="3" t="s">
-        <v>4153</v>
+        <v>1900</v>
       </c>
       <c r="G1091" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1092" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1092" s="1" t="s">
-        <v>4154</v>
+        <v>4163</v>
       </c>
       <c r="B1092" s="1" t="s">
-        <v>4155</v>
+        <v>4164</v>
       </c>
       <c r="C1092" s="1" t="s">
-        <v>4156</v>
+        <v>4165</v>
       </c>
       <c r="D1092" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1092" s="3" t="s">
-        <v>4157</v>
+        <v>4166</v>
       </c>
       <c r="F1092" s="3" t="s">
-        <v>4153</v>
+        <v>1949</v>
       </c>
       <c r="G1092" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1093" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>4167</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1093" s="1" t="s">
-        <v>4158</v>
+        <v>4168</v>
       </c>
       <c r="B1093" s="1" t="s">
-        <v>4159</v>
+        <v>4169</v>
       </c>
       <c r="C1093" s="1" t="s">
-        <v>4160</v>
+        <v>4170</v>
       </c>
       <c r="D1093" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1093" s="3" t="s">
-        <v>4161</v>
+        <v>4171</v>
       </c>
       <c r="F1093" s="3" t="s">
-        <v>3985</v>
+        <v>17</v>
       </c>
       <c r="G1093" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1094" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1094" s="1" t="s">
-        <v>4162</v>
+        <v>4172</v>
       </c>
       <c r="B1094" s="1" t="s">
-        <v>4163</v>
+        <v>4173</v>
       </c>
       <c r="C1094" s="1" t="s">
-        <v>4164</v>
+        <v>4174</v>
       </c>
       <c r="D1094" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1094" s="3" t="s">
-        <v>4165</v>
+        <v>4175</v>
       </c>
       <c r="F1094" s="3" t="s">
-        <v>20</v>
+        <v>1900</v>
       </c>
       <c r="G1094" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1095" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1095" s="1" t="s">
-        <v>4166</v>
+        <v>4176</v>
       </c>
       <c r="B1095" s="1" t="s">
-        <v>4167</v>
+        <v>4177</v>
       </c>
       <c r="C1095" s="1" t="s">
-        <v>4168</v>
+        <v>4177</v>
       </c>
       <c r="D1095" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1095" s="3" t="s">
-        <v>4169</v>
+        <v>4178</v>
       </c>
       <c r="F1095" s="3" t="s">
-        <v>20</v>
+        <v>2417</v>
       </c>
       <c r="G1095" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1096" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1096" s="1" t="s">
-        <v>4170</v>
+        <v>4179</v>
       </c>
       <c r="B1096" s="1" t="s">
-        <v>4171</v>
+        <v>4180</v>
       </c>
       <c r="C1096" s="1" t="s">
-        <v>4172</v>
+        <v>4180</v>
       </c>
       <c r="D1096" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1096" s="3" t="s">
-        <v>4173</v>
+        <v>4181</v>
       </c>
       <c r="F1096" s="3" t="s">
-        <v>20</v>
+        <v>2417</v>
       </c>
       <c r="G1096" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1097" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1097" s="1" t="s">
-        <v>4174</v>
+        <v>4182</v>
       </c>
       <c r="B1097" s="1" t="s">
-        <v>4175</v>
+        <v>4183</v>
       </c>
       <c r="C1097" s="1" t="s">
-        <v>4176</v>
+        <v>4183</v>
       </c>
       <c r="D1097" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1097" s="3" t="s">
-        <v>4177</v>
+        <v>4184</v>
       </c>
       <c r="F1097" s="3" t="s">
-        <v>20</v>
+        <v>2417</v>
       </c>
       <c r="G1097" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1098" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1098" s="1" t="s">
-        <v>4178</v>
+        <v>4185</v>
       </c>
       <c r="B1098" s="1" t="s">
-        <v>4179</v>
+        <v>4186</v>
       </c>
       <c r="C1098" s="1" t="s">
-        <v>4180</v>
+        <v>4186</v>
       </c>
       <c r="D1098" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1098" s="3" t="s">
-        <v>4181</v>
+        <v>4187</v>
       </c>
       <c r="F1098" s="3" t="s">
-        <v>20</v>
+        <v>2417</v>
       </c>
       <c r="G1098" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1099" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1099" s="1" t="s">
-        <v>4182</v>
+        <v>4188</v>
       </c>
       <c r="B1099" s="1" t="s">
-        <v>4183</v>
+        <v>4189</v>
       </c>
       <c r="C1099" s="1" t="s">
-        <v>4184</v>
+        <v>4190</v>
       </c>
       <c r="D1099" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1099" s="3" t="s">
-        <v>4185</v>
+        <v>4191</v>
       </c>
       <c r="F1099" s="3" t="s">
-        <v>20</v>
+        <v>2417</v>
       </c>
       <c r="G1099" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1100" s="1" t="s">
-        <v>4186</v>
+        <v>4192</v>
       </c>
       <c r="B1100" s="1" t="s">
-        <v>4187</v>
+        <v>4193</v>
       </c>
       <c r="C1100" s="1" t="s">
-        <v>4188</v>
+        <v>4194</v>
       </c>
       <c r="D1100" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1100" s="3" t="s">
-        <v>4189</v>
+        <v>4195</v>
       </c>
       <c r="F1100" s="3" t="s">
-        <v>20</v>
+        <v>1900</v>
       </c>
       <c r="G1100" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1101" s="1" t="s">
-        <v>4190</v>
+        <v>4196</v>
       </c>
       <c r="B1101" s="1" t="s">
-        <v>4191</v>
+        <v>4197</v>
       </c>
       <c r="C1101" s="1" t="s">
-        <v>4192</v>
+        <v>4194</v>
       </c>
       <c r="D1101" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1101" s="3" t="s">
-        <v>4193</v>
+        <v>4198</v>
       </c>
       <c r="F1101" s="3" t="s">
-        <v>1884</v>
+        <v>1900</v>
       </c>
       <c r="G1101" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1102" s="1" t="s">
-        <v>4194</v>
+        <v>4199</v>
       </c>
       <c r="B1102" s="1" t="s">
-        <v>4195</v>
+        <v>4200</v>
       </c>
       <c r="C1102" s="1" t="s">
-        <v>4196</v>
+        <v>4200</v>
       </c>
       <c r="D1102" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1102" s="3" t="s">
-        <v>4197</v>
+        <v>4201</v>
       </c>
       <c r="F1102" s="3" t="s">
-        <v>1884</v>
+        <v>857</v>
       </c>
       <c r="G1102" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1103" s="1" t="s">
-        <v>4198</v>
+        <v>4202</v>
       </c>
       <c r="B1103" s="1" t="s">
-        <v>4199</v>
+        <v>4203</v>
       </c>
       <c r="C1103" s="1" t="s">
-        <v>4200</v>
+        <v>4203</v>
       </c>
       <c r="D1103" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1103" s="3" t="s">
-        <v>4201</v>
+        <v>4204</v>
       </c>
       <c r="F1103" s="3" t="s">
-        <v>1177</v>
+        <v>857</v>
       </c>
       <c r="G1103" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1104" s="1" t="s">
-        <v>4202</v>
+        <v>4205</v>
       </c>
       <c r="B1104" s="1" t="s">
-        <v>4203</v>
+        <v>4206</v>
       </c>
       <c r="C1104" s="1" t="s">
-        <v>4204</v>
+        <v>4206</v>
       </c>
       <c r="D1104" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1104" s="3" t="s">
-        <v>4205</v>
+        <v>4207</v>
       </c>
       <c r="F1104" s="3" t="s">
-        <v>1177</v>
+        <v>3968</v>
       </c>
       <c r="G1104" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1105" s="1" t="s">
-        <v>4206</v>
+        <v>4208</v>
       </c>
       <c r="B1105" s="1" t="s">
-        <v>4207</v>
+        <v>4209</v>
       </c>
       <c r="C1105" s="1" t="s">
-        <v>4208</v>
+        <v>4209</v>
       </c>
       <c r="D1105" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1105" s="3" t="s">
-        <v>4209</v>
+        <v>4210</v>
       </c>
       <c r="F1105" s="3" t="s">
-        <v>1177</v>
+        <v>3968</v>
       </c>
       <c r="G1105" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1106" s="1" t="s">
-        <v>4210</v>
+        <v>4211</v>
       </c>
       <c r="B1106" s="1" t="s">
-        <v>4211</v>
+        <v>4212</v>
       </c>
       <c r="C1106" s="1" t="s">
-        <v>4208</v>
+        <v>4212</v>
       </c>
       <c r="D1106" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1106" s="3" t="s">
-        <v>4212</v>
+        <v>4213</v>
       </c>
       <c r="F1106" s="3" t="s">
-        <v>1177</v>
+        <v>3968</v>
       </c>
       <c r="G1106" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1107" s="1" t="s">
-        <v>4213</v>
+        <v>4214</v>
       </c>
       <c r="B1107" s="1" t="s">
-        <v>4214</v>
+        <v>4215</v>
       </c>
       <c r="C1107" s="1" t="s">
         <v>4215</v>
       </c>
       <c r="D1107" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1107" s="3" t="s">
         <v>4216</v>
       </c>
       <c r="F1107" s="3" t="s">
-        <v>1177</v>
+        <v>3968</v>
       </c>
       <c r="G1107" s="3" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="1108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1108" s="1" t="s">
         <v>4217</v>
       </c>
       <c r="B1108" s="1" t="s">
         <v>4218</v>
       </c>
       <c r="C1108" s="1" t="s">
+        <v>4218</v>
+      </c>
+      <c r="D1108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1108" s="3" t="s">
         <v>4219</v>
       </c>
-      <c r="D1108" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1108" s="3" t="s">
+      <c r="F1108" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1108" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1109" s="1" t="s">
         <v>4220</v>
       </c>
-      <c r="F1108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1109" s="1" t="s">
+      <c r="B1109" s="1" t="s">
         <v>4221</v>
       </c>
-      <c r="B1109" s="1" t="s">
+      <c r="C1109" s="1" t="s">
+        <v>4221</v>
+      </c>
+      <c r="D1109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1109" s="3" t="s">
         <v>4222</v>
       </c>
-      <c r="C1109" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1109" s="3" t="s">
+      <c r="F1109" s="3" t="s">
+        <v>857</v>
+      </c>
+      <c r="G1109" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1110" s="1" t="s">
         <v>4223</v>
       </c>
-      <c r="F1109" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1110" s="1" t="s">
+      <c r="B1110" s="1" t="s">
         <v>4224</v>
       </c>
-      <c r="B1110" s="1" t="s">
+      <c r="C1110" s="1" t="s">
         <v>4225</v>
       </c>
-      <c r="C1110" s="1" t="s">
+      <c r="D1110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1110" s="3" t="s">
         <v>4226</v>
       </c>
-      <c r="D1110" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1110" s="3" t="s">
+      <c r="F1110" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1111" s="1" t="s">
         <v>4227</v>
       </c>
-      <c r="F1110" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1111" s="1" t="s">
+      <c r="B1111" s="1" t="s">
         <v>4228</v>
       </c>
-      <c r="B1111" s="1" t="s">
+      <c r="C1111" s="1" t="s">
         <v>4229</v>
       </c>
-      <c r="C1111" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1111" s="3" t="s">
         <v>4230</v>
       </c>
       <c r="F1111" s="3" t="s">
-        <v>688</v>
-[...5 lines deleted...]
-    <row r="1112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1112" s="1" t="s">
         <v>4231</v>
       </c>
       <c r="B1112" s="1" t="s">
         <v>4232</v>
       </c>
       <c r="C1112" s="1" t="s">
-        <v>4226</v>
+        <v>4233</v>
       </c>
       <c r="D1112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1112" s="3" t="s">
-        <v>4233</v>
+        <v>4234</v>
       </c>
       <c r="F1112" s="3" t="s">
-        <v>688</v>
-[...1 lines deleted...]
-      <c r="G1112" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1113" s="1" t="s">
+        <v>4235</v>
+      </c>
+      <c r="B1113" s="1" t="s">
+        <v>4236</v>
+      </c>
+      <c r="C1113" s="1" t="s">
+        <v>4237</v>
+      </c>
+      <c r="D1113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1113" s="3" t="s">
+        <v>4238</v>
+      </c>
+      <c r="F1113" s="3" t="s">
+        <v>4097</v>
+      </c>
+      <c r="G1113" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1114" s="1" t="s">
+        <v>4239</v>
+      </c>
+      <c r="B1114" s="1" t="s">
+        <v>4240</v>
+      </c>
+      <c r="C1114" s="1" t="s">
+        <v>4241</v>
+      </c>
+      <c r="D1114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1114" s="3" t="s">
+        <v>4242</v>
+      </c>
+      <c r="F1114" s="3" t="s">
+        <v>4243</v>
+      </c>
+      <c r="G1114" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1115" s="1" t="s">
+        <v>4244</v>
+      </c>
+      <c r="B1115" s="1" t="s">
+        <v>4245</v>
+      </c>
+      <c r="C1115" s="1" t="s">
+        <v>4246</v>
+      </c>
+      <c r="D1115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1115" s="3" t="s">
+        <v>4247</v>
+      </c>
+      <c r="F1115" s="3" t="s">
+        <v>4243</v>
+      </c>
+      <c r="G1115" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1116" s="1" t="s">
+        <v>4248</v>
+      </c>
+      <c r="B1116" s="1" t="s">
+        <v>4249</v>
+      </c>
+      <c r="C1116" s="1" t="s">
+        <v>4250</v>
+      </c>
+      <c r="D1116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1116" s="3" t="s">
+        <v>4251</v>
+      </c>
+      <c r="F1116" s="3" t="s">
+        <v>4243</v>
+      </c>
+      <c r="G1116" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1117" s="1" t="s">
+        <v>4252</v>
+      </c>
+      <c r="B1117" s="1" t="s">
+        <v>4253</v>
+      </c>
+      <c r="C1117" s="1" t="s">
+        <v>4254</v>
+      </c>
+      <c r="D1117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1117" s="3" t="s">
+        <v>4255</v>
+      </c>
+      <c r="F1117" s="3" t="s">
+        <v>4243</v>
+      </c>
+      <c r="G1117" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1118" s="1" t="s">
+        <v>4256</v>
+      </c>
+      <c r="B1118" s="1" t="s">
+        <v>4257</v>
+      </c>
+      <c r="C1118" s="1" t="s">
+        <v>4258</v>
+      </c>
+      <c r="D1118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1118" s="3" t="s">
+        <v>4259</v>
+      </c>
+      <c r="F1118" s="3" t="s">
+        <v>4243</v>
+      </c>
+      <c r="G1118" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1119" s="1" t="s">
+        <v>4260</v>
+      </c>
+      <c r="B1119" s="1" t="s">
+        <v>4261</v>
+      </c>
+      <c r="C1119" s="1" t="s">
+        <v>4262</v>
+      </c>
+      <c r="D1119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1119" s="3" t="s">
+        <v>4263</v>
+      </c>
+      <c r="F1119" s="3" t="s">
+        <v>4097</v>
+      </c>
+      <c r="G1119" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1120" s="1" t="s">
+        <v>4264</v>
+      </c>
+      <c r="B1120" s="1" t="s">
+        <v>4265</v>
+      </c>
+      <c r="C1120" s="1" t="s">
+        <v>4266</v>
+      </c>
+      <c r="D1120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1120" s="3" t="s">
+        <v>4267</v>
+      </c>
+      <c r="F1120" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1120" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1121" s="1" t="s">
+        <v>4268</v>
+      </c>
+      <c r="B1121" s="1" t="s">
+        <v>4269</v>
+      </c>
+      <c r="C1121" s="1" t="s">
+        <v>4270</v>
+      </c>
+      <c r="D1121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1121" s="3" t="s">
+        <v>4271</v>
+      </c>
+      <c r="F1121" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1121" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1122" s="1" t="s">
+        <v>4272</v>
+      </c>
+      <c r="B1122" s="1" t="s">
+        <v>4273</v>
+      </c>
+      <c r="C1122" s="1" t="s">
+        <v>4274</v>
+      </c>
+      <c r="D1122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1122" s="3" t="s">
+        <v>4275</v>
+      </c>
+      <c r="F1122" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1122" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1123" s="1" t="s">
+        <v>4276</v>
+      </c>
+      <c r="B1123" s="1" t="s">
+        <v>4277</v>
+      </c>
+      <c r="C1123" s="1" t="s">
+        <v>4278</v>
+      </c>
+      <c r="D1123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1123" s="3" t="s">
+        <v>4279</v>
+      </c>
+      <c r="F1123" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1123" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1124" s="1" t="s">
+        <v>4280</v>
+      </c>
+      <c r="B1124" s="1" t="s">
+        <v>4281</v>
+      </c>
+      <c r="C1124" s="1" t="s">
+        <v>4282</v>
+      </c>
+      <c r="D1124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1124" s="3" t="s">
+        <v>4283</v>
+      </c>
+      <c r="F1124" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1124" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1125" s="1" t="s">
+        <v>4284</v>
+      </c>
+      <c r="B1125" s="1" t="s">
+        <v>4285</v>
+      </c>
+      <c r="C1125" s="1" t="s">
+        <v>4286</v>
+      </c>
+      <c r="D1125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1125" s="3" t="s">
+        <v>4287</v>
+      </c>
+      <c r="F1125" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1125" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1126" s="1" t="s">
+        <v>4288</v>
+      </c>
+      <c r="B1126" s="1" t="s">
+        <v>4289</v>
+      </c>
+      <c r="C1126" s="1" t="s">
+        <v>4290</v>
+      </c>
+      <c r="D1126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1126" s="3" t="s">
+        <v>4291</v>
+      </c>
+      <c r="F1126" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1126" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1127" s="1" t="s">
+        <v>4292</v>
+      </c>
+      <c r="B1127" s="1" t="s">
+        <v>4293</v>
+      </c>
+      <c r="C1127" s="1" t="s">
+        <v>4294</v>
+      </c>
+      <c r="D1127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1127" s="3" t="s">
+        <v>4295</v>
+      </c>
+      <c r="F1127" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1127" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="1113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...64 lines deleted...]
-      <c r="G1115" s="3" t="s">
+    <row r="1128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1128" s="1" t="s">
+        <v>4296</v>
+      </c>
+      <c r="B1128" s="1" t="s">
+        <v>4297</v>
+      </c>
+      <c r="C1128" s="1" t="s">
+        <v>4298</v>
+      </c>
+      <c r="D1128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1128" s="3" t="s">
+        <v>4299</v>
+      </c>
+      <c r="F1128" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1128" s="3" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="1116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
-[...298 lines deleted...]
-    <row r="1129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    <row r="1129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1129" s="1" t="s">
-        <v>4287</v>
+        <v>4300</v>
       </c>
       <c r="B1129" s="1" t="s">
-        <v>4288</v>
+        <v>4301</v>
       </c>
       <c r="C1129" s="1" t="s">
-        <v>4288</v>
+        <v>4302</v>
       </c>
       <c r="D1129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1129" s="3" t="s">
-        <v>4289</v>
+        <v>4303</v>
       </c>
       <c r="F1129" s="3" t="s">
-        <v>3867</v>
+        <v>1201</v>
       </c>
       <c r="G1129" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1130" s="1" t="s">
-        <v>4290</v>
+        <v>4304</v>
       </c>
       <c r="B1130" s="1" t="s">
-        <v>4291</v>
+        <v>4305</v>
       </c>
       <c r="C1130" s="1" t="s">
-        <v>4292</v>
+        <v>4306</v>
       </c>
       <c r="D1130" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1130" s="3" t="s">
-        <v>4293</v>
+        <v>4307</v>
       </c>
       <c r="F1130" s="3" t="s">
-        <v>688</v>
+        <v>1201</v>
       </c>
       <c r="G1130" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1131" s="1" t="s">
-        <v>4294</v>
+        <v>4308</v>
       </c>
       <c r="B1131" s="1" t="s">
-        <v>4295</v>
+        <v>4309</v>
       </c>
       <c r="C1131" s="1" t="s">
-        <v>4295</v>
+        <v>4310</v>
       </c>
       <c r="D1131" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1131" s="3" t="s">
-        <v>4296</v>
+        <v>4311</v>
       </c>
       <c r="F1131" s="3" t="s">
-        <v>3867</v>
+        <v>1201</v>
       </c>
       <c r="G1131" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1132" s="1" t="s">
-        <v>4297</v>
+        <v>4312</v>
       </c>
       <c r="B1132" s="1" t="s">
-        <v>4298</v>
+        <v>4313</v>
       </c>
       <c r="C1132" s="1" t="s">
-        <v>4298</v>
+        <v>4310</v>
       </c>
       <c r="D1132" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1132" s="3" t="s">
-        <v>4299</v>
+        <v>4314</v>
       </c>
       <c r="F1132" s="3" t="s">
-        <v>3867</v>
+        <v>1201</v>
       </c>
       <c r="G1132" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1133" s="1" t="s">
-        <v>4300</v>
+        <v>4315</v>
       </c>
       <c r="B1133" s="1" t="s">
-        <v>4301</v>
+        <v>4316</v>
       </c>
       <c r="C1133" s="1" t="s">
-        <v>4302</v>
+        <v>4317</v>
       </c>
       <c r="D1133" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1133" s="3" t="s">
-        <v>4303</v>
+        <v>4318</v>
       </c>
       <c r="F1133" s="3" t="s">
-        <v>4153</v>
+        <v>1201</v>
       </c>
       <c r="G1133" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1134" s="1" t="s">
-        <v>4304</v>
+        <v>4319</v>
       </c>
       <c r="B1134" s="1" t="s">
-        <v>4305</v>
+        <v>4320</v>
       </c>
       <c r="C1134" s="1" t="s">
-        <v>4306</v>
+        <v>4321</v>
       </c>
       <c r="D1134" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1134" s="3" t="s">
-        <v>4307</v>
+        <v>4322</v>
       </c>
       <c r="F1134" s="3" t="s">
-        <v>3867</v>
+        <v>1201</v>
       </c>
       <c r="G1134" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1135" s="1" t="s">
-        <v>4308</v>
+        <v>4323</v>
       </c>
       <c r="B1135" s="1" t="s">
-        <v>4309</v>
+        <v>4324</v>
       </c>
       <c r="C1135" s="1" t="s">
         <v>4310</v>
       </c>
       <c r="D1135" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1135" s="3" t="s">
-        <v>4311</v>
+        <v>4325</v>
       </c>
       <c r="F1135" s="3" t="s">
-        <v>3867</v>
+        <v>1201</v>
       </c>
       <c r="G1135" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1136" s="1" t="s">
-        <v>4312</v>
+        <v>4326</v>
       </c>
       <c r="B1136" s="1" t="s">
-        <v>4313</v>
+        <v>4327</v>
       </c>
       <c r="C1136" s="1" t="s">
-        <v>4314</v>
+        <v>4328</v>
       </c>
       <c r="D1136" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1136" s="3" t="s">
-        <v>4315</v>
+        <v>4329</v>
       </c>
       <c r="F1136" s="3" t="s">
-        <v>3867</v>
+        <v>773</v>
       </c>
       <c r="G1136" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1137" s="1" t="s">
-        <v>4316</v>
+        <v>4330</v>
       </c>
       <c r="B1137" s="1" t="s">
-        <v>4317</v>
+        <v>4331</v>
       </c>
       <c r="C1137" s="1" t="s">
-        <v>4318</v>
+        <v>4328</v>
       </c>
       <c r="D1137" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1137" s="3" t="s">
-        <v>4319</v>
+        <v>4332</v>
       </c>
       <c r="F1137" s="3" t="s">
-        <v>3867</v>
+        <v>773</v>
       </c>
       <c r="G1137" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1138" s="1" t="s">
-        <v>4320</v>
+        <v>4333</v>
       </c>
       <c r="B1138" s="1" t="s">
-        <v>4321</v>
+        <v>4334</v>
       </c>
       <c r="C1138" s="1" t="s">
-        <v>4322</v>
+        <v>4328</v>
       </c>
       <c r="D1138" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1138" s="3" t="s">
-        <v>4323</v>
+        <v>4335</v>
       </c>
       <c r="F1138" s="3" t="s">
-        <v>3985</v>
+        <v>773</v>
       </c>
       <c r="G1138" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1139" s="1" t="s">
-        <v>4324</v>
+        <v>4336</v>
       </c>
       <c r="B1139" s="1" t="s">
-        <v>4325</v>
+        <v>4337</v>
       </c>
       <c r="C1139" s="1" t="s">
-        <v>4326</v>
+        <v>4328</v>
       </c>
       <c r="D1139" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1139" s="3" t="s">
-        <v>4327</v>
+        <v>4338</v>
       </c>
       <c r="F1139" s="3" t="s">
-        <v>3985</v>
+        <v>773</v>
       </c>
       <c r="G1139" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1140" s="1" t="s">
+        <v>4339</v>
+      </c>
+      <c r="B1140" s="1" t="s">
+        <v>4340</v>
+      </c>
+      <c r="C1140" s="1" t="s">
+        <v>4341</v>
+      </c>
+      <c r="D1140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1140" s="3" t="s">
+        <v>4342</v>
+      </c>
+      <c r="F1140" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G1140" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1141" s="1" t="s">
+        <v>4343</v>
+      </c>
+      <c r="B1141" s="1" t="s">
+        <v>4344</v>
+      </c>
+      <c r="C1141" s="1" t="s">
+        <v>4345</v>
+      </c>
+      <c r="D1141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1141" s="3" t="s">
+        <v>4346</v>
+      </c>
+      <c r="F1141" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G1141" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1142" s="1" t="s">
+        <v>4347</v>
+      </c>
+      <c r="B1142" s="1" t="s">
+        <v>4348</v>
+      </c>
+      <c r="C1142" s="1" t="s">
         <v>4328</v>
       </c>
-      <c r="B1140" s="1" t="s">
-[...50 lines deleted...]
-      </c>
       <c r="D1142" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1142" s="3" t="s">
-        <v>4339</v>
+        <v>4349</v>
       </c>
       <c r="F1142" s="3" t="s">
-        <v>3985</v>
+        <v>773</v>
       </c>
       <c r="G1142" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1143" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1143" s="1" t="s">
-        <v>4340</v>
+        <v>4350</v>
       </c>
       <c r="B1143" s="1" t="s">
+        <v>4351</v>
+      </c>
+      <c r="C1143" s="1" t="s">
+        <v>4328</v>
+      </c>
+      <c r="D1143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1143" s="3" t="s">
+        <v>4352</v>
+      </c>
+      <c r="F1143" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G1143" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1144" s="1" t="s">
+        <v>4353</v>
+      </c>
+      <c r="B1144" s="1" t="s">
+        <v>4354</v>
+      </c>
+      <c r="C1144" s="1" t="s">
+        <v>4355</v>
+      </c>
+      <c r="D1144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1144" s="3" t="s">
+        <v>4356</v>
+      </c>
+      <c r="F1144" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G1144" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1145" s="1" t="s">
+        <v>4357</v>
+      </c>
+      <c r="B1145" s="1" t="s">
+        <v>4358</v>
+      </c>
+      <c r="C1145" s="1" t="s">
         <v>4341</v>
       </c>
-      <c r="C1143" s="1" t="s">
-[...47 lines deleted...]
-      </c>
       <c r="D1145" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1145" s="3" t="s">
-        <v>4351</v>
+        <v>4359</v>
       </c>
       <c r="F1145" s="3" t="s">
-        <v>3985</v>
+        <v>773</v>
       </c>
       <c r="G1145" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1146" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1146" s="1" t="s">
-        <v>4352</v>
+        <v>4360</v>
       </c>
       <c r="B1146" s="1" t="s">
-        <v>4353</v>
+        <v>4361</v>
       </c>
       <c r="C1146" s="1" t="s">
-        <v>4354</v>
+        <v>4362</v>
       </c>
       <c r="D1146" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1146" s="3" t="s">
+        <v>4363</v>
+      </c>
+      <c r="F1146" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G1146" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1147" s="1" t="s">
+        <v>4364</v>
+      </c>
+      <c r="B1147" s="1" t="s">
+        <v>4365</v>
+      </c>
+      <c r="C1147" s="1" t="s">
+        <v>4341</v>
+      </c>
+      <c r="D1147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1147" s="3" t="s">
+        <v>4366</v>
+      </c>
+      <c r="F1147" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G1147" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1148" s="1" t="s">
+        <v>4367</v>
+      </c>
+      <c r="B1148" s="1" t="s">
+        <v>4368</v>
+      </c>
+      <c r="C1148" s="1" t="s">
+        <v>4341</v>
+      </c>
+      <c r="D1148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1148" s="3" t="s">
+        <v>4369</v>
+      </c>
+      <c r="F1148" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G1148" s="3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1149" s="1" t="s">
+        <v>4370</v>
+      </c>
+      <c r="B1149" s="1" t="s">
+        <v>4371</v>
+      </c>
+      <c r="C1149" s="1" t="s">
+        <v>4372</v>
+      </c>
+      <c r="D1149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1149" s="3" t="s">
+        <v>4373</v>
+      </c>
+      <c r="F1149" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G1149" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1150" s="1" t="s">
+        <v>4374</v>
+      </c>
+      <c r="B1150" s="1" t="s">
+        <v>4375</v>
+      </c>
+      <c r="C1150" s="1" t="s">
+        <v>4341</v>
+      </c>
+      <c r="D1150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1150" s="3" t="s">
+        <v>4376</v>
+      </c>
+      <c r="F1150" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="G1150" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1151" s="1" t="s">
+        <v>4377</v>
+      </c>
+      <c r="B1151" s="1" t="s">
+        <v>4378</v>
+      </c>
+      <c r="C1151" s="1" t="s">
         <v>4355</v>
       </c>
-      <c r="F1146" s="3" t="s">
-[...107 lines deleted...]
-      </c>
       <c r="D1151" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1151" s="3" t="s">
-        <v>4374</v>
+        <v>4379</v>
       </c>
       <c r="F1151" s="3" t="s">
-        <v>1177</v>
+        <v>773</v>
       </c>
       <c r="G1151" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1152" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1152" s="1" t="s">
-        <v>4375</v>
+        <v>4380</v>
       </c>
       <c r="B1152" s="1" t="s">
-        <v>4376</v>
+        <v>4381</v>
       </c>
       <c r="C1152" s="1" t="s">
-        <v>4376</v>
+        <v>4341</v>
       </c>
       <c r="D1152" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1152" s="3" t="s">
-        <v>4377</v>
+        <v>4382</v>
       </c>
       <c r="F1152" s="3" t="s">
-        <v>4378</v>
+        <v>773</v>
       </c>
       <c r="G1152" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1153" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1153" s="1" t="s">
-        <v>4379</v>
+        <v>4383</v>
       </c>
       <c r="B1153" s="1" t="s">
-        <v>4380</v>
+        <v>4384</v>
       </c>
       <c r="C1153" s="1" t="s">
-        <v>4380</v>
+        <v>4341</v>
       </c>
       <c r="D1153" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1153" s="3" t="s">
-        <v>4381</v>
+        <v>4385</v>
       </c>
       <c r="F1153" s="3" t="s">
-        <v>4378</v>
+        <v>773</v>
       </c>
       <c r="G1153" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1154" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1154" s="1" t="s">
-        <v>4382</v>
+        <v>4386</v>
       </c>
       <c r="B1154" s="1" t="s">
-        <v>4383</v>
+        <v>4387</v>
       </c>
       <c r="C1154" s="1" t="s">
-        <v>4383</v>
+        <v>4387</v>
       </c>
       <c r="D1154" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1154" s="3" t="s">
-        <v>4384</v>
+        <v>4388</v>
       </c>
       <c r="F1154" s="3" t="s">
-        <v>4378</v>
+        <v>3968</v>
       </c>
       <c r="G1154" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1155" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1155" s="1" t="s">
-        <v>4385</v>
+        <v>4389</v>
       </c>
       <c r="B1155" s="1" t="s">
-        <v>4386</v>
+        <v>4390</v>
       </c>
       <c r="C1155" s="1" t="s">
-        <v>4386</v>
+        <v>4390</v>
       </c>
       <c r="D1155" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1155" s="3" t="s">
-        <v>4387</v>
+        <v>4391</v>
       </c>
       <c r="F1155" s="3" t="s">
-        <v>4378</v>
+        <v>3968</v>
       </c>
       <c r="G1155" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1156" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1156" s="1" t="s">
-        <v>4388</v>
+        <v>4392</v>
       </c>
       <c r="B1156" s="1" t="s">
-        <v>4389</v>
+        <v>4393</v>
       </c>
       <c r="C1156" s="1" t="s">
-        <v>4389</v>
+        <v>4393</v>
       </c>
       <c r="D1156" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1156" s="3" t="s">
-        <v>4390</v>
+        <v>4394</v>
       </c>
       <c r="F1156" s="3" t="s">
-        <v>4378</v>
+        <v>3968</v>
       </c>
       <c r="G1156" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1157" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1157" s="1" t="s">
-        <v>4391</v>
+        <v>4395</v>
       </c>
       <c r="B1157" s="1" t="s">
-        <v>4392</v>
+        <v>4396</v>
       </c>
       <c r="C1157" s="1" t="s">
-        <v>4392</v>
+        <v>4396</v>
       </c>
       <c r="D1157" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1157" s="3" t="s">
-        <v>4393</v>
+        <v>4397</v>
       </c>
       <c r="F1157" s="3" t="s">
-        <v>4378</v>
+        <v>3968</v>
       </c>
       <c r="G1157" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1158" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1158" s="1" t="s">
-        <v>4394</v>
+        <v>4398</v>
       </c>
       <c r="B1158" s="1" t="s">
-        <v>4395</v>
+        <v>4399</v>
       </c>
       <c r="C1158" s="1" t="s">
-        <v>4395</v>
+        <v>4399</v>
       </c>
       <c r="D1158" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1158" s="3" t="s">
-        <v>4396</v>
+        <v>4400</v>
       </c>
       <c r="F1158" s="3" t="s">
-        <v>4378</v>
+        <v>3968</v>
       </c>
       <c r="G1158" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1159" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1159" s="1" t="s">
-        <v>4397</v>
+        <v>4401</v>
       </c>
       <c r="B1159" s="1" t="s">
-        <v>4398</v>
+        <v>4402</v>
       </c>
       <c r="C1159" s="1" t="s">
-        <v>4398</v>
+        <v>4403</v>
       </c>
       <c r="D1159" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1159" s="3" t="s">
-        <v>4399</v>
+        <v>4404</v>
       </c>
       <c r="F1159" s="3" t="s">
-        <v>4378</v>
+        <v>773</v>
       </c>
       <c r="G1159" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1160" s="1" t="s">
-        <v>4400</v>
+        <v>4405</v>
       </c>
       <c r="B1160" s="1" t="s">
-        <v>4401</v>
+        <v>4406</v>
       </c>
       <c r="C1160" s="1" t="s">
-        <v>4401</v>
+        <v>4406</v>
       </c>
       <c r="D1160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1160" s="3" t="s">
-        <v>4402</v>
+        <v>4407</v>
       </c>
       <c r="F1160" s="3" t="s">
-        <v>739</v>
+        <v>3968</v>
       </c>
       <c r="G1160" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1161" s="1" t="s">
-        <v>4403</v>
+        <v>4408</v>
       </c>
       <c r="B1161" s="1" t="s">
-        <v>4404</v>
+        <v>4409</v>
       </c>
       <c r="C1161" s="1" t="s">
-        <v>4404</v>
+        <v>4409</v>
       </c>
       <c r="D1161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1161" s="3" t="s">
-        <v>4405</v>
+        <v>4410</v>
       </c>
       <c r="F1161" s="3" t="s">
-        <v>4378</v>
+        <v>3968</v>
       </c>
       <c r="G1161" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1162" s="1" t="s">
-        <v>4406</v>
+        <v>4411</v>
       </c>
       <c r="B1162" s="1" t="s">
-        <v>4407</v>
+        <v>4412</v>
       </c>
       <c r="C1162" s="1" t="s">
-        <v>4407</v>
+        <v>4412</v>
       </c>
       <c r="D1162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1162" s="3" t="s">
-        <v>4408</v>
+        <v>4413</v>
       </c>
       <c r="F1162" s="3" t="s">
-        <v>4378</v>
+        <v>3968</v>
       </c>
       <c r="G1162" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1163" s="1" t="s">
-        <v>4409</v>
+        <v>4414</v>
       </c>
       <c r="B1163" s="1" t="s">
-        <v>4410</v>
+        <v>4415</v>
       </c>
       <c r="C1163" s="1" t="s">
-        <v>4410</v>
+        <v>4416</v>
       </c>
       <c r="D1163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1163" s="3" t="s">
-        <v>4411</v>
+        <v>4417</v>
       </c>
       <c r="F1163" s="3" t="s">
-        <v>4378</v>
+        <v>4243</v>
       </c>
       <c r="G1163" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1164" s="1" t="s">
-        <v>4412</v>
+        <v>4418</v>
       </c>
       <c r="B1164" s="1" t="s">
-        <v>4413</v>
+        <v>4419</v>
       </c>
       <c r="C1164" s="1" t="s">
-        <v>4413</v>
+        <v>4420</v>
       </c>
       <c r="D1164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1164" s="3" t="s">
-        <v>4414</v>
+        <v>4421</v>
       </c>
       <c r="F1164" s="3" t="s">
-        <v>4378</v>
+        <v>3968</v>
       </c>
       <c r="G1164" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1165" s="1" t="s">
-        <v>4415</v>
+        <v>4422</v>
       </c>
       <c r="B1165" s="1" t="s">
-        <v>4416</v>
+        <v>4423</v>
       </c>
       <c r="C1165" s="1" t="s">
-        <v>4416</v>
+        <v>4424</v>
       </c>
       <c r="D1165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1165" s="3" t="s">
-        <v>4417</v>
+        <v>4425</v>
       </c>
       <c r="F1165" s="3" t="s">
-        <v>3867</v>
+        <v>4097</v>
       </c>
       <c r="G1165" s="3" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="1166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1166" s="1" t="s">
-        <v>4418</v>
+        <v>4426</v>
       </c>
       <c r="B1166" s="1" t="s">
-        <v>4419</v>
+        <v>4427</v>
       </c>
       <c r="C1166" s="1" t="s">
-        <v>4420</v>
+        <v>4428</v>
       </c>
       <c r="D1166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1166" s="3" t="s">
-        <v>4421</v>
+        <v>4429</v>
       </c>
       <c r="F1166" s="3" t="s">
-        <v>20</v>
+        <v>4097</v>
       </c>
       <c r="G1166" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1167" s="1" t="s">
-        <v>4422</v>
+        <v>4430</v>
       </c>
       <c r="B1167" s="1" t="s">
-        <v>4423</v>
+        <v>4431</v>
       </c>
       <c r="C1167" s="1" t="s">
-        <v>4424</v>
+        <v>4432</v>
       </c>
       <c r="D1167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1167" s="3" t="s">
-        <v>4425</v>
+        <v>4433</v>
       </c>
       <c r="F1167" s="3" t="s">
-        <v>20</v>
+        <v>4097</v>
       </c>
       <c r="G1167" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1168" s="1" t="s">
-        <v>4426</v>
+        <v>4434</v>
       </c>
       <c r="B1168" s="1" t="s">
-        <v>4427</v>
+        <v>4435</v>
       </c>
       <c r="C1168" s="1" t="s">
-        <v>4428</v>
+        <v>4436</v>
       </c>
       <c r="D1168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1168" s="3" t="s">
-        <v>4429</v>
+        <v>4437</v>
       </c>
       <c r="F1168" s="3" t="s">
-        <v>20</v>
+        <v>4097</v>
       </c>
       <c r="G1168" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1169" s="1" t="s">
-        <v>4430</v>
+        <v>4438</v>
       </c>
       <c r="B1169" s="1" t="s">
-        <v>4431</v>
+        <v>4439</v>
       </c>
       <c r="C1169" s="1" t="s">
-        <v>4432</v>
+        <v>4440</v>
       </c>
       <c r="D1169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1169" s="3" t="s">
-        <v>4433</v>
+        <v>4441</v>
       </c>
       <c r="F1169" s="3" t="s">
-        <v>20</v>
+        <v>4097</v>
       </c>
       <c r="G1169" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1170" s="1" t="s">
-        <v>4434</v>
+        <v>4442</v>
       </c>
       <c r="B1170" s="1" t="s">
-        <v>4435</v>
+        <v>4443</v>
       </c>
       <c r="C1170" s="1" t="s">
-        <v>4436</v>
+        <v>4444</v>
       </c>
       <c r="D1170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1170" s="3" t="s">
-        <v>4437</v>
+        <v>4445</v>
       </c>
       <c r="F1170" s="3" t="s">
-        <v>1884</v>
+        <v>4097</v>
       </c>
       <c r="G1170" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1171" s="1" t="s">
-        <v>4438</v>
+        <v>4446</v>
       </c>
       <c r="B1171" s="1" t="s">
-        <v>4439</v>
+        <v>4447</v>
       </c>
       <c r="C1171" s="1" t="s">
-        <v>4440</v>
+        <v>4448</v>
       </c>
       <c r="D1171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1171" s="3" t="s">
-        <v>4441</v>
+        <v>4449</v>
       </c>
       <c r="F1171" s="3" t="s">
-        <v>1884</v>
+        <v>4097</v>
       </c>
       <c r="G1171" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1172" s="1" t="s">
-        <v>4442</v>
+        <v>4450</v>
       </c>
       <c r="B1172" s="1" t="s">
-        <v>4443</v>
+        <v>4451</v>
       </c>
       <c r="C1172" s="1" t="s">
-        <v>4444</v>
+        <v>4452</v>
       </c>
       <c r="D1172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1172" s="3" t="s">
-        <v>4445</v>
+        <v>4453</v>
       </c>
       <c r="F1172" s="3" t="s">
-        <v>4446</v>
+        <v>4097</v>
       </c>
       <c r="G1172" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1173" s="1" t="s">
-        <v>4447</v>
+        <v>4454</v>
       </c>
       <c r="B1173" s="1" t="s">
-        <v>4448</v>
+        <v>4455</v>
       </c>
       <c r="C1173" s="1" t="s">
-        <v>4449</v>
+        <v>4456</v>
       </c>
       <c r="D1173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1173" s="3" t="s">
-        <v>4450</v>
+        <v>4457</v>
       </c>
       <c r="F1173" s="3" t="s">
-        <v>4446</v>
+        <v>4097</v>
       </c>
       <c r="G1173" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1174" s="1" t="s">
-        <v>4451</v>
+        <v>4458</v>
       </c>
       <c r="B1174" s="1" t="s">
-        <v>4452</v>
+        <v>4459</v>
       </c>
       <c r="C1174" s="1" t="s">
-        <v>4453</v>
+        <v>4460</v>
       </c>
       <c r="D1174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1174" s="3" t="s">
-        <v>4454</v>
+        <v>4461</v>
       </c>
       <c r="F1174" s="3" t="s">
-        <v>4446</v>
+        <v>4097</v>
       </c>
       <c r="G1174" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1175" s="1" t="s">
-        <v>4455</v>
+        <v>4462</v>
       </c>
       <c r="B1175" s="1" t="s">
-        <v>4456</v>
+        <v>4463</v>
       </c>
       <c r="C1175" s="1" t="s">
-        <v>4457</v>
+        <v>4464</v>
       </c>
       <c r="D1175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1175" s="3" t="s">
-        <v>4458</v>
+        <v>4465</v>
       </c>
       <c r="F1175" s="3" t="s">
-        <v>4446</v>
+        <v>4097</v>
       </c>
       <c r="G1175" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1176" s="1" t="s">
-        <v>4459</v>
+        <v>4466</v>
       </c>
       <c r="B1176" s="1" t="s">
-        <v>4460</v>
+        <v>4467</v>
       </c>
       <c r="C1176" s="1" t="s">
-        <v>4461</v>
+        <v>4468</v>
       </c>
       <c r="D1176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1176" s="3" t="s">
-        <v>4462</v>
+        <v>4469</v>
       </c>
       <c r="F1176" s="3" t="s">
-        <v>4446</v>
+        <v>1900</v>
       </c>
       <c r="G1176" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1177" s="1" t="s">
-        <v>4463</v>
+        <v>4470</v>
       </c>
       <c r="B1177" s="1" t="s">
-        <v>4464</v>
+        <v>4471</v>
       </c>
       <c r="C1177" s="1" t="s">
-        <v>4465</v>
+        <v>4472</v>
       </c>
       <c r="D1177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1177" s="3" t="s">
-        <v>4466</v>
+        <v>4473</v>
       </c>
       <c r="F1177" s="3" t="s">
-        <v>4446</v>
+        <v>1900</v>
       </c>
       <c r="G1177" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1178" s="1" t="s">
-        <v>4467</v>
+        <v>4474</v>
       </c>
       <c r="B1178" s="1" t="s">
-        <v>4468</v>
+        <v>4475</v>
       </c>
       <c r="C1178" s="1" t="s">
-        <v>4469</v>
+        <v>4310</v>
       </c>
       <c r="D1178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1178" s="3" t="s">
-        <v>4470</v>
+        <v>4476</v>
       </c>
       <c r="F1178" s="3" t="s">
-        <v>4446</v>
+        <v>1201</v>
       </c>
       <c r="G1178" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1179" s="1" t="s">
-        <v>4471</v>
+        <v>4477</v>
       </c>
       <c r="B1179" s="1" t="s">
-        <v>4472</v>
+        <v>4478</v>
       </c>
       <c r="C1179" s="1" t="s">
-        <v>4473</v>
+        <v>4478</v>
       </c>
       <c r="D1179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1179" s="3" t="s">
-        <v>4474</v>
+        <v>4479</v>
       </c>
       <c r="F1179" s="3" t="s">
-        <v>4446</v>
+        <v>4480</v>
       </c>
       <c r="G1179" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1180" s="1" t="s">
-        <v>4475</v>
+        <v>4481</v>
       </c>
       <c r="B1180" s="1" t="s">
-        <v>4476</v>
+        <v>4482</v>
       </c>
       <c r="C1180" s="1" t="s">
-        <v>4477</v>
+        <v>4482</v>
       </c>
       <c r="D1180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1180" s="3" t="s">
-        <v>4478</v>
+        <v>4483</v>
       </c>
       <c r="F1180" s="3" t="s">
-        <v>4446</v>
+        <v>4480</v>
       </c>
       <c r="G1180" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1181" s="1" t="s">
-        <v>4479</v>
+        <v>4484</v>
       </c>
       <c r="B1181" s="1" t="s">
+        <v>4485</v>
+      </c>
+      <c r="C1181" s="1" t="s">
+        <v>4485</v>
+      </c>
+      <c r="D1181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1181" s="3" t="s">
+        <v>4486</v>
+      </c>
+      <c r="F1181" s="3" t="s">
         <v>4480</v>
       </c>
-      <c r="C1181" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1181" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1182" s="1" t="s">
-        <v>4483</v>
+        <v>4487</v>
       </c>
       <c r="B1182" s="1" t="s">
-        <v>4484</v>
+        <v>4488</v>
       </c>
       <c r="C1182" s="1" t="s">
-        <v>4485</v>
+        <v>4488</v>
       </c>
       <c r="D1182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1182" s="3" t="s">
-        <v>4486</v>
+        <v>4489</v>
       </c>
       <c r="F1182" s="3" t="s">
-        <v>4446</v>
+        <v>4480</v>
       </c>
       <c r="G1182" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1183" s="1" t="s">
-        <v>4487</v>
+        <v>4490</v>
       </c>
       <c r="B1183" s="1" t="s">
-        <v>4488</v>
+        <v>4491</v>
       </c>
       <c r="C1183" s="1" t="s">
-        <v>4489</v>
+        <v>4491</v>
       </c>
       <c r="D1183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1183" s="3" t="s">
-        <v>4490</v>
+        <v>4492</v>
       </c>
       <c r="F1183" s="3" t="s">
-        <v>4446</v>
+        <v>4480</v>
       </c>
       <c r="G1183" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1184" s="1" t="s">
-        <v>4491</v>
+        <v>4493</v>
       </c>
       <c r="B1184" s="1" t="s">
-        <v>4492</v>
+        <v>4494</v>
       </c>
       <c r="C1184" s="1" t="s">
-        <v>4493</v>
+        <v>4494</v>
       </c>
       <c r="D1184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1184" s="3" t="s">
-        <v>4494</v>
+        <v>4495</v>
       </c>
       <c r="F1184" s="3" t="s">
-        <v>4446</v>
+        <v>4480</v>
       </c>
       <c r="G1184" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1185" s="1" t="s">
-        <v>4495</v>
+        <v>4496</v>
       </c>
       <c r="B1185" s="1" t="s">
-        <v>4496</v>
+        <v>4497</v>
       </c>
       <c r="C1185" s="1" t="s">
         <v>4497</v>
       </c>
       <c r="D1185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1185" s="3" t="s">
         <v>4498</v>
       </c>
       <c r="F1185" s="3" t="s">
-        <v>4446</v>
+        <v>4480</v>
       </c>
       <c r="G1185" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1186" s="1" t="s">
         <v>4499</v>
       </c>
       <c r="B1186" s="1" t="s">
         <v>4500</v>
       </c>
       <c r="C1186" s="1" t="s">
+        <v>4500</v>
+      </c>
+      <c r="D1186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1186" s="3" t="s">
         <v>4501</v>
       </c>
-      <c r="D1186" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1186" s="3" t="s">
+      <c r="F1186" s="3" t="s">
+        <v>4480</v>
+      </c>
+      <c r="G1186" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1187" s="1" t="s">
         <v>4502</v>
       </c>
-      <c r="F1186" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1187" s="1" t="s">
+      <c r="B1187" s="1" t="s">
         <v>4503</v>
       </c>
-      <c r="B1187" s="1" t="s">
+      <c r="C1187" s="1" t="s">
+        <v>4503</v>
+      </c>
+      <c r="D1187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1187" s="3" t="s">
         <v>4504</v>
       </c>
-      <c r="C1187" s="1" t="s">
+      <c r="F1187" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G1187" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1188" s="1" t="s">
         <v>4505</v>
       </c>
-      <c r="D1187" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1187" s="3" t="s">
+      <c r="B1188" s="1" t="s">
         <v>4506</v>
       </c>
-      <c r="F1187" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1188" s="1" t="s">
+      <c r="C1188" s="1" t="s">
+        <v>4506</v>
+      </c>
+      <c r="D1188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1188" s="3" t="s">
         <v>4507</v>
       </c>
-      <c r="B1188" s="1" t="s">
+      <c r="F1188" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G1188" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1189" s="1" t="s">
         <v>4508</v>
       </c>
-      <c r="C1188" s="1" t="s">
+      <c r="B1189" s="1" t="s">
         <v>4509</v>
       </c>
-      <c r="D1188" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1188" s="3" t="s">
+      <c r="C1189" s="1" t="s">
+        <v>4509</v>
+      </c>
+      <c r="D1189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1189" s="3" t="s">
         <v>4510</v>
       </c>
-      <c r="F1188" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1189" s="1" t="s">
+      <c r="F1189" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G1189" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1190" s="1" t="s">
         <v>4511</v>
       </c>
-      <c r="B1189" s="1" t="s">
+      <c r="B1190" s="1" t="s">
         <v>4512</v>
       </c>
-      <c r="C1189" s="1" t="s">
+      <c r="C1190" s="1" t="s">
+        <v>4512</v>
+      </c>
+      <c r="D1190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1190" s="3" t="s">
         <v>4513</v>
       </c>
-      <c r="D1189" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1189" s="3" t="s">
+      <c r="F1190" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="G1190" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1191" s="1" t="s">
         <v>4514</v>
       </c>
-      <c r="F1189" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1190" s="1" t="s">
+      <c r="B1191" s="1" t="s">
         <v>4515</v>
       </c>
-      <c r="B1190" s="1" t="s">
+      <c r="C1191" s="1" t="s">
+        <v>4515</v>
+      </c>
+      <c r="D1191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1191" s="3" t="s">
         <v>4516</v>
       </c>
-      <c r="C1190" s="1" t="s">
+      <c r="F1191" s="3" t="s">
+        <v>4480</v>
+      </c>
+      <c r="G1191" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1192" s="1" t="s">
         <v>4517</v>
       </c>
-      <c r="D1190" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1190" s="3" t="s">
+      <c r="B1192" s="1" t="s">
         <v>4518</v>
       </c>
-      <c r="F1190" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1191" s="1" t="s">
+      <c r="C1192" s="1" t="s">
+        <v>4518</v>
+      </c>
+      <c r="D1192" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1192" s="3" t="s">
         <v>4519</v>
       </c>
-      <c r="B1191" s="1" t="s">
+      <c r="F1192" s="3" t="s">
+        <v>4480</v>
+      </c>
+      <c r="G1192" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1193" s="1" t="s">
         <v>4520</v>
       </c>
-      <c r="C1191" s="1" t="s">
+      <c r="B1193" s="1" t="s">
         <v>4521</v>
       </c>
-      <c r="D1191" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1191" s="3" t="s">
+      <c r="C1193" s="1" t="s">
+        <v>4521</v>
+      </c>
+      <c r="D1193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1193" s="3" t="s">
         <v>4522</v>
       </c>
-      <c r="F1191" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1192" s="1" t="s">
+      <c r="F1193" s="3" t="s">
+        <v>4480</v>
+      </c>
+      <c r="G1193" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1194" s="1" t="s">
         <v>4523</v>
       </c>
-      <c r="B1192" s="1" t="s">
+      <c r="B1194" s="1" t="s">
         <v>4524</v>
       </c>
-      <c r="C1192" s="1" t="s">
+      <c r="C1194" s="1" t="s">
+        <v>4524</v>
+      </c>
+      <c r="D1194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1194" s="3" t="s">
         <v>4525</v>
       </c>
-      <c r="D1192" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1192" s="3" t="s">
+      <c r="F1194" s="3" t="s">
+        <v>4480</v>
+      </c>
+      <c r="G1194" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1195" s="1" t="s">
         <v>4526</v>
       </c>
-      <c r="F1192" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1193" s="1" t="s">
+      <c r="B1195" s="1" t="s">
         <v>4527</v>
       </c>
-      <c r="B1193" s="1" t="s">
+      <c r="C1195" s="1" t="s">
+        <v>4527</v>
+      </c>
+      <c r="D1195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1195" s="3" t="s">
         <v>4528</v>
       </c>
-      <c r="C1193" s="1" t="s">
+      <c r="F1195" s="3" t="s">
+        <v>4480</v>
+      </c>
+      <c r="G1195" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1196" s="1" t="s">
         <v>4529</v>
       </c>
-      <c r="D1193" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1193" s="3" t="s">
+      <c r="B1196" s="1" t="s">
         <v>4530</v>
       </c>
-      <c r="F1193" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1194" s="1" t="s">
+      <c r="C1196" s="1" t="s">
+        <v>4530</v>
+      </c>
+      <c r="D1196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1196" s="3" t="s">
         <v>4531</v>
       </c>
-      <c r="B1194" s="1" t="s">
+      <c r="F1196" s="3" t="s">
+        <v>4480</v>
+      </c>
+      <c r="G1196" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1197" s="1" t="s">
         <v>4532</v>
       </c>
-      <c r="C1194" s="1" t="s">
+      <c r="B1197" s="1" t="s">
         <v>4533</v>
       </c>
-      <c r="D1194" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1194" s="3" t="s">
+      <c r="C1197" s="1" t="s">
+        <v>4533</v>
+      </c>
+      <c r="D1197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1197" s="3" t="s">
         <v>4534</v>
       </c>
-      <c r="F1194" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1195" s="1" t="s">
+      <c r="F1197" s="3" t="s">
+        <v>4480</v>
+      </c>
+      <c r="G1197" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1198" s="1" t="s">
         <v>4535</v>
       </c>
-      <c r="B1195" s="1" t="s">
+      <c r="B1198" s="1" t="s">
         <v>4536</v>
       </c>
-      <c r="C1195" s="1" t="s">
+      <c r="C1198" s="1" t="s">
+        <v>4536</v>
+      </c>
+      <c r="D1198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1198" s="3" t="s">
         <v>4537</v>
       </c>
-      <c r="D1195" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1195" s="3" t="s">
+      <c r="F1198" s="3" t="s">
+        <v>3968</v>
+      </c>
+      <c r="G1198" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1199" s="1" t="s">
         <v>4538</v>
       </c>
-      <c r="F1195" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1196" s="1" t="s">
+      <c r="B1199" s="1" t="s">
         <v>4539</v>
       </c>
-      <c r="B1196" s="1" t="s">
+      <c r="C1199" s="1" t="s">
         <v>4540</v>
       </c>
-      <c r="C1196" s="1" t="s">
+      <c r="D1199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1199" s="3" t="s">
         <v>4541</v>
       </c>
-      <c r="D1196" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1196" s="3" t="s">
+      <c r="F1199" s="3" t="s">
         <v>4542</v>
       </c>
-      <c r="F1196" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1197" s="1" t="s">
+      <c r="G1199" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1200" s="1" t="s">
         <v>4543</v>
       </c>
-      <c r="B1197" s="1" t="s">
+      <c r="B1200" s="1" t="s">
         <v>4544</v>
       </c>
-      <c r="C1197" s="1" t="s">
+      <c r="C1200" s="1" t="s">
         <v>4545</v>
       </c>
-      <c r="D1197" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1197" s="3" t="s">
+      <c r="D1200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1200" s="3" t="s">
         <v>4546</v>
       </c>
-      <c r="F1197" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1198" s="1" t="s">
+      <c r="F1200" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1200" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1201" s="1" t="s">
         <v>4547</v>
       </c>
-      <c r="B1198" s="1" t="s">
+      <c r="B1201" s="1" t="s">
         <v>4548</v>
       </c>
-      <c r="C1198" s="1" t="s">
+      <c r="C1201" s="1" t="s">
         <v>4549</v>
       </c>
-      <c r="D1198" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1198" s="3" t="s">
+      <c r="D1201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1201" s="3" t="s">
         <v>4550</v>
       </c>
-      <c r="F1198" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1199" s="1" t="s">
+      <c r="F1201" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1201" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1202" s="1" t="s">
         <v>4551</v>
       </c>
-      <c r="B1199" s="1" t="s">
+      <c r="B1202" s="1" t="s">
         <v>4552</v>
       </c>
-      <c r="C1199" s="1" t="s">
+      <c r="C1202" s="1" t="s">
         <v>4553</v>
       </c>
-      <c r="D1199" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1199" s="3" t="s">
+      <c r="D1202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1202" s="3" t="s">
         <v>4554</v>
       </c>
-      <c r="F1199" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1200" s="1" t="s">
+      <c r="F1202" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1202" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1203" s="1" t="s">
         <v>4555</v>
       </c>
-      <c r="B1200" s="1" t="s">
+      <c r="B1203" s="1" t="s">
         <v>4556</v>
       </c>
-      <c r="C1200" s="1" t="s">
+      <c r="C1203" s="1" t="s">
         <v>4557</v>
       </c>
-      <c r="D1200" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1200" s="3" t="s">
+      <c r="D1203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1203" s="3" t="s">
         <v>4558</v>
       </c>
-      <c r="F1200" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1201" s="1" t="s">
+      <c r="F1203" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1203" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1204" s="1" t="s">
         <v>4559</v>
       </c>
-      <c r="B1201" s="1" t="s">
+      <c r="B1204" s="1" t="s">
         <v>4560</v>
       </c>
-      <c r="C1201" s="1" t="s">
+      <c r="C1204" s="1" t="s">
         <v>4561</v>
       </c>
-      <c r="D1201" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1201" s="3" t="s">
+      <c r="D1204" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1204" s="3" t="s">
         <v>4562</v>
       </c>
-      <c r="F1201" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1202" s="1" t="s">
+      <c r="F1204" s="3" t="s">
+        <v>4243</v>
+      </c>
+      <c r="G1204" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1205" s="1" t="s">
         <v>4563</v>
       </c>
-      <c r="B1202" s="1" t="s">
+      <c r="B1205" s="1" t="s">
         <v>4564</v>
       </c>
-      <c r="C1202" s="1" t="s">
+      <c r="C1205" s="1" t="s">
         <v>4565</v>
       </c>
-      <c r="D1202" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1202" s="3" t="s">
+      <c r="D1205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1205" s="3" t="s">
         <v>4566</v>
       </c>
-      <c r="F1202" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1203" s="1" t="s">
+      <c r="F1205" s="3" t="s">
+        <v>4243</v>
+      </c>
+      <c r="G1205" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1206" s="1" t="s">
         <v>4567</v>
       </c>
-      <c r="B1203" s="1" t="s">
+      <c r="B1206" s="1" t="s">
         <v>4568</v>
       </c>
-      <c r="C1203" s="1" t="s">
+      <c r="C1206" s="1" t="s">
         <v>4569</v>
       </c>
-      <c r="D1203" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1203" s="3" t="s">
+      <c r="D1206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1206" s="3" t="s">
         <v>4570</v>
       </c>
-      <c r="F1203" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1204" s="1" t="s">
+      <c r="F1206" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1206" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1207" s="1" t="s">
         <v>4571</v>
       </c>
-      <c r="B1204" s="1" t="s">
+      <c r="B1207" s="1" t="s">
         <v>4572</v>
       </c>
-      <c r="C1204" s="1" t="s">
+      <c r="C1207" s="1" t="s">
         <v>4573</v>
       </c>
-      <c r="D1204" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1204" s="3" t="s">
+      <c r="D1207" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1207" s="3" t="s">
         <v>4574</v>
       </c>
-      <c r="F1204" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1205" s="1" t="s">
+      <c r="F1207" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1207" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1208" s="1" t="s">
         <v>4575</v>
       </c>
-      <c r="B1205" s="1" t="s">
+      <c r="B1208" s="1" t="s">
         <v>4576</v>
       </c>
-      <c r="C1205" s="1" t="s">
+      <c r="C1208" s="1" t="s">
         <v>4577</v>
       </c>
-      <c r="D1205" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1205" s="3" t="s">
+      <c r="D1208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1208" s="3" t="s">
         <v>4578</v>
       </c>
-      <c r="F1205" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1206" s="1" t="s">
+      <c r="F1208" s="3" t="s">
         <v>4579</v>
       </c>
-      <c r="B1206" s="1" t="s">
+      <c r="G1208" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1209" s="1" t="s">
         <v>4580</v>
       </c>
-      <c r="C1206" s="1" t="s">
+      <c r="B1209" s="1" t="s">
         <v>4581</v>
       </c>
-      <c r="D1206" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1206" s="3" t="s">
+      <c r="C1209" s="1" t="s">
         <v>4582</v>
       </c>
-      <c r="F1206" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1207" s="1" t="s">
+      <c r="D1209" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1209" s="3" t="s">
         <v>4583</v>
       </c>
-      <c r="B1207" s="1" t="s">
+      <c r="F1209" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1209" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1210" s="1" t="s">
         <v>4584</v>
       </c>
-      <c r="C1207" s="1" t="s">
+      <c r="B1210" s="1" t="s">
         <v>4585</v>
       </c>
-      <c r="D1207" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1207" s="3" t="s">
+      <c r="C1210" s="1" t="s">
         <v>4586</v>
       </c>
-      <c r="F1207" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1208" s="1" t="s">
+      <c r="D1210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1210" s="3" t="s">
         <v>4587</v>
       </c>
-      <c r="B1208" s="1" t="s">
+      <c r="F1210" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1210" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1211" s="1" t="s">
         <v>4588</v>
       </c>
-      <c r="C1208" s="1" t="s">
+      <c r="B1211" s="1" t="s">
         <v>4589</v>
       </c>
-      <c r="D1208" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1208" s="3" t="s">
+      <c r="C1211" s="1" t="s">
         <v>4590</v>
       </c>
-      <c r="F1208" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1209" s="1" t="s">
+      <c r="D1211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1211" s="3" t="s">
         <v>4591</v>
       </c>
-      <c r="B1209" s="1" t="s">
+      <c r="F1211" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1211" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1212" s="1" t="s">
         <v>4592</v>
       </c>
-      <c r="C1209" s="1" t="s">
+      <c r="B1212" s="1" t="s">
         <v>4593</v>
       </c>
-      <c r="D1209" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1209" s="3" t="s">
+      <c r="C1212" s="1" t="s">
         <v>4594</v>
       </c>
-      <c r="F1209" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1210" s="1" t="s">
+      <c r="D1212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1212" s="3" t="s">
         <v>4595</v>
       </c>
-      <c r="B1210" s="1" t="s">
+      <c r="F1212" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1212" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1213" s="1" t="s">
         <v>4596</v>
       </c>
-      <c r="C1210" s="1" t="s">
+      <c r="B1213" s="1" t="s">
         <v>4597</v>
       </c>
-      <c r="D1210" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1210" s="3" t="s">
+      <c r="C1213" s="1" t="s">
         <v>4598</v>
       </c>
-      <c r="F1210" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1211" s="1" t="s">
+      <c r="D1213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1213" s="3" t="s">
         <v>4599</v>
       </c>
-      <c r="B1211" s="1" t="s">
+      <c r="F1213" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1213" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1214" s="1" t="s">
         <v>4600</v>
       </c>
-      <c r="C1211" s="1" t="s">
+      <c r="B1214" s="1" t="s">
         <v>4601</v>
       </c>
-      <c r="D1211" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1211" s="3" t="s">
+      <c r="C1214" s="1" t="s">
         <v>4602</v>
       </c>
-      <c r="F1211" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1212" s="1" t="s">
+      <c r="D1214" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1214" s="3" t="s">
         <v>4603</v>
       </c>
-      <c r="B1212" s="1" t="s">
+      <c r="F1214" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1214" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1215" s="1" t="s">
         <v>4604</v>
       </c>
-      <c r="C1212" s="1" t="s">
+      <c r="B1215" s="1" t="s">
         <v>4605</v>
       </c>
-      <c r="D1212" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1212" s="3" t="s">
+      <c r="C1215" s="1" t="s">
         <v>4606</v>
       </c>
-      <c r="F1212" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1213" s="1" t="s">
+      <c r="D1215" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1215" s="3" t="s">
         <v>4607</v>
       </c>
-      <c r="B1213" s="1" t="s">
+      <c r="F1215" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1215" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1216" s="1" t="s">
         <v>4608</v>
       </c>
-      <c r="C1213" s="1" t="s">
+      <c r="B1216" s="1" t="s">
         <v>4609</v>
       </c>
-      <c r="D1213" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1213" s="3" t="s">
+      <c r="C1216" s="1" t="s">
         <v>4610</v>
       </c>
-      <c r="F1213" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1214" s="1" t="s">
+      <c r="D1216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1216" s="3" t="s">
         <v>4611</v>
       </c>
-      <c r="B1214" s="1" t="s">
+      <c r="F1216" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1216" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1217" s="1" t="s">
         <v>4612</v>
       </c>
-      <c r="C1214" s="1" t="s">
+      <c r="B1217" s="1" t="s">
         <v>4613</v>
       </c>
-      <c r="D1214" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1214" s="3" t="s">
+      <c r="C1217" s="1" t="s">
         <v>4614</v>
       </c>
-      <c r="F1214" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1215" s="1" t="s">
+      <c r="D1217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1217" s="3" t="s">
         <v>4615</v>
       </c>
-      <c r="B1215" s="1" t="s">
+      <c r="F1217" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1217" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1218" s="1" t="s">
         <v>4616</v>
       </c>
-      <c r="C1215" s="1" t="s">
+      <c r="B1218" s="1" t="s">
         <v>4617</v>
       </c>
-      <c r="D1215" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1215" s="3" t="s">
+      <c r="C1218" s="1" t="s">
         <v>4618</v>
       </c>
-      <c r="F1215" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1216" s="1" t="s">
+      <c r="D1218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1218" s="3" t="s">
         <v>4619</v>
       </c>
-      <c r="B1216" s="1" t="s">
+      <c r="F1218" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1218" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1219" s="1" t="s">
         <v>4620</v>
       </c>
-      <c r="C1216" s="1" t="s">
+      <c r="B1219" s="1" t="s">
         <v>4621</v>
       </c>
-      <c r="D1216" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1216" s="3" t="s">
+      <c r="C1219" s="1" t="s">
         <v>4622</v>
       </c>
-      <c r="F1216" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1217" s="1" t="s">
+      <c r="D1219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1219" s="3" t="s">
         <v>4623</v>
       </c>
-      <c r="B1217" s="1" t="s">
+      <c r="F1219" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1219" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1220" s="1" t="s">
         <v>4624</v>
       </c>
-      <c r="C1217" s="1" t="s">
+      <c r="B1220" s="1" t="s">
         <v>4625</v>
       </c>
-      <c r="D1217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1217" s="3" t="s">
+      <c r="C1220" s="1" t="s">
         <v>4626</v>
       </c>
-      <c r="F1217" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1218" s="1" t="s">
+      <c r="D1220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1220" s="3" t="s">
         <v>4627</v>
       </c>
-      <c r="B1218" s="1" t="s">
+      <c r="F1220" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1220" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1221" s="1" t="s">
         <v>4628</v>
       </c>
-      <c r="C1218" s="1" t="s">
+      <c r="B1221" s="1" t="s">
         <v>4629</v>
       </c>
-      <c r="D1218" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1218" s="3" t="s">
+      <c r="C1221" s="1" t="s">
         <v>4630</v>
       </c>
-      <c r="F1218" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1219" s="1" t="s">
+      <c r="D1221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1221" s="3" t="s">
         <v>4631</v>
       </c>
-      <c r="B1219" s="1" t="s">
+      <c r="F1221" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1221" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1222" s="1" t="s">
         <v>4632</v>
       </c>
-      <c r="C1219" s="1" t="s">
+      <c r="B1222" s="1" t="s">
         <v>4633</v>
       </c>
-      <c r="D1219" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1219" s="3" t="s">
+      <c r="C1222" s="1" t="s">
         <v>4634</v>
       </c>
-      <c r="F1219" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1220" s="1" t="s">
+      <c r="D1222" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1222" s="3" t="s">
         <v>4635</v>
       </c>
-      <c r="B1220" s="1" t="s">
+      <c r="F1222" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1222" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1223" s="1" t="s">
         <v>4636</v>
       </c>
-      <c r="C1220" s="1" t="s">
+      <c r="B1223" s="1" t="s">
         <v>4637</v>
       </c>
-      <c r="D1220" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1220" s="3" t="s">
+      <c r="C1223" s="1" t="s">
         <v>4638</v>
       </c>
-      <c r="F1220" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1221" s="1" t="s">
+      <c r="D1223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1223" s="3" t="s">
         <v>4639</v>
       </c>
-      <c r="B1221" s="1" t="s">
+      <c r="F1223" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1223" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1224" s="1" t="s">
         <v>4640</v>
       </c>
-      <c r="C1221" s="1" t="s">
+      <c r="B1224" s="1" t="s">
         <v>4641</v>
       </c>
-      <c r="D1221" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1221" s="3" t="s">
+      <c r="C1224" s="1" t="s">
         <v>4642</v>
       </c>
-      <c r="F1221" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1222" s="1" t="s">
+      <c r="D1224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1224" s="3" t="s">
         <v>4643</v>
       </c>
-      <c r="B1222" s="1" t="s">
+      <c r="F1224" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1224" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1225" s="1" t="s">
         <v>4644</v>
       </c>
-      <c r="C1222" s="1" t="s">
+      <c r="B1225" s="1" t="s">
         <v>4645</v>
       </c>
-      <c r="D1222" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1222" s="3" t="s">
+      <c r="C1225" s="1" t="s">
         <v>4646</v>
       </c>
-      <c r="F1222" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1223" s="1" t="s">
+      <c r="D1225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1225" s="3" t="s">
         <v>4647</v>
       </c>
-      <c r="B1223" s="1" t="s">
+      <c r="F1225" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1225" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1226" s="1" t="s">
         <v>4648</v>
       </c>
-      <c r="C1223" s="1" t="s">
+      <c r="B1226" s="1" t="s">
         <v>4649</v>
       </c>
-      <c r="D1223" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1223" s="3" t="s">
+      <c r="C1226" s="1" t="s">
         <v>4650</v>
       </c>
-      <c r="F1223" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1224" s="1" t="s">
+      <c r="D1226" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1226" s="3" t="s">
         <v>4651</v>
       </c>
-      <c r="B1224" s="1" t="s">
+      <c r="F1226" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1226" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1227" s="1" t="s">
         <v>4652</v>
       </c>
-      <c r="C1224" s="1" t="s">
+      <c r="B1227" s="1" t="s">
         <v>4653</v>
       </c>
-      <c r="D1224" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1224" s="3" t="s">
+      <c r="C1227" s="1" t="s">
         <v>4654</v>
       </c>
-      <c r="F1224" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1225" s="1" t="s">
+      <c r="D1227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1227" s="3" t="s">
         <v>4655</v>
       </c>
-      <c r="B1225" s="1" t="s">
+      <c r="F1227" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1227" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1228" s="1" t="s">
         <v>4656</v>
       </c>
-      <c r="C1225" s="1" t="s">
+      <c r="B1228" s="1" t="s">
         <v>4657</v>
       </c>
-      <c r="D1225" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1225" s="3" t="s">
+      <c r="C1228" s="1" t="s">
         <v>4658</v>
       </c>
-      <c r="F1225" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1226" s="1" t="s">
+      <c r="D1228" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1228" s="3" t="s">
         <v>4659</v>
       </c>
-      <c r="B1226" s="1" t="s">
+      <c r="F1228" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1228" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1229" s="1" t="s">
         <v>4660</v>
       </c>
-      <c r="C1226" s="1" t="s">
+      <c r="B1229" s="1" t="s">
         <v>4661</v>
       </c>
-      <c r="D1226" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1226" s="3" t="s">
+      <c r="C1229" s="1" t="s">
         <v>4662</v>
       </c>
-      <c r="F1226" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1227" s="1" t="s">
+      <c r="D1229" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1229" s="3" t="s">
         <v>4663</v>
       </c>
-      <c r="B1227" s="1" t="s">
+      <c r="F1229" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1229" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1230" s="1" t="s">
         <v>4664</v>
       </c>
-      <c r="C1227" s="1" t="s">
+      <c r="B1230" s="1" t="s">
         <v>4665</v>
       </c>
-      <c r="D1227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1227" s="3" t="s">
+      <c r="C1230" s="1" t="s">
         <v>4666</v>
       </c>
-      <c r="F1227" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1228" s="1" t="s">
+      <c r="D1230" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1230" s="3" t="s">
         <v>4667</v>
       </c>
-      <c r="B1228" s="1" t="s">
+      <c r="F1230" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1230" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1231" s="1" t="s">
         <v>4668</v>
       </c>
-      <c r="C1228" s="1" t="s">
+      <c r="B1231" s="1" t="s">
         <v>4669</v>
       </c>
-      <c r="D1228" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1228" s="3" t="s">
+      <c r="C1231" s="1" t="s">
         <v>4670</v>
       </c>
-      <c r="F1228" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1229" s="1" t="s">
+      <c r="D1231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1231" s="3" t="s">
         <v>4671</v>
       </c>
-      <c r="B1229" s="1" t="s">
+      <c r="F1231" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1231" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1232" s="1" t="s">
         <v>4672</v>
       </c>
-      <c r="C1229" s="1" t="s">
+      <c r="B1232" s="1" t="s">
         <v>4673</v>
       </c>
-      <c r="D1229" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1229" s="3" t="s">
+      <c r="C1232" s="1" t="s">
         <v>4674</v>
       </c>
-      <c r="F1229" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1230" s="1" t="s">
+      <c r="D1232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1232" s="3" t="s">
         <v>4675</v>
       </c>
-      <c r="B1230" s="1" t="s">
+      <c r="F1232" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1232" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1233" s="1" t="s">
         <v>4676</v>
       </c>
-      <c r="C1230" s="1" t="s">
+      <c r="B1233" s="1" t="s">
         <v>4677</v>
       </c>
-      <c r="D1230" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1230" s="3" t="s">
+      <c r="C1233" s="1" t="s">
         <v>4678</v>
       </c>
-      <c r="F1230" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1231" s="1" t="s">
+      <c r="D1233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1233" s="3" t="s">
         <v>4679</v>
       </c>
-      <c r="B1231" s="1" t="s">
+      <c r="F1233" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1233" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1234" s="1" t="s">
         <v>4680</v>
       </c>
-      <c r="C1231" s="1" t="s">
+      <c r="B1234" s="1" t="s">
         <v>4681</v>
       </c>
-      <c r="D1231" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1231" s="3" t="s">
+      <c r="C1234" s="1" t="s">
         <v>4682</v>
       </c>
-      <c r="F1231" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1232" s="1" t="s">
+      <c r="D1234" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1234" s="3" t="s">
         <v>4683</v>
       </c>
-      <c r="B1232" s="1" t="s">
+      <c r="F1234" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1234" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1235" s="1" t="s">
         <v>4684</v>
       </c>
-      <c r="C1232" s="1" t="s">
+      <c r="B1235" s="1" t="s">
         <v>4685</v>
       </c>
-      <c r="D1232" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1232" s="3" t="s">
+      <c r="C1235" s="1" t="s">
         <v>4686</v>
       </c>
-      <c r="F1232" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1233" s="1" t="s">
+      <c r="D1235" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1235" s="3" t="s">
         <v>4687</v>
       </c>
-      <c r="B1233" s="1" t="s">
+      <c r="F1235" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1235" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1236" s="1" t="s">
         <v>4688</v>
       </c>
-      <c r="C1233" s="1" t="s">
+      <c r="B1236" s="1" t="s">
         <v>4689</v>
       </c>
-      <c r="D1233" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1233" s="3" t="s">
+      <c r="C1236" s="1" t="s">
         <v>4690</v>
       </c>
-      <c r="F1233" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1234" s="1" t="s">
+      <c r="D1236" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1236" s="3" t="s">
         <v>4691</v>
       </c>
-      <c r="B1234" s="1" t="s">
+      <c r="F1236" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1236" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1237" s="1" t="s">
         <v>4692</v>
       </c>
-      <c r="C1234" s="1" t="s">
+      <c r="B1237" s="1" t="s">
         <v>4693</v>
       </c>
-      <c r="D1234" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1234" s="3" t="s">
+      <c r="C1237" s="1" t="s">
         <v>4694</v>
       </c>
-      <c r="F1234" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1235" s="1" t="s">
+      <c r="D1237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1237" s="3" t="s">
         <v>4695</v>
       </c>
-      <c r="B1235" s="1" t="s">
+      <c r="F1237" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1237" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1238" s="1" t="s">
         <v>4696</v>
       </c>
-      <c r="C1235" s="1" t="s">
+      <c r="B1238" s="1" t="s">
         <v>4697</v>
       </c>
-      <c r="D1235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1235" s="3" t="s">
+      <c r="C1238" s="1" t="s">
         <v>4698</v>
       </c>
-      <c r="F1235" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1236" s="1" t="s">
+      <c r="D1238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1238" s="3" t="s">
         <v>4699</v>
       </c>
-      <c r="B1236" s="1" t="s">
+      <c r="F1238" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1238" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1239" s="1" t="s">
         <v>4700</v>
       </c>
-      <c r="C1236" s="1" t="s">
+      <c r="B1239" s="1" t="s">
         <v>4701</v>
       </c>
-      <c r="D1236" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1236" s="3" t="s">
+      <c r="C1239" s="1" t="s">
         <v>4702</v>
       </c>
-      <c r="F1236" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1237" s="1" t="s">
+      <c r="D1239" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1239" s="3" t="s">
         <v>4703</v>
       </c>
-      <c r="B1237" s="1" t="s">
+      <c r="F1239" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1239" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1240" s="1" t="s">
         <v>4704</v>
       </c>
-      <c r="C1237" s="1" t="s">
+      <c r="B1240" s="1" t="s">
         <v>4705</v>
       </c>
-      <c r="D1237" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1237" s="3" t="s">
+      <c r="C1240" s="1" t="s">
         <v>4706</v>
       </c>
-      <c r="F1237" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1238" s="1" t="s">
+      <c r="D1240" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1240" s="3" t="s">
         <v>4707</v>
       </c>
-      <c r="B1238" s="1" t="s">
+      <c r="F1240" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1240" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1241" s="1" t="s">
         <v>4708</v>
       </c>
-      <c r="C1238" s="1" t="s">
+      <c r="B1241" s="1" t="s">
         <v>4709</v>
       </c>
-      <c r="D1238" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1238" s="3" t="s">
+      <c r="C1241" s="1" t="s">
         <v>4710</v>
       </c>
-      <c r="F1238" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1239" s="1" t="s">
+      <c r="D1241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1241" s="3" t="s">
         <v>4711</v>
       </c>
-      <c r="B1239" s="1" t="s">
+      <c r="F1241" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1241" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1242" s="1" t="s">
         <v>4712</v>
       </c>
-      <c r="C1239" s="1" t="s">
+      <c r="B1242" s="1" t="s">
         <v>4713</v>
       </c>
-      <c r="D1239" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1239" s="3" t="s">
+      <c r="C1242" s="1" t="s">
         <v>4714</v>
       </c>
-      <c r="F1239" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1240" s="1" t="s">
+      <c r="D1242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1242" s="3" t="s">
         <v>4715</v>
       </c>
-      <c r="B1240" s="1" t="s">
+      <c r="F1242" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1242" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1243" s="1" t="s">
         <v>4716</v>
       </c>
-      <c r="C1240" s="1" t="s">
+      <c r="B1243" s="1" t="s">
         <v>4717</v>
       </c>
-      <c r="D1240" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1240" s="3" t="s">
+      <c r="C1243" s="1" t="s">
         <v>4718</v>
       </c>
-      <c r="F1240" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1241" s="1" t="s">
+      <c r="D1243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1243" s="3" t="s">
         <v>4719</v>
       </c>
-      <c r="B1241" s="1" t="s">
+      <c r="F1243" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1243" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1244" s="1" t="s">
         <v>4720</v>
       </c>
-      <c r="C1241" s="1" t="s">
+      <c r="B1244" s="1" t="s">
         <v>4721</v>
       </c>
-      <c r="D1241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1241" s="3" t="s">
+      <c r="C1244" s="1" t="s">
         <v>4722</v>
       </c>
-      <c r="F1241" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1242" s="1" t="s">
+      <c r="D1244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1244" s="3" t="s">
         <v>4723</v>
       </c>
-      <c r="B1242" s="1" t="s">
+      <c r="F1244" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1244" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1245" s="1" t="s">
         <v>4724</v>
       </c>
-      <c r="C1242" s="1" t="s">
+      <c r="B1245" s="1" t="s">
         <v>4725</v>
       </c>
-      <c r="D1242" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1242" s="3" t="s">
+      <c r="C1245" s="1" t="s">
         <v>4726</v>
       </c>
-      <c r="F1242" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1243" s="1" t="s">
+      <c r="D1245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1245" s="3" t="s">
         <v>4727</v>
       </c>
-      <c r="B1243" s="1" t="s">
+      <c r="F1245" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1245" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1246" s="1" t="s">
         <v>4728</v>
       </c>
-      <c r="C1243" s="1" t="s">
+      <c r="B1246" s="1" t="s">
         <v>4729</v>
       </c>
-      <c r="D1243" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1243" s="3" t="s">
+      <c r="C1246" s="1" t="s">
         <v>4730</v>
       </c>
-      <c r="F1243" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1244" s="1" t="s">
+      <c r="D1246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1246" s="3" t="s">
         <v>4731</v>
       </c>
-      <c r="B1244" s="1" t="s">
+      <c r="F1246" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1246" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1247" s="1" t="s">
         <v>4732</v>
       </c>
-      <c r="C1244" s="1" t="s">
+      <c r="B1247" s="1" t="s">
         <v>4733</v>
       </c>
-      <c r="D1244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1244" s="3" t="s">
+      <c r="C1247" s="1" t="s">
         <v>4734</v>
       </c>
-      <c r="F1244" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1245" s="1" t="s">
+      <c r="D1247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1247" s="3" t="s">
         <v>4735</v>
       </c>
-      <c r="B1245" s="1" t="s">
+      <c r="F1247" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1247" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1248" s="1" t="s">
         <v>4736</v>
       </c>
-      <c r="C1245" s="1" t="s">
+      <c r="B1248" s="1" t="s">
         <v>4737</v>
       </c>
-      <c r="D1245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1245" s="3" t="s">
+      <c r="C1248" s="1" t="s">
         <v>4738</v>
       </c>
-      <c r="F1245" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1246" s="1" t="s">
+      <c r="D1248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1248" s="3" t="s">
         <v>4739</v>
       </c>
-      <c r="B1246" s="1" t="s">
+      <c r="F1248" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1248" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1249" s="1" t="s">
         <v>4740</v>
       </c>
-      <c r="C1246" s="1" t="s">
+      <c r="B1249" s="1" t="s">
         <v>4741</v>
       </c>
-      <c r="D1246" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1246" s="3" t="s">
+      <c r="C1249" s="1" t="s">
         <v>4742</v>
       </c>
-      <c r="F1246" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1247" s="1" t="s">
+      <c r="D1249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1249" s="3" t="s">
         <v>4743</v>
       </c>
-      <c r="B1247" s="1" t="s">
+      <c r="F1249" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1249" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1250" s="1" t="s">
         <v>4744</v>
       </c>
-      <c r="C1247" s="1" t="s">
+      <c r="B1250" s="1" t="s">
         <v>4745</v>
       </c>
-      <c r="D1247" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1247" s="3" t="s">
+      <c r="C1250" s="1" t="s">
         <v>4746</v>
       </c>
-      <c r="F1247" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1248" s="1" t="s">
+      <c r="D1250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1250" s="3" t="s">
         <v>4747</v>
       </c>
-      <c r="B1248" s="1" t="s">
+      <c r="F1250" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1250" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1251" s="1" t="s">
         <v>4748</v>
       </c>
-      <c r="C1248" s="1" t="s">
+      <c r="B1251" s="1" t="s">
         <v>4749</v>
       </c>
-      <c r="D1248" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1248" s="3" t="s">
+      <c r="C1251" s="1" t="s">
         <v>4750</v>
       </c>
-      <c r="F1248" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1249" s="1" t="s">
+      <c r="D1251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1251" s="3" t="s">
         <v>4751</v>
       </c>
-      <c r="B1249" s="1" t="s">
+      <c r="F1251" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1251" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1252" s="1" t="s">
         <v>4752</v>
       </c>
-      <c r="C1249" s="1" t="s">
+      <c r="B1252" s="1" t="s">
         <v>4753</v>
       </c>
-      <c r="D1249" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1249" s="3" t="s">
+      <c r="C1252" s="1" t="s">
         <v>4754</v>
       </c>
-      <c r="F1249" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1250" s="1" t="s">
+      <c r="D1252" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1252" s="3" t="s">
         <v>4755</v>
       </c>
-      <c r="B1250" s="1" t="s">
+      <c r="F1252" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1252" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1253" s="1" t="s">
         <v>4756</v>
       </c>
-      <c r="C1250" s="1" t="s">
+      <c r="B1253" s="1" t="s">
         <v>4757</v>
       </c>
-      <c r="D1250" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1250" s="3" t="s">
+      <c r="C1253" s="1" t="s">
         <v>4758</v>
       </c>
-      <c r="F1250" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1251" s="1" t="s">
+      <c r="D1253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1253" s="3" t="s">
         <v>4759</v>
       </c>
-      <c r="B1251" s="1" t="s">
+      <c r="F1253" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1253" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1254" s="1" t="s">
         <v>4760</v>
       </c>
-      <c r="C1251" s="1" t="s">
+      <c r="B1254" s="1" t="s">
         <v>4761</v>
       </c>
-      <c r="D1251" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1251" s="3" t="s">
+      <c r="C1254" s="1" t="s">
         <v>4762</v>
       </c>
-      <c r="F1251" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1252" s="1" t="s">
+      <c r="D1254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1254" s="3" t="s">
         <v>4763</v>
       </c>
-      <c r="B1252" s="1" t="s">
+      <c r="F1254" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1254" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1255" s="1" t="s">
         <v>4764</v>
       </c>
-      <c r="C1252" s="1" t="s">
+      <c r="B1255" s="1" t="s">
         <v>4765</v>
       </c>
-      <c r="D1252" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1252" s="3" t="s">
+      <c r="C1255" s="1" t="s">
         <v>4766</v>
       </c>
-      <c r="F1252" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1253" s="1" t="s">
+      <c r="D1255" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1255" s="3" t="s">
         <v>4767</v>
       </c>
-      <c r="B1253" s="1" t="s">
+      <c r="F1255" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1255" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1256" s="1" t="s">
         <v>4768</v>
       </c>
-      <c r="C1253" s="1" t="s">
+      <c r="B1256" s="1" t="s">
         <v>4769</v>
       </c>
-      <c r="D1253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1253" s="3" t="s">
+      <c r="C1256" s="1" t="s">
         <v>4770</v>
       </c>
-      <c r="F1253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1254" s="1" t="s">
+      <c r="D1256" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1256" s="3" t="s">
         <v>4771</v>
       </c>
-      <c r="B1254" s="1" t="s">
+      <c r="F1256" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1256" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1257" s="1" t="s">
         <v>4772</v>
       </c>
-      <c r="C1254" s="1" t="s">
+      <c r="B1257" s="1" t="s">
         <v>4773</v>
       </c>
-      <c r="D1254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1254" s="3" t="s">
+      <c r="C1257" s="1" t="s">
         <v>4774</v>
       </c>
-      <c r="F1254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1255" s="1" t="s">
+      <c r="D1257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1257" s="3" t="s">
         <v>4775</v>
       </c>
-      <c r="B1255" s="1" t="s">
+      <c r="F1257" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1257" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1258" s="1" t="s">
         <v>4776</v>
       </c>
-      <c r="C1255" s="1" t="s">
+      <c r="B1258" s="1" t="s">
         <v>4777</v>
       </c>
-      <c r="D1255" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1255" s="3" t="s">
+      <c r="C1258" s="1" t="s">
         <v>4778</v>
       </c>
-      <c r="F1255" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1256" s="1" t="s">
+      <c r="D1258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1258" s="3" t="s">
         <v>4779</v>
       </c>
-      <c r="B1256" s="1" t="s">
+      <c r="F1258" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1258" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1259" s="1" t="s">
         <v>4780</v>
       </c>
-      <c r="C1256" s="1" t="s">
+      <c r="B1259" s="1" t="s">
         <v>4781</v>
       </c>
-      <c r="D1256" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1256" s="3" t="s">
+      <c r="C1259" s="1" t="s">
         <v>4782</v>
       </c>
-      <c r="F1256" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1257" s="1" t="s">
+      <c r="D1259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1259" s="3" t="s">
         <v>4783</v>
       </c>
-      <c r="B1257" s="1" t="s">
+      <c r="F1259" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1259" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1260" s="1" t="s">
         <v>4784</v>
       </c>
-      <c r="C1257" s="1" t="s">
+      <c r="B1260" s="1" t="s">
         <v>4785</v>
       </c>
-      <c r="D1257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1257" s="3" t="s">
+      <c r="C1260" s="1" t="s">
         <v>4786</v>
       </c>
-      <c r="F1257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1258" s="1" t="s">
+      <c r="D1260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1260" s="3" t="s">
         <v>4787</v>
       </c>
-      <c r="B1258" s="1" t="s">
+      <c r="F1260" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1260" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1261" s="1" t="s">
         <v>4788</v>
       </c>
-      <c r="C1258" s="1" t="s">
+      <c r="B1261" s="1" t="s">
         <v>4789</v>
       </c>
-      <c r="D1258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1258" s="3" t="s">
+      <c r="C1261" s="1" t="s">
         <v>4790</v>
       </c>
-      <c r="F1258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1259" s="1" t="s">
+      <c r="D1261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1261" s="3" t="s">
         <v>4791</v>
       </c>
-      <c r="B1259" s="1" t="s">
+      <c r="F1261" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1261" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1262" s="1" t="s">
         <v>4792</v>
       </c>
-      <c r="C1259" s="1" t="s">
+      <c r="B1262" s="1" t="s">
         <v>4793</v>
       </c>
-      <c r="D1259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1259" s="3" t="s">
+      <c r="C1262" s="1" t="s">
         <v>4794</v>
       </c>
-      <c r="F1259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1260" s="1" t="s">
+      <c r="D1262" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1262" s="3" t="s">
         <v>4795</v>
       </c>
-      <c r="B1260" s="1" t="s">
+      <c r="F1262" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1262" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1263" s="1" t="s">
         <v>4796</v>
       </c>
-      <c r="C1260" s="1" t="s">
+      <c r="B1263" s="1" t="s">
         <v>4797</v>
       </c>
-      <c r="D1260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1260" s="3" t="s">
+      <c r="C1263" s="1" t="s">
         <v>4798</v>
       </c>
-      <c r="F1260" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1261" s="1" t="s">
+      <c r="D1263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1263" s="3" t="s">
         <v>4799</v>
       </c>
-      <c r="B1261" s="1" t="s">
+      <c r="F1263" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1263" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1264" s="1" t="s">
         <v>4800</v>
       </c>
-      <c r="C1261" s="1" t="s">
+      <c r="B1264" s="1" t="s">
         <v>4801</v>
       </c>
-      <c r="D1261" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1261" s="3" t="s">
+      <c r="C1264" s="1" t="s">
         <v>4802</v>
       </c>
-      <c r="F1261" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1262" s="1" t="s">
+      <c r="D1264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1264" s="3" t="s">
         <v>4803</v>
       </c>
-      <c r="B1262" s="1" t="s">
+      <c r="F1264" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1264" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1265" s="1" t="s">
         <v>4804</v>
       </c>
-      <c r="C1262" s="1" t="s">
+      <c r="B1265" s="1" t="s">
         <v>4805</v>
       </c>
-      <c r="D1262" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1262" s="3" t="s">
+      <c r="C1265" s="1" t="s">
         <v>4806</v>
       </c>
-      <c r="F1262" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1263" s="1" t="s">
+      <c r="D1265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1265" s="3" t="s">
         <v>4807</v>
       </c>
-      <c r="B1263" s="1" t="s">
+      <c r="F1265" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1265" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1266" s="1" t="s">
         <v>4808</v>
       </c>
-      <c r="C1263" s="1" t="s">
+      <c r="B1266" s="1" t="s">
         <v>4809</v>
       </c>
-      <c r="D1263" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1263" s="3" t="s">
+      <c r="C1266" s="1" t="s">
         <v>4810</v>
       </c>
-      <c r="F1263" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1264" s="1" t="s">
+      <c r="D1266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1266" s="3" t="s">
         <v>4811</v>
       </c>
-      <c r="B1264" s="1" t="s">
+      <c r="F1266" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1266" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1267" s="1" t="s">
         <v>4812</v>
       </c>
-      <c r="C1264" s="1" t="s">
+      <c r="B1267" s="1" t="s">
         <v>4813</v>
       </c>
-      <c r="D1264" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1264" s="3" t="s">
+      <c r="C1267" s="1" t="s">
         <v>4814</v>
       </c>
-      <c r="F1264" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1265" s="1" t="s">
+      <c r="D1267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1267" s="3" t="s">
         <v>4815</v>
       </c>
-      <c r="B1265" s="1" t="s">
+      <c r="F1267" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1267" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1268" s="1" t="s">
         <v>4816</v>
       </c>
-      <c r="C1265" s="1" t="s">
+      <c r="B1268" s="1" t="s">
         <v>4817</v>
       </c>
-      <c r="D1265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1265" s="3" t="s">
+      <c r="C1268" s="1" t="s">
         <v>4818</v>
       </c>
-      <c r="F1265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1266" s="1" t="s">
+      <c r="D1268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1268" s="3" t="s">
         <v>4819</v>
       </c>
-      <c r="B1266" s="1" t="s">
+      <c r="F1268" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1268" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1269" s="1" t="s">
         <v>4820</v>
       </c>
-      <c r="C1266" s="1" t="s">
+      <c r="B1269" s="1" t="s">
         <v>4821</v>
       </c>
-      <c r="D1266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1266" s="3" t="s">
+      <c r="C1269" s="1" t="s">
         <v>4822</v>
       </c>
-      <c r="F1266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1267" s="1" t="s">
+      <c r="D1269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1269" s="3" t="s">
         <v>4823</v>
       </c>
-      <c r="B1267" s="1" t="s">
+      <c r="F1269" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1269" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1270" s="1" t="s">
         <v>4824</v>
       </c>
-      <c r="C1267" s="1" t="s">
+      <c r="B1270" s="1" t="s">
         <v>4825</v>
       </c>
-      <c r="D1267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1267" s="3" t="s">
+      <c r="C1270" s="1" t="s">
         <v>4826</v>
       </c>
-      <c r="F1267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1268" s="1" t="s">
+      <c r="D1270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1270" s="3" t="s">
         <v>4827</v>
       </c>
-      <c r="B1268" s="1" t="s">
+      <c r="F1270" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1270" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1271" s="1" t="s">
         <v>4828</v>
       </c>
-      <c r="C1268" s="1" t="s">
+      <c r="B1271" s="1" t="s">
         <v>4829</v>
       </c>
-      <c r="D1268" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1268" s="3" t="s">
+      <c r="C1271" s="1" t="s">
         <v>4830</v>
       </c>
-      <c r="F1268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1269" s="1" t="s">
+      <c r="D1271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1271" s="3" t="s">
         <v>4831</v>
       </c>
-      <c r="B1269" s="1" t="s">
+      <c r="F1271" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1271" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1272" s="1" t="s">
         <v>4832</v>
       </c>
-      <c r="C1269" s="1" t="s">
+      <c r="B1272" s="1" t="s">
         <v>4833</v>
       </c>
-      <c r="D1269" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1269" s="3" t="s">
+      <c r="C1272" s="1" t="s">
         <v>4834</v>
       </c>
-      <c r="F1269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1270" s="1" t="s">
+      <c r="D1272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1272" s="3" t="s">
         <v>4835</v>
       </c>
-      <c r="B1270" s="1" t="s">
+      <c r="F1272" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1272" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1273" s="1" t="s">
         <v>4836</v>
       </c>
-      <c r="C1270" s="1" t="s">
+      <c r="B1273" s="1" t="s">
         <v>4837</v>
       </c>
-      <c r="D1270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1270" s="3" t="s">
+      <c r="C1273" s="1" t="s">
         <v>4838</v>
       </c>
-      <c r="F1270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1271" s="1" t="s">
+      <c r="D1273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1273" s="3" t="s">
         <v>4839</v>
       </c>
-      <c r="B1271" s="1" t="s">
+      <c r="F1273" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1273" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1274" s="1" t="s">
         <v>4840</v>
       </c>
-      <c r="C1271" s="1" t="s">
+      <c r="B1274" s="1" t="s">
         <v>4841</v>
       </c>
-      <c r="D1271" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1271" s="3" t="s">
+      <c r="C1274" s="1" t="s">
         <v>4842</v>
       </c>
-      <c r="F1271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1272" s="1" t="s">
+      <c r="D1274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1274" s="3" t="s">
         <v>4843</v>
       </c>
-      <c r="B1272" s="1" t="s">
+      <c r="F1274" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1274" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1275" s="1" t="s">
         <v>4844</v>
       </c>
-      <c r="C1272" s="1" t="s">
+      <c r="B1275" s="1" t="s">
         <v>4845</v>
       </c>
-      <c r="D1272" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1272" s="3" t="s">
+      <c r="C1275" s="1" t="s">
         <v>4846</v>
       </c>
-      <c r="F1272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1273" s="1" t="s">
+      <c r="D1275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1275" s="3" t="s">
         <v>4847</v>
       </c>
-      <c r="B1273" s="1" t="s">
+      <c r="F1275" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1275" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1276" s="1" t="s">
         <v>4848</v>
       </c>
-      <c r="C1273" s="1" t="s">
+      <c r="B1276" s="1" t="s">
         <v>4849</v>
       </c>
-      <c r="D1273" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1273" s="3" t="s">
+      <c r="C1276" s="1" t="s">
         <v>4850</v>
       </c>
-      <c r="F1273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1274" s="1" t="s">
+      <c r="D1276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1276" s="3" t="s">
         <v>4851</v>
       </c>
-      <c r="B1274" s="1" t="s">
+      <c r="F1276" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1276" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1277" s="1" t="s">
         <v>4852</v>
       </c>
-      <c r="C1274" s="1" t="s">
+      <c r="B1277" s="1" t="s">
         <v>4853</v>
       </c>
-      <c r="D1274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1274" s="3" t="s">
+      <c r="C1277" s="1" t="s">
         <v>4854</v>
       </c>
-      <c r="F1274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1275" s="1" t="s">
+      <c r="D1277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1277" s="3" t="s">
         <v>4855</v>
       </c>
-      <c r="B1275" s="1" t="s">
+      <c r="F1277" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1277" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1278" s="1" t="s">
         <v>4856</v>
       </c>
-      <c r="C1275" s="1" t="s">
+      <c r="B1278" s="1" t="s">
         <v>4857</v>
       </c>
-      <c r="D1275" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1275" s="3" t="s">
+      <c r="C1278" s="1" t="s">
         <v>4858</v>
       </c>
-      <c r="F1275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1276" s="1" t="s">
+      <c r="D1278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1278" s="3" t="s">
         <v>4859</v>
       </c>
-      <c r="B1276" s="1" t="s">
+      <c r="F1278" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1278" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1279" s="1" t="s">
         <v>4860</v>
       </c>
-      <c r="C1276" s="1" t="s">
+      <c r="B1279" s="1" t="s">
         <v>4861</v>
       </c>
-      <c r="D1276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1276" s="3" t="s">
+      <c r="C1279" s="1" t="s">
         <v>4862</v>
       </c>
-      <c r="F1276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1277" s="1" t="s">
+      <c r="D1279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1279" s="3" t="s">
         <v>4863</v>
       </c>
-      <c r="B1277" s="1" t="s">
+      <c r="F1279" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1279" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1280" s="1" t="s">
         <v>4864</v>
       </c>
-      <c r="C1277" s="1" t="s">
+      <c r="B1280" s="1" t="s">
         <v>4865</v>
       </c>
-      <c r="D1277" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1277" s="3" t="s">
+      <c r="C1280" s="1" t="s">
         <v>4866</v>
       </c>
-      <c r="F1277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1278" s="1" t="s">
+      <c r="D1280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1280" s="3" t="s">
         <v>4867</v>
       </c>
-      <c r="B1278" s="1" t="s">
+      <c r="F1280" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1280" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1281" s="1" t="s">
         <v>4868</v>
       </c>
-      <c r="C1278" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1278" s="3" t="s">
+      <c r="B1281" s="1" t="s">
         <v>4869</v>
       </c>
-      <c r="F1278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1279" s="1" t="s">
+      <c r="C1281" s="1" t="s">
         <v>4870</v>
       </c>
-      <c r="B1279" s="1" t="s">
+      <c r="D1281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1281" s="3" t="s">
         <v>4871</v>
       </c>
-      <c r="C1279" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1279" s="3" t="s">
+      <c r="F1281" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1281" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1282" s="1" t="s">
         <v>4872</v>
       </c>
-      <c r="F1279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1280" s="1" t="s">
+      <c r="B1282" s="1" t="s">
         <v>4873</v>
       </c>
-      <c r="B1280" s="1" t="s">
+      <c r="C1282" s="1" t="s">
         <v>4874</v>
       </c>
-      <c r="C1280" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1280" s="3" t="s">
+      <c r="D1282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1282" s="3" t="s">
         <v>4875</v>
       </c>
-      <c r="F1280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1281" s="1" t="s">
+      <c r="F1282" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1282" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1283" s="1" t="s">
         <v>4876</v>
       </c>
-      <c r="B1281" s="1" t="s">
+      <c r="B1283" s="1" t="s">
         <v>4877</v>
       </c>
-      <c r="C1281" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1281" s="3" t="s">
+      <c r="C1283" s="1" t="s">
         <v>4878</v>
       </c>
-      <c r="F1281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1282" s="1" t="s">
+      <c r="D1283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1283" s="3" t="s">
         <v>4879</v>
       </c>
-      <c r="B1282" s="1" t="s">
+      <c r="F1283" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1283" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1284" s="1" t="s">
         <v>4880</v>
       </c>
-      <c r="C1282" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1282" s="3" t="s">
+      <c r="B1284" s="1" t="s">
         <v>4881</v>
       </c>
-      <c r="F1282" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1283" s="1" t="s">
+      <c r="C1284" s="1" t="s">
         <v>4882</v>
       </c>
-      <c r="B1283" s="1" t="s">
+      <c r="D1284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1284" s="3" t="s">
         <v>4883</v>
       </c>
-      <c r="C1283" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1283" s="3" t="s">
+      <c r="F1284" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1284" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1285" s="1" t="s">
         <v>4884</v>
       </c>
-      <c r="F1283" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1284" s="1" t="s">
+      <c r="B1285" s="1" t="s">
         <v>4885</v>
       </c>
-      <c r="B1284" s="1" t="s">
+      <c r="C1285" s="1" t="s">
         <v>4886</v>
       </c>
-      <c r="C1284" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1284" s="3" t="s">
+      <c r="D1285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1285" s="3" t="s">
         <v>4887</v>
       </c>
-      <c r="F1284" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1285" s="1" t="s">
+      <c r="F1285" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1285" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1286" s="1" t="s">
         <v>4888</v>
       </c>
-      <c r="B1285" s="1" t="s">
+      <c r="B1286" s="1" t="s">
         <v>4889</v>
       </c>
-      <c r="C1285" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1285" s="3" t="s">
+      <c r="C1286" s="1" t="s">
         <v>4890</v>
       </c>
-      <c r="F1285" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1286" s="1" t="s">
+      <c r="D1286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1286" s="3" t="s">
         <v>4891</v>
       </c>
-      <c r="B1286" s="1" t="s">
+      <c r="F1286" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1286" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1287" s="1" t="s">
         <v>4892</v>
       </c>
-      <c r="C1286" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1286" s="3" t="s">
+      <c r="B1287" s="1" t="s">
         <v>4893</v>
       </c>
-      <c r="F1286" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1287" s="1" t="s">
+      <c r="C1287" s="1" t="s">
         <v>4894</v>
       </c>
-      <c r="B1287" s="1" t="s">
+      <c r="D1287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1287" s="3" t="s">
         <v>4895</v>
       </c>
-      <c r="C1287" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1287" s="3" t="s">
+      <c r="F1287" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1287" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1288" s="1" t="s">
         <v>4896</v>
       </c>
-      <c r="F1287" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1288" s="1" t="s">
+      <c r="B1288" s="1" t="s">
         <v>4897</v>
-      </c>
-[...1 lines deleted...]
-        <v>4898</v>
       </c>
       <c r="C1288" s="1" t="s">
         <v>4898</v>
       </c>
       <c r="D1288" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1288" s="3" t="s">
         <v>4899</v>
       </c>
       <c r="F1288" s="3" t="s">
-        <v>26</v>
+        <v>4579</v>
       </c>
       <c r="G1288" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1289" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1289" s="1" t="s">
         <v>4900</v>
       </c>
       <c r="B1289" s="1" t="s">
         <v>4901</v>
       </c>
       <c r="C1289" s="1" t="s">
         <v>4902</v>
       </c>
       <c r="D1289" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1289" s="3" t="s">
         <v>4903</v>
       </c>
       <c r="F1289" s="3" t="s">
-        <v>3985</v>
+        <v>4579</v>
       </c>
       <c r="G1289" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1290" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1290" s="1" t="s">
         <v>4904</v>
       </c>
       <c r="B1290" s="1" t="s">
         <v>4905</v>
       </c>
       <c r="C1290" s="1" t="s">
         <v>4906</v>
       </c>
       <c r="D1290" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1290" s="3" t="s">
         <v>4907</v>
       </c>
       <c r="F1290" s="3" t="s">
-        <v>3985</v>
+        <v>4579</v>
       </c>
       <c r="G1290" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1291" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1291" s="1" t="s">
         <v>4908</v>
       </c>
       <c r="B1291" s="1" t="s">
         <v>4909</v>
       </c>
       <c r="C1291" s="1" t="s">
         <v>4910</v>
       </c>
       <c r="D1291" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1291" s="3" t="s">
         <v>4911</v>
       </c>
       <c r="F1291" s="3" t="s">
-        <v>3985</v>
+        <v>4579</v>
       </c>
       <c r="G1291" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1292" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1292" s="1" t="s">
         <v>4912</v>
       </c>
       <c r="B1292" s="1" t="s">
         <v>4913</v>
       </c>
       <c r="C1292" s="1" t="s">
         <v>4914</v>
       </c>
       <c r="D1292" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1292" s="3" t="s">
         <v>4915</v>
       </c>
       <c r="F1292" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1292" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1293" s="1" t="s">
         <v>4916</v>
       </c>
-      <c r="G1292" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A1293" s="1" t="s">
+      <c r="B1293" s="1" t="s">
         <v>4917</v>
       </c>
-      <c r="B1293" s="1" t="s">
+      <c r="C1293" s="1" t="s">
         <v>4918</v>
       </c>
-      <c r="C1293" s="1" t="s">
+      <c r="D1293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1293" s="3" t="s">
         <v>4919</v>
       </c>
-      <c r="D1293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1293" s="3" t="s">
+      <c r="F1293" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1293" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1294" s="1" t="s">
         <v>4920</v>
       </c>
-      <c r="F1293" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1294" s="1" t="s">
+      <c r="B1294" s="1" t="s">
         <v>4921</v>
       </c>
-      <c r="B1294" s="1" t="s">
+      <c r="C1294" s="1" t="s">
         <v>4922</v>
       </c>
-      <c r="C1294" s="1" t="s">
+      <c r="D1294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1294" s="3" t="s">
         <v>4923</v>
       </c>
-      <c r="D1294" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1294" s="3" t="s">
+      <c r="F1294" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1294" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1295" s="1" t="s">
         <v>4924</v>
       </c>
-      <c r="F1294" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1295" s="1" t="s">
+      <c r="B1295" s="1" t="s">
         <v>4925</v>
       </c>
-      <c r="B1295" s="1" t="s">
+      <c r="C1295" s="1" t="s">
         <v>4926</v>
       </c>
-      <c r="C1295" s="1" t="s">
+      <c r="D1295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1295" s="3" t="s">
         <v>4927</v>
       </c>
-      <c r="D1295" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1295" s="3" t="s">
+      <c r="F1295" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1295" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1296" s="1" t="s">
         <v>4928</v>
       </c>
-      <c r="F1295" s="3" t="s">
+      <c r="B1296" s="1" t="s">
         <v>4929</v>
       </c>
-      <c r="G1295" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A1296" s="1" t="s">
+      <c r="C1296" s="1" t="s">
         <v>4930</v>
       </c>
-      <c r="B1296" s="1" t="s">
+      <c r="D1296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1296" s="3" t="s">
         <v>4931</v>
       </c>
-      <c r="C1296" s="1" t="s">
+      <c r="F1296" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1296" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1297" s="1" t="s">
         <v>4932</v>
       </c>
-      <c r="D1296" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1296" s="3" t="s">
+      <c r="B1297" s="1" t="s">
         <v>4933</v>
       </c>
-      <c r="F1296" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1297" s="1" t="s">
+      <c r="C1297" s="1" t="s">
         <v>4934</v>
       </c>
-      <c r="B1297" s="1" t="s">
+      <c r="D1297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1297" s="3" t="s">
         <v>4935</v>
       </c>
-      <c r="C1297" s="1" t="s">
+      <c r="F1297" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1297" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1298" s="1" t="s">
         <v>4936</v>
       </c>
-      <c r="D1297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1297" s="3" t="s">
+      <c r="B1298" s="1" t="s">
         <v>4937</v>
       </c>
-      <c r="F1297" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1298" s="1" t="s">
+      <c r="C1298" s="1" t="s">
         <v>4938</v>
       </c>
-      <c r="B1298" s="1" t="s">
+      <c r="D1298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1298" s="3" t="s">
         <v>4939</v>
       </c>
-      <c r="C1298" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1298" s="3" t="s">
+      <c r="F1298" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1298" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1299" s="1" t="s">
         <v>4940</v>
       </c>
-      <c r="F1298" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1299" s="1" t="s">
+      <c r="B1299" s="1" t="s">
         <v>4941</v>
-      </c>
-[...1 lines deleted...]
-        <v>4942</v>
       </c>
       <c r="C1299" s="1" t="s">
         <v>4942</v>
       </c>
       <c r="D1299" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1299" s="3" t="s">
         <v>4943</v>
       </c>
       <c r="F1299" s="3" t="s">
-        <v>231</v>
+        <v>4579</v>
       </c>
       <c r="G1299" s="3" t="s">
-        <v>1406</v>
-[...2 lines deleted...]
-    <row r="1300" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1300" s="1" t="s">
         <v>4944</v>
       </c>
       <c r="B1300" s="1" t="s">
         <v>4945</v>
       </c>
       <c r="C1300" s="1" t="s">
         <v>4946</v>
       </c>
       <c r="D1300" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1300" s="3" t="s">
         <v>4947</v>
       </c>
       <c r="F1300" s="3" t="s">
-        <v>201</v>
+        <v>4579</v>
       </c>
       <c r="G1300" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1301" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1301" s="1" t="s">
         <v>4948</v>
       </c>
       <c r="B1301" s="1" t="s">
         <v>4949</v>
       </c>
       <c r="C1301" s="1" t="s">
         <v>4950</v>
       </c>
       <c r="D1301" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1301" s="3" t="s">
         <v>4951</v>
       </c>
       <c r="F1301" s="3" t="s">
-        <v>201</v>
+        <v>4579</v>
       </c>
       <c r="G1301" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1302" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1302" s="1" t="s">
         <v>4952</v>
       </c>
       <c r="B1302" s="1" t="s">
         <v>4953</v>
       </c>
       <c r="C1302" s="1" t="s">
         <v>4954</v>
       </c>
       <c r="D1302" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1302" s="3" t="s">
         <v>4955</v>
       </c>
       <c r="F1302" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1302" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1303" s="1" t="s">
         <v>4956</v>
       </c>
-      <c r="G1302" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A1303" s="1" t="s">
+      <c r="B1303" s="1" t="s">
         <v>4957</v>
       </c>
-      <c r="B1303" s="1" t="s">
+      <c r="C1303" s="1" t="s">
         <v>4958</v>
       </c>
-      <c r="C1303" s="1" t="s">
+      <c r="D1303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1303" s="3" t="s">
         <v>4959</v>
       </c>
-      <c r="D1303" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1303" s="3" t="s">
+      <c r="F1303" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1303" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1304" s="1" t="s">
         <v>4960</v>
       </c>
-      <c r="F1303" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1304" s="1" t="s">
+      <c r="B1304" s="1" t="s">
         <v>4961</v>
       </c>
-      <c r="B1304" s="1" t="s">
+      <c r="C1304" s="1" t="s">
         <v>4962</v>
       </c>
-      <c r="C1304" s="1" t="s">
+      <c r="D1304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1304" s="3" t="s">
         <v>4963</v>
       </c>
-      <c r="D1304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1304" s="3" t="s">
+      <c r="F1304" s="3" t="s">
+        <v>4579</v>
+      </c>
+      <c r="G1304" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1305" s="1" t="s">
         <v>4964</v>
       </c>
-      <c r="F1304" s="3" t="s">
+      <c r="B1305" s="1" t="s">
         <v>4965</v>
       </c>
-      <c r="G1304" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A1305" s="1" t="s">
+      <c r="C1305" s="1" t="s">
         <v>4966</v>
       </c>
-      <c r="B1305" s="1" t="s">
+      <c r="D1305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1305" s="3" t="s">
         <v>4967</v>
       </c>
-      <c r="C1305" s="1" t="s">
+      <c r="F1305" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G1305" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1306" s="1" t="s">
         <v>4968</v>
       </c>
-      <c r="D1305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1305" s="3" t="s">
+      <c r="B1306" s="1" t="s">
         <v>4969</v>
       </c>
-      <c r="F1305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1306" s="1" t="s">
+      <c r="C1306" s="1" t="s">
         <v>4970</v>
       </c>
-      <c r="B1306" s="1" t="s">
+      <c r="D1306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1306" s="3" t="s">
         <v>4971</v>
       </c>
-      <c r="C1306" s="1" t="s">
+      <c r="F1306" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G1306" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1307" s="1" t="s">
         <v>4972</v>
       </c>
-      <c r="D1306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1306" s="3" t="s">
+      <c r="B1307" s="1" t="s">
         <v>4973</v>
       </c>
-      <c r="F1306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1307" s="1" t="s">
+      <c r="C1307" s="1" t="s">
         <v>4974</v>
       </c>
-      <c r="B1307" s="1" t="s">
+      <c r="D1307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1307" s="3" t="s">
         <v>4975</v>
       </c>
-      <c r="C1307" s="1" t="s">
+      <c r="F1307" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G1307" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1308" s="1" t="s">
         <v>4976</v>
       </c>
-      <c r="D1307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1307" s="3" t="s">
+      <c r="B1308" s="1" t="s">
         <v>4977</v>
       </c>
-      <c r="F1307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1308" s="1" t="s">
+      <c r="C1308" s="1" t="s">
         <v>4978</v>
       </c>
-      <c r="B1308" s="1" t="s">
+      <c r="D1308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1308" s="3" t="s">
         <v>4979</v>
       </c>
-      <c r="C1308" s="1" t="s">
+      <c r="F1308" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G1308" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1309" s="1" t="s">
         <v>4980</v>
       </c>
-      <c r="D1308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1308" s="3" t="s">
+      <c r="B1309" s="1" t="s">
         <v>4981</v>
       </c>
-      <c r="F1308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1309" s="1" t="s">
+      <c r="C1309" s="1" t="s">
         <v>4982</v>
       </c>
-      <c r="B1309" s="1" t="s">
+      <c r="D1309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1309" s="3" t="s">
         <v>4983</v>
       </c>
-      <c r="C1309" s="1" t="s">
+      <c r="F1309" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G1309" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1310" s="1" t="s">
         <v>4984</v>
       </c>
-      <c r="D1309" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1309" s="3" t="s">
+      <c r="B1310" s="1" t="s">
         <v>4985</v>
       </c>
-      <c r="F1309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1310" s="1" t="s">
+      <c r="C1310" s="1" t="s">
         <v>4986</v>
       </c>
-      <c r="B1310" s="1" t="s">
+      <c r="D1310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1310" s="3" t="s">
         <v>4987</v>
       </c>
-      <c r="C1310" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1310" s="3" t="s">
+      <c r="F1310" s="3" t="s">
+        <v>1224</v>
+      </c>
+      <c r="G1310" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1311" s="1" t="s">
         <v>4988</v>
       </c>
-      <c r="F1310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1311" s="1" t="s">
+      <c r="B1311" s="1" t="s">
         <v>4989</v>
       </c>
-      <c r="B1311" s="1" t="s">
+      <c r="C1311" s="1" t="s">
+        <v>4989</v>
+      </c>
+      <c r="D1311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1311" s="3" t="s">
         <v>4990</v>
       </c>
-      <c r="C1311" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1311" s="3" t="s">
+      <c r="F1311" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G1311" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1312" s="1" t="s">
         <v>4991</v>
       </c>
-      <c r="F1311" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1312" s="1" t="s">
+      <c r="B1312" s="1" t="s">
         <v>4992</v>
       </c>
-      <c r="B1312" s="1" t="s">
+      <c r="C1312" s="1" t="s">
+        <v>4992</v>
+      </c>
+      <c r="D1312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1312" s="3" t="s">
         <v>4993</v>
       </c>
-      <c r="C1312" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1312" s="3" t="s">
+      <c r="F1312" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G1312" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1313" s="1" t="s">
         <v>4994</v>
       </c>
-      <c r="F1312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1313" s="1" t="s">
+      <c r="B1313" s="1" t="s">
         <v>4995</v>
       </c>
-      <c r="B1313" s="1" t="s">
+      <c r="C1313" s="1" t="s">
+        <v>4995</v>
+      </c>
+      <c r="D1313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1313" s="3" t="s">
         <v>4996</v>
       </c>
-      <c r="C1313" s="1" t="s">
+      <c r="F1313" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G1313" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1314" s="1" t="s">
         <v>4997</v>
       </c>
-      <c r="D1313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1313" s="3" t="s">
+      <c r="B1314" s="1" t="s">
         <v>4998</v>
       </c>
-      <c r="F1313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1314" s="1" t="s">
+      <c r="C1314" s="1" t="s">
+        <v>4998</v>
+      </c>
+      <c r="D1314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1314" s="3" t="s">
         <v>4999</v>
       </c>
-      <c r="B1314" s="1" t="s">
+      <c r="F1314" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G1314" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1315" s="1" t="s">
         <v>5000</v>
       </c>
-      <c r="C1314" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1314" s="3" t="s">
+      <c r="B1315" s="1" t="s">
         <v>5001</v>
       </c>
-      <c r="F1314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1315" s="1" t="s">
+      <c r="C1315" s="1" t="s">
+        <v>5001</v>
+      </c>
+      <c r="D1315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1315" s="3" t="s">
         <v>5002</v>
       </c>
-      <c r="B1315" s="1" t="s">
+      <c r="F1315" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G1315" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1316" s="1" t="s">
         <v>5003</v>
       </c>
-      <c r="C1315" s="1" t="s">
+      <c r="B1316" s="1" t="s">
         <v>5004</v>
       </c>
-      <c r="D1315" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1315" s="3" t="s">
+      <c r="C1316" s="1" t="s">
+        <v>5004</v>
+      </c>
+      <c r="D1316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1316" s="3" t="s">
         <v>5005</v>
       </c>
-      <c r="F1315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1316" s="1" t="s">
+      <c r="F1316" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G1316" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1317" s="1" t="s">
         <v>5006</v>
       </c>
-      <c r="B1316" s="1" t="s">
+      <c r="B1317" s="1" t="s">
         <v>5007</v>
       </c>
-      <c r="C1316" s="1" t="s">
+      <c r="C1317" s="1" t="s">
         <v>5007</v>
       </c>
-      <c r="D1316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1316" s="3" t="s">
+      <c r="D1317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1317" s="3" t="s">
         <v>5008</v>
       </c>
-      <c r="F1316" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1317" s="1" t="s">
+      <c r="F1317" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G1317" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1318" s="1" t="s">
         <v>5009</v>
       </c>
-      <c r="B1317" s="1" t="s">
+      <c r="B1318" s="1" t="s">
         <v>5010</v>
       </c>
-      <c r="C1317" s="1" t="s">
+      <c r="C1318" s="1" t="s">
         <v>5010</v>
       </c>
-      <c r="D1317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1317" s="3" t="s">
+      <c r="D1318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1318" s="3" t="s">
         <v>5011</v>
       </c>
-      <c r="F1317" s="3" t="s">
+      <c r="F1318" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G1318" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1319" s="1" t="s">
         <v>5012</v>
       </c>
-      <c r="G1317" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A1318" s="1" t="s">
+      <c r="B1319" s="1" t="s">
         <v>5013</v>
       </c>
-      <c r="B1318" s="1" t="s">
+      <c r="C1319" s="1" t="s">
+        <v>5013</v>
+      </c>
+      <c r="D1319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1319" s="3" t="s">
         <v>5014</v>
       </c>
-      <c r="C1318" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1318" s="3" t="s">
+      <c r="F1319" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="G1319" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1320" s="1" t="s">
         <v>5015</v>
       </c>
-      <c r="F1318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1319" s="1" t="s">
+      <c r="B1320" s="1" t="s">
         <v>5016</v>
       </c>
-      <c r="B1319" s="1" t="s">
+      <c r="C1320" s="1" t="s">
         <v>5017</v>
       </c>
-      <c r="C1319" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1319" s="3" t="s">
+      <c r="D1320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1320" s="3" t="s">
         <v>5018</v>
       </c>
-      <c r="F1319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1320" s="1" t="s">
+      <c r="F1320" s="3" t="s">
+        <v>4097</v>
+      </c>
+      <c r="G1320" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1321" s="1" t="s">
         <v>5019</v>
       </c>
-      <c r="B1320" s="1" t="s">
+      <c r="B1321" s="1" t="s">
         <v>5020</v>
       </c>
-      <c r="C1320" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1320" s="3" t="s">
+      <c r="C1321" s="1" t="s">
         <v>5021</v>
       </c>
-      <c r="F1320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1321" s="1" t="s">
+      <c r="D1321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1321" s="3" t="s">
         <v>5022</v>
       </c>
-      <c r="B1321" s="1" t="s">
+      <c r="F1321" s="3" t="s">
+        <v>4097</v>
+      </c>
+      <c r="G1321" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1322" s="1" t="s">
         <v>5023</v>
       </c>
-      <c r="C1321" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1321" s="3" t="s">
+      <c r="B1322" s="1" t="s">
         <v>5024</v>
       </c>
-      <c r="F1321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1322" s="1" t="s">
+      <c r="C1322" s="1" t="s">
         <v>5025</v>
       </c>
-      <c r="B1322" s="1" t="s">
+      <c r="D1322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1322" s="3" t="s">
         <v>5026</v>
       </c>
-      <c r="C1322" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1322" s="3" t="s">
+      <c r="F1322" s="3" t="s">
+        <v>4097</v>
+      </c>
+      <c r="G1322" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1323" s="1" t="s">
         <v>5027</v>
       </c>
-      <c r="F1322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1323" s="1" t="s">
+      <c r="B1323" s="1" t="s">
         <v>5028</v>
       </c>
-      <c r="B1323" s="1" t="s">
+      <c r="C1323" s="1" t="s">
         <v>5029</v>
       </c>
-      <c r="C1323" s="1" t="s">
+      <c r="D1323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1323" s="3" t="s">
         <v>5030</v>
       </c>
-      <c r="D1323" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1323" s="3" t="s">
+      <c r="F1323" s="3" t="s">
         <v>5031</v>
       </c>
-      <c r="F1323" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G1323" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1324" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1324" s="1" t="s">
         <v>5032</v>
       </c>
       <c r="B1324" s="1" t="s">
         <v>5033</v>
       </c>
       <c r="C1324" s="1" t="s">
         <v>5034</v>
       </c>
       <c r="D1324" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1324" s="3" t="s">
         <v>5035</v>
       </c>
       <c r="F1324" s="3" t="s">
-        <v>1884</v>
+        <v>4097</v>
       </c>
       <c r="G1324" s="3" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="1325" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1325" s="1" t="s">
         <v>5036</v>
       </c>
       <c r="B1325" s="1" t="s">
         <v>5037</v>
       </c>
       <c r="C1325" s="1" t="s">
         <v>5038</v>
       </c>
       <c r="D1325" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1325" s="3" t="s">
         <v>5039</v>
       </c>
       <c r="F1325" s="3" t="s">
-        <v>1884</v>
+        <v>4097</v>
       </c>
       <c r="G1325" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1326" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1326" s="1" t="s">
         <v>5040</v>
       </c>
       <c r="B1326" s="1" t="s">
         <v>5041</v>
       </c>
       <c r="C1326" s="1" t="s">
         <v>5042</v>
       </c>
       <c r="D1326" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1326" s="3" t="s">
         <v>5043</v>
       </c>
       <c r="F1326" s="3" t="s">
-        <v>3273</v>
+        <v>5044</v>
       </c>
       <c r="G1326" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1327" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1327" s="1" t="s">
-        <v>5044</v>
+        <v>5045</v>
       </c>
       <c r="B1327" s="1" t="s">
-        <v>5045</v>
+        <v>5046</v>
       </c>
       <c r="C1327" s="1" t="s">
-        <v>5046</v>
+        <v>5047</v>
       </c>
       <c r="D1327" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1327" s="3" t="s">
-        <v>5047</v>
+        <v>5048</v>
       </c>
       <c r="F1327" s="3" t="s">
-        <v>3273</v>
+        <v>1224</v>
       </c>
       <c r="G1327" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1328" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1328" s="1" t="s">
-        <v>5048</v>
+        <v>5049</v>
       </c>
       <c r="B1328" s="1" t="s">
-        <v>5049</v>
+        <v>5050</v>
       </c>
       <c r="C1328" s="1" t="s">
-        <v>5050</v>
+        <v>5051</v>
       </c>
       <c r="D1328" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1328" s="3" t="s">
-        <v>5051</v>
+        <v>5052</v>
       </c>
       <c r="F1328" s="3" t="s">
-        <v>3273</v>
+        <v>1224</v>
       </c>
       <c r="G1328" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1329" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1329" s="1" t="s">
-        <v>5052</v>
+        <v>5053</v>
       </c>
       <c r="B1329" s="1" t="s">
-        <v>5053</v>
+        <v>5054</v>
       </c>
       <c r="C1329" s="1" t="s">
         <v>5054</v>
       </c>
       <c r="D1329" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1329" s="3" t="s">
         <v>5055</v>
       </c>
       <c r="F1329" s="3" t="s">
-        <v>3273</v>
+        <v>284</v>
       </c>
       <c r="G1329" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1330" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1330" s="1" t="s">
         <v>5056</v>
       </c>
       <c r="B1330" s="1" t="s">
         <v>5057</v>
       </c>
       <c r="C1330" s="1" t="s">
+        <v>5057</v>
+      </c>
+      <c r="D1330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1330" s="3" t="s">
         <v>5058</v>
       </c>
-      <c r="D1330" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1330" s="3" t="s">
+      <c r="F1330" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="G1330" s="3" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1331" s="1" t="s">
         <v>5059</v>
       </c>
-      <c r="F1330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1331" s="1" t="s">
+      <c r="B1331" s="1" t="s">
         <v>5060</v>
       </c>
-      <c r="B1331" s="1" t="s">
+      <c r="C1331" s="1" t="s">
         <v>5061</v>
       </c>
-      <c r="C1331" s="1" t="s">
+      <c r="D1331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1331" s="3" t="s">
         <v>5062</v>
       </c>
-      <c r="D1331" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1331" s="3" t="s">
+      <c r="F1331" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G1331" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1332" s="1" t="s">
         <v>5063</v>
       </c>
-      <c r="F1331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1332" s="1" t="s">
+      <c r="B1332" s="1" t="s">
         <v>5064</v>
       </c>
-      <c r="B1332" s="1" t="s">
+      <c r="C1332" s="1" t="s">
         <v>5065</v>
       </c>
-      <c r="C1332" s="1" t="s">
+      <c r="D1332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1332" s="3" t="s">
         <v>5066</v>
       </c>
-      <c r="D1332" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1332" s="3" t="s">
+      <c r="F1332" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="G1332" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1333" s="1" t="s">
         <v>5067</v>
       </c>
-      <c r="F1332" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A1333" s="1" t="s">
+      <c r="B1333" s="1" t="s">
         <v>5068</v>
       </c>
-      <c r="B1333" s="1" t="s">
+      <c r="C1333" s="1" t="s">
         <v>5069</v>
       </c>
-      <c r="C1333" s="1" t="s">
+      <c r="D1333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1333" s="3" t="s">
         <v>5070</v>
       </c>
-      <c r="D1333" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1333" s="3" t="s">
+      <c r="F1333" s="3" t="s">
         <v>5071</v>
       </c>
-      <c r="F1333" s="3" t="s">
-[...3 lines deleted...]
-    <row r="1334" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G1333" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1334" s="1" t="s">
         <v>5072</v>
       </c>
       <c r="B1334" s="1" t="s">
         <v>5073</v>
       </c>
       <c r="C1334" s="1" t="s">
         <v>5074</v>
       </c>
       <c r="D1334" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1334" s="3" t="s">
         <v>5075</v>
       </c>
       <c r="F1334" s="3" t="s">
-        <v>4965</v>
+        <v>5071</v>
       </c>
       <c r="G1334" s="3" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="1335" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1335" s="1" t="s">
         <v>5076</v>
       </c>
       <c r="B1335" s="1" t="s">
         <v>5077</v>
       </c>
       <c r="C1335" s="1" t="s">
         <v>5078</v>
       </c>
       <c r="D1335" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1335" s="3" t="s">
         <v>5079</v>
       </c>
       <c r="F1335" s="3" t="s">
-        <v>1884</v>
+        <v>5071</v>
       </c>
       <c r="G1335" s="3" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="1336" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1336" s="1" t="s">
         <v>5080</v>
       </c>
       <c r="B1336" s="1" t="s">
         <v>5081</v>
       </c>
       <c r="C1336" s="1" t="s">
         <v>5082</v>
       </c>
       <c r="D1336" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1336" s="3" t="s">
         <v>5083</v>
       </c>
       <c r="F1336" s="3" t="s">
-        <v>1884</v>
+        <v>5071</v>
       </c>
       <c r="G1336" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="1337" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1337" s="1" t="s">
         <v>5084</v>
       </c>
       <c r="B1337" s="1" t="s">
         <v>5085</v>
       </c>
       <c r="C1337" s="1" t="s">
         <v>5086</v>
       </c>
       <c r="D1337" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1337" s="3" t="s">
         <v>5087</v>
       </c>
       <c r="F1337" s="3" t="s">
-        <v>721</v>
+        <v>5071</v>
       </c>
       <c r="G1337" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="1338" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1338" s="1" t="s">
         <v>5088</v>
       </c>
       <c r="B1338" s="1" t="s">
         <v>5089</v>
       </c>
       <c r="C1338" s="1" t="s">
-        <v>5086</v>
+        <v>5090</v>
       </c>
       <c r="D1338" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1338" s="3" t="s">
-        <v>5090</v>
+        <v>5091</v>
       </c>
       <c r="F1338" s="3" t="s">
-        <v>721</v>
+        <v>5071</v>
       </c>
       <c r="G1338" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="1339" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1339" s="1" t="s">
-        <v>5091</v>
+        <v>5092</v>
       </c>
       <c r="B1339" s="1" t="s">
-        <v>5092</v>
+        <v>5093</v>
       </c>
       <c r="C1339" s="1" t="s">
-        <v>5086</v>
+        <v>5094</v>
       </c>
       <c r="D1339" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1339" s="3" t="s">
-        <v>5093</v>
+        <v>5095</v>
       </c>
       <c r="F1339" s="3" t="s">
-        <v>721</v>
+        <v>3321</v>
       </c>
       <c r="G1339" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="1340" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1340" s="1" t="s">
+        <v>5096</v>
+      </c>
+      <c r="B1340" s="1" t="s">
+        <v>5097</v>
+      </c>
+      <c r="C1340" s="1" t="s">
         <v>5094</v>
       </c>
-      <c r="B1340" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1340" s="3" t="s">
-        <v>5097</v>
+        <v>5098</v>
       </c>
       <c r="F1340" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G1340" s="3" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="1341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1341" s="1" t="s">
-        <v>5098</v>
+        <v>5099</v>
       </c>
       <c r="B1341" s="1" t="s">
-        <v>5099</v>
+        <v>5100</v>
       </c>
       <c r="C1341" s="1" t="s">
-        <v>5100</v>
+        <v>5094</v>
       </c>
       <c r="D1341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E1341" s="3" t="s">
         <v>5101</v>
       </c>
       <c r="F1341" s="3" t="s">
-        <v>1884</v>
+        <v>3321</v>
       </c>
       <c r="G1341" s="3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="1342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A1342" s="1" t="s">
         <v>5102</v>
       </c>
       <c r="B1342" s="1" t="s">
         <v>5103</v>
       </c>
       <c r="C1342" s="1" t="s">
+        <v>5094</v>
+      </c>
+      <c r="D1342" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1342" s="3" t="s">
         <v>5104</v>
       </c>
-      <c r="D1342" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1342" s="3" t="s">
+      <c r="F1342" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1342" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1343" s="1" t="s">
         <v>5105</v>
       </c>
-      <c r="F1342" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1343" s="1" t="s">
+      <c r="B1343" s="1" t="s">
         <v>5106</v>
       </c>
-      <c r="B1343" s="1" t="s">
+      <c r="C1343" s="1" t="s">
         <v>5107</v>
       </c>
-      <c r="C1343" s="1" t="s">
+      <c r="D1343" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1343" s="3" t="s">
         <v>5108</v>
       </c>
-      <c r="D1343" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1343" s="3" t="s">
+      <c r="F1343" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1343" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1344" s="1" t="s">
         <v>5109</v>
       </c>
-      <c r="F1343" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1344" s="1" t="s">
+      <c r="B1344" s="1" t="s">
         <v>5110</v>
       </c>
-      <c r="B1344" s="1" t="s">
+      <c r="C1344" s="1" t="s">
+        <v>5107</v>
+      </c>
+      <c r="D1344" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1344" s="3" t="s">
         <v>5111</v>
       </c>
-      <c r="C1344" s="1" t="s">
+      <c r="F1344" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1344" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1345" s="1" t="s">
         <v>5112</v>
       </c>
-      <c r="D1344" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1344" s="3" t="s">
+      <c r="B1345" s="1" t="s">
         <v>5113</v>
       </c>
-      <c r="F1344" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1345" s="1" t="s">
+      <c r="C1345" s="1" t="s">
         <v>5114</v>
       </c>
-      <c r="B1345" s="1" t="s">
+      <c r="D1345" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1345" s="3" t="s">
         <v>5115</v>
       </c>
-      <c r="C1345" s="1" t="s">
+      <c r="F1345" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1345" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1346" s="1" t="s">
         <v>5116</v>
       </c>
-      <c r="D1345" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1345" s="3" t="s">
+      <c r="B1346" s="1" t="s">
         <v>5117</v>
       </c>
-      <c r="F1345" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1346" s="1" t="s">
+      <c r="C1346" s="1" t="s">
+        <v>5117</v>
+      </c>
+      <c r="D1346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1346" s="3" t="s">
         <v>5118</v>
       </c>
-      <c r="B1346" s="1" t="s">
+      <c r="F1346" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G1346" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1347" s="1" t="s">
         <v>5119</v>
       </c>
-      <c r="C1346" s="1" t="s">
+      <c r="B1347" s="1" t="s">
         <v>5120</v>
       </c>
-      <c r="D1346" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1346" s="3" t="s">
+      <c r="C1347" s="1" t="s">
+        <v>5120</v>
+      </c>
+      <c r="D1347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1347" s="3" t="s">
         <v>5121</v>
       </c>
-      <c r="F1346" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1347" s="1" t="s">
+      <c r="F1347" s="3" t="s">
         <v>5122</v>
       </c>
-      <c r="B1347" s="1" t="s">
+      <c r="G1347" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1348" s="1" t="s">
         <v>5123</v>
       </c>
-      <c r="C1347" s="1" t="s">
+      <c r="B1348" s="1" t="s">
         <v>5124</v>
       </c>
-      <c r="D1347" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1347" s="3" t="s">
+      <c r="C1348" s="1" t="s">
+        <v>5124</v>
+      </c>
+      <c r="D1348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1348" s="3" t="s">
         <v>5125</v>
       </c>
-      <c r="F1347" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1348" s="1" t="s">
+      <c r="F1348" s="3" t="s">
+        <v>5122</v>
+      </c>
+      <c r="G1348" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1349" s="1" t="s">
         <v>5126</v>
       </c>
-      <c r="B1348" s="1" t="s">
+      <c r="B1349" s="1" t="s">
         <v>5127</v>
       </c>
-      <c r="C1348" s="1" t="s">
+      <c r="C1349" s="1" t="s">
+        <v>5127</v>
+      </c>
+      <c r="D1349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1349" s="3" t="s">
         <v>5128</v>
       </c>
-      <c r="D1348" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1348" s="3" t="s">
+      <c r="F1349" s="3" t="s">
+        <v>2417</v>
+      </c>
+      <c r="G1349" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1350" s="1" t="s">
         <v>5129</v>
       </c>
-      <c r="F1348" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1349" s="1" t="s">
+      <c r="B1350" s="1" t="s">
         <v>5130</v>
       </c>
-      <c r="B1349" s="1" t="s">
+      <c r="C1350" s="1" t="s">
+        <v>5130</v>
+      </c>
+      <c r="D1350" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1350" s="3" t="s">
         <v>5131</v>
       </c>
-      <c r="C1349" s="1" t="s">
+      <c r="F1350" s="3" t="s">
+        <v>2417</v>
+      </c>
+      <c r="G1350" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1351" s="1" t="s">
         <v>5132</v>
       </c>
-      <c r="D1349" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1349" s="3" t="s">
+      <c r="B1351" s="1" t="s">
         <v>5133</v>
       </c>
-      <c r="F1349" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1350" s="1" t="s">
+      <c r="C1351" s="1" t="s">
+        <v>5133</v>
+      </c>
+      <c r="D1351" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1351" s="3" t="s">
         <v>5134</v>
       </c>
-      <c r="B1350" s="1" t="s">
+      <c r="F1351" s="3" t="s">
+        <v>5122</v>
+      </c>
+      <c r="G1351" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1352" s="1" t="s">
         <v>5135</v>
       </c>
-      <c r="C1350" s="1" t="s">
+      <c r="B1352" s="1" t="s">
         <v>5136</v>
       </c>
-      <c r="D1350" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1350" s="3" t="s">
+      <c r="C1352" s="1" t="s">
+        <v>5136</v>
+      </c>
+      <c r="D1352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1352" s="3" t="s">
         <v>5137</v>
       </c>
-      <c r="F1350" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1351" s="1" t="s">
+      <c r="F1352" s="3" t="s">
+        <v>5122</v>
+      </c>
+      <c r="G1352" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1353" s="1" t="s">
         <v>5138</v>
       </c>
-      <c r="B1351" s="1" t="s">
+      <c r="B1353" s="1" t="s">
         <v>5139</v>
       </c>
-      <c r="C1351" s="1" t="s">
+      <c r="C1353" s="1" t="s">
         <v>5140</v>
       </c>
-      <c r="D1351" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1351" s="3" t="s">
+      <c r="D1353" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1353" s="3" t="s">
         <v>5141</v>
       </c>
-      <c r="F1351" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1352" s="1" t="s">
+      <c r="F1353" s="3" t="s">
+        <v>4097</v>
+      </c>
+      <c r="G1353" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1354" s="1" t="s">
         <v>5142</v>
       </c>
-      <c r="B1352" s="1" t="s">
+      <c r="B1354" s="1" t="s">
         <v>5143</v>
       </c>
-      <c r="C1352" s="1" t="s">
+      <c r="C1354" s="1" t="s">
         <v>5144</v>
       </c>
-      <c r="D1352" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1352" s="3" t="s">
+      <c r="D1354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1354" s="3" t="s">
         <v>5145</v>
       </c>
-      <c r="F1352" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1353" s="1" t="s">
+      <c r="F1354" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1354" s="3" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1355" s="1" t="s">
         <v>5146</v>
       </c>
-      <c r="B1353" s="1" t="s">
+      <c r="B1355" s="1" t="s">
         <v>5147</v>
       </c>
-      <c r="C1353" s="1" t="s">
+      <c r="C1355" s="1" t="s">
         <v>5148</v>
       </c>
-      <c r="D1353" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1353" s="3" t="s">
+      <c r="D1355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1355" s="3" t="s">
         <v>5149</v>
       </c>
-      <c r="F1353" s="3" t="s">
+      <c r="F1355" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1355" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1356" s="1" t="s">
         <v>5150</v>
       </c>
-      <c r="G1353" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A1354" s="1" t="s">
+      <c r="B1356" s="1" t="s">
         <v>5151</v>
       </c>
-      <c r="B1354" s="1" t="s">
+      <c r="C1356" s="1" t="s">
         <v>5152</v>
       </c>
-      <c r="C1354" s="1" t="s">
+      <c r="D1356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1356" s="3" t="s">
         <v>5153</v>
       </c>
-      <c r="D1354" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1354" s="3" t="s">
+      <c r="F1356" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1356" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1357" s="1" t="s">
         <v>5154</v>
       </c>
-      <c r="F1354" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1355" s="1" t="s">
+      <c r="B1357" s="1" t="s">
         <v>5155</v>
       </c>
-      <c r="B1355" s="1" t="s">
+      <c r="C1357" s="1" t="s">
         <v>5156</v>
       </c>
-      <c r="C1355" s="1" t="s">
+      <c r="D1357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1357" s="3" t="s">
         <v>5157</v>
       </c>
-      <c r="D1355" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1355" s="3" t="s">
+      <c r="F1357" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1357" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1358" s="1" t="s">
         <v>5158</v>
       </c>
-      <c r="F1355" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1356" s="1" t="s">
+      <c r="B1358" s="1" t="s">
         <v>5159</v>
       </c>
-      <c r="B1356" s="1" t="s">
+      <c r="C1358" s="1" t="s">
         <v>5160</v>
       </c>
-      <c r="C1356" s="1" t="s">
+      <c r="D1358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1358" s="3" t="s">
         <v>5161</v>
       </c>
-      <c r="D1356" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1356" s="3" t="s">
+      <c r="F1358" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1358" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1359" s="1" t="s">
         <v>5162</v>
       </c>
-      <c r="F1356" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1357" s="1" t="s">
+      <c r="B1359" s="1" t="s">
         <v>5163</v>
       </c>
-      <c r="B1357" s="1" t="s">
+      <c r="C1359" s="1" t="s">
         <v>5164</v>
       </c>
-      <c r="C1357" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1357" s="3" t="s">
+      <c r="D1359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1359" s="3" t="s">
         <v>5165</v>
       </c>
-      <c r="F1357" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1358" s="1" t="s">
+      <c r="F1359" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1359" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1360" s="1" t="s">
         <v>5166</v>
       </c>
-      <c r="B1358" s="1" t="s">
+      <c r="B1360" s="1" t="s">
         <v>5167</v>
       </c>
-      <c r="C1358" s="1" t="s">
+      <c r="C1360" s="1" t="s">
         <v>5168</v>
       </c>
-      <c r="D1358" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1358" s="3" t="s">
+      <c r="D1360" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1360" s="3" t="s">
         <v>5169</v>
       </c>
-      <c r="F1358" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1359" s="1" t="s">
+      <c r="F1360" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1360" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1361" s="1" t="s">
         <v>5170</v>
       </c>
-      <c r="B1359" s="1" t="s">
+      <c r="B1361" s="1" t="s">
         <v>5171</v>
       </c>
-      <c r="C1359" s="1" t="s">
+      <c r="C1361" s="1" t="s">
         <v>5172</v>
       </c>
-      <c r="D1359" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1359" s="3" t="s">
+      <c r="D1361" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1361" s="3" t="s">
         <v>5173</v>
       </c>
-      <c r="F1359" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1360" s="1" t="s">
+      <c r="F1361" s="3" t="s">
+        <v>3321</v>
+      </c>
+      <c r="G1361" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1362" s="1" t="s">
         <v>5174</v>
       </c>
-      <c r="B1360" s="1" t="s">
+      <c r="B1362" s="1" t="s">
         <v>5175</v>
       </c>
-      <c r="C1360" s="1" t="s">
+      <c r="C1362" s="1" t="s">
         <v>5176</v>
       </c>
-      <c r="D1360" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1360" s="3" t="s">
+      <c r="D1362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1362" s="3" t="s">
         <v>5177</v>
       </c>
-      <c r="F1360" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1361" s="1" t="s">
+      <c r="F1362" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1363" s="1" t="s">
         <v>5178</v>
       </c>
-      <c r="B1361" s="1" t="s">
+      <c r="B1363" s="1" t="s">
         <v>5179</v>
       </c>
-      <c r="C1361" s="1" t="s">
+      <c r="C1363" s="1" t="s">
         <v>5180</v>
       </c>
-      <c r="D1361" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1361" s="3" t="s">
+      <c r="D1363" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1363" s="3" t="s">
         <v>5181</v>
       </c>
-      <c r="F1361" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1362" s="1" t="s">
+      <c r="F1363" s="3" t="s">
+        <v>5071</v>
+      </c>
+      <c r="G1363" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1364" s="1" t="s">
         <v>5182</v>
       </c>
-      <c r="B1362" s="1" t="s">
+      <c r="B1364" s="1" t="s">
         <v>5183</v>
       </c>
-      <c r="C1362" s="1" t="s">
+      <c r="C1364" s="1" t="s">
         <v>5184</v>
       </c>
-      <c r="D1362" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1362" s="3" t="s">
+      <c r="D1364" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1364" s="3" t="s">
         <v>5185</v>
       </c>
-      <c r="F1362" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1363" s="1" t="s">
+      <c r="F1364" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1364" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1365" s="1" t="s">
         <v>5186</v>
       </c>
-      <c r="B1363" s="1" t="s">
+      <c r="B1365" s="1" t="s">
         <v>5187</v>
       </c>
-      <c r="C1363" s="1" t="s">
+      <c r="C1365" s="1" t="s">
         <v>5188</v>
       </c>
-      <c r="D1363" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1363" s="3" t="s">
+      <c r="D1365" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1365" s="3" t="s">
         <v>5189</v>
       </c>
-      <c r="F1363" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1364" s="1" t="s">
+      <c r="F1365" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1365" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1366" s="1" t="s">
         <v>5190</v>
       </c>
-      <c r="B1364" s="1" t="s">
+      <c r="B1366" s="1" t="s">
         <v>5191</v>
       </c>
-      <c r="C1364" s="1" t="s">
+      <c r="C1366" s="1" t="s">
         <v>5192</v>
       </c>
-      <c r="D1364" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1364" s="3" t="s">
+      <c r="D1366" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1366" s="3" t="s">
         <v>5193</v>
       </c>
-      <c r="F1364" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1365" s="1" t="s">
+      <c r="F1366" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G1366" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1367" s="1" t="s">
         <v>5194</v>
       </c>
-      <c r="B1365" s="1" t="s">
+      <c r="B1367" s="1" t="s">
         <v>5195</v>
       </c>
-      <c r="C1365" s="1" t="s">
+      <c r="C1367" s="1" t="s">
+        <v>5192</v>
+      </c>
+      <c r="D1367" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1367" s="3" t="s">
         <v>5196</v>
       </c>
-      <c r="D1365" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1365" s="3" t="s">
+      <c r="F1367" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G1367" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1368" s="1" t="s">
         <v>5197</v>
       </c>
-      <c r="F1365" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1366" s="1" t="s">
+      <c r="B1368" s="1" t="s">
         <v>5198</v>
       </c>
-      <c r="B1366" s="1" t="s">
+      <c r="C1368" s="1" t="s">
+        <v>5192</v>
+      </c>
+      <c r="D1368" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1368" s="3" t="s">
         <v>5199</v>
       </c>
-      <c r="C1366" s="1" t="s">
+      <c r="F1368" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G1368" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1369" s="1" t="s">
         <v>5200</v>
       </c>
-      <c r="D1366" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1366" s="3" t="s">
+      <c r="B1369" s="1" t="s">
         <v>5201</v>
       </c>
-      <c r="F1366" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1367" s="1" t="s">
+      <c r="C1369" s="1" t="s">
         <v>5202</v>
       </c>
-      <c r="B1367" s="1" t="s">
+      <c r="D1369" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1369" s="3" t="s">
         <v>5203</v>
       </c>
-      <c r="C1367" s="1" t="s">
+      <c r="F1369" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1369" s="3" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1370" s="1" t="s">
         <v>5204</v>
       </c>
-      <c r="D1367" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1367" s="3" t="s">
+      <c r="B1370" s="1" t="s">
         <v>5205</v>
       </c>
-      <c r="F1367" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1368" s="1" t="s">
+      <c r="C1370" s="1" t="s">
         <v>5206</v>
       </c>
-      <c r="B1368" s="1" t="s">
+      <c r="D1370" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1370" s="3" t="s">
         <v>5207</v>
       </c>
-      <c r="C1368" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1368" s="3" t="s">
+      <c r="F1370" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1370" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1371" s="1" t="s">
         <v>5208</v>
       </c>
-      <c r="F1368" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1369" s="1" t="s">
+      <c r="B1371" s="1" t="s">
         <v>5209</v>
       </c>
-      <c r="B1369" s="1" t="s">
+      <c r="C1371" s="1" t="s">
         <v>5210</v>
       </c>
-      <c r="C1369" s="1" t="s">
+      <c r="D1371" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1371" s="3" t="s">
         <v>5211</v>
       </c>
-      <c r="D1369" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1369" s="3" t="s">
+      <c r="F1371" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1371" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1372" s="1" t="s">
         <v>5212</v>
       </c>
-      <c r="F1369" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1370" s="1" t="s">
+      <c r="B1372" s="1" t="s">
         <v>5213</v>
       </c>
-      <c r="B1370" s="1" t="s">
+      <c r="C1372" s="1" t="s">
         <v>5214</v>
       </c>
-      <c r="C1370" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1370" s="3" t="s">
+      <c r="D1372" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1372" s="3" t="s">
         <v>5215</v>
       </c>
-      <c r="F1370" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1371" s="1" t="s">
+      <c r="F1372" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1372" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1373" s="1" t="s">
         <v>5216</v>
       </c>
-      <c r="B1371" s="1" t="s">
+      <c r="B1373" s="1" t="s">
         <v>5217</v>
       </c>
-      <c r="C1371" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1371" s="3" t="s">
+      <c r="C1373" s="1" t="s">
         <v>5218</v>
       </c>
-      <c r="F1371" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1372" s="1" t="s">
+      <c r="D1373" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1373" s="3" t="s">
         <v>5219</v>
       </c>
-      <c r="B1372" s="1" t="s">
+      <c r="F1373" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1373" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1374" s="1" t="s">
         <v>5220</v>
       </c>
-      <c r="C1372" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1372" s="3" t="s">
+      <c r="B1374" s="1" t="s">
         <v>5221</v>
       </c>
-      <c r="F1372" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1373" s="1" t="s">
+      <c r="C1374" s="1" t="s">
         <v>5222</v>
       </c>
-      <c r="B1373" s="1" t="s">
+      <c r="D1374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1374" s="3" t="s">
         <v>5223</v>
       </c>
-      <c r="C1373" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E1373" s="3" t="s">
+      <c r="F1374" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1374" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1375" s="1" t="s">
         <v>5224</v>
       </c>
-      <c r="F1373" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A1374" s="1" t="s">
+      <c r="B1375" s="1" t="s">
         <v>5225</v>
       </c>
-      <c r="B1374" s="1" t="s">
+      <c r="C1375" s="1" t="s">
         <v>5226</v>
       </c>
-      <c r="C1374" s="1" t="s">
+      <c r="D1375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1375" s="3" t="s">
         <v>5227</v>
       </c>
-      <c r="D1374" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E1374" s="3" t="s">
+      <c r="F1375" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1375" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1376" s="1" t="s">
         <v>5228</v>
       </c>
-      <c r="F1374" s="3" t="s">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="B1376" s="1" t="s">
+        <v>5229</v>
+      </c>
+      <c r="C1376" s="1" t="s">
+        <v>5230</v>
+      </c>
+      <c r="D1376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1376" s="3" t="s">
+        <v>5231</v>
+      </c>
+      <c r="F1376" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1376" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1377" s="1" t="s">
+        <v>5232</v>
+      </c>
+      <c r="B1377" s="1" t="s">
+        <v>5233</v>
+      </c>
+      <c r="C1377" s="1" t="s">
+        <v>5234</v>
+      </c>
+      <c r="D1377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1377" s="3" t="s">
+        <v>5235</v>
+      </c>
+      <c r="F1377" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1377" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1378" s="1" t="s">
+        <v>5236</v>
+      </c>
+      <c r="B1378" s="1" t="s">
+        <v>5237</v>
+      </c>
+      <c r="C1378" s="1" t="s">
+        <v>5238</v>
+      </c>
+      <c r="D1378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1378" s="3" t="s">
+        <v>5239</v>
+      </c>
+      <c r="F1378" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1378" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1379" s="1" t="s">
+        <v>5240</v>
+      </c>
+      <c r="B1379" s="1" t="s">
+        <v>5241</v>
+      </c>
+      <c r="C1379" s="1" t="s">
+        <v>5242</v>
+      </c>
+      <c r="D1379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1379" s="3" t="s">
+        <v>5243</v>
+      </c>
+      <c r="F1379" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="G1379" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1380" s="1" t="s">
+        <v>5244</v>
+      </c>
+      <c r="B1380" s="1" t="s">
+        <v>5245</v>
+      </c>
+      <c r="C1380" s="1" t="s">
+        <v>5246</v>
+      </c>
+      <c r="D1380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1380" s="3" t="s">
+        <v>5247</v>
+      </c>
+      <c r="F1380" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1380" s="3" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1381" s="1" t="s">
+        <v>5248</v>
+      </c>
+      <c r="B1381" s="1" t="s">
+        <v>5249</v>
+      </c>
+      <c r="C1381" s="1" t="s">
+        <v>5250</v>
+      </c>
+      <c r="D1381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1381" s="3" t="s">
+        <v>5251</v>
+      </c>
+      <c r="F1381" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1381" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1382" s="1" t="s">
+        <v>5252</v>
+      </c>
+      <c r="B1382" s="1" t="s">
+        <v>5253</v>
+      </c>
+      <c r="C1382" s="1" t="s">
+        <v>5254</v>
+      </c>
+      <c r="D1382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1382" s="3" t="s">
+        <v>5255</v>
+      </c>
+      <c r="F1382" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G1382" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1383" s="1" t="s">
+        <v>5256</v>
+      </c>
+      <c r="B1383" s="1" t="s">
+        <v>5257</v>
+      </c>
+      <c r="C1383" s="1" t="s">
+        <v>5258</v>
+      </c>
+      <c r="D1383" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1383" s="3" t="s">
+        <v>5259</v>
+      </c>
+      <c r="F1383" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1383" s="3" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1384" s="1" t="s">
+        <v>5260</v>
+      </c>
+      <c r="B1384" s="1" t="s">
+        <v>5261</v>
+      </c>
+      <c r="C1384" s="1" t="s">
+        <v>5262</v>
+      </c>
+      <c r="D1384" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1384" s="3" t="s">
+        <v>5263</v>
+      </c>
+      <c r="F1384" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1384" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1385" s="1" t="s">
+        <v>5264</v>
+      </c>
+      <c r="B1385" s="1" t="s">
+        <v>5265</v>
+      </c>
+      <c r="C1385" s="1" t="s">
+        <v>5192</v>
+      </c>
+      <c r="D1385" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1385" s="3" t="s">
+        <v>5266</v>
+      </c>
+      <c r="F1385" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G1385" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1386" s="1" t="s">
+        <v>5267</v>
+      </c>
+      <c r="B1386" s="1" t="s">
+        <v>5268</v>
+      </c>
+      <c r="C1386" s="1" t="s">
+        <v>5269</v>
+      </c>
+      <c r="D1386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1386" s="3" t="s">
+        <v>5270</v>
+      </c>
+      <c r="F1386" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G1386" s="3" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1387" s="1" t="s">
+        <v>5271</v>
+      </c>
+      <c r="B1387" s="1" t="s">
+        <v>5272</v>
+      </c>
+      <c r="C1387" s="1" t="s">
+        <v>5273</v>
+      </c>
+      <c r="D1387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1387" s="3" t="s">
+        <v>5274</v>
+      </c>
+      <c r="F1387" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G1387" s="3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1388" s="1" t="s">
+        <v>5275</v>
+      </c>
+      <c r="B1388" s="1" t="s">
+        <v>5276</v>
+      </c>
+      <c r="C1388" s="1" t="s">
+        <v>5277</v>
+      </c>
+      <c r="D1388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1388" s="3" t="s">
+        <v>5278</v>
+      </c>
+      <c r="F1388" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G1388" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1389" s="1" t="s">
+        <v>5279</v>
+      </c>
+      <c r="B1389" s="1" t="s">
+        <v>5280</v>
+      </c>
+      <c r="C1389" s="1" t="s">
+        <v>5281</v>
+      </c>
+      <c r="D1389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1389" s="3" t="s">
+        <v>5282</v>
+      </c>
+      <c r="F1389" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G1389" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1390" s="1" t="s">
+        <v>5283</v>
+      </c>
+      <c r="B1390" s="1" t="s">
+        <v>5284</v>
+      </c>
+      <c r="C1390" s="1" t="s">
+        <v>5285</v>
+      </c>
+      <c r="D1390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1390" s="3" t="s">
+        <v>5286</v>
+      </c>
+      <c r="F1390" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G1390" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1391" s="1" t="s">
+        <v>5287</v>
+      </c>
+      <c r="B1391" s="1" t="s">
+        <v>5288</v>
+      </c>
+      <c r="C1391" s="1" t="s">
+        <v>5289</v>
+      </c>
+      <c r="D1391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1391" s="3" t="s">
+        <v>5290</v>
+      </c>
+      <c r="F1391" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G1391" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1392" s="1" t="s">
+        <v>5291</v>
+      </c>
+      <c r="B1392" s="1" t="s">
+        <v>5292</v>
+      </c>
+      <c r="C1392" s="1" t="s">
+        <v>5293</v>
+      </c>
+      <c r="D1392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1392" s="3" t="s">
+        <v>5294</v>
+      </c>
+      <c r="F1392" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G1392" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1393" s="1" t="s">
+        <v>5295</v>
+      </c>
+      <c r="B1393" s="1" t="s">
+        <v>5296</v>
+      </c>
+      <c r="C1393" s="1" t="s">
+        <v>5297</v>
+      </c>
+      <c r="D1393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1393" s="3" t="s">
+        <v>5298</v>
+      </c>
+      <c r="F1393" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="G1393" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1394" s="1" t="s">
+        <v>5299</v>
+      </c>
+      <c r="B1394" s="1" t="s">
+        <v>5300</v>
+      </c>
+      <c r="C1394" s="1" t="s">
+        <v>5301</v>
+      </c>
+      <c r="D1394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1394" s="3" t="s">
+        <v>5302</v>
+      </c>
+      <c r="F1394" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1394" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1395" s="1" t="s">
+        <v>5303</v>
+      </c>
+      <c r="B1395" s="1" t="s">
+        <v>5304</v>
+      </c>
+      <c r="C1395" s="1" t="s">
+        <v>5301</v>
+      </c>
+      <c r="D1395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1395" s="3" t="s">
+        <v>5305</v>
+      </c>
+      <c r="F1395" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1395" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1396" s="1" t="s">
+        <v>5306</v>
+      </c>
+      <c r="B1396" s="1" t="s">
+        <v>5307</v>
+      </c>
+      <c r="C1396" s="1" t="s">
+        <v>5308</v>
+      </c>
+      <c r="D1396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1396" s="3" t="s">
+        <v>5309</v>
+      </c>
+      <c r="F1396" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1396" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1397" s="1" t="s">
+        <v>5310</v>
+      </c>
+      <c r="B1397" s="1" t="s">
+        <v>5311</v>
+      </c>
+      <c r="C1397" s="1" t="s">
+        <v>5308</v>
+      </c>
+      <c r="D1397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1397" s="3" t="s">
+        <v>5312</v>
+      </c>
+      <c r="F1397" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1397" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1398" s="1" t="s">
+        <v>5313</v>
+      </c>
+      <c r="B1398" s="1" t="s">
+        <v>5314</v>
+      </c>
+      <c r="C1398" s="1" t="s">
+        <v>5308</v>
+      </c>
+      <c r="D1398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1398" s="3" t="s">
+        <v>5315</v>
+      </c>
+      <c r="F1398" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1398" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1399" s="1" t="s">
+        <v>5316</v>
+      </c>
+      <c r="B1399" s="1" t="s">
+        <v>5317</v>
+      </c>
+      <c r="C1399" s="1" t="s">
+        <v>5308</v>
+      </c>
+      <c r="D1399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1399" s="3" t="s">
+        <v>5318</v>
+      </c>
+      <c r="F1399" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1399" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1400" s="1" t="s">
+        <v>5319</v>
+      </c>
+      <c r="B1400" s="1" t="s">
+        <v>5320</v>
+      </c>
+      <c r="C1400" s="1" t="s">
+        <v>5308</v>
+      </c>
+      <c r="D1400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1400" s="3" t="s">
+        <v>5321</v>
+      </c>
+      <c r="F1400" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1400" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A1401" s="1" t="s">
+        <v>5322</v>
+      </c>
+      <c r="B1401" s="1" t="s">
+        <v>5323</v>
+      </c>
+      <c r="C1401" s="1" t="s">
+        <v>5324</v>
+      </c>
+      <c r="D1401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E1401" s="3" t="s">
+        <v>5325</v>
+      </c>
+      <c r="F1401" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="G1401" s="3" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">