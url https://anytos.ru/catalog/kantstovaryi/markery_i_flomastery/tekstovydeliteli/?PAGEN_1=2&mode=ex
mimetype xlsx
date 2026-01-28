--- v0 (2025-10-31)
+++ v1 (2026-01-28)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1832">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1954">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/025/025209ee2ebf9433802b54c3292f6b38.jpeg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Faber-Castell  quot;46 Superfluorescent quot; 4 флуоресцентных цв., 1-5мм, пластик. уп</t>
   </si>
   <si>
     <t>Набор текстовыделителей &amp;quot;46 Superfluorescent&amp;quot; от немецкого производителя Faber-Castell в полупрозрачном корпусе классической прямоугольной формы. Суперфлуоресцентные чернила на водной основе отлично подходят для всех типов бумаги. Скошенный наконечник позволяет создавать линии различной ширины: 1, 2 и 5 мм. Набор состоит из 4 цветов.</t>
   </si>
   <si>
     <t>Текстовыделители</t>
@@ -173,800 +182,764 @@
   <si>
     <t>http://anytos.ru//upload/iblock/521/yyah7r1owqi4chdixyl6usetxrmx72g1.jpg</t>
   </si>
   <si>
     <t>Маркер текстов. inФОРМАТ 1-4 мм роз. скошенный: FMSH01P штр.: 4602723014270</t>
   </si>
   <si>
     <t>105247</t>
   </si>
   <si>
     <t>&lt;a href="/brands/informat/"&gt;inФОРМАТ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec9/k2o2jkqf83r6kexn4o9wrf0r5bck1q61.jpg</t>
   </si>
   <si>
     <t>Маркер текстов. inФОРМАТ 1-4 мм фиол. скошенный: FMSH01V штр.: 4602723014287</t>
   </si>
   <si>
     <t>Маркер для выделения текста на всех видах бумаги, в том числе на бумаге для факса и пишущих машин. Корпус рифленый, пишущий наконечник устойчив к деформации, мягко скользит по бумаге. Клиновидной формы наконечник позволяет провести линию толщиной от 1 до 4 мм. Цвет чернил: фиолетовый.</t>
   </si>
   <si>
     <t>105248</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/f3c/gau0o8lxffu71omzq7fi1v96h62qr2s2.jpg</t>
-[...8 lines deleted...]
-    <t>105250</t>
+    <t>http://anytos.ru//upload/iblock/cb7/3xh3z0colh26s19yc7v5z18q9zh3c603.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстов. inФОРМАТ FLASH 1-4 мм зелен. скошенный флуор.: FRK04G штр.: 4602723036364</t>
+  </si>
+  <si>
+    <t>Маркер текстовый флуоресцентный серии «FLASH». Предназначен для выделения текста на всех видах бумаги. Изделие отличает удобная форма корпуса и стильный дизайн. Чернила на водной основе делают маркеры экологически безопасными и не имеющими выраженного запаха. Клиновидный наконечник устойчив к деформации и позволяет провести линию толщиной от 1 до 4 мм. Цвет чернил: зеленый.</t>
+  </si>
+  <si>
+    <t>105257</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/125/125d51723ed799899fc19ff55120d67a.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;H-500 quot; оранжевый, 1-4мм: H-500 штр.:  8803654004521</t>
+  </si>
+  <si>
+    <t>Текстовыделитель &amp;quot;H-500&amp;quot; оранжевый, 1-4мм: H-500 Круглый пластиковый корпус, имеется защитный колпачок с держателем. Текстовыделитель&amp;nbsp;&amp;nbsp;предназначен для выделения необходимых мест в печатном тексте. Чернила на водной основе, не размывают и не размазывают краску. Толщина линии 4 мм., цвет - оранжевый.</t>
+  </si>
+  <si>
+    <t>212339</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/crown/"&gt;Crown&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9c9/9c98fd83f825e32b4fe0f455770fab44.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;H-500 quot; зеленый, 1-4мм: H-500 штр.:  8803654004507</t>
+  </si>
+  <si>
+    <t>Текстовыделитель &amp;quot;H-500&amp;quot; зеленый, 1-4мм: H-500 Круглый пластиковый корпус, имеется защитный колпачок с держателем. Текстовыделитель&amp;nbsp;&amp;nbsp;предназначен для выделения необходимых мест в печатном тексте. Чернила на водной основе, не размывают и не размазывают краску. Толщина линии 4 мм., цвет - зеленый.</t>
+  </si>
+  <si>
+    <t>213359</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/16d/16d82e0b9223188806f3ef8061a5b1da.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей  quot;H-500 quot; 4цв., 1-4мм: H-500-4 штр.:  8803654004569</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей &amp;quot;H-500&amp;quot; 4цв., 1-4мм: H-500-4 Набор текстовыделителей &amp;quot;H-500&amp;quot;. Толщина линии 4 мм., 4 цвета &amp;#40;желтый, оранжевый, розовый, зеленый&amp;#41;.&amp;nbsp;&amp;nbsp;Скошенный наконечник одинаково удобен для закрашивания и проведения тонких линий.&amp;nbsp;&amp;nbsp;Подходят для любого типа бумаги: обычная, фотобумага, факсовая и другая.</t>
+  </si>
+  <si>
+    <t>214616</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cb1/cb1ccd6761860de9e34a66d4356539a6.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;HI-700C quot; желтый, 1-5мм: HI-700C штр.:  8809102932224</t>
+  </si>
+  <si>
+    <t>Плоский корпус , скошенный наконечник шириной 5 мм. Насыщенные яркие цвета. Возможность работы на любых сортах бумаги, включая глянцевую и факсовую. Широкий клип на колпачке.</t>
+  </si>
+  <si>
+    <t>216139</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/line-plus/"&gt;Line Plus&lt;/a&gt;</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4fb/25jkkkdk4aq8fmd3jte4iburafe11xuv.jpg</t>
-[...101 lines deleted...]
-    <t>215045</t>
+    <t>http://anytos.ru//upload/iblock/e51/e514e1752fd78af905522076bd50e6a4.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей  quot;H-500 quot; 6цв., 1-4мм: H-500-6 штр.:  8803654004576</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей &amp;quot;H-500&amp;quot; 6цв., 1-4мм: H-500-6 Набор текстовыделителей &amp;quot;H-500&amp;quot;. Толщина линии 4 мм., 6 цветов &amp;#40;желтый, оранжевый, розовый, зеленый, синий, фиолетовый&amp;#41;.&amp;nbsp;&amp;nbsp;Скошенный наконечник одинаково удобен для закрашивания и проведения тонких линий.&amp;nbsp;&amp;nbsp;Подходят для любого типа бумаги: обычная, фотобумага, факсовая и другая.</t>
+  </si>
+  <si>
+    <t>216288</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/96d/96d27bcb8efa199bf684b1dc4e1812f6.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;H-500 quot; розовый, 1-4мм: H-500 штр.:  8803654004484</t>
+  </si>
+  <si>
+    <t>Текстовыделитель &amp;quot;H-500&amp;quot; розовый, 1-4мм: H-500</t>
+  </si>
+  <si>
+    <t>217159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5e/d5e9b578f81857ce378ca0198c27ef72.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель двусторонний  quot;H2-1000 quot; желтый фиолетовый, 3 2мм: H2-1000 штр.:  8803654006563</t>
+  </si>
+  <si>
+    <t>Текстовыделитель двусторонний &amp;quot;H2-1000&amp;quot; желтый/фиолетовый, 3/2мм: H2-1000</t>
+  </si>
+  <si>
+    <t>218193</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/087/087a0ee50308b62f45be36928d37bc0f.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;HI-700C quot; оранжевый, 1-5мм: HI-700C штр.:  8809102932248</t>
+  </si>
+  <si>
+    <t>218290</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/337/337252f30e80ff36072a36dfb1b71b92.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;HI-700C quot; фиолетовый, 1-5мм: HI-700C штр.:  8809102932279</t>
+  </si>
+  <si>
+    <t>218458</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/885/885e1d2b9a59a39f0c2f253f41c5d1e2.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель двусторонний  quot;H2-1000 quot; оранжевый зеленый, 3 2мм: H2-1000 штр.:  8803654006556</t>
+  </si>
+  <si>
+    <t>Текстовыделитель двусторонний &amp;quot;H2-1000&amp;quot; оранжевый/зеленый, 3/2мм: H2-1000</t>
+  </si>
+  <si>
+    <t>219557</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ae/7aeb8911eda2b3e0d4d7377dea0091a8.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель двусторонний  quot;H2-1000 quot; розовый голубой, 3 2мм: H2-1000 штр.:  8803654006549</t>
+  </si>
+  <si>
+    <t>Текстовыделитель двусторонний &amp;quot;H2-1000&amp;quot; розовый/голубой, 3/2мм: H2-1000</t>
+  </si>
+  <si>
+    <t>236649</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/39f/39fab76d42912cf5e0796b72bd5d183d/dbcaf2d9790254a40b3531069fd8059c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер Выделитель текста CC2118S желтый 1-3,9мм. штр.  6927975211818, 6927975309270</t>
+  </si>
+  <si>
+    <t>Текстовыделитель CC2118S в пластиковом корпусе с колпачком. Скошенный стержень позволяет проводить линии толщиной от 1 до 4 мм. Флуоресцентные чернила насыщенного желтого цвета обеспечивают высокое качество маркировки.</t>
+  </si>
+  <si>
+    <t>250637</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8aa/8aabd7ad7c029c8525d399d61351b002/67529310162b16372e5a942d6b9b74f7.jpg</t>
+  </si>
+  <si>
+    <t>Маркер Выделитель текста CC2118S зеленый 1-3,9мм. штр.  6927975211849, 6927975309300</t>
+  </si>
+  <si>
+    <t>Флуоресцентные насыщенные цвета- скошенный наконечник- толщина линии 1-3,9 мм</t>
+  </si>
+  <si>
+    <t>250638</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93c/93ca7e3f821f0ba26c88e368ea617233.jpg</t>
+  </si>
+  <si>
+    <t>Маркер Выделитель текста CC2118S розовый 1-3,9мм. штр.  6927975211825, 6927975309287</t>
+  </si>
+  <si>
+    <t>250639</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5b/a5bc20fd848fd1233e6bc4f39814f972/04d8d6c179af3ddb5545f910a9d0b67a.jpg</t>
+  </si>
+  <si>
+    <t>Маркер Выделитель текста CC2118S синий 1-3,9мм. штр.  6927975211832, 6927975309294</t>
+  </si>
+  <si>
+    <t>Текстовыделитель CC2118S в пластиковом корпусе с колпачком. Скошенный стержень позволяет проводить линии толщиной от 1 до 3,9 мм. Флуоресцентные чернила насыщенного синего цвета обеспечивают высокое качество маркировки.</t>
+  </si>
+  <si>
+    <t>250640</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e08/e08bad0b3e0de0966224da307a901f93/5312726a62c9a7e66fc6199aa9b3643d.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста ATTACHE зеленый 1-3мм. штр.  4690432002930, 6953070935748, 6953070941381</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Attache в тонком корпусе. Скошенный наконечник обеспечивает толщину линии письма от 1 до 3 мм. Светостойкие чернила яркого зеленого цвета позволяют использовать текстовыделитель на бумаге любой плотности. Колпачок снабжен специальным зажимом, с помощью которого можно прикрепить маркер к любой обложке.</t>
+  </si>
+  <si>
+    <t>250649</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b1e/b1e2f3d926a054d4dc3b63c60d097599/43fb349a20e3a315ca93564c3dcdf83b.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста ATTACHE набор 4цв. 1-3мм. штр.  4690432002961, 6953070935656</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей Attache в прозрачной упаковке. Скошенный наконечник обеспечивает толщину линии письма от 1 до 3 мм. Светостойкие чернила позволяют использовать текстовыделитель на бумаге любой плотности. Колпачок снабжен специальным зажимом, с помощью которого можно прикрепить маркер к любой обложке. В наборе 4 цвета: оранжевый, желтый, зеленый, синий.</t>
+  </si>
+  <si>
+    <t>250650</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ccf/ccf85942229d6fcacd609d9324355788/943732f49fe9523a3096bc5921a2c3e9.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING E-345 10 синий 1-5мм штр.  4004764784349, 4004764841578, 4004764843817, 4004764882892</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Edding, предназначенный для маркировки текста на бумаге любой плотности. Эргономичный корпус изготовлен из пластика. Скошенный стержень позволяет проводить линии толщиной от 2 до 5 мм. Флуоресцентные чернила синего цвета на водной основе обладают высокой светостойкостью и не размазывают текст, напечатанный на струйных принтерах.</t>
+  </si>
+  <si>
+    <t>250664</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/edding/"&gt;Edding&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/356/356a36ca68523d3618ebc8f9b68e4a6c/f496a5ab0eaca173f9bdaa707473bcb1.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING E-345 11 зеленый 1-5мм штр.  4004764841585</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Edding, предназначенный для маркировки текста на бумаге любой плотности. Эргономичный корпус изготовлен из пластика. Скошенный стержень позволяет проводить линии толщиной от 2 до 5 мм. Флуоресцентные чернила зеленого цвета на водной основе обладают высокой светостойкостью и не размазывают текст, напечатанный на струйных принтерах.</t>
+  </si>
+  <si>
+    <t>250665</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4b2/4b2e10d60285869c0eea0657f6afcdf1/3934594827f5a2495d56a1dd94c6bb83.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING E-345 2 красный, 1-5мм штр.  4004764863327, 4004764882816</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Edding, предназначенный для маркировки текста на бумаге любой плотности. Эргономичный корпус изготовлен из пластика. Скошенный стержень позволяет проводить линии толщиной от 2 до 5 мм. Флуоресцентные чернила красного цвета на водной основе обладают высокой светостойкостью и не размазывают текст, напечатанный на струйных принтерах.</t>
+  </si>
+  <si>
+    <t>250666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/384/3848b7e0887523929051e397b73ec88c/0dad20d3100a984ba04071b58b1fc1a6.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING E-345 4S набор 4цв.1-5мм NEW штр.  4004764971817</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей Edding, предназначенных для маркировки текста на бумаге любой плотности. Текстовыделитель имеет эргономичный корпус из пластика. Флуоресцентные чернила на водной основе обладают высокой светостойкостью. Текстовыделитель со скошенным стержнем позволяет проводить линии толщиной от 1 до 5 мм.Не размазывают текст, напечатанный на струйных принтерах. В наборе 4 текстовыделителя Edding: желтый, розовый, зеленый, оранжевый.</t>
+  </si>
+  <si>
+    <t>250667</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fa0/fa0fa0a8ff99c4e5b02ee57654be3e34/f4dca5a2c9fd4b5e5812cc7a577c3b24.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING E-345 5 желтый 1-5мм штр.  4004764841547</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Edding, предназначенный для маркировки текста на бумаге любой плотности. Эргономичный корпус изготовлен из пластика. Скошенный стержень позволяет проводить линии толщиной от 2 до 5 мм. Флуоресцентные чернила желтого цвета на водной основе обладают высокой светостойкостью и не размазывают текст, напечатанный на струйных принтерах.</t>
+  </si>
+  <si>
+    <t>250668</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/de8/de8e450b19e659947ee61868ec52615c/aa598ad6a6abf64339e716ad4636ee8d.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING E-345 6 оранжевый 1-5мм штр.  4004764841554, 4004764843770</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Edding, предназначенный для маркировки текста на бумаге любой плотности. Эргономичный корпус изготовлен из пластика. Скошенный стержень позволяет проводить линии толщиной от 2 до 5 мм. Флуоресцентные чернила оранжевого цвета на водной основе обладают высокой светостойкостью и не размазывают текст, напечатанный на струйных принтерах.</t>
+  </si>
+  <si>
+    <t>250669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54e/54efe5ed6e2949d70d8d82c5850bbade/1346dddb3b23bbb2109fade403f82aa9.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING E-345 6S набор 6цв. 1-5мм штр.  4004764843541, 4004764971831</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей Edding, предназначенных для маркировки текста на бумаге любой плотности. Эргономичный корпус изготовлен из пластика. Скошенный стержень позволяет проводить линии толщиной от 2 до 5 мм. Флуоресцентные чернила на водной основе обладают высокой светостойкостью и не размазывают текст, напечатанный на струйных принтерах. В наборе 6 цветов: желтый, оранжевый, розовый, зеленый, синий, красный.</t>
+  </si>
+  <si>
+    <t>250670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/416/4161216f4d859dc1795e7f4c0f7cbca1/143f38e2ed03f7252a865195ee67baac.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING E-345 9 розовый 1-5мм штр.  4004764841561, 4004764843794, 4004764882878</t>
+  </si>
+  <si>
+    <t>Выделитель текста Edding розового цвета подходит для выделения слов или текста в книгах, брошюрах, письмах, может использоваться практически на любых бумажных поверхностях, в том числе на бумаге для копирования и факсов. Чернила на водной основе имеют высокую светостойкость. Маркер имеет скошенный наконечник, не размазывает текст, напечатанный на струйных принтерах. Флуоресцентный насыщенный цвет обеспечивает высокое качество маркировки. Толщина линии - 2-5 мм.</t>
+  </si>
+  <si>
+    <t>250671</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/580/580c3f39d3cb3b84170ea3a8d9d38c08/6e4d68a84b6397a4a8ddc1d0fb13a70c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING ECO E-24 4S 4шт. уп. 1-5мм штр.  4004764917723, 4004764928408</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей Edding серии «Эко» в картонной упаковке. Эргономичный корпус выполнен из пластика. Скошенный наконечник обеспечивает толщину линии от 2 до 5 мм. Флуоресцентные чернила на водной основе нетоксичны, не содержат вредных веществ, устойчивы к воздействию света. Изделие на 97&amp;#37; изготовлено из переработанного сырья без вреда для окружающей среды. В наборе 4 цвета: желтый, розовый, оранжевый, зеленый.</t>
+  </si>
+  <si>
+    <t>250674</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1ae/1ae66c1aafcdf76c35845278f1cb7365/10ddf4bfddb759ee2c8f024a3797a2fa.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстовыделитель Kores желтый  толщина линии 1-4 nbsp-мм </t>
+  </si>
+  <si>
+    <t>Высококачественный текстовыделитель KORES 36001 со скошенным наконечником.Текстовыделитель обладает оригинальным дизайном корпусу, колпачком с клипом.Цвет чернил: желтый.Универсальные чернила на водной основе подходят для всех видов бумаги, в том числе для ксерокопии, факсов и документов, распечатанных на струйных принтерах.Увеличенный запас чернил обеспечивает более длительный срок службы.Цвет корпуса и колпачка соответствует цвету чернил.Чернила светоустойчивые.Шинина линии письма: 1-4мм.Произведено в Чешской Республике.</t>
+  </si>
+  <si>
+    <t>250679</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff0/ff0b37b5c6166715e918351b3ff3d8e0/173d9b213f59e28c808015115f12f1b5.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста KORES 1-4 мм розовый 36002 штр.  9023800360021</t>
+  </si>
+  <si>
+    <t>Высококачественный текстовыделитель KORES 36002 со скошенным наконечником.Текстовыделитель обладает оригинальным дизайном корпусу, колпачком с клипом.Цвет чернил: розовый.Универсальные чернила на водной основе подходят для всех видов бумаги, в том числе для ксерокопии, факсов и документов, распечатанных на струйных принтерах.Увеличенный запас чернил обеспечивает более длительный срок службы.Цвет корпуса и колпачка соответствует цвету чернил.Чернила светоустойчивые.Шинина линии письма: 1-4мм.Произведено в Чешской Республике.</t>
+  </si>
+  <si>
+    <t>250682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5cc/5cc8d4d9120daa5c94bba6b8e8468d04/4db6e6ccebc737eeb27ea078e031a71c.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста KORES набор 2цв.  36121 штр.  9023800361219</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей Kores в прозрачной упаковке. Эргономичный корпус выполнен из пластика. Скошенный наконечник, устойчивый к высыханию, обеспечивает толщину линии письма от 0,5 до 5 мм. Светостойкие чернила желтого и зеленого цвета на водной основе позволяют использовать текстовыделитель на различных типах бумаги. В наборе 2 цвета: желтый и зеленый.</t>
+  </si>
+  <si>
+    <t>250686</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/881/881dd01b78c91f95531d5694c46372b0/60949dc49c67598e7f3d12c8c6744db0.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель Kores 0,5-3,5 мм скош.након.желт. 36201 штр.  9023800362018</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Kores в пластиковом корпусе с колпачком. Скошенный наконечник, устойчивый к высыханию, &amp;lt;br /&amp;gt;обеспечивает толщину линии письма от 0,5 до 3,5 мм. Светостойкие чернила желтого цвета на водной основе &amp;lt;br /&amp;gt;позволяют использовать текстовыделитель на различных типах бумаги.</t>
+  </si>
+  <si>
+    <t>250701</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7f/a7f28bc496257981a33d5b8896e5fe92/cb838e8fd253d7fc8627a3166d45cff5.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель Kores 0,5-3,5 мм скош.након.наб.4цв. 36240 штр.  9023800362407</t>
+  </si>
+  <si>
+    <t>Яркие, насыщенные цвета обеспечивают высокое качество маркировки.&amp;lt;br /&amp;gt;Скошенный наконечник.&amp;lt;br /&amp;gt;Чернила на водной основе.&amp;lt;br /&amp;gt;Толщина линии от 0,5 - 3.5 мм.&amp;lt;br /&amp;gt;Не высыхает бех колпачка не менее 10 часов.&amp;lt;br /&amp;gt;Используется для любого вида бумаги.&amp;lt;br /&amp;gt;В наборе из 4-х цветов: желтый, зеленый, оранжевый, розовый</t>
+  </si>
+  <si>
+    <t>250703</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b7b/b7b798bfd14f4b7a381d2bd59100032e.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей  quot;HI-700C quot; 4цв., 1-5мм: 4HI-700C штр.: 8809102930459</t>
+  </si>
+  <si>
+    <t>Серия Power повышенной емкости . Корпус плоский.Длительный срок службы , насыщенные яркие цвета. Возможность работы на любых сортах бумаги, включая глянцевую и факсовыю . Скошенный наконечник шириной 5 мм.</t>
+  </si>
+  <si>
+    <t>336656</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dbc/dbc14af74b0568a95a8b7e028e97b184.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 4цв., 1-5мм, европодвес: T7020 штр.: 4260107479161</t>
+  </si>
+  <si>
+    <t>Флуоресцентные чернила на водной основе. В наборе 4 цвета &amp;#40;желтый, зеленый, синий, розовый&amp;#41;. Подходят для работы на всех типах бумаги.</t>
+  </si>
+  <si>
+    <t>336658</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/15d/15df5e884d83efc7d3875fb843506660.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;HI-700C quot; голубой, 1-5мм: HI-700C штр.: 8809102932262</t>
+  </si>
+  <si>
+    <t>336659</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e36/e3620305ffc3881f2a88b73827dff6b2.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;HI-700C quot; зеленый, 1-5мм: HI-700C штр.: 8809102932255</t>
+  </si>
+  <si>
+    <t>336660</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7de/7debb9818e7df80fd7bd739cdc04c773.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;HI-700C quot; розовый, 1-5мм: HI-700C штр.: 8809102932231</t>
+  </si>
+  <si>
+    <t>336661</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/10e/10e132e42d3dde1a0b0afd8d5460d8ed.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель  quot;Multi Hi-Lighter quot; фиолетовый, 1-4мм: H-500 штр.: 8803654004620</t>
+  </si>
+  <si>
+    <t>Круглый пластиковый корпус, имеется защитный колпачок с держателем. Текстовыделитель&amp;nbsp;&amp;nbsp;предназначен для выделения необходимых мест в печатном тексте. Чернила на водной основе, не размывают и не размазывают краску</t>
+  </si>
+  <si>
+    <t>336662</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ddc/ddcffa8e6ec292675f6fb84f23ec3552.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель голубой, 1-5мм 976916</t>
+  </si>
+  <si>
+    <t>Текстовыделитель в прямоугольном корпусе со скругленными углами и полупрозрачным колпачком с клипом. Предназначен для выделения надписей на любой бумажной поверхности. Чернила на водной основе не выгорают и не смазываются</t>
+  </si>
+  <si>
+    <t>336663</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/munhwa/"&gt;MunHwa&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9a2/9a2bc280f5361a3eff2c5331d41710c4.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель голубой, 1-5мм: T7015 штр.: 4260107479192</t>
+  </si>
+  <si>
+    <t>Флуоресцентные чернила на водной основе. Подходят для работы на всех типах бумаги.</t>
+  </si>
+  <si>
+    <t>336664</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/572/57299acca1b7e851df71ada4c6cdc2a7.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель желтый, 1-5мм: ULF-08 штр.: 8801006751758</t>
+  </si>
+  <si>
+    <t>336666</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6dd/6ddb29d2a392a0a8036511fa914c7f9d.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель желтый, 1-5мм: T7017 штр.: 4260107479215</t>
+  </si>
+  <si>
+    <t>336667</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd5/bd503b92e0f557dbe092c2f1ad4f1385.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель зеленый, 1-4,5мм: 4012 T штр.: 8901069673223</t>
+  </si>
+  <si>
+    <t>Яркий флуоресцентный текстовыделитель с полупрозрачным колпачком</t>
+  </si>
+  <si>
+    <t>336668</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/luxor/"&gt;Luxor&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d9e/d9e3b5402b274460ab75af6be9167c23.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель зеленый, 1-5мм: ULF-04 штр.: 8801006751765</t>
+  </si>
+  <si>
+    <t>336669</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/698/698ad8f9bbbdfc725fac7d1121a8e53d.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель зеленый, 1-5мм: T7016 штр.: 4260107479208</t>
+  </si>
+  <si>
+    <t>336670</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a8/1a86dfdc5bd4a28ce8ab7556e6326682.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель оранжевый, 1-5мм: ULF-11 штр.: 8801006751741</t>
+  </si>
+  <si>
+    <t>336672</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/307/30701e45c0e539d7828a7a70920f7ac9.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель оранжевый, 1-5мм : T7018 штр.: 4260107479222</t>
+  </si>
+  <si>
+    <t>336673</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/157/157674fd25ba1a94534da9109bd57bed.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель розовый, 1-5мм: ULF-10 штр.: 8801006751734</t>
+  </si>
+  <si>
+    <t>336675</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5ed/5ed334dce467c534b3add9084cb1aa33.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель розовый, 1-5мм: T7019 штр.: 4260107479239</t>
+  </si>
+  <si>
+    <t>336676</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/25a/25acbd145aad6832989215de0c4514ce.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель фиолетовый, 1-5мм: T7014 штр.: 14260107479182</t>
+  </si>
+  <si>
+    <t>336677</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5de/5de313a3c4e8e5762c9f90cdc81574a9.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей Schneider  quot;Job quot; 4цв., 1-5мм, прозрачный чехол 1500</t>
+  </si>
+  <si>
+    <t>Набор универсальных текстовыделителей 4 цветов: желтый, оранжевый, розовый, зеленый. Предназначен для выделения необходимых мест в печатном и рукописном тексте на простой, ксероксной и факсовой бумаге. Скошенный наконечник позволяет проводить линии от 1 до 5 мм. Светостойкие чернила ярких неоновых цветов. Имеет возможность перезаправки. Корпус из полипропилена предотвращает испарение чернил и обеспечивает длительный срок хранения. Награжден премией в области дизайна Red Dot Design Award.</t>
+  </si>
+  <si>
+    <t>350140</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schneider/"&gt;Schneider&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d48/d48ee3171c7d0912a5ea0b7d4dccdecd.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей Schneider  quot;Job quot; 6цв., 1-5мм, прозрачный чехол 115096</t>
+  </si>
+  <si>
+    <t>Набор универсальных текстовыделителей 6 цветов: желтый, оранжевый, розовый, красный, зеленый, голубой.&amp;nbsp;&amp;nbsp;Предназначен для выделения необходимых мест в печатном и рукописном тексте на простой, ксероксной и факсовой бумаге. Скошенный наконечник позволяет проводить линии от 1 до 5 мм. Светостойкие чернила ярких неоновых цветов. Имеет возможность перезаправки. Корпус из полипропилена предотвращает испарение чернил и обеспечивает длительный срок хранения. Награжден премией в области дизайна Red Dot Design Award.</t>
+  </si>
+  <si>
+    <t>350141</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b23/b233768220642cc1b7d75ae32f95c604.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Schneider  quot;Job quot; голубой, 1-5мм 1503</t>
+  </si>
+  <si>
+    <t>Универсальный текстовыделитель, предназначен для выделения необходимых мест в печатном и рукописном тексте на простой, ксероксной и факсовой бумаге. Скошенный наконечник позволяет проводить линии от 1 до 5 мм. Светостойкие чернила ярких неоновых цветов. Корпус из полипропилена предотвращает испарение чернил и обеспечивает длительный срок хранения. Награжден премией в области дизайна Red Dot Design Award.</t>
+  </si>
+  <si>
+    <t>350286</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ab/9abf01602b83ca718795c31c56751fcd.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Schneider  quot;Job quot; коралловый, 1-5мм 1502</t>
+  </si>
+  <si>
+    <t>350287</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3ec/3ecf032925a9f84d6058a8ad0aaf5b3a.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель OfficeSpace желтый, 1-5мм H_16441</t>
+  </si>
+  <si>
+    <t>Текстовыделители с флуоресцентными чернилами на водной основе. Удобный клип. Цвет торцевого элемента соответствует цвету чернил. Упаковка в картонную коробку по 12 шт.</t>
+  </si>
+  <si>
+    <t>351996</t>
   </si>
   <si>
     <t>&lt;a href="/brands/officespace/"&gt;OfficeSpace&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb1/cb1ccd6761860de9e34a66d4356539a6.jpg</t>
-[...91 lines deleted...]
-  <si>
     <t>36</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/39f/39fab76d42912cf5e0796b72bd5d183d/dbcaf2d9790254a40b3531069fd8059c.jpg</t>
-[...493 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/f6e/f6ef5acacf18e0b15fdffc36e6d21026.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель OfficeSpace зеленый, 1-5мм H_16445</t>
   </si>
   <si>
     <t>351997</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/69b/69b7ca3ce7085c934d87d811bcf72cbb.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель OfficeSpace оранжевый, 1-5мм H_16448</t>
   </si>
   <si>
     <t>351998</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/382/3826078fa55ac6d8030953de5e339407.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель OfficeSpace розовый, 1-5мм H_16451</t>
   </si>
   <si>
     <t>351999</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/da0/6zv2jeyo5jfqcxzrf64cjltijxk4exhp.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Luxor  quot;Pasteliter quot; пастельный желтый, 1-5мм 4021P</t>
+  </si>
+  <si>
+    <t>Текстовыделитель с чернилами приглушенных пастельных цветов</t>
+  </si>
+  <si>
+    <t>353622</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/7b9/sazqrfdux1owutv75jq17380mea96b74.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor  quot;Pasteliter quot; пастельный зеленый, 1-5мм 4022P</t>
   </si>
   <si>
-    <t>Текстовыделитель с чернилами приглушенных пастельных цветов</t>
-[...1 lines deleted...]
-  <si>
     <t>353623</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5af/qblz2q1vbyayg1kgndprtn517rsjrn4n.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor  quot;Pasteliter quot; пастельный оранжевый, 1-5мм 4023P</t>
   </si>
   <si>
     <t>353624</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/105/izs2zov2rvu7h131x085brb0d0huq7fp.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor  quot;Pasteliter quot; пастельный розовый, 1-5мм 4024P</t>
   </si>
   <si>
     <t>353625</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/877/8779e84c6b632131469aefba1083b696.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Centropen  quot;8852 quot; 4цв., 1-5мм, блистер с европодвесом 4 8852 0403</t>
@@ -1007,59 +980,50 @@
   <si>
     <t>Текстовыделитель OfficeSpace голубой, 1-4мм . HL_9543</t>
   </si>
   <si>
     <t>Тектовыделитель предназначен для выделения текста на всех типах бумаги. Толщина линии 1-4 мм. Флуоресцентные чернила на водной основе. Хранить с закрытым колпачком.</t>
   </si>
   <si>
     <t>359630</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ec1/d1yjsg8s6l7viunf4vsxxcmei4yzntrv.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель OfficeSpace, желтый, 1-3мм. HL_2881</t>
   </si>
   <si>
     <t>Тектовыделитель предназначен для выделения текста на всех типах бумаги. Толщина линии 1-3 мм. Флуоресцентные чернила на водной основе. Хранить с закрытым колпачком.</t>
   </si>
   <si>
     <t>366838</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/bd1/bd1d6ff0610dc7bb6cc8db9bac5f62f3.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1af/1af0ccd0fa1dbbbf3884942ad7dff954.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель OfficeSpace, оранжевый, 1-3мм. HL_2885</t>
   </si>
   <si>
     <t>366840</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fda/fdaa07cf360ddd66bd19aa84c27ee63b.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель OfficeSpace, розовый, 1-3мм. HL_2883</t>
   </si>
   <si>
     <t>366841</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/952/9523ece4f3e1552baca9ea640b5b5853/80fc010c0f6d14cb0a583d669d527883.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Economy Uno 1-4мм зеленый</t>
   </si>
   <si>
     <t>376374</t>
@@ -1073,66 +1037,114 @@
   <si>
     <t>Маркер выделитель текста Attache Economy Uno 1-4мм оранжевый</t>
   </si>
   <si>
     <t>376375</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4df/4df4c340288dab75c6f77c3064c97c4e/9c4961180c17d156f605c09ae754c683.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Economy Uno 1-4мм розовый</t>
   </si>
   <si>
     <t>376376</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bec/becb14f7c0fd3b1128420839f31323fd/802097ff3abcfaa78ce3ad62858c8044.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Economy Uno 1-4мм синий</t>
   </si>
   <si>
     <t>376377</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4bb/1xhrqua1qcbwe6dqzerec733ypu99b22.jpg</t>
+  </si>
+  <si>
+    <t>Текстмаркер BRAUBERG  quot;Contract quot;, ГОЛУБОЙ, классический, скошенный наконечник, 1-5 мм, 150391</t>
+  </si>
+  <si>
+    <t>Текстовыделитель BRAUBERG &amp;quot;Contract&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель голубого цвета обладает неоновым спецэффектом. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм. Текстовыделитель обладает продленной линией письма и экономным расходом чернил. Светоустойчивые чернила не выцветают даже на открытом солнце и не заметны при передаче текста по факсу. Колпачок с клипом и соответствует цвету чернил. Пластиковый корпус имеет диаметр 26 мм.</t>
+  </si>
+  <si>
+    <t>386227</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/be1/8bxerhs67rhusdl7gucc82v5tcm09srv.jpg</t>
+  </si>
+  <si>
+    <t>Текстмаркер BRAUBERG  quot;Contract quot;, ЗЕЛЕНЫЙ, классический, скошенный наконечник, 1-5 мм, 150390</t>
+  </si>
+  <si>
+    <t>Текстовыделитель BRAUBERG &amp;quot;Contract&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель зеленого цвета обладает неоновым спецэффектом. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм. Текстовыделитель обладает продленной линией письма и экономным расходом чернил. Светоустойчивые чернила не выцветают даже на открытом солнце и не заметны при передаче текста по факсу. Колпачок с клипом и соответствует цвету чернил. Пластиковый корпус имеет диаметр 26 мм.</t>
+  </si>
+  <si>
+    <t>386228</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/da2/tok1tjjsukwbtlrz2mtk0sxcux9lxq11.jpg</t>
   </si>
   <si>
     <t>Текстмаркер BRAUBERG  quot;Contract quot;, ЛИМОННЫЙ, классический, скошенный наконечник, 1-5 мм, 150389</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG &amp;quot;Contract&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель желтого цвета обладает неоновым спецэффектом. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм. Текстовыделитель обладает продленной линией письма и экономным расходом чернил. Светоустойчивые чернила не выцветают даже на открытом солнце и не заметны при передаче текста по факсу. Колпачок с клипом и соответствует цвету чернил. Пластиковый корпус имеет диаметр 26 мм.</t>
   </si>
   <si>
     <t>386229</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
-[...2 lines deleted...]
-    <t>20</t>
+    <t>http://anytos.ru//upload/iblock/f67/pvyut4293jb8a7idun3jvzbr1zrv37oh.jpg</t>
+  </si>
+  <si>
+    <t>Текстмаркер BRAUBERG  quot;Contract quot;, ОРАНЖЕВЫЙ, классический, скошенный наконечник, 1-5 мм, 150393</t>
+  </si>
+  <si>
+    <t>Текстовыделитель BRAUBERG &amp;quot;Contract&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель оранжевого цвета обладает неоновым спецэффектом. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм. Текстовыделитель обладает продленной линией письма и экономным расходом чернил. Светоустойчивые чернила не выцветают даже на открытом солнце и не заметны при передаче текста по факсу. Колпачок с клипом и соответствует цвету чернил. Пластиковый корпус имеет диаметр 26 мм.</t>
+  </si>
+  <si>
+    <t>386230</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/60b/gbtz93hzv2c10rigohzq0ymtlvngbyc2.jpg</t>
+  </si>
+  <si>
+    <t>Текстмаркер BRAUBERG  quot;Contract quot;, РОЗОВЫЙ, классический, скошенный наконечник, 1-5 мм, 150392</t>
+  </si>
+  <si>
+    <t>Текстовыделитель BRAUBERG &amp;quot;Contract&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель розового цвета обладает неоновым спецэффектом. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм. Текстовыделитель обладает продленной линией письма и экономным расходом чернил. Светоустойчивые чернила не выцветают даже на открытом солнце и не заметны при передаче текста по факсу. Колпачок с клипом и соответствует цвету чернил. Пластиковый корпус имеет диаметр 26 мм.</t>
+  </si>
+  <si>
+    <t>386231</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3d6/xuo1028520bfxyuanvv4h7dxvpbkm4mt.jpg</t>
   </si>
   <si>
     <t>Текстмаркер BRAUBERG двусторонний, ЛИМОННЫЙ ЗЕЛЕНЫЙ, скошенный наконечник, 1-4 мм, 150841</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Двусторонний текстовыделитель неоновых цветов - желтый/зеленый - обладает круглой формой корпуса диаметром 11 мм. Корпус тектовыделителя оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 4 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе использования. Изделие не перезаправляется. Цвет клипа соответствует цвету чернил.</t>
   </si>
   <si>
     <t>386246</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/493/33oh6nuhgub8betx9axbxeuee3ttk0a6.jpg</t>
   </si>
   <si>
     <t>Текстмаркер EDDING  quot;345 quot;, ЖЕЛТЫЙ, 2-5 мм, скошенный наконечник, E-345 5</t>
   </si>
   <si>
     <t>Текстовыделитель EDDING предназначен для выделения слов или текста в книгах, брошюрах, письмах и т.п. Не размазывает текст, напечатанный на струйных принтерах. Флуоресцентные насыщенные цвета обеспечивают высокое качество маркировки.</t>
   </si>
   <si>
     <t>386250</t>
   </si>
@@ -1151,78 +1163,78 @@
   <si>
     <t>Текстмаркер MAPED  Франция   quot;Fluo Pep s Classic quot;, ЖЕЛТЫЙ, скошенный наконечник, 1-5 мм, 742534</t>
   </si>
   <si>
     <t>Текстовыделитель MAPED &amp;quot;Fluo Pep&amp;#39;s Classic&amp;quot; предназначен для любого типа бумаги, бумаги для факса и компьютерных распечаток, в том числе, отпечатанных на лазерных и струйных принтерах. Классический текстовыделитель &amp;quot;Fluo Pep&amp;#39;s Classic&amp;quot; развивает визуальную память, привлекает внимание к разделам текста и позволяет структурировать информацию. Желтые чернила яркие и насыщенные, обладают высоким уровнем светостойкости.Корпус сделан из высококачественного пластика. Отличительной особенностью серия является корпус в цвет чернил, снабженный черным колпачком с клипом. Зона захвата снабжена оригинальным рифлением для комфортного использования - препятствует скольжению пальцев прии письме. Скошенный наконечник позволяет провести линию письма толщиной 1-5 мм.</t>
   </si>
   <si>
     <t>386257</t>
   </si>
   <si>
     <t>&lt;a href="/brands/maped/"&gt;Maped&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18f/4r1k9fxy58ypk0846vaeixz74r0gg3b6.jpg</t>
   </si>
   <si>
     <t>Текстмаркер MAPED  Франция   quot;Fluo Pep s Classic quot;, ЗЕЛЕНЫЙ, скошенный наконечник, 1-5 мм, 742533</t>
   </si>
   <si>
     <t>Текстовыделитель MAPED &amp;quot;Fluo Pep&amp;#39;s Classic&amp;quot; предназначен для любого типа бумаги, бумаги для факса и компьютерных распечаток, в том числе, отпечатанных на лазерных и струйных принтерах. Классический текстовыделитель &amp;quot;Fluo Pep&amp;#39;s Classic&amp;quot; развивает визуальную память, привлекает внимание к разделам текста и позволяет структурировать информацию. Зеленые чернила яркие и насыщенные, обладают высоким уровнем светостойкости.Корпус сделан из высококачественного пластика. Отличительной особенностью серия является корпус в цвет чернил, снабженный черным колпачком с клипом. Зона захвата снабжена оригинальным рифлением для комфортного использования - препятствует скольжению пальцев прии письме. Скошенный наконечник позволяет провести линию письма толщиной 1-5 мм.</t>
   </si>
   <si>
     <t>386258</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/3cb/5xee36xq7kxi2xl7fw5iq42igtr9nojk.jpg</t>
-[...8 lines deleted...]
-    <t>386288</t>
+    <t>http://anytos.ru//upload/iblock/d96/nns0qxsta8qslfv3ls2pj6mkvfjx87fc.jpg</t>
+  </si>
+  <si>
+    <t>Текстмаркер STAFF  quot;STICK quot;, ОРАНЖЕВЫЙ, прямоугольный корпус, скошенный наконечник, 1-4 мм</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF College &amp;quot;STICK HL-497&amp;quot; облегчает работу с документацией и запоминание основных фрагментов. Текстовыделитель оранжевого цвета обладает плоской формой корпуса диаметром 18 мм. Корпус тектовыделителя оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 4 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе использования. Изделие не перезаправляется. Колпачок с клипом и соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>386287</t>
   </si>
   <si>
     <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/dab/zxjkqglbhctq230g1upnb6t85j1vg634.jpg</t>
-[...8 lines deleted...]
-    <t>386304</t>
+    <t>http://anytos.ru//upload/iblock/e47/jpx8nsrc9xytxrmuizijznzochm0miav.jpg</t>
+  </si>
+  <si>
+    <t>Текстмаркеры BRAUBERG, НАБОР 3 шт., АССОРТИ,  quot;Contract quot;, классические, скошенный наконечник 1-5 мм, 150395</t>
+  </si>
+  <si>
+    <t>Текстовыделители BRAUBERG &amp;quot;Contract&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. 3 неоновых цвета в наборе: желтый, зеленый, розовый Скошенный наконечник имеет толщину линии письма от 1 до 5 мм. Текстовыделители обладают продленной линией письма и экономным расходом чернил. Светоустойчивые чернила не выцветают даже на открытом солнце и не заметны при передаче текста по факсу. Колпачок с клипом и соответствует цвету чернил. Пластиковый корпус имеет диаметр 26 мм.</t>
+  </si>
+  <si>
+    <t>386305</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/13e/dv74plrlicdmw915j8lh1thirpsvac7y.jpg</t>
   </si>
   <si>
     <t>Текстмаркеры BRAUBERG, НАБОР 4 шт., АССОРТИ,  quot;Contract quot;, классические, скошенный наконечник 1-5 мм, 150394</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;Contract&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. 4 неоновых цвета в наборе: желтый, зеленый, розовый, голубой. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм. Текстовыделители обладают продленной линией письма и экономным расходом чернил. Светоустойчивые чернила не выцветают даже на открытом солнце и не заметны при передаче текста по факсу. Колпачок с клипом и соответствует цвету чернил. Форма корпуса пластиковая, диаметр которого 26 мм.</t>
   </si>
   <si>
     <t>386307</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/453/4rkil4fy9shanjxapq64pf8fvwg2sm2w.jpg</t>
   </si>
   <si>
     <t>Текстмаркеры BRAUBERG, НАБОР 4 шт., АССОРТИ,  quot;FLUO quot;, прозрачный корпус, скошенный наконечник 1-5 мм, 150403</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;FLUO&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. 4 неоновых цвета в наборе: желтый, зеленый, оранжевый, голубой. Плоская форма корпуса диаметром 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделители обладают продленной линией письма и экономным расходом чернил. Светоустойчивые чернила не выцветают даже на открытом солнце и не заметны при передаче текста по факсу. Колпачок с клипом и соответствует цвету чернил.</t>
   </si>
   <si>
     <t>386309</t>
   </si>
@@ -1253,107 +1265,110 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ad3/efn13l7vwd3yihhfxv9s37jhcl4bphur.jpg</t>
   </si>
   <si>
     <t>Текстмаркеры STAFF, НАБОР 4 шт., АССОРТИ,  quot;STICK quot;, скошенный наконечник, 1-4 мм</t>
   </si>
   <si>
     <t>Текстовыделители STAFF &amp;quot;College&amp;quot; &amp;quot;STICK&amp;quot; облегчает работу с документацией и запоминание основных фрагментов. 4 неоновых цвета в наборе: желтый, зеленый, оранжевый, розовый. Плоская форма корпуса диаметром 18 мм. Корпус тектовыделителя оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 4 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе использования. Изделие не перезаправляется. Колпачок с клипом и соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>386321</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/013/xyi474p5bxzpvl4brnwfdra7g5kuwxrk.jpg</t>
   </si>
   <si>
     <t>Текстмаркеры STAFF, НАБОР 4 шт., АССОРТИ, скошенный наконечник, 1-5 мм, 151243</t>
   </si>
   <si>
     <t>Текстовыделители STAFF &amp;quot;EVERYDAY&amp;quot; облегчают работу с документацией и запоминание основных фрагментов. 4 неоновых цвета в наборе: желтый, зеленый, оранжевый, розовый. Плоская форма корпуса диаметром 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе использования. Изделие не перезаправляется. Колпачок с клипом и соответствует цвету чернил.</t>
   </si>
   <si>
     <t>386323</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/40c/1tx7u44nalzs8615tdmft820u21cbxdv.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстов. CENTROPEN FLEXI SOFT пастель 1-5 мм фиол. скошенный. 8542 1-57</t>
+  </si>
+  <si>
+    <t>Текстовыделитель с мягким наконечником. Пигментные чернила пастельных цветов устойчивые к ультрафиолетовому воздействию. Ширина пишущей линии 1-5 мм.</t>
+  </si>
+  <si>
+    <t>405050</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/4db/cso56kfj2p03qlmta6vqmdhb4w6w9dgy.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель STAFF, РОЗОВЫЙ, линия 1-3 мм, 151241</t>
   </si>
   <si>
     <t>Текстовыделитель STAFF &amp;quot;Manager&amp;quot; облегчает работу с документацией и запоминание основных фрагментов. Текстовыделитель розового цвета обладает круглой формой корпуса диаметром 12 мм. Корпус тектовыделителя оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 3 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе использования. Изделие не перезаправляется. Корпус с колпачком соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>426761</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5ff/n2zy36bvacgf5sypz82ol0fup5mexlns.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель STAFF, ГОЛУБОЙ, линия 1-3 мм, 151242</t>
   </si>
   <si>
     <t>Текстовыделитель STAFF &amp;quot;Manager&amp;quot; облегчает работу с документацией и запоминание основных фрагментов. Текстовыделитель голубого цвета обладает круглой формой корпуса диаметром 12 мм. Корпус тектовыделителя оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 3 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе использования. Изделие не перезаправляется. Корпус с колпачком соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>426762</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d22/kiya3g3qa0maecodzw83no13135emma3.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей STAFF 4 шт., АССОРТИ, линия 1-3 мм, 151244</t>
   </si>
   <si>
     <t>Текстовыделители STAFF &amp;quot;Manager&amp;quot; облегчает работу с документацией и запоминание основных фрагментов. 4 неоновых цвета в наборе: желтый, зеленый, оранжевый, розовый. Круглая форма корпуса диаметром 12 мм. Корпус тектовыделителя оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 3 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе использования. Изделие не перезаправляется. Корпус с колпачком соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>426763</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/8a6/p8mcv526jnbgstuyh8pq0iflvv02xr99.jpg</t>
-[...2 lines deleted...]
-    <t>Текстовыделитель Berlingo  quot;HP200 quot;, пастельный цвет, ваниль, 1-5мм</t>
+    <t>http://anytos.ru//upload/iblock/037/0374ec935f5c69ba4b3125ea31a53950.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Berlingo  quot;HP200 quot;, пастельный цвет, мята, 1-5мм</t>
   </si>
   <si>
     <t>Текстовыделитель &amp;quot;Berlingo&amp;quot; предназначен для маркировки текста на всех типах бумаги. Стильный дизайн, эргономичный корпус. Колпачок в цвет чернил. Скошенный пишущий узел позволяет варьировать ширину письма от 1 до 5мм. Удобный клип. Пастельные чернила на водной основе. Упакованы в дисплей-бокс по 12 шт.</t>
   </si>
   <si>
-    <t>427488</t>
-[...7 lines deleted...]
-  <si>
     <t>427489</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d12/d1223b6c991013202089bc47471cc4f8.jpeg</t>
   </si>
   <si>
     <t>Текстовыделитель Berlingo  quot;HP200 quot;, пастельный цвет, абрикос, 1-5мм</t>
   </si>
   <si>
     <t>427490</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f6e/utc1qs35brczym7s4l45g15mqi23ense.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Berlingo  quot;HP200 quot;, пастельный цвет, фламинго, 1-5мм</t>
   </si>
   <si>
     <t>427491</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c71/c710457a22bce7d5c354137991f4e7c4.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор текстовыделителей Centropen  quot;Flexi 8542 quot; 4 пастельных цв., 1-5мм, гибкий пишущий узел, футляр </t>
@@ -1508,134 +1523,92 @@
   <si>
     <t>Текстовыделитель Schneider  quot;Job quot; пастельный ванильный, 1-5мм</t>
   </si>
   <si>
     <t>433308</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/70c/70cd1b67836cccaa7833b92275ec2974.jpeg</t>
   </si>
   <si>
     <t>Текстовыделитель Schneider  quot;Job quot; пастельный персиковый, 1-5мм</t>
   </si>
   <si>
     <t>433309</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ded/ded9232eb82f61c55db8ff20997b5d02.jpeg</t>
   </si>
   <si>
     <t>Текстовыделитель Schneider  quot;Job quot; пастельный розовый, 1-5мм</t>
   </si>
   <si>
     <t>433310</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/df5/df5a428507924fa10cfb862dbaeaca44/227d40cc4fa8e001ad28da4003ded22c.jpg</t>
-[...28 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/015/015caf7a919248634aaae22259461f15.jpeg</t>
   </si>
   <si>
     <t>Текстовыделитель Faber-Castell  quot;48 quot; желтый, 1-5мм</t>
   </si>
   <si>
     <t>447038</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/796/79663a086a1bc53b4be87911e7f57dbd.jpeg</t>
   </si>
   <si>
     <t>Текстовыделитель Faber-Castell  quot;48 quot; зеленый, 1-5мм</t>
   </si>
   <si>
     <t>447039</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/79e/xnak4364uecj3utqmn3hsqcc4q67u6l9.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста EDDING E-345 12 сер 1-5мм</t>
   </si>
   <si>
     <t>Маркер выделитель текста EDDING E-345/12 сер 1-5мм</t>
   </si>
   <si>
     <t>458584</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/54b/7ll7p9gpeoj0z2cvr8qqh2ap19aaxabz.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor  quot;Pasteliter quot; пастельный, цвет лаванда 1-5мм</t>
   </si>
   <si>
     <t>Пастельный текстовыделитель Luxor &amp;quot;Pasteliter&amp;quot; обеспечивает мягкое письмо. Пастельный цвет подходит для тех, кто любит приглушенные цвета линий. Чернила на водной основе быстро сохнут и не оставляют разводов. Скошенный наконечник позволяет варьировать ширину линии письма от 1 до 5 мм. Цвет чернил - лаванда.</t>
   </si>
   <si>
     <t>469177</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/6c4/6c4a7b9f57d4e32413a25874cb6cc28d.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/a63/a632af928498f342412b170c1c03de84/281745ae0b26b15dfdd8bc8b384eb0ce.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Crown  quot;Multi Hi-Lighter quot; голубой, 1-4мм</t>
   </si>
   <si>
     <t>Текстовыделитель Crown &amp;quot;Multi Hi-Lighter&amp;quot;. Яркий неоновый цвет подходит для выделения в тексте, ежедневнике, тетради.&amp;nbsp;&amp;nbsp;Сделает акценты на самые важные моменты.&amp;nbsp;&amp;nbsp;Прочный фибровый наконечник не западает в корпус и сохраняет форму на протяжении всего срока службы текстовыделителя.&amp;nbsp;&amp;nbsp;Текстовыделитель&amp;nbsp;&amp;nbsp;до 5 дней не высыхает без колпачка,&amp;nbsp;&amp;nbsp;а при закрытом колпачке в течении 30 минут полностью восстанавливает свои свойства!&amp;nbsp;&amp;nbsp;Обладает светостойкими чернила, которые до 5 недель не выгорают на солнце.&amp;nbsp;&amp;nbsp;Скошенный пишущий узел позволяет наносить линии толщиной от 1 до 4 мм. Цвет чернил - голубой. Почувствуй лето круглый год вместе с текстовыделителями Crown!</t>
   </si>
   <si>
     <t>560815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3a/a3a41a9ad4217ed5c862c96146eabd73/9ef31cf4aa7631165c186b527a2166d8.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей двухсторонних Crown  quot;Multi Hi-Lighter Twin quot; 3шт., 6цв., 3 2мм, блистер</t>
   </si>
   <si>
     <t>Набор двухсторонних текстовыделителей Crown &amp;quot;Multi Hi-Lighter Twin&amp;quot; - шесть ярких цвета в одном наборе.&amp;nbsp;&amp;nbsp;Яркие неоновые цвета подходят для выделения в тексте, ежедневнике, тетради.&amp;nbsp;&amp;nbsp;Сделает акценты на самые важные моменты.&amp;nbsp;&amp;nbsp;Прочный фибровый наконечник не западает в корпус и сохраняет форму на протяжении всего срока службы текстовыделителя.&amp;nbsp;&amp;nbsp;Текстовыделитель&amp;nbsp;&amp;nbsp;до 5 дней не высыхает без колпачка,&amp;nbsp;&amp;nbsp;а при закрытом колпачке в течении 30 минут полностью восстанавливает свои свойства!&amp;nbsp;&amp;nbsp;Светостойкие чернила до 5 недель не выгорают на открытом солнце.&amp;nbsp;&amp;nbsp;Скошенный пишущий узел позволяет наносить линии толщиной от 2 до 3 мм.&amp;nbsp;&amp;nbsp;Яркие неоновые цвета: желтый/фиолетовый, оранжевый/зеленый, розовый/голубой.&amp;nbsp;&amp;nbsp; Почувствуй лето круглый год вместе с текстовыделителями Crown!</t>
   </si>
   <si>
     <t>560816</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b79/b7924a9b8835313e668e5b8cd2037dac/152818b9e9debdd6052a0d42a03e32d7.jpg</t>
@@ -1760,155 +1733,140 @@
   <si>
     <t>Текстовыделитель Schneider  quot;Job quot; желтый, 1-5мм</t>
   </si>
   <si>
     <t>560837</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/caf/caf7c4b7a1b54a110278d8e96b7e7c6c/bcc29d665794c04eb05b0a2d525058c7.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Schneider  quot;Job quot; оранжевый, 1-5мм</t>
   </si>
   <si>
     <t>560838</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9e/e9ef340432d82810f679439345e39bd8/ab53294c2ec0af923078cdbe897700d7.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Schneider  quot;Job quot; розовый, 1-5мм</t>
   </si>
   <si>
     <t>560839</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c4a/xjasx9mnnocnl8uzgsm45vhm54n2y4na.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей STAFF  quot;EVERYDAY quot;, 4 шт., АССОРТИ, скошенный наконечник 1-5 мм, 151643</t>
+  </si>
+  <si>
+    <t>Классические текстмаркеры STAFF &amp;quot;Everyday&amp;quot; предназначены для работы на всех типах бумаги. 4 неоновых цвета в наборе: желтый, зеленый, оранжевый, розовый. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм - широкая часть удобна для выделения текста, а тонкая – для подчеркивания. Светоустойчивые чернила не выцветают даже на открытом солнце. Чернила на водной основе быстро сохнут и не оставляют разводов. Цвет корпуса соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>564727</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f52/xoz7r06ut68kw611o5rzob303rntuh8q.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель STAFF EVERYDAY, ЛИМОННЫЙ, скошенный наконечник, 1-5 мм, 151638</t>
   </si>
   <si>
     <t>Классический текстмаркер STAFF &amp;quot;Everyday HL-638&amp;quot; предназначен для работы на всех типах бумаги. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм - широкая часть удобна для выделения текста, а тонкая – для подчеркивания. Светоустойчивые чернила не выцветают даже на открытом солнце. Чернила на водной основе быстро сохнут и не оставляют разводов. Цвет корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>565612</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c1e/c1ee646b94e1c21e6be1a8a156e5cfc7/2f190b6e202de3e7ce715f8c20153aec.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Colored 1-5мм набор 3цв</t>
   </si>
   <si>
     <t>586091</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/658/658901891ea072a82daa25592fccffbf/f62706e1d6497a8928dc916bab09420a.jpg</t>
   </si>
   <si>
     <t>Маркер выделитель текста Attache Economy Uno 1-4мм набор 4цв.</t>
   </si>
   <si>
     <t>586092</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/acf/acf33e1ab70a624bf290516503bade8c/89a0d864cb16712f4329b46873016c32.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Berlingo  quot;Textline HL500 quot;, 6цв., 1-5мм, чехол с европодвесом</t>
   </si>
   <si>
     <t>Флуоресцентные чернила на водной основе. В наборе 4 цвета &amp;#40;розовый, оранжевый, желтый, зеленый, синий, фиолетовый&amp;#41;. Подходят для работы на всех типах бумаги.</t>
   </si>
   <si>
     <t>588425</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e95/e95fd731e33f298ed4af87c400a9f5ab/2e83de9b21804bdfae78b955a537e471.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Berlingo  quot;Textline HL300 quot;, 4цв., 1-5мм, европодвес</t>
   </si>
   <si>
     <t>Набор текстовыделителей, 4 цвета: жёлтый, зелёный, голубой, розовый. Флуоресцентные чернила на водной основе. Выполнены в оригинальном корпусе графитового цвета с сочетанием матовых и глянцевых поверхностей. Яркие элементы колпачка и нанесение соответствуют цвету чернил. Длина непрерывной линии письма - 300 метров. Скошенный наконечник с толщиной линии от 1 до 5 мм. Удобная упаковка - ПВХ-пакет с европодвесом.</t>
   </si>
   <si>
     <t>607509</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d3/0d3936af4d0958753ee6ffd8002e8951/de120be78e0c41f2e35f8826da0641f2.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Berlingo  quot;Textline HL300 quot;, голубой, 1-5мм</t>
   </si>
   <si>
     <t>Текстовыделители с флуоресцентными чернилами на водной основе. Выполнены в оригинальном корпусе графитового цвета с сочетанием матовых и глянцевых поверхностей. Яркие элементы колпачка и нанесение соответствуют цвету чернил. Длина непрерывной линии письма - 300 метров. Скошенный наконечник с толщиной линии от 1 до 5 мм. Цвет чернил - голубой. Упакованы в картонную коробку-дисплей по 12 штук.</t>
   </si>
   <si>
     <t>607514</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/70c/70cee9ebd2ee2b4e1caa673026a6725d/e49b1cc808e00c21dd1a39d2221b6a39.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/999/9997cbf70326bd662973743c29cf4e4b/df3991b300a0a8e54499f4374735e939.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Berlingo  quot;Textline HL300 quot;, зеленый, 1-5мм</t>
   </si>
   <si>
     <t>Текстовыделители с флуоресцентными чернилами на водной основе. Выполнены в оригинальном корпусе графитового цвета с сочетанием матовых и глянцевых поверхностей. Яркие элементы колпачка и нанесение соответствуют цвету чернил. Длина непрерывной линии письма - 300 метров. Скошенный наконечник с толщиной линии от 1 до 5 мм. Цвет чернил - зелёный. Упакованы в картонную коробку-дисплей по 12 штук.</t>
   </si>
   <si>
     <t>607516</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/309/30927fa58a0fb503365b505bc038b618/1e33f322db6489382112a36eb8ef8148.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1b5/1b575fb6372fe2f48550d08597beb874/a4bbebb438a9c587e72314e1b287d1c7.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Crown  quot;Multi Hi-Lighter quot; желтый, 1-4мм</t>
   </si>
   <si>
     <t>Текстовыделитель Crown &amp;quot;Multi Hi-Lighter&amp;quot;. Яркий неоновый цвет подходит для выделения в тексте, ежедневнике, тетради.&amp;nbsp;&amp;nbsp;Сделает акценты на самые важные моменты.&amp;nbsp;&amp;nbsp;Прочный фибровый наконечник не западает в корпус и сохраняет форму на протяжении всего срока службы текстовыделителя.&amp;nbsp;&amp;nbsp;Текстовыделитель&amp;nbsp;&amp;nbsp;до 5 дней не высыхает без колпачка,&amp;nbsp;&amp;nbsp;а при закрытом колпачке в течении 30 минут полностью восстанавливает свои свойства!&amp;nbsp;&amp;nbsp;Обладает светостойкими чернила, которые до 5 недель не выгорают на солнце.&amp;nbsp;&amp;nbsp;Скошенный пишущий узел позволяет наносить линии толщиной от 1 до 4 мм. Цвет чернил - желтый. Почувствуй лето круглый год вместе с текстовыделителями Crown!</t>
   </si>
   <si>
     <t>607524</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/90b/90bdf4265382ee57698f60ff26fd8a06.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Luxor  quot;Textliter quot; 4цв., 1-4,5мм, чехол с европодвесом</t>
   </si>
   <si>
     <t>Набор текстовыделителей Luxor Textliter - четыре ярких маркера в одном наборе.&amp;nbsp;&amp;nbsp;Яркие неоновые текстовыделители подходят для выделения в тексте, ежедневнике, тетради.&amp;nbsp;&amp;nbsp;Сделает акценты на самые важные моменты.&amp;nbsp;&amp;nbsp;Прочный фибровый наконечник не западает в корпус и сохраняет форму на протяжении всего срока службы текстовыделителя.&amp;nbsp;&amp;nbsp;Текстовыделить до 5 дней не высыхает без колпачка,&amp;nbsp;&amp;nbsp;а при закрытом колпачке в течение 30 минут полностью восстанавливает свои свойства!&amp;nbsp;&amp;nbsp;Обладает светостойкими чернилами на водной основе, которые быстро высыхают и не размывают текст Скошенный пишущий узел позволяет варьировать толщину линии письма от 1 до 4,5 мм.&amp;nbsp;&amp;nbsp;Яркие неоновые цвета: желтый, оранжевый, зеленый, розовый.&amp;nbsp;&amp;nbsp; Почувствуй лето круглый год вместе с текстовыделителями Textliter!</t>
   </si>
   <si>
     <t>618427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d90/wyny9hdpljn8d030g3kw76off7bbdww4.jpg</t>
@@ -1937,182 +1895,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7b4/u2qa3stp95w0zkkbde9e9l1buj41ch8h.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG  quot;DELTA PASTEL quot;, МЯТА, линия 1-5 мм, 151730</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG &amp;quot;DELTA PASTEL&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель мятного цвета имеет овальную форму корпуса, диаметр которого 25 мм. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса текстовыделителя соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628379</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e7/87ru6jnka245ibto0m1mogt1ehkg1n32.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG  quot;DELTA PASTEL quot;, ПАСТЕЛЬНЫЙ РОЗОВЫЙ, линия 1-5 мм, 151731</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG &amp;quot;DELTA PASTEL&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель пастельного розового цвета имеет овальную форму корпуса, диаметр которого 25 мм. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса текстовыделителя соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628380</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/a8a/icq69lizk83u1lvz40k0jsnd0ruafd8k.jpg</t>
-[...20 lines deleted...]
-    <t>628384</t>
+    <t>http://anytos.ru//upload/iblock/83c/yrqxdphaa2e5j0wxtmm5vxa46gxqtoky.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель BRAUBERG  quot;DELTA quot;, РОЗОВЫЙ, линия 1-5 мм, 151721</t>
+  </si>
+  <si>
+    <t>Текстовыделитель BRAUBERG &amp;quot;DELTA&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель розового цвета имеет овальную форму корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Светоустойчивые чернила быстро впитываются, предотвращая размазывание в процессе использования, и не выцветают даже на открытом солнце. Цвет колпачка и корпуса текстовыделителя соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>628386</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d7/ye7xk0n7y3iu1d5m9gdm9znq0tb3n08h.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG  quot;ORIGINAL PASTEL quot;, БИРЮЗОВЫЙ, линия 1-5 мм, 151694</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG &amp;quot;ORIGINAL PASTEL&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель бирюзового цвета имеет плоскую форму корпуса, диаметр которого 25 мм. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет клипа и корпуса текстовыделителя соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628400</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0da/79jwz2oqjv4cmqe1rx3m6pm2zpi65i1s.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG  quot;ORIGINAL PASTEL quot;, ЛАВАНДОВЫЙ, линия 1-5 мм, 151695</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG &amp;quot;ORIGINAL PASTEL&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель лавандового цвета имеет плоскую форму корпуса, диаметр которого 25 мм. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет клипа и корпуса текстовыделителя соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/095/c0759zy6qaqmseg094nlzosy321wa9lb.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG  quot;ORIGINAL PASTEL quot;, МЯТА, линия 1-5 мм, 151692</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG &amp;quot;ORIGINAL PASTEL&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель мятного цвета имеет плоскую форму корпуса, диаметр которого 25 мм. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет клипа и корпуса текстовыделителя соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628403</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/09e/hsblhf2v2tuouhpq7ay69i12ufghrljh.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG  quot;ORIGINAL PASTEL quot;, ПАСТЕЛЬНЫЙ РОЗОВЫЙ, линия 1-5 мм, 151693</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG &amp;quot;ORIGINAL PASTEL&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель пастельного розового цвета имеет плоскую форму корпуса, диаметр которого 25 мм. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет клипа и корпуса текстовыделителя соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628404</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/7dc/r24mw5knb7uiomxdmngiz9be9yo0wrgi.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/bdb/ypzfqd30w5vntymesig9vd7hbg78x73z.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG  quot;ORIGINAL quot;, ЗЕЛЕНЫЙ, линия 1-5 мм, 151682</t>
   </si>
   <si>
     <t>Текстовыделитель BRAUBERG &amp;quot;ORIGINAL&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель зеленого цвета имеет плоскую форму корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет клипа текстовыделителя соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628408</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b87/6mk6ogr48saikzw92ydz12dqtw69k0m5.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/3c3/dhn975ld5qaiifrfyuynvl7w2l0janz4.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей BRAUBERG 4 шт., АССОРТИ,  quot;DELTA PASTEL quot;, линия 1-5 мм, 151735</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;DELTA PASTEL&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе четыре пастельных цвета: ванильный, мятный, пастельный розовый и бирюзовый. Овальная форма корпуса диаметром 25 мм. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса текстовыделителя соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628421</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ab9/dae4s29he3xxtyiebvk98nu2nzceu591.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей BRAUBERG 4 шт., АССОРТИ,  quot;DELTA quot;, линия 1-5 мм, 151727</t>
+  </si>
+  <si>
+    <t>Текстовыделители BRAUBERG &amp;quot;DELTA&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе четыре неоновых цвета: желтый, зеленый, голубой, розовый. Овальная форма корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами.&amp;nbsp;&amp;nbsp;Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Светоустойчивые чернила быстро впитываются, предотвращая размазывание в процессе использования, и не выцветают даже на открытом солнце. Цвет колпачка и корпуса соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>628422</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/5a4/yf8dpenb3ky6s478eoyvjapbv04arrar.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей BRAUBERG 4 шт., АССОРТИ,  quot;ORIGINAL PASTEL quot;, линия 1-5 мм, 151697</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;ORIGINAL PASTEL&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе четыре пастельных цвета: ванильный, мятный, пастельный розовый и бирюзовый. Плоская форма корпуса, диаметр которого 25 мм. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет клипа и корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628423</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/83d/dghycoe8emlmrwdbhlzgwqjjlys0n9d8.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей BRAUBERG 4 шт., АССОРТИ,  quot;ORIGINAL quot;, линия 1-5 мм, 151689</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;ORIGINAL&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе четыре неоновых цвета: желтый, зеленый, розовый, голубой. Плоская форма корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет клипа соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628424</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/769/myfg0dv1h9m15yw5yo8758ycqrdd1ao5.jpg</t>
@@ -2141,62 +2063,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/873/n6a20a1pb0fhv2xzva7ocgyvklgvhkns.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей BRAUBERG 6 шт., АССОРТИ,  quot;DELTA PASTEL quot;, линия 1-5 мм, 151736</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;DELTA PASTEL&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе шесть пастельных цветов: ванильный, мятный, пастельный розовый, персиковый, лавандовый и бирюзовый. Овальная форма корпуса, диаметр которого 25 мм. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628427</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d0/vg2c9vqlrk2tipe7vyqydk3s1uexzhzx.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей BRAUBERG 6 шт., АССОРТИ,  quot;DELTA quot;, линия 1-5 мм, 151728</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;DELTA&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе шесть неоновых цветов: желтый, зеленый, голубой, розовый, оранжевый, фиолетовый. Овальная форма корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами.&amp;nbsp;&amp;nbsp;Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Светоустойчивые чернила быстро впитываются, предотвращая размазывание в процессе использования, и не выцветают даже на открытом солнце. Цвет колпачка и корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628428</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cff/b41ed1xo57wx621tqjm8jmmt0i0tsk6r.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/15c/5fwayiq07himqmt9ug53013dys19uigh.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей BRAUBERG 6 шт., АССОРТИ,  quot;ORIGINAL quot;, линия 1-5 мм, 151690</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;ORIGINAL&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе шесть неоновых цветов: желтый, зеленый, голубой, розовый, оранжевый, фиолетовый. Плоская форма корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет клипа соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628430</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/090/09ijm6adqe140g7gjgnrb6qhgrap2pny.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей BRAUBERG 6 шт., АССОРТИ,  quot;SUPER PASTEL quot;, прорезиненный корпус, линия 1-5 мм, 151757</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;EXTRA PASTEL&amp;quot; предназначены для выделения текста на бумаге любого типа. В наборе шесть пастельных цветов: ванильный, мятный, пастельный розовый, лавандовый, персиковый и бирюзовый. Особый пастельный оттенок создает мягкие переходы и позволяет равномерно выделить текст. Плоская форма корпуса, диаметр которого 25 мм. Резиновые вставки обеспечивают эргономичную зону захвата, предотвращая скольжение в процессе использования. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание. Цвет корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628431</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f23/wmxfc153auhf367bmf7ifsp2z8gdp2kt.jpg</t>
@@ -2225,50 +2135,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/13c/lsous3otah0b4isble22e60jh52f664p.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей BRAUBERG 12 шт., АССОРТИ,  quot;SUPER quot;, прорезиненный корпус, линия 1-5 мм, 151758</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;EXTRA&amp;quot; предназначены для выделения текста на бумаге любого типа. В наборе 12 цветов:– 6 неоновых цветов: фиолетовый, голубой, зеленый, желтый, оранжевый, розовый; – 6 пастельных цветов: лавандовый, бирюзовый, мятный, ванильный, персиковый, пастельный розовый. Неоновый цвет позволяет ярко выделить важное в тексте, в то время как особый пастельный оттенок создает мягкие переходы и равномерно подчеркивает необходимую информацию. В комплекте подставка длиной 21 см, которая позволяет удобно расположить набор на столе и обеспечить быстрый доступ к каждому текстовыделителю. Овальная форма корпуса, диаметр которого 25 мм. Резиновые вставки обеспечивают эргономичную зону захвата, предотвращая скольжение в процессе использования. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание. Цвет корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>628436</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f1/2f1e8ef653142154ac6ade52d3dea905.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Berlingo  quot;Textline HL450 quot;, зеленый, 0,5-4мм.</t>
   </si>
   <si>
     <t>Текстовыделители Berlingo Textline HL450 - жемчужина ассортимента ТМ Berlingo. Прозрачный пишущий узел, выполненный из специального PMMA пластика, позволяет видеть необходимый текст и точно позиционировать выделитель. Корпус модели выполнен в оригинальном дизайне Modern в цвет чернил. Прозрачный колпачок позволяет легко увидеть ключевую особенность модели, а удобный пластиковый клип - закрепить текстовыделитель на кармане, папке, ежедневнике или блокноте.&amp;nbsp;&amp;nbsp;Упакованы текстовыделители в прозрачный пластиковый пенал, наглядно демонстрирующий все преимущества модели. Каждый пенал дополнительно оснащен европодвесом.&amp;nbsp;&amp;nbsp;- Цвет чернил: зеленый - Толщина линии: 0,5-4 мм - Длина письма: 300 м. - Количество штук в упаковке: 12 - Тип упаковки: пластиковый пенал</t>
   </si>
   <si>
     <t>634191</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/e6d/e6d27e148aab829f685c90c778234c43.jpg</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING 345 5 желтый 2-5 мм, блистер</t>
+  </si>
+  <si>
+    <t>Маркер выделитель текста EDDING 345/5 желтый 2-5 мм, блистер</t>
+  </si>
+  <si>
+    <t>634298</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/32a/4avcmqgvkayyn1rsnhcophctidc9nf32.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель ЮНЛАНДИЯ  quot;НЕОНЧИКИ quot;, мини, АССОРТИ В ПЛАСТИКОВОЙ БАНКЕ, линия 1-5 мм, 151766</t>
   </si>
   <si>
     <t>Текстовыделители ЮНЛАНДИЯ &amp;quot;НЕОНЧИКИ&amp;quot; предназначены для выделения текста на бумаге любого типа. Текстовыделители неоновых цветов: желтый, зеленый, розовый, оранжевый, голубой, имеют овальную форму корпуса, диаметр которого 30 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса текстовыделителя соответствует цвету чернил.</t>
   </si>
   <si>
     <t>636843</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/429/4292dd3bc3012bf934df028f52d2bcbd.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель ЮНЛАНДИЯ  quot;COLORSTAR PASTEL quot;, БИРЮЗОВЫЙ, линия 1-4 мм, 151713</t>
   </si>
   <si>
     <t>Текстовыделитель ЮНЛАНДИЯ &amp;quot;COLORSTAR PASTEL&amp;quot; предназначен для выделения текста на бумаге любого типа. Текстовыделитель бирюзового цвета имеет плоскую форму корпуса, диаметр которого 18 мм. Особый пастельный оттенок создает мягкие переходы и равномерно подчеркивает необходимую информацию. Скошенный наконечник имеет толщину линии письма от 1 до 4 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 350 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса соответствует цвету чернил.</t>
@@ -2339,194 +2261,206 @@
   <si>
     <t>http://anytos.ru//upload/iblock/177/ceerzqpfxboz5d5v87n400lx64c1o43f.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей ЮНЛАНДИЯ 6 шт., АССОРТИ,  quot;COLORSTAR quot;, линия 1-4 мм, 151709</t>
   </si>
   <si>
     <t>Текстовыделители ЮНЛАНДИЯ &amp;quot;COLORSTAR&amp;quot; предназначены для выделения текста на бумаге любого типа. В наборе шесть неоновых цвета: желтый, зеленый, розовый, голубой, фиолетовый и оранжевый. Плоская форма корпуса, диаметр которого 18 мм. Неоновый цвет позволяет ярко выделить важное в тексте. Скошенный наконечник имеет толщину линии письма от 1 до 4 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 350 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет колпачка и корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>652492</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3fc/3fc81c27dd4dec0c0ed698a4a2260e32.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей ЮНЛАНДИЯ 12 шт., АССОРТИ,  quot;COLORSTAR quot;, линия 1-4 мм, 151718</t>
   </si>
   <si>
     <t>Текстовыделители ЮНЛАНДИЯ &amp;quot;COLORSTAR&amp;quot; предназначены для выделения текста на бумаге любого типа. В наборе 6 неоновых цветов: фиолетовый, голубой, зеленый, желтый, оранжевый, розовый; 6 пастельных цветов: лавандовый, бирюзовый, мятный, ванильный, персиковый, пастельный розовый. Неоновый цвет позволяет ярко выделить важное в тексте, в то время как особый пастельный оттенок создает мягкие переходы и равномерно подчеркивает необходимую информацию. Плоская форма корпуса, диаметр которого 18 мм. Скошенный наконечник имеет толщину линии письма от 1 до 4 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 350 метров. Чернила быстро впитываются и тем самым предотвращают размазывание. Цвет колпачка и корпуса соответствует цвету чернил.Удобная подставка для хранения в комплекте.</t>
   </si>
   <si>
     <t>652494</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/eae/dxn3h4dza23t41guzv0is2uspf0r2msp.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер Erich Krause Visioline Mini Spring, цвет чернил голубой  в коробке-дисплее по 10 шт. </t>
+  </si>
+  <si>
+    <t>Новая версия популярной серии текстовыделителей Visioline Mini в полупрозрачном корпусе. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 5.2 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 380 м.</t>
+  </si>
+  <si>
+    <t>696399</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/359/tul2s3164q18qdnhbejbdxhgaa1fcn8p.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline Mini Spring, цвет чернил зеленый  в коробке-дисплее 10 шт. </t>
   </si>
   <si>
-    <t>Новая версия популярной серии текстовыделителей Visioline Mini в полупрозрачном корпусе. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 5.2 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 380 м.</t>
-[...1 lines deleted...]
-  <si>
     <t>696400</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/85e/5sxqk2mnc596yuf2rwbd8r0fix752f2r.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline Mini Spring, цвет чернил розовый  в коробке-дисплее по 10 шт. </t>
   </si>
   <si>
     <t>696401</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/365/dhdwb04uw4cxcr8u3dvkgofdykgzff6e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline Mini, цвет чернил желтый  в коробке-дисплее по 10 шт. </t>
   </si>
   <si>
     <t>Новый удобный мини-формат популярной серии Visioline. Забавные смайлики на маркерах понравятся как офисным сотрудникам, так и школьникам. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 5.2 мм удобно для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 380 м.</t>
   </si>
   <si>
     <t>696402</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/443/vjxx6hcg0nhlzpl9nl2svesw37mio772.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline Mini, цвет чернил зеленый  в коробке-дисплее 10 шт. </t>
   </si>
   <si>
     <t>696403</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5f4/inelv9hdq1onixpr1eqpp7x52w8yvpmr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline Mini, цвет чернил розовый  в коробке-дисплее по 10 шт. </t>
   </si>
   <si>
     <t>696404</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b25/dg60ugsaytt8maf8mtxexr0zzk8et7p2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер Erich Krause Visioline Mini, цвет чернил: желтый, зеленый, розовый, голубой  в футляре по 4 шт. </t>
+  </si>
+  <si>
+    <t>696405</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/dd6/w3coy3ash4kwr8rysdezsfr5cupdl03d.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-15, цвет чернил голубой  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Текстмаркер от Эрих Краузе. Ширина письма 0.56 - 4.0 мм. Наконечник скошенной формы, устойчив к истиранию. Чернила на водной основе. Нетоксичный. Длина письма - 848 м.</t>
   </si>
   <si>
     <t>696406</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bf/m2z4jgualwkb4s4h858o5bj6x45d0stq.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-15, цвет чернил желтый  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>696407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/25e/y5tq55d8faz1vpjnyovu1lrsw4lxj6h3.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-12, цвет чернил зеленый  в коробке-дисплее по 10 шт. </t>
   </si>
   <si>
     <t>Текстмаркер от Эрих Краузе. Ширина письма 0.6 - 5.2 мм. Наконечник скошенной формы, устойчив к истиранию. Флуоресцентные чернила на водной основе. Нетоксичный. Длина письма - 655 м.</t>
   </si>
   <si>
     <t>696408</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/196/a117ydwj0drxhi683skynjkzs9tu3xq0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-12, цвет чернил оранжевый  в коробке-дисплее по 10 шт. </t>
+  </si>
+  <si>
+    <t>696409</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9e6/pbss44r30yu9ila5t1rwe7k8xr7w2ktc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-12, цвет чернил розовый  в коробке-дисплее по 10 шт. </t>
   </si>
   <si>
     <t>696410</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c37/miicu3fjqp3czti68q4bctkx2dkclagx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-12, цвет чернил фиолетовый  в коробке-дисплее по 10 шт. </t>
   </si>
   <si>
     <t>696411</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c10/yoepyc2flk3af8dbxcirkqvqmm4qzoms.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-15, цвет чернил: желтый, зеленый  в блистере по 2 шт. </t>
   </si>
   <si>
     <t>Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Имеет круглую форму корпуса и полупрозрачный цветной колпачок с клипом. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 4.0 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет колпачка соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 850 м.</t>
   </si>
   <si>
     <t>696413</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d58/fnuvzotimdx58et45xz9vm3v24drfr0k.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-40, цвет чернил голубой  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Предназначен для стационарной работы в офисе и дома, удобен для мобильного использования. Имеет круглую форму корпуса и цветной колпачок с клипом. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 5.2 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет колпачка и заглушки соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 800 м.</t>
   </si>
   <si>
     <t>696416</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/107/o4i9a7rr0jsrvx0iac4c60wqwxj1tyss.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/703/y10co69y2jdk5yjmqzx11igzz2vsdy8e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause  Visioline V-15, цвет чернил розовый  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>795089</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e59/nuzus07f11vz1udje5tu5q9dbye5ftp1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause  Visioline V-40, цвет чернил розовый  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Предназначен для стационарной работы в офисе и дома, удобен для мобильного использования. Имеет круглую форму корпуса и цветной колпачок с клипом. Цвет колпачка и заглушки соответствует цвету чернил. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 5.2 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 800 м.</t>
   </si>
   <si>
     <t>795090</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f63/0d434hzk4mnx3mmahx5ug22k5m4rdwq0.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Berlingo  quot;Textline HL100 quot; мини, 4цв., 1-5мм, европодвес</t>
@@ -2555,429 +2489,429 @@
   <si>
     <t>Текстовыделитель Berlingo  quot;Textline HL100 quot;, мини, ассорти, 1-5 мм.</t>
   </si>
   <si>
     <t>Мини-текстовыделители с флуоресцентными чернилами на водной основе. Изготовлены в компактных пластиковых корпусах без клипов с изящными рисунками на корпусе в цвет чернил. Длина непрерывной линии письма до 200 метров. Толщина линии письма от 1 до 5 мм. Упакованы в удобный пластиковый дисплей для размещения на полке или в прикассовой зоне. Желтых: 24 шт. Розовых: 10 шт. Зеленых: 10 шт. Голубых: 6 шт.</t>
   </si>
   <si>
     <t>800705</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/704/m04wxt6yil6cso07p7667hsqad6r1i0e.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Berlingo  quot;Textline HP100 quot; мини, пастельные цвета, ассорти, 1-5мм.</t>
   </si>
   <si>
     <t>Мини-текстовыделители с пастельными чернилами на водной основе. Изготовлены в компактных пластиковых корпусах без клипов с изящными рисунками на корпусе в цвет чернил. Длина непрерывной линии письма до 200 метров. Толщина линии письма от 1 до 5 мм. Упакованы в удобный пластиковый дисплей для размещения на полке или в прикассовой зоне. Мята: 15 шт. Ваниль: 12 шт. Фламинго: 12 шт. Абрикос: 11 шт.</t>
   </si>
   <si>
     <t>800707</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b59/vtet9ogh2x3pqbjzn23tcf2ji3xh8ycw.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Текстмаркер ErichKrause   Visioline V-20, цвет чернил голубой  в коробке-дисплее по 10 шт. </t>
+    <t>http://anytos.ru//upload/iblock/056/pftvt61k4ku3c5sf5ntiorvlsa052ayq.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-12 Spring, цвет чернил оранжевый  в коробке-дисплее по 10 шт. </t>
+  </si>
+  <si>
+    <t>Новая версия популярной серии текстовыделителей Visioline V-12 в полупрозрачном корпусе. Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин.&amp;nbsp;&amp;nbsp;Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 5.2 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 660 м.</t>
+  </si>
+  <si>
+    <t>812714</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/743/h3xmn4jx8667n4h5863lbcpzk131w2de.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-12 Spring, цвет чернил розовый  в коробке-дисплее по 10 шт. </t>
+  </si>
+  <si>
+    <t>812715</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae7/03n3i68c149ha1crfs76p9921gpjpjuz.jpg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;UniText quot; ЗЕЛЕНЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;UniText&amp;quot; ЗЕЛЕНЫЙ</t>
+  </si>
+  <si>
+    <t>818781</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c2/h7jd46dupt3s93nrgh71csiu5rvp11fq.jpg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;UniText quot; РОЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;UniText&amp;quot; РОЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>818782</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/995/saydd0kk49d85wmztt5v8fwgq0pxuvss.jpeg</t>
+  </si>
+  <si>
+    <t>НАБОР ИЗ 4-Х ТЕКСТОВЫДЕЛИТЕЛЕЙ  quot;UniText quot;, ЖЕЛТЫЙ ЗЕЛЕНЫЙ РОЗОВЫЙ ОРАНЖЕВЫЙ</t>
+  </si>
+  <si>
+    <t>НАБОР ИЗ 4-Х ТЕКСТОВЫДЕЛИТЕЛЕЙ &amp;quot;UniText&amp;quot;, ЖЕЛТЫЙ/ЗЕЛЕНЫЙ/РОЗОВЫЙ/ОРАНЖЕВЫЙ</t>
+  </si>
+  <si>
+    <t>818783</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/836/2ko6x8nr7qfbv5akqrz3uqcya69kp2u8.jpg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;CityText quot; ОРАНЖЕВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;CityText&amp;quot; ОРАНЖЕВЫЙ</t>
+  </si>
+  <si>
+    <t>818784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f7c/qvj43vxsph94024qkawgj21j68l89c9e.jpg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;LadyMarker quot; РОЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;LadyMarker&amp;quot; РОЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>818788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a22/25nc3u3ukcxeymxu6imh4k9px19r1cho.jpg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;LadyMarker quot; ЗЕЛЕНЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;LadyMarker&amp;quot; ЗЕЛЕНЫЙ</t>
+  </si>
+  <si>
+    <t>818789</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af0/20auwn7qypyesexztljf3ua4j0oe9d91.jpeg</t>
+  </si>
+  <si>
+    <t>НАБОР ИЗ 5 ТЕКСТОВЫДЕЛИТЕЛЕЙ  quot;LadyMarker quot;, ЖЕЛТЫЙ ЗЕЛЕНЫЙ РОЗОВЫЙ ОРАНЖЕВЫЙ ГОЛУБОЙ</t>
+  </si>
+  <si>
+    <t>НАБОР ИЗ 5 ТЕКСТОВЫДЕЛИТЕЛЕЙ &amp;quot;LadyMarker&amp;quot;, ЖЕЛТЫЙ/ЗЕЛЕНЫЙ/РОЗОВЫЙ/ОРАНЖЕВЫЙ/ГОЛУБОЙ</t>
+  </si>
+  <si>
+    <t>818791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/567/3yjexgkwiw9vx36drc64ged41ohie2sk.jpg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;LadyMarker quot; МЯТНЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;LadyMarker&amp;quot; МЯТНЫЙ</t>
+  </si>
+  <si>
+    <t>818795</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/19b/ysfzy2cuwf373m7819kh9vb5r9mcaa4h.jpg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;UniText quot; ФИОЛЕТОВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;UniText&amp;quot; ФИОЛЕТОВЫЙ</t>
+  </si>
+  <si>
+    <t>818799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ae8/rguuv0oqwc5m9hua5pgvdbrkowcjgxmo.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;LadyMarker Mini quot;, ЖЕЛТЫЙ ЗЕЛЕНЫЙ РОЗОВЫЙ ОРАНЖЕВЫЙ В ДИСПЛЕЕ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;LadyMarker Mini&amp;quot;, ЖЕЛТЫЙ/ЗЕЛЕНЫЙ/РОЗОВЫЙ/ОРАНЖЕВЫЙ В ДИСПЛЕЕ</t>
+  </si>
+  <si>
+    <t>818800</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7a5/jgbyb62qdanen1zzckxr04rfyt4hc8g3.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;LadyMarker Mini quot;, МЯТНЫЙ РОЗОВЫЙ СИРЕНЕВЫЙ В ДИСПЛЕЕ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;LadyMarker Mini&amp;quot;, МЯТНЫЙ/РОЗОВЫЙ/СИРЕНЕВЫЙ В ДИСПЛЕЕ</t>
+  </si>
+  <si>
+    <t>818801</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/675/3u535w1oqrxmuvj38576ly91ifqepf1b.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;UniText quot; НЕЖНО-РОЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;UniText&amp;quot; НЕЖНО-РОЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>818803</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89c/0a6m1lep7s6cq9kne0htu9bqlkhtxygz.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;UniText quot; НЕЖНО-СИРЕНЕВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;UniText&amp;quot; НЕЖНО-СИРЕНЕВЫЙ</t>
+  </si>
+  <si>
+    <t>818804</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/edf/sr0cgfapd1f9ip02lttgkvahsmdw1xc1.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;UniText quot; МЯТНЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;UniText&amp;quot; МЯТНЫЙ</t>
+  </si>
+  <si>
+    <t>818805</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66e/qzizn72r0u619hu7q6rkhp049vpvyfrv.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;UniText quot; БИРЮЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;UniText&amp;quot; БИРЮЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>818806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0a1/7rs7i2xpmljfdxyxtmyq9wcgkpg6q50f.jpeg</t>
+  </si>
+  <si>
+    <t>НАБОР ИЗ 4-Х ТЕКСТОВЫДЕЛИТЕЛЕЙ  quot;UniText quot;, РОЗОВЫЙ СИРЕНЕВЫЙ МЯТНЫЙ БИРЮЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>НАБОР ИЗ 4-Х ТЕКСТОВЫДЕЛИТЕЛЕЙ &amp;quot;UniText&amp;quot;, РОЗОВЫЙ/СИРЕНЕВЫЙ/МЯТНЫЙ/БИРЮЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>818807</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/376/fawg1t4b69ckkdt0824atzl9x2tprc56.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;CityText quot; НЕЖНО-РОЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;CityText&amp;quot; НЕЖНО-РОЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>818808</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2e/tqzd86ko4nx5rwpo9qmiypo0vdmt99os.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;CityText quot; НЕЖНО-СИРЕНЕВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;CityText&amp;quot; НЕЖНО-СИРЕНЕВЫЙ</t>
+  </si>
+  <si>
+    <t>818809</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c12/rzdl44rn43nkifmax48t08dszcfuf27j.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;CityText quot; МЯТНЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;CityText&amp;quot; МЯТНЫЙ</t>
+  </si>
+  <si>
+    <t>818810</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e41/kpyhr8pyrq0m76a8ku0esm9meuy377ei.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ  quot;CityText quot; БИРЮЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ &amp;quot;CityText&amp;quot; БИРЮЗОВЫЙ</t>
+  </si>
+  <si>
+    <t>818811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/58c/xyiv90ay74mtt95xk0gabkuo0m02g996.jpeg</t>
+  </si>
+  <si>
+    <t>НАБОР ИЗ 4-Х ТЕКСТОВЫДЕЛИТЕЛЕЙ  quot;CityText quot;, РОЗОВЫЙ СИРЕНЕВЫЙ МЯТНЫЙ БИРЮЗОВЫЙ в ПВХ кармане</t>
+  </si>
+  <si>
+    <t>НАБОР ИЗ 4-Х ТЕКСТОВЫДЕЛИТЕЛЕЙ &amp;quot;CityText&amp;quot;, РОЗОВЫЙ/СИРЕНЕВЫЙ/МЯТНЫЙ/БИРЮЗОВЫЙ в ПВХ кармане</t>
+  </si>
+  <si>
+    <t>818812</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5c9/tgbeb3r54uq5a2uchcb38oz0p8s0znd7.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 12 ЦВЕТОВ, BRAUBERG  quot;ORIGINAL quot;, линия письма 1-5 мм, 152217</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей BRAUBERG &amp;quot;ORIGINAL NEON&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. 12 цветов в наборе: – 6 неоновых цветов: фиолетовый, голубой, зеленый, желтый, оранжевый, розовый; – 6 пастельных цветов: лавандовый, бирюзовый, мятный, ванильный, персиковый, пастельный розовый. Неоновый цвет позволяет ярко выделить важное в тексте, в то время как особый пастельный оттенок создает мягкие переходы и равномерно подчеркивает необходимую информацию. В комплекте подставка длиной 21 см, которая позволяет удобно расположить набор на столе и обеспечить быстрый доступ к каждому текстовыделителю. Текстовыделители имеют плоскую форму корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет корпуса и колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>829235</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/602/w79yg632573hli44ofa176legied994s.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 4 ЦВЕТА, BRAUBERG  quot;ORIGINAL NEON quot;, линия письма 1-5 мм, 152215</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей BRAUBERG &amp;quot;ORIGINAL NEON&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. 4 цвета в наборе: желтый, оранжевый, розовый и зеленый. Текстовыделители имеют плоскую форму корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с неоновым эффектом обеспечивают неповторимую яркость выделения текста. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет корпуса и колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>829236</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ee/d206wswqxb1lml1d87cu2oii104laoyu.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 6 ЦВЕТОВ, BRAUBERG  quot;ORIGINAL NEON quot;, линия письма 1-5 мм, 152216</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей BRAUBERG &amp;quot;ORIGINAL NEON&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. 6 цветов в наборе: желтый, оранжевый, розовый, зеленый, синий, фиолетовый. Текстовыделители имеют плоскую форму корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с неоновым эффектом обеспечивают неповторимую яркость выделения текста. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет корпуса и колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>829237</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ec1/iabfnykdvjpvtj0wqj4z3cbtr3gvkvxo.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель BRAUBERG  quot;ORIGINAL NEON quot;, ЖЕЛТЫЙ, линия письма 1-5 мм, 152211</t>
+  </si>
+  <si>
+    <t>Текстовыделитель BRAUBERG &amp;quot;ORIGINAL NEON&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель желтого цвета имеет плоскую форму корпуса, диаметр которого 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с неоновым эффектом обеспечивают неповторимую яркость выделения текста. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет корпуса и колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>829239</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/260/f6xljmzwb2cu6gxiws3ag24lpihu9ph1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-12 Spring, цвет чернил желтый  в коробке-дисплее по 10 шт. </t>
+  </si>
+  <si>
+    <t>830146</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/828/lzn86yekz1lntdws4j4rlcrpw7ni22s1.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель-кисть Berlingo  quot;Textline HL470 quot;, желтый, 1-6мм.</t>
+  </si>
+  <si>
+    <t>Текстовыделитель с пишущим узлом в форме кисти позволяет максимально свободно варьировать ширину линии письма и использовать выделители не только в учебных, но и художественных и прочих креативных работах. В текстовыделителе использованы чернила классического неонового желтого цвета. Корпус выделителя выполнен с мягким резиновым грипом, значительно повышающим комфорт при использовании, и окрашен в цвет чернил, что значительно облегчает поиск нужного оттенка. Удобный пластиковый клип позволяет легко закрепить текстовыделитель на блокноте, ежедневнике или планшете. Выделители упакованы по 12 штук в удобный пластиковый бокс с европодвесом.</t>
+  </si>
+  <si>
+    <t>835975</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2dd/7f9idlfxj1xni6brlj40ovlac8r7sc39.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель-кисть Berlingo  quot;Textline HL470 quot;, зеленый, 1-6мм.</t>
+  </si>
+  <si>
+    <t>Текстовыделитель с пишущим узлом в форме кисти позволяет максимально свободно варьировать ширину линии письма и использовать выделители не только в учебных, но и художественных и прочих креативных работах. В текстовыделителе использованы чернила классического неонового зеленого цвета. Корпус выделителя выполнен с мягким резиновым грипом, значительно повышающим комфорт при использовании, и окрашен в цвет чернил, что значительно облегчает поиск нужного оттенка. Удобный пластиковый клип позволяет легко закрепить текстовыделитель на блокноте, ежедневнике или планшете. Выделители упакованы по 12 штук в удобный пластиковый бокс с европодвесом.</t>
+  </si>
+  <si>
+    <t>835976</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c2c/lig2iw1psyl2hatusracg69hpntarx53.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель-кисть Berlingo  quot;Textline HL470 quot;, розовый, 1-6мм.</t>
+  </si>
+  <si>
+    <t>Текстовыделитель с пишущим узлом в форме кисти позволяет максимально свободно варьировать ширину линии письма и использовать выделители не только в учебных, но и художественных и прочих креативных работах. В текстовыделителе использованы чернила классического неонового розового цвета. Корпус выделителя выполнен с мягким резиновым грипом, значительно повышающим комфорт при использовании, и окрашен в цвет чернил, что значительно облегчает поиск нужного оттенка. Удобный пластиковый клип позволяет легко закрепить текстовыделитель на блокноте, ежедневнике или планшете. Выделители упакованы по 12 штук в удобный пластиковый бокс с европодвесом.</t>
+  </si>
+  <si>
+    <t>835978</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dcc/4e74emc1u40x8xf8unifx66yby1darnk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause   Visioline V-20, цвет чернил зеленый  в коробке-дисплее по 10 штук </t>
   </si>
   <si>
     <t>Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 5.2 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 700 м.</t>
   </si>
   <si>
-    <t>812713</t>
-[...368 lines deleted...]
-    <t>840022</t>
+    <t>840021</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6e1/13s9ux1wblslvp6w6w0k5a2brwiqgu3b.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей-кистей Berlingo  quot;Textline HL470 quot;, 04цв., 1-6мм, европодвес</t>
   </si>
   <si>
     <t>Набор текстовыделителей с пишущим узлом в форме кисти позволяет максимально свободно варьировать ширину линии письма и использовать выделители не только в учебных, но и художественных и прочих креативных работах. В текстовыделителях использованы неоновые чернила классических цветов. Корпус выделителей выполнен с мягким резиновым грипом, значительно повышающим комфорт при использовании, и окрашен в цвет чернил, что значительно облегчает поиск нужного оттенка. Удобный пластиковый клип позволяет легко закрепить текстовыделители на блокноте, ежедневнике или планшете. Набор содержит 4 текстовыделителя: желтый, оранжевый , розовый, зеленый. Выделители упакованы в удобный пластиковый бокс с европодвесом.</t>
   </si>
   <si>
     <t>841405</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a32/yyvztv7putmujkd10kkm86neydmw425o.jpg</t>
   </si>
   <si>
     <t>Текстмаркеры  quot;Мороженое quot; в наборе 6 цветов</t>
   </si>
   <si>
     <t>Набор текстмаркеров в форме мороженого, 6 пастельных цветов. Размер маркера 5,5*2,5*1,2см. Размер ПП-упаковки с замком&amp;nbsp;&amp;nbsp;17*7,5 см.</t>
   </si>
   <si>
     <t>842968</t>
   </si>
@@ -2987,92 +2921,113 @@
   <si>
     <t>http://anytos.ru//upload/iblock/c9c/2xrfmc9lvmr7ldal3dzxde81pmsyoctl.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-16 Neon Pastel, цвет чернил зеленый  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Текстмаркер с двумя оттенками чернил одного цвета - пастель и неон. Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Оба пишущих узла скошенной формы позволяют варьировать ширину письма. Широкая часть наконечника 3.3 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет колпачков соответствует цвету чернил. Чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 600 м.</t>
   </si>
   <si>
     <t>844456</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a65/fxqnrrx9ioom2olt1zq1iyovr2cep8i5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17 Pastel, цвет чернил зеленый  в коробке по 12 шт. </t>
   </si>
   <si>
     <t>Текстмаркер эргономичной трехгранной формы с чернилами пастельных тонов. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 4.5 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет корпуса соответствует цвету чернил. Чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 950 м.</t>
   </si>
   <si>
     <t>844457</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1de/no50nwtk3j188hq26rmrr1uv2z83yys4.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-12 Spring, цвет чернил зеленый  в коробке-дисплее 10 штук </t>
+  </si>
+  <si>
+    <t>848443</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fe9/xzhifeaa9npxg10wim4ny1d9ac2v8ens.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-16 Neon Pastel, цвет чернил желтый  в коробке по 12 штук </t>
   </si>
   <si>
     <t>848444</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d1d/0wbhfbejy1uomxbp4amr0cmaz17w9ird.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17 Pastel, цвет чернил желтый  в коробке по 12 штук </t>
   </si>
   <si>
     <t>848445</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d32/ze4csqtf6uqfkcrcl9sj35xgf5quugj8.jpg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-х ТЕКСТОВЫДЕЛИТЕЛЕЙ  quot;MEOW MARKER quot; НЕОН ЖЕЛТЫЙ, ЗЕЛЕНЫЙ, ОРАНЖЕВЫЙ</t>
   </si>
   <si>
     <t>Текстовыделители Bruno Visconti «MEOW MARKER» - отличный выбор для любителей ярких и позитивных дизайнов.&amp;nbsp;&amp;nbsp;Эргономичный корпус из ударопрочного пластика с изображением кошачьих мордочек, передающих различные эмоции, и ушками-антистресс внесут позитивную нотку в рабочие серые будни. Качество чернил и пишущего узла доставят удовольствие в работе с текстом, когда необходимо выделить отдельные его фрагменты. Чернила на водной основе, не имеют запаха, мгновенно высыхают на бумаге любых сортов, не пропитывая ее, не смазывая текст. Текстовыделители до 24 часов сохраняют работоспособность без колпачка и при закрытом колпачке полностью восстанавливают свои свойства! Пишущий узел, не скрипит, мягко скользит по поверхности бумаги. Его скошенная форма позволяет варьировать ширину письма: широкая часть наконечника 5 мм - для выделения текста, узкая в 1 мм – для подчеркивания. «MEOW MARKER» - это не просто маркеры, это стильный аксессуар, который благодаря маленькому размеру и оригинальному дизайну неизменно привлекает к себе внимание. Их легко разместить в дамской сумочке, пенале. Не затеряются маркеры и на рабочем столе, внося позитив в трудовые будни</t>
   </si>
   <si>
     <t>851447</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a3d/5vf5s7j4tr7q3abhf90d3017ca5aknu7.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей двусторонних Berlingo  quot;Textline HL220 quot; 4шт., 08цв., 0,5-4мм, европодвес</t>
   </si>
   <si>
     <t>Набор текстовыделителей с неоновыми чернилами на водной основе. Каждый выделитель сочетает в себе классический неоновый желтый и один из дополнительных цветов. Подходят для любого типа бумаги, включая бумагу для факсов. Мягкий пишущий узел обеспечивает комфорт при использовании и равномерное распределение краски без подтеков. Удобный пластиковый клип позволяет легко закрепить текстовыделители на кармане рубашки, ежедневнике или планшете. Ширина линии письма может варьироваться от 0,5 до 4 мм. Каждый набор содержит 4 текстовыделителя и 5 цветов: желтый, розовый, зеленый, голубой и фиолетовый. Колпачки каждого выделителя по цвету совпадают с соответствующим пишущим узлом, что значительно облегчает поиск нужного оттенка. Упакованы в удобный пластиковый бокс с европодвесом.</t>
   </si>
   <si>
     <t>852798</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/157/rhenp2aiznmwowkhyf79i3u7rwgq5v54.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель Kores HighLinerPlusPastel на водной основе, розовый 36032</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель Kores HighLinerPlusPastel на водной осн, розов36032</t>
+  </si>
+  <si>
+    <t>878567</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/77d/5tczudf5eail7l5wa14j3zq7x8lpsnvn.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель Kores HighLinerPlusPastel на водной основе, фиолетовый 36031</t>
   </si>
   <si>
     <t>Маркер текстовыделитель Kores HighLinerPlusPastel на водной осн, фиол 36031</t>
   </si>
   <si>
     <t>878568</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/832/re2xezz55q58sy8qvevgril8w4p0m5ky.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17 Pastel, цвет чернил голубой  в коробке по 12 штук </t>
   </si>
   <si>
     <t>883107</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/63c/fxkqew6z7e343z8gchy9vyj5uhjfuhts.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17 Pastel, цвет чернил розовый  в коробке по 12 штук </t>
@@ -3179,80 +3134,107 @@
   <si>
     <t>Удобный мини-формат текстмаркера эргономичной&amp;nbsp;&amp;nbsp;трехгранной формы с чернилами неоновых тонов. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 4,5 мм удобно для выделения текста, а тонкая 0,6 мм - для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе бысто&amp;nbsp;&amp;nbsp;высыхают после нанесения и не оставляют следов на обратной сторне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 300 м.</t>
   </si>
   <si>
     <t>886185</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/796/jv2v3q2aq3itvf6y3fpgnzkem1iy9t6i.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17 Mini, цвет чернил зеленый  в коробке-дисплее по 24 штуки </t>
   </si>
   <si>
     <t>886186</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/737/2rdt368q2sr0uv1iftwzc63q3i1crzn2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17 Mini, цвет чернил оранжевый  в коробке-дисплее по 24 штуки </t>
   </si>
   <si>
     <t>886187</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cd6/50lpy3ywd9jjkgrui9q8pt0svycfdruv.jpg</t>
-[...5 lines deleted...]
-    <t>886188</t>
+    <t>http://anytos.ru//upload/iblock/bc2/3katomv9ipj01graz6wqrzfnbd260oo8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17 Mini, цвет чернил: желтый, зеленый, розовый, оранжевый  в футляре по 4 штуки </t>
+  </si>
+  <si>
+    <t>886189</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d05/s4qj3al9il42ynew1adcg6ts2k2vv45a.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17, цвет чернил желтый  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Текстмаркер эргономичной трехгранной формы с чернилами неоновых тонов. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 4,5 мм удобна для выделения текста, а тонкая 0,6 мм - для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной&amp;nbsp;&amp;nbsp;стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 950 м.</t>
+  </si>
+  <si>
+    <t>886190</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c08/vus73pnx5molxy7viqvkoa8o1imldooj.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17, цвет чернил зеленый  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>886191</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5c1/g08ay32slmjzfr686qegenqzq9tal3yz.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17, цвет чернил оранжевый  в коробке по 12 штук </t>
   </si>
   <si>
-    <t>Текстмаркер эргономичной трехгранной формы с чернилами неоновых тонов. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 4,5 мм удобна для выделения текста, а тонкая 0,6 мм - для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной&amp;nbsp;&amp;nbsp;стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 950 м.</t>
-[...1 lines deleted...]
-  <si>
     <t>886192</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/436/zuzrgdb6mj6mac8t2n3v2967m6kh8hqt.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17, цвет чернил розовый  в коробке по 12 штук </t>
   </si>
   <si>
     <t>886193</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d20/c5ijysusmyq03lyrs4xtcoqei9fpzkx2.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-17, цвет чернил: желтый, зеленый, розовый, оранжевый  в футляре по 4 штуки </t>
+  </si>
+  <si>
+    <t>886194</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/061/hu0cgbxbnp4344oevfr3m59ykwws0vbu.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер с жидкими чернилами  ErichKrause  Liquid Visioline V-14 Neon, цвет чернил голубой  в коробке по 10 штук </t>
   </si>
   <si>
     <t>Текстмаркер с жидкими чернилами. Имеет увеличенный запас чернил за счет технологии Free Ink. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Имеет плоскую форму корпуса и полупрозрачный цветной колпачок с клипом, а также прозрачную вставку для проверки уровня чернил. Цвет корпуса и колпачка соответствует цвету чернил. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 4.0 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 800 м.</t>
   </si>
   <si>
     <t>906263</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/215/5dowpi4uq0zuvjrqe3hhe1qf2ueqja5t.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер с жидкими чернилами  ErichKrause  Liquid Visioline V-14 Neon, цвет чернил зеленый  в коробке по 10 штук </t>
   </si>
   <si>
     <t>906264</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/939/u2a5p960y8b9b3n3tv40gg12vnwavmlp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер с жидкими чернилами  ErichKrause  Liquid Visioline V-14 Neon, цвет чернил розовый  в коробке по 10 штук </t>
@@ -3497,140 +3479,206 @@
   <si>
     <t>http://anytos.ru//upload/iblock/906/z80ux0vl45rqin2bep4urfz7yt09m92j.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline Mini Spring, цвет чернил желтый  в коробке-дисплее по 10 штук </t>
   </si>
   <si>
     <t>Новая версия популярной серии текстовыделителей Visioline Mini в полупрозрачном корпусе. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 5.2 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания.&amp;nbsp;&amp;nbsp;Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 380 м.</t>
   </si>
   <si>
     <t>938517</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7d4/pt55pr14rebxtpcmsx1p3zrhc13pvmxk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline Mini, цвет чернил голубой  в коробке-дисплее по 10 штук </t>
   </si>
   <si>
     <t>Новый удобный мини-формат популярной серии Visioline. Забавные смайлики на маркерах понравятся как офисным сотрудникам, так и школьникам. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 5.2 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 380 м.</t>
   </si>
   <si>
     <t>939580</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4b0/y8oyzar66vcju4s9h2upldjopo371tai.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-40, цвет чернил желтый  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>939581</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/66c/7hcgy5763ty22tuk1xkqlcc53envgeow.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель мини BRAUBERG  quot;NEON Mini quot;, АССОРТИ В ПЛАСТИКОВОЙ БАНКЕ, линия 1-5 мм, 152431</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;NEON Mini&amp;quot; предназначены для выделения текста на бумаге любого типа. Текстовыделители неоновых цветов: желтый, зеленый, розовый, голубой, имеют овальную форму корпуса, диаметр которого 27 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 4 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 250 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса текстовыделителя соответствует цвету чернил. Поставляются в тубе по 50 штук, отлично подходят для размещения в розничном магазине.</t>
   </si>
   <si>
     <t>939790</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fba/m3v6e8tw25is1mxjcyc6ffz4vpfe3zf9.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель мини BRAUBERG  quot;PASTEL Mini quot;, АССОРТИ В ПЛАСТИКОВОЙ БАНКЕ, линия 1-5 мм, 152432</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;PASTEL Mini&amp;quot; предназначены для выделения текста на бумаге любого типа. Текстовыделители пастельных цветов: ванильный, персиковый, пастельный розовый, бирюзовый, имеют овальную форму корпуса, диаметр которого 27 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 4 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 250 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса текстовыделителя соответствует цвету чернил. Поставляются в тубе по 50 штук, отлично подходят для размещения в розничном магазине.</t>
   </si>
   <si>
     <t>939791</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/91a/qb84b8okw2xhwqa6r51o9srynilpz4aa.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель двусторонний MESHU  quot;Candy quot;, мини, ассорти, неоновые цвета, 2 4мм.</t>
+  </si>
+  <si>
+    <t>Двусторонний текстовыделитель с неоновыми чернилами на водной основе ассорти. Длина линии до 200 метров. Пулевидный наконечник с толщиной линии 2 мм и скошенный с 4 мм. Цвет колпачка и корпуса соответствует цвету чернил. Упакованы в ПВХ банку по 30 шт.</t>
+  </si>
+  <si>
+    <t>941853</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/9f3/ssui0gc5ypnzo6d3owchnh24mrokuss0.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Liquid Visioline V-14 Neon, цвет чернил: желтый, зеленый, розовый, голубой  в футляре по 4 штуки </t>
   </si>
   <si>
     <t>941968</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/047/v9ss9adq3pn1i3kueosw4imrh6xucfzr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Liquid Visioline V-14 Pastel, цвет чернил: желтый, зеленый, розовый, голубой  в футляре по 4 штуки </t>
+  </si>
+  <si>
+    <t>941969</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4a/qihq12r89bbp3tgc0g3c09vv6fhn622z.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-11 Mini, цвет чернил желтый  в коробке-дисплее по 20 штук </t>
+  </si>
+  <si>
+    <t>Удобный мини-формат текстмаркера с чернилами неоновых тонов. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 4,0 мм удобна для выделения текста, а тонкая 0,6 мм - для подчеркивания. Цвет колпачка соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро&amp;nbsp;&amp;nbsp;высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 250 м.</t>
+  </si>
+  <si>
+    <t>941970</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/823/74i77f27njpq9lctiullcuzgomukccns.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-11 Mini, цвет чернил зеленый  в коробке-дисплее 20 штук </t>
   </si>
   <si>
     <t>Удобный мини-формат текстмаркера с чернилами неоновых тонов. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 4,0 мм удобна для выделения текста, а тонкая 0,6 мм - для подчеркивания. Цвет колпачка соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной сторне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 250 м.</t>
   </si>
   <si>
     <t>941971</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/572/szokulj38etqsahc29ww81gm7ww49twc.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-11 Mini, цвет чернил оранжевый  в коробке-дисплее по 20 штук </t>
   </si>
   <si>
     <t>Удобный мини-формат текстмаркера с чернилами неоновых тонов. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 4,0 мм удобна для выделения текста, а тонкая 0,6 мм - для подчеркивания. Цвет колпачка соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 250 м.</t>
   </si>
   <si>
     <t>941972</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/856/vzoo5pxaiz72z4jscdoxjlsmr775ohd7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-11 Mini, цвет чернил розовый  в коробке-дисплее по 20 штук </t>
   </si>
   <si>
     <t>941973</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4d6/v9o4x1id1pdq4m8z4k21v0357t81ihcc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-11, цвет чернил желтый  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин.&amp;nbsp;&amp;nbsp;Имеет круглую форму корпуса и полупрозрачный цветной колпачок с клипом. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 4,0 мм удобна для выделения текста, а тонкая 0,6 мм - для подчеркивания. Цвет колпачка соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной&amp;nbsp;&amp;nbsp;стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 600 м.</t>
+  </si>
+  <si>
+    <t>941975</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fee/gg6j6ratpwua8tkb55p71yil2j81i1g6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-11, цвет чернил зеленый  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Имеет круглую форму корпуса и полупрозрачный цветной колпачок с клипом. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 4,0 мм удобна для выделения текста, а тонкая 0,6 мм - для подчеркивания. Цвет колпачка соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной&amp;nbsp;&amp;nbsp;стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 600 м.</t>
   </si>
   <si>
     <t>941976</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c91/o3465ou06kgc31ihpfmdcnof9kh6hxo7.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-11, цвет чернил оранжевый  в коробке по 12 штук </t>
   </si>
   <si>
-    <t>Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин.&amp;nbsp;&amp;nbsp;Имеет круглую форму корпуса и полупрозрачный цветной колпачок с клипом. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 4,0 мм удобна для выделения текста, а тонкая 0,6 мм - для подчеркивания. Цвет колпачка соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной&amp;nbsp;&amp;nbsp;стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 600 м.</t>
-[...1 lines deleted...]
-  <si>
     <t>941977</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/93b/79xvhu6plb05dqvetr11nzzrffriepjz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-11, цвет чернил розовый  в коробке по 12 штук </t>
+  </si>
+  <si>
+    <t>941978</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/274/ov164c204cvdk15vuejxj7q0jfxwokrp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-21, цвет чернил оранжевый  в коробке по 10 штук </t>
   </si>
   <si>
     <t>Текстмаркер предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 5.0 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет корпуса соответствует цвету чернил. Флуоресцентные чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Срок годности 5 лет. Максимальная длина непрерывной линии 500 м.</t>
   </si>
   <si>
     <t>941982</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6d/afbg17cq4qfrnqhs6yq68iostniqk3go.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause  Visioline V-21, цвет чернил розовый  в коробке по 10 штук </t>
   </si>
   <si>
     <t>941983</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fa4/c38btb9rwh5fcxn9nsgax10307ucgrq9.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей мини 12 ЦВЕТОВ BRAUBERG KIDS  quot;CUTE CATS quot;, линия 1-5 мм, 152437</t>
@@ -3671,113 +3719,146 @@
   <si>
     <t>http://anytos.ru//upload/iblock/534/17jzk5c6e0r1kf1eae1xc1cme5cznzp0.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель мини BRAUBERG KIDS  quot;CUTE CATS NEON quot;, АССОРТИ В ПЛАСТИКОВОЙ БАНКЕ, 1-5 мм, 152433</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG KIDS &amp;quot;CUTE CATS NEON&amp;quot; предназначены для выделения текста на бумаге любого типа. Текстовыделители неоновых цветов: желтый, зеленый, розовый, оранжевый, голубой, имеют овальную форму корпуса, диаметр которого 30 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса текстовыделителя соответствует цвету чернил. Необычный колпак, напоминающий кошачьи ушки, отлично дополняется принтами в виде кошачьих мордочек.</t>
   </si>
   <si>
     <t>945658</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/666/8ty1lpv2t9yaey9xr0d28tbkoyf26qng.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель мини BRAUBERG KIDS  quot;CUTE CATS PASTEL quot;, АССОРТИ В ПЛАСТИКОВОЙ БАНКЕ, линия 1-5 мм, 152434.</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG KIDS &amp;quot;CUTE CATS PASTEL&amp;quot; предназначены для выделения текста на бумаге любого типа. Текстовыделители пастельных цветов: ванильный, мятный, пастельный розовый, персиковый и бирюзовый имеют овальную форму корпуса, диаметр которого 30 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Цвет колпачка и корпуса текстовыделителя соответствует цвету чернил. Необычный колпак, напоминающий кошачьи ушки, отлично дополняется принтами в виде кошачьих мордочек.</t>
   </si>
   <si>
     <t>945659</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/133/0f751m06wfq6if01dx571uxnlfkuhirq.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель с прозрачным наконечником BRAUBERG  quot;Clear quot;, ЖЕЛТЫЙ, линия 1-5 мм, 152424</t>
+  </si>
+  <si>
+    <t>Текстовыделитель BRAUBERG &amp;quot;Clear&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделитель желтого цвета имеет круглую форму корпуса, диаметр которого 12 мм. Специальный скошенный наконечник выполнен вокруг прозрачного пластика, который позволяет видеть, до какого конкретного места необходимо выделить текст. Толщина линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Прозрачный колпак обеспечивает отличный обзор главной особенности текстовыделителя - наконечника с прозрачным окошком, наличие клипа позволяет фиксировать текстовыделитель на тетрадке, блокноте или ежедневнике.</t>
+  </si>
+  <si>
+    <t>945660</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b9a/hpw12gs4xn15v29fbuxw0v8a11wirm8m.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it NEON 1-5 мм., ассорти</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it NEON 1-5 мм ассорти неон скошенный прозрачный корпус дисплей</t>
   </si>
   <si>
     <t>947565</t>
   </si>
   <si>
-    <t>30</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/0a9/fb0dskbu8atu9vx0leos80hxkyzia9aq.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it NEON 1-5 мм., красный</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it NEON 1-5 мм красн. неон скошенный прозрачный корпус 1 штука</t>
   </si>
   <si>
     <t>947568</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/437/9zq10otf8zp2kbtmp6l31msm012fc2jk.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it NEON 1-5 мм., розовый</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it NEON 1-5 мм роз. неон скошенный прозрачный корпус 1 штука</t>
   </si>
   <si>
     <t>947570</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b45/dkckdhcbhur70tbjhikofn9slm9f3scj.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it PASTEL CLOUDS 1-5 мм., ассорти</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it PASTEL CLOUDS 1-5 мм ассорти пастель скошенный принт на корпусе</t>
   </si>
   <si>
     <t>947571</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/23b/8rmqd7a3ibgm9aoe32unawaeh9pij1zv.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it SUPERIOR 1-5 мм., ассорти</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it SUPERIOR 1-5 мм ассорти неон скошенный soft touch дисплей</t>
   </si>
   <si>
     <t>947572</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/123/dt7o1vf6ks9pmurwsu2l5feugd0x7t9d.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель LOREX Mark it SUPERIOR 1-5 мм., красный</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель LOREX Mark it SUPERIOR 1-5 мм красн. неон скошенный soft touch 1 штука</t>
+  </si>
+  <si>
+    <t>947575</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1f1/lx6fzp79l2vncym24pbfvgyx5lehu8wl.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель LOREX Mark it SUPERIOR 1-5 мм., оранжевый</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель LOREX Mark it SUPERIOR 1-5 мм оранж. неон скошенный soft touch 1 штука</t>
+  </si>
+  <si>
+    <t>947576</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/667/7g3lgyth4ktg1yuc7ojn1l3yxk5hncia.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it SUPERIOR 1-5 мм., розовый</t>
   </si>
   <si>
     <t>Маркер текстовыделитель LOREX Mark it SUPERIOR 1-5 мм роз. неон скошенный soft touch 1 штука</t>
   </si>
   <si>
     <t>947577</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3b7/mzkr5bqvpx37oxon4n2g87zd2e5xwjxe.jpg</t>
   </si>
   <si>
     <t>Набор маркеров текстовыделителей LOREX Mark it NEON 1-5 мм., ассорти</t>
   </si>
   <si>
     <t>Набор маркеров текстовыделителей LOREX Mark it NEON 1-5 мм ассорти неон скошенный прозрачный корпус 4 штуки</t>
   </si>
   <si>
     <t>947578</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a66/wud335cmedn1axe1nfws1svokc5s6xvy.jpg</t>
@@ -3803,62 +3884,89 @@
   <si>
     <t>http://anytos.ru//upload/iblock/51a/xz37t2pfz3re1x09mrbp31wh2myauyol.jpg</t>
   </si>
   <si>
     <t>Набор маркеров текстовыделителей LOREX Mark it SUPERIOR 1-5 мм., ассорти</t>
   </si>
   <si>
     <t>Набор маркеров текстовыделителей LOREX Mark it SUPERIOR 1-5 мм ассорти неон скошенный soft touch 4 штуки</t>
   </si>
   <si>
     <t>947581</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/81f/ik3ebd441dod730pp5p9a4615ycnay9d.jpg</t>
   </si>
   <si>
     <t>Набор маркеров текстовыделителей MAPED FLUO PEP S CLASSIC 1-5 мм., ассорти</t>
   </si>
   <si>
     <t>Набор маркеров текстовыделителей MAPED FLUO PEP&amp;#39;S CLASSIC 1-5 мм ассорти пастель скошенный 6 штук</t>
   </si>
   <si>
     <t>947582</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/903/cy2jmdb36ue4u6m8gh1x782yz82uua5v.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей MAPED 6 шт., АССОРТИ,  quot;FLUO PEP S Pastel quot;, линия 1-5 мм, 742558</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей MAPED в современных пастельных тонах. Идеально подходят для школы и офиса. Развивают визуальную память, привлекают внимание к разделам текста и позволяют структурировать информацию. Колпачок текстовыделителя снабжен специальным зажимом: крепится к любой обложке.</t>
+  </si>
+  <si>
+    <t>954016</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/87e/h6daniwocdbuosjmdd5yy33bl8j89h0y.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей с прозрачным наконечником 4 ЦВЕТА, BRAUBERG  quot;Clear quot;, линия 1-5 мм, 152426</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;Clear&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. Текстовыделители желтого, розового, оранжевого и зеленого цветов имеют круглую форму корпуса, диаметр которого 12 мм. Специальный скошенный наконечник выполнен вокруг прозрачного пластика, который позволяет видеть, до какого конкретного места необходимо выделить текст. Толщина линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Текстовыделитель обладает экономным расходом чернил, при этом длина линии письма достигает 300 метров. Прозрачный колпак обеспечивает отличный обзор главной особенности текстовыделителя - наконечника с прозрачным окошком, наличие клипа позволяет фиксировать текстовыделитель на тетрадке, блокноте или ежедневнике.</t>
   </si>
   <si>
     <t>954018</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/271/13qfykvknpyk3icchvx2gasahosb8jfr.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей STAFF  quot;Basic Budget HL-02N quot;, 6 ЦВЕТОВ, НЕОН, линия письма 1-5 мм, 152296</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей STAFF &amp;quot;Basic Budget HL-02N&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе 6 неоновых цветов: желтый, оранжевый, розовый, зеленый, синий и фиолетовый. Текстовыделитель имеет плоскую форму корпуса, диаметр которого 14 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с неоновым эффектом обеспечивают неповторимую яркость выделения текста. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>955000</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0ca/o9mhoeh12t4d2qt2w3jetxl3yib27stb.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей STAFF  quot;Basic Budget HL-02P quot;, 6 ЦВЕТОВ, ПАСТЕЛЬ, линия письма 1-5 мм, 152297</t>
   </si>
   <si>
     <t>Набор текстовыделителей STAFF &amp;quot;Basic Budget HL-02P&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе 6 пастельных цветов: ванильный, мятный, пастельный розовый, бирюзовый, лавандовый и персиковый. Текстовыделитель имеет плоскую форму корпуса, диаметр которого 14 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Пастельный оттенок чернил создает мягкие переходы и равномерно выделяет текст. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет колпачка соответствует цвету чернил.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
   </si>
   <si>
     <t>955001</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/365/rv67twiapxi6i1ol2ciqfksjxohlm83p.jpeg</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-х ТЕКСТОВЫДЕЛИТЕЛЕЙ  quot;FLOWER MARKER ZEFIR quot; ЖЕЛТЫЙ, ЗЕЛЕНЫЙ, ОРАНЖЕВЫЙ</t>
   </si>
   <si>
     <t>НАБОР ИЗ 3-х ТЕКСТОВЫДЕЛИТЕЛЕЙ &amp;quot;FLOWER MARKER ZEFIR&amp;quot; ЖЕЛТЫЙ, ЗЕЛЕНЫЙ, ОРАНЖЕВЫЙ</t>
   </si>
   <si>
     <t>956455</t>
   </si>
   <si>
     <t>160</t>
@@ -3932,62 +4040,107 @@
   <si>
     <t>965743</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/878/6o9w669pic28ipqj6qz517av86itjbqw.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Deli Delight 1-5 мм 4 цвета E37232</t>
   </si>
   <si>
     <t>965744</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0e3/06iin814u3au3yavqk01jde6r24ybenk.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Deli Macaron 1-5 мм 4 цвета EU356-MT</t>
   </si>
   <si>
     <t>965746</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/bb7/6k78prd0zsh4gj2n9dj7x5kpukf03ly0.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей M G SO MANY CATS мини 6 цветов аромат AHM22574</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей M&amp;G SO MANY CATS мини 6 цветов аромат AHM22574</t>
+  </si>
+  <si>
+    <t>965747</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/mg/"&gt;M&amp;G&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/76b/m1v922nrnf8owpz1v5yduthlse25qv75.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей M G SO MANY CATS мини 6 пастельных цветов AHM22575</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей M&amp;G SO MANY CATS мини 6 пастельных цветов AHM22575</t>
+  </si>
+  <si>
+    <t>965748</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f7b/hegy32tk28ou2a5h7cwry0v39wpf42dg.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель КОМУС HY2396 желтый 1-4мм</t>
   </si>
   <si>
     <t>965751</t>
   </si>
   <si>
     <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d52/mw20rjisnoef6ogku1zpad7cvgu1pj7f.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель КОМУС HY2396 зеленый 1-4мм</t>
+  </si>
+  <si>
+    <t>965752</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9cb/81l0xae6xuqg6xqi5xss5rnursrl420z.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель КОМУС HY2396 розовый 1-4мм</t>
+  </si>
+  <si>
+    <t>965753</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/701/4ck4f78t1nzecrgq0aw1dt35dnzgrhxw.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей КОМУС HY2396 набор 4 цвета 1-4мм</t>
   </si>
   <si>
     <t>965754</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ccf/kchbw76ped7w4npiuoksa29zptylzylr.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей КОМУС Legend набор 4 цвета 1-5мм</t>
   </si>
   <si>
     <t>965759</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3dc/q9hnph768ah83wxuo7sgs99az2eazn8l.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель Attache Selection Neon Dash 1-5мм желтый HL7010</t>
   </si>
   <si>
     <t>965760</t>
@@ -4064,110 +4217,131 @@
   <si>
     <t>Маркер текстовыделитель Attache Palette 1-5мм оранжевый HL6010</t>
   </si>
   <si>
     <t>965768</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/398/zedb3780ul2ib2i2ncbeqdy7k2zfadbx.jpg</t>
   </si>
   <si>
     <t>Маркер текстовыделитель Attache Palette 1-5мм голубой HL6010</t>
   </si>
   <si>
     <t>965769</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/14f/6cfhnhfy8lzdonk2mx7epgxaxjpa5qao.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Attache Palette 1-5мм набор 4 цвета HL6010</t>
   </si>
   <si>
     <t>965770</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/7e2/8xmvl6znwnfx3sn4l8aot7zzgujsmth5.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей Luxor  quot;Textliter Metallic quot; 04 цвета, 1-5мм, чехол с европодвесом.</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей Luxor &amp;quot;Textliter Metallic&amp;quot; 04 цвета, 1-5мм, чехол с европодвесом.</t>
+  </si>
+  <si>
+    <t>969531</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/825/fdapns6hu0mxf9ov0bov13mhwfneh1rn.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей MESHU  quot;Meowspace quot; 06цв., неоновые цвета, 1-5мм, ПВХ бокс с европодвесом</t>
   </si>
   <si>
     <t>Набор текстовыделителей MESHU &amp;quot;Meowspace&amp;quot; 06цв., неоновые цвета, 1-5мм, ПВХ бокс с европодвесом</t>
   </si>
   <si>
     <t>969532</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/meshu/"&gt;MESHU&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/6d6/am9bzfas799mxhdbxda5o8p8fzjrhbdj.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей OfficeSpace 05цв., пастельные цвета, 1-5мм, европодвес</t>
   </si>
   <si>
     <t>969533</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f25/l0tc50bn1698evzo8t17oy1w3j8ww0jk.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor  quot;Textliter Metallic quot; бронзовый, 1-5мм.</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor &amp;quot;Textliter Metallic&amp;quot; бронзовый, 1-5мм.</t>
   </si>
   <si>
     <t>969534</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10f/2el8fambsre4z3mp4us9zv8fk7od6ybw.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor  quot;Textliter Metallic quot; голубой, 1-5мм.</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor &amp;quot;Textliter Metallic&amp;quot; голубой, 1-5мм.</t>
   </si>
   <si>
     <t>969535</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9aa/9agy2hfparfoe6kbw7nihmt7kxg9f8mm.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor  quot;Textliter Metallic quot; зеленый, 1-5мм.</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor &amp;quot;Textliter Metallic&amp;quot; зеленый, 1-5мм.</t>
   </si>
   <si>
     <t>969536</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4ac/s0zur92ska3s3tea28qb19ghuby61rmi.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Luxor  quot;Textliter Metallic quot; золото, 1-5мм</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Luxor &amp;quot;Textliter Metallic&amp;quot; золото, 1-5мм</t>
+  </si>
+  <si>
+    <t>969537</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b3e/sysbxjumygakmgzcf1f260ymw22woeu1.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor  quot;Textliter Metallic quot; серебро, 1-5мм</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor &amp;quot;Textliter Metallic&amp;quot; серебро, 1-5мм</t>
   </si>
   <si>
     <t>969538</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3ef/koo0ql63sm21tc1cgo5ppazkyg9f75q8.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor  quot;Textliter Metallic quot; фиолетовый, 1-5мм.</t>
   </si>
   <si>
     <t>Текстовыделитель Luxor &amp;quot;Textliter Metallic&amp;quot; фиолетовый, 1-5мм.</t>
   </si>
   <si>
     <t>969539</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e76/ky6q33c0d53mmkdrnbauyhaz945imyvs.jpg</t>
@@ -4202,50 +4376,110 @@
   <si>
     <t>Текстовыделитель OfficeSpace пастельный цвет, оранжевый, 1-5мм</t>
   </si>
   <si>
     <t>969543</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/093/xm7nayd0ispcme3tbt0rl1fe9ycmwf6g.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель OfficeSpace пастельный цвет, розовый, 1-5мм</t>
   </si>
   <si>
     <t>969544</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef4/ve0xs1w3a39rj7mdyhdh6y8ef3f509se.jpg</t>
   </si>
   <si>
     <t>Текстовыделитель OfficeSpace пастельный цвет, фиолетовый, 1-5мм</t>
   </si>
   <si>
     <t>969545</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/d31/nm49swrt2q6hrkrj486dj402ssslmifv.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель M G, ароматизированный, толщина линии 3мм, желтый</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель M&amp;G, ароматизированный, толщина линии 3мм, желтый</t>
+  </si>
+  <si>
+    <t>974072</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bf8/s9j7g2v5909n6bvo4d4o051gurkv1wcv.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель M G, ароматизированный, толщина линии 3мм, голубой</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель M&amp;G, ароматизированный, толщина линии 3мм, голубой</t>
+  </si>
+  <si>
+    <t>974073</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b55/zctlwk2myasrpxiy9keu7p3tqx5kalnp.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель M G, ароматизированный, толщина линии 3мм, зеленый</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель M&amp;G, ароматизированный, толщина линии 3мм, зеленый</t>
+  </si>
+  <si>
+    <t>974074</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f2/68jvlkqmtblrc8tzq5nhl3xrpy4nscbx.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель M G, ароматизированный, толщина линии 3мм, розовый</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель M&amp;G, ароматизированный, толщина линии 3мм, розовый</t>
+  </si>
+  <si>
+    <t>974075</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/89b/q8sls9fm6q1jkxfeepqcvo6br5mfxfzp.webp</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель КОМУС Legend синий 1-5мм</t>
+  </si>
+  <si>
+    <t>Текстовыделитель Комус Legend синий - это отличный выбор для любителей рисования маркерами. Текстовыделитель поможет выделять самое важное в документах или просто тексте, и Вы сможете обработать и не забыть больше полезной информации. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе. Чернила не промокают бумагу. Текстовыделитель имеет чернила на водной основе синего цвета. Цвет корпуса соответствует цвету чернил. Чернила не имеют запах. Маркер обладает плоской формой корпуса. Колпачок снабжен специальным клипом, с помощью которого можно прикрепить маркер к любой обложке. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами.</t>
+  </si>
+  <si>
+    <t>974076</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/633/6x1wq6zn7juuhhxq3uy385smm53w62ej.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей Deli Jumbo 1-5 мм 6 цветов EU366-MT</t>
   </si>
   <si>
     <t>974077</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ebe/6ah4ykb2sta39qwd9k7t4tc4sd3qiu93.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей двусторонних 6 НЕОНОВЫХ ЦВЕТОВ, BRAUBERG  quot;TWIN NEON quot;, линия 1-5 мм, 152517</t>
   </si>
   <si>
     <t>Двусторонние текстовыделители BRAUBERG предназначены для выделения текста на бумаге любого типа. В наборе 6 двусторонних текстовыделителей неоновых цветов: розового, оранжевого, желтого, зеленого, голубого и фиолетового. Имеют корпус круглой формы диаметром 10 мм. К набору прилагается комплект наклеек для оформления текста и маркеров. Скошенный и пулевидный наконечники имеют толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе использования. Изделие не перезаправляется. Цвет клипа соответствует цвету чернил.</t>
   </si>
   <si>
     <t>978043</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cdd/exx0gw3cwv4p6nvqv9iwtmsw4kr2mdrg.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей двусторонних 6 ПАСТЕЛЬНЫХ ЦВЕТОВ, BRAUBERG  quot;TWIN PASTEL quot;, линия 1-5 мм, 152518</t>
@@ -4421,72 +4655,111 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ee8/u80tir84tz92f2yje5cdbpxk3mj01v27.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-12 Pastel, цвет чернил зеленый  в коробке-дисплее по 10 штук </t>
   </si>
   <si>
     <t>Текстмаркер Erich Krause Visioline V-12 Pastel, цвет чернил зеленый &amp;#40;в коробке-дисплее по 10 штук&amp;#41;</t>
   </si>
   <si>
     <t>979238</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d8e/ncqzftko09o5m29sjwjqhedt46ixiz7v.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер Erich Krause Visioline V-12 Pastel, цвет чернил розовый  в коробке-дисплее по 10 штук </t>
   </si>
   <si>
     <t>Текстмаркер Erich Krause Visioline V-12 Pastel, цвет чернил розовый &amp;#40;в коробке-дисплее по 10 штук&amp;#41;</t>
   </si>
   <si>
     <t>979239</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/70a/f8gv98ypz7ewlcjkj05y4xuv6k16ie13.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ С ЗАПАХОМ  quot;TUTTI FRUTTI quot;, ЗЕЛЕНЫЙ, АРБУЗ</t>
+  </si>
+  <si>
+    <t>Оригинальный дизайн текстовыделителя TUTTI FRUTTI и его приятный фруктовый аромат не оставят никого равнодушным. Два вида наконечника – пулевидный и скошенный, позволяют варьировать ширину линии от 1 до 5 мм. Чернила на водной основе оставляют яркий след.</t>
+  </si>
+  <si>
+    <t>980680</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dd/p4got62zbokvmjowelbx9dlev6iz5yys.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ С ЗАПАХОМ  quot;TUTTI FRUTTI quot;, КРАСНЫЙ, КЛУБНИКА</t>
+  </si>
+  <si>
+    <t>980681</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af5/yzc3e5ku6rcc8fs0e40sar45try92y8f.jpeg</t>
+  </si>
+  <si>
+    <t>ТЕКСТОВЫДЕЛИТЕЛЬ С ЗАПАХОМ  quot;TUTTI FRUTTI quot;, ОРАНЖЕВЫЙ, АПЕЛЬСИН</t>
+  </si>
+  <si>
+    <t>980682</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a7e/92j3riq60xngx9au1da2027fx803yt3o.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей MESHU  quot;Cat s paw quot; 04цв., неоновые цвета, 1-5мм, ПВХ бокс с европодвесом</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей MESHU &amp;quot;Cat s paw&amp;quot; 04цв., неоновые цвета, 1-5мм, ПВХ бокс с европодвесом</t>
+  </si>
+  <si>
+    <t>984257</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e82/ph2he5z5piok4xst72ojk7amtmfdij8l.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей MESHU  quot;Neko quot;, 04цв., пастельные цвета, 1-5 мм, ПВХ бокс с европодвесом</t>
   </si>
   <si>
     <t>Набор текстовыделителей MESHU &amp;quot;Neko&amp;quot;, 04цв., пастельные цвета, 1-5 мм, ПВХ бокс с европодвесом</t>
   </si>
   <si>
     <t>984258</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d00/uogc043ftqgntsgd3fwvv5bd29d1t8ok.jpg</t>
-[...8 lines deleted...]
-    <t>984259</t>
+    <t>http://anytos.ru//upload/iblock/70f/128txswitq4ta9qsvhhe3o31rol781h2.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей OfficeSpace 12цв., 6цв. пастельные, 6цв. неоновые, 1-4мм, ПВХ-бокс</t>
+  </si>
+  <si>
+    <t>984260</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/dd1/696hh5nu8fknilxugox0rroc9jr0okrw.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей двусторонних MESHU  quot;Candy quot;, 06цв., пастельные цвета, 2 4мм, ПВХ бокс с европодвесом</t>
   </si>
   <si>
     <t>Набор текстовыделителей двусторонних MESHU &amp;quot;Candy&amp;quot;, 06цв., пастельные цвета, 2/4мм, ПВХ бокс с европодвесом</t>
   </si>
   <si>
     <t>984261</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/963/2g2kp6w2yoxo0yjv35f2chhzq1ui7wpn.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Двухсторонний текстмаркер Erich Krause Visioline V-16 Erasable Pastel, цвет чернил желтый  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Двухсторонний текстмаркер Erich Krause Visioline V-16 Erasable Pastel, цвет чернил желтый &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>985503</t>
   </si>
@@ -4529,149 +4802,176 @@
   <si>
     <t>http://anytos.ru//upload/iblock/383/g20ll62xtmteql8ixw4r6i5awxs9zktk.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей 15 ПАСТЕЛЬНЫХ ЦВЕТОВ на подставке, BRAUBERG  quot;DELTA PASTEL quot;, линия 1-5 мм, 152507</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;DELTA PASTEL&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 15 пастельных цветов – мятный, лавандовый, бирюзовый, персиковый, ванильный, пастельный розовый, коралловый, серый, небесно-голубой, золотой, винный, фуксия, аквамариновый, лаймовый и пастельный сиреневый - позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. В комплекте – подставка длиной 26 см, которая позволяет удобно расположить набор на столе и обеспечить быстрый доступ к каждому текстовыделителю.Текстовыделители имеют корпус овальной формы диаметром 25 мм. Скошенный наконечник обеспечивает толщину линии письма от 1 до 5 мм, что удобно при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и не размазываются. Цвет корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>993087</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/add/b2vt15gio528vk2n2ygr7aadq5qm99dq.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей 24 ЦВЕТА на подставке, BRAUBERG  quot;DELTA quot;, 15 пастельных цветов   9 неоновых цветов, линия 1-5 мм, 152506</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;DELTA&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 24 цвета в наборе: 9 неоновых – желтый, синий, зеленый, розовый, оранжевый, фиолетовый, светло-зеленый, красный, светло-оранжевый и 15 пастельных цветов – мятный, лавандовый, бирюзовый, персиковый, ванильный, пастельный розовый, коралловый, серый, небесно-голубой, золотой, винный, фуксия, аквамариновый, лаймовый, пастельный сиреневый. Неоновый цвет позволяет ярко выделить важное в тексте, а особый пастельный оттенок создает мягкие переходы и равномерно подчеркивает необходимую информацию. В комплекте – подставка длиной 40 см, которая позволяет удобно расположить набор на столе и обеспечить быстрый доступ к каждому текстовыделителю. Текстовыделители имеют корпус овальной формы диаметром 25 мм. Скошенный наконечник обеспечивает толщину линии письма от 1 до 5 мм, что удобно при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и не размазываются. Цвет корпуса соответствует цвету чернил.</t>
   </si>
   <si>
     <t>993088</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/fbf/0u7d7sncb46abwlauybkgq8339vkn9i5.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 24 ЦВЕТА на подставке, BRAUBERG  quot;ORIGINAL quot;, 15 пастельных цветов   9 неоновых цветов, линия 1-5 мм, 152508</t>
+  </si>
+  <si>
+    <t>Текстовыделители BRAUBERG &amp;quot;ORIGINAL&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 24 цвета в наборе: 9 неоновых – желтый, синий, зеленый, розовый, оранжевый, фиолетовый, светло-зеленый, красный, светло-оранжевый и 15 пастельных цветов – мятный, лавандовый, бирюзовый, персиковый, ванильный, пастельный розовый, коралловый, серый, небесно-голубой, золотой, винный, фуксия, аквамариновый, лаймовый, пастельный сиреневый. Неоновый цвет позволяет ярко выделить важное в тексте, а особый пастельный оттенок создает мягкие переходы и равномерно подчеркивает необходимую информацию. В комплекте – подставка длиной 43 см, которая позволяет удобно расположить набор на столе и обеспечить быстрый доступ к каждому текстовыделителю.Текстовыделители имеют корпус прямоугольной формы шириной 25 мм. Скошенный наконечник обеспечивает толщину линии письма от 1 до 5 мм, что удобно при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 300 метров. Чернила быстро впитываются и не размазываются. Цвет корпуса соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>993089</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/33c/bsrlf242izirgzetpl8pbdpp7qb0hewa.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Двухсторонний стираемый текстмаркер ErichKrause Visioline V-16 Erasable Pastel, цвет чернил розовый  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Двухсторонний текстмаркер круглой формы с чернилами пастельных оттенков оснащён скошенным наконечником с одной стороны и стирающим наконечником с другой стороны. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Стирающий наконечник позволяет убирать выделение текста без повреждения поверхности бумаги. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 4.0 мм удобна для выделения текста, а тонкая 0.6 мм – для подчёркивания. Цвет корпуса соответствует цвету чернил. Чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счёт тонкого и равномерного нанесения. Срок годности 5 лет.</t>
   </si>
   <si>
     <t>993300</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e9f/nk0xhjrmyh7y4hyj5boaod9z0vtvq5u1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 текстмаркеров ErichKrause Visioline V-18 Manga, цвет чернил: фиолетовый, розовый, бежевый, голубой  в пэт-боксе </t>
   </si>
   <si>
     <t>Текстмаркер с яркими чернилами коллекции Manga. Предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Пишущий узел скошенной формы позволяет варьировать ширину письма. Широкая часть наконечника 4.5 мм удобна для выделения текста, а тонкая 0.5 мм – для подчёркивания. Цвет колпачка соответствует цвету чернил. Чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счёт тонкого и равномерного нанесения. Срок годности 5 лет.</t>
   </si>
   <si>
     <t>993302</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f0c/90xgj4c9dtj8p4ld89n5fqfb1jh2y1il.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей 6 НЕОНОВЫХ ЦВЕТОВ, ЮНЛАНДИЯ  quot;КОСМОС quot;, линия 1-5 мм, 152512</t>
   </si>
   <si>
     <t>Текстовыделители ЮНЛАНДИЯ &amp;quot;КОСМОС&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для скетчинга, а также решения учебных, домашних и офисных задач. В наборе 6 неоновых цветов: розовый, оранжевый, фиолетовый, желтый, синий и зеленый. Неоновый цвет позволяет ярко выделить важные места в тексте. Цвет колпачка текстовыделителя соответствует цвету чернил.Текстовыделители имеют круглую форму корпуса с диаметром 17 мм. Скошенный наконечник с толщиной линии письма от 1 до 5 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 350 м. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
   </si>
   <si>
     <t>994287</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/221/5mpo2eze0v05xmesa6zrudc2mpj44d89.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 6 ПАСТЕЛЬНЫХ ЦВЕТОВ, BRAUBERG  quot;Macaroon quot;, линия 1-5 мм, 152515</t>
+  </si>
+  <si>
+    <t>Текстовыделители BRAUBERG &amp;quot;Macaroon&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для скетчинга, а также решения учебных, домашних и офисных задач. В наборе 6 текстовыделителей пастельных цветов: серый макарун, бирюзовый, монохромный синий, лавандовый, мятный, коралловый. Нежные пастельные цвета позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. Цвет корпуса соответствует цвету чернил.Текстовыделители имеют корпус прямоугольной формы диаметром 12 мм. Мягкий скошенный наконечник с линией письма от 1 до 5 мм обеспечивает ровное, непрерывное нанесение при работе с текстом, напечатанным мелким шрифтом, или таблицами.Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, не портят бумагу, не смазывают текст и не просвечиваются.</t>
+  </si>
+  <si>
+    <t>994288</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/443/sbfhlgrmqnt4o6n5v5yrwj7dn3kj3c1x.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей 6 ПАСТЕЛЬНЫХ ЦВЕТОВ, ЮНЛАНДИЯ  quot;СЛАДКИЕ ИСТОРИИ quot;, линия 1-5 мм, 152511</t>
   </si>
   <si>
     <t>Текстовыделители ЮНЛАНДИЯ &amp;quot;СЛАДКИЕ ИСТОРИИ&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для скетчинга, а также решения учебных, домашних и офисных задач. В наборе 6 пастельных цветов: бирюзовый, ванильный, мятный, персиковый, лавандовый и пастельный розовый. Особый пастельный оттенок создает мягкие переходы и равномерно подчеркивает необходимую информацию. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют круглую форму мороженого с диаметром 28 мм. В комплект входит прозрачная сумочка для хранения длиной 17 см. Скошенный наконечник с толщиной линии письма от 1 до 5 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
   </si>
   <si>
     <t>994289</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/620/xdhlbd5d61awxou9uoydgqncbu0tpi2q.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей двусторонних 6 ПАСТЕЛЬНЫХ ЦВЕТОВ, BRAUBERG  quot;Macaroon quot;, линия 1-5 мм, 152513</t>
   </si>
   <si>
     <t>Двусторонние текстовыделители BRAUBERG &amp;quot;Macaroon&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для скетчинга, а также решения учебных, домашних и офисных задач. В наборе 6 двусторонних текстовыделителей пастельных цветов – серый макарун, бирюзовый, монохромный синий, лавандовый, мятный, коралловый. Нежные пастельные цвета позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. Цвет корпуса соответствует цвету чернил.Текстовыделители имеют корпус прямоугольной формы диаметром 12 мм. Одна сторона имеет мягкий скошенный наконечник с линией письма от 1 до 5 мм, что обеспечивает ровное непрерывное нанесение при работе с текстом, напечатанным мелким шрифтом, или таблицами. Вторая сторона имеет пулевидный наконечник, с помощью которого можно рисовать или закрашивать различные рисунки или надписи.Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, не портят бумагу, не смазывают текст и не просвечиваются.</t>
   </si>
   <si>
     <t>994291</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e3/9gqgbpqsanx6x9puvqgy6kspd5h80zn5.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей двусторонних 6 ЦВЕТОВ МОРАНДИ, BRAUBERG  quot;Morandi quot;, линия 1-5 мм, 152514</t>
   </si>
   <si>
     <t>Двусторонние текстовыделители BRAUBERG &amp;quot;Morandi&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для скетчинга, а также решения учебных, домашних и офисных задач. В наборе 6 двусторонних текстовыделителей цветов моранди – миндальный, кирпично-розовый, темный серовато-синий, льняной, пыльно-зеленый, кремовый. Нежные и приглушенные цвета Моранди позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. Цвет корпуса соответствует цвету чернил.Текстовыделители имеют корпус прямоугольной формы диаметром 12 мм. Одна сторона имеет мягкий скошенный наконечник с линией письма от 1 до 5 мм, что обеспечивает ровное, непрерывное нанесение при работе с текстом, напечатанным мелким шрифтом, или таблицами. Вторая сторона имеет пулевидный наконечник, с помощью которого можно рисовать или закрашивать различные рисунки или надписи.Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, не портят бумагу, не смазывают текст и не просвечиваются.</t>
   </si>
   <si>
     <t>994292</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/02b/0u6qmrfiioxthcwwmzkowq40tbus9enw.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/1af/q6rfmz3sbczjvsc0knr5y00yhoudn1md.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей СТИРАЕМЫХ 4 ЦВЕТА, BRAUBERG  quot;REWIND quot;, двусторонние со стирателем, линия письма 1-4 мм, 152510</t>
   </si>
   <si>
     <t>Текстовыделители двусторонние стираемые BRAUBERG &amp;quot;REWIND&amp;quot; предназначены для выделения текста на бумаге любого типа, включая факс-бумагу. Идеально подходят для учебных, домашних и офисных задач. В наборе – 4 двусторонних стираемых текстовыделителя со стирателем: небесно-голубой, пастельный розовый, песочный, лавандовый. Имеют корпус круглой формы диаметром 11 мм. Скошенный наконечник имеет толщину линии письма и стирателя от 1 до 4 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Изделие не перезаправляется. Цвет клипа соответствует цвету чернил.</t>
   </si>
   <si>
     <t>996157</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/6f2/q2u9jrx5rxo1gh832mqaetnzfg8hcyt1.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей BIC  quot;Grip Pastel quot; 4 шт., АССОРТИ, линия 1,6-4 мм, 964859</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей BIC &amp;quot;Highlighter Grip Pastel&amp;quot; предназначен для выделения текста на бумаге любого типа, включая факс-бумагу. В наборе текстовыделителей BIC &amp;quot;Highlighter Grip Pastel&amp;quot; 4 пастельных цвета: ванильный, мятный, пастельный розовый, бирюзовый. Текстовыделитель имеет круглую форму корпуса, диаметр которого 12 мм. Скошенный наконечник имеет толщину линии письма от 1,6 до 4 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Пастельный оттенок чернил создает мягкие переходы и равномерно выделяет текст. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования. Светоустойчивые чернила не выцветают даже на открытом солнце. Цвет колпачка соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>996765</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bic/"&gt;BIC&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/2b7/juwfj5n1s2lmtxxqj18zmw1greier23j.jpg</t>
   </si>
   <si>
     <t>Двухсторонний стираемый текстмаркер ErichKrause Visioline V-16 Erasable Pastel, цвет чернил голубой</t>
   </si>
   <si>
     <t>Двухсторонний стираемый текстмаркер ErichKrause Visioline V-16 Erasable Pastel, цвет чернил голубой &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>998139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/43d/58jl271k0r9f4yoi0zmkyp7616lnhvny.jpg</t>
   </si>
   <si>
     <t>Двухсторонний стираемый текстмаркер ErichKrause Visioline V-16 Erasable Pastel, цвет чернил зеленый</t>
   </si>
   <si>
     <t>Двухсторонний стираемый текстмаркер ErichKrause Visioline V-16 Erasable Pastel, цвет чернил зеленый &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>998140</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/400/9f36n2tec8o3q8nlpl3i1k6mhz0mwl8o.jpg</t>
@@ -4874,419 +5174,341 @@
   <si>
     <t>http://anytos.ru//upload/iblock/ad4/7o3quzm12pvyqidd549q5278q3ixmm7b.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 текстмаркеров ErichKrause Visioline V-17 Pastel Bloom, цвет чернил: зеленый, персиковый, голубой, фиолетовый  в пэт-боксе </t>
   </si>
   <si>
     <t>Набор из 4 текстмаркеров ErichKrause Visioline V-17 Pastel Bloom, цвет чернил: зеленый, персиковый, голубой, фиолетовый &amp;#40;в пэт-боксе&amp;#41;</t>
   </si>
   <si>
     <t>1004990</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/344/zv01huwfrize65fqbha174e8xx0n6qbx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause Visioline V-17 Mini Flex Manga, с гибким наконечником, цвет чернил ассорти  в коробке-дисплее по 24 штуки </t>
   </si>
   <si>
     <t>Текстмаркер ErichKrause Visioline V-17 Mini Flex Manga, с гибким наконечником, цвет чернил ассорти &amp;#40;в коробке-дисплее по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1004991</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/708/o7krtop9wygs2haw80eyb2gjxtv0jkp6.jpg</t>
-[...8 lines deleted...]
-    <t>1005525</t>
+    <t>http://anytos.ru//upload/iblock/8ae/5gb9ei6dcqjr17qg6x5u73xfpd6b0qi2.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 12 ЦВЕТОВ, STAFF  quot;EVERYDAY HL-720 quot;, 6 неоновых цветов   6 пастельных цветов, линия 1-5 мм, 152557</t>
+  </si>
+  <si>
+    <t>Текстовыделители STAFF &amp;quot;EVERYDAY HL-720&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. Всего 12 цветов в наборе:• 6 пастельных: мятный, лавандовый, пастельный розовый, персиковый, бирюзовый и ванильный, – позволяют создавать мягкие переходы и равномерно подчеркивать необходимую информацию. • 6 неоновых: желтый, зеленый, оранжевый, розовый, фиолетовый и голубой, – помогают ярко выделить важное в тексте.Колпачок и корпус соответствуют цвету чернил. Прямоугольный корпус диаметром 26 мм оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделители обладают экономным расходом чернил. Изделия не перезаправляются. Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/209/ddtr2rvvlt0x37q8czeix4drl0kf4uq8.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 12 ЦВЕТОВ, STAFF EVERYDAY HL-707, 6 неоновых цветов   6 пастельных цветов, линия 1-5 мм, скошен. наконечник, 152552</t>
+  </si>
+  <si>
+    <t>Текстовыделители STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 12 цветов в наборе:• 6 пастельных: мятный, лавандовый, пастельный розовый, персиковый, бирюзовый и ванильный, – позволяют создавать мягкие переходы и равномерно подчеркивают необходимую информацию. • 6 неоновых: желтый, зеленый, оранжевый, розовый, фиолетовый и голубой, – помогают ярко выделить важное в тексте.Колпачок и корпус соответствуют цвету чернил.Прямоугольный корпус диаметром 24 мм оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделители обладают экономным расходом чернил. Изделия не перезаправляются. Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006531</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/141/0mc6iqw8tqm0tn7yt0emvqf6xbgpx570.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 4 НЕОНОВЫХ ЦВЕТА, STAFF  quot;EVERYDAY HL-707 quot;, линия 1-5 мм, скошенный наконечник, 152548</t>
+  </si>
+  <si>
+    <t>Текстовыделители STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 4 неоновых цвета в наборе: желтый, зеленый, оранжевый и розовый, – позволяют ярко выделить важное в тексте. Колпачок и корпус соответствуют цвету чернил. Прямоугольный корпус диаметром 24 мм оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделители обладают экономным расходом чернил. Изделия не перезаправляются. Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006532</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3c8/t3c4a53bclg9gyavbrxvzt7eyfn54wws.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 4 НЕОНОВЫХ ЦВЕТА, STAFF  quot;EVERYDAY HL-720 quot;, линия 1-5 мм, скошенный наконечник, 152555</t>
+  </si>
+  <si>
+    <t>Текстовыделители STAFF &amp;quot;EVERYDAY HL-720&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 4 неоновых цвета в наборе: желтый, зеленый, оранжевый и розовый, – позволяют ярко выделить важное в тексте. Прямоугольный корпус диаметром 26 мм оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделители обладают экономным расходом чернил. Изделия не перезаправляются. Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006533</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/604/eyxigzkzb85q133d8twy1ah22mjh9pra.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 4 ПАСТЕЛЬНЫХ ЦВЕТА, STAFF  quot;EVERYDAY HL-707 quot;, линия 1-5 мм, скошенный наконечник, 152549</t>
+  </si>
+  <si>
+    <t>Текстовыделители STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 4 пастельных цвета в наборе: мятный, лавандовый, пастельный розовый и персиковый, – позволяют создать мягкие переходы и равномерно подчеркивают необходимую информацию. Колпачок и корпус соответствуют цвету чернил. Прямоугольный корпус диаметром 24 мм оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделители обладают экономным расходом чернил. Изделия не перезаправляются. Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006534</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3f1/f8y2oos8dfivohci5x9izx5p09ptruix.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 6 НЕОНОВЫХ ЦВЕТОВ, STAFF  quot;EVERYDAY HL-707 quot;, линия 1-5 мм, скошенный наконечник, 152550</t>
+  </si>
+  <si>
+    <t>Текстовыделители STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 6 неоновых цветов в наборе: желтый, зеленый, оранжевый, розовый, фиолетовый и голубой, – позволяют ярко выделить важное в тексте. Колпачок и корпус соответствуют цвету чернил.Прямоугольный корпус диаметром 24 мм оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделители обладают экономным расходом чернил. Изделия не перезаправляются. Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006535</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a40/i532plhqd74o9w1qymfej7wq60qtsqdw.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 6 НЕОНОВЫХ ЦВЕТОВ, STAFF  quot;EVERYDAY HL-720 quot;, линия 1-5 мм, скошенный наконечник, 152556</t>
+  </si>
+  <si>
+    <t>Текстовыделители STAFF &amp;quot;EVERYDAY HL-720&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 6 неоновых цветов: желтый, зеленый, оранжевый, розовый, фиолетовый и голубой, – помогают ярко выделить важное в тексте. Колпачок и корпус соответствуют цвету чернил. Прямоугольный корпус диаметром 26 мм оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделители обладают экономным расходом чернил. Изделия не перезаправляются. Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006536</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/aa8/m8mhu5g9jjqg3ofg2ti4ppxa02qb8v7z.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 6 ПАСТЕЛЬНЫХ ЦВЕТОВ, STAFF  quot;EVERYDAY HL-707 quot;, линия 1-5 мм, скошенный наконечник, 152551</t>
+  </si>
+  <si>
+    <t>Текстовыделители STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для учебных, домашних и офисных задач. 6 пастельных цветов в наборе: мятный, лавандовый, пастельный розовый, персиковый, бирюзовый и ванильный, – позволяют создать мягкие переходы и равномерно подчеркивают необходимую информацию. Колпачок и корпус соответствуют цвету чернил. Прямоугольный корпус диаметром 24 мм оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделители обладают экономным расходом чернил. Изделия не перезаправляются. Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006537</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/041/hvxh350h50q3bf5qjpvw31j48v9ca021.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF  quot;EVERYDAY HL-707 quot;, БИРЮЗОВЫЙ, линия 1-5 мм, скошенный наконечник, 152546</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначен для выделения текста на бумаге любого типа. Идеально подходит для учебных, домашних и офисных задач. Текстовыделитель бирюзового цвета обладает прямоугольной формой корпуса диаметром 24 мм. Корпус оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с пастельным эффектом позволяют создать мягкие переходы и равномерно подчеркивают необходимую информацию. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделитель обладает экономным расходом чернил. Изделие не перезаправляется.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006538</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99b/lt1a4g48j1spf5argp8wva7pw7xtgyhj.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF  quot;EVERYDAY HL-707 quot;, ЛАВАНДОВЫЙ, линия 1-5 мм, скошенный наконечник, 152547</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначен для выделения текста на бумаге любого типа. Идеально подходит для учебных, домашних и офисных задач. Текстовыделитель лавандового цвета обладает прямоугольной формой корпуса диаметром 24 мм. Корпус оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с пастельным эффектом позволяют создать мягкие переходы и равномерно подчеркивают необходимую информацию. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделитель обладает экономным расходом чернил. Изделие не перезаправляется.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006539</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d0f/i3en34rar7oknqe03egod1qffmeydn1y.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF  quot;EVERYDAY HL-707 quot;, ПАСТЕЛЬНЫЙ РОЗОВЫЙ, линия 1-5 мм, скошенный наконечник, 152545</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначен для выделения текста на бумаге любого типа. Идеально подходит для учебных, домашних и офисных задач. Текстовыделитель пастельного розового цвета обладает прямоугольной формой корпуса диаметром 24 мм. Корпус оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с пастельным эффектом позволяют создать мягкие переходы и равномерно подчеркивают необходимую информацию. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделитель обладает экономным расходом чернил. Изделие не перезаправляется.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006540</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/550/3qcbw2gvg10ybjy90x1axxst1q77h1fa.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF  quot;EVERYDAY HL-707 quot;, РОЗОВЫЙ, линия 1-5 мм, скошенный наконечник, 152544</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначен для выделения текста на бумаге любого типа. Идеально подходит для учебных, домашних и офисных задач. Текстовыделитель розового цвета обладает прямоугольной формой корпуса диаметром 24 мм. Корпус оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с неоновым эффектом обеспечивают неповторимую яркость выделения текста. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделитель обладает экономным расходом чернил. Изделие не перезаправляется.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006541</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1a0/jdu6xv4bl26dtnokjwte9wnofva0dge5.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF  quot;EVERYDAY HL-720 quot;, ЖЕЛТЫЙ, линия 1-5 мм, скошенный наконечник, 152553</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF &amp;quot;EVERYDAY HL-720&amp;quot; предназначен для выделения текста на бумаге любого типа. Идеально подходит для учебных, домашних и офисных задач. Текстовыделитель желтого цвета обладает прямоугольной формой корпуса диаметром 26 мм. Корпус оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с неоновым эффектом обеспечивают неповторимую яркость выделения текста. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделитель обладает экономным расходом чернил. Изделие не перезаправляется.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1006542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7de/ti3jo6jsd3vsn74u6yyde6pnpffbtv81.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель LOREX Aromatic 1-3,5 мм ассорти неон скошенный прозрачный корпус дисплей</t>
+  </si>
+  <si>
+    <t>1007492</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bd8/8xs8y46nh17abwemytqhgt141oa6a0y8.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель LOREX Aromatic 1-3,5 мм желт. неон скошенный прозрачный корпус 1 шт</t>
+  </si>
+  <si>
+    <t>1007494</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/630/76xjlt1lrzy9mw6lb92cfiaj0dqebuqv.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель LOREX Aromatic 1-3,5 мм роз. неон скошенный прозрачный корпус 1 шт</t>
+  </si>
+  <si>
+    <t>1007495</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5da/dnwya8w55ylb7u9g7iikmse75knvqbzy.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель LOREX Aromatic 1-3,5 мм роз. пастель скошенный прозрачный корпус 1 шт</t>
+  </si>
+  <si>
+    <t>1007496</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/95d/51nvv8vfwpli89hnouahgqxcr9mnrnha.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель LOREX Aromatic 1-3,5 мм сирен. пастель скошенный прозрачный корпус 1 шт</t>
+  </si>
+  <si>
+    <t>1007497</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2a9/lfcqnox234geg4ftqjxr9s6bclpbqn7l.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель мини Schoolformat ВРЕМЯ ОБНИМАШЕК 1-4 мм ассорти пастель скошенный принт на корпусе 1 шт</t>
+  </si>
+  <si>
+    <t>1007499</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e02/5sddw5hjjreuh21a7r1iqcc4q426calk.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель мини Schoolformat ЗВЕРЯТА 1-5 мм ассорти пастель скошенный принт на корпусе 1 шт</t>
+  </si>
+  <si>
+    <t>1007500</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/545/ht9xzklelg1ildvw0ge8kh3kkmebv223.jpg</t>
+  </si>
+  <si>
+    <t>Маркер текстовыделитель мини Schoolformat МИЛАЯ УТОЧКА 1-5 мм ассорти скошенный принт на корпусе 1 шт</t>
+  </si>
+  <si>
+    <t>1007501</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ae/ivc7flqxtczy5vg0hsxunp4116a1gitg.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей LOREX Mark it CREATE 1-4 мм ассорти пастель скошенный принт на корпусе прозрачный корпус 6 шт</t>
+  </si>
+  <si>
+    <t>1007504</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c27/l1bpq9t70cpg8e1m96gsacwytojyky10.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей LOREX Aromatic FLORAL 1-4 мм ассорти пастель скошенный 6 шт</t>
+  </si>
+  <si>
+    <t>1007505</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f20/5vo1cs8nm605kles5bqww4al1l83upsy.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей LOREX Mark it BLOSSOMS 1-4 мм ассорти пастель скошенный принт на корпусе 6 шт</t>
+  </si>
+  <si>
+    <t>1007506</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46b/kj1r0no3m2ewqy3j1bbwg5p59ruho81v.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей мини Schoolformat МИЛАЯ УТОЧКА 1-5 мм ассорти скошенный принт на корпусе 6 шт</t>
+  </si>
+  <si>
+    <t>1007509</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/581/qqlqr80kyuzwbqllleqdjh1pu5k5r0su.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей мини Schoolformat ПОНЧИКИ 1-4 мм ассорти пастель скошенный 6 шт</t>
+  </si>
+  <si>
+    <t>1007510</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/371/f4zpu20r3t9xptvd4oor7wd6jycfy8de.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей ОФИСМАГ 4 шт., АССОРТИ, линия 1-5 мм, 151209</t>
+  </si>
+  <si>
+    <t>Текстовыделители ОФИСМАГ помогут обрабатывать большие объемы данных и выделять самое важное. 4 неоновых цвета в наборе: желтый, зеленый, оранжевый, розовый. Плоская форма корпуса диаметром 25 мм. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Текстовыделитель обладает экономным расходом чернил. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце и не размазываются в процессе использования. Изделие не перезаправляется. Цвет клипа и корпуса соответствует цвету чернил.</t>
+  </si>
+  <si>
+    <t>1010648</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4e5/4ipchvjjpd7s9hrs81gbkh1zfmh2c12j.jpg</t>
-[...352 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/713/eglil8qondzvg23z9dch8age6h43oci2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 3 текстмаркеров ErichKrause Visioline V-23 Neon, цвет чернил ассорти  в пэт-боксе </t>
   </si>
   <si>
     <t>Набор из 3 текстмаркеров ErichKrause Visioline V-23 Neon, цвет чернил ассорти &amp;#40;в пэт-боксе&amp;#41;</t>
   </si>
   <si>
     <t>1011065</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/45d/8njc81u915ugajws2hk65pt1ou7d32nv.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 текстмаркеров ErichKrause Visioline V-15 Big City Cats, цвет чернил ассорти  в пэт-боксе </t>
   </si>
   <si>
     <t>Набор из 4 текстмаркеров ErichKrause Visioline V-15 Big City Cats, цвет чернил ассорти &amp;#40;в пэт-боксе&amp;#41;</t>
   </si>
   <si>
     <t>1011066</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d5e/ol6ubm2d3n0pitqmf0xst1kyrmstot23.jpg</t>
@@ -5315,62 +5537,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/436/cid3fa41kb1dxhez5o19jqnfg3n9lb5t.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 текстмаркеров ErichKrause Visioline V-19 Flex Idol, с гибким наконечником, цвет чернил ассорти  в коробке с внутренним лотком </t>
   </si>
   <si>
     <t>Набор из 4 текстмаркеров ErichKrause Visioline V-19 Flex Idol, с гибким наконечником, цвет чернил ассорти &amp;#40;в коробке с внутренним лотком&amp;#41;</t>
   </si>
   <si>
     <t>1011069</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3e0/0octxuymbeqfg29j9vha7bk95e9dc6hd.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 4 текстмаркеров ErichKrause Visioline V-22 Floral Soul, цвет чернил ассорти  в пэт-боксе </t>
   </si>
   <si>
     <t>Набор из 4 текстмаркеров ErichKrause Visioline V-22 Floral Soul, цвет чернил ассорти &amp;#40;в пэт-боксе&amp;#41;</t>
   </si>
   <si>
     <t>1011070</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/91e/1htbpj458e0iok7fw3h520kfj5l3nhsq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/8a1/w3fb4fynuf6x76vcavei2d3lrk2vkbgp.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause Visioline V-15 Neon Shine, цвет чернил зеленый  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Текстмаркер ErichKrause Visioline V-15 Neon Shine, цвет чернил зеленый &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011072</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a60/cxh55bg4wpf73m2w2fb1ki2ejxyxntxs.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause Visioline V-15 Neon Shine, цвет чернил оранжевый  в коробке по 12 штук </t>
   </si>
   <si>
     <t>Текстмаркер ErichKrause Visioline V-15 Neon Shine, цвет чернил оранжевый &amp;#40;в коробке по 12 штук&amp;#41;</t>
   </si>
   <si>
     <t>1011073</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/641/k7abwambviml17se189p0chm8brs9tkb.jpg</t>
@@ -5435,123 +5645,279 @@
   <si>
     <t>http://anytos.ru//upload/iblock/aaa/oxcwt6gbpzltnjhmwkz6ejs9s3emp2id.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Набор из 3 текстмаркеров ErichKrause Visioline V-23 Flex Yummy, с гибким наконечником, цвет чернил ассорти  в пэт-боксе </t>
   </si>
   <si>
     <t>Набор из 3 текстмаркеров ErichKrause Visioline V-23 Flex Yummy, с гибким наконечником, цвет чернил ассорти &amp;#40;в пэт-боксе&amp;#41;</t>
   </si>
   <si>
     <t>1011404</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/445/lpk93483ovqx9buoyh0kz8ymdcyjuzgs.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause Visioline V-15 Big City Cats, цвет чернил ассорти  в коробке-дисплее по 24 штуки </t>
   </si>
   <si>
     <t>Текстмаркер ErichKrause Visioline V-15 Big City Cats, цвет чернил ассорти &amp;#40;в коробке-дисплее по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1011405</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b30/vc9093i88ul1vpi1uqcm9zlrbsv11iia.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d18/diuz3i72tyefdyors9arajit2vr2djh2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause Visioline V-22 Floral Soul, цвет чернил ассорти  в коробке-дисплее по 24 штуки </t>
   </si>
   <si>
     <t>Текстмаркер оснащен клапанной системой подачи чернил и предназначен для работы на всех типах бумаги, в том числе на бумаге для факсов и копировальных машин. Имеет круглую форму корпуса и прозрачный колпачок без клипа. Скошенный пишущий узел позволяет варьировать ширину письма. Широкая часть наконечника 3.0 мм удобна для выделения текста, а тонкая 0.6 мм – для подчеркивания. Цвет корпуса соответствует цвету чернил. Чернила на водной основе быстро высыхают после нанесения и не оставляют следов на обратной стороне бумаги за счет тонкого и равномерного нанесения. Добавленный в чернила глиттер делает выделение более ярким и эффектным. Срок годности 5 лет.</t>
   </si>
   <si>
     <t>1011407</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/32a/x368u28mxyv4oq1ekfzvhdyof1p038nk.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause Visioline V-23 Flex Yummy, с гибким наконечником, цвет чернил ассорти  в коробке-дисплее по 24 штуки </t>
   </si>
   <si>
     <t>Текстмаркер ErichKrause Visioline V-23 Flex Yummy, с гибким наконечником, цвет чернил ассорти &amp;#40;в коробке-дисплее по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1011408</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/5d7/muyz37nhp48fbfox73aokq027wrycz8x.jpg</t>
-[...13 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/30e/cyvjxnkgoc27druwrv8yossqkwgvzw33.jpg</t>
   </si>
   <si>
     <t>Набор текстовыделителей 30 ЦВЕТОВ BRAUBERG  quot;SUPER MIX quot;, линия 1-5 мм, мягкий скошенный наконечник, 152539</t>
   </si>
   <si>
     <t>Текстовыделители BRAUBERG &amp;quot;SUPER MIX&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для скетчинга, а также решения учебных, домашних и офисных задач. • В наборе 30 текстовыделителей, разделенных на 5 цветовых групп: - Кремовые: небесно-голубой, румяный, бежевый, светло-кремовый, бамбуковый темно-зеленый, кремово-коричневый. - Пастельные: сиреневый, пастельно-голубой, мятный, бананово-желтый, винный, пастельно-коричневый. - Карамельные: темно-синий, светло-бирюзовый, зефирно-бежевый, светло-желтый, светло-лиловый, карамельно-оранжевый.- Ретро: дымчато-коричневый, светло-розовый, глициния, ментоловый, дымчато-желтый, пудрово-голубой. - Флуоресцентные: розовый, желтый, фиолетовый, оранжевый, зеленый, голубой. Яркие цвета позволяют заметно выделить важное в тексте, а особые нежные оттенки создают мягкие переходы и равномерно подчеркивают необходимую информацию. Цвет корпуса соответствует цвету чернил. В комплекте – удобная упаковка, которая позволяет удобно расположить набор на столе и обеспечить быстрый доступ к каждому текстовыделителю.Текстовыделители имеют корпус прямоугольной формы диаметром 15 мм. Мягкий скошенный наконечник с линией письма от 1 до 5 мм обеспечивает ровное, непрерывное нанесение при работе с текстом, напечатанным мелким шрифтом, или таблицами.Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, не портят бумагу, не смазывают текст и не просвечиваются.</t>
   </si>
   <si>
     <t>1012519</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fd8/osemoq2gekoiy7h62czsek5m6g6w2wxy.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Текстмаркер ErichKrause Visioline V-18 CapyBarbara, цвет чернил ассорти  в коробке-дисплее по 24 штуки </t>
   </si>
   <si>
     <t>Текстмаркер ErichKrause Visioline V-18 CapyBarbara, цвет чернил ассорти &amp;#40;в коробке-дисплее по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1012868</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/855/vhfcdz57v9pf9w6l3p8bkvyvq8ti1adx.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 6 НЕОНОВЫХ ЦВЕТОВ, кросс-серия МОНСТРИКИ, линия 1-5 мм, BRAUBERG, 152621</t>
+  </si>
+  <si>
+    <t>Текстовыделители BRAUBERG &amp;quot;МОНСТРИКИ&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для скетчинга, а также решения учебных, домашних и офисных задач. В наборе 6 неоновых цветов: розовый, оранжевый, фиолетовый, желтый, синий и зеленый. Неоновые цвета позволяют ярко выделить важные места в тексте. Цвет колпачка текстовыделителя соответствует цвету чернил.Текстовыделители имеют круглую форму корпуса с диаметром 16 мм. Скошенный наконечник с толщиной линии письма от 1 до 5 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 350 м. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015542</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/142/612uz6wo2kk432ac26t1iw3il7bdvhto.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей 6 ПАСТЕЛЬНЫХ ЦВЕТОВ, кросс-серия МИЛЫЕ КОТЫ, линия 1-5 мм, BRAUBERG, 152619</t>
+  </si>
+  <si>
+    <t>Текстовыделители BRAUBERG &amp;quot;МИЛЫЕ КОТЫ&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для скетчинга, а также решения учебных, домашних и офисных задач. В наборе 6 пастельных цветов: лавандовый, персиковый, ванильный, бирюзовый, пастельный розовый и мятный. Нежные пастельные цвета позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. Цвет колпачка текстовыделителя соответствует цвету чернил.Текстовыделители имеют круглую форму корпуса с диаметром 16 мм. Скошенный наконечник с толщиной линии письма от 1 до 5 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Благодаря особой водной основе чернил текстовыделители не высыхают без колпачка в течение 8 часов. Текстовыделители обладают экономным расходом чернил, при этом длина линии письма достигает 350 м. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015543</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ac1/gkpboa2eidp1ptgfbbd0g0wm45olhzof.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ НЕОН,  quot;КАПИБАРЫ quot;, линия 1-4 мм, FUNSTER  ФАНСТЕР , 152646</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;КАПИБАРЫ&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 неоновых цветов: розовый, оранжевый, фиолетовый, желтый, синий и зеленый. Неоновые цвета позволяют ярко выделить важные места в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме капибары. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см.Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015544</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/31b/muqc3ereyauqxt3uwqoz2591gpxeuwx9.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ НЕОН,  quot;КОСМО quot;, линия 1-4 мм, FUNSTER  ФАНСТЕР , 152649</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;КОСМО&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 неоновых цветов: розовый, оранжевый, фиолетовый, желтый, синий и зеленый. Неоновые цвета позволяют ярко выделить важные места в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме космонавта. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см.Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015545</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/20b/7qld2j2sijohnr7erk9ldu58pgpik240.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ НЕОН,  quot;КРУТЫЕ УТЯТА quot;, линия 1-4 мм, FUNSTER  ФАНСТЕР , 152647</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;КРУТЫЕ УТЯТА&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 неоновых цветов: розовый, оранжевый, фиолетовый, желтый, синий и зеленый. Неоновые цвета позволяют ярко выделить важные места в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме утёнка. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см. Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015546</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/195/2n6bksfr31yxsgsaf42lk8i8fv52k0dy.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ НЕОН,  quot;ЛАПКИ quot;, линия 1-4 мм, FUNSTER  ФАНСТЕР , 152645</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;ЛАПКИ&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 неоновых цветов: розовый, оранжевый, фиолетовый, желтый, синий и зеленый. Неоновые цвета позволяют ярко выделить важные места в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме лапки. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см.Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015547</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ee0/6850ujz681eety906newn6l3aiqd24rc.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ НЕОН,  quot;НЕЖНЫЕ ЦЫПЛЯТА quot;, линия 1-4 мм, FUNSTER  ФАНСТЕР , 152648</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;НЕЖНЫЕ ЦЫПЛЯТА&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 неоновых цветов: розовый, оранжевый, фиолетовый, желтый, синий и зеленый. Неоновые цвета позволяют ярко выделить важные места в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме цыплёнка. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см.Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015548</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/923/z18l9pjs7b3v9g1nsahfqr41q45mp3zv.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ ПАСТЕЛЬ,  quot;КАПИБАРЫ quot;, линия 1-4 мм, FUNSTER  ФАНСТЕР , 152651</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;КАПИБАРЫ&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 пастельных цветов: лавандовый, персиковый, ванильный, бирюзовый, пастельный розовый и мятный. Нежные пастельные цвета позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме капибары. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см.Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2f2/cq72h1bmumm9rnfsde4c135nkfg71vg4.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ ПАСТЕЛЬ,  quot;КОСМО quot;, линия 1-4 мм, FUNSTER  ФАНСТЕР , 152654</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;КОСМО&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 пастельных цветов: лавандовый, персиковый, ванильный, бирюзовый, пастельный розовый и мятный. Нежные пастельные цвета позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме космонавта. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см.Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015550</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/491/ndc0sk5g173elrvbqdu3u85gdy8adc7t.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ ПАСТЕЛЬ,  quot;КРУТЫЕ УТЯТА quot;, линия 1-4 мм, FUNSTER  ФАНСТЕР , 152652</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;КРУТЫЕ УТЯТА&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 пастельных цветов: лавандовый, персиковый, ванильный, бирюзовый, пастельный розовый и мятный. Нежные пастельные цвета позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме утёнка. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см.Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015551</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3b4/co0i7km5xgkg1dnxroaoxz4lxb2putc8.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ ПАСТЕЛЬ,  quot;ЛАПКИ quot;, линия 1-4 мм, FUNSTER  ФАНСТЕР , 152650</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;ЛАПКИ&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 пастельных цветов: лавандовый, персиковый, ванильный, бирюзовый, пастельный розовый и мятный. Нежные пастельные цвета позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме лапки. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см.Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015552</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a1/tt3s476jm1gtltg5t8h7aizeeounje8z.jpg</t>
+  </si>
+  <si>
+    <t>Набор текстовыделителей с топперами 6 ЦВЕТОВ ПАСТЕЛЬ,  quot;НЕЖНЫЕ ЦЫПЛЯТА quot;, линия 1-4мм, FUNSTER  ФАНСТЕР , 152653</t>
+  </si>
+  <si>
+    <t>Текстовыделители FUNSTER &amp;quot;НЕЖНЫЕ ЦЫПЛЯТА&amp;quot; предназначены для выделения текста на бумаге любого типа. Идеально подходят для решения учебных, домашних и офисных задач. В наборе 6 пастельных цветов: лавандовый, персиковый, ванильный, бирюзовый, пастельный розовый и мятный. Нежные пастельные цвета позволяют создать мягкие переходы и равномерно подчеркнуть необходимую информацию в тексте. Цвет корпуса текстовыделителя соответствует цвету чернил.Текстовыделители имеют плоскую форму корпуса с диаметром 23 мм. Колпак украшен ярким топпером в форме цыплёнка. Скошенный наконечник с толщиной линии письма от 1 до 4 мм обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. В комплект входит прозрачная сумочка для хранения длиной 15,5 см.Благодаря особой водной основе чернил текстовыделитель не высыхает без колпачка в течение 8 часов. Текстовыделитель обладает экономным расходом чернил. Чернила быстро впитываются и тем самым предотвращают размазывание в процессе использования.</t>
+  </si>
+  <si>
+    <t>1015553</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/67e/f6vaagyoravdd1cl5hgpc2wc9bdowoun.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF  quot;EVERYDAY HL-707 quot;, ЖЕЛТЫЙ, линия 1-5 мм, скошенный наконечник, 152542</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначен для выделения текста на бумаге любого типа. Идеально подходит для учебных, домашних и офисных задач. Текстовыделитель желтого цвета обладает прямоугольной формой корпуса диаметром 24 мм. Корпус оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с неоновым эффектом обеспечивают неповторимую яркость выделения текста. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделитель обладает экономным расходом чернил. Изделие не перезаправляется.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1015554</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b42/t5z004m7y842g7gv63nj2dsbyui5jqc0.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF  quot;EVERYDAY HL-707 quot;, ЗЕЛЕНЫЙ, линия 1-5 мм, скошенный наконечник, 152543</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF &amp;quot;EVERYDAY HL-707&amp;quot; предназначен для выделения текста на бумаге любого типа. Идеально подходит для учебных, домашних и офисных задач. Текстовыделитель зеленого цвета обладает прямоугольной формой корпуса диаметром 24 мм. Корпус оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с неоновым эффектом обеспечивают неповторимую яркость выделения текста. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделитель обладает экономным расходом чернил. Изделие не перезаправляется.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1015555</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a5b/hw2kof3zszsvtwxoyz27hxkoa329vmws.jpg</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF  quot;EVERYDAY HL-720 quot;, РОЗОВЫЙ, линия 1-5 мм, скошенный наконечник, 152554</t>
+  </si>
+  <si>
+    <t>Текстовыделитель STAFF &amp;quot;EVERYDAY HL-720&amp;quot; предназначен для выделения текста на бумаге любого типа. Идеально подходит для учебных, домашних и офисных задач. Текстовыделитель розового цвета обладает прямоугольной формой корпуса диаметром 26 мм. Корпус оснащен удобной зоной захвата. Скошенный наконечник имеет толщину линии письма от 1 до 5 мм, что обеспечивает удобство при работе с текстом, напечатанным мелким шрифтом, или таблицами. Чернила с неоновым эффектом обеспечивают неповторимую яркость выделения текста. Светоустойчивые чернила на водной основе не выцветают даже на открытом солнце, быстро впитываются и не размазываются в процессе использования. Текстовыделитель обладает экономным расходом чернил. Изделие не перезаправляется.Это товар эконом-сегмента, поэтому он отличается привлекательной ценой. Товар обладает базовым набором характеристик и простой упаковкой, при этом полностью соответствует основным требованиям потребителей.</t>
+  </si>
+  <si>
+    <t>1015556</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -5878,10946 +6244,11705 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J478"/>
+  <dimension ref="A1:M510"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G478" sqref="G478"/>
+      <selection pane="bottomRight" activeCell="G510" sqref="G510"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...12 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F8" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F9" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F11" s="3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F12" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="D13" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G13" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="3" t="s">
+      <c r="G16" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="F16" s="3" t="s">
-[...6 lines deleted...]
-    <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="F19" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="3" t="s">
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F22" s="3" t="s">
         <v>79</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="1" t="s">
+      <c r="G22" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="B20" s="1" t="s">
-[...14 lines deleted...]
-      <c r="G20" s="3" t="s">
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>79</v>
       </c>
-    </row>
-[...64 lines deleted...]
-      </c>
       <c r="G23" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>106</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>107</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>109</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>111</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>112</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="F27" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>98</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="C30" s="1"/>
+        <v>124</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>125</v>
+      </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>127</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F31" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="C31" s="1" t="s">
-[...12 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="G31" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>136</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="3" t="s">
+      <c r="G33" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="F33" s="3" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...58 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>142</v>
+        <v>176</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C42" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F42" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G42" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F43" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G43" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>178</v>
+        <v>79</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>178</v>
+        <v>202</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>201</v>
+        <v>77</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>203</v>
+        <v>79</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>206</v>
+        <v>77</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>210</v>
+        <v>77</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>211</v>
       </c>
       <c r="F50" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="G50" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="1" t="s">
+      <c r="B51" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C51" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>215</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>98</v>
+        <v>64</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>216</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="F52" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B53" s="1" t="s">
+      <c r="D54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="F54" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C53" s="1" t="s">
-[...19 lines deleted...]
-      <c r="B54" s="1" t="s">
+      <c r="G54" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C55" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>230</v>
+        <v>202</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
         <v>231</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>233</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
         <v>234</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>212</v>
+        <v>235</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>243</v>
+        <v>218</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>244</v>
       </c>
       <c r="F59" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A60" s="1" t="s">
         <v>245</v>
       </c>
-      <c r="G59" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A60" s="1" t="s">
+      <c r="B60" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="C60" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="F60" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A61" s="1" t="s">
         <v>248</v>
       </c>
-      <c r="F60" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="s">
+      <c r="B61" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="C61" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E61" s="3" t="s">
+      <c r="F61" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A62" s="1" t="s">
         <v>251</v>
       </c>
-      <c r="F61" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A62" s="1" t="s">
+      <c r="B62" s="1" t="s">
         <v>252</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="C62" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E62" s="3" t="s">
+      <c r="F62" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A63" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="F62" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A63" s="1" t="s">
+      <c r="B63" s="1" t="s">
         <v>255</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="C63" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C63" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E63" s="3" t="s">
+      <c r="F63" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A64" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="F63" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A64" s="1" t="s">
+      <c r="B64" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="C64" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="C64" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
         <v>260</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>230</v>
+        <v>261</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="F65" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B65" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G65" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>233</v>
+        <v>268</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>212</v>
+        <v>261</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B67" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="C67" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>93</v>
+        <v>261</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="F68" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A69" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="G68" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="F69" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="G69" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F69" s="3" t="s">
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A70" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="G69" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F70" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A71" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="G70" s="3" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="F72" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A73" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="F72" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>93</v>
+        <v>235</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>93</v>
+        <v>235</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>93</v>
+        <v>235</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>245</v>
+        <v>23</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>245</v>
+        <v>23</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>245</v>
+        <v>277</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>20</v>
+        <v>277</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B80" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="F80" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A81" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G81" s="3" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A83" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="F83" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F84" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="F90" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="F91" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="F92" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="F93" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="F94" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F95" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F96" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="F98" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="F121" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="F122" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="F123" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="F124" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="F125" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F126" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F127" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F128" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C138" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...85 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="F151" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="B84" s="1" t="s">
-[...91 lines deleted...]
-      <c r="B88" s="1" t="s">
+      <c r="G151" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="F157" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="F158" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="C88" s="1" t="s">
+      <c r="G158" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="F159" s="3" t="s">
         <v>345</v>
       </c>
-      <c r="D88" s="1" t="s">
-[...1631 lines deleted...]
-      </c>
       <c r="G159" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A160" s="1" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="F160" s="3" t="s">
-        <v>212</v>
+        <v>345</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A161" s="1" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E161" s="3" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="F161" s="3" t="s">
-        <v>78</v>
+        <v>345</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A162" s="1" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E162" s="3" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="F162" s="3" t="s">
-        <v>245</v>
+        <v>345</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A163" s="1" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E163" s="3" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="F163" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A164" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="F164" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A165" s="1" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E165" s="3" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="F165" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A166" s="1" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E166" s="3" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="F166" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A167" s="1" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E167" s="3" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="F167" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A168" s="1" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E168" s="3" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="F168" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A169" s="1" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E169" s="3" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="F169" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A170" s="1" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E170" s="3" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="F170" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A171" s="1" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E171" s="3" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="F171" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A172" s="1" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E172" s="3" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="F172" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A173" s="1" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="F173" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A174" s="1" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="F174" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A175" s="1" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E175" s="3" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="F175" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A176" s="1" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E176" s="3" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="F176" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A177" s="1" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E177" s="3" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="F177" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A178" s="1" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>357</v>
+        <v>345</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>357</v>
+        <v>202</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>357</v>
+        <v>136</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>357</v>
+        <v>715</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>357</v>
+        <v>715</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="C185" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E185" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="F185" s="3" t="s">
         <v>715</v>
       </c>
-      <c r="D185" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G185" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>357</v>
+        <v>715</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>723</v>
+        <v>731</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>724</v>
+        <v>732</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>357</v>
+        <v>715</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>357</v>
+        <v>715</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>357</v>
+        <v>715</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>212</v>
+        <v>715</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>741</v>
+        <v>715</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C194" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="B194" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C194" s="1" t="s">
+      <c r="D194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="F194" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G194" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="F196" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A197" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="C197" s="1" t="s">
         <v>762</v>
       </c>
-      <c r="F196" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>769</v>
+        <v>762</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C200" s="1" t="s">
         <v>775</v>
       </c>
-      <c r="B200" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
         <v>780</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>781</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="F201" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="C202" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="F201" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D202" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E202" s="3" t="s">
         <v>786</v>
       </c>
       <c r="F202" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A203" s="1" t="s">
         <v>787</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>788</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>789</v>
       </c>
       <c r="F203" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="204" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A204" s="1" t="s">
         <v>790</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>791</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E204" s="3" t="s">
         <v>792</v>
       </c>
       <c r="F204" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="205" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A205" s="1" t="s">
         <v>793</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C205" s="1" t="s">
         <v>795</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E205" s="3" t="s">
         <v>796</v>
       </c>
       <c r="F205" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="206" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A206" s="1" t="s">
         <v>797</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>798</v>
       </c>
       <c r="C206" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E206" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="F206" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="207" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A207" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="C207" s="1" t="s">
         <v>795</v>
       </c>
-      <c r="D206" s="1" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="D207" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E207" s="3" t="s">
         <v>803</v>
       </c>
       <c r="F207" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="208" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A208" s="1" t="s">
         <v>804</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>805</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F208" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="209" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A209" s="1" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="F209" s="3" t="s">
-        <v>779</v>
+        <v>202</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="210" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A210" s="1" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="F210" s="3" t="s">
-        <v>779</v>
+        <v>202</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="211" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A211" s="1" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F211" s="3" t="s">
-        <v>779</v>
+        <v>202</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="212" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A212" s="1" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="C212" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="F212" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G212" s="3" t="s">
         <v>820</v>
       </c>
-      <c r="D212" s="1" t="s">
-[...12 lines deleted...]
-    <row r="213" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="213" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A213" s="1" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>812</v>
+        <v>827</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="F213" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="214" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A214" s="1" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="B214" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="C214" s="1" t="s">
         <v>827</v>
       </c>
-      <c r="C214" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D214" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="F214" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="215" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A215" s="1" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="F215" s="3" t="s">
-        <v>212</v>
+        <v>836</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="216" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A216" s="1" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="C216" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E216" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="F216" s="3" t="s">
         <v>836</v>
       </c>
-      <c r="D216" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G216" s="3" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="217" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A217" s="1" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="F217" s="3" t="s">
-        <v>212</v>
+        <v>836</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="218" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A218" s="1" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E218" s="3" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="F218" s="3" t="s">
-        <v>212</v>
+        <v>836</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="219" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A219" s="1" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E219" s="3" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="F219" s="3" t="s">
-        <v>779</v>
+        <v>836</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="220" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A220" s="1" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="F220" s="3" t="s">
-        <v>779</v>
+        <v>836</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="221" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A221" s="1" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E221" s="3" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="F221" s="3" t="s">
-        <v>779</v>
+        <v>836</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="222" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A222" s="1" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E222" s="3" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="F222" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="223" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A223" s="1" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E223" s="3" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="F223" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="224" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A224" s="1" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E224" s="3" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="F224" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="225" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A225" s="1" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E225" s="3" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="F225" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="226" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A226" s="1" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E226" s="3" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="F226" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="227" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A227" s="1" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="F227" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="228" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A228" s="1" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="F228" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="229" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A229" s="1" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E229" s="3" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="F229" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="230" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A230" s="1" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E230" s="3" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="F230" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="231" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A231" s="1" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="F231" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="232" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A232" s="1" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="F232" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="233" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A233" s="1" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="F233" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="234" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A234" s="1" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E234" s="3" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="F234" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="235" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A235" s="1" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="F235" s="3" t="s">
-        <v>862</v>
+        <v>836</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="236" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A236" s="1" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="F236" s="3" t="s">
-        <v>862</v>
+        <v>345</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="237" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A237" s="1" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E237" s="3" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="F237" s="3" t="s">
-        <v>862</v>
+        <v>345</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="238" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A238" s="1" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="F238" s="3" t="s">
-        <v>862</v>
+        <v>345</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="239" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A239" s="1" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="F239" s="3" t="s">
-        <v>862</v>
+        <v>345</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="240" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A240" s="1" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>933</v>
+        <v>827</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="F240" s="3" t="s">
-        <v>862</v>
+        <v>753</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="241" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A241" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="F241" s="3" t="s">
-        <v>862</v>
+        <v>202</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="242" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A242" s="1" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="F242" s="3" t="s">
-        <v>357</v>
+        <v>202</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="243" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A243" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E243" s="3" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="F243" s="3" t="s">
-        <v>357</v>
+        <v>202</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="244" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A244" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E244" s="3" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="F244" s="3" t="s">
-        <v>357</v>
+        <v>753</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="245" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A245" s="1" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E245" s="3" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="F245" s="3" t="s">
-        <v>357</v>
+        <v>202</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="246" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A246" s="1" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E246" s="3" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="F246" s="3" t="s">
-        <v>212</v>
+        <v>960</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="247" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A247" s="1" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E247" s="3" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="F247" s="3" t="s">
-        <v>212</v>
+        <v>753</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="248" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A248" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>966</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E248" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="F248" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="249" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A249" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E249" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="F249" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="250" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A250" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="B248" s="1" t="s">
-[...19 lines deleted...]
-      <c r="A249" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E250" s="3" t="s">
+        <v>974</v>
+      </c>
+      <c r="F250" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="251" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A251" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="C251" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="B249" s="1" t="s">
-[...50 lines deleted...]
-      </c>
       <c r="D251" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E251" s="3" t="s">
         <v>977</v>
       </c>
       <c r="F251" s="3" t="s">
-        <v>212</v>
+        <v>753</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="252" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A252" s="1" t="s">
         <v>978</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>979</v>
       </c>
       <c r="C252" s="1" t="s">
         <v>980</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E252" s="3" t="s">
         <v>981</v>
       </c>
       <c r="F252" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G252" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="253" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A253" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="G252" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A253" s="1" t="s">
+      <c r="B253" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="B253" s="1" t="s">
+      <c r="C253" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="C253" s="1" t="s">
+      <c r="D253" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E253" s="3" t="s">
         <v>985</v>
       </c>
-      <c r="D253" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E253" s="3" t="s">
+      <c r="F253" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G253" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="254" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A254" s="1" t="s">
         <v>986</v>
       </c>
-      <c r="F253" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A254" s="1" t="s">
+      <c r="B254" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="B254" s="1" t="s">
+      <c r="C254" s="1" t="s">
         <v>988</v>
       </c>
-      <c r="C254" s="1" t="s">
+      <c r="D254" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E254" s="3" t="s">
         <v>989</v>
       </c>
-      <c r="D254" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E254" s="3" t="s">
+      <c r="F254" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="G254" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="255" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A255" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="F254" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A255" s="1" t="s">
+      <c r="B255" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="B255" s="1" t="s">
+      <c r="C255" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="C255" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D255" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E255" s="3" t="s">
         <v>993</v>
       </c>
       <c r="F255" s="3" t="s">
-        <v>779</v>
+        <v>176</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="256" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A256" s="1" t="s">
         <v>994</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>995</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>989</v>
+        <v>967</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E256" s="3" t="s">
         <v>996</v>
       </c>
       <c r="F256" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="257" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A257" s="1" t="s">
         <v>997</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>998</v>
       </c>
       <c r="C257" s="1" t="s">
+        <v>967</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E257" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="D257" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E257" s="3" t="s">
+      <c r="F257" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="258" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A258" s="1" t="s">
         <v>1000</v>
       </c>
-      <c r="F257" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A258" s="1" t="s">
+      <c r="B258" s="1" t="s">
         <v>1001</v>
       </c>
-      <c r="B258" s="1" t="s">
+      <c r="C258" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="C258" s="1" t="s">
+      <c r="D258" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E258" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="D258" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E258" s="3" t="s">
+      <c r="F258" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="259" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A259" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="F258" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A259" s="1" t="s">
+      <c r="B259" s="1" t="s">
         <v>1005</v>
       </c>
-      <c r="B259" s="1" t="s">
+      <c r="C259" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="C259" s="1" t="s">
+      <c r="D259" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E259" s="3" t="s">
         <v>1007</v>
       </c>
-      <c r="D259" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E259" s="3" t="s">
+      <c r="F259" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="260" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A260" s="1" t="s">
         <v>1008</v>
       </c>
-      <c r="F259" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A260" s="1" t="s">
+      <c r="B260" s="1" t="s">
         <v>1009</v>
       </c>
-      <c r="B260" s="1" t="s">
+      <c r="C260" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="C260" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D260" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E260" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="F260" s="3" t="s">
-        <v>779</v>
+        <v>235</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="261" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A261" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="B261" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>989</v>
+        <v>1014</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="F261" s="3" t="s">
-        <v>779</v>
+        <v>235</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="262" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A262" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="F262" s="3" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="263" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A263" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="F263" s="3" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="264" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A264" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>1025</v>
+        <v>963</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E264" s="3" t="s">
         <v>1026</v>
       </c>
       <c r="F264" s="3" t="s">
-        <v>245</v>
+        <v>753</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="265" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A265" s="1" t="s">
         <v>1027</v>
       </c>
       <c r="B265" s="1" t="s">
         <v>1028</v>
       </c>
       <c r="C265" s="1" t="s">
+        <v>963</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E265" s="3" t="s">
         <v>1029</v>
       </c>
-      <c r="D265" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E265" s="3" t="s">
+      <c r="F265" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="266" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A266" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="F265" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A266" s="1" t="s">
+      <c r="B266" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="B266" s="1" t="s">
+      <c r="C266" s="1" t="s">
         <v>1032</v>
       </c>
-      <c r="C266" s="1" t="s">
+      <c r="D266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E266" s="3" t="s">
         <v>1033</v>
       </c>
-      <c r="D266" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E266" s="3" t="s">
+      <c r="F266" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="267" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A267" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="F266" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A267" s="1" t="s">
+      <c r="B267" s="1" t="s">
         <v>1035</v>
       </c>
-      <c r="B267" s="1" t="s">
+      <c r="C267" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E267" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="C267" s="1" t="s">
+      <c r="F267" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="268" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A268" s="1" t="s">
         <v>1037</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E267" s="3" t="s">
+      <c r="B268" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="F267" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A268" s="1" t="s">
+      <c r="C268" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E268" s="3" t="s">
         <v>1039</v>
       </c>
-      <c r="B268" s="1" t="s">
+      <c r="F268" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G268" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="269" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A269" s="1" t="s">
         <v>1040</v>
       </c>
-      <c r="C268" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E268" s="3" t="s">
+      <c r="B269" s="1" t="s">
         <v>1041</v>
       </c>
-      <c r="F268" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A269" s="1" t="s">
+      <c r="C269" s="1" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E269" s="3" t="s">
         <v>1042</v>
       </c>
-      <c r="B269" s="1" t="s">
+      <c r="F269" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="270" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A270" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="C269" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E269" s="3" t="s">
+      <c r="B270" s="1" t="s">
         <v>1044</v>
       </c>
-      <c r="F269" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A270" s="1" t="s">
+      <c r="C270" s="1" t="s">
         <v>1045</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="D270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E270" s="3" t="s">
         <v>1046</v>
       </c>
-      <c r="C270" s="1" t="s">
+      <c r="F270" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="271" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A271" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E270" s="3" t="s">
+      <c r="B271" s="1" t="s">
         <v>1048</v>
       </c>
-      <c r="F270" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A271" s="1" t="s">
+      <c r="C271" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E271" s="3" t="s">
         <v>1049</v>
       </c>
-      <c r="B271" s="1" t="s">
+      <c r="F271" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="272" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A272" s="1" t="s">
         <v>1050</v>
       </c>
-      <c r="C271" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E271" s="3" t="s">
+      <c r="B272" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="F271" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A272" s="1" t="s">
+      <c r="C272" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E272" s="3" t="s">
         <v>1052</v>
       </c>
-      <c r="B272" s="1" t="s">
+      <c r="F272" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G272" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="273" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A273" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E272" s="3" t="s">
+      <c r="B273" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="F272" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A273" s="1" t="s">
+      <c r="C273" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E273" s="3" t="s">
         <v>1055</v>
       </c>
-      <c r="B273" s="1" t="s">
+      <c r="F273" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G273" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="274" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A274" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="C273" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E273" s="3" t="s">
+      <c r="B274" s="1" t="s">
         <v>1057</v>
       </c>
-      <c r="F273" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A274" s="1" t="s">
+      <c r="C274" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E274" s="3" t="s">
         <v>1058</v>
       </c>
-      <c r="B274" s="1" t="s">
+      <c r="F274" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="275" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A275" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="C274" s="1" t="s">
+      <c r="B275" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="D274" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E274" s="3" t="s">
+      <c r="C275" s="1" t="s">
         <v>1061</v>
       </c>
-      <c r="F274" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A275" s="1" t="s">
+      <c r="D275" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E275" s="3" t="s">
         <v>1062</v>
       </c>
-      <c r="B275" s="1" t="s">
+      <c r="F275" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G275" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="276" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A276" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="C275" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E275" s="3" t="s">
+      <c r="B276" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="F275" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A276" s="1" t="s">
+      <c r="C276" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E276" s="3" t="s">
         <v>1065</v>
       </c>
-      <c r="B276" s="1" t="s">
+      <c r="F276" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G276" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="277" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A277" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="C276" s="1" t="s">
+      <c r="B277" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E276" s="3" t="s">
+      <c r="C277" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E277" s="3" t="s">
         <v>1068</v>
       </c>
-      <c r="F276" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A277" s="1" t="s">
+      <c r="F277" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G277" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="278" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A278" s="1" t="s">
         <v>1069</v>
       </c>
-      <c r="B277" s="1" t="s">
+      <c r="B278" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="C277" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E277" s="3" t="s">
+      <c r="C278" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="F277" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A278" s="1" t="s">
+      <c r="D278" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E278" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="B278" s="1" t="s">
+      <c r="F278" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="279" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A279" s="1" t="s">
         <v>1073</v>
       </c>
-      <c r="C278" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E278" s="3" t="s">
+      <c r="B279" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="F278" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A279" s="1" t="s">
+      <c r="C279" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E279" s="3" t="s">
         <v>1075</v>
       </c>
-      <c r="B279" s="1" t="s">
+      <c r="F279" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="280" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A280" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="C279" s="1" t="s">
+      <c r="B280" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="D279" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E279" s="3" t="s">
+      <c r="C280" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E280" s="3" t="s">
         <v>1078</v>
       </c>
-      <c r="F279" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A280" s="1" t="s">
+      <c r="F280" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="281" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A281" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="B280" s="1" t="s">
+      <c r="B281" s="1" t="s">
         <v>1080</v>
       </c>
-      <c r="C280" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E280" s="3" t="s">
+      <c r="C281" s="1" t="s">
         <v>1081</v>
       </c>
-      <c r="F280" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A281" s="1" t="s">
+      <c r="D281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E281" s="3" t="s">
         <v>1082</v>
       </c>
-      <c r="B281" s="1" t="s">
+      <c r="F281" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="282" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A282" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="C281" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E281" s="3" t="s">
+      <c r="B282" s="1" t="s">
         <v>1084</v>
       </c>
-      <c r="F281" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A282" s="1" t="s">
+      <c r="C282" s="1" t="s">
         <v>1085</v>
       </c>
-      <c r="B282" s="1" t="s">
+      <c r="D282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E282" s="3" t="s">
         <v>1086</v>
       </c>
-      <c r="C282" s="1" t="s">
+      <c r="F282" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="283" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A283" s="1" t="s">
         <v>1087</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E282" s="3" t="s">
+      <c r="B283" s="1" t="s">
         <v>1088</v>
       </c>
-      <c r="F282" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A283" s="1" t="s">
+      <c r="C283" s="1" t="s">
         <v>1089</v>
       </c>
-      <c r="B283" s="1" t="s">
+      <c r="D283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E283" s="3" t="s">
         <v>1090</v>
       </c>
-      <c r="C283" s="1" t="s">
+      <c r="F283" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="284" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A284" s="1" t="s">
         <v>1091</v>
       </c>
-      <c r="D283" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="3" t="s">
+      <c r="B284" s="1" t="s">
         <v>1092</v>
       </c>
-      <c r="F283" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A284" s="1" t="s">
+      <c r="C284" s="1" t="s">
         <v>1093</v>
       </c>
-      <c r="B284" s="1" t="s">
+      <c r="D284" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E284" s="3" t="s">
         <v>1094</v>
       </c>
-      <c r="C284" s="1" t="s">
+      <c r="F284" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="285" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A285" s="1" t="s">
         <v>1095</v>
       </c>
-      <c r="D284" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E284" s="3" t="s">
+      <c r="B285" s="1" t="s">
         <v>1096</v>
       </c>
-      <c r="F284" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A285" s="1" t="s">
+      <c r="C285" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="B285" s="1" t="s">
+      <c r="D285" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E285" s="3" t="s">
         <v>1098</v>
       </c>
-      <c r="C285" s="1" t="s">
+      <c r="F285" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="286" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A286" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="D285" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E285" s="3" t="s">
+      <c r="B286" s="1" t="s">
         <v>1100</v>
       </c>
-      <c r="F285" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A286" s="1" t="s">
+      <c r="C286" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="B286" s="1" t="s">
+      <c r="D286" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E286" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="C286" s="1" t="s">
+      <c r="F286" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="287" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A287" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="D286" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E286" s="3" t="s">
+      <c r="B287" s="1" t="s">
         <v>1104</v>
       </c>
-      <c r="F286" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A287" s="1" t="s">
+      <c r="C287" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="B287" s="1" t="s">
+      <c r="D287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E287" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="C287" s="1" t="s">
+      <c r="F287" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="288" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A288" s="1" t="s">
         <v>1107</v>
       </c>
-      <c r="D287" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E287" s="3" t="s">
+      <c r="B288" s="1" t="s">
         <v>1108</v>
       </c>
-      <c r="F287" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A288" s="1" t="s">
+      <c r="C288" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="B288" s="1" t="s">
+      <c r="D288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E288" s="3" t="s">
         <v>1110</v>
       </c>
-      <c r="C288" s="1" t="s">
+      <c r="F288" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="289" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A289" s="1" t="s">
         <v>1111</v>
       </c>
-      <c r="D288" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E288" s="3" t="s">
+      <c r="B289" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="F288" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A289" s="1" t="s">
+      <c r="C289" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="B289" s="1" t="s">
+      <c r="D289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E289" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="C289" s="1" t="s">
+      <c r="F289" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="290" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A290" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="D289" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E289" s="3" t="s">
+      <c r="B290" s="1" t="s">
         <v>1116</v>
       </c>
-      <c r="F289" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A290" s="1" t="s">
+      <c r="C290" s="1" t="s">
         <v>1117</v>
       </c>
-      <c r="B290" s="1" t="s">
+      <c r="D290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E290" s="3" t="s">
         <v>1118</v>
       </c>
-      <c r="C290" s="1" t="s">
+      <c r="F290" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="291" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A291" s="1" t="s">
         <v>1119</v>
       </c>
-      <c r="D290" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E290" s="3" t="s">
+      <c r="B291" s="1" t="s">
         <v>1120</v>
       </c>
-      <c r="F290" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A291" s="1" t="s">
+      <c r="C291" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="B291" s="1" t="s">
+      <c r="D291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E291" s="3" t="s">
         <v>1122</v>
       </c>
-      <c r="C291" s="1" t="s">
+      <c r="F291" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="292" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A292" s="1" t="s">
         <v>1123</v>
       </c>
-      <c r="D291" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E291" s="3" t="s">
+      <c r="B292" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="F291" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A292" s="1" t="s">
+      <c r="C292" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="B292" s="1" t="s">
+      <c r="D292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E292" s="3" t="s">
         <v>1126</v>
       </c>
-      <c r="C292" s="1" t="s">
+      <c r="F292" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="293" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A293" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="D292" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E292" s="3" t="s">
+      <c r="B293" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="F292" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A293" s="1" t="s">
+      <c r="C293" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="B293" s="1" t="s">
+      <c r="D293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E293" s="3" t="s">
         <v>1130</v>
       </c>
-      <c r="C293" s="1" t="s">
+      <c r="F293" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="294" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A294" s="1" t="s">
         <v>1131</v>
       </c>
-      <c r="D293" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E293" s="3" t="s">
+      <c r="B294" s="1" t="s">
         <v>1132</v>
       </c>
-      <c r="F293" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="C294" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="B294" s="1" t="s">
+      <c r="D294" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E294" s="3" t="s">
         <v>1134</v>
       </c>
-      <c r="C294" s="1" t="s">
+      <c r="F294" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="295" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A295" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="D294" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E294" s="3" t="s">
+      <c r="B295" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="F294" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A295" s="1" t="s">
+      <c r="C295" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="B295" s="1" t="s">
+      <c r="D295" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E295" s="3" t="s">
         <v>1138</v>
       </c>
-      <c r="C295" s="1" t="s">
+      <c r="F295" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="296" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A296" s="1" t="s">
         <v>1139</v>
       </c>
-      <c r="D295" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E295" s="3" t="s">
+      <c r="B296" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="F295" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A296" s="1" t="s">
+      <c r="C296" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="B296" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E296" s="3" t="s">
         <v>1142</v>
       </c>
-      <c r="C296" s="1" t="s">
+      <c r="F296" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="297" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A297" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="D296" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E296" s="3" t="s">
+      <c r="B297" s="1" t="s">
         <v>1144</v>
       </c>
-      <c r="F296" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A297" s="1" t="s">
+      <c r="C297" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="B297" s="1" t="s">
+      <c r="D297" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E297" s="3" t="s">
         <v>1146</v>
       </c>
-      <c r="C297" s="1" t="s">
+      <c r="F297" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="298" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A298" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="D297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E297" s="3" t="s">
+      <c r="B298" s="1" t="s">
         <v>1148</v>
       </c>
-      <c r="F297" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A298" s="1" t="s">
+      <c r="C298" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="B298" s="1" t="s">
+      <c r="D298" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E298" s="3" t="s">
         <v>1150</v>
       </c>
-      <c r="C298" s="1" t="s">
+      <c r="F298" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="299" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A299" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="D298" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E298" s="3" t="s">
+      <c r="B299" s="1" t="s">
         <v>1152</v>
       </c>
-      <c r="F298" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A299" s="1" t="s">
+      <c r="C299" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="B299" s="1" t="s">
+      <c r="D299" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E299" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="C299" s="1" t="s">
+      <c r="F299" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="300" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A300" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="D299" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E299" s="3" t="s">
+      <c r="B300" s="1" t="s">
         <v>1156</v>
       </c>
-      <c r="F299" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A300" s="1" t="s">
+      <c r="C300" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E300" s="3" t="s">
         <v>1157</v>
       </c>
-      <c r="B300" s="1" t="s">
+      <c r="F300" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="301" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A301" s="1" t="s">
         <v>1158</v>
       </c>
-      <c r="C300" s="1" t="s">
+      <c r="B301" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="D300" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E300" s="3" t="s">
+      <c r="C301" s="1" t="s">
         <v>1160</v>
       </c>
-      <c r="F300" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A301" s="1" t="s">
+      <c r="D301" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E301" s="3" t="s">
         <v>1161</v>
       </c>
-      <c r="B301" s="1" t="s">
+      <c r="F301" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="302" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A302" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="C301" s="1" t="s">
+      <c r="B302" s="1" t="s">
         <v>1163</v>
       </c>
-      <c r="D301" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E301" s="3" t="s">
+      <c r="C302" s="1" t="s">
         <v>1164</v>
       </c>
-      <c r="F301" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A302" s="1" t="s">
+      <c r="D302" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E302" s="3" t="s">
         <v>1165</v>
       </c>
-      <c r="B302" s="1" t="s">
+      <c r="F302" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G302" s="3" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="303" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A303" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="C302" s="1" t="s">
+      <c r="B303" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="D302" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E302" s="3" t="s">
+      <c r="C303" s="1" t="s">
         <v>1168</v>
       </c>
-      <c r="F302" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A303" s="1" t="s">
+      <c r="D303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E303" s="3" t="s">
         <v>1169</v>
       </c>
-      <c r="B303" s="1" t="s">
+      <c r="F303" s="3" t="s">
         <v>1170</v>
       </c>
-      <c r="C303" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E303" s="3" t="s">
+      <c r="G303" s="3" t="s">
         <v>1171</v>
       </c>
-      <c r="F303" s="3" t="s">
-[...6 lines deleted...]
-    <row r="304" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="304" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A304" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="B304" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="C304" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E304" s="3" t="s">
         <v>1174</v>
       </c>
-      <c r="D304" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E304" s="3" t="s">
+      <c r="F304" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G304" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="305" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A305" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="F304" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A305" s="1" t="s">
+      <c r="B305" s="1" t="s">
         <v>1176</v>
       </c>
-      <c r="B305" s="1" t="s">
+      <c r="C305" s="1" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E305" s="3" t="s">
         <v>1177</v>
       </c>
-      <c r="C305" s="1" t="s">
+      <c r="F305" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G305" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="306" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A306" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="D305" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E305" s="3" t="s">
+      <c r="B306" s="1" t="s">
         <v>1179</v>
       </c>
-      <c r="F305" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="C306" s="1" t="s">
         <v>1180</v>
       </c>
-      <c r="B306" s="1" t="s">
+      <c r="D306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E306" s="3" t="s">
         <v>1181</v>
       </c>
-      <c r="C306" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E306" s="3" t="s">
+      <c r="F306" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G306" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="307" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A307" s="1" t="s">
         <v>1182</v>
       </c>
-      <c r="F306" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A307" s="1" t="s">
+      <c r="B307" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="B307" s="1" t="s">
+      <c r="C307" s="1" t="s">
         <v>1184</v>
       </c>
-      <c r="C307" s="1" t="s">
+      <c r="D307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E307" s="3" t="s">
         <v>1185</v>
       </c>
-      <c r="D307" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E307" s="3" t="s">
+      <c r="F307" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G307" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="308" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A308" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="F307" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A308" s="1" t="s">
+      <c r="B308" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="B308" s="1" t="s">
+      <c r="C308" s="1" t="s">
         <v>1188</v>
       </c>
-      <c r="C308" s="1" t="s">
+      <c r="D308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E308" s="3" t="s">
         <v>1189</v>
       </c>
-      <c r="D308" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E308" s="3" t="s">
+      <c r="F308" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G308" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="309" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A309" s="1" t="s">
         <v>1190</v>
       </c>
-      <c r="F308" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A309" s="1" t="s">
+      <c r="B309" s="1" t="s">
         <v>1191</v>
       </c>
-      <c r="B309" s="1" t="s">
+      <c r="C309" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E309" s="3" t="s">
         <v>1192</v>
       </c>
-      <c r="C309" s="1" t="s">
+      <c r="F309" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G309" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="310" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A310" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D309" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E309" s="3" t="s">
+      <c r="B310" s="1" t="s">
         <v>1194</v>
       </c>
-      <c r="F309" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A310" s="1" t="s">
+      <c r="C310" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="B310" s="1" t="s">
+      <c r="D310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E310" s="3" t="s">
         <v>1196</v>
       </c>
-      <c r="C310" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E310" s="3" t="s">
+      <c r="F310" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G310" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="311" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A311" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="F310" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="B311" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="B311" s="1" t="s">
+      <c r="C311" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="D311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E311" s="3" t="s">
         <v>1200</v>
       </c>
-      <c r="D311" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E311" s="3" t="s">
+      <c r="F311" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G311" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="312" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A312" s="1" t="s">
         <v>1201</v>
       </c>
-      <c r="F311" s="3" t="s">
+      <c r="B312" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="G311" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A312" s="1" t="s">
+      <c r="C312" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E312" s="3" t="s">
         <v>1203</v>
       </c>
-      <c r="B312" s="1" t="s">
+      <c r="F312" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G312" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="313" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A313" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="C312" s="1" t="s">
+      <c r="B313" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="D312" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E312" s="3" t="s">
+      <c r="C313" s="1" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E313" s="3" t="s">
         <v>1206</v>
       </c>
-      <c r="F312" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A313" s="1" t="s">
+      <c r="F313" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G313" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="314" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A314" s="1" t="s">
         <v>1207</v>
       </c>
-      <c r="B313" s="1" t="s">
+      <c r="B314" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="C313" s="1" t="s">
+      <c r="C314" s="1" t="s">
         <v>1209</v>
       </c>
-      <c r="D313" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E313" s="3" t="s">
+      <c r="D314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E314" s="3" t="s">
         <v>1210</v>
       </c>
-      <c r="F313" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A314" s="1" t="s">
+      <c r="F314" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G314" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="315" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A315" s="1" t="s">
         <v>1211</v>
       </c>
-      <c r="B314" s="1" t="s">
+      <c r="B315" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="C314" s="1" t="s">
+      <c r="C315" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E315" s="3" t="s">
         <v>1213</v>
       </c>
-      <c r="D314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E314" s="3" t="s">
+      <c r="F315" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G315" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="316" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A316" s="1" t="s">
         <v>1214</v>
       </c>
-      <c r="F314" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A315" s="1" t="s">
+      <c r="B316" s="1" t="s">
         <v>1215</v>
       </c>
-      <c r="B315" s="1" t="s">
+      <c r="C316" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="C315" s="1" t="s">
+      <c r="D316" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E316" s="3" t="s">
         <v>1217</v>
       </c>
-      <c r="D315" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E315" s="3" t="s">
+      <c r="F316" s="3" t="s">
         <v>1218</v>
       </c>
-      <c r="F315" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A316" s="1" t="s">
+      <c r="G316" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="317" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A317" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="B316" s="1" t="s">
+      <c r="B317" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="C316" s="1" t="s">
+      <c r="C317" s="1" t="s">
         <v>1221</v>
       </c>
-      <c r="D316" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E316" s="3" t="s">
+      <c r="D317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E317" s="3" t="s">
         <v>1222</v>
       </c>
-      <c r="F316" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G316" s="3" t="s">
+      <c r="F317" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G317" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="318" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A318" s="1" t="s">
         <v>1223</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A317" s="1" t="s">
+      <c r="B318" s="1" t="s">
         <v>1224</v>
       </c>
-      <c r="B317" s="1" t="s">
+      <c r="C318" s="1" t="s">
         <v>1225</v>
       </c>
-      <c r="C317" s="1" t="s">
+      <c r="D318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E318" s="3" t="s">
         <v>1226</v>
       </c>
-      <c r="D317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E317" s="3" t="s">
+      <c r="F318" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G318" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="319" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A319" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="F317" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A318" s="1" t="s">
+      <c r="B319" s="1" t="s">
         <v>1228</v>
       </c>
-      <c r="B318" s="1" t="s">
+      <c r="C319" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="C318" s="1" t="s">
+      <c r="D319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E319" s="3" t="s">
         <v>1230</v>
       </c>
-      <c r="D318" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E318" s="3" t="s">
+      <c r="F319" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G319" s="3" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="320" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A320" s="1" t="s">
         <v>1231</v>
       </c>
-      <c r="F318" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A319" s="1" t="s">
+      <c r="B320" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="B319" s="1" t="s">
+      <c r="C320" s="1" t="s">
         <v>1233</v>
       </c>
-      <c r="C319" s="1" t="s">
+      <c r="D320" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E320" s="3" t="s">
         <v>1234</v>
       </c>
-      <c r="D319" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E319" s="3" t="s">
+      <c r="F320" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G320" s="3" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="321" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A321" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="F319" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A320" s="1" t="s">
+      <c r="B321" s="1" t="s">
         <v>1236</v>
       </c>
-      <c r="B320" s="1" t="s">
+      <c r="C321" s="1" t="s">
         <v>1237</v>
       </c>
-      <c r="C320" s="1" t="s">
+      <c r="D321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E321" s="3" t="s">
         <v>1238</v>
       </c>
-      <c r="D320" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E320" s="3" t="s">
+      <c r="F321" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G321" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="322" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A322" s="1" t="s">
         <v>1239</v>
       </c>
-      <c r="F320" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A321" s="1" t="s">
+      <c r="B322" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="B321" s="1" t="s">
+      <c r="C322" s="1" t="s">
         <v>1241</v>
       </c>
-      <c r="C321" s="1" t="s">
+      <c r="D322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E322" s="3" t="s">
         <v>1242</v>
       </c>
-      <c r="D321" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E321" s="3" t="s">
+      <c r="F322" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G322" s="3" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="323" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A323" s="1" t="s">
         <v>1243</v>
       </c>
-      <c r="F321" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A322" s="1" t="s">
+      <c r="B323" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="B322" s="1" t="s">
+      <c r="C323" s="1" t="s">
         <v>1245</v>
       </c>
-      <c r="C322" s="1" t="s">
+      <c r="D323" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E323" s="3" t="s">
         <v>1246</v>
       </c>
-      <c r="D322" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E322" s="3" t="s">
+      <c r="F323" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G323" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="324" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A324" s="1" t="s">
         <v>1247</v>
       </c>
-      <c r="F322" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A323" s="1" t="s">
+      <c r="B324" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="B323" s="1" t="s">
+      <c r="C324" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="C323" s="1" t="s">
+      <c r="D324" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E324" s="3" t="s">
         <v>1250</v>
       </c>
-      <c r="D323" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E323" s="3" t="s">
+      <c r="F324" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G324" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="325" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A325" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="F323" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A324" s="1" t="s">
+      <c r="B325" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="B324" s="1" t="s">
+      <c r="C325" s="1" t="s">
         <v>1253</v>
       </c>
-      <c r="C324" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E324" s="3" t="s">
+      <c r="D325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E325" s="3" t="s">
         <v>1254</v>
       </c>
-      <c r="F324" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A325" s="1" t="s">
+      <c r="F325" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G325" s="3" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="326" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A326" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="B325" s="1" t="s">
+      <c r="B326" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="C325" s="1" t="s">
+      <c r="C326" s="1" t="s">
         <v>1257</v>
       </c>
-      <c r="D325" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E325" s="3" t="s">
+      <c r="D326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E326" s="3" t="s">
         <v>1258</v>
       </c>
-      <c r="F325" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A326" s="1" t="s">
+      <c r="F326" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G326" s="3" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="327" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A327" s="1" t="s">
         <v>1259</v>
       </c>
-      <c r="B326" s="1" t="s">
+      <c r="B327" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="C326" s="1" t="s">
+      <c r="C327" s="1" t="s">
         <v>1261</v>
       </c>
-      <c r="D326" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E326" s="3" t="s">
+      <c r="D327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E327" s="3" t="s">
         <v>1262</v>
       </c>
-      <c r="F326" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A327" s="1" t="s">
+      <c r="F327" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G327" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="328" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A328" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="B327" s="1" t="s">
+      <c r="B328" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="C327" s="1" t="s">
+      <c r="C328" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="D327" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E327" s="3" t="s">
+      <c r="D328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E328" s="3" t="s">
         <v>1266</v>
       </c>
-      <c r="F327" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A328" s="1" t="s">
+      <c r="F328" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G328" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="329" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A329" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B328" s="1" t="s">
+      <c r="B329" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="C328" s="1" t="s">
+      <c r="C329" s="1" t="s">
         <v>1269</v>
       </c>
-      <c r="D328" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E328" s="3" t="s">
+      <c r="D329" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E329" s="3" t="s">
         <v>1270</v>
       </c>
-      <c r="F328" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A329" s="1" t="s">
+      <c r="F329" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G329" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="330" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A330" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="B329" s="1" t="s">
+      <c r="B330" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="C329" s="1" t="s">
+      <c r="C330" s="1" t="s">
         <v>1273</v>
       </c>
-      <c r="D329" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E329" s="3" t="s">
+      <c r="D330" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E330" s="3" t="s">
         <v>1274</v>
       </c>
-      <c r="F329" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G329" s="3" t="s">
+      <c r="F330" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G330" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="331" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A331" s="1" t="s">
         <v>1275</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A330" s="1" t="s">
+      <c r="B331" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="B330" s="1" t="s">
+      <c r="C331" s="1" t="s">
         <v>1277</v>
       </c>
-      <c r="C330" s="1" t="s">
+      <c r="D331" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E331" s="3" t="s">
         <v>1278</v>
       </c>
-      <c r="D330" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E330" s="3" t="s">
+      <c r="F331" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G331" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="332" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A332" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="F330" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A331" s="1" t="s">
+      <c r="B332" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="B331" s="1" t="s">
+      <c r="C332" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E332" s="3" t="s">
         <v>1281</v>
       </c>
-      <c r="C331" s="1" t="s">
+      <c r="F332" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G332" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="333" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A333" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="D331" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E331" s="3" t="s">
+      <c r="B333" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="F331" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A332" s="1" t="s">
+      <c r="C333" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="B332" s="1" t="s">
+      <c r="D333" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E333" s="3" t="s">
         <v>1285</v>
       </c>
-      <c r="C332" s="1" t="s">
+      <c r="F333" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G333" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="334" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A334" s="1" t="s">
         <v>1286</v>
       </c>
-      <c r="D332" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E332" s="3" t="s">
+      <c r="B334" s="1" t="s">
         <v>1287</v>
       </c>
-      <c r="F332" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="1" t="s">
+      <c r="C334" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="B333" s="1" t="s">
+      <c r="D334" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E334" s="3" t="s">
         <v>1289</v>
       </c>
-      <c r="C333" s="1" t="s">
+      <c r="F334" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G334" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="335" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A335" s="1" t="s">
         <v>1290</v>
       </c>
-      <c r="D333" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E333" s="3" t="s">
+      <c r="B335" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="F333" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A334" s="1" t="s">
+      <c r="C335" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="B334" s="1" t="s">
+      <c r="D335" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E335" s="3" t="s">
         <v>1293</v>
       </c>
-      <c r="C334" s="1" t="s">
+      <c r="F335" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="G335" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="336" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A336" s="1" t="s">
         <v>1294</v>
       </c>
-      <c r="D334" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E334" s="3" t="s">
+      <c r="B336" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="F334" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A335" s="1" t="s">
+      <c r="C336" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="B335" s="1" t="s">
+      <c r="D336" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E336" s="3" t="s">
         <v>1297</v>
       </c>
-      <c r="C335" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E335" s="3" t="s">
+      <c r="F336" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G336" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="337" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A337" s="1" t="s">
         <v>1298</v>
       </c>
-      <c r="F335" s="3" t="s">
+      <c r="B337" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="G335" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A336" s="1" t="s">
+      <c r="C337" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="B336" s="1" t="s">
+      <c r="D337" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E337" s="3" t="s">
         <v>1301</v>
       </c>
-      <c r="C336" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E336" s="3" t="s">
+      <c r="F337" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G337" s="3" t="s">
         <v>1302</v>
       </c>
-      <c r="F336" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A337" s="1" t="s">
+    </row>
+    <row r="338" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A338" s="1" t="s">
         <v>1303</v>
       </c>
-      <c r="B337" s="1" t="s">
+      <c r="B338" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="C337" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E337" s="3" t="s">
+      <c r="C338" s="1" t="s">
         <v>1305</v>
       </c>
-      <c r="F337" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A338" s="1" t="s">
+      <c r="D338" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E338" s="3" t="s">
         <v>1306</v>
       </c>
-      <c r="B338" s="1" t="s">
+      <c r="F338" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G338" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="339" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A339" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="C338" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E338" s="3" t="s">
+      <c r="B339" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="F338" s="3" t="s">
+      <c r="C339" s="1" t="s">
         <v>1309</v>
       </c>
-      <c r="G338" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A339" s="1" t="s">
+      <c r="D339" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E339" s="3" t="s">
         <v>1310</v>
       </c>
-      <c r="B339" s="1" t="s">
+      <c r="F339" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G339" s="3" t="s">
         <v>1311</v>
       </c>
-      <c r="C339" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E339" s="3" t="s">
+    </row>
+    <row r="340" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A340" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="F339" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A340" s="1" t="s">
+      <c r="B340" s="1" t="s">
         <v>1313</v>
-      </c>
-[...1 lines deleted...]
-        <v>1314</v>
       </c>
       <c r="C340" s="1" t="s">
         <v>1314</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E340" s="3" t="s">
         <v>1315</v>
       </c>
       <c r="F340" s="3" t="s">
-        <v>1309</v>
+        <v>836</v>
       </c>
       <c r="G340" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="341" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A341" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="B341" s="1" t="s">
         <v>1317</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="F341" s="3" t="s">
-        <v>1319</v>
+        <v>836</v>
       </c>
       <c r="G341" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="342" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A342" s="1" t="s">
         <v>1320</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="F342" s="3" t="s">
-        <v>1319</v>
+        <v>836</v>
       </c>
       <c r="G342" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="343" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A343" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="F343" s="3" t="s">
-        <v>1319</v>
+        <v>836</v>
       </c>
       <c r="G343" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="344" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A344" s="1" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E344" s="3" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="F344" s="3" t="s">
-        <v>1319</v>
+        <v>836</v>
       </c>
       <c r="G344" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="345" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="345" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A345" s="1" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="F345" s="3" t="s">
-        <v>1319</v>
+        <v>1335</v>
       </c>
       <c r="G345" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="346" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A346" s="1" t="s">
-        <v>1332</v>
+        <v>1336</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="F346" s="3" t="s">
-        <v>589</v>
+        <v>1335</v>
       </c>
       <c r="G346" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="347" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A347" s="1" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F347" s="3" t="s">
         <v>1335</v>
       </c>
-      <c r="B347" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G347" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="348" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A348" s="1" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E348" s="3" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="F348" s="3" t="s">
-        <v>589</v>
+        <v>1346</v>
       </c>
       <c r="G348" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="349" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A349" s="1" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="F349" s="3" t="s">
-        <v>589</v>
+        <v>1346</v>
       </c>
       <c r="G349" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="350" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A350" s="1" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>1346</v>
+        <v>1353</v>
       </c>
       <c r="F350" s="3" t="s">
-        <v>589</v>
+        <v>1354</v>
       </c>
       <c r="G350" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="351" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A351" s="1" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="F351" s="3" t="s">
-        <v>589</v>
+        <v>1354</v>
       </c>
       <c r="G351" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="352" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A352" s="1" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>1353</v>
+        <v>1360</v>
       </c>
       <c r="F352" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="G352" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="353" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A353" s="1" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="F353" s="3" t="s">
-        <v>93</v>
+        <v>1354</v>
       </c>
       <c r="G353" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="354" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A354" s="1" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E354" s="3" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="F354" s="3" t="s">
-        <v>245</v>
+        <v>1354</v>
       </c>
       <c r="G354" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="355" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A355" s="1" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="F355" s="3" t="s">
-        <v>245</v>
+        <v>1370</v>
       </c>
       <c r="G355" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="356" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A356" s="1" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="F356" s="3" t="s">
-        <v>245</v>
+        <v>1370</v>
       </c>
       <c r="G356" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="357" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="357" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A357" s="1" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F357" s="3" t="s">
         <v>1370</v>
       </c>
-      <c r="B357" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G357" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="358" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A358" s="1" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="F358" s="3" t="s">
-        <v>245</v>
+        <v>1370</v>
       </c>
       <c r="G358" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="359" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A359" s="1" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="F359" s="3" t="s">
-        <v>93</v>
+        <v>1370</v>
       </c>
       <c r="G359" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="360" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A360" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="F360" s="3" t="s">
-        <v>93</v>
+        <v>127</v>
       </c>
       <c r="G360" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="361" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A361" s="1" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E361" s="3" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="F361" s="3" t="s">
-        <v>93</v>
+        <v>127</v>
       </c>
       <c r="G361" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="362" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A362" s="1" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="F362" s="3" t="s">
-        <v>93</v>
+        <v>127</v>
       </c>
       <c r="G362" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="363" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A363" s="1" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="F363" s="3" t="s">
-        <v>93</v>
+        <v>127</v>
       </c>
       <c r="G363" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="364" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A364" s="1" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="F364" s="3" t="s">
-        <v>93</v>
+        <v>127</v>
       </c>
       <c r="G364" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="365" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A365" s="1" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="F365" s="3" t="s">
-        <v>1299</v>
+        <v>127</v>
       </c>
       <c r="G365" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="366" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A366" s="1" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="F366" s="3" t="s">
-        <v>357</v>
+        <v>235</v>
       </c>
       <c r="G366" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="367" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A367" s="1" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="F367" s="3" t="s">
-        <v>357</v>
+        <v>1170</v>
       </c>
       <c r="G367" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="368" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A368" s="1" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="F368" s="3" t="s">
-        <v>779</v>
+        <v>277</v>
       </c>
       <c r="G368" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="369" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A369" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="F369" s="3" t="s">
-        <v>779</v>
+        <v>235</v>
       </c>
       <c r="G369" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="370" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A370" s="1" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>1409</v>
+        <v>1418</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="F370" s="3" t="s">
-        <v>779</v>
+        <v>235</v>
       </c>
       <c r="G370" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="371" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A371" s="1" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>1409</v>
+        <v>1422</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E371" s="3" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="F371" s="3" t="s">
-        <v>779</v>
+        <v>235</v>
       </c>
       <c r="G371" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="372" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A372" s="1" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E372" s="3" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="F372" s="3" t="s">
-        <v>779</v>
+        <v>235</v>
       </c>
       <c r="G372" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="373" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A373" s="1" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="F373" s="3" t="s">
-        <v>779</v>
+        <v>235</v>
       </c>
       <c r="G373" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="374" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A374" s="1" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E374" s="3" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
       <c r="F374" s="3" t="s">
-        <v>779</v>
+        <v>235</v>
       </c>
       <c r="G374" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="375" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A375" s="1" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>1431</v>
+        <v>1437</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>1432</v>
+        <v>1437</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E375" s="3" t="s">
-        <v>1433</v>
+        <v>1438</v>
       </c>
       <c r="F375" s="3" t="s">
-        <v>779</v>
+        <v>277</v>
       </c>
       <c r="G375" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="376" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="376" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A376" s="1" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1435</v>
+        <v>1440</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>1436</v>
+        <v>1441</v>
       </c>
       <c r="F376" s="3" t="s">
-        <v>779</v>
+        <v>277</v>
       </c>
       <c r="G376" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="377" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A377" s="1" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1438</v>
+        <v>1443</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>1439</v>
+        <v>1443</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E377" s="3" t="s">
-        <v>1440</v>
+        <v>1444</v>
       </c>
       <c r="F377" s="3" t="s">
-        <v>779</v>
+        <v>277</v>
       </c>
       <c r="G377" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="378" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A378" s="1" t="s">
-        <v>1441</v>
+        <v>1445</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1442</v>
+        <v>1446</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E378" s="3" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
       <c r="F378" s="3" t="s">
-        <v>779</v>
+        <v>277</v>
       </c>
       <c r="G378" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="379" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A379" s="1" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E379" s="3" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="F379" s="3" t="s">
-        <v>779</v>
+        <v>277</v>
       </c>
       <c r="G379" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="380" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A380" s="1" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="F380" s="3" t="s">
-        <v>779</v>
+        <v>277</v>
       </c>
       <c r="G380" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="381" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A381" s="1" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="F381" s="3" t="s">
-        <v>779</v>
+        <v>1346</v>
       </c>
       <c r="G381" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="382" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A382" s="1" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="F382" s="3" t="s">
-        <v>779</v>
+        <v>1346</v>
       </c>
       <c r="G382" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="383" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A383" s="1" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="F383" s="3" t="s">
-        <v>779</v>
+        <v>1346</v>
       </c>
       <c r="G383" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="384" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A384" s="1" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E384" s="3" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="F384" s="3" t="s">
-        <v>779</v>
+        <v>1346</v>
       </c>
       <c r="G384" s="3" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="385" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A385" s="1" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="F385" s="3" t="s">
         <v>1354</v>
       </c>
       <c r="G385" s="3" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="386" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A386" s="1" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="C386" s="1" t="s">
         <v>1475</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E386" s="3" t="s">
         <v>1476</v>
       </c>
       <c r="F386" s="3" t="s">
-        <v>1354</v>
+        <v>1335</v>
       </c>
       <c r="G386" s="3" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="387" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A387" s="1" t="s">
         <v>1477</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>1478</v>
       </c>
       <c r="C387" s="1" t="s">
         <v>1479</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>1480</v>
       </c>
       <c r="F387" s="3" t="s">
-        <v>1354</v>
+        <v>345</v>
       </c>
       <c r="G387" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="388" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A388" s="1" t="s">
         <v>1481</v>
       </c>
       <c r="B388" s="1" t="s">
         <v>1482</v>
       </c>
       <c r="C388" s="1" t="s">
         <v>1483</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>1484</v>
       </c>
       <c r="F388" s="3" t="s">
-        <v>779</v>
+        <v>345</v>
       </c>
       <c r="G388" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="389" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A389" s="1" t="s">
         <v>1485</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>1486</v>
       </c>
       <c r="C389" s="1" t="s">
         <v>1487</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E389" s="3" t="s">
         <v>1488</v>
       </c>
       <c r="F389" s="3" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="G389" s="3" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="390" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A390" s="1" t="s">
         <v>1489</v>
       </c>
       <c r="B390" s="1" t="s">
         <v>1490</v>
       </c>
       <c r="C390" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E390" s="3" t="s">
         <v>1491</v>
       </c>
-      <c r="D390" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E390" s="3" t="s">
+      <c r="F390" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G390" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="391" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A391" s="1" t="s">
         <v>1492</v>
       </c>
-      <c r="F390" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="1" t="s">
+      <c r="B391" s="1" t="s">
         <v>1493</v>
       </c>
-      <c r="B391" s="1" t="s">
+      <c r="C391" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E391" s="3" t="s">
         <v>1494</v>
       </c>
-      <c r="C391" s="1" t="s">
+      <c r="F391" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G391" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="392" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A392" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="D391" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E391" s="3" t="s">
+      <c r="B392" s="1" t="s">
         <v>1496</v>
       </c>
-      <c r="F391" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A392" s="1" t="s">
+      <c r="C392" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>1497</v>
       </c>
-      <c r="B392" s="1" t="s">
+      <c r="F392" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G392" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="393" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A393" s="1" t="s">
         <v>1498</v>
       </c>
-      <c r="C392" s="1" t="s">
+      <c r="B393" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="D392" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E392" s="3" t="s">
+      <c r="C393" s="1" t="s">
         <v>1500</v>
       </c>
-      <c r="F392" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A393" s="1" t="s">
+      <c r="D393" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>1501</v>
       </c>
-      <c r="B393" s="1" t="s">
+      <c r="F393" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G393" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="394" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A394" s="1" t="s">
         <v>1502</v>
       </c>
-      <c r="C393" s="1" t="s">
+      <c r="B394" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="D393" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E393" s="3" t="s">
+      <c r="C394" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E394" s="3" t="s">
         <v>1504</v>
       </c>
-      <c r="F393" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A394" s="1" t="s">
+      <c r="F394" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G394" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="395" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A395" s="1" t="s">
         <v>1505</v>
       </c>
-      <c r="B394" s="1" t="s">
+      <c r="B395" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="C394" s="1" t="s">
+      <c r="C395" s="1" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E395" s="3" t="s">
         <v>1507</v>
       </c>
-      <c r="D394" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E394" s="3" t="s">
+      <c r="F395" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G395" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="396" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A396" s="1" t="s">
         <v>1508</v>
       </c>
-      <c r="F394" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A395" s="1" t="s">
+      <c r="B396" s="1" t="s">
         <v>1509</v>
       </c>
-      <c r="B395" s="1" t="s">
+      <c r="C396" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="C395" s="1" t="s">
+      <c r="D396" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>1511</v>
       </c>
-      <c r="D395" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E395" s="3" t="s">
+      <c r="F396" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G396" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="397" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A397" s="1" t="s">
         <v>1512</v>
       </c>
-      <c r="F395" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="B397" s="1" t="s">
         <v>1513</v>
       </c>
-      <c r="B396" s="1" t="s">
+      <c r="C397" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E397" s="3" t="s">
         <v>1514</v>
       </c>
-      <c r="C396" s="1" t="s">
+      <c r="F397" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G397" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="398" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A398" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="D396" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E396" s="3" t="s">
+      <c r="B398" s="1" t="s">
         <v>1516</v>
       </c>
-      <c r="F396" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A397" s="1" t="s">
+      <c r="C398" s="1" t="s">
         <v>1517</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="D398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E398" s="3" t="s">
         <v>1518</v>
       </c>
-      <c r="C397" s="1" t="s">
+      <c r="F398" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G398" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="399" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A399" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="D397" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E397" s="3" t="s">
+      <c r="B399" s="1" t="s">
         <v>1520</v>
       </c>
-      <c r="F397" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G397" s="3" t="s">
+      <c r="C399" s="1" t="s">
         <v>1521</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A398" s="1" t="s">
+      <c r="D399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E399" s="3" t="s">
         <v>1522</v>
       </c>
-      <c r="B398" s="1" t="s">
+      <c r="F399" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G399" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="400" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A400" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="C398" s="1" t="s">
+      <c r="B400" s="1" t="s">
         <v>1524</v>
       </c>
-      <c r="D398" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E398" s="3" t="s">
+      <c r="C400" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="F398" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A399" s="1" t="s">
+      <c r="D400" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E400" s="3" t="s">
         <v>1526</v>
       </c>
-      <c r="B399" s="1" t="s">
+      <c r="F400" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G400" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="401" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A401" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="C399" s="1" t="s">
+      <c r="B401" s="1" t="s">
         <v>1528</v>
       </c>
-      <c r="D399" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E399" s="3" t="s">
+      <c r="C401" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="F399" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A400" s="1" t="s">
+      <c r="D401" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E401" s="3" t="s">
         <v>1530</v>
       </c>
-      <c r="B400" s="1" t="s">
+      <c r="F401" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G401" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="402" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A402" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="C400" s="1" t="s">
+      <c r="B402" s="1" t="s">
         <v>1532</v>
       </c>
-      <c r="D400" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E400" s="3" t="s">
+      <c r="C402" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="F400" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A401" s="1" t="s">
+      <c r="D402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E402" s="3" t="s">
         <v>1534</v>
       </c>
-      <c r="B401" s="1" t="s">
+      <c r="F402" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G402" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="403" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A403" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="C401" s="1" t="s">
+      <c r="B403" s="1" t="s">
         <v>1536</v>
       </c>
-      <c r="D401" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E401" s="3" t="s">
+      <c r="C403" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="F401" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A402" s="1" t="s">
+      <c r="D403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E403" s="3" t="s">
         <v>1538</v>
       </c>
-      <c r="B402" s="1" t="s">
+      <c r="F403" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G403" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="404" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A404" s="1" t="s">
         <v>1539</v>
       </c>
-      <c r="C402" s="1" t="s">
+      <c r="B404" s="1" t="s">
         <v>1540</v>
       </c>
-      <c r="D402" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E402" s="3" t="s">
+      <c r="C404" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="F402" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A403" s="1" t="s">
+      <c r="D404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E404" s="3" t="s">
         <v>1542</v>
       </c>
-      <c r="B403" s="1" t="s">
+      <c r="F404" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G404" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="405" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A405" s="1" t="s">
         <v>1543</v>
       </c>
-      <c r="C403" s="1" t="s">
+      <c r="B405" s="1" t="s">
         <v>1544</v>
       </c>
-      <c r="D403" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E403" s="3" t="s">
+      <c r="C405" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="F403" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A404" s="1" t="s">
+      <c r="D405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E405" s="3" t="s">
         <v>1546</v>
       </c>
-      <c r="B404" s="1" t="s">
+      <c r="F405" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G405" s="3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="406" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A406" s="1" t="s">
         <v>1547</v>
       </c>
-      <c r="C404" s="1" t="s">
+      <c r="B406" s="1" t="s">
         <v>1548</v>
       </c>
-      <c r="D404" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E404" s="3" t="s">
+      <c r="C406" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="F404" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A405" s="1" t="s">
+      <c r="D406" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E406" s="3" t="s">
         <v>1550</v>
       </c>
-      <c r="B405" s="1" t="s">
+      <c r="F406" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G406" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="407" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A407" s="1" t="s">
         <v>1551</v>
       </c>
-      <c r="C405" s="1" t="s">
+      <c r="B407" s="1" t="s">
         <v>1552</v>
       </c>
-      <c r="D405" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E405" s="3" t="s">
+      <c r="C407" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E407" s="3" t="s">
         <v>1553</v>
       </c>
-      <c r="F405" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G405" s="3" t="s">
+      <c r="F407" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G407" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="408" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A408" s="1" t="s">
         <v>1554</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A406" s="1" t="s">
+      <c r="B408" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="C408" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E408" s="3" t="s">
         <v>1556</v>
       </c>
-      <c r="C406" s="1" t="s">
+      <c r="F408" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G408" s="3" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="409" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A409" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E406" s="3" t="s">
+      <c r="B409" s="1" t="s">
         <v>1558</v>
       </c>
-      <c r="F406" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A407" s="1" t="s">
+      <c r="C409" s="1" t="s">
         <v>1559</v>
       </c>
-      <c r="B407" s="1" t="s">
+      <c r="D409" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409" s="3" t="s">
         <v>1560</v>
       </c>
-      <c r="C407" s="1" t="s">
+      <c r="F409" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G409" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="410" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A410" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E407" s="3" t="s">
+      <c r="B410" s="1" t="s">
         <v>1562</v>
       </c>
-      <c r="F407" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A408" s="1" t="s">
+      <c r="C410" s="1" t="s">
         <v>1563</v>
       </c>
-      <c r="B408" s="1" t="s">
+      <c r="D410" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E410" s="3" t="s">
         <v>1564</v>
       </c>
-      <c r="C408" s="1" t="s">
+      <c r="F410" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G410" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="411" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A411" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="D408" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E408" s="3" t="s">
+      <c r="B411" s="1" t="s">
         <v>1566</v>
       </c>
-      <c r="F408" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A409" s="1" t="s">
+      <c r="C411" s="1" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E411" s="3" t="s">
         <v>1567</v>
       </c>
-      <c r="B409" s="1" t="s">
+      <c r="F411" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="G411" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="412" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A412" s="1" t="s">
         <v>1568</v>
       </c>
-      <c r="C409" s="1" t="s">
+      <c r="B412" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="D409" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E409" s="3" t="s">
+      <c r="C412" s="1" t="s">
         <v>1570</v>
       </c>
-      <c r="F409" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A410" s="1" t="s">
+      <c r="D412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E412" s="3" t="s">
         <v>1571</v>
       </c>
-      <c r="B410" s="1" t="s">
+      <c r="F412" s="3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="G412" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="413" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A413" s="1" t="s">
         <v>1572</v>
       </c>
-      <c r="C410" s="1" t="s">
+      <c r="B413" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="D410" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E410" s="3" t="s">
+      <c r="C413" s="1" t="s">
         <v>1574</v>
       </c>
-      <c r="F410" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A411" s="1" t="s">
+      <c r="D413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E413" s="3" t="s">
         <v>1575</v>
       </c>
-      <c r="B411" s="1" t="s">
+      <c r="F413" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G413" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="414" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A414" s="1" t="s">
         <v>1576</v>
       </c>
-      <c r="C411" s="1" t="s">
+      <c r="B414" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="D411" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E411" s="3" t="s">
+      <c r="C414" s="1" t="s">
         <v>1578</v>
       </c>
-      <c r="F411" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A412" s="1" t="s">
+      <c r="D414" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E414" s="3" t="s">
         <v>1579</v>
       </c>
-      <c r="B412" s="1" t="s">
+      <c r="F414" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G414" s="3" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="415" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A415" s="1" t="s">
         <v>1580</v>
       </c>
-      <c r="C412" s="1" t="s">
+      <c r="B415" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="D412" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E412" s="3" t="s">
+      <c r="C415" s="1" t="s">
         <v>1582</v>
       </c>
-      <c r="F412" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B413" s="1" t="s">
+      <c r="D415" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E415" s="3" t="s">
         <v>1583</v>
       </c>
-      <c r="C413" s="1" t="s">
+      <c r="F415" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G415" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="416" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A416" s="1" t="s">
         <v>1584</v>
       </c>
-      <c r="D413" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E413" s="3" t="s">
+      <c r="B416" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="F413" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B414" s="1" t="s">
+      <c r="C416" s="1" t="s">
         <v>1586</v>
       </c>
-      <c r="C414" s="1" t="s">
+      <c r="D416" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E416" s="3" t="s">
         <v>1587</v>
       </c>
-      <c r="D414" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E414" s="3" t="s">
+      <c r="F416" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G416" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="417" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A417" s="1" t="s">
         <v>1588</v>
       </c>
-      <c r="F414" s="3" t="s">
-[...10 lines deleted...]
-      <c r="B415" s="1" t="s">
+      <c r="B417" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="C415" s="1" t="s">
+      <c r="C417" s="1" t="s">
         <v>1590</v>
       </c>
-      <c r="D415" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E415" s="3" t="s">
+      <c r="D417" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E417" s="3" t="s">
         <v>1591</v>
       </c>
-      <c r="F415" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A416" s="1" t="s">
+      <c r="F417" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G417" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="418" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A418" s="1" t="s">
         <v>1592</v>
       </c>
-      <c r="B416" s="1" t="s">
+      <c r="B418" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="C416" s="1" t="s">
+      <c r="C418" s="1" t="s">
         <v>1594</v>
       </c>
-      <c r="D416" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E416" s="3" t="s">
+      <c r="D418" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418" s="3" t="s">
         <v>1595</v>
       </c>
-      <c r="F416" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A417" s="1" t="s">
+      <c r="F418" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G418" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="419" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A419" s="1" t="s">
         <v>1596</v>
       </c>
-      <c r="B417" s="1" t="s">
+      <c r="B419" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="C417" s="1" t="s">
+      <c r="C419" s="1" t="s">
         <v>1598</v>
       </c>
-      <c r="D417" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E417" s="3" t="s">
+      <c r="D419" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E419" s="3" t="s">
         <v>1599</v>
       </c>
-      <c r="F417" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A418" s="1" t="s">
+      <c r="F419" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G419" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="420" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A420" s="1" t="s">
         <v>1600</v>
       </c>
-      <c r="B418" s="1" t="s">
+      <c r="B420" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="C418" s="1" t="s">
+      <c r="C420" s="1" t="s">
         <v>1602</v>
       </c>
-      <c r="D418" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E418" s="3" t="s">
+      <c r="D420" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E420" s="3" t="s">
         <v>1603</v>
       </c>
-      <c r="F418" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A419" s="1" t="s">
+      <c r="F420" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G420" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="421" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A421" s="1" t="s">
         <v>1604</v>
       </c>
-      <c r="B419" s="1" t="s">
+      <c r="B421" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="C419" s="1" t="s">
+      <c r="C421" s="1" t="s">
         <v>1606</v>
       </c>
-      <c r="D419" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E419" s="3" t="s">
+      <c r="D421" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E421" s="3" t="s">
         <v>1607</v>
       </c>
-      <c r="F419" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A420" s="1" t="s">
+      <c r="F421" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G421" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="422" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A422" s="1" t="s">
         <v>1608</v>
       </c>
-      <c r="B420" s="1" t="s">
+      <c r="B422" s="1" t="s">
         <v>1609</v>
       </c>
-      <c r="C420" s="1" t="s">
+      <c r="C422" s="1" t="s">
         <v>1610</v>
       </c>
-      <c r="D420" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E420" s="3" t="s">
+      <c r="D422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E422" s="3" t="s">
         <v>1611</v>
       </c>
-      <c r="F420" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A421" s="1" t="s">
+      <c r="F422" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="G422" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="423" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A423" s="1" t="s">
         <v>1612</v>
       </c>
-      <c r="B421" s="1" t="s">
+      <c r="B423" s="1" t="s">
         <v>1613</v>
       </c>
-      <c r="C421" s="1" t="s">
+      <c r="C423" s="1" t="s">
         <v>1614</v>
       </c>
-      <c r="D421" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E421" s="3" t="s">
+      <c r="D423" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E423" s="3" t="s">
         <v>1615</v>
       </c>
-      <c r="F421" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A422" s="1" t="s">
+      <c r="F423" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G423" s="3" t="s">
         <v>1616</v>
       </c>
-      <c r="B422" s="1" t="s">
+    </row>
+    <row r="424" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A424" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="C422" s="1" t="s">
+      <c r="B424" s="1" t="s">
         <v>1618</v>
       </c>
-      <c r="D422" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E422" s="3" t="s">
+      <c r="C424" s="1" t="s">
         <v>1619</v>
       </c>
-      <c r="F422" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A423" s="1" t="s">
+      <c r="D424" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E424" s="3" t="s">
         <v>1620</v>
       </c>
-      <c r="B423" s="1" t="s">
+      <c r="F424" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="G424" s="3" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="425" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A425" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="C423" s="1" t="s">
+      <c r="B425" s="1" t="s">
         <v>1622</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E423" s="3" t="s">
+      <c r="C425" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="F423" s="3" t="s">
+      <c r="D425" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E425" s="3" t="s">
         <v>1624</v>
       </c>
-      <c r="G423" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A424" s="1" t="s">
+      <c r="F425" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G425" s="3" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="426" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A426" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="B424" s="1" t="s">
+      <c r="B426" s="1" t="s">
         <v>1626</v>
       </c>
-      <c r="C424" s="1" t="s">
+      <c r="C426" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E424" s="3" t="s">
+      <c r="D426" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E426" s="3" t="s">
         <v>1628</v>
       </c>
-      <c r="F424" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A425" s="1" t="s">
+      <c r="F426" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G426" s="3" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="427" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A427" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="B425" s="1" t="s">
+      <c r="B427" s="1" t="s">
         <v>1630</v>
       </c>
-      <c r="C425" s="1" t="s">
+      <c r="C427" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="D425" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E425" s="3" t="s">
+      <c r="D427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E427" s="3" t="s">
         <v>1632</v>
       </c>
-      <c r="F425" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A426" s="1" t="s">
+      <c r="F427" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G427" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="428" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A428" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="B428" s="1" t="s">
         <v>1634</v>
       </c>
-      <c r="C426" s="1" t="s">
+      <c r="C428" s="1" t="s">
         <v>1635</v>
       </c>
-      <c r="D426" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E426" s="3" t="s">
+      <c r="D428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E428" s="3" t="s">
         <v>1636</v>
       </c>
-      <c r="F426" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A427" s="1" t="s">
+      <c r="F428" s="3" t="s">
         <v>1637</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="G428" s="3" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="429" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A429" s="1" t="s">
         <v>1638</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="B429" s="1" t="s">
         <v>1639</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E427" s="3" t="s">
+      <c r="C429" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="F427" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A428" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E429" s="3" t="s">
         <v>1641</v>
       </c>
-      <c r="B428" s="1" t="s">
+      <c r="F429" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G429" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="430" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A430" s="1" t="s">
         <v>1642</v>
       </c>
-      <c r="C428" s="1" t="s">
+      <c r="B430" s="1" t="s">
         <v>1643</v>
       </c>
-      <c r="D428" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E428" s="3" t="s">
+      <c r="C430" s="1" t="s">
         <v>1644</v>
       </c>
-      <c r="F428" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A429" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E430" s="3" t="s">
         <v>1645</v>
       </c>
-      <c r="B429" s="1" t="s">
+      <c r="F430" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G430" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="431" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A431" s="1" t="s">
         <v>1646</v>
       </c>
-      <c r="C429" s="1" t="s">
+      <c r="B431" s="1" t="s">
         <v>1647</v>
       </c>
-      <c r="D429" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E429" s="3" t="s">
+      <c r="C431" s="1" t="s">
         <v>1648</v>
       </c>
-      <c r="F429" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A430" s="1" t="s">
+      <c r="D431" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E431" s="3" t="s">
         <v>1649</v>
       </c>
-      <c r="B430" s="1" t="s">
+      <c r="F431" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G431" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="432" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A432" s="1" t="s">
         <v>1650</v>
       </c>
-      <c r="C430" s="1" t="s">
+      <c r="B432" s="1" t="s">
         <v>1651</v>
       </c>
-      <c r="D430" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E430" s="3" t="s">
+      <c r="C432" s="1" t="s">
         <v>1652</v>
       </c>
-      <c r="F430" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A431" s="1" t="s">
+      <c r="D432" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E432" s="3" t="s">
         <v>1653</v>
       </c>
-      <c r="B431" s="1" t="s">
+      <c r="F432" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G432" s="3" t="s">
         <v>1654</v>
       </c>
-      <c r="C431" s="1" t="s">
+    </row>
+    <row r="433" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A433" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="D431" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E431" s="3" t="s">
+      <c r="B433" s="1" t="s">
         <v>1656</v>
       </c>
-      <c r="F431" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A432" s="1" t="s">
+      <c r="C433" s="1" t="s">
         <v>1657</v>
       </c>
-      <c r="B432" s="1" t="s">
+      <c r="D433" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E433" s="3" t="s">
         <v>1658</v>
       </c>
-      <c r="C432" s="1" t="s">
+      <c r="F433" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G433" s="3" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="434" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A434" s="1" t="s">
         <v>1659</v>
       </c>
-      <c r="D432" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E432" s="3" t="s">
+      <c r="B434" s="1" t="s">
         <v>1660</v>
       </c>
-      <c r="F432" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A433" s="1" t="s">
+      <c r="C434" s="1" t="s">
         <v>1661</v>
       </c>
-      <c r="B433" s="1" t="s">
+      <c r="D434" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E434" s="3" t="s">
         <v>1662</v>
       </c>
-      <c r="C433" s="1" t="s">
+      <c r="F434" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G434" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="435" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A435" s="1" t="s">
         <v>1663</v>
       </c>
-      <c r="D433" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E433" s="3" t="s">
+      <c r="B435" s="1" t="s">
         <v>1664</v>
       </c>
-      <c r="F433" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A434" s="1" t="s">
+      <c r="C435" s="1" t="s">
         <v>1665</v>
       </c>
-      <c r="B434" s="1" t="s">
+      <c r="D435" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E435" s="3" t="s">
         <v>1666</v>
       </c>
-      <c r="C434" s="1" t="s">
+      <c r="F435" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G435" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="436" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A436" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="D434" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E434" s="3" t="s">
+      <c r="B436" s="1" t="s">
         <v>1668</v>
       </c>
-      <c r="F434" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A435" s="1" t="s">
+      <c r="C436" s="1" t="s">
         <v>1669</v>
       </c>
-      <c r="B435" s="1" t="s">
+      <c r="D436" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E436" s="3" t="s">
         <v>1670</v>
       </c>
-      <c r="C435" s="1" t="s">
+      <c r="F436" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G436" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="437" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A437" s="1" t="s">
         <v>1671</v>
       </c>
-      <c r="D435" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E435" s="3" t="s">
+      <c r="B437" s="1" t="s">
         <v>1672</v>
       </c>
-      <c r="F435" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A436" s="1" t="s">
+      <c r="C437" s="1" t="s">
         <v>1673</v>
       </c>
-      <c r="B436" s="1" t="s">
+      <c r="D437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E437" s="3" t="s">
         <v>1674</v>
       </c>
-      <c r="C436" s="1" t="s">
+      <c r="F437" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G437" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="438" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A438" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="D436" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E436" s="3" t="s">
+      <c r="B438" s="1" t="s">
         <v>1676</v>
       </c>
-      <c r="F436" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A437" s="1" t="s">
+      <c r="C438" s="1" t="s">
         <v>1677</v>
       </c>
-      <c r="B437" s="1" t="s">
+      <c r="D438" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E438" s="3" t="s">
         <v>1678</v>
       </c>
-      <c r="C437" s="1" t="s">
+      <c r="F438" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G438" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="439" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A439" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="D437" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E437" s="3" t="s">
+      <c r="B439" s="1" t="s">
         <v>1680</v>
       </c>
-      <c r="F437" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A438" s="1" t="s">
+      <c r="C439" s="1" t="s">
         <v>1681</v>
       </c>
-      <c r="B438" s="1" t="s">
+      <c r="D439" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E439" s="3" t="s">
         <v>1682</v>
       </c>
-      <c r="C438" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E438" s="3" t="s">
+      <c r="F439" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G439" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="440" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A440" s="1" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B440" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="F438" s="3" t="s">
+      <c r="C440" s="1" t="s">
         <v>1684</v>
       </c>
-      <c r="G438" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A439" s="1" t="s">
+      <c r="D440" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E440" s="3" t="s">
         <v>1685</v>
       </c>
-      <c r="B439" s="1" t="s">
+      <c r="F440" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G440" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="441" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A441" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B441" s="1" t="s">
         <v>1686</v>
       </c>
-      <c r="C439" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E439" s="3" t="s">
+      <c r="C441" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="F439" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A440" s="1" t="s">
+      <c r="D441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>1688</v>
       </c>
-      <c r="B440" s="1" t="s">
+      <c r="F441" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G441" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="442" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A442" s="1" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B442" s="1" t="s">
         <v>1689</v>
       </c>
-      <c r="C440" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E440" s="3" t="s">
+      <c r="C442" s="1" t="s">
         <v>1690</v>
       </c>
-      <c r="F440" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A441" s="1" t="s">
+      <c r="D442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>1691</v>
       </c>
-      <c r="B441" s="1" t="s">
+      <c r="F442" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="G442" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="443" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A443" s="1" t="s">
         <v>1692</v>
       </c>
-      <c r="C441" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E441" s="3" t="s">
+      <c r="B443" s="1" t="s">
         <v>1693</v>
       </c>
-      <c r="F441" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A442" s="1" t="s">
+      <c r="C443" s="1" t="s">
         <v>1694</v>
       </c>
-      <c r="B442" s="1" t="s">
+      <c r="D443" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E443" s="3" t="s">
         <v>1695</v>
       </c>
-      <c r="C442" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E442" s="3" t="s">
+      <c r="F443" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G443" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="444" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A444" s="1" t="s">
         <v>1696</v>
       </c>
-      <c r="F442" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A443" s="1" t="s">
+      <c r="B444" s="1" t="s">
         <v>1697</v>
       </c>
-      <c r="B443" s="1" t="s">
+      <c r="C444" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="C443" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E443" s="3" t="s">
+      <c r="D444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E444" s="3" t="s">
         <v>1699</v>
       </c>
-      <c r="F443" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A444" s="1" t="s">
+      <c r="F444" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G444" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="445" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A445" s="1" t="s">
         <v>1700</v>
       </c>
-      <c r="B444" s="1" t="s">
+      <c r="B445" s="1" t="s">
         <v>1701</v>
       </c>
-      <c r="C444" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E444" s="3" t="s">
+      <c r="C445" s="1" t="s">
         <v>1702</v>
       </c>
-      <c r="F444" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A445" s="1" t="s">
+      <c r="D445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E445" s="3" t="s">
         <v>1703</v>
       </c>
-      <c r="B445" s="1" t="s">
+      <c r="F445" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G445" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="446" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A446" s="1" t="s">
         <v>1704</v>
       </c>
-      <c r="C445" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E445" s="3" t="s">
+      <c r="B446" s="1" t="s">
         <v>1705</v>
       </c>
-      <c r="F445" s="3" t="s">
+      <c r="C446" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="G445" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A446" s="1" t="s">
+      <c r="D446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E446" s="3" t="s">
         <v>1707</v>
       </c>
-      <c r="B446" s="1" t="s">
+      <c r="F446" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G446" s="3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="447" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A447" s="1" t="s">
         <v>1708</v>
       </c>
-      <c r="C446" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E446" s="3" t="s">
+      <c r="B447" s="1" t="s">
         <v>1709</v>
       </c>
-      <c r="F446" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A447" s="1" t="s">
+      <c r="C447" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="B447" s="1" t="s">
+      <c r="D447" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E447" s="3" t="s">
         <v>1711</v>
       </c>
-      <c r="C447" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E447" s="3" t="s">
+      <c r="F447" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G447" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="448" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A448" s="1" t="s">
         <v>1712</v>
       </c>
-      <c r="F447" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A448" s="1" t="s">
+      <c r="B448" s="1" t="s">
         <v>1713</v>
-      </c>
-[...1 lines deleted...]
-        <v>1714</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>1714</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E448" s="3" t="s">
         <v>1715</v>
       </c>
       <c r="F448" s="3" t="s">
-        <v>203</v>
+        <v>753</v>
       </c>
       <c r="G448" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="449" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A449" s="1" t="s">
         <v>1716</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>1717</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E449" s="3" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="F449" s="3" t="s">
-        <v>468</v>
+        <v>753</v>
       </c>
       <c r="G449" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="450" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A450" s="1" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="F450" s="3" t="s">
-        <v>468</v>
+        <v>387</v>
       </c>
       <c r="G450" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="451" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A451" s="1" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E451" s="3" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
       <c r="F451" s="3" t="s">
-        <v>468</v>
+        <v>387</v>
       </c>
       <c r="G451" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="452" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A452" s="1" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1726</v>
+        <v>1729</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E452" s="3" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="F452" s="3" t="s">
-        <v>1706</v>
+        <v>387</v>
       </c>
       <c r="G452" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="453" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A453" s="1" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E453" s="3" t="s">
-        <v>1730</v>
+        <v>1735</v>
       </c>
       <c r="F453" s="3" t="s">
-        <v>1706</v>
+        <v>387</v>
       </c>
       <c r="G453" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="454" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A454" s="1" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1732</v>
+        <v>1737</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>1733</v>
+        <v>1738</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>1734</v>
+        <v>1739</v>
       </c>
       <c r="F454" s="3" t="s">
-        <v>1624</v>
+        <v>387</v>
       </c>
       <c r="G454" s="3" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="455" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A455" s="1" t="s">
-        <v>1735</v>
+        <v>1740</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1736</v>
+        <v>1741</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E455" s="3" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
       <c r="F455" s="3" t="s">
-        <v>1624</v>
+        <v>387</v>
       </c>
       <c r="G455" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="456" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A456" s="1" t="s">
-        <v>1739</v>
+        <v>1744</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1741</v>
+        <v>1746</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E456" s="3" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
       <c r="F456" s="3" t="s">
-        <v>1624</v>
+        <v>387</v>
       </c>
       <c r="G456" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="457" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A457" s="1" t="s">
-        <v>1743</v>
+        <v>1748</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1744</v>
+        <v>1749</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>1745</v>
+        <v>1750</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="F457" s="3" t="s">
-        <v>779</v>
+        <v>387</v>
       </c>
       <c r="G457" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="458" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A458" s="1" t="s">
-        <v>1747</v>
+        <v>1752</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1748</v>
+        <v>1753</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>1749</v>
+        <v>1754</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>1750</v>
+        <v>1755</v>
       </c>
       <c r="F458" s="3" t="s">
-        <v>779</v>
+        <v>387</v>
       </c>
       <c r="G458" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="459" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A459" s="1" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1752</v>
+        <v>1757</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1753</v>
+        <v>1758</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E459" s="3" t="s">
-        <v>1754</v>
+        <v>1759</v>
       </c>
       <c r="F459" s="3" t="s">
-        <v>779</v>
+        <v>387</v>
       </c>
       <c r="G459" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="460" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A460" s="1" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E460" s="3" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="F460" s="3" t="s">
-        <v>779</v>
+        <v>387</v>
       </c>
       <c r="G460" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="461" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A461" s="1" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E461" s="3" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="F461" s="3" t="s">
-        <v>779</v>
+        <v>387</v>
       </c>
       <c r="G461" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="462" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A462" s="1" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>1766</v>
+        <v>1771</v>
       </c>
       <c r="F462" s="3" t="s">
-        <v>779</v>
+        <v>387</v>
       </c>
       <c r="G462" s="3" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="463" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A463" s="1" t="s">
-        <v>1767</v>
+        <v>1772</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
       <c r="F463" s="3" t="s">
-        <v>779</v>
+        <v>473</v>
       </c>
       <c r="G463" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="464" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A464" s="1" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E464" s="3" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="F464" s="3" t="s">
-        <v>779</v>
+        <v>473</v>
       </c>
       <c r="G464" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="465" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A465" s="1" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E465" s="3" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="F465" s="3" t="s">
-        <v>779</v>
+        <v>473</v>
       </c>
       <c r="G465" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="466" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A466" s="1" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E466" s="3" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="F466" s="3" t="s">
-        <v>779</v>
+        <v>473</v>
       </c>
       <c r="G466" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="467" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A467" s="1" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="C467" s="1" t="s">
         <v>1785</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E467" s="3" t="s">
         <v>1786</v>
       </c>
       <c r="F467" s="3" t="s">
-        <v>779</v>
+        <v>473</v>
       </c>
       <c r="G467" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="468" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A468" s="1" t="s">
         <v>1787</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>1788</v>
       </c>
       <c r="C468" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E468" s="3" t="s">
         <v>1789</v>
       </c>
-      <c r="D468" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E468" s="3" t="s">
+      <c r="F468" s="3" t="s">
         <v>1790</v>
       </c>
-      <c r="F468" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G468" s="3" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="469" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A469" s="1" t="s">
         <v>1791</v>
       </c>
       <c r="B469" s="1" t="s">
         <v>1792</v>
       </c>
       <c r="C469" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E469" s="3" t="s">
         <v>1793</v>
       </c>
-      <c r="D469" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E469" s="3" t="s">
+      <c r="F469" s="3" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G469" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="470" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A470" s="1" t="s">
         <v>1794</v>
       </c>
-      <c r="F469" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A470" s="1" t="s">
+      <c r="B470" s="1" t="s">
         <v>1795</v>
       </c>
-      <c r="B470" s="1" t="s">
+      <c r="C470" s="1" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E470" s="3" t="s">
         <v>1796</v>
       </c>
-      <c r="C470" s="1" t="s">
+      <c r="F470" s="3" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G470" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="471" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A471" s="1" t="s">
         <v>1797</v>
       </c>
-      <c r="D470" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E470" s="3" t="s">
+      <c r="B471" s="1" t="s">
         <v>1798</v>
       </c>
-      <c r="F470" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A471" s="1" t="s">
+      <c r="C471" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E471" s="3" t="s">
         <v>1799</v>
       </c>
-      <c r="B471" s="1" t="s">
+      <c r="F471" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G471" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="472" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A472" s="1" t="s">
         <v>1800</v>
       </c>
-      <c r="C471" s="1" t="s">
+      <c r="B472" s="1" t="s">
         <v>1801</v>
       </c>
-      <c r="D471" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E471" s="3" t="s">
+      <c r="C472" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E472" s="3" t="s">
         <v>1802</v>
       </c>
-      <c r="F471" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A472" s="1" t="s">
+      <c r="F472" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G472" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="473" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A473" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="B472" s="1" t="s">
+      <c r="B473" s="1" t="s">
         <v>1804</v>
       </c>
-      <c r="C472" s="1" t="s">
+      <c r="C473" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E473" s="3" t="s">
         <v>1805</v>
       </c>
-      <c r="D472" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E472" s="3" t="s">
+      <c r="F473" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="G473" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="474" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A474" s="1" t="s">
         <v>1806</v>
       </c>
-      <c r="F472" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A473" s="1" t="s">
+      <c r="B474" s="1" t="s">
         <v>1807</v>
       </c>
-      <c r="B473" s="1" t="s">
+      <c r="C474" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E474" s="3" t="s">
         <v>1808</v>
       </c>
-      <c r="C473" s="1" t="s">
+      <c r="F474" s="3" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G474" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="475" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A475" s="1" t="s">
         <v>1809</v>
       </c>
-      <c r="D473" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E473" s="3" t="s">
+      <c r="B475" s="1" t="s">
         <v>1810</v>
       </c>
-      <c r="F473" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A474" s="1" t="s">
+      <c r="C475" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E475" s="3" t="s">
         <v>1811</v>
       </c>
-      <c r="B474" s="1" t="s">
+      <c r="F475" s="3" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G475" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="476" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A476" s="1" t="s">
         <v>1812</v>
       </c>
-      <c r="C474" s="1" t="s">
+      <c r="B476" s="1" t="s">
         <v>1813</v>
       </c>
-      <c r="D474" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E474" s="3" t="s">
+      <c r="C476" s="1" t="s">
         <v>1814</v>
       </c>
-      <c r="F474" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A475" s="1" t="s">
+      <c r="D476" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E476" s="3" t="s">
         <v>1815</v>
       </c>
-      <c r="B475" s="1" t="s">
+      <c r="F476" s="3" t="s">
         <v>1816</v>
       </c>
-      <c r="C475" s="1" t="s">
+      <c r="G476" s="3" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="477" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A477" s="1" t="s">
         <v>1817</v>
       </c>
-      <c r="D475" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E475" s="3" t="s">
+      <c r="B477" s="1" t="s">
         <v>1818</v>
       </c>
-      <c r="F475" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A476" s="1" t="s">
+      <c r="C477" s="1" t="s">
         <v>1819</v>
       </c>
-      <c r="B476" s="1" t="s">
+      <c r="D477" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E477" s="3" t="s">
         <v>1820</v>
       </c>
-      <c r="C476" s="1" t="s">
+      <c r="F477" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G477" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="478" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A478" s="1" t="s">
         <v>1821</v>
       </c>
-      <c r="D476" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E476" s="3" t="s">
+      <c r="B478" s="1" t="s">
         <v>1822</v>
       </c>
-      <c r="F476" s="3" t="s">
+      <c r="C478" s="1" t="s">
         <v>1823</v>
       </c>
-      <c r="G476" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A477" s="1" t="s">
+      <c r="D478" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E478" s="3" t="s">
         <v>1824</v>
       </c>
-      <c r="B477" s="1" t="s">
+      <c r="F478" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G478" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="479" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A479" s="1" t="s">
         <v>1825</v>
       </c>
-      <c r="C477" s="1" t="s">
+      <c r="B479" s="1" t="s">
         <v>1826</v>
       </c>
-      <c r="D477" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E477" s="3" t="s">
+      <c r="C479" s="1" t="s">
         <v>1827</v>
       </c>
-      <c r="F477" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A478" s="1" t="s">
+      <c r="D479" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E479" s="3" t="s">
         <v>1828</v>
       </c>
-      <c r="B478" s="1" t="s">
+      <c r="F479" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G479" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="480" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A480" s="1" t="s">
         <v>1829</v>
       </c>
-      <c r="C478" s="1" t="s">
+      <c r="B480" s="1" t="s">
         <v>1830</v>
       </c>
-      <c r="D478" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E478" s="3" t="s">
+      <c r="C480" s="1" t="s">
         <v>1831</v>
       </c>
-      <c r="F478" s="3" t="s">
-[...3 lines deleted...]
-        <v>79</v>
+      <c r="D480" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E480" s="3" t="s">
+        <v>1832</v>
+      </c>
+      <c r="F480" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G480" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="481" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A481" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C481" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D481" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E481" s="3" t="s">
+        <v>1836</v>
+      </c>
+      <c r="F481" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G481" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="482" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A482" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B482" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C482" s="1" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E482" s="3" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F482" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G482" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="483" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A483" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E483" s="3" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F483" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G483" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="484" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A484" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E484" s="3" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F484" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G484" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="485" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A485" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E485" s="3" t="s">
+        <v>1852</v>
+      </c>
+      <c r="F485" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G485" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="486" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A486" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D486" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E486" s="3" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F486" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G486" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="487" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A487" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E487" s="3" t="s">
+        <v>1860</v>
+      </c>
+      <c r="F487" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G487" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="488" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A488" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488" s="3" t="s">
+        <v>1864</v>
+      </c>
+      <c r="F488" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G488" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="489" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A489" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E489" s="3" t="s">
+        <v>1868</v>
+      </c>
+      <c r="F489" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G489" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="490" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A490" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490" s="3" t="s">
+        <v>1872</v>
+      </c>
+      <c r="F490" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G490" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="491" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A491" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E491" s="3" t="s">
+        <v>1876</v>
+      </c>
+      <c r="F491" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G491" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="492" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A492" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E492" s="3" t="s">
+        <v>1880</v>
+      </c>
+      <c r="F492" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G492" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="493" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A493" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C493" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="D493" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E493" s="3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F493" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G493" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="494" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A494" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B494" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E494" s="3" t="s">
+        <v>1888</v>
+      </c>
+      <c r="F494" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G494" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="495" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A495" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E495" s="3" t="s">
+        <v>1892</v>
+      </c>
+      <c r="F495" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="G495" s="3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="496" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A496" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B496" s="1" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C496" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E496" s="3" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F496" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G496" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="497" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A497" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C497" s="1" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D497" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E497" s="3" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F497" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="G497" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="498" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A498" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C498" s="1" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D498" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E498" s="3" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F498" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G498" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="499" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A499" s="1" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E499" s="3" t="s">
+        <v>1909</v>
+      </c>
+      <c r="F499" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G499" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="500" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A500" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E500" s="3" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F500" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G500" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="501" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A501" s="1" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>1917</v>
+      </c>
+      <c r="F501" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G501" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="502" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A502" s="1" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B502" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C502" s="1" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E502" s="3" t="s">
+        <v>1921</v>
+      </c>
+      <c r="F502" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G502" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="503" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A503" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B503" s="1" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C503" s="1" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E503" s="3" t="s">
+        <v>1925</v>
+      </c>
+      <c r="F503" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G503" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="504" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A504" s="1" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B504" s="1" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C504" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E504" s="3" t="s">
+        <v>1929</v>
+      </c>
+      <c r="F504" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G504" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="505" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A505" s="1" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B505" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C505" s="1" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E505" s="3" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F505" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G505" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="506" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A506" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B506" s="1" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C506" s="1" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E506" s="3" t="s">
+        <v>1937</v>
+      </c>
+      <c r="F506" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G506" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="507" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A507" s="1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="B507" s="1" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C507" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E507" s="3" t="s">
+        <v>1941</v>
+      </c>
+      <c r="F507" s="3" t="s">
+        <v>1905</v>
+      </c>
+      <c r="G507" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="508" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A508" s="1" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C508" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E508" s="3" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F508" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G508" s="3" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="509" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A509" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B509" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C509" s="1" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E509" s="3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F509" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G509" s="3" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="510" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A510" s="1" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B510" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C510" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E510" s="3" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F510" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="G510" s="3" t="s">
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">