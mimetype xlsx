--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="787">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="795">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/589/lk2ena01wiuji43k0qfow8uzdtyyk724.jpg</t>
   </si>
   <si>
     <t>Шило OfficeSpace, канцелярское малое</t>
   </si>
   <si>
     <t>Малое канцелярское шило используется для прошивки документов ипрокалывания бумаги. Цвет пластиковой рукоятки - черный. Диаметр шила 2мм, длиной 54мм, общая длина шила 130мм. Имеет никелевое покрытие. Изделие может обеспечить прокалывание до30 листов бумаги заодин прокол.</t>
   </si>
   <si>
     <t>Канцелярские ножи</t>
@@ -107,575 +116,527 @@
   <si>
     <t>Лезвия для канцелярских ножей 9 мм, 10 шт в пластиковом пенале: BLCUT9_1367  178795 штр.:  4650062493676</t>
   </si>
   <si>
     <t>Лезвия для канцелярских ножей 9 мм, 10 шт в пластиковом пенале: BLCUT9_1367/ 178795 Лезвия для канцелярского ножа 10 шт в пластиковой коробке, ширина 9 мм</t>
   </si>
   <si>
     <t>212784</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/330/330bc6d9bb0395c8ef54c96fd94ad62d.jpg</t>
   </si>
   <si>
     <t>Лезвия для канцелярских ножей OfficeSpace, 18мм, 10шт., в пластиковом пенале  BLCUT18_1372  178796 штр.:  4650062493720</t>
   </si>
   <si>
     <t>&amp;lt;p&amp;gt;Лезвия для канцелярских ножей 18 мм, 10 шт в пластиковом пенале: BLCUT18_1372/ 178796 Лезвия для канцелярского ножа 10 шт в пластиковой коробке, ширина 18 мм&amp;lt;/p&amp;gt;</t>
   </si>
   <si>
     <t>214431</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/72f/72f81da6868ea61875e61bd4a8d9ff57.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм, европодвес: CUT18_1368 штр.:  4650062493683</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм, европодвес: CUT18_1368 Нож канцелярский 18 мм, пластиковый корпус</t>
+  </si>
+  <si>
+    <t>215694</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/809/809938c2ea36968ebc5c996cdbcd68d0.jpg</t>
   </si>
   <si>
     <t>Нож канцелярский 9 мм, европодвес: CUT9_1364 штр.:  4650062493645</t>
   </si>
   <si>
     <t>Нож канцелярский 9 мм, европодвес: CUT9_1364 Нож канцелярский 9мм, пластиковый корпус</t>
   </si>
   <si>
     <t>215759</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c6a/c6ad1bbeac6ac06d49ad644f0d711277.jpg</t>
   </si>
   <si>
     <t>Нож канцелярский 9мм металлический, фиксатор, цв.металлик штр.  4529356532240</t>
   </si>
   <si>
     <t>Металлический канцелярский нож. &amp;lt;br /&amp;gt;Ширина лезвия 8мм. &amp;lt;br /&amp;gt;Предназначен для резки бумаги и плотного картона, распечатки корреспонденции. &amp;lt;br /&amp;gt;Прекрасно режет кожу и резину. &amp;lt;br /&amp;gt;Особо прочный металлический корпус.</t>
   </si>
   <si>
     <t>249046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/30f/30fa066cbaa1aa5165ea502976ccbaf8/1a28942fdfbb295e1b69cb45dce6b9d6.jpg</t>
   </si>
   <si>
     <t>Нож промышленный Нож универсальный  скальпель Attache Selection с пер.лезвием, цв.желтый штр.  4529356532165</t>
   </si>
   <si>
     <t>Универсальный канцелярский нож-скальпель с перовым лезвием режет все виды бумаг, пленки, обои, кожу.&amp;lt;br /&amp;gt;Режет с хирургической точностью!&amp;lt;br /&amp;gt;Используется как для простой, так и для фигурной резки. &amp;lt;br /&amp;gt;Рукоятка не скользит в руке благодаря особой форме. &amp;lt;br /&amp;gt;Нож канцелярский обладает эффектным дизайном&amp;lt;br /&amp;gt;&amp;lt;br /&amp;gt;Запасные лезвия&amp;nbsp;&amp;nbsp;вы сможете найти во вкладке &amp;quot;Расходные материалы&amp;quot;.</t>
   </si>
   <si>
     <t>249048</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache-selection/"&gt;Attache Selection&lt;/a&gt;</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/145/145ba2ccc030e323cf6a9fbf06f99e86/9bee9fd4ec1a1f021b1764e87e9bbf50.jpg</t>
-[...11 lines deleted...]
-    <t>&lt;a href="/brands/olfa/"&gt;OLFA&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/24b/24b231175adfa1dca1f3e5a78c4b2e16/b312099e1820a36d15d683f190ac00f8.jpg</t>
+  </si>
+  <si>
+    <t>Лезвие запасное для  ножа безопасный, для коробок арт.280457  3шт.  969538</t>
+  </si>
+  <si>
+    <t>Лезвие запасное для  ножа безопасный, для коробок арт.280457 &amp;#40;3шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>334894</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e0/4e02f6bf6f52007892415bcf9d28972b/e3124e21952ce88fc219a8ac6b8f3b31.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский  9мм с фиксатором, полибег, цв.красный 969541</t>
+  </si>
+  <si>
+    <t>Нож канцелярский  9мм с фиксатором, полибег, цв.красный</t>
+  </si>
+  <si>
+    <t>334896</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad4/ad4a90080bc63b8f87d5c13d2d9f8262/c71ff9f3152db062a640ea7924996ed0.jpg</t>
+  </si>
+  <si>
+    <t>Лезвие запасное для ножа Attache Selection 18 мм  280464  10 шт.  969549</t>
+  </si>
+  <si>
+    <t>Лезвие запасное для ножа Attache Selection 18 мм  280464 &amp;#40;10 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>334902</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/673/673929fcd3a38c755450cfd1e39128c1/c005f5c0670ebb619b1c61d0d3df460b.jpg</t>
+  </si>
+  <si>
+    <t>Лезвие запасное для ножей Attache 9мм 10шт. уп.пластиковый футляр 969553</t>
+  </si>
+  <si>
+    <t>Лезвие запасное для ножей Attache 9мм 10шт./уп.пластиковый футляр</t>
+  </si>
+  <si>
+    <t>334906</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f3e/f3eea994cc7775f5c1991ba2f1a4feb7/61f094823c4a635ce633ef8f2623eb40.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Attache с фиксатором, полибег, цв.в ассорт. 969554</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Attache с фиксатором, полибег, цв.в ассорт.</t>
+  </si>
+  <si>
+    <t>334907</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f4f/f4f09409287578e6f2ed8f766683e17f/86e4684a90fd22f5628ac8fa7d177f49.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский Attache 9мм с фиксатором, полибег, цв.в ассорт. 969555</t>
+  </si>
+  <si>
+    <t>Нож канцелярский Attache 9мм с фиксатором, полибег, цв.в ассорт.</t>
+  </si>
+  <si>
+    <t>334908</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/055/05512222eef6b8682ecaccf71fdd69f0/00b919f26376d8ed5ba016d4f47ae73b.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский Attache Selection Genius,9мм,фиксатор,для правш. левш. 969556</t>
+  </si>
+  <si>
+    <t>Нож канцелярский Attache Selection Genius,9мм,фиксатор,для правш./левш.</t>
+  </si>
+  <si>
+    <t>334909</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5d0/5d052961a472549860d5e22cc5d4e8ba.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18 мм метал. с цинковым покрытием 969558</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18 мм метал. с цинковым покрытием</t>
+  </si>
+  <si>
+    <t>334910</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/179/17927054e2d262842a301692bd98efed/1ee75a59dc1313865c5143c9297c4888.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18 мм с антискольз. встав. иточилкой 969559</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18 мм с антискольз. встав. иточилкой</t>
+  </si>
+  <si>
+    <t>334911</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/117/117d903a646ed9739fbfbeef82973694/d080986566ff974a6d83c7f36a31cd3d.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18 мм с рез.вставками 969561</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18 мм с рез.вставками</t>
+  </si>
+  <si>
+    <t>334912</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4c/auft4nc6s8baevk8gf4czogeknszkest.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18 мм с резин.вставк. 6 зап.лезвий 969562</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18 мм с резин.вставк.&amp;#43;6 зап.лезвий</t>
+  </si>
+  <si>
+    <t>334913</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9b6/9b6a7828de8e0a86f1e8903426d1fb9e.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 9 мм металлический с цинковым покрытием 969563</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 9 мм металлический с цинковым покрытием</t>
+  </si>
+  <si>
+    <t>334914</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fb6/fb62989772f80f81de399801ca54fe84.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм OfficeSpace, усиленный, с фиксатором, металл. направляющие, ассорти, европодвес. 262450</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм, усиленный, с фиксатором, металлические направляющие. Предназначен для резки различных материалов, в т.ч. особо плотных видов картона.</t>
+  </si>
+  <si>
+    <t>348899</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba5/ba5a48ab90e5014951dc41c8e87310e2.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм OfficeSpace, усиленный, с фиксатором, металл. направляющие, ассорти,европодвес. 262451</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм, усиленный, с фиксатором, металлические направляющие. Предназначен для резки различных материалов, в т.ч. особо плотных видов картона.</t>
+  </si>
+  <si>
+    <t>351105</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c33/c333d906366c2fbde8c5a15b744040b6.jpg</t>
+  </si>
+  <si>
+    <t>Нож-скальпель канцелярский Berlingo, металлический корпус, 5 лезвий в комплекте, европодвес BM4118</t>
+  </si>
+  <si>
+    <t>Нож-скальпель предназначен для работы по бумаге. Алюминиевый корпус имеет ребристость в зоне захвата, препятствуя скольжению пальцев. Нож-скальпель оснащен колпачком для безопасного хранения и транспортировки. В комплекте 5 запасных лезвий в пластиковом пенале. Индивидуальная упаковка - блистер с европодвесом.</t>
+  </si>
+  <si>
+    <t>352045</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2af/2af45f8b2fcce2d2ed1ae29f2848b5b2/8dce5443c44b41a10f389cfe9706d929.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм Attache Economy  с фиксатором, полибег, цв.вассорт.</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм Attache Economy  с фиксатором, полибег, цв.вассорт.</t>
+  </si>
+  <si>
+    <t>378987</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/attache-economy/"&gt;Attache Economy&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/478/478d3b819830dfd87a598fd68fc0fd92.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм Альфа, с фиксатором, пластик, цвет оранжевый</t>
+  </si>
+  <si>
+    <t>378990</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b74/b7401356a39cdffb4b812becee2c5159.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм Альфа, с фиксатором, пластик, цвет салатовый</t>
+  </si>
+  <si>
+    <t>378991</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/06b/06b216607ffc60e1c37ed78888ee3745/d9ccecef51ec00f45a2773b6920d7882.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9 мм Attache Economy  с фиксатором, полибег, цв. вассорт.</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9 мм Attache Economy  с фиксатором, полибег, цв. вассорт.</t>
+  </si>
+  <si>
+    <t>378992</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ecc/ecc452c732db903279d59a16f93fc5aa/9bd165559242334950f192f63f2fdd90.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9 мм Attache Selection Jolly, цвет синий</t>
+  </si>
+  <si>
+    <t>378993</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/54d/54dd3e4fc6aae04f979ed22a8fcce89f/194afbb3fae2f009ce16e003539a3784.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Attache с фиксатором и металлическими направляющими</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Attache с фиксатором и металлическими направляющими</t>
+  </si>
+  <si>
+    <t>378996</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/018/lf6cxw5ypj205sivp1gg551db6e2zz63.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для макетных ножей  скальпелей  8 мм КОМПЛЕКТ 5 ШТ., в блистере, BRAUBERG, 236636</t>
+  </si>
+  <si>
+    <t>Лезвия BRAUBERG для макетных ножей. Изготовлены из стали SK5. Ширина лезвий - 8 мм, толщина - 0,6 мм. 5 штук в комплекте. Поставляются в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>391798</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/33a/6zadjsm1n6j6xce05dps6c01m1f4wi5f.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для ножей 18 мм КОМПЛЕКТ 10 ШТ., толщина лезвия 0,5 мм, в пластиковом пенале, BRAUBERG, 230925</t>
+  </si>
+  <si>
+    <t>Лезвия BRAUBERG для универсальных ножей. Изготовлены из углеродистой стали и имеют форму параллелограмма. Ширина лезвий - 18 мм, толщина - 0,5 мм. 10 штук в комплекте. Поставляются в пластиковом пенале.</t>
+  </si>
+  <si>
+    <t>391799</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c5a/a81kxuwjhqnxz7lvy96dyoxj2x2carn0.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для ножей 9 мм КОМПЛЕКТ 10 ШТ., толщина лезвия 0,38 мм, в пластиковом пенале, STAFF, 235465</t>
+  </si>
+  <si>
+    <t>Лезвия STAFF для универсальных ножей. Изготовлены из углеродистой стали и имеют форму параллелограмма. Ширина лезвий - 9 мм, толщина - 0,38 мм. 10 штук в комплекте. Поставляются в пластиковом пенале.</t>
+  </si>
+  <si>
+    <t>391801</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/staff/"&gt;STAFF&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/638/we7skjyms23i2vrtriw5ryd54wluuef3.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для универсальных мощных ножей 18 мм КОМПЛЕКТ 5 ШТ., форма-трапеция, в пластиковом пенале, BRAUBERG, 236637</t>
+  </si>
+  <si>
+    <t>Лезвия BRAUBERG для универсальных ножей. Изготовлены из стали SK5 имеют форму трапеции. Ширина лезвий - 18 мм, толщина - 0,6 мм. 5 штук в комплекте. Поставляются в пластиковом пенале.</t>
+  </si>
+  <si>
+    <t>391802</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ca9/nc5a0yvowpgpijw3dagaxgmpy3h0l5s1.jpg</t>
+  </si>
+  <si>
+    <t>Мат для резки BRAUBERG, А4, 300х220 мм, двусторонний, 3-слойный, толщина 3 мм, сантиметровая шкала, 236905</t>
+  </si>
+  <si>
+    <t>Высококачественный двусторонний мат &amp;#40;коврик&amp;#41; BRAUBERG предназначен для кроя деталей различных форм, удобен при изготовлении аппликаций. Защищает поверхность стола от повреждений и нож от затупления. Мат формата А4 выполнен из пластика толщиной 3 мм и имеет трехслойную структуру. Одна сторона коврика имеет разметку в сантиметрах, а другая - такую же сантиметровую разметку с добавлением фигур в виде транспортира.Легко очищается мыльной водой.</t>
+  </si>
+  <si>
+    <t>391805</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e9/bl16fxk7ip9zhcd1kmpnoive02wekkyp.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм STAFF, фиксатор, цвет корпуса ассорти, упаковка с европодвесом, 230485</t>
+  </si>
+  <si>
+    <t>Канцелярский нож с фиксатором STAFF - инструмент, который поможет в резке бумаги, тонких пластиков, картона и прочих материалов. Изделие хорошо проявляет себя как при периодической эксплуатации, так и в ходе продолжительной работы. Ширина лезвия - 18 мм, что позволяет использовать его для более плотных и тонких материалов, нежели аналогичный инструмент меньшего размера. Для того, чтобы лезвие не задвигалось, имеется надежный фиксатор. Хорошая заточка позволяет работать даже с самыми капризными и сложными материалами. Инструмент может использоваться при отделочных работах или в домашнем хозяйстве, однако основное место его применения – офис. Затупившийся кончик всегда можно аккуратно отделить и вернуть ножу былую остроту. Запасные лезвия необходимо приобретать отдельно. Имеется отверстие для подвеса. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.Товар относится к эконом-сегменту.</t>
+  </si>
+  <si>
+    <t>391806</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/937/8afqwi7t3twd4ulfzp1ralovo22ly7pj.jpg</t>
+  </si>
+  <si>
+    <t>Нож макетный  скальпель  BRAUBERG, металлический корпус,   5 запасных лезвий, блистер, 235405</t>
+  </si>
+  <si>
+    <t>Макетный нож-скальпель BRAUBERG предназначен для аккуратной и точной работы по бумаге, пленке, коже. Ультратонкое металлическое лезвие с заостренным кончиком закрывается колпачком по окончании работы. Ширина лезвия составляет 8 мм. Поставляется в блистере с европодвесом. 5 запасных лезвий в комплекте.</t>
+  </si>
+  <si>
+    <t>391808</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/148/0c37ylcs2ovtoa4wz1so4ttq8llj29sp.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный 18 мм BRAUBERG, автофиксатор, резиновые вставки,   2 лезвия, блистер, 230919</t>
+  </si>
+  <si>
+    <t>Канцелярский нож BRAUBERG «Universal» предназначен для разрезания по заданному рисунку или контуру бумаги, картона, более плотных материалов. Может использоваться при отрезании ковролина или линолеума. Легкий пластиковый корпус с металлическими направляющими надежно удерживает остро отточенное лезвие стандартной ширины 18 мм. По мере использования отработанные концы лезвия просто отламываются. В комплект входят 2 запасных лезвия, расположены в корпусе ножа. Дизайн корпуса эргономичный. Резиновые края ручки предотвращают скольжение пальцев, исключают их травмирование. Для удобства хранения имеется отверстие для подвеса. Яркая расцветка выделяет инструмент среди других подобных, нож упакован в блистер с европодвесом. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>391810</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8e8/tetbshoaqbxdas7uhw7kephk7ulpb5wc.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный 18 мм BRAUBERG, автофиксатор, резиновые вставки,   2 лезвия, блистер, 230920</t>
+  </si>
+  <si>
+    <t>Канцелярский нож BRAUBERG «Universal» используется для разрезания бумаги и других материалов. Острое лезвие гарантирует точность резки без неровных краев. В корпусе изделия - 2 дополнительных лезвия. Нож имеет 3 лезвия шириной 18 мм, что обеспечивает быструю резку. Благодаря удобной ручке с резиновыми вставками обеспечивается комфорт и безопасность. Предусмотрен автофиксатор, при помощи системы блокировки лезвия предотвращающий его сдвиг в процессе работы. В пластиковом корпусе предусмотрено отверстие для подвеса, что позволяет удобно хранить принадлежность. Нож отличается эргономичностью и практичностью, подходит для офисного и домашнего использования. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>391811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/04a/pxq8b6buwklf9bj44itnopol7lv3bahb.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный 18 мм BRAUBERG, автофиксатор, резиновые вставки,   6 лезвий, блистер, 230922</t>
+  </si>
+  <si>
+    <t>Канцелярский нож BRAUBERG &amp;quot;Universal&amp;quot; предназначен для разрезания по заданному рисунку или контуру бумаги, картона, более плотных материалов. Может использоваться при отрезании ковролина или линолеума. Нож снабжен автоматическим фиксатором лезвия шириной 18 мм. Края инструмента резиновые, предотвращают скольжение руки при работе. Затупившаяся часть отламывается, а по укорачивании одно лезвие легко сменяется другим с помощью механизма автозамены лезвий &amp;#40;к ножу прилагается дополнительные лезвия&amp;#41;. Крепкий корпус из пластика исключает опасность получения травмы при работе с ножом. Нож поставляется в блистере с европодвесом. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;. Оцените качество заточки канцелярского ножа BRAUBERG &amp;quot;Universal&amp;quot; с 5 запасными лезвиями.</t>
+  </si>
+  <si>
+    <t>391812</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c4b/5u5ytn3yly1uzwp8ltedlw0c6eeafzh3.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный 18 мм BRAUBERG, автофиксатор, цвет корпуса ассорти,   2 лезвия, блистер, 230918</t>
+  </si>
+  <si>
+    <t>Канцелярский нож BRAUBERG «Standard» предназначен для работы с бумагой, картоном, мягким пластиком и иными материалами. Отличается практичностью и удобством в эксплуатации. В корпусе изделия - 2 дополнительных лезвия. Благодаря широкому лезвию шириной 18 мм канцелярский нож гораздо более производителен, чем его аналогичные инструменты меньшего размера. Удобный автофиксатор с металлическими направляющими позволяет надежно закрепить лезвие, а потому работа с этим канцелярским инструментом приносит сплошное удовольствие. Затупившийся кончик всегда можно удалить, отломив полотно лезвия по контрольной линии. Специфическая форма корпуса из пластика страхует руки от соскальзывания и травм. Имеется отверстие для подвеса. В комплекте идут 2 запасных лезвия, если этого количества будет недостаточно, всегда можно приобрести дополнительные отдельно. Упаковка - блистер с европодвесом. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>391813</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/24b/24b231175adfa1dca1f3e5a78c4b2e16/b312099e1820a36d15d683f190ac00f8.jpg</t>
-[...460 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/ee5/7byky375s0yq3o3tmare3u51wceu4wgp.jpg</t>
   </si>
   <si>
     <t>Нож универсальный 18 мм BRAUBERG, металлический корпус  рифленый , автофиксатор, блистер, 235401</t>
   </si>
   <si>
     <t>Канцелярский нож BRAUBERG «Metallic» – незаменимый инструмент для разрезания бумажных или картонных листов, линолеума, кожи и других плоских поверхностей. Оставляет ровный, без зазубрин разрез, что особенно важно при соблюдении точности резки. У ножа имеется надежный автоматический фиксатор длины лезвия, благодаря чему конструкция не деформируется при работе. Затупившийся конец лезвия легко удалить, отломив небольшой фрагмент. Металлический корпус серебристого цвета обеспечивает долговечность ножа, а рифленые края предотвращают соскальзывание руки при работе с инструментом. Ширина лезвия стандартная, 18 мм. Для удобства хранения имеется отверстие для подвеса. Нож продается в пластиковом блистере с европодвесом.</t>
   </si>
   <si>
     <t>391814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/877/xnoouqwil0hp1fyvedzp63i1c46lik4o.jpg</t>
   </si>
   <si>
     <t>Нож универсальный 18 мм BRAUBERG, роликовый фиксатор, резиновые вставки, блистер, 235402</t>
   </si>
   <si>
     <t>Канцелярский нож BRAUBERG «Universal» – универсальный инструмент со стальным лезвием высокого качества заточки, служит для разрезания различных материалов по точно заданному контуру: бумаги, картона и даже и более плотных поверхностей. Нож имеет роликовый фиксатор лезвия, легко выдвигающий его на необходимую длину или убирающий внутрь корпуса, который выполнен из желтого пластика с черными резиновыми антискользящими накладками. Ширина лезвия – 18 мм, стандартная. Упакован в пластиковый блистер.</t>
   </si>
   <si>
     <t>391815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/918/9wdhr3nmhp3t3mqkgjaidbm6k0k4mmw3.jpg</t>
@@ -770,74 +731,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/666/068qob527cyitxnx0flyb7c9uh10qd2z.jpg</t>
   </si>
   <si>
     <t>Нож универсальный мощный BRAUBERG, металлический корпус, фиксатор,   5 лезвий, 235404</t>
   </si>
   <si>
     <t>Универсальный мощный нож с фиксатором BRAUBERG &amp;quot;Professional&amp;quot; - инструмент, который поможет в резке бумаги, тонких пластиков, картона и прочих материалов: линолеума, гипсокартона, ковролина. Изделие хорошо проявляет себя как при периодической эксплуатации, так и в ходе продолжительной работы. Ширина лезвия - 18 мм, что позволяет использовать его для более плотных и тонких материалов, нежели аналогичный инструмент меньшего размера. Нож снабжен надежным фиксатором-защелкой. Хорошая заточка позволяет работать даже с самыми капризными и сложными материалами: линолеумом, гипсокартоном, ковролином. Может использоваться при отделочных работах или в домашнем хозяйстве. Затупившееся лезвие можно поменять с помощью специального автоматического механизма и вернуть ножу былую остроту. 5 лезвий поставляются в комплекте с ножом, хранятся внутри корпуса. Имеется отверстие для подвеса.</t>
   </si>
   <si>
     <t>391825</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/57b/qll9nef2t1901oqofu2norlxi8hmqlry.jpg</t>
   </si>
   <si>
     <t>Нож универсальный мощный BRAUBERG, металлический корпус, фиксатор, лезвие-трапеция,   5 лезвий, 235403</t>
   </si>
   <si>
     <t>Универсальный мощный нож BRAUBERG «Professional» станет настоящим помощником любого мастера, имеющего дело с разрезанием бумаги, картона и более плотных и вязких материалов: линолеума, гипсокартона, ковролина. В корпусе изделия - 5 дополнительных лезвий. Металлический корпус надежно фиксирует стальное острое лезвие шириной 18 мм. Изделие имеет эргономичное оформление: рукоятка снабжена резиновыми антискользящими вкладышами, серебристо-черный цвет корпуса гармонирует с другими инструментами, специальное отверстие дает возможность вешать нож на специальный крепеж. 5 легко заменяемых дополнительных лезвий в комплекте продлят срок использования ножа. Конструкция упакована в блистер.</t>
   </si>
   <si>
     <t>391826</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b23/b2356917b7678c1b370c0211add1b51d/455bea30ea16afe873aca2ecfc217d1f.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/513/5136fd5ec687521ecc7923194541f6b8/a4efd8d9c98737a715d831fc4a77eb2e.jpg</t>
   </si>
   <si>
     <t>Лезвие запасное для ножей эконом  9мм 10шт. уп., пласт.футляр</t>
   </si>
   <si>
     <t>Лезвие запасное для ножей эконом  9мм 10шт./уп., пласт.футляр</t>
   </si>
   <si>
     <t>415099</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f50/f5037102e990145f7259bb1cebc57553/558cca1c77d4c7dad8dca237b411176b.jpg</t>
   </si>
   <si>
     <t>Нож канцелярский 18мм Attache с фиксатором и металлическими направляющими</t>
   </si>
   <si>
     <t>Нож канцелярский 18мм Attache с фиксатором и металлическими направляющими</t>
   </si>
   <si>
     <t>415101</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/bfe/bfefb4c1adaac5d0f39cdb64b58b24b7.jpeg</t>
@@ -857,86 +794,74 @@
   <si>
     <t>Нож канцелярский 9мм Attache ч рный, цв. фиксатора в ассорт.</t>
   </si>
   <si>
     <t>Нож канцелярский 9мм Attache чёрный, цв. фиксатора в ассорт.</t>
   </si>
   <si>
     <t>415103</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8aa/xh1fvkxqjbt3sib8zfspj1rko29mhnba.jpg</t>
   </si>
   <si>
     <t>Нож канцелярский 9 мм STAFF  quot;Economy quot;, фиксатор, клип, корпус ассорти, 237080</t>
   </si>
   <si>
     <t>Нож STAFF &amp;quot;Economy&amp;quot; — универсальный, удобный и простой инструмент, который применяется во многих сферах: на складе, в офисе, производстве, творчестве и дома. Предназначен для резки картона и бумаги. Благодаря своей обтекаемой форме нож удобно держать в руке. Пластиковый корпус с клипом защищает лезвие шириной 9 мм от повреждений и гарантирует безопасность применения. Фиксатор позволяет закрепить лезвие в нужном положении с помощью защелки. Чтобы восстановить функциональность инструмента из-за затупившегося лезвия, необходимо обломать его по наклонной метке на поверхности лезвия. При этом его нужно выдвинуть только на одно деление. В щель на снятой крышке необходимо поместить затупившийся край лезвия ножа. Инструмент нужно держать в руках таким образом, чтобы лезвие было обращено вверх той стороной, где нет разделительных меток. После этого необходимо согнуть лезвие по линии излома ОТ СЕБЯ. При этом затупившийся обломок остаётся в щели крышки, а инструмент вновь становится пригодным к полноценной работе.Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
   </si>
   <si>
     <t>423994</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/a54/o7uzmkrfxznn2cxd7102tcmv2ccb8kyt.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9 мм STAFF, усиленный, металлический корпус, автофиксатор, клип, 237081</t>
+  </si>
+  <si>
+    <t>Канцелярский нож STAFF — универсальный, удобный и простой инструмент, который применяется во многих сферах: на складе, в офисе, строительстве, производстве, творчестве и дома. Предназначен для резки различных материалов разной плотности и толщины. Благодаря своей обтекаемой форме нож удобно держать в руке. Металлический корпус с клипом защищает лезвие шириной 9 мм от повреждений и гарантирует безопасность применения. Автофиксатор позволяет закрепить положение лезвия в нужном положении с помощью защелки. Нож усиленный надежно удерживают лезвие и позволяет выдерживать большую нагрузку.Чтобы восстановить функциональность инструмента из-за затупившегося лезвия, необходимо обломать его по наклонной метке на поверхности лезвия. При этом его нужно выдвинуть только на одно деление. В щель на снятой крышке необходимо поместить затупившийся край лезвия ножа. Инструмент нужно держать в руках таким образом, чтобы лезвие было обращено вверх той стороной, где нет разделительных меток. После этого необходимо согнуть лезвие по линии излома ОТ СЕБЯ. При этом затупившийся обломок остаётся в щели крышки, а инструмент вновь становится пригодным к полноценной работе.</t>
+  </si>
+  <si>
+    <t>423995</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/1f0/w191umqx879d0x0d47ma9bk3mu9hmh4e.jpg</t>
   </si>
   <si>
     <t>Нож канцелярский 9 мм STAFF  quot;PRO quot;, усиленный, металлические направляющие, автофиксатор, ассорти, 237082</t>
   </si>
   <si>
     <t>Канцелярский нож STAFF &amp;quot;PRO&amp;quot; — универсальный, удобный и простой инструмент, который применяется во многих сферах: на складе, в офисе, строительстве, производстве, творчестве и дома. Предназначен для резки различных материалов разной плотности и толщины. Благодаря своей обтекаемой форме нож удобно держать в руке. Пластиковый корпус гарантирует безопасность применения. Автофиксатор позволяет закрепить лезвие в нужном положении с помощью защелки. Для того, чтобы хранить и переносить инструмент было проще, в корпусе имеется небольшое отверстие. Нож усиленный с металлическими направляющими, которые надежно удерживают лезвие шириной 9 мм и позволяют выдерживать большую нагрузку.Чтобы восстановить функциональность инструмента из-за затупившегося лезвия, необходимо обломать его по наклонной метке на поверхности лезвия. При этом его нужно выдвинуть только на одно деление. В щель на снятой крышке необходимо поместить затупившийся край лезвия ножа. Инструмент нужно держать в руках таким образом, чтобы лезвие было обращено вверх той стороной, где нет разделительных меток. После этого необходимо согнуть лезвие по линии излома ОТ СЕБЯ. При этом затупившийся обломок остаётся в щели крышки, а инструмент вновь становится пригодным к полноценной работе.Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
   </si>
   <si>
     <t>423996</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/873/0emwd6uuwq8ithzlf2fsimppqke70sz3.jpg</t>
-[...22 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9f8/xdte0h8za2fz8p865c9kd2pv9r647gi6.jpg</t>
   </si>
   <si>
     <t>Шило канцелярское для сшивания документов, С УШКОМ, диаметр 3 мм, европодвес, STAFF, 235434</t>
   </si>
   <si>
     <t>Канцелярское шило STAFF предназначено для прошивки документов и прокалывания бумаги. Оснащено иглой с ушком диаметром 3 мм и длиной 4 см из металла с пластиковой цветной рукояткой. Шило обеспечивает прокалывание до 30 листов бумаги. Поставляется в блистере с подвесом. Большое канцелярское шило STAFF - необходимый офисный атрибут.</t>
   </si>
   <si>
     <t>424002</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6eb/fq4fx96xxyr36r2k8uwzgn8kfdj8ya9v.jpg</t>
   </si>
   <si>
     <t>Шило канцелярское большое STAFF, общая длина 150 мм, диаметр иглы 3 мм, ручка черная, 237174</t>
   </si>
   <si>
     <t>Большое канцелярское шило STAFF предназначено для прошивки документов и прокалывания бумаги. Оснащено иглой диаметром 3 мм и длиной 6 см из металла и удобной пластиковой ручкой черного цвета. Общая длина изделия — 150 мм. Шило обеспечивает прокалывание до 30 листов бумаги. Поставляется в блистере с подвесом. Привлекательная цена и хорошее качество - основные качества данного товара.</t>
   </si>
   <si>
     <t>424003</t>
@@ -965,1349 +890,1361 @@
   <si>
     <t>428105</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2ff/2ffdc8c8ce93209a3cb8476b67207a2b/5cd6b11fc1a989717b1a954eb1be846b.jpg</t>
   </si>
   <si>
     <t>Нож канцелярский 9мм Berlingo  quot;ColorZone quot;, черное лезвие, auto-lock, металл. направл., оранжевый, европодвес</t>
   </si>
   <si>
     <t>558523</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/381/38151e1629e628d3f53db31573430cec/e036b827d9df293c367330b917301778.jpg</t>
   </si>
   <si>
     <t>Шило OfficeSpace, канцелярское большое</t>
   </si>
   <si>
     <t>Большое канцелярское шило используется для прошивки документов ипрокалывания бумаги. Цвет пластиковой рукоятки - черный. Диаметр шила 3мм, длиной 70мм, общая длина шила 150мм. Имеет никелевое покрытие. Изделие может обеспечить прокалывание до30 листов бумаги заодин прокол.</t>
   </si>
   <si>
     <t>558524</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/d56/ybbmf27z6yrgq29mj7xcojeo04vdyyld.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/492/d0yzvoyv1onlk6bb3irwg8a05cevw4gi.jpg</t>
   </si>
   <si>
     <t>Нож канцелярский 18 мм BRAUBERG  quot;Metallic quot;, роликовый фиксатор, резиновые вставки, металл, 237159</t>
   </si>
   <si>
     <t>Канцелярский нож BRAUBERG «Metallic» – незаменимый инструмент для разрезания бумажных или картонных листов, линолеума, кожи и других плоских поверхностей. Оставляет ровный, без зазубрин разрез, что особенно важно при соблюдении точности резки. Нож снабжен надежным роликовым фиксатором. Затупившийся конец лезвия легко удалить, отломив небольшой фрагмент. Металлический корпус серебристого цвета обеспечивает долговечность ножа, а обрезиненная рукоятка предотвращает соскальзывание руки при работе с инструментом. Ширина лезвия - 18 мм. Для удобства хранения имеется отверстие для подвеса. Нож продается в пластиковом блистере с европодвесом.</t>
   </si>
   <si>
     <t>564788</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ee4/3xl53eg3otvhyg2whecf2v6ekc9mwk7n.jpg</t>
   </si>
   <si>
     <t>Нож канцелярский мощный 18 мм BRAUBERG  quot;Heavy duty quot;, автофиксатор, резиновые вставки, металл, 237158</t>
   </si>
   <si>
     <t>Канцелярский мощный нож BRAUBERG «Heavy duty» – незаменимый инструмент для разрезания бумажных или картонных листов, линолеума, кожи и других плоских поверхностей. Оставляет ровный, без зазубрин разрез, что особенно важно при соблюдении точности резки. Нож снабжен надежным автоматическим фиксатором. Затупившийся конец лезвия легко удалить, отломив небольшой фрагмент. Металлический корпус серебристого цвета обеспечивает долговечность ножа, а обрезиненная рукоятка предотвращает соскальзывание руки при работе с инструментом. Ширина лезвия - 18 мм. Для удобства хранения имеется отверстие для подвеса. Нож продается в пластиковом блистере с европодвесом.</t>
   </si>
   <si>
     <t>564789</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/957/ktq9ubnpmhkwbhl5eak7nt3yx4n65chn.jpg</t>
-[...8 lines deleted...]
-    <t>564790</t>
+    <t>http://anytos.ru//upload/iblock/e85/3cdqc1nw72d4py206vxxukmnms8xq2wu.jpg</t>
+  </si>
+  <si>
+    <t>Нож раскройный роликовый 45 мм BRAUBERG, круглое лезвие, резиновые вставки, 237162</t>
+  </si>
+  <si>
+    <t>Роликовый нож подходит для быстрого, точного и качественного разрезания всех видов ткани, кожи, замши, бумаги и прочих материалов. Острое вращающееся лезвие диаметром 45 мм обеспечивает точный раскрой, а регулировочный винт изменяет степень вращения лезвия: от свободного вращения до полной фиксации. ВАЖНО! ДЛЯ ЖЕСТКИХ И ТОЛСТЫХ МАТЕРИАЛОВ необходимо винт затянуть, для тонких и мягких - ослабить. Также РЕКОМЕНДУЕТСЯ ИСПОЛЬЗОВАТЬ НОЖ НА ЖЕСТКОЙ ПОВЕРХНОСТИ. Лучше всего подойдет специальный мат для резки.Снабжен отверстием для подвеса и автофиксатором. Удобная прорезиненная ручка предотвращает скольжение руки во время работы. Имеется защитный футляр для лезвия.</t>
+  </si>
+  <si>
+    <t>564791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/357/6iyna1k3j1bj3h1qvpa1r104kfd6sy5u.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный мощный BRAUBERG  quot;Professional quot;, 4 лезвия в комплекте, автофиксатор, металл, 237160</t>
+  </si>
+  <si>
+    <t>Универсальный мощный нож с фиксатором BRAUBERG - инструмент, который поможет при резке бумаги, пластика, картона и прочих плотных и вязких материалов: линолеума, гипсокартона, ковролина. В корпусе изделия - 3 дополнительных лезвия. Ширина лезвия - 18 мм, толщина - 0,6 мм, что позволяет использовать его для резки более плотных и тонких материалов. Нож снабжен надежным автофиксатором и антискользящими вставками. Может использоваться при отделочных работах или в домашнем хозяйстве при разрезании толстого и плотного гипсокартона или вязких ковровых покрытий. Затупившееся лезвие можно поменять и вернуть ножу былую остроту. 3 легко заменяемых дополнительных лезвия в комплекте продлят срок использования ножа. Универсальный мощный нож - изделие, способное выручить в самых неожиданных ситуациях, а потому должно присутствовать в каждом офисном или домашнем наборе.</t>
+  </si>
+  <si>
+    <t>564792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/60d/b22pitkvge1ffmitdzk6l3e4z3ehycn9.jpg</t>
+  </si>
+  <si>
+    <t>Шило канцелярское для сшивания документов, С КРЮЧКОМ, диаметр 2 мм, европодвес, STAFF, 235435</t>
+  </si>
+  <si>
+    <t>Канцелярское шило STAFF предназначено для прошивки документов и прокалывания бумаги. Оснащено иглой с крючком диаметром 2 мм и длиной 4 см из металла с пластиковой цветной рукояткой. Шило обеспечивает прокалывание до 30 листов бумаги. Поставляется в блистере с подвесом.</t>
+  </si>
+  <si>
+    <t>565891</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6a8/6a89b496f06631f072455a1bc65fd535/d5ac80a925609c90a73dfc824f4350aa.jpg</t>
+  </si>
+  <si>
+    <t>Нож промышленный Attache для вскрытия упаковочных материалов, цв.синий</t>
+  </si>
+  <si>
+    <t>582389</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/12a/12a091a0457f4313f18c6c1629af009f/e38d1fef1ce9224724ee17eff3ed50a0.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Attache Selection  с антискольз.вставками иточилкой</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Attache Selection  с антискольз.вставками иточилкой</t>
+  </si>
+  <si>
+    <t>582392</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ebe/ebef25e387eea99ddc9a3ba1ba4510eb/fd29ca127615f73d39a840a1aa5ef56e.jpg</t>
+  </si>
+  <si>
+    <t>Нож промышленный 18 мм Attache Selection с возвр.пружиной, с резин.руч.</t>
+  </si>
+  <si>
+    <t>Нож промышленный 18 мм Attache Selection с возвр.пружиной, с резин.руч.</t>
+  </si>
+  <si>
+    <t>582393</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf2/v30swdwart288re0c9exulj9z921ssk9.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для ножей 18 мм КОМПЛЕКТ 10 ШТ., толщина лезвия 0,38 мм, в пластиковом пенале, STAFF  quot;Basic quot;, 235466</t>
+  </si>
+  <si>
+    <t>Лезвия STAFF для универсальных ножей. Изготовлены из углеродистой стали и имеют форму параллелограмма. Ширина лезвий - 18 мм, толщина - 0,38 мм. 10 штук в комплекте. Поставляются в пластиковом пенале.</t>
+  </si>
+  <si>
+    <t>600549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5aa/5aa344b785e1c5b899037ca3313e1343/e4528fd57a0fdf5c72f6eda31975b130.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;ColorZone quot;, черное лезвие, auto-lock, металл. направл., розовый, европодвес</t>
+  </si>
+  <si>
+    <t>607750</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6eb/6eb8c4a80f869282c22509dc63694750.jpg</t>
+  </si>
+  <si>
+    <t>Шило канцелярское OfficeSpace, с крючком, диаметр 2мм, европодвес</t>
+  </si>
+  <si>
+    <t>Канцелярское шило используется для прошивки документов ипрокалывания бумаги. Оснащено крючком. Пластиковая прорезиненная рукоятка &amp;#40;составная, зеленый &amp;#43; желтый&amp;#41;. Диаметр иглы 3 мм, длина иглы 40 мм, никелированное покрытие. Общая длина 140 мм, обеспечивает прокалывание до 30 листов бумаги.</t>
+  </si>
+  <si>
+    <t>632222</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/73a/73a12bb59847b6f5feea73df00c35e94.jpg</t>
+  </si>
+  <si>
+    <t>Шило канцелярское OfficeSpace, с ушком, диаметр 3мм, европодвес</t>
+  </si>
+  <si>
+    <t>Канцелярское шило используется для прошивки документов ипрокалывания бумаги. Оснащено ушком для продевания нити. Пластиковая прорезиненная рукоятка &amp;#40;составная, зеленый &amp;#43; желтый&amp;#41;. Диаметр иглы 3 мм, длина иглы 40 мм, никелированное покрытие. Общая длина 140 мм, обеспечивает прокалывание до 30 листов бумаги.</t>
+  </si>
+  <si>
+    <t>632223</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af5/rledzg9gq4knkfnsb3f83xlltji4cfxm.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для ножей ширина 25 мм BRAUBERG, КОМПЛЕКТ 10 шт., в пластиковом пенале, 237449</t>
+  </si>
+  <si>
+    <t>Лезвия BRAUBERG предназначены для универсальных ножей. Изготовлены из стали SK7, имеют форму параллелограмма. Ширина лезвий - 25 мм, толщина - 0,7 мм. 10 штук в комплекте. Поставляются в пластиковом пенале.</t>
+  </si>
+  <si>
+    <t>642344</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ac/6fees2355tr7sb358015ncuimgfitoaa.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 100 quot;, push-lock, ассорти, европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;Razzor 100&amp;quot;. Нож канцелярский с ручной системой фиксации лезвия push-lock. Корпус ножа выполнен из высококачественного ABS пластика. Комплектуется износостойким лезвием из стали SK5 с углом 30°. Ширина лезвия - 9 мм. Индивидуальная упаковка - пакет с европодвесом. Доступен в трех цветах: желтый, черный, синий.</t>
+  </si>
+  <si>
+    <t>681608</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5dc/80ralfnbd0uj0q7tflb3kmq840iasfwg.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 100 quot;, push-lock, ассорти, европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;Razzor 100&amp;quot;. Нож канцелярский с ручной системой фиксации лезвия push-lock. Корпус ножа выполнен из высококачественного ABS пластика. Комплектуется износостойким лезвием из стали SK5. Ширина лезвия - 18 мм. Индивидуальная упаковка - пакет с европодвесом. Доступен в трех цветах: желтый, черный, синий.</t>
+  </si>
+  <si>
+    <t>681609</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/445/4vg15vz4vv9iopnd6gla18d5ci396752.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9 мм Berlingo  quot;SilkTouch quot;, черное лезвие,auto-lock, металл. направл., европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;SilkTouch&amp;quot;. Нож канцелярский с автоматической системой фиксации лезвия auto-lock. Корпус ножа выполнен из высококачественного ABS пластика c софт-тач покрытием. Цвет корпуса - бирюзовый. Комплектуется износостойким лезвием черного цвета из стали SK2 с углом 30°. Ширина лезвия - 9 мм. Оснащен металлическими направляющими для плавного движения лезвия. Индивидуальная упаковка - блистер с европодвесом.</t>
+  </si>
+  <si>
+    <t>681613</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b8/s79uqt7dv1gi7cytohib0y4knei8xaff.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для ножа-скальпеля канцелярского Berlingo, 10шт., блистер, европодвес</t>
+  </si>
+  <si>
+    <t>Сменные перовые лезвия для канцелярского ножа-скальпеля в пластиковом пенале по 10 шт. Изготовлены из стали.Индивидуальная упаковка - блистер с европодвесом.</t>
+  </si>
+  <si>
+    <t>681614</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d84/ad9t2cw22ol3hz5fkdgh9bbzsaweesaz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский с автоматической фиксацией лезвия Erich Krause металлический, 18мм  в пластиковом блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Канцелярский нож от Эрих Краузе. Классический дизайн, автоматическая фиксация auto lock. Двойной блистер.</t>
+  </si>
+  <si>
+    <t>696783</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8f5/kpyjfpgxjs5log9krzlzygakep6p5qbk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский с автоматической фиксацией лезвия Erich Krause металлический, 9мм  в пластиковом блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>696784</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/705/t02phdyjre1eq22bbzh51kyk2u6r6dt8.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский с автоматической фиксацией лезвия Erich Krause Arrow, 9мм  в пластиковом блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Канцелярский нож от Эрих Краузе. Классический дизайн, автоматическая фиксация auto lock. Противоскользящая резиновая вставка. Цвет корпуса: красный с черным. В комплекте два запасных лезвия. Упаковка: блистер.</t>
+  </si>
+  <si>
+    <t>696785</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/01b/g7xysp2zb16hxadnyjfnjn55krprc9bw.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский с автоматической фиксацией лезвия Erich Krause Arrow, 18мм  в пластиковом блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Нож канцелярский с автоматической системой фиксации лезвия auto-lock и насадкой для безопасного отделения сегмента лезвия. Корпус ножа изготовлен из легкого и прочного пластика и имеет противоскользящие резиновые вставки. Наличие металлических направляющих. Комплектуется износостойким стальным лезвием с двухсторонней заточкой. Два запасных стальных лезвия в наборе.</t>
+  </si>
+  <si>
+    <t>696786</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dc/lbu1vjqf0p9qygdixavdfjavfdi7p507.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский с автоматической фиксацией лезвия Erich Krause Universal, 18мм  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Нож канцелярский с автоматической системой фиксации лезвия auto-lock и насадкой для безопасного отделения сегмента лезвия. Корпус ножа изготовлен из легкого и прочного пластика со специальным отверстием для подвеса. Наличие металлических направляющих. Комплектуется износостойким стальным лезвием с двухсторонней заточкой. Два запасных стальных лезвия в наборе.</t>
+  </si>
+  <si>
+    <t>696787</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ea1/g5nslwznvh9dia1mgk5me8vz4pgtyu3s.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский с автоматической фиксацией лезвия Erich Krause Universal, 9мм  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>696788</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d92/2f0knkgcqrxk13q278pbnc2cdqle9ptd.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский с автоматической фиксацией лезвия Erich Krause Ferro, 9мм  в пакете по 1 шт. </t>
+  </si>
+  <si>
+    <t>Нож канцелярский с автоматической системой фиксации лезвия auto-lock. Корпус ножа полностью металлический. Комплектуется износостойким стальным лезвием с двухсторонней заточкой.</t>
+  </si>
+  <si>
+    <t>696789</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dde/7wt2p7n4cjbfd72qhxof9goxq9fvv6zr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский c механической фиксацией лезвия Erich Krause Standard, 18мм  в пакете по 1 шт. </t>
+  </si>
+  <si>
+    <t>Нож канцелярский с механической системой фиксации лезвия push-lock и насадкой для безопасного отделения сегмента лезвия. Корпус ножа изготовлен из легкого и прочного пластика. Комплектуется износостойким стальным сегментированным лезвием с двухсторонней заточкой. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>696790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d3/vojwvj4by9ga72364btc77c8xqjz3qb7.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский c механической фиксацией лезвия Erich Krause Standard, 9мм  в пакете по 1 шт. </t>
+  </si>
+  <si>
+    <t>696791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/160/qs865s9crzhelwkb5kjjhwjie5q6jonz.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож-скальпель канцелярский Erich Krause  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Нож-скальпель канцелярский для аккуратной и точной работы по бумаге. Полностью металлический корпус с резиновой зоной захвата и защитным колпачком. Комплектуется износостойким стальным лезвием с двухсторонней заточкой. Не ржавеет. Два запасных стальных лезвия в наборе.</t>
+  </si>
+  <si>
+    <t>696792</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cf5/bvrjvpmozcx9tcv7bzc0ctze40v58pva.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лезвия Erich Krause для канцелярского ножа, 18мм  в пакете по 10 шт. </t>
+  </si>
+  <si>
+    <t>Сегментированное износостойкое стальное лезвие с двухсторонней заточкой для канцелярского ножа. Поставляется в пластиковом контейнере для безопасного хранения.</t>
+  </si>
+  <si>
+    <t>696793</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/800/oitbslwlwn9po4qg9i1itpw6ks5of4a0.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Лезвия Erich Krause для канцелярского ножа, 9мм  в пакете по 10 шт. </t>
+  </si>
+  <si>
+    <t>696794</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/364/dtvtlstniwtgwj8kl5d2o2b4i24sb9he.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Double black quot;, auto-lock, металлический корпус, европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;DoubleBlack&amp;quot;. Нож канцелярский с автоматической системой фиксации лезвия auto-lock. Корпус ножа полностью металлический. Цвет корпуса - черный. Комплектуется износостойким лезвием черного цвета из стали SK2 с углом 30°. Ширина лезвия - 9 мм. Индивидуальная упаковка - пакет с европодвесом.</t>
+  </si>
+  <si>
+    <t>700654</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/29f/tgu8eltmf138oov9chalsgfgezwj0gnj.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия к ножам 9мм  quot;Darvish quot; 10шт уп</t>
+  </si>
+  <si>
+    <t>Лезвия к ножам&amp;nbsp;&amp;nbsp;9мм &amp;quot;Darvish&amp;quot; 10шт/уп</t>
+  </si>
+  <si>
+    <t>704411</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/752/pp1f219fujx6471fy5ryrqaw4vpu6sll.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Нож канцелярский&amp;nbsp;&amp;nbsp;9мм &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>704413</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d5d/bimulu2p12d25tif3n1lu4ego7zhrl55.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм  quot;Darvish quot; с металлическими направляющими</t>
+  </si>
+  <si>
+    <t>Нож канцелярский&amp;nbsp;&amp;nbsp;9мм &amp;quot;Darvish&amp;quot; с металлическими направляющими</t>
+  </si>
+  <si>
+    <t>704415</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1c7/53m4m1sq0c9zyxrwpqpubdcehj660sgp.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм  quot;Darvish quot;</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм &amp;quot;Darvish&amp;quot;</t>
+  </si>
+  <si>
+    <t>704416</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1b4/pnci5e87j1xfmqf231i2mhvwzsyliyfz.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для канцелярских ножей Berlingo, 18мм, 10шт., в пластиковом пенале</t>
+  </si>
+  <si>
+    <t>800361</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/49f/4me3a1wd0kpsps1ddxcamdivk7nh9874.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для канцелярских ножей Berlingo, 9мм, 10шт., в пластиковом пенале</t>
+  </si>
+  <si>
+    <t>800362</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/029/wbxehdnf8i7164uh5rgr0hgbwph9duji.jpg</t>
+  </si>
+  <si>
+    <t>Нож-скальпель канцелярский Berlingo, металлический корпус черного цвета, 5 лезвий в комплекте, европодвес</t>
+  </si>
+  <si>
+    <t>800363</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7ac/206hib6jkgjb1ag9znojnpggdexlwdbl.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., ассорти, европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;Razzor 200&amp;quot;. Нож канцелярский с системой автоматической фиксации лезвия auto-lock. Корпус ножа выполнен из высококачественного ABS пластика. Имеет металлические направляющие. Комплектуется износостойким лезвием из стали SK5. Ширина лезвия - 18 мм. Индивидуальная упаковка - блистер с европодвесом. На оборотной стороне блистера есть перфорация для более удобного извлечения инструмента из упаковки.</t>
+  </si>
+  <si>
+    <t>800884</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/450/xr0g4f3j48h7e0zjxs9mdgwtk5vcgje8.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., белый, европодвес</t>
+  </si>
+  <si>
+    <t>800885</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9e3/uoc9eitvdqp0du9ptbhiaa6lr4s1j4vw.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., желтый, европодвес</t>
+  </si>
+  <si>
+    <t>800886</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fe1/da2fvu33obq8t2lu9kgvdy1vyculu5tj.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., серый, европодвес</t>
+  </si>
+  <si>
+    <t>800887</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7d4/3acr30imbeofe632f6lo8hvyn540ajmf.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., синий, европодвес</t>
+  </si>
+  <si>
+    <t>800888</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a3/v8hgm8pk3ifjl2scsbfdlpvnd0szs1vc.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., черный, европодвес</t>
+  </si>
+  <si>
+    <t>800889</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ab4/8w148vfhnw13miehmupvczjh2zkbif5e.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., ассорти, европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;Razzor 200&amp;quot;. Нож канцелярский с системой автоматической фиксации лезвия auto-lock. Корпус ножа выполнен из высококачественного ABS пластика. Имеет металлические направляющие. Комплектуется износостойким лезвием из стали SK5 с углом 30°. Ширина лезвия - 9 мм. Индивидуальная упаковка - блистер с европодвесом. На оборотной стороне блистера есть перфорация для более удобного извлечения инструмента из упаковки.</t>
+  </si>
+  <si>
+    <t>800890</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c89/dzv7yxe8gopy2zkfc3p2zyef3yw3ivl3.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., белый, европодвес</t>
+  </si>
+  <si>
+    <t>800891</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/032/434xxvxpk1sbb2jiowzjx94i02680wsg.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., серый, европодвес</t>
+  </si>
+  <si>
+    <t>800893</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/600/0wj3lyakodap8q6q3s57o24stn4909y9.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 200 quot;, auto-lock, металл.направл., черный, европодвес</t>
+  </si>
+  <si>
+    <t>800895</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ca/8y9gbs21uehmq9lplud8y9qizz3j7y5h.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ  quot;SLIMCUT quot;, ПЛАСТИКОВЫЙ КОРПУС, 9ММ</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ &amp;quot;SLIMCUT&amp;quot;, ПЛАСТИКОВЫЙ КОРПУС, 9ММ</t>
+  </si>
+  <si>
+    <t>814178</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/05f/fej9eae6zqvpcg9036bym6h0kkemffic.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ  quot;JUICYCUT quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, ЧЕРНОЕ ЛЕЗВИЕ, 9 ММ</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ &amp;quot;JUICYCUT&amp;quot; МЕТАЛЛИЧЕСКИЙ КОРПУС, ЧЕРНОЕ ЛЕЗВИЕ, 9 ММ</t>
+  </si>
+  <si>
+    <t>814186</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/661/g85vp0axjlv339jogv0fjb1rpj4gj180.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 300 quot;, auto-lock, металл.направл., мягкие вставки, ассорти, европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;Razzor 300&amp;quot;. Нож канцелярский с системой автоматической фиксации лезвия auto-lock. Корпус ножа выполнен из высококачественного ABS пластика с применением технологии двойного литья &amp;#40;прорезиненные вставки&amp;#41;. Имеет металлические направляющие. Комплектуется износостойким лезвием из стали SK5. Ширина лезвия - 18 мм. Индивидуальная упаковка - блистер с европодвесом. На оборотной стороне блистера есть перфорация для более удобного извлечения инструмента из упаковки.</t>
+  </si>
+  <si>
+    <t>833725</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/49e/tnury193lm5f3hjhxs609ci9dfu0u1cs.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 300 quot;, auto-lock, металл.направл., мягкие вставки, желтый, европодвес</t>
+  </si>
+  <si>
+    <t>833726</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/46d/0m6ud6ebk63cvyz3dyw3g0oxg1bqdlqg.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 300 quot;, auto-lock, металл.направл., мягкие вставки, красный, европодвес</t>
+  </si>
+  <si>
+    <t>833727</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/825/xqfimeehcthfyyz41zd00b54verktrpp.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 300 quot;, auto-lock, металл.направл., мягкие вставки, синий, европодвес</t>
+  </si>
+  <si>
+    <t>833728</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e3f/f2sslp2aq1pdwbmmktrz13pipa7zhb7z.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 300 quot;, auto-lock, металл.направл., мягкие вставки, ассорти, европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;Razzor 300&amp;quot;. Нож канцелярский с системой автоматической фиксации лезвия auto-lock. Корпус ножа выполнен из высококачественного ABS пластика с применением технологии двойного литья &amp;#40;прорезиненные вставки&amp;#41;. Имеет металлические направляющие. Комплектуется износостойким лезвием из стали SK5 с углом 30°. Ширина лезвия - 9 мм. Индивидуальная упаковка - блистер с европодвесом. На оборотной стороне блистера есть перфорация для более удобного извлечения инструмента из упаковки.</t>
+  </si>
+  <si>
+    <t>833729</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7b1/46cxsm4yzmgajsflaba37a3rfag0na0d.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 300 quot;, auto-lock, металл.направл., мягкие вставки, желтый, европодвес</t>
+  </si>
+  <si>
+    <t>833730</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/460/7vs855pe8x4srqeuxzj1oe62obu5tra4.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 300 quot;, auto-lock, металл.направл., мягкие вставки, красный, европодвес</t>
+  </si>
+  <si>
+    <t>833731</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/260/30txf9s2t4qrxjaxxjrhlon56zuiyswz.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПАСНЫЕ ЛЕЗВИЯ ДЛЯ КАНЦЕЛЯРСКИХ НОЖЕЙ, 9ММ, 10 ШТУК</t>
+  </si>
+  <si>
+    <t>840345</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/365/hqj0j6ebca927ohb1x4rhmruit2geosu.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18мм,мет.нап.,усил.алюм.корп.,Auto lock</t>
+  </si>
+  <si>
+    <t>879628</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b50/rf58j0qhk3ie4hohexqtpvyaw5a6rouc.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18мм,метал.напр.,алюм.корпус,Auto lock</t>
+  </si>
+  <si>
+    <t>879629</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5b9/fllz649p7risshgnlho4y7d21w87cimq.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 19мм выдвижной,трапец.,алюм.корпус</t>
+  </si>
+  <si>
+    <t>879630</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ba8/dqsczaa4vuq0q4tvw2yk71rnbmvahmz3.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 19мм,трапец.,ал цинк.корп.,TPR вставка</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 19мм,трапец.,ал&amp;#43;цинк.корп.,TPR вставка</t>
+  </si>
+  <si>
+    <t>879631</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7fc/jprxxy4bhwkciuq8tqzidyg9gfiwg3vr.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 2в1,19мм трапец. складное лезвие</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 2в1,19мм трапец.&amp;#43;складное лезвие</t>
+  </si>
+  <si>
+    <t>879632</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9ac/14kajybew7zxutrd747o6lpys2wrl0q2.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 9мм,метал.напр.,алюм.корпус,Auto lock</t>
+  </si>
+  <si>
+    <t>879633</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b21/b4se6rnyxz0r9accbtcplbeoyxp8ak6o.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 9мм,метал.напр.,пласт.корпус,Auto lock</t>
+  </si>
+  <si>
+    <t>879634</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8a2/unn24gzcf9l0bza2t4riu9855g9t4k2g.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection дельфин 19мм,трапец.   10шт лезвий</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection дельфин 19мм,трапец. &amp;#43; 10шт лезвий</t>
+  </si>
+  <si>
+    <t>879635</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e7/35uvy4s425ycbvgym80r10e4mnr4dvog.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 200 quot;, желтый   лезвия сменные 10шт., блистер, европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;Razzor 200&amp;quot;. Нож канцелярский с системой автоматической фиксации лезвия auto-lock. Корпус ножа выполнен из высококачественного ABS пластика. Имеет металлические направляющие. Ширина лезвия - 18 мм. Индивидуальная упаковка - блистер с европодвесом. На оборотной стороне блистера есть перфорация для более удобного извлечения инструмента из упаковки. В комплекте 10 запасных лезвий из стали SK5 в пластиковом пенале.</t>
+  </si>
+  <si>
+    <t>884021</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/af9/qu41os16uk1qwr6qvc879tiaxuqiyoa4.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 200 quot;, серый   лезвия сменные 10шт., блистер, европодвес</t>
+  </si>
+  <si>
+    <t>884022</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d17/tq69hca45h1b1h3zr0calpm2726jumtj.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 200 quot;, черный   лезвия сменные 10шт., блистер, европодвес</t>
+  </si>
+  <si>
+    <t>884023</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/32b/xppxh5i2at2m8xkrnm9beb7u00qrhcai.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 300 quot;, желтый   лезвия сменные 10шт., блистер, европодвес</t>
+  </si>
+  <si>
+    <t>Серия &amp;quot;Razzor 300&amp;quot;. Нож канцелярский с системой автоматической фиксации лезвия auto-lock. Корпус ножа выполнен из высококачественного ABS пластика с применением технологии двойного литья &amp;#40;прорезиненные вставки&amp;#41;. Имеет металлические направляющие. Ширина лезвия - 18 мм. Индивидуальная упаковка - блистер с европодвесом. На оборотной стороне блистера есть перфорация для более удобного извлечения инструмента из упаковки. В комплекте 10 запасных лезвий из стали SK5 с углом 30° в пластиковом пенале.</t>
+  </si>
+  <si>
+    <t>884024</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/df3/97kmn3uwmfcxmvhcf8ydrbhz17ymrf7j.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 300 quot;, красный   лезвия сменные 10шт., блистер, европодвес</t>
+  </si>
+  <si>
+    <t>884025</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/177/y96yrbg4c2a8dvelfhsuv3quyebxsqdg.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм Berlingo  quot;Razzor 300 quot;, синий   лезвия сменные 10шт., блистер, европодвес</t>
+  </si>
+  <si>
+    <t>884026</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/93a/wrl1e38s4y2a0u9ulzwq5wcka09yvjlt.jpg</t>
+  </si>
+  <si>
+    <t>Нож раскройный роликовый 28 мм BRAUBERG, круглое лезвие, 238090</t>
+  </si>
+  <si>
+    <t>Роликовый нож BRAUBERG подходит для быстрого, точного и качественного разрезания всех видов ткани, кожи, замши, бумаги и прочих материалов. Острое вращающееся лезвие диаметром 28 мм обеспечивает точный раскрой, а регулировочный винт изменяет степень вращения лезвия: от свободного вращения до полной фиксации. ВАЖНО! ДЛЯ ЖЕСТКИХ И ТОЛСТЫХ МАТЕРИАЛОВ необходимо винт затянуть, для тонких и мягких - ослабить. Также РЕКОМЕНДУЕТСЯ ИСПОЛЬЗОВАТЬ НОЖ НА ЖЕСТКОЙ ПОВЕРХНОСТИ. Лучше всего подойдет специальный мат для резки.Снабжен отверстием для подвеса и автофиксатором. Имеется защитный футляр для лезвия.</t>
+  </si>
+  <si>
+    <t>887052</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/91b/t6uf7dqupos9gdejedawpl4y4gwdzn2g.jpg</t>
+  </si>
+  <si>
+    <t>Нож раскройный роликовый 28 мм BRAUBERG, круглое лезвие, резиновые вставки, 238089</t>
+  </si>
+  <si>
+    <t>887053</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/47c/koj6w1ffxcgt070zyzad9gkat2h42s62.jpg</t>
+  </si>
+  <si>
+    <t>Нож раскройный роликовый 45 мм BRAUBERG PROFESSIONAL, 4 лезвия в комплекте, резиновые вставки, 238088</t>
+  </si>
+  <si>
+    <t>Роликовый нож BRAUBERG подходит для быстрого, точного и качественного разрезания всех видов ткани, кожи, замши, бумаги и прочих материалов. Острое вращающееся лезвие диаметром 45 мм обеспечивает точный раскрой, а регулировочный винт изменяет степень вращения лезвия: от свободного вращения до полной фиксации. ВАЖНО! ДЛЯ ЖЕСТКИХ И ТОЛСТЫХ МАТЕРИАЛОВ необходимо винт затянуть, для тонких и мягких - ослабить. Также РЕКОМЕНДУЕТСЯ ИСПОЛЬЗОВАТЬ НОЖ НА ЖЕСТКОЙ ПОВЕРХНОСТИ. Лучше всего подойдет специальный мат для резки.Снабжен отверстием для подвеса и автофиксатором. Подвижная эргономичная ручка обеспечивает комфортную работу и снижает нагрузку. Поставляется в комплекте с 4-мя лезвиями.</t>
+  </si>
+  <si>
+    <t>887054</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7bc/l4oksw9x1k5zuz9owsft92zci6zlh58t.jpg</t>
+  </si>
+  <si>
+    <t>Нож раскройный роликовый 45 мм BRAUBERG PROFESSIONAL, круглое лезвие, резиновые вставки, 238087</t>
+  </si>
+  <si>
+    <t>Роликовый нож BRAUBERG подходит для быстрого, точного и качественного разрезания всех видов ткани, кожи, замши, бумаги и прочих материалов. Острое вращающееся лезвие диаметром 45 мм обеспечивает точный раскрой, а регулировочный винт изменяет степень вращения лезвия: от свободного вращения до полной фиксации. ВАЖНО! ДЛЯ ЖЕСТКИХ И ТОЛСТЫХ МАТЕРИАЛОВ необходимо винт затянуть, для тонких и мягких - ослабить. Также РЕКОМЕНДУЕТСЯ ИСПОЛЬЗОВАТЬ НОЖ НА ЖЕСТКОЙ ПОВЕРХНОСТИ. Лучше всего подойдет специальный мат для резки.Снабжен отверстием для подвеса и автофиксатором. Подвижная эргономичная ручка обеспечивает комфортную работу.</t>
+  </si>
+  <si>
+    <t>887055</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d6/0fgshb09gr7y1ekehq9darj60hm3dgmt.jpeg</t>
+  </si>
+  <si>
+    <t>ЗАПАСНЫЕ ЛЕЗВИЯ ДЛЯ КАНЦЕЛЯРСКИХ НОЖЕЙ, 12ММ, 10 ШТУК</t>
+  </si>
+  <si>
+    <t>908210</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a75/zceuf0hisusvk3424k5fd7dv2t4ng3eg.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖ ДЛЯ ХУДОЖЕСТВЕННЫХ РАБОТ, АЛЮМИНИЕВЫЙ КОРПУС, СРЕДНИЙ, 2 ЗАПАСНЫХ ЛЕЗВИЯ</t>
+  </si>
+  <si>
+    <t>908212</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c8c/af9lrwlz16ag7h3x3vklu4kz7ji1ubfd.png</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ  quot;FINECUT quot;, ПЛАСТИКОВЫЙ КОРПУС, ЧЕРНОЕ ЛЕЗВИЕ, 9ММ</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ &amp;quot;FINECUT&amp;quot;, ПЛАСТИКОВЫЙ КОРПУС, ЧЕРНОЕ ЛЕЗВИЕ, 9ММ</t>
+  </si>
+  <si>
+    <t>908214</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/854/96gsve71h4e4jaj2382hc8gyu4awx9rn.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ  quot;PROFYCUT quot; ПЛАСТИКОВЫЙ КОРПУС, 18ММ</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ &amp;quot;PROFYCUT&amp;quot; ПЛАСТИКОВЫЙ КОРПУС, 18ММ</t>
+  </si>
+  <si>
+    <t>908218</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/279/o3pn41xe5xrhnk939bn653gzr5a5wo44.png</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ  quot;PROFYCUT quot; ПЛАСТИКОВЫЙ КОРПУС, 9ММ</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ &amp;quot;PROFYCUT&amp;quot; ПЛАСТИКОВЫЙ КОРПУС, 9ММ</t>
+  </si>
+  <si>
+    <t>908219</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bc0/a9yz2n0t50qslymwez5m3ek5t2s107uq.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 300 quot;, auto-lock, металл. направл., мягкие вставки, синий, европодвес</t>
+  </si>
+  <si>
+    <t>Канцелярский нож Berlingo серии Razzor 300 с автоматической системой фиксации лезвия auto-lock. Комплектуется износостойким лезвием из стали SK5 с углом 30°. Ширина лезвия: 9 мм. Корпус ножа синего цвета выполнен из высококачественного ABS пластика с применением технологии двойного литья &amp;#40;прорезиненные вставки&amp;#41;. Имеет металлические направляющие. Индивидуальная упаковка – блистер с европодвесом. На оборотной стороне блистера есть перфорация для более удобного извлечения инструмента из упаковки. • Материал корпуса: ABS пластик; • Ширина лезвия: 9 мм; • Цвет корпуса: синий; • Механизм фиксации лезвия: автоматический.</t>
+  </si>
+  <si>
+    <t>926137</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ed7/xc8vbwm6213biykxakaka0hh7yhi208w.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм BRAUBERG  quot;Universal quot;, 3 лезвия в комплекте, автофиксатор, черно-красный, 271351</t>
+  </si>
+  <si>
+    <t>Канцелярский нож BRAUBERG «Universal» предназначен для разрезания по заданному рисунку или контуру бумаги, картона, более плотных материалов. Может использоваться при отрезании ковролина или линолеума. Легкий пластиковый корпус с металлическими направляющими надежно удерживает остро отточенное лезвие стандартной ширины 18 мм. По мере использования отработанные концы лезвия просто отламываются. В комплект входят 2 запасных лезвия, расположены в корпусе ножа. Дизайн корпуса эргономичный. Резиновые края ручки предотвращают скольжение пальцев, исключают их травмирование. Для удобства хранения имеется отверстие для подвеса. Яркий красный корпус выделяет инструмент среди других подобных, нож упакован в блистер с европодвесом.</t>
+  </si>
+  <si>
+    <t>946116</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/726/3hycu7swxeialkvb33m1yfkfow133t2k.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18мм,метал.напр.,пласт.корпус,Auto lock</t>
+  </si>
+  <si>
+    <t>950527</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/66b/m36x9r1v7sepehzp6v8d200a19hgj44h.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18мм,метал.направл.,Push lock</t>
+  </si>
+  <si>
+    <t>950528</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/92f/543dm9mqpgrjoj8bd87ge4mv4m3e9mgn.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 18мм,метал.направл.,Twist lock</t>
+  </si>
+  <si>
+    <t>950529</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/79f/7w5ptln9gza0jv2ftjq37k744ybta544.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный Attache Selection 25мм,метал.напр.,Twist lock,TPR вставка</t>
+  </si>
+  <si>
+    <t>950530</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/633/1i1lryacygyg2byk98go85n0qcsuumwx.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Envy quot;, auto-lock, металл. направл., ассорти, европодвес</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo &amp;quot;Envy&amp;quot;, auto-lock, металл. направл., ассорти, европодвес</t>
+  </si>
+  <si>
+    <t>966963</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/789/3oxgl86dpi45o4ssvkz05p8v2c3loips.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Envy quot;, auto-lock, металл. направл., голубой, европодвес</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo &amp;quot;Envy&amp;quot;, auto-lock, металл. направл., голубой, европодвес</t>
+  </si>
+  <si>
+    <t>966964</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0fb/z3tztofn62l1ggvyldonu1klan3yk7nk.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Envy quot;, auto-lock, металл. направл., зеленый, европодвес</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo &amp;quot;Envy&amp;quot;, auto-lock, металл. направл., зеленый, европодвес</t>
+  </si>
+  <si>
+    <t>966965</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/406/d94qyrfntyr2eg97jsk8w4l2fy57y0l6.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Envy quot;, auto-lock, металл. направл., розовый, европодвес</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo &amp;quot;Envy&amp;quot;, auto-lock, металл. направл., розовый, европодвес</t>
+  </si>
+  <si>
+    <t>966966</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/8b8/jma40aytj8pc218xmk28rmyot3e697cu.jpg</t>
+  </si>
+  <si>
+    <t>Лезвие запасное для ножей КОМУС 18мм, 10шт. уп. пласт.футляр</t>
+  </si>
+  <si>
+    <t>Лезвие запасное для ножей КОМУС 18мм, 10шт./уп. пласт.футляр</t>
+  </si>
+  <si>
+    <t>973167</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/komus/"&gt;Комус&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/825/7ovmct30w7iqhje985gqwmj9qqkevcux.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм КОМУС, с фиксатором, мет.направл. цв. в ассортименте</t>
+  </si>
+  <si>
+    <t>973168</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ad4/6g5a8xrylc6c1thx73l3alqn4r0g7117.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм КОМУС, с фиксатором, мет.направл, синий   5 зап лезвий</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм КОМУС, с фиксатором, мет.направл, синий &amp;#43; 5 зап лезвий</t>
+  </si>
+  <si>
+    <t>973170</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f65/lno6zmfj7j80n5362h5yoyantcbhkvgs.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18мм КОМУС, мет.направл. ролик.фикс. цв. в ассортименте</t>
+  </si>
+  <si>
+    <t>973171</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2ef/jyy64unph6jawldotvkn0m08huyzfrfj.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9 мм КОМУС, с фиксатором, мет.направл. цв. в ассортименте</t>
+  </si>
+  <si>
+    <t>973172</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1d6/o6hpspyrf08pc7pudtys9yak8v8ijew9.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный 9 мм Комус, фиксатор, для правш. левш., алюминиевый корпус</t>
+  </si>
+  <si>
+    <t>Нож универсальный 9 мм Комус, фиксатор, для правш./левш., алюминиевый корпус</t>
+  </si>
+  <si>
+    <t>973173</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/214/q52wdo998xms7r6vjqtylcju0ztep32c.jpg</t>
+  </si>
+  <si>
+    <t>Нож макетный  скальпель  STAFF, 11 лезвий в комплекте, металлический корпус, блистер, 238257</t>
+  </si>
+  <si>
+    <t>Макетный нож-скальпель STAFF предназначен для аккуратной и точной работы по бумаге, пленке, коже. Ультратонкое металлическое лезвие с заостренным кончиком закрывается колпачком по окончании работы. Ширина лезвия составляет 8 мм. Поставляется в блистере с европодвесом. 10 запасных лезвий в комплекте.</t>
+  </si>
+  <si>
+    <t>974449</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/949/x13ty8r7v1mezt2rbmettfmk0wu4f01b.jpg</t>
+  </si>
+  <si>
+    <t>Нож макетный  скальпель  STAFF, 6 лезвий в комплекте, металлический корпус, блистер, 238258</t>
+  </si>
+  <si>
+    <t>Макетный нож-скальпель STAFF предназначен для аккуратной и точной работы по бумаге, пленке, коже. Ультратонкое металлическое лезвие с заостренным кончиком закрывается колпачком по окончании работы. Ширина лезвия составляет 8 мм. Поставляется в блистере с европодвесом. 5 запасных лезвий в комплекте.</t>
+  </si>
+  <si>
+    <t>974450</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/884/7s3gvuzw94d9276kym07c31no1r5izxd.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский Erich Krause Butterfly Classic, с автоматической фиксацией лезвия, 18мм, серый  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Нож канцелярский с автоматической системой фиксации лезвия auto-lock и насадкой для безопасного отделения сегмента лезвия. Корпус ножа изготовлен из легкого и прочного пластика. Наличие металлических направляющих. Комплектуется износостойким стальным лезвием с двухсторонней заточкой.</t>
+  </si>
+  <si>
+    <t>978549</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/262/syjk7brt1qzjt8ytv889021c52ou0rox.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский Erich Krause Butterfly Classic, с автоматической фиксацией лезвия, 9мм, серый  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>978550</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d6f/tk11ze8aic67yz6srnu9g9w0ey2lbkt5.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский Erich Krause Butterfly Pastel Bloom, с автоматической фиксацией лезвия, 18мм, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>978552</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/847/j9qwti5cejk5mqvjylox507rdzeodm5a.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для канцелярских ножей Berlingo, 9мм, 5шт., черный цвет, в пластиковом пенале</t>
+  </si>
+  <si>
+    <t>982250</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7a/1lvnrbbyrlc3p9ajwpzemg3o82gbw7nu.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский  quot;Лапки quot;, Cat Paw, 9 мм, НАБОР 3 шт. на блистере, автофиксатор, BRAUBERG HOBBY, 238345</t>
+  </si>
+  <si>
+    <t>Прелестный канцелярский нож BRAUBERG HOBBY Cat Paw станет незаменимым помощником дома, в школе или в офисе. Корпус в виде кошачьей лапки порадует и детей, и взрослых. Острые лезвия шириной 9 мм из высокопрочной стали в надежном пластиковом корпусе со специальной защелкой. Защелка позволяет фиксировать лезвие в нужном положение и регулировать длину ножа. Общая длина лезвия – 9 см. Держатель-прищепка. Имеется автофиксатор лезвия.В упакове 3 шт., поставляется в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>985236</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/86b/qcha0f16aqqpxlqjwg53m5913qw1cmi9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский ErichKrause Explorer, 9 мм, ассорти  в пакете по 1 штуке </t>
+  </si>
+  <si>
+    <t>Нож канцелярский ErichKrause Explorer, 9 мм, ассорти &amp;#40;в пакете по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>995645</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/206/psxf3l6k7hj7ld7xouftuff3uvof602i.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ  quot;FINE CUT quot; ПЛАСТИКОВЫЙ КОРПУС, 12 ММ</t>
+  </si>
+  <si>
+    <t>Нож канцелярский «FINECUT» удобен и безопасен в эксплуатации: эргономичная форма, фиксатор длины лезвия. Ширина лезвия - 12 мм. Предназначен для выполнения офисных задач.</t>
+  </si>
+  <si>
+    <t>996409</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0c3/d4q4f9dhwi1ja44s33se9o70gv8cenyi.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ  quot;FINE CUT quot; ПЛАСТИКОВЫЙ КОРПУС, 18 ММ</t>
+  </si>
+  <si>
+    <t>Нож канцелярский «FINECUT» удобен и безопасен в эксплуатации: эргономичная форма, фиксатор длины лезвия. Ширина лезвия - 18 мм. Предназначен для выполнения офисных задач.</t>
+  </si>
+  <si>
+    <t>996410</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/b50/39zj3pw379vhgj5wbingm0711z58165v.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖ КАНЦЕЛЯРСКИЙ  quot;FINE CUT quot; ПЛАСТИКОВЫЙ КОРПУС, 9 ММ</t>
+  </si>
+  <si>
+    <t>Нож канцелярский «FINECUT» удобен и безопасен в эксплуатации: эргономичная форма, ребристая рукоять, фиксатор длины лезвия. Ширина лезвия - 9 мм. Предназначен для выполнения офисных задач.</t>
+  </si>
+  <si>
+    <t>996411</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6fd/2i57z03pnq3c5vu560mnar4kqejnay9w.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Коврик для резки ErichKrause, А3  в пакете по 10 штук </t>
+  </si>
+  <si>
+    <t>Самовосстанавливающийся трехслойный коврик из прорезиненного пластика обладает высокой устойчивостью к порезам. Имеет матовую рабочую поверхность с разлиновкой, по которой не скользит бумага. Максимальный формат документов А3.</t>
+  </si>
+  <si>
+    <t>999150</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a26/pst4jgm450gqx9y7ad5irp7qe306xd1i.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный мощный 25 мм BRAUBERG  quot;Professional quot;, металлический корпус, 237448</t>
+  </si>
+  <si>
+    <t>Универсальный мощный нож с фиксатором BRAUBERG &amp;quot;Professional&amp;quot; поможет при резке бумаги, пластика, картона и прочих плотных и вязких материалов: линолеума, гипсокартона, ковролина. Металлический корпус надежно фиксирует стальное острое лезвие шириной 25 мм. Изделие имеет эргономичное оформление: рукоятка снабжена резиновой антискользящей накладкой, серебристый цвет корпуса гармонирует с дополнительными цветами - синим и красным, а специальное отверстие дает возможность вешать нож на специальный крепеж. Конструкция упакована в блистер.</t>
+  </si>
+  <si>
+    <t>999878</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3e6/xx2zhqyf1l23i8whrjfi3ocufhma5kd3.jpg</t>
+  </si>
+  <si>
+    <t>Лезвия для канцелярских ножей Berlingo, 18мм, 5шт., черный цвет, в пластиковом пенале</t>
+  </si>
+  <si>
+    <t>1001394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/5a4/3s6vtecj6g3wrgl0ike8v8jdjc0ckfs2.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo  quot;Razzor 400 quot;, черное лезвие, auto-lock, металл. направл., европодвес</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 9мм Berlingo &amp;quot;Razzor 400&amp;quot;, черное лезвие, auto-lock, металл. направл., европодвес</t>
+  </si>
+  <si>
+    <t>1001395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/920/a3pkgeq4lxyli97gpnih78xhhl8gzo0t.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский ErichKrause Butterfly Pastel Bloom, с автоматической фиксацией лезвия, 9 мм, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Нож канцелярский ErichKrause Butterfly Pastel Bloom, с автоматической фиксацией лезвия, 9 мм, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>1004351</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ff6/ruceudrkwbh5rjsrv50e6043woslemu7.jpg</t>
+  </si>
+  <si>
+    <t>Коврик  мат  для резки ОСТРОВ СОКРОВИЩ, 5-ти слойный, А2  600х450 мм , двусторонний, толщина 3 мм, 237443</t>
+  </si>
+  <si>
+    <t>Высококачественный двусторонний мат &amp;#40;коврик&amp;#41; ОСТРОВ СОКРОВИЩ предназначен для кроя деталей различных форм, удобен при изготовлении аппликаций, использовании в скрапбукинге. Предотвращает поверхность стола от повреждений и нож от затупления. Мат формата А2 &amp;#40;600х450 мм&amp;#41; выполнен из ПВХ толщиной 3 мм и имеет пятислойную структуру. Все 5 слоев коврика выполнены из высококачественных первичных материалов. Одна сторона коврика имеет разметку в сантиметрах, а другая - такую же сантиметровую разметку с добавлением фигур в виде транспортира.Коврик легко очищается мыльной водой.</t>
+  </si>
+  <si>
+    <t>1004470</t>
   </si>
   <si>
     <t>&lt;a href="/brands/ostrov-sokrovisch/"&gt;ОСТРОВ СОКРОВИЩ&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/e85/3cdqc1nw72d4py206vxxukmnms8xq2wu.jpg</t>
-[...1208 lines deleted...]
-    <t>1004470</t>
+    <t>http://anytos.ru//upload/iblock/ec0/hsz9yos3lu0bv0enfr4e5bizg9d6e2md.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм ОФИСМАГ  quot;Classic quot;, фиксатор, корпус красный, упаковка с европодвесом, 238226</t>
+  </si>
+  <si>
+    <t>Канцелярский нож ОФИСМАГ &amp;quot;Classic&amp;quot; – это доступное по цене изделие, предназначенное для использования в офисе или дома. Универсальный предмет, способный справляться как с регулярными объемными задачами, так и с периодической нагрузкой. Инструмент прекрасно лежит в руке за счет специфической формы корпуса и рифленой поверхности. Его можно удобно зафиксировать, не беспокоясь о том, что нож соскользнет и отрежет лишнее или поранит кожу. Для того чтобы лезвие не меняло свое положение, предусмотрен специальный фиксатор. С его помощью режущую часть можно выдвинуть настолько, насколько это необходимо. Лезвия подлежат замене, запасной комплект приобретается отдельно. Заменить режущую часть просто: достаточно снять верхнюю заглушку и вытащить затупившийся или поломанный элемент. Если кончик лезвия затупился, его можно отломить по специальной контрольной линии. Сделать это удастся даже не вынимая режущую поверхность из ножен, аккуратно надавив на край выдвинутого лезвия.Отличается повышенной прочностью, удобством в использовании и долговечностью. Широкое лезвие в 18 мм позволяет работать с довольно плотными материалами, например, картоном, пластиком или тонкой древесиной. Большие объемы ткани, бумаги, целлофана и других материалов тоже прекрасно поддаются воздействию канцелярского ножа ОФИСМАГ &amp;quot;Classic&amp;quot;. Изделие поставляется в упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1005250</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/ofismag/"&gt;ОФИСМАГ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/222/pgtxt3jm0ly95stei9zfpg7o3c0p2ngs.jpg</t>
   </si>
   <si>
     <t>Нож универсальный мощный алюминиевый BRAUBERG  quot;Heavy duty M quot;, автофиксатор, резиновые вставки, 238736</t>
   </si>
   <si>
     <t>Универсальный мощный нож с автофикстором BRAUBERG &amp;quot;Heavy duty M&amp;quot; – инструмент, который поможет при резке бумаги, пластика, картона и прочих плотных и вязких материалов: линолеума, гипсокартона, ковролина. Трапециевидное лезвие шириной 18 мм позволяет использовать его для резки более плотных и тонких материалов. Нож снабжен автофиксатором и антискользящими вставками. Может использоваться при отделочных работах или в домашнем хозяйстве при разрезании толстого и плотного гипсокартона или вязких ковровых покрытий. Затупившееся лезвие можно поменять, тем самым вернув ножу былую остроту. Универсальный мощный нож – изделие, способное выручить в самых неожиданных ситуациях, а потому должно присутствовать в каждом офисном или домашнем наборе.</t>
   </si>
   <si>
     <t>1005251</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c33/ywxkswlhpn5usjj2b9nq00rcrk85mf09.jpg</t>
   </si>
   <si>
     <t>Нож универсальный мощный алюминиевый BRAUBERG  quot;Heavy duty quot;, автофиксатор, резиновые вставки, 238735</t>
   </si>
   <si>
     <t>Универсальный мощный нож с автофикстором BRAUBERG &amp;quot;Heavy duty&amp;quot; – инструмент, который поможет при резке бумаги, пластика, картона и прочих плотных и вязких материалов: линолеума, гипсокартона, ковролина. Трапециевидное лезвие шириной 18 мм позволяет использовать его для резки более плотных и тонких материалов. Нож снабжен автофиксатором, отсеком для запасных лезвий и антискользящими вставками. Может использоваться при отделочных работах или в домашнем хозяйстве при разрезании толстого и плотного гипсокартона или вязких ковровых покрытий. Затупившееся лезвие можно поменять, тем самым вернув ножу былую остроту. Универсальный мощный нож – изделие, способное выручить в самых неожиданных ситуациях, а потому должно присутствовать в каждом офисном или домашнем наборе.</t>
   </si>
   <si>
     <t>1005252</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4ba/fhk4qx6nvyf4w8riyhkf1zc2b2yeq9gm.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный мощный с возвратной пружиной BRAUBERG reSTART, трапециевидное лезвие, 238730</t>
+  </si>
+  <si>
+    <t>Универсальный мощный нож с возвратной пружиной BRAUBERG reSTART – инструмент, который поможет при резке бумаги, пластика, картона и прочих плотных и вязких материалов: линолеума, гипсокартона, ковролина. Трапециевидное лезвие шириной 18 мм позволяет использовать его для резки более плотных и тонких материалов. Нож снабжен возвратной пружиной и антискользящими вставками. Может использоваться при отделочных работах или в домашнем хозяйстве при разрезании толстого и плотного гипсокартона или вязких ковровых покрытий. Затупившееся лезвие можно поменять, тем самым вернув ножу былую остроту. Универсальный мощный нож – изделие, способное выручить в самых неожиданных ситуациях, а потому должно присутствовать в каждом офисном или домашнем наборе.</t>
+  </si>
+  <si>
+    <t>1005253</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/df0/dfw7tkmmu58h79zg9m8qzjj6icgtgapz.jpg</t>
   </si>
   <si>
     <t>Нож универсальный мощный цинковый BRAUBERG METALLIC PRO, автофиксатор, резиновые вставки, 238738</t>
   </si>
   <si>
     <t>Универсальный мощный нож с автофикстором BRAUBERG – инструмент, который подходит для резки бумаги, пластика, картона, а также более плотных и сложных для резки материалов, таких как линолеум, гипсокартон и ковролин. Трапециевидное лезвие шириной 18 мм позволяет использовать его для резки более плотных и тонких материалов. Нож снабжен автофиксатором, отсеком для лезвий и антискользящими вставками. Подходит для отделочных работ и домашнего хозяйства: для резки гипсокартона или вязких материалов, таких как ковролин.Затупившееся лезвие можно заменить, вернув ножу остроту. Универсальный мощный нож — это изделие, которое выручит в самых неожиданных ситуациях, поэтому он должен быть в каждом офисном или домашнем наборе.</t>
   </si>
   <si>
     <t>1005254</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/624/ae1t5ggmbf2qjofe9fa5cjeb20blvrdb.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный мощный, 25 мм, BRAUBERG EXTRA, автофиксатор, резиновые вставки, 238731</t>
+  </si>
+  <si>
+    <t>Универсальный мощный нож с автофиксатором BRAUBERG – инструмент, который поможет при резке бумаги, пластика, картона и прочих плотных и вязких материалов: линолеума, гипсокартона, ковролина. Лезвие шириной 25 мм позволяет использовать нож для резки более плотных и тонких материалов. Нож снабжен автофиксатором и антискользящими вставками. Может использоваться при отделочных работах или в домашнем хозяйстве при разрезании толстого и плотного гипсокартона или вязких ковровых покрытий. Затупившееся лезвие можно поменять, тем самым вернув ножу былую остроту. Универсальный мощный нож – изделие, способное выручить в самых неожиданных ситуациях, а потому должно присутствовать в каждом офисном или домашнем наборе.</t>
+  </si>
+  <si>
+    <t>1005255</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d23/z16kqd7fj780jsf98b0jmyotn58hqogg.jpg</t>
   </si>
   <si>
     <t>Нож универсальный мощный, 25 мм, BRAUBERG EXTRA-DL, с двумя фиксаторами, резиновые вставки, 238732</t>
   </si>
   <si>
     <t>Универсальный мощный нож с автофиксатором и дополнительным винтовым фиксатором BRAUBERG – это инструмент, который поможет при резке бумаги, пластика, картона и прочих плотных и вязких материалов: линолеума, гипсокартона, ковролина. Лезвие шириной 25 мм позволяет использовать его для резки более плотных и тонких материалов. Нож снабжен автофиксатором, дополнительным винтовым фиксатором и антискользящими вставками. Может использоваться при отделочных работах или в домашнем хозяйстве при разрезании толстого и плотного гипсокартона или вязких ковровых покрытий. Затупившееся лезвие можно поменять, тем самым вернув ножу былую остроту. Универсальный мощный нож – изделие, способное выручить в самых неожиданных ситуациях, а потому должно присутствовать в каждом офисном или домашнем наборе.</t>
   </si>
   <si>
     <t>1005256</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d6/73zmkptw3k18ecdppejdh41icci5os0w.jpg</t>
   </si>
   <si>
     <t>Нож универсальный мощный, BRAUBERG METALLIC PRO, автофиксатор, функция автовозврата, 238737</t>
   </si>
   <si>
     <t>Универсальный мощный нож с автофикстором BRAUBERG – инструмент, который поможет при резке бумаги, пластика, картона и прочих плотных и вязких материалов: линолеума, гипсокартона, ковролина. Трапециевидное лезвие шириной 18 мм позволяет использовать его для резки более плотных и тонких материалов. Нож снабжен автофиксатором, функцией автовозврата, отсеком для лезвий и антискользящими вставками. Может использоваться при отделочных работах или в домашнем хозяйстве при разрезании толстого и плотного гипсокартона или вязких ковровых покрытий. Затупившееся лезвие можно поменять, тем самым вернув ножу былую остроту. Универсальный мощный нож – изделие, способное выручить в самых неожиданных ситуациях, а потому должно присутствовать в каждом офисном или домашнем наборе.</t>
   </si>
   <si>
     <t>1005257</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/38d/c8xfe3lcszd4vh2g4gaobjl30txxeq2g.jpg</t>
@@ -2348,75 +2285,162 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9a9/ewtyr80ogwnvtixe4azjqhpr8kjcdoxe.jpg</t>
   </si>
   <si>
     <t>Нож канцелярский 18 мм, КОМПЛЕКТ  quot;5 шт.   1 шт. В ПОДАРОК quot;, фиксатор, блистер, BRAUBERG  quot;Classic quot;, 238773</t>
   </si>
   <si>
     <t>Канцелярский нож BRAUBERG относится к категории товаров, которые должны быть в каждом офисе и доме. С этой классической моделью можно ускорить процесс резки бумаги, картона и других материалов, сохраняя при этом максимальную аккуратность среза. Острые лезвия шириной 18 мм из высокопрочной стали в надежном пластиковом корпусе со специальной защелкой. Защелка позволяет фиксировать лезвие в нужном положение и регулировать длину ножа. Если лезвие затупилось, достаточно выдвинуть часть, пришедшую в негодность, и обломать ее по наклонной черте, нанесенной на поверхности ножа. Имеется отверстие для подвеса.</t>
   </si>
   <si>
     <t>1010247</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4ae/2uaj59rsvwhjvima8s3lgjxpxsp4uqod.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Нож канцелярский ErichKrause MEGAPOLIS , с автоматической фиксацией лезвия, 9 мм, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Нож канцелярский ErichKrause MEGAPOLIS®, с автоматической фиксацией лезвия, 9 мм, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1010994</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/f17/mzevfau8aigq6rhcpgm1mb5s129om60n.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Нож канцелярский ErichKrause Cloud Mini Pastel, ассорти  в пакете по 1 штуке </t>
+  </si>
+  <si>
+    <t>Нож канцелярский ErichKrause Cloud Mini Pastel, ассорти &amp;#40;в пакете по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>1010995</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/ff5/t422vixt02db8rh5ln1m9k5odnkq33q8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Нож канцелярский ErichKrause Ferro Light, с автоматической фиксацией лезвия, 18 мм  в пакете по 1 штуке </t>
   </si>
   <si>
     <t>Нож канцелярский ErichKrause Ferro Light, с автоматической фиксацией лезвия, 18 мм &amp;#40;в пакете по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1010996</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/766/we3l5ji5wwdlj7b30gbdc3y18klhscj2.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Нож канцелярский ErichKrause Shark Mini Reef, с автоматической фиксацией лезвия, ассорти  в пакете по 1 штуке </t>
   </si>
   <si>
     <t>Нож канцелярский ErichKrause Shark Mini Reef, с автоматической фиксацией лезвия, ассорти &amp;#40;в пакете по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1010997</t>
   </si>
   <si>
-    <t>50</t>
+    <t>http://anytos.ru//upload/iblock/a70/odsxviy44w3i7jfzxpowdxjaxp1c6mie.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский  quot;Kuromi quot;, 9 мм, фиксатор, цвет корпуса черный, CNT, 75817</t>
+  </si>
+  <si>
+    <t>Благодаря компактным размерам канцелярский нож &amp;quot;Kuromi&amp;quot; удобно носить с собой. Пластиковый корпус удобно лежит в руке, а пластиковая фигурка не утяжеляет изделие. Система блокировки обеспечивает безопасное и комфортное использование. Выдвижное лезвие изготовлено из нержавеющей стали и дополнено специальными метками, нанесёнными лазерной гравировкой. Они позволяют точно и качественно обламывать сегменты. Ширина лезвия – 9 мм.</t>
+  </si>
+  <si>
+    <t>1014392</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/centrum/"&gt;CENTRUM&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/199/l4t7hs8fvhwjpid80494hzf3bc0upoh0.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм STAFF EVERYDAY, фиксатор, красный матовый корпус, упаковка с подвесом, 238768</t>
+  </si>
+  <si>
+    <t>Канцелярский нож STAFF относится к категории товаров, которые должны быть в каждом офисе и доме. С этой классической моделью можно ускорить процесс резки бумаги, картона и других материалов, сохраняя при этом максимальную аккуратность среза. Острые лезвия шириной 18 мм из высокопрочной стали в надежном пластиковом корпусе со специальной защелкой. Защелка позволяет фиксировать лезвие в нужном положение и регулировать длину ножа. Если лезвие затупилось, достаточно выдвинуть часть, пришедшую в негодность, и обломать ее по наклонной черте, нанесенной на поверхности ножа. Имеется отверстие для подвеса. Поставляется в нескольких вариантах цвета &amp;#40;без возможности выбора&amp;#41;.</t>
+  </si>
+  <si>
+    <t>1014394</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/99a/31dwxhjgw4d14a5kmhc28mlydxf25peb.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм КОМПЛЕКТ  quot;2 шт.   1 шт. В ПОДАРОК quot;, фиксатор, блистер, STAFF EVERYDAY, 238769</t>
+  </si>
+  <si>
+    <t>1014395</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/459/8bahvtx1b33lpo98tnjgi0c6133p5bii.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм КОМПЛЕКТ  quot;5 шт.   1 шт. В ПОДАРОК quot;, фиксатор, блистер, STAFF EVERYDAY, 238770</t>
+  </si>
+  <si>
+    <t>1014396</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/659/l0h8l0iozekfk53wkv3unchafnja3t41.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный мощный STAFF PRO, автофиксатор с 3 положениями, ABS-пластик, 238733</t>
+  </si>
+  <si>
+    <t>Универсальный мощный нож с автофиксатором STAFF PRO – инструмент, который поможет при резке бумаги, пластика, картона и прочих плотных и вязких материалов: линолеума, гипсокартона, ковролина. Трапециевидное лезвие шириной 18 мм позволяет использовать его для резки более плотных и тонких материалов. Нож снабжен автофиксатором. Может использоваться при отделочных работах или в домашнем хозяйстве при разрезании толстого и плотного гипсокартона или вязких ковровых покрытий. Затупившееся лезвие можно поменять, тем самым вернув ножу былую остроту. Универсальный мощный нож – изделие, способное выручить в самых неожиданных ситуациях, а потому должно присутствовать в каждом офисном или домашнем наборе.</t>
+  </si>
+  <si>
+    <t>1014397</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4e3/w2usdvze0rw3jvd1c4v94el8m49xkjm5.jpg</t>
+  </si>
+  <si>
+    <t>Нож универсальный мощный STAFF PRO, автофиксатор, ABS-пластик, 238734</t>
+  </si>
+  <si>
+    <t>1014398</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/2c6/7cgpv0p6bjwtk2qm8lkitv4pzyywbi5s.jpg</t>
+  </si>
+  <si>
+    <t>Нож канцелярский 18 мм, КОМПЛЕКТ 2 штуки   10 ЛЕЗВИЙ, BRAUBERG Metallic, металлический корпус, 273929</t>
+  </si>
+  <si>
+    <t>Канцелярский нож BRAUBERG &amp;quot;Metallic&amp;quot; – незаменимый инструмент для разрезания бумажных или картонных листов, линолеума, кожи и других плоских поверхностей. Оставляет ровный разрез без зазубрин, что особенно важно при соблюдении точности резки. У ножа имеется надежный автоматический фиксатор длины лезвия, благодаря чему конструкция не деформируется при работе. Затупившийся конец лезвия легко удалить, отломив небольшой фрагмент. Металлический корпус серебристого цвета обеспечивает долговечность ножа, а рифленые края предотвращают соскальзывание руки при работе с инструментом. Ширина лезвия стандартная, 18 мм. Для удобства хранения имеется отверстие для подвеса. Комплект продается в пластиковом блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>1017378</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2743,4614 +2767,4675 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J201"/>
+  <dimension ref="A1:M203"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G201" sqref="G201"/>
+      <selection pane="bottomRight" activeCell="G203" sqref="G203"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...22 lines deleted...]
-      <c r="C6" s="1" t="s">
+      <c r="G6" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A7" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...19 lines deleted...]
-      <c r="C7" s="1" t="s">
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A8" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A24" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A26" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A29" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="G30" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="D7" s="1" t="s">
-[...532 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
         <v>136</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>137</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>138</v>
       </c>
       <c r="F31" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A32" s="1" t="s">
         <v>139</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B32" s="1" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>71</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>146</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F34" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B34" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G34" s="3" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>77</v>
+        <v>156</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="C36" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A38" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F38" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...53 lines deleted...]
-      </c>
       <c r="G38" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C40" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G40" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...12 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>180</v>
+        <v>147</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B43" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A44" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A45" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A46" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A47" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A48" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A49" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A50" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A51" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A52" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A53" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G53" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="C43" s="1" t="s">
-[...245 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>158</v>
-[...5 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>222</v>
+        <v>71</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>158</v>
+        <v>71</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>158</v>
+        <v>71</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>50</v>
+        <v>156</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>50</v>
+        <v>156</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>156</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>77</v>
+        <v>156</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>77</v>
+        <v>156</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="F64" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A65" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F65" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G65" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="B64" s="1" t="s">
-[...41 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>283</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>180</v>
+        <v>119</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>180</v>
+        <v>147</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>180</v>
+        <v>147</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>180</v>
+        <v>147</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>129</v>
+        <v>156</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>129</v>
+        <v>71</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>327</v>
+        <v>283</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>158</v>
+        <v>119</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>333</v>
+        <v>17</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>180</v>
+        <v>119</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>350</v>
+        <v>119</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>351</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>354</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>44</v>
+        <v>119</v>
       </c>
       <c r="G83" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A84" s="1" t="s">
         <v>355</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A84" s="1" t="s">
+      <c r="B84" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="B84" s="1" t="s">
+      <c r="C84" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="C84" s="1" t="s">
+      <c r="D84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E84" s="3" t="s">
         <v>358</v>
       </c>
-      <c r="D84" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="3" t="s">
+      <c r="F84" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A85" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="F84" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A85" s="1" t="s">
+      <c r="B85" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="B85" s="1" t="s">
+      <c r="C85" s="1" t="s">
         <v>361</v>
       </c>
-      <c r="C85" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="3" t="s">
+      <c r="F85" s="3" t="s">
         <v>363</v>
       </c>
-      <c r="F85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="3" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>364</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>365</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>308</v>
+        <v>361</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>366</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>129</v>
+        <v>363</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>367</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>368</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>370</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>14</v>
+        <v>363</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>371</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>372</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>373</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>374</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>14</v>
+        <v>363</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>375</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>376</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>377</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>378</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>158</v>
+        <v>363</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>379</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>380</v>
       </c>
       <c r="C90" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E90" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="D90" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E90" s="3" t="s">
+      <c r="F90" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A91" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="F90" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A91" s="1" t="s">
+      <c r="B91" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B91" s="1" t="s">
+      <c r="C91" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="C91" s="1" t="s">
+      <c r="D91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="F91" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A92" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A92" s="1" t="s">
+      <c r="B92" s="1" t="s">
         <v>387</v>
       </c>
-      <c r="B92" s="1" t="s">
+      <c r="C92" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="C92" s="1" t="s">
+      <c r="D92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E92" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="D92" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E92" s="3" t="s">
+      <c r="F92" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A93" s="1" t="s">
         <v>390</v>
       </c>
-      <c r="F92" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A93" s="1" t="s">
+      <c r="B93" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B93" s="1" t="s">
+      <c r="C93" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="F93" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="B94" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="F93" s="3" t="s">
+      <c r="C94" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="G93" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>396</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="F94" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="C95" s="1" t="s">
         <v>399</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="F95" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="B96" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="C96" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="F96" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>405</v>
-      </c>
-[...21 lines deleted...]
-        <v>409</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>406</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="F97" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A98" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="F97" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="F98" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="C98" s="1" t="s">
+      <c r="G98" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A99" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="3" t="s">
+      <c r="B99" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="F98" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A99" s="1" t="s">
+      <c r="C99" s="1" t="s">
         <v>415</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>416</v>
       </c>
-      <c r="C99" s="1" t="s">
+      <c r="F99" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="D99" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E99" s="3" t="s">
+      <c r="B100" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="F99" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A100" s="1" t="s">
+      <c r="C100" s="1" t="s">
         <v>419</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="C100" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E100" s="3" t="s">
+      <c r="F100" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="F100" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A101" s="1" t="s">
+      <c r="B101" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="C101" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="D101" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E101" s="3" t="s">
+      <c r="F101" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="F101" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A102" s="1" t="s">
+      <c r="B102" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="C102" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="F102" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="D102" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="3" t="s">
+      <c r="B103" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="F102" s="3" t="s">
+      <c r="C103" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>430</v>
       </c>
-      <c r="G102" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A103" s="1" t="s">
+      <c r="F103" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
         <v>431</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="B104" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="C104" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>433</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E103" s="3" t="s">
+      <c r="F104" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="F103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="1" t="s">
+      <c r="B105" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="B104" s="1" t="s">
+      <c r="C105" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="C104" s="1" t="s">
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="D104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E104" s="3" t="s">
+      <c r="F105" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="F104" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A105" s="1" t="s">
+      <c r="B106" s="1" t="s">
         <v>439</v>
       </c>
-      <c r="B105" s="1" t="s">
+      <c r="C106" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="C105" s="1" t="s">
+      <c r="F106" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="D105" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E105" s="3" t="s">
+      <c r="B107" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="F105" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A106" s="1" t="s">
+      <c r="C107" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
         <v>443</v>
       </c>
-      <c r="B106" s="1" t="s">
+      <c r="F107" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="C106" s="1" t="s">
+      <c r="B108" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="D106" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E106" s="3" t="s">
+      <c r="C108" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="F106" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A107" s="1" t="s">
+      <c r="F108" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B107" s="1" t="s">
+      <c r="B109" s="1" t="s">
         <v>448</v>
       </c>
-      <c r="C107" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E107" s="3" t="s">
+      <c r="C109" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="F107" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A108" s="1" t="s">
+      <c r="F109" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
         <v>450</v>
       </c>
-      <c r="B108" s="1" t="s">
+      <c r="B110" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="C108" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E108" s="3" t="s">
+      <c r="C110" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="F108" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A109" s="1" t="s">
+      <c r="F110" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
         <v>453</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="B111" s="1" t="s">
         <v>454</v>
-      </c>
-[...44 lines deleted...]
-        <v>461</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>455</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E114" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
         <v>471</v>
       </c>
-      <c r="F114" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A115" s="1" t="s">
+      <c r="B116" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="C116" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="3" t="s">
+      <c r="F116" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
         <v>475</v>
       </c>
-      <c r="F115" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A116" s="1" t="s">
+      <c r="B117" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="C117" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="C116" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E116" s="3" t="s">
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="F116" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A117" s="1" t="s">
+      <c r="F117" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="B118" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="C117" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E117" s="3" t="s">
+      <c r="C118" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="F117" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A118" s="1" t="s">
+      <c r="F118" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="B118" s="1" t="s">
+      <c r="B119" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="C118" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E118" s="3" t="s">
+      <c r="C119" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="F118" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="F119" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="B119" s="1" t="s">
+      <c r="B120" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="C119" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E119" s="3" t="s">
+      <c r="C120" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="F119" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A120" s="1" t="s">
+      <c r="F120" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="B121" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="C120" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E120" s="3" t="s">
+      <c r="C121" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="F120" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="F121" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A122" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="C121" s="1" t="s">
+      <c r="B122" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="D121" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="3" t="s">
+      <c r="C122" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="F121" s="3" t="s">
+      <c r="F122" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A123" s="1" t="s">
         <v>495</v>
       </c>
-      <c r="G121" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A122" s="1" t="s">
+      <c r="B123" s="1" t="s">
         <v>496</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C123" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>497</v>
       </c>
-      <c r="C122" s="1" t="s">
+      <c r="F123" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A124" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="D122" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="3" t="s">
+      <c r="B124" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="F122" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A123" s="1" t="s">
+      <c r="C124" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="F124" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A125" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="C123" s="1" t="s">
+      <c r="B125" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="3" t="s">
+      <c r="C125" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="F123" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A124" s="1" t="s">
+      <c r="F125" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A126" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="B126" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="C124" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>506</v>
       </c>
-      <c r="D124" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="3" t="s">
+      <c r="F126" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A127" s="1" t="s">
         <v>507</v>
       </c>
-      <c r="F124" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A125" s="1" t="s">
+      <c r="B127" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C127" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="C125" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E125" s="3" t="s">
+      <c r="F127" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A128" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F125" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A126" s="1" t="s">
+      <c r="B128" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C128" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E126" s="3" t="s">
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="F126" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A127" s="1" t="s">
+      <c r="F128" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A129" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="B129" s="1" t="s">
         <v>515</v>
-      </c>
-[...44 lines deleted...]
-        <v>522</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>516</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F129" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A130" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="B130" s="1" t="s">
+      <c r="B132" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="C130" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="C132" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="F132" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="B133" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="C133" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="C132" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="F133" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="B134" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="C134" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="C133" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="F134" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="B135" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="C135" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="B136" s="1" t="s">
         <v>539</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="C136" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>541</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="B137" s="1" t="s">
         <v>543</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="C137" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="C136" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="B138" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="C138" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>547</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="F138" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>548</v>
       </c>
-      <c r="C137" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="B139" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="F137" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="C139" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>551</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="F139" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="B140" s="1" t="s">
         <v>553</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="C140" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="B141" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="C141" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="C140" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="F141" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A141" s="1" t="s">
+      <c r="B142" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="B141" s="1" t="s">
+      <c r="C142" s="1" t="s">
         <v>561</v>
       </c>
-      <c r="C141" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="D141" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E141" s="3" t="s">
+      <c r="F142" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="F141" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A142" s="1" t="s">
+      <c r="B143" s="1" t="s">
         <v>564</v>
       </c>
-      <c r="B142" s="1" t="s">
+      <c r="C143" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>565</v>
       </c>
-      <c r="C142" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E142" s="3" t="s">
+      <c r="F143" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="F142" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A143" s="1" t="s">
+      <c r="B144" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="B143" s="1" t="s">
+      <c r="C144" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
         <v>568</v>
       </c>
-      <c r="C143" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E143" s="3" t="s">
+      <c r="F144" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="F143" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A144" s="1" t="s">
+      <c r="B145" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="B144" s="1" t="s">
+      <c r="C145" s="1" t="s">
         <v>571</v>
       </c>
-      <c r="C144" s="1" t="s">
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="D144" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E144" s="3" t="s">
+      <c r="F145" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
         <v>573</v>
       </c>
-      <c r="F144" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A145" s="1" t="s">
+      <c r="B146" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="B145" s="1" t="s">
+      <c r="C146" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="C145" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E145" s="3" t="s">
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="F145" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A146" s="1" t="s">
+      <c r="F146" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
         <v>577</v>
       </c>
-      <c r="B146" s="1" t="s">
+      <c r="B147" s="1" t="s">
         <v>578</v>
       </c>
-      <c r="C146" s="1" t="s">
+      <c r="C147" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="D146" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E146" s="3" t="s">
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="F146" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A147" s="1" t="s">
+      <c r="F147" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
         <v>581</v>
       </c>
-      <c r="B147" s="1" t="s">
+      <c r="B148" s="1" t="s">
         <v>582</v>
       </c>
-      <c r="C147" s="1" t="s">
+      <c r="C148" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E147" s="3" t="s">
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
         <v>584</v>
       </c>
-      <c r="F147" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A148" s="1" t="s">
+      <c r="F148" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
         <v>585</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="B149" s="1" t="s">
         <v>586</v>
       </c>
-      <c r="C148" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E148" s="3" t="s">
+      <c r="C149" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="F148" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A149" s="1" t="s">
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
         <v>588</v>
       </c>
-      <c r="B149" s="1" t="s">
+      <c r="F149" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
         <v>589</v>
       </c>
-      <c r="C149" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E149" s="3" t="s">
+      <c r="B150" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="F149" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A150" s="1" t="s">
+      <c r="C150" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
         <v>591</v>
       </c>
-      <c r="B150" s="1" t="s">
+      <c r="F150" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="C150" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E150" s="3" t="s">
+      <c r="B151" s="1" t="s">
         <v>593</v>
       </c>
-      <c r="F150" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A151" s="1" t="s">
+      <c r="C151" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="B151" s="1" t="s">
+      <c r="F151" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="C151" s="1" t="s">
+      <c r="B152" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="D151" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E151" s="3" t="s">
+      <c r="C152" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
         <v>597</v>
       </c>
-      <c r="F151" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A152" s="1" t="s">
+      <c r="F152" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="B152" s="1" t="s">
+      <c r="B153" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="C152" s="1" t="s">
+      <c r="C153" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="D152" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E152" s="3" t="s">
+      <c r="F153" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="F152" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A153" s="1" t="s">
+      <c r="B154" s="1" t="s">
         <v>602</v>
       </c>
-      <c r="B153" s="1" t="s">
+      <c r="C154" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="C153" s="1" t="s">
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="D153" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E153" s="3" t="s">
+      <c r="F154" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
         <v>605</v>
       </c>
-      <c r="F153" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A154" s="1" t="s">
+      <c r="B155" s="1" t="s">
         <v>606</v>
       </c>
-      <c r="B154" s="1" t="s">
+      <c r="C155" s="1" t="s">
         <v>607</v>
       </c>
-      <c r="C154" s="1" t="s">
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E154" s="3" t="s">
+      <c r="F155" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="F154" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A155" s="1" t="s">
+      <c r="B156" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="B155" s="1" t="s">
+      <c r="C156" s="1" t="s">
         <v>611</v>
       </c>
-      <c r="C155" s="1" t="s">
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E155" s="3" t="s">
+      <c r="F156" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A157" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="F155" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A156" s="1" t="s">
+      <c r="B157" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="B156" s="1" t="s">
+      <c r="C157" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="C156" s="1" t="s">
+      <c r="D157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E157" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E156" s="3" t="s">
+      <c r="F157" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A158" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="F156" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A157" s="1" t="s">
+      <c r="B158" s="1" t="s">
         <v>618</v>
       </c>
-      <c r="B157" s="1" t="s">
+      <c r="C158" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="C157" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E157" s="3" t="s">
+      <c r="D158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E158" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="F157" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A158" s="1" t="s">
+      <c r="F158" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="B158" s="1" t="s">
+      <c r="G158" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A159" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="C158" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E158" s="3" t="s">
+      <c r="B159" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="F158" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A159" s="1" t="s">
+      <c r="C159" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E159" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="B159" s="1" t="s">
+      <c r="F159" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A160" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="C159" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E159" s="3" t="s">
+      <c r="B160" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="F159" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A160" s="1" t="s">
+      <c r="C160" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="B160" s="1" t="s">
+      <c r="D160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E160" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="C160" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E160" s="3" t="s">
+      <c r="F160" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A161" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="F160" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A161" s="1" t="s">
+      <c r="B161" s="1" t="s">
         <v>630</v>
       </c>
-      <c r="B161" s="1" t="s">
+      <c r="C161" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="C161" s="1" t="s">
+      <c r="F161" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A162" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="D161" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E161" s="3" t="s">
+      <c r="B162" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="F161" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A162" s="1" t="s">
+      <c r="C162" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E162" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="B162" s="1" t="s">
+      <c r="F162" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A163" s="1" t="s">
         <v>635</v>
       </c>
-      <c r="C162" s="1" t="s">
+      <c r="B163" s="1" t="s">
         <v>636</v>
       </c>
-      <c r="D162" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E162" s="3" t="s">
+      <c r="C163" s="1" t="s">
         <v>637</v>
       </c>
-      <c r="F162" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A163" s="1" t="s">
+      <c r="D163" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E163" s="3" t="s">
         <v>638</v>
       </c>
-      <c r="B163" s="1" t="s">
+      <c r="F163" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A164" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="C163" s="1" t="s">
+      <c r="B164" s="1" t="s">
         <v>640</v>
       </c>
-      <c r="D163" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E163" s="3" t="s">
+      <c r="C164" s="1" t="s">
         <v>641</v>
       </c>
-      <c r="F163" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A164" s="1" t="s">
+      <c r="D164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E164" s="3" t="s">
         <v>642</v>
       </c>
-      <c r="B164" s="1" t="s">
+      <c r="F164" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A165" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="C164" s="1" t="s">
+      <c r="B165" s="1" t="s">
         <v>644</v>
       </c>
-      <c r="D164" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E164" s="3" t="s">
+      <c r="C165" s="1" t="s">
         <v>645</v>
       </c>
-      <c r="F164" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A165" s="1" t="s">
+      <c r="D165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E165" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="B165" s="1" t="s">
+      <c r="F165" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A166" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="C165" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E165" s="3" t="s">
+      <c r="B166" s="1" t="s">
         <v>648</v>
       </c>
-      <c r="F165" s="3" t="s">
+      <c r="C166" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="G165" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A166" s="1" t="s">
+      <c r="D166" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E166" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="B166" s="1" t="s">
+      <c r="F166" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A167" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="C166" s="1" t="s">
+      <c r="B167" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="D166" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="3" t="s">
+      <c r="C167" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E167" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="F166" s="3" t="s">
+      <c r="F167" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A168" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C168" s="1" t="s">
         <v>649</v>
       </c>
-      <c r="G166" s="3" t="s">
-[...16 lines deleted...]
-      <c r="E167" s="3" t="s">
+      <c r="D168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E168" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="F167" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A168" s="1" t="s">
+      <c r="F168" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A169" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="B168" s="1" t="s">
+      <c r="B169" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="C169" s="1" t="s">
         <v>658</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E168" s="3" t="s">
+      <c r="D169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E169" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="F168" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A169" s="1" t="s">
+      <c r="F169" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A170" s="1" t="s">
         <v>660</v>
       </c>
-      <c r="B169" s="1" t="s">
+      <c r="B170" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="C169" s="1" t="s">
+      <c r="C170" s="1" t="s">
         <v>662</v>
       </c>
-      <c r="D169" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="3" t="s">
+      <c r="D170" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E170" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="F169" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A170" s="1" t="s">
+      <c r="F170" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A171" s="1" t="s">
         <v>664</v>
       </c>
-      <c r="B170" s="1" t="s">
+      <c r="B171" s="1" t="s">
         <v>665</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="C171" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E170" s="3" t="s">
+      <c r="D171" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E171" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="F170" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A171" s="1" t="s">
+      <c r="F171" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A172" s="1" t="s">
         <v>668</v>
       </c>
-      <c r="B171" s="1" t="s">
+      <c r="B172" s="1" t="s">
         <v>669</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="C172" s="1" t="s">
         <v>670</v>
       </c>
-      <c r="D171" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="3" t="s">
+      <c r="D172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E172" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="F171" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A172" s="1" t="s">
+      <c r="F172" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A173" s="1" t="s">
         <v>672</v>
       </c>
-      <c r="B172" s="1" t="s">
+      <c r="B173" s="1" t="s">
         <v>673</v>
-      </c>
-[...21 lines deleted...]
-        <v>677</v>
       </c>
       <c r="C173" s="1" t="s">
         <v>674</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E173" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="F173" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A174" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="C174" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="F173" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A174" s="1" t="s">
+      <c r="D174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E174" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="B174" s="1" t="s">
+      <c r="F174" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A175" s="1" t="s">
         <v>680</v>
       </c>
-      <c r="C174" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E174" s="3" t="s">
+      <c r="B175" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="F174" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A175" s="1" t="s">
+      <c r="C175" s="1" t="s">
         <v>682</v>
       </c>
-      <c r="B175" s="1" t="s">
+      <c r="D175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E175" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="C175" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E175" s="3" t="s">
+      <c r="F175" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A176" s="1" t="s">
         <v>684</v>
       </c>
-      <c r="F175" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A176" s="1" t="s">
+      <c r="B176" s="1" t="s">
         <v>685</v>
       </c>
-      <c r="B176" s="1" t="s">
+      <c r="C176" s="1" t="s">
         <v>686</v>
       </c>
-      <c r="C176" s="1" t="s">
+      <c r="D176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E176" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="D176" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E176" s="3" t="s">
+      <c r="F176" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A177" s="1" t="s">
         <v>688</v>
       </c>
-      <c r="F176" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A177" s="1" t="s">
+      <c r="B177" s="1" t="s">
         <v>689</v>
       </c>
-      <c r="B177" s="1" t="s">
+      <c r="C177" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E177" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="C177" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E177" s="3" t="s">
+      <c r="F177" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A178" s="1" t="s">
         <v>691</v>
       </c>
-      <c r="F177" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A178" s="1" t="s">
+      <c r="B178" s="1" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>693</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>694</v>
       </c>
       <c r="F178" s="3" t="s">
-        <v>50</v>
+        <v>119</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A179" s="1" t="s">
         <v>695</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>696</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>697</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E179" s="3" t="s">
         <v>698</v>
       </c>
       <c r="F179" s="3" t="s">
-        <v>395</v>
+        <v>363</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A180" s="1" t="s">
         <v>699</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C180" s="1" t="s">
         <v>701</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>702</v>
       </c>
       <c r="F180" s="3" t="s">
-        <v>495</v>
+        <v>703</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A181" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E181" s="3" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="F181" s="3" t="s">
-        <v>495</v>
+        <v>708</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A182" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E182" s="3" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="F182" s="3" t="s">
-        <v>495</v>
+        <v>147</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A183" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E183" s="3" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="F183" s="3" t="s">
-        <v>395</v>
+        <v>147</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A184" s="1" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E184" s="3" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="F184" s="3" t="s">
-        <v>395</v>
+        <v>147</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A185" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E185" s="3" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="F185" s="3" t="s">
-        <v>395</v>
+        <v>147</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A186" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F186" s="3" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A187" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E187" s="3" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="F187" s="3" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A188" s="1" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E188" s="3" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="F188" s="3" t="s">
-        <v>395</v>
+        <v>147</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A189" s="1" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="F189" s="3" t="s">
-        <v>333</v>
+        <v>71</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A190" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="F190" s="3" t="s">
-        <v>158</v>
+        <v>363</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A191" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="F191" s="3" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A192" s="1" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="F192" s="3" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A193" s="1" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="F193" s="3" t="s">
-        <v>158</v>
+        <v>363</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A194" s="1" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E194" s="3" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="F194" s="3" t="s">
-        <v>158</v>
+        <v>363</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A195" s="1" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="F195" s="3" t="s">
-        <v>77</v>
+        <v>363</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="196" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A196" s="1" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="F196" s="3" t="s">
-        <v>395</v>
+        <v>363</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="197" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A197" s="1" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="F197" s="3" t="s">
-        <v>158</v>
+        <v>773</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="198" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A198" s="1" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="F198" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="199" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A199" s="1" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="C199" s="1" t="s">
         <v>776</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="F199" s="3" t="s">
-        <v>395</v>
+        <v>156</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="200" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A200" s="1" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E200" s="3" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="F200" s="3" t="s">
-        <v>395</v>
+        <v>156</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="201" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A201" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="F201" s="3" t="s">
-        <v>395</v>
+        <v>156</v>
       </c>
       <c r="G201" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="202" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A202" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="C202" s="1" t="s">
         <v>786</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="F202" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="203" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A203" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E203" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="F203" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">