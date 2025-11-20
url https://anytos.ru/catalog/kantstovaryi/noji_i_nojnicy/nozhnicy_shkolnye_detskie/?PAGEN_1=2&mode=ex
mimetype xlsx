--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -12,118 +12,169 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="543">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4a0/nqrywopd4939higt0pjwacrelcoua5s9.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Каляка-Маляка безопасные 90 мм, пластик с метал.лезвиями, европодвес 3   НБКМ90</t>
+  </si>
+  <si>
+    <t>Ножницы детские Каляка-Маляка безопасные 90 мм, пластик с метал.лезвиями, европодвес 3&amp;#43;</t>
+  </si>
+  <si>
+    <t>Ножницы школьные детские</t>
+  </si>
+  <si>
+    <t>110154</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/0d0/9dezdsfqic8jzi4ttw3eqwux54cv14pd.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Каляка-Маляка 11,50 см классич. 3 : НККМ115 штр.: 4602723006923</t>
+  </si>
+  <si>
+    <t>110155</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/230/e0haah4dktwrt0xweig6qd3gqjva5s7p.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Каляка-Маляка д творчества 13,50 см ЗИГ-ЗАГ, европодвес, 3 : НЗКМ135 штр.: 4602723006947</t>
+  </si>
+  <si>
+    <t>110156</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/f83/nbpuzymqqeb50sybn9qyckmi7ic72nc0.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы школьные МАШИНЫ с принтом на лезвиях: НШ-МШ штр.: 4602723057956</t>
+  </si>
+  <si>
+    <t>Серия «Машины» разработана специально для юных гонщиков. Мальчикам, мечтающим о машинах и скорости, безусловно, понравятся ножницы, безопасные лезвия которых с внешней стороны украшены современными машинами.-Закругленные концы лезвий-Длина ножниц 13 см-Нержавеющая сталь</t>
+  </si>
+  <si>
+    <t>110175</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/be5/be5a9d87457c7506175c343a3a165d17/fe354937dad4925c58e02f993ffe7c59.jpg</t>
   </si>
   <si>
     <t>Ножницы 130мм с пласт.прорезин.анатом.ручками Kores Softgrip  35130 штр.  9023800351302</t>
   </si>
   <si>
     <t>Лезвия ножниц Kores Softgrip изготовлены из нержавеющей стали, закруглены. Эргономичные ручки удобны для использования детьми от четырех лет. Ножницы рекомендованы для работы дома и в школе. Кольца разной формы и размера, без фиксатора. Длина ножниц - 13 см.</t>
   </si>
   <si>
-    <t>Ножницы школьные детские</t>
-[...1 lines deleted...]
-  <si>
     <t>254995</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e12/e1206d467fc7f64ce3a58d3f62e3666f/ca8705c5b6f1ca18fe9f2ea4e7a8d31a.jpg</t>
   </si>
   <si>
     <t>Ножницы 130мм с пласт.прорезинен.анатомич. ручками Attache  04105311 штр.  4690432008796, 6953070937544, 6953070937551, 6953070937568</t>
   </si>
   <si>
     <t>Лезвия ножниц Attache выполнены из нержавеющей стали, закруглены. Прорезиненные ручки анатомической формы предотвращают скольжение пальцев. Элемент крепления обеспечивает плавную и мягкую работу лезвий. Длина ножниц - 13 см. Кольца разной формы и размера, без фиксатора.</t>
   </si>
   <si>
     <t>254996</t>
   </si>
   <si>
     <t>&lt;a href="/brands/attache/"&gt;Attache&lt;/a&gt;</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/9b7/9b755258b12ec0d5c03f20cf3ac71bdb/2c3c18bf66608a104fe5c30784413a14.jpg</t>
   </si>
   <si>
     <t>Ножницы 140мм с резиновыми ручками Attache  Ergo Soft   SH21.07 штр.  4690432008840, 6953070937513, 6953070937520, 6953070937537</t>
   </si>
   <si>
     <t>Ножницы Attache серии Ergo&amp;Soft эргономичного дизайна. Лезвия выполнены из высококачественной нержавеющей стали, закруглены. Симметричные кольца с резиновыми вставками предотвращают скольжение пальцев. Фиксатор отсутствует. Длина ножниц - 14 см. Представлены на картонной подложке с европодвесом.</t>
   </si>
   <si>
     <t>254997</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/850/8504c0f40f2fdcb37a2db5fb3f7bc64f.jpg</t>
   </si>
   <si>
     <t>Ножницы детские 13 см , европодвес , ассорти : DNn 14021 штр.: 4260107479123</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная Отпускается только упаковкой дополнена&amp;nbsp;&amp;nbsp;европодвесом. Ножницы имеют удобные пластиковые ручки с усилителем для облегченного резания. Компактный размер 13см легко помещается в пенале.</t>
   </si>
   <si>
     <t>337036</t>
   </si>
   <si>
     <t>&lt;a href="/brands/berlingo/"&gt;Berlingo&lt;/a&gt;</t>
@@ -143,107 +194,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/5af/5afa8d44b7c0e13fd5240252bccdaf67.jpg</t>
   </si>
   <si>
     <t>Ножницы детские 13,5 см , европодвес , ассорти : DNn 14023 штр.: 4260107479147</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная Отпускается только упаковкой дополнена&amp;nbsp;&amp;nbsp;европодвесом. Ножницы имеют удобные пластиковые ручки для комфортного резания. Компактный размер 13,5 см легко помещается в пенале.</t>
   </si>
   <si>
     <t>337038</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/54a/54ad05ef2cfb4f5a83c35b9d13084824.jpg</t>
   </si>
   <si>
     <t>Ножницы детские 13,5 см, европодвес, ассорти : DNn 14022 штр.: 4260107479130</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная Отпускается только упаковкой дополнена&amp;nbsp;&amp;nbsp;европодвесом. Ножницы имеют удобные пластиковые прорезиненные ручки для комфортного резания. Компактный размер 13,5 см легко помещается в пенале.</t>
   </si>
   <si>
     <t>337039</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/221/2211f1a34c07e95e51a9fc418ea2a5fe.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,5см, в футляре, европодвес MS_11135</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом.</t>
+  </si>
+  <si>
+    <t>338162</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/0be/0bec7ee591b935ef3ba59da800c1240c.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,5см, с линейкой, европодвес MS_11137</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом.</t>
   </si>
   <si>
     <t>338163</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
+    <t>http://anytos.ru//upload/iblock/403/403fcd0689867704fb7767436e92e73e.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,2см, с усилителем, европодвес MS_16126</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы с усилителем изготовлены из высококачественного пластика. Есть слот для имени. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>348442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/715/7154d1b21e0c27aae2f3ed00410c876f.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13см, с рисунком на лезвиях, ассорти, европодвес MS_16026</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали с разноцветным принтом. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>348965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/fb21a38bfe598d4a2868ed29cd7454f3.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 12см, ассорти, европодвес MS_16058</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>349370</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/162/162ab31231b86216ac2e760cc8b00fc8.jpg</t>
-[...2 lines deleted...]
-    <t>Ножницы детские Berlingo 13,5см, ассорти, европодвес DNn_14026</t>
+    <t>http://anytos.ru//upload/iblock/e84/e847f3c6be8083018327ccc1491a0e5d.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Berlingo 13,5см, ассорти, европодвес DNn_14029</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали.Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика . Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом.</t>
   </si>
   <si>
-    <t>352027</t>
-[...7 lines deleted...]
-  <si>
     <t>352028</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/367/367688b0dd475503d0a157435629db0f.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Berlingo 13см, ассорти, европодвес DNn_14030</t>
   </si>
   <si>
     <t>352029</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/31e/31e75b7131b2d1bdc6f392388aec69d9.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 12,8см, ассорти, европодвес MS_15978</t>
   </si>
   <si>
     <t>352046</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/454/454b2dac51c99da472c08753c29eadaa.jpg</t>
   </si>
   <si>
     <t>Ножницы детские ArtSpace 13см, с линейкой, ассорти, ПВХ-чехол с европодвесом S130_17452</t>
@@ -290,77 +356,80 @@
   <si>
     <t>Ножницы для левшей Berlingo  quot;Left Hand quot;, 18см, эргономичные ручки, европодвес. DNs_18005</t>
   </si>
   <si>
     <t>Ножницы для левшей. Материал корпуса - высококачественная сталь. Пластиковые ручки. Длина ножниц - 18 см. Упаковка - блистер с европодвесом.</t>
   </si>
   <si>
     <t>368094</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/52b/52bbf995e9f175ddea8221c9088c2019.jpg</t>
   </si>
   <si>
     <t>Ножницы для левшей Berlingo  quot;Left Hand quot;, 20см, эргономичные ручки, европодвес. DNs_20005</t>
   </si>
   <si>
     <t>Ножницы для левшей. Материал корпуса - высококачественная сталь. Пластиковые ручки. Длина ножниц - 20 см. Упаковка - блистер с европодвесом.</t>
   </si>
   <si>
     <t>368095</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/1d6/nyypf6m7m2h3ycrmn5uv4t010g13ypb4.jpg</t>
-[...8 lines deleted...]
-    <t>389282</t>
+    <t>http://anytos.ru//upload/iblock/29e/uy0hmxsve6kqo792jh0ujlc30627k1es.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские  1School 11,5 см Шустрики, пластиковые ручки,</t>
+  </si>
+  <si>
+    <t>Ножницы детские №1School 11,5 см Шустрики, пластиковые ручки,</t>
+  </si>
+  <si>
+    <t>383446</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/55a/tby1wq3jopnykwccf7hh88u8dh97xo20.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Жирафы quot;, ж лтые, 232269</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными жирафами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>389283</t>
   </si>
   <si>
     <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/55a/tby1wq3jopnykwccf7hh88u8dh97xo20.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d1d/k46ocrbkfqhgtkrtnh63ljbr5qe6p3ai.jpg</t>
   </si>
   <si>
     <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Пингвины quot;, голубые, 232271</t>
   </si>
   <si>
     <t>Универсальные ножницы BRAUBERG для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kids&amp;quot; с цветными пингвинами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
   </si>
   <si>
     <t>389285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffc/24b4u3pbzxcpzvg8v45vna3ia1p0yp5s.jpg</t>
   </si>
   <si>
     <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Поросята quot;, розовые, 232272</t>
   </si>
   <si>
     <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными поросятами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
   </si>
   <si>
     <t>389286</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68f/nj25a8525k3yf3jb2mzc8hbw0qc1eui7.jpg</t>
@@ -434,68 +503,62 @@
   <si>
     <t>389296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fac/fac6377fb061e966fa6bbec2ec72f5a7/2979d3570ef0fb62f89aa6e831936631.jpg</t>
   </si>
   <si>
     <t>Ножницы детские для левшей Мульти-Пульти  quot;Приключения Енота quot; 12,5см, европодвес</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>559584</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c00/g19z5hm5oxcg1k6fbay1oysq99f9dezi.jpg</t>
   </si>
   <si>
     <t>Ножницы детские с принтом на лезвиях Каляка-Маляка 12,5 см резин. встав. европодвес</t>
   </si>
   <si>
     <t>632588</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/kaljaka-maljaka/"&gt;Каляка-Маляка&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aae/sdr5x1ek6e90b228bxj3chxc4yglhjqp.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat с возвратным механизмом 13 см</t>
   </si>
   <si>
     <t>632614</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e80/ksf4bjm4in52ntwmkosps77vyo5wv4t1.jpg</t>
   </si>
   <si>
     <t>Ножницы ЮНЛАНДИЯ, 135 мм, с линейкой и футляром для лезвий, салатовые, блистер, 237109</t>
   </si>
   <si>
     <t>Ножницы ЮНЛАНДИЯ разработаны специально для детского творчества. Техника работы этим инструментом требует координации обеих рук, так как они одновременно выполняют разные движения. Это положительно влияет на развитие мелкой моторики и образного мышления. Ножницы ЮНЛАНДИЯ с симметричными ручками. Футляр предотвращает загрязнение лезвий и повреждение рук при неаккуратном обращении с ножницами, а линейка на лезвии поможет ребенку в его творческом процессе.Ребенок без труда сможет пользоваться такими ножницами, так как их длина - 135 мм. Закругленные концы гарантируют безопасность при использовании ножниц по назначению. Лезвия изготовлены из прочной нержавеющей стали, что обеспечивает максимально долгий срок службы и аккуратное разрезание разных видов материалов. Предназначены для правшей.</t>
   </si>
   <si>
     <t>683352</t>
   </si>
   <si>
     <t>&lt;a href="/brands/junlandija/"&gt;ЮНЛАНДИЯ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cfd/s1oke7vsrl4mcakx5ibni6kq9vpangd9.jpg</t>
   </si>
   <si>
     <t>Ножницы ЮНЛАНДИЯ, 135 мм, с футляром для лезвий, желто-голубые, блистер, 237110</t>
   </si>
   <si>
     <t>Ножницы ЮНЛАНДИЯ разработаны специально для детского творчества. Техника работы этим инструментом требует координации обеих рук, так как они одновременно выполняют разные движения. Это положительно влияет на развитие мелкой моторики и образного мышления. Ножницы ЮНЛАНДИЯ с эргономичными ручками помогают уменьшить нагрузку на руку ребенка при интенсивной и продолжительной работе, а футляр предотвращает загрязнение лезвий и повреждение рук при неаккуратном обращении с ножницами.Ребенок без труда сможет пользоваться такими ножницами, так как их длина - 135 мм. Закругленные концы гарантируют безопасность при использовании ножниц по назначению. Лезвия изготовлены из прочной нержавеющей стали, что обеспечивает максимально долгий срок службы и аккуратное разрезание разных видов материалов. Предназначены для правшей.</t>
   </si>
   <si>
     <t>683353</t>
@@ -516,53 +579,50 @@
     <t>&lt;a href="/brands/erich-krause/"&gt;Erich Krause&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f3d/hteu4qzvtlv63833tchaopl1r0gbcf7m.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы для левшей Erich Krause Joy, 13.5см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы с лезвиями из высококачественной нержавеющей стали с безопасными закругленными концами лезвий и линейкой, обеспечивающей точность резки. Не ржавеют. Ручки классической формы изготовлены из ударопрочного пластика. Модель предусмотрена для левшей. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>697479</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/494/evfcogx21q0mlkbw3bngs9t05fb7vczs.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Erich Krause Joy Ergo, 14см  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>Ножницы с лезвиями из высококачественной нержавеющей стали с безопасными закругленными концами лезвий и линейкой, обеспечивающей точность резки. Не ржавеют. Ручки эргономичной формы из ударопрочного пластика.</t>
   </si>
   <si>
     <t>697480</t>
-  </si>
-[...1 lines deleted...]
-    <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/828/z7l221y6kh5dt3y2r8qy5oob50zfqhd5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Erich Krause Control Junior, 15.5см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы с лезвиями из высококачественной нержавеющей стали с безопасными закругленными концами лезвий. Не ржавеют. Ручки эргономичной формы из ударопрочного пластика. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>697481</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6f7/j6s0xwjycwpxsrt6h6cs2f8kos6t753e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Erich Krause Junior Decor Magnolia с принтом на лезвиях, 13см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы с принтом на лезвиях из высококачественной нержавеющей стали с безопасными закругленными концами. Ручки классической формы изготовлены из ударопрочного пластика.</t>
   </si>
   <si>
     <t>697482</t>
   </si>
@@ -791,108 +851,72 @@
   <si>
     <t>706053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d4/tsub1gl40h3howu12wewz5ra0jyxubub.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Kores ABC,120мм,с пластиковыми ручками,тупоконечные, ассорти</t>
   </si>
   <si>
     <t>716637</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91d/eas6gsria8e0sldepv6bl665vte0ynk5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Artberry  Ergo, 15см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы Artberry Ergo, 15см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>717713</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4f8/948xm335qcz10oi9s1e6eiuqygypiex1.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/b64/dd2fvu6ocxm1nsbgfhj8jcs9oyi89r1e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Joy Ergo, 14см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы ErichKrause® Joy Ergo, 14см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771920</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56e/zjk5j1kg40i41i08eyn09decxowjhogt.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Joy, 13.5см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы ErichKrause® Joy, 13.5см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771921</t>
-  </si>
-[...22 lines deleted...]
-    <t>&lt;a href="/brands/smiles/"&gt;Smiles&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a62/21wcnce7ot84fayaakuugjqmsbxq8vl9.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ  quot;SPRINGCUT quot; 15 см.  с возвратным механизмом и окошком для подписи </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ &amp;quot;SPRINGCUT&amp;quot; 15 см. &amp;#40;с возвратным механизмом и окошком для подписи&amp;#41;</t>
   </si>
   <si>
     <t>815637</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/879/dsoo9jr1iq2nawcit5a5mcfglp38qy7p.jpeg</t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ  quot;JUICY CUT quot; 13 см</t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ &amp;quot;JUICY CUT&amp;quot; 13 см</t>
   </si>
@@ -1062,86 +1086,122 @@
   <si>
     <t>http://anytos.ru//upload/iblock/554/4nsdgwduxrk7ypfct3zfpuq7ce2cp4r1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Junior, 13см  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>Ножницы с лезвиями из высококачественной нержавеющей стали с безопасными закругленными концами лезвий. Не ржавеют. Ручки классической формы изготовлены из ударопрочного пластика. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>939616</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a83/ztadz53v09fyfl2ap36m55yraz1zdby2.jpg</t>
   </si>
   <si>
     <t>Ножницы детские пластиковые Мульти-Пульти  quot;Приключения Енота quot; 12см, синий, трай-ми кард с европодвесом</t>
   </si>
   <si>
     <t>Ножницы для детского творчества «Мульти-Пульти» выполнены из высококачественного пластика. Предназначены для резания бумаги и картона. Не режут волосы! Компактный размер 12 см легко помещается в пенале. Веселый и яркий дизайн ножниц превратит процесс вырезания в увлекательную игру! Ножницы упакованы в картонный трай-ми кард с европодвесом. Товар сертифицирован для детей от 3 лет.</t>
   </si>
   <si>
     <t>948689</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cb9/saa4o9n67oq6qsq9gdmfkhyy395txmxr.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause  Junior Decor Color Bricks с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Ножницы с принтом на лезвиях из высококачественной нержавеющей стали с безопасными закругленными концами. Ручки классической формы с противоскользящими резиновыми вставками изготовлены из ударопрочного пластика.</t>
+  </si>
+  <si>
+    <t>949520</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/3bd/y16k9kt1tzgfgtkpvazfm8fwbh9z53yy.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Deli E6068 Neon 135мм сталь ассорти</t>
   </si>
   <si>
     <t>951322</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9d2/k1j0jln0nc1kviinox2hq1sxl7dszo4h.jpg</t>
-[...8 lines deleted...]
-    <t>960753</t>
+    <t>http://anytos.ru//upload/iblock/053/or77bwxfyr4p9fgo9ovfwuaea78b9u4c.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED  quot;Essentials quot;, 130 мм, закругленные лезвия, ассорти, 464210</t>
+  </si>
+  <si>
+    <t>Канцелярские ножницы MAPED для использования в школе и дома. Подходят для детей от 4-х лет. Привлекательный дизайн с яркими ручками и узором на лезвии. Цвет ручек - ассорти: голубой, салатовый, розовый. Прочная нержавеющая сталь. Кольца из ударостойкого пластика. Металлическая заклёпка. Закруглённые концы лезвий для повышенной безопасности. Хорошо режут все виды бумаг.</t>
+  </si>
+  <si>
+    <t>953811</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6e/crcuhwknn3jblk0bxj53r6v7004ep7qo.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы для левшей ErichKrause JOY   Pastel, 13.5см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы для левшей ErichKrause JOY ® Pastel, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>960755</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/27c/7pfk7a9cr1alo3ya36ocq254x9asc31m.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot;, 16см, синие, автосмыкание, европодвес</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти &amp;quot;Приключения Енота&amp;quot;, 16см, синие, автосмыкание, европодвес</t>
+  </si>
+  <si>
+    <t>967801</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/69c/vncrvsv9l1cmsg6xrs912ec4wxvnsiot.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Чебурашка quot;, 13,8см, трай-ми кард, европодвес</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти &amp;quot;Чебурашка&amp;quot;, 13,8см, трай-ми кард, европодвес</t>
+  </si>
+  <si>
+    <t>967802</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/d5e/d9c86qggojwi7juogh2sylgwvehi4qay.jpg</t>
   </si>
   <si>
     <t>Ножницы детские пластиковые Мульти-Пульти  quot;Приключения Енота, Крокодил quot; 12см, зеленый, трай-ми кард с европодвесом</t>
   </si>
   <si>
     <t>Ножницы детские пластиковые Мульти-Пульти &amp;quot;Приключения Енота, Крокодил&amp;quot; 12см, зеленый, трай-ми кард с европодвесом</t>
   </si>
   <si>
     <t>967803</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3dd/7ytv700ttox0a38z6vuiam1wdpntw46y.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Erich Krause Приключения Пети и Волка, 16.5см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>978596</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ef0/c53ua104pz8equgg5oez25thpz86lk09.jpg</t>
   </si>
   <si>
     <t>978597</t>
@@ -1233,146 +1293,161 @@
   <si>
     <t>http://anytos.ru//upload/iblock/d4d/c6oxrcnlbvm8a6j2j9344c6waw3ga7gv.jpg</t>
   </si>
   <si>
     <t>Ножницы 130 мм, фигурные рукоятки с резиновыми вставками  quot;Белочка quot;, с чехлом, BRAUBERG KIDS, 238353</t>
   </si>
   <si>
     <t>Универсальные ножницы BRAUBERG KIDS &amp;quot;Белочка&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами в легкое и увлекательное занятие! Яркие детские ножницы с фигурными рукоятками с резиновыми вставками &amp;quot;Белочка&amp;quot; снабжены чехлом. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе.Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в блистере с европодвесом.</t>
   </si>
   <si>
     <t>996122</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d53/kh09iyi94x9j6ttjk2dt4kwmcwrl1mjy.jpg</t>
   </si>
   <si>
     <t>Ножницы 130 мм, фигурные рукоятки с резиновыми вставками  quot;Далматин quot;, с чехлом, BRAUBERG KIDS, 238352</t>
   </si>
   <si>
     <t>Универсальные ножницы BRAUBERG KIDS &amp;quot;Далматин&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами в легкое и увлекательное занятие! Яркие детские ножницы &amp;quot;Далматин&amp;quot; с фигурными рукоятками с резиновыми вставками снабжены чехлом. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе.Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в блистере с европодвесом.</t>
   </si>
   <si>
     <t>996123</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/09d/uz3p3iwf4idd91vdr9sc2n80jo4ik6k7.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 137 мм, резиновые рукоятки, пастельный мятный, чехол на лезвии, BRAUBERG KIDS, 238354</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;KIDS&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;KIDS&amp;quot; с резиновыми рукоятками пастельно-мятного цвета и чехлом. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Ручки из резины повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>996124</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/950/nqhtu76u8n20wb2mg9dgbabke9oy5y0t.jpg</t>
   </si>
   <si>
     <t>Ножницы MAPED ZENOA FIT 130 мм эргоном. ручки пластиковые с резин. вставками с принтом на лезвиях</t>
   </si>
   <si>
     <t>996263</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a25/v55zpz1pki2e1cd4g2203vds02tm0jyh.jpg</t>
   </si>
   <si>
     <t>Ножницы для левшей ErichKrause FunCut Space Animals, 12.5см, ассорти</t>
   </si>
   <si>
     <t>Ножницы для левшей ErichKrause FunCut Space Animals, 12.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>998076</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/4f1/qhewe2y3ynthnw0kh5mmestpngzt0kvq.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e8d/1bvyl4n1lcgd1xgj4wqgkn908fmlwc0r.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Junior Softy Jolly Friends, 13см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>999176</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33c/2ebml1b4v0lko2u02ezn9tfb6c9hyfe8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Juinior Decor Happy Capy с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
   </si>
   <si>
-    <t>Ножницы с принтом на лезвиях из высококачественной нержавеющей стали с безопасными закругленными концами. Ручки классической формы с противоскользящими резиновыми вставками изготовлены из ударопрочного пластика.</t>
-[...1 lines deleted...]
-  <si>
     <t>999177</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8e/dq1h05lbiva9a8ea0fcpsy20hmblmdqo.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause JOY   quot;Ну, Погоди  Каникулы quot;, 13.5см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы ErichKrause JOY® &amp;quot;Ну, Погоди! Каникулы&amp;quot;, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1004971</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9eb/j6sy02iehjjq2vadx8lwiiny4ishs1ef.jpg</t>
-[...8 lines deleted...]
-    <t>1004972</t>
+    <t>http://anytos.ru//upload/iblock/ba3/ifzpbrjtwupeqc9tkd56dq615765idrw.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Каляка-Маляка безопасные 125 мм ручки пластиковые оранж.</t>
+  </si>
+  <si>
+    <t>1007127</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e02/qti2r2p7pvrh4qc3v2sjady3w83lhfzo.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Каляка-Маляка безопасные 135 мм ручки пластиковые желт. , лезвия металл пластик</t>
+  </si>
+  <si>
+    <t>Ножницы детские Каляка-Маляка безопасные 135 мм ручки пластиковые желт. , лезвия металл&amp;#43;пластик</t>
+  </si>
+  <si>
+    <t>1007128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b0/um7s16ujqodggiuz2eb4wfyma20ozvjq.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat безопасные 130 мм ручки пластиковые ассорти</t>
   </si>
   <si>
     <t>1007129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/275/navpyu6qipep743o9j4l12dpgzay14zy.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat безопасные 135 мм ручки пластиковые</t>
   </si>
   <si>
     <t>1007130</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/9f5/qamcg6ie6x5iwf2uisall77nqm1fak21.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы школьные Schoolformat безопасные 140 мм эргоном. ручки пластиковые салат.</t>
+  </si>
+  <si>
+    <t>1007131</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/18e/c9ls3gf5ienr37xtz7racm0vzmee1s77.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat безопасные 145 мм эргоном. ручки пластиковые с резин. вставками голуб., фиолетов.</t>
   </si>
   <si>
     <t>1007132</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/842/x1ubuwoe370q0uwjzbzc0usbtoy9e9xl.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat ПРИНЦЕССА безопасные 130 мм ручки пластиковые с резин. вставками роз. с принтом на лезвиях</t>
   </si>
   <si>
     <t>1007133</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/b5a/peyi30yr8an9xvfpu544sf1iipxtlr9e.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;FUNCUT. Кошка quot; 13,5 см.  безопасные лезвия, возвратный механизм </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;FUNCUT. Кошка&amp;quot; 13,5 см. &amp;#40;безопасные лезвия, возвратный механизм&amp;#41;</t>
@@ -1383,62 +1458,50 @@
   <si>
     <t>http://anytos.ru//upload/iblock/7be/1d39gv3bda97skgez8j58n1fv98ax2kt.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;FUNCUT. Машина quot; 13,5 см.  безопасные лезвия, возвратный механизм </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;FUNCUT. Машина&amp;quot; 13,5 см. &amp;#40;безопасные лезвия, возвратный механизм&amp;#41;</t>
   </si>
   <si>
     <t>1007815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91f/yweb3cdulzn66fsg3lq0m33szmdmdl1x.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;KAWAII ANIMALS quot; 14.2 см.  эргономичные ручки </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;KAWAII ANIMALS&amp;quot; 14.2 см. &amp;#40;эргономичные ручки&amp;#41;</t>
   </si>
   <si>
     <t>1007816</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/9db/409ke9txu7qscsmigxri1vbibyzahsfy.jpeg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/469/k24bl73hltkjj1zhfhxxp6ff6jcleak9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Big City Cats, 16.5см, черный  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы ErichKrause Big City Cats, 16.5см, черный &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1011032</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/411/brji4587ycs3fpqms5kdd1dx53tbgohw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause JOY  Magic Pet, 13.5см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы ErichKrause JOY® Magic Pet, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1011033</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2c2/bhbgv37zf46dd023tb2j2baxxay01d3l.jpg</t>
@@ -1525,50 +1588,110 @@
     <t>1011040</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e01/093rl9m9o0t9793vsynwpcngunkwl77q.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Sea Friends, Dolphin, Clownfish, Piranha, 13.5, 14.5 см, ассорти  в дисплее по 24 штуки </t>
   </si>
   <si>
     <t>Ножницы ErichKrause Sea Friends, Dolphin, Clownfish, Piranha, 13.5, 14.5 см, ассорти &amp;#40;в дисплее по 24 штуки&amp;#41;</t>
   </si>
   <si>
     <t>1011041</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8e7/ox0ezzsb43rd5jx4krlgx6zwtudebspy.jpg</t>
   </si>
   <si>
     <t>Ножницы 13см, детские, закругленные лезвия, цвет ручек салатовый</t>
   </si>
   <si>
     <t>Ножницы 13см детские, пластиковые ручки. Цвет ручек: салатовый. Длина лезвия 7см. Размер упаковки &amp;#40;картонный блистер с европодвесом&amp;#41;: 16*7,5 см. Шоубокс 12 шт -16*9*9 см.</t>
   </si>
   <si>
     <t>1011159</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/02c/taktaawwf5ek2pq9j2lyxt6omonfadvi.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause  Junior Decor Cute Dog с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>1012693</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/150/0b1pklicv7z9pim3zpytpflr219xj4ng.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы FUNSTER  ФАНСТЕР  130 мм, фигурные ручки ЛЕДЕНЦЫ из ABS пластика, в дисплее, 238853</t>
+  </si>
+  <si>
+    <t>Ножницы FUNSTER с симметричными ручками-леденцами разработаны специально для детского творчества. Ребенок без труда сможет пользоваться такими ножницами, так как их длина 130 мм. Закругленные концы гарантируют безопасность при использовании ножниц по назначению. Лезвия изготовлены из прочной нержавеющей стали, что обеспечивает максимально долгий срок службы и аккуратное разрезание разных видов материалов. Предназначены для правшей. 3 цвета ассорти: лавандовый, персиковый, мятный.</t>
+  </si>
+  <si>
+    <t>1014751</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/funster/"&gt;FUNSTER&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/22d/7vuock3lbnsq6q7tr3v9jjqc87vkxarm.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED  Франция   quot;Essentials Soft quot;, 130 мм, закругленные, цвет ассорти, 464411</t>
+  </si>
+  <si>
+    <t>Канцелярские ножницы MAPED для использования в школе и дома. Подходят для детей от 4 лет. Привлекательный дизайн с яркими ручками и узором на лезвии. Цвет ручек – сине-голубой, сиренево-малиновый, красно-черный. Высококачественная нержавеющая сталь. Эргономичные кольца с прорезиненным пластиком в зоне давления. Металлическая заклёпка. Закруглённые концы лезвий для повышенной безопасности. Хорошо режут все виды бумаг.</t>
+  </si>
+  <si>
+    <t>1014752</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/7e6/eu7e6k9q8e3uawgxev7r6a4p8cf32b5d.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED  Франция   quot;Security 3D quot;, 130 мм, с блокировкой лезвий, цвет ассорти, блистер, 473110</t>
+  </si>
+  <si>
+    <t>Школьные ножницы MAPED &amp;quot;Security 3D&amp;quot; оснащены уникальной системой блокировки лезвий для повышения безопасности - для использования достаточно нажать жёлтую кнопку с замочком для снятия блокировки. Подойдут для детей от 4-х лет. Сделаны из высококачественной нержавеющей стали, снабжены металлической заклёпкой. Закруглённые концы лезвий. Эргономичные 3D-кольца из ударостойкого пластика. Хорошо режут все виды бумаг. Цвет ручек - ассорти: голубой, салатовый, розовый &amp;#40;без возможности выбора&amp;#41;. Длина - 130 мм.</t>
+  </si>
+  <si>
+    <t>1014753</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9be/vuhkcysqq29nba2sxtmd81ix9nspjsw1.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED  Франция   quot;Zenoa Fit quot;, 130 мм, прорезинные ручки, с цветной печатью, ассорти, 670110</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED &amp;quot;Zenoa Fit&amp;quot; с цветной печатью на лезвиях. Ручки асимметричной формы с мягкими вставками обеспечивают комфортное использование. Эксклюзивный дизайн. Высокое качество разрезов благодаря прочным лезвиям из нержавеющей стали и металлической заклёпке. Закруглённые концы лезвий для повышенной безопасности. Асимметричные кольца с прорезиненной зоной захвата и системой &amp;quot;антишок&amp;quot; для максимального комфорта. Стойкий рисунок не стирается со временем и сохраняет яркость цвета. Цвет – белый с декором-ассорти: синий, оранжевый, сиреневый. Длина – 13 см.</t>
+  </si>
+  <si>
+    <t>1014754</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1895,57 +2018,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J129"/>
+  <dimension ref="A1:J140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G129" sqref="G129"/>
+      <selection pane="bottomRight" activeCell="G140" sqref="G140"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
@@ -1976,2871 +2099,3120 @@
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="C5" s="1"/>
+      <c r="D5" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="F7" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G7" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="F8" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="G8" s="3" t="s">
         <v>33</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="3" t="s">
+      <c r="F9" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="F9" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A12" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A13" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>55</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A14" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="3" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A15" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E15" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F15" s="3" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A16" s="1" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="C16" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G16" s="3" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A17" s="1" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F17" s="3" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="F18" s="3" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F19" s="3" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>47</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>79</v>
+        <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>87</v>
+        <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C22" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>90</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F22" s="3" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B23" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="D23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3" t="s">
+      <c r="F23" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="F23" s="3" t="s">
+      <c r="G23" s="3" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E24" s="3" t="s">
         <v>100</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>104</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
         <v>105</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>108</v>
       </c>
       <c r="F26" s="3" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G27" s="3" t="s">
         <v>109</v>
-      </c>
-[...16 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>96</v>
+        <v>118</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G30" s="3" t="s">
-        <v>128</v>
+        <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C31" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="C31" s="1" t="s">
+      <c r="D31" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="3" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="D32" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="D32" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F32" s="3" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B33" s="1" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>139</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>140</v>
+        <v>123</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C34" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="B34" s="1" t="s">
+      <c r="D34" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E34" s="3" t="s">
+      <c r="F34" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="F34" s="3" t="s">
+      <c r="G34" s="3" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
         <v>146</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>147</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="3" t="s">
         <v>149</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>150</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>21</v>
+        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>150</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F37" s="3" t="s">
-        <v>159</v>
+        <v>64</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="D38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="3" t="s">
+      <c r="F38" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" s="3" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C39" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="D39" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F39" s="3" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="F40" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G40" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F41" s="3" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="3" t="s">
+      <c r="F42" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F43" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>187</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="D44" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>191</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="D45" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="D46" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46" s="3" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="3" t="s">
+      <c r="F47" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="F47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>213</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>216</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>217</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
         <v>218</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>220</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>221</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
         <v>222</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>207</v>
+        <v>227</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>207</v>
+        <v>231</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>240</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>247</v>
+        <v>227</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>248</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>249</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>250</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>14</v>
+        <v>201</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>21</v>
+        <v>201</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>159</v>
+        <v>201</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>159</v>
+        <v>201</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>159</v>
+        <v>201</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>271</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>272</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>159</v>
+        <v>32</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>273</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>277</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>279</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>280</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>281</v>
+        <v>180</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="B69" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="C69" s="1" t="s">
         <v>283</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="D69" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="3" t="s">
-        <v>141</v>
+        <v>180</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B70" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="C70" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C70" s="1" t="s">
+      <c r="D70" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="3" t="s">
+      <c r="F70" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="F70" s="3" t="s">
-        <v>141</v>
+      <c r="G70" s="3" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>293</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>301</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>303</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>305</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>312</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>317</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>318</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>319</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>320</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>321</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>322</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>323</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>324</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>325</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>326</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>327</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>328</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>329</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>330</v>
+        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="B82" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="1" t="s">
-        <v>284</v>
+        <v>332</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>141</v>
+        <v>289</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>299</v>
+        <v>335</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>300</v>
+        <v>336</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>141</v>
+        <v>47</v>
+      </c>
+      <c r="G83" s="3" t="s">
+        <v>338</v>
       </c>
     </row>
     <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
     </row>
     <row r="86" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>340</v>
+        <v>311</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>341</v>
+        <v>312</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="87" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>344</v>
+        <v>319</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>345</v>
+        <v>320</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>346</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="88" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>347</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>348</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>350</v>
+        <v>180</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>351</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>352</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>353</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>354</v>
       </c>
       <c r="F89" s="3" t="s">
-        <v>159</v>
+        <v>64</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>355</v>
       </c>
       <c r="B90" s="1" t="s">
         <v>356</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>357</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>358</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>359</v>
       </c>
       <c r="B91" s="1" t="s">
         <v>360</v>
       </c>
       <c r="C91" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="D91" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E91" s="3" t="s">
+      <c r="F91" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="F91" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G91" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>363</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>364</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>171</v>
+        <v>365</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>159</v>
+        <v>144</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
     </row>
     <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>171</v>
+        <v>369</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>171</v>
+        <v>373</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="F94" s="3" t="s">
-        <v>159</v>
+        <v>64</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>168</v>
+        <v>33</v>
       </c>
     </row>
     <row r="95" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>341</v>
+        <v>377</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="F95" s="3" t="s">
-        <v>159</v>
+        <v>64</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
     </row>
     <row r="96" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>341</v>
+        <v>381</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="F96" s="3" t="s">
-        <v>159</v>
+        <v>64</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>379</v>
+        <v>191</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>383</v>
+        <v>191</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>383</v>
+        <v>191</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="F99" s="3" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>168</v>
+        <v>15</v>
       </c>
     </row>
     <row r="100" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>390</v>
+        <v>349</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="F100" s="3" t="s">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>394</v>
+        <v>349</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F101" s="3" t="s">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F102" s="3" t="s">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
     </row>
     <row r="103" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F103" s="3" t="s">
-        <v>96</v>
+        <v>171</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F104" s="3" t="s">
-        <v>121</v>
+        <v>171</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>159</v>
+        <v>123</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>159</v>
+        <v>123</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="107" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>341</v>
+        <v>418</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>159</v>
+        <v>123</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
     </row>
     <row r="108" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>159</v>
+        <v>123</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
     </row>
     <row r="109" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>159</v>
+        <v>123</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
     </row>
     <row r="110" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F110" s="3" t="s">
-        <v>159</v>
+        <v>144</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="111" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F111" s="3" t="s">
-        <v>145</v>
+        <v>180</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="112" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>434</v>
+        <v>349</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E112" s="3" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="F112" s="3" t="s">
-        <v>145</v>
+        <v>180</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>437</v>
+        <v>357</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E113" s="3" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F113" s="3" t="s">
-        <v>145</v>
+        <v>180</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="F114" s="3" t="s">
-        <v>145</v>
+        <v>180</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F115" s="3" t="s">
-        <v>281</v>
+        <v>14</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="116" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F116" s="3" t="s">
-        <v>281</v>
+        <v>14</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="117" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F117" s="3" t="s">
-        <v>281</v>
+        <v>27</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="118" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>456</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>457</v>
       </c>
       <c r="F118" s="3" t="s">
-        <v>281</v>
+        <v>27</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="119" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
         <v>458</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>459</v>
       </c>
       <c r="C119" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="D119" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F119" s="3" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="120" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B120" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="C120" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="C120" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F120" s="3" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="121" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="B121" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F121" s="3" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
     </row>
     <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="B122" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F122" s="3" t="s">
-        <v>159</v>
+        <v>289</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="B123" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F123" s="3" t="s">
-        <v>159</v>
+        <v>289</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="B124" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F124" s="3" t="s">
-        <v>159</v>
+        <v>289</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="B125" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F125" s="3" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="B126" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F126" s="3" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="B127" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F127" s="3" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B128" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F128" s="3" t="s">
-        <v>159</v>
+        <v>180</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>168</v>
+        <v>22</v>
       </c>
     </row>
     <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="B129" s="1" t="s">
+      <c r="F129" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A130" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="C129" s="1" t="s">
+      <c r="B130" s="1" t="s">
         <v>500</v>
       </c>
-      <c r="D129" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E129" s="3" t="s">
+      <c r="C130" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="F129" s="3" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="D130" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="F130" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E131" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="F131" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E132" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F132" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E133" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="F133" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E134" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="F134" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E135" s="3" t="s">
+        <v>522</v>
+      </c>
+      <c r="F135" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="F136" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E137" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="F137" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E138" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="F138" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="F139" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E140" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="F140" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">