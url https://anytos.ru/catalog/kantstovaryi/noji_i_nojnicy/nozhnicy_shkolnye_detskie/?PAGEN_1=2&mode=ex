--- v1 (2025-11-20)
+++ v2 (2026-01-07)
@@ -12,64 +12,73 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="543">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="605">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
+    <t>Премиум красная</t>
+  </si>
+  <si>
+    <t>Премиум желтая</t>
+  </si>
+  <si>
+    <t>Премиум зеленая</t>
+  </si>
+  <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
     <t>от 5 000 ₽</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Торговая марка</t>
   </si>
   <si>
     <t>Минимальный опт</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4a0/nqrywopd4939higt0pjwacrelcoua5s9.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Каляка-Маляка безопасные 90 мм, пластик с метал.лезвиями, европодвес 3   НБКМ90</t>
   </si>
   <si>
     <t>Ножницы детские Каляка-Маляка безопасные 90 мм, пластик с метал.лезвиями, европодвес 3&amp;#43;</t>
   </si>
   <si>
     <t>Ножницы школьные детские</t>
@@ -83,65 +92,74 @@
   <si>
     <t>24</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0d0/9dezdsfqic8jzi4ttw3eqwux54cv14pd.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Каляка-Маляка 11,50 см классич. 3 : НККМ115 штр.: 4602723006923</t>
   </si>
   <si>
     <t>110155</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/230/e0haah4dktwrt0xweig6qd3gqjva5s7p.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Каляка-Маляка д творчества 13,50 см ЗИГ-ЗАГ, европодвес, 3 : НЗКМ135 штр.: 4602723006947</t>
   </si>
   <si>
     <t>110156</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/76f/3r71xyh0uzedlzykfagulu0bc8ni0jr4.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские ЛИНЕЙКА 13,50 см: НДЛИН штр.: 4602723024439</t>
+  </si>
+  <si>
+    <t>110158</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/f83/nbpuzymqqeb50sybn9qyckmi7ic72nc0.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные МАШИНЫ с принтом на лезвиях: НШ-МШ штр.: 4602723057956</t>
   </si>
   <si>
     <t>Серия «Машины» разработана специально для юных гонщиков. Мальчикам, мечтающим о машинах и скорости, безусловно, понравятся ножницы, безопасные лезвия которых с внешней стороны украшены современными машинами.-Закругленные концы лезвий-Длина ножниц 13 см-Нержавеющая сталь</t>
   </si>
   <si>
     <t>110175</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/schoolformat/"&gt;Schoolformat&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/be5/be5a9d87457c7506175c343a3a165d17/fe354937dad4925c58e02f993ffe7c59.jpg</t>
   </si>
   <si>
     <t>Ножницы 130мм с пласт.прорезин.анатом.ручками Kores Softgrip  35130 штр.  9023800351302</t>
   </si>
   <si>
     <t>Лезвия ножниц Kores Softgrip изготовлены из нержавеющей стали, закруглены. Эргономичные ручки удобны для использования детьми от четырех лет. Ножницы рекомендованы для работы дома и в школе. Кольца разной формы и размера, без фиксатора. Длина ножниц - 13 см.</t>
   </si>
   <si>
     <t>254995</t>
   </si>
   <si>
     <t>&lt;a href="/brands/kores/"&gt;KORES&lt;/a&gt;</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e12/e1206d467fc7f64ce3a58d3f62e3666f/ca8705c5b6f1ca18fe9f2ea4e7a8d31a.jpg</t>
   </si>
   <si>
     <t>Ножницы 130мм с пласт.прорезинен.анатомич. ручками Attache  04105311 штр.  4690432008796, 6953070937544, 6953070937551, 6953070937568</t>
   </si>
   <si>
     <t>Лезвия ножниц Attache выполнены из нержавеющей стали, закруглены. Прорезиненные ручки анатомической формы предотвращают скольжение пальцев. Элемент крепления обеспечивает плавную и мягкую работу лезвий. Длина ножниц - 13 см. Кольца разной формы и размера, без фиксатора.</t>
@@ -221,50 +239,59 @@
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,5см, в футляре, европодвес MS_11135</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом.</t>
   </si>
   <si>
     <t>338162</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0be/0bec7ee591b935ef3ba59da800c1240c.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,5см, с линейкой, европодвес MS_11137</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом.</t>
   </si>
   <si>
     <t>338163</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/2d0/2d010245d56a5eda55163501aa89986c.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 14см, европодвес MS_11139</t>
+  </si>
+  <si>
+    <t>338164</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/403/403fcd0689867704fb7767436e92e73e.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,2см, с усилителем, европодвес MS_16126</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы с усилителем изготовлены из высококачественного пластика. Есть слот для имени. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>348442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/715/7154d1b21e0c27aae2f3ed00410c876f.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13см, с рисунком на лезвиях, ассорти, европодвес MS_16026</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали с разноцветным принтом. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>348965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/fb21a38bfe598d4a2868ed29cd7454f3.jpg</t>
@@ -344,92 +371,92 @@
   <si>
     <t>http://anytos.ru//upload/iblock/4d3/4d3c2718885b8bb933bf6f6b2af68b2a.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 15см, ассорти, европодвес. MS_19421</t>
   </si>
   <si>
     <t>355136</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/714/7140a0fb4a3ee2d850b5527da2a69e99.jpg</t>
   </si>
   <si>
     <t>Ножницы для левшей Berlingo  quot;Left Hand quot;, 18см, эргономичные ручки, европодвес. DNs_18005</t>
   </si>
   <si>
     <t>Ножницы для левшей. Материал корпуса - высококачественная сталь. Пластиковые ручки. Длина ножниц - 18 см. Упаковка - блистер с европодвесом.</t>
   </si>
   <si>
     <t>368094</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/52b/52bbf995e9f175ddea8221c9088c2019.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/29e/uy0hmxsve6kqo792jh0ujlc30627k1es.jpg</t>
   </si>
   <si>
     <t>Ножницы детские  1School 11,5 см Шустрики, пластиковые ручки,</t>
   </si>
   <si>
     <t>Ножницы детские №1School 11,5 см Шустрики, пластиковые ручки,</t>
   </si>
   <si>
     <t>383446</t>
   </si>
   <si>
     <t>&lt;a href="/brands/1-school/"&gt;№1 School&lt;/a&gt;</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/1d6/nyypf6m7m2h3ycrmn5uv4t010g13ypb4.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Далматин quot;, ч рно-белые, 232276</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными далматинами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продается в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>389282</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/55a/tby1wq3jopnykwccf7hh88u8dh97xo20.jpg</t>
   </si>
   <si>
     <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Жирафы quot;, ж лтые, 232269</t>
   </si>
   <si>
     <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными жирафами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
   </si>
   <si>
     <t>389283</t>
   </si>
   <si>
-    <t>&lt;a href="/brands/brauberg-kids/"&gt;BRAUBERG KIDS&lt;/a&gt;</t>
-[...1 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/d1d/k46ocrbkfqhgtkrtnh63ljbr5qe6p3ai.jpg</t>
   </si>
   <si>
     <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Пингвины quot;, голубые, 232271</t>
   </si>
   <si>
     <t>Универсальные ножницы BRAUBERG для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kids&amp;quot; с цветными пингвинами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
   </si>
   <si>
     <t>389285</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ffc/24b4u3pbzxcpzvg8v45vna3ia1p0yp5s.jpg</t>
   </si>
   <si>
     <t>Ножницы BRAUBERG  quot;Kid Series quot;, 130 мм, с цветной печатью  quot;Поросята quot;, розовые, 232272</t>
   </si>
   <si>
     <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными поросятами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
   </si>
   <si>
     <t>389286</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/68f/nj25a8525k3yf3jb2mzc8hbw0qc1eui7.jpg</t>
@@ -494,50 +521,62 @@
   <si>
     <t>http://anytos.ru//upload/iblock/9ed/wyw2us16it7v8dh9220sgos210lignu4.jpg</t>
   </si>
   <si>
     <t>Ножницы ПИФАГОР, 135 мм, с линейкой, цвет ассорти, в картонной упаковке с европодвесом, 231163</t>
   </si>
   <si>
     <t>Универсальные ножницы ПИФАГОР с линейкой идеально подходят для детского творчества. Предназначены для быстрого и аккуратного разрезания разных видов материалов. Детские ножницы ПИФАГОР предназначены для правшей. Ребенок без труда сможет ими воспользоваться, так как их длина всего 135 мм. Линейка на лезвии поможет ребенку в его творческом процессе, а закругленные концы сделают эти ножницы безопасными в использовании &amp;#40;при условии использования по назначению&amp;#41;. Симметричные ручки из прочного качественного пластика и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в нескольких цветовых вариантах &amp;#40;без возможности выбора цвета&amp;#41; в картонной упаковке с европодвесом.</t>
   </si>
   <si>
     <t>389296</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fac/fac6377fb061e966fa6bbec2ec72f5a7/2979d3570ef0fb62f89aa6e831936631.jpg</t>
   </si>
   <si>
     <t>Ножницы детские для левшей Мульти-Пульти  quot;Приключения Енота quot; 12,5см, европодвес</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>559584</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/c61/c61b3991cff8f7cfb53e52a50ea21079/9d956cbe84c6560075dc24b553d8776a.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские пластиковые Мульти-Пульти  quot;Приключения Енота quot; 12,5см, ассорти, европодвес</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества выполнены из высококачественного пластика. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
+  </si>
+  <si>
+    <t>559585</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/c00/g19z5hm5oxcg1k6fbay1oysq99f9dezi.jpg</t>
   </si>
   <si>
     <t>Ножницы детские с принтом на лезвиях Каляка-Маляка 12,5 см резин. встав. европодвес</t>
   </si>
   <si>
     <t>632588</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aae/sdr5x1ek6e90b228bxj3chxc4yglhjqp.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat с возвратным механизмом 13 см</t>
   </si>
   <si>
     <t>632614</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e80/ksf4bjm4in52ntwmkosps77vyo5wv4t1.jpg</t>
   </si>
   <si>
     <t>Ножницы ЮНЛАНДИЯ, 135 мм, с линейкой и футляром для лезвий, салатовые, блистер, 237109</t>
@@ -630,62 +669,50 @@
     <t>http://anytos.ru//upload/iblock/20c/6320z44dcjam2h69prudj1e29va3vg6h.jpg</t>
   </si>
   <si>
     <t>Ножницы 13см  quot;Darvish quot; закругленные лезвия с возвратным механизмом европодвес</t>
   </si>
   <si>
     <t>Ножницы&amp;nbsp;&amp;nbsp; &amp;quot;Darvish&amp;quot; закругленные лезвия с возвратным механизмом&amp;nbsp;&amp;nbsp;европодвес</t>
   </si>
   <si>
     <t>706029</t>
   </si>
   <si>
     <t>&lt;a href="/brands/darvish/"&gt;Darvish&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/2f7/puk84fs3jgtjndxpd4jze40renf6rc1w.jpg</t>
   </si>
   <si>
     <t>Ножницы 9см  quot;Darvish quot; детские с колпачком</t>
   </si>
   <si>
     <t>Ножницы&amp;nbsp;&amp;nbsp;9см &amp;quot;Darvish&amp;quot; детские с колпачком</t>
   </si>
   <si>
     <t>706030</t>
-  </si>
-[...10 lines deleted...]
-    <t>706031</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3da/b30t0nxu09wb6vtg76lsalgf0zmf1os8.jpg</t>
   </si>
   <si>
     <t>Ножницы 12см  quot;Darvish quot; с европодвесом с пластик. колпачком</t>
   </si>
   <si>
     <t>Ножницы 12см &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;с пластик. колпачком . Европодвес.</t>
   </si>
   <si>
     <t>706032</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/10f/58nui8v91253nldf8rjeg8qa5lskbwpi.jpg</t>
   </si>
   <si>
     <t>Ножницы 12см  quot;Darvish quot; детские пластиковые</t>
   </si>
   <si>
     <t>Ножницы 12см &amp;quot;Darvish&amp;quot; детские пластиковые</t>
   </si>
   <si>
     <t>706033</t>
   </si>
@@ -706,63 +733,50 @@
     <t>http://anytos.ru//upload/iblock/064/bine0fvnsy0oh8zaa9gynsvjp0uhmuwk.jpg</t>
   </si>
   <si>
     <t>Ножницы 13,5см  quot;Darvish quot; с закругленными лезвиями с колпачком</t>
   </si>
   <si>
     <t>Ножницы 13,5см &amp;quot;Darvish&amp;quot;&amp;nbsp;&amp;nbsp;с закругленными лезвиями с колпачком&lt;br /&gt;
  Размер упаковки &amp;#40;блистер с европодвесом&amp;#41;: 18,7*8 см</t>
   </si>
   <si>
     <t>706036</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9db/tj432d3dyw84s80dc5ylkko5eveedcdy.jpg</t>
   </si>
   <si>
     <t>Ножницы 13см  quot;Darvish quot; закругленные цветные лезвия с европодвесом</t>
   </si>
   <si>
     <t>Ножницы 13см&amp;nbsp;&amp;nbsp;&amp;quot;Darvish&amp;quot; закругленные цветные лезвия с европодвесом</t>
   </si>
   <si>
     <t>706039</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/176/udm9pew2ro2dmqji5pkq5vlcfeagd86s.jpg</t>
-[...11 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/42a/iefy7hfqe582geli0t2m8sqdztgmkqh7.jpg</t>
   </si>
   <si>
     <t>Ножницы 13см  quot;Darvish quot; детские с колпачком</t>
   </si>
   <si>
     <t>Ножницы 13см &amp;quot;Darvish&amp;quot; детские с колпачком&lt;br /&gt;
  Размер упаковки &amp;#40;картонный блистер&amp;#41;: 7х14,5 см</t>
   </si>
   <si>
     <t>706041</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/6af/bgbbt9z4cd01k66a9q0o2s3nufjagjdi.jpg</t>
   </si>
   <si>
     <t>Ножницы 13см  quot;Darvish quot; закругленные лезвия с европодвесом</t>
   </si>
   <si>
     <t>Ножницы 13см &amp;quot;Darvish&amp;quot; закругленные лезвия с европодвесом</t>
   </si>
   <si>
     <t>706044</t>
   </si>
   <si>
@@ -851,74 +865,110 @@
   <si>
     <t>706053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d4/tsub1gl40h3howu12wewz5ra0jyxubub.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Kores ABC,120мм,с пластиковыми ручками,тупоконечные, ассорти</t>
   </si>
   <si>
     <t>716637</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91d/eas6gsria8e0sldepv6bl665vte0ynk5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Artberry  Ergo, 15см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы Artberry Ergo, 15см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>717713</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/4f8/948xm335qcz10oi9s1e6eiuqygypiex1.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause Standard,13.5см  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Ножницы Erich Krause Standard,13.5см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>717717</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b64/dd2fvu6ocxm1nsbgfhj8jcs9oyi89r1e.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Joy Ergo, 14см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы ErichKrause® Joy Ergo, 14см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771920</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56e/zjk5j1kg40i41i08eyn09decxowjhogt.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Joy, 13.5см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы ErichKrause® Joy, 13.5см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771921</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/ed3/kah4rv2gr6u7kssoghahbfpb1de5sqkx.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause  Joy, 13.5см  в тубусе по 24 шт. </t>
+  </si>
+  <si>
+    <t>Ножницы ErichKrause® Joy, 13.5см &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>771922</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3a9/sjvofzn9jbxjqtj1o3c50l8113ljhyci.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause  Junior, 13см  в блистере по 1 шт. </t>
+  </si>
+  <si>
+    <t>Ножницы Erich Krause® Junior, 13см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
+  </si>
+  <si>
+    <t>792126</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a62/21wcnce7ot84fayaakuugjqmsbxq8vl9.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ  quot;SPRINGCUT quot; 15 см.  с возвратным механизмом и окошком для подписи </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ &amp;quot;SPRINGCUT&amp;quot; 15 см. &amp;#40;с возвратным механизмом и окошком для подписи&amp;#41;</t>
   </si>
   <si>
     <t>815637</t>
   </si>
   <si>
     <t>&lt;a href="/brands/bruno-visconti/"&gt;Bruno Visconti&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/879/dsoo9jr1iq2nawcit5a5mcfglp38qy7p.jpeg</t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ  quot;JUICY CUT quot; 13 см</t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ &amp;quot;JUICY CUT&amp;quot; 13 см</t>
   </si>
   <si>
     <t>840584</t>
@@ -996,50 +1046,68 @@
     <t>840592</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/464/umpvs0ax7geu6f0u1pajsy3jmm6peg78.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;ERGOCUT quot; 13,5 см.  безопасные лезвия, возвратный механизм </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;ERGOCUT&amp;quot; 13,5 см. &amp;#40;безопасные лезвия, возвратный механизм&amp;#41;</t>
   </si>
   <si>
     <t>840593</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0cc/ecfgkp7jz0yx1ggb36n2oyhjtznhney6.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;SCHOOLCUT quot; 14.2 см.  эргономичные ручки </t>
   </si>
   <si>
     <t>Абсолютно удобные в эксплуатации ножницы благодаря мягким вставкам из термопластичной резины по внутреннему краю колец, их эргономичной форме и мягкому ходу лезвий, изготовленных из нержавеющей стали.</t>
   </si>
   <si>
     <t>840595</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/630/q75fkltilr2h1hz7ck4ugdmevp426ng8.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские MAPED KIDICUT безопасные 120 мм ручки пластиковые бело-бирюзовый с принтом на лезвиях</t>
+  </si>
+  <si>
+    <t>847225</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/582/0mnd3ry0a3xryc9axd0c13esujww2o1u.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские MAPED KOOPY безопасные 130 мм эргоном. ручки пластиковые черно-бел. лапы панды</t>
+  </si>
+  <si>
+    <t>847226</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0ef/loj0zwi5ap3a3dbmmzt1t2582olynpsm.jpg</t>
   </si>
   <si>
     <t>Ножницы MAPED SECURITY 3D 130 мм, ручки пластиковые</t>
   </si>
   <si>
     <t>Канцелярские ножницы с уникальной системой блокировки лезвий • Подходят для детей от 4-х лет • Высококачественная нержавеющая сталь • Металлическая заклёпка • Закруглённые концы лезвий • Система блокировки лезвий для дополнительной безопасности. Нажмите жёлтую кнопку с замочком для снятия блокировки • Эргономичные 3D-кольца из ударостойкого пластика `• Хорошо режут все виды бумаг • Цвет ручек -ассорти: голубой, салатовый, розовый • Длина 13 см.</t>
   </si>
   <si>
     <t>853139</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fce/t6ra6ezylsn5r7yw24spuhenw5w7bs4r.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;JUNIORCUT quot; 14 см.  особо прочные ручки </t>
   </si>
   <si>
     <t>На что мы делаем акцент при выборе детских ножниц? Безопасность, комфорт и плавный ход лезвий. В таком деле вашим помощником будут ножницы &amp;quot;JUNIORCUT&amp;quot;: закругленные концы лезвий, пластиковые рукоятки со вставками из мягкой термопластичной резины гарантируют безопасность и комфорт в работе с инструментом.&lt;br /&gt;
 Надежный элемент крепления лезвий обеспечивает плавность хода ножниц.</t>
   </si>
   <si>
     <t>855132</t>
@@ -1074,96 +1142,132 @@
   <si>
     <t>http://anytos.ru//upload/iblock/18a/goj19re1k5aixef0pnj6lkda5c05xl52.jpeg</t>
   </si>
   <si>
     <t>908934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d4/8fcdx2bqk5tavwgtiog3g4876y3ukb23.jpeg</t>
   </si>
   <si>
     <t>908935</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/554/4nsdgwduxrk7ypfct3zfpuq7ce2cp4r1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Junior, 13см  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>Ножницы с лезвиями из высококачественной нержавеющей стали с безопасными закругленными концами лезвий. Не ржавеют. Ручки классической формы изготовлены из ударопрочного пластика. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>939616</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/cd9/tzuzfsr6qmvye3vmvxmrjkcay191dkoi.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские MAPED COSMIC KIDS безопасные 130 мм эргоном. ручки пластиковые</t>
+  </si>
+  <si>
+    <t>Ножницы детские MAPED COSMIC KIDS безопасные 130 мм эргоном. ручки пластиковые с резин. вставками ассорти с принтом на лезвиях</t>
+  </si>
+  <si>
+    <t>947940</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/315/9px0avqnjcq8fuj05l7uu7wu4co6fve7.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13см, фигурные ручки  quot;Панда quot;, в футляре, блистер с европодвесом</t>
+  </si>
+  <si>
+    <t>Ножницы для детского творчества «Мульти-Пульти» выполнены из высококачественного пластика и нержавеющего металла. Предназначены для резания бумаги и картона. Закруглённые концы лезвий обеспечивают безопасное использование. В набор входит пластиковый футляр для лезвий. Компактный размер 13 см легко помещается в пенале. Ручки удобной формы изготовлены из высококачественного пластика с резиновыми вставками. Ножницы упакованы в блистер с европодвесом. Товар сертифицирован для детей от 3 лет.</t>
+  </si>
+  <si>
+    <t>948688</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/a83/ztadz53v09fyfl2ap36m55yraz1zdby2.jpg</t>
   </si>
   <si>
     <t>Ножницы детские пластиковые Мульти-Пульти  quot;Приключения Енота quot; 12см, синий, трай-ми кард с европодвесом</t>
   </si>
   <si>
     <t>Ножницы для детского творчества «Мульти-Пульти» выполнены из высококачественного пластика. Предназначены для резания бумаги и картона. Не режут волосы! Компактный размер 12 см легко помещается в пенале. Веселый и яркий дизайн ножниц превратит процесс вырезания в увлекательную игру! Ножницы упакованы в картонный трай-ми кард с европодвесом. Товар сертифицирован для детей от 3 лет.</t>
   </si>
   <si>
     <t>948689</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cb9/saa4o9n67oq6qsq9gdmfkhyy395txmxr.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Junior Decor Color Bricks с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы с принтом на лезвиях из высококачественной нержавеющей стали с безопасными закругленными концами. Ручки классической формы с противоскользящими резиновыми вставками изготовлены из ударопрочного пластика.</t>
   </si>
   <si>
     <t>949520</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3bd/y16k9kt1tzgfgtkpvazfm8fwbh9z53yy.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Deli E6068 Neon 135мм сталь ассорти</t>
   </si>
   <si>
     <t>951322</t>
   </si>
   <si>
     <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/053/or77bwxfyr4p9fgo9ovfwuaea78b9u4c.jpg</t>
-[...8 lines deleted...]
-    <t>953811</t>
+    <t>http://anytos.ru//upload/iblock/efe/6b99riky36ddxc2039bf5quqdz0b365h.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause JOY   Pastel, 13.5см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Ножницы ErichKrause JOY ® Pastel, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>960752</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efa/enwj5cfd5ccr4rxvex6dua9i4yp509nc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause Junior Protect, с пластиковым чехлом и именным стикером, 13см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Ножницы ErichKrause Junior Protect, с пластиковым чехлом и именным стикером, 13см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>960754</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e6e/crcuhwknn3jblk0bxj53r6v7004ep7qo.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы для левшей ErichKrause JOY   Pastel, 13.5см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы для левшей ErichKrause JOY ® Pastel, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>960755</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/27c/7pfk7a9cr1alo3ya36ocq254x9asc31m.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot;, 16см, синие, автосмыкание, европодвес</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти &amp;quot;Приключения Енота&amp;quot;, 16см, синие, автосмыкание, европодвес</t>
   </si>
   <si>
     <t>967801</t>
   </si>
@@ -1326,50 +1430,68 @@
   <si>
     <t>996124</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/950/nqhtu76u8n20wb2mg9dgbabke9oy5y0t.jpg</t>
   </si>
   <si>
     <t>Ножницы MAPED ZENOA FIT 130 мм эргоном. ручки пластиковые с резин. вставками с принтом на лезвиях</t>
   </si>
   <si>
     <t>996263</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a25/v55zpz1pki2e1cd4g2203vds02tm0jyh.jpg</t>
   </si>
   <si>
     <t>Ножницы для левшей ErichKrause FunCut Space Animals, 12.5см, ассорти</t>
   </si>
   <si>
     <t>Ножницы для левшей ErichKrause FunCut Space Animals, 12.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>998076</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/176/y8cgw9x6jdg7vxxnt1f42s3bi9fqlzsk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause Junior Decor Pointes, с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>999174</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/fcf/2oeca08ffjnqhm201e6ggo59agf3tprb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause Junior Decor Sport DNA, с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>999175</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/e8d/1bvyl4n1lcgd1xgj4wqgkn908fmlwc0r.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Junior Softy Jolly Friends, 13см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>999176</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33c/2ebml1b4v0lko2u02ezn9tfb6c9hyfe8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Juinior Decor Happy Capy с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>999177</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c8e/dq1h05lbiva9a8ea0fcpsy20hmblmdqo.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause JOY   quot;Ну, Погоди  Каникулы quot;, 13.5см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы ErichKrause JOY® &amp;quot;Ну, Погоди! Каникулы&amp;quot;, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
@@ -1422,50 +1544,62 @@
   <si>
     <t>Ножницы школьные Schoolformat безопасные 140 мм эргоном. ручки пластиковые салат.</t>
   </si>
   <si>
     <t>1007131</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/18e/c9ls3gf5ienr37xtz7racm0vzmee1s77.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat безопасные 145 мм эргоном. ручки пластиковые с резин. вставками голуб., фиолетов.</t>
   </si>
   <si>
     <t>1007132</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/842/x1ubuwoe370q0uwjzbzc0usbtoy9e9xl.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat ПРИНЦЕССА безопасные 130 мм ручки пластиковые с резин. вставками роз. с принтом на лезвиях</t>
   </si>
   <si>
     <t>1007133</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/efa/qzqc8nf518f7gl8tz5gmgaygqoac8g1s.jpeg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;EASYCUT JUNIOR quot; 14 см. особо прочные ручки </t>
+  </si>
+  <si>
+    <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;EASYCUT JUNIOR&amp;quot; 14 см.&amp;#40;особо прочные ручки&amp;#41;</t>
+  </si>
+  <si>
+    <t>1007813</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/b5a/peyi30yr8an9xvfpu544sf1iipxtlr9e.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;FUNCUT. Кошка quot; 13,5 см.  безопасные лезвия, возвратный механизм </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;FUNCUT. Кошка&amp;quot; 13,5 см. &amp;#40;безопасные лезвия, возвратный механизм&amp;#41;</t>
   </si>
   <si>
     <t>1007814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7be/1d39gv3bda97skgez8j58n1fv98ax2kt.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;FUNCUT. Машина quot; 13,5 см.  безопасные лезвия, возвратный механизм </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;FUNCUT. Машина&amp;quot; 13,5 см. &amp;#40;безопасные лезвия, возвратный механизм&amp;#41;</t>
   </si>
   <si>
     <t>1007815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91f/yweb3cdulzn66fsg3lq0m33szmdmdl1x.jpeg</t>
@@ -1648,50 +1782,101 @@
     <t>1014752</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7e6/eu7e6k9q8e3uawgxev7r6a4p8cf32b5d.jpg</t>
   </si>
   <si>
     <t>Ножницы MAPED  Франция   quot;Security 3D quot;, 130 мм, с блокировкой лезвий, цвет ассорти, блистер, 473110</t>
   </si>
   <si>
     <t>Школьные ножницы MAPED &amp;quot;Security 3D&amp;quot; оснащены уникальной системой блокировки лезвий для повышения безопасности - для использования достаточно нажать жёлтую кнопку с замочком для снятия блокировки. Подойдут для детей от 4-х лет. Сделаны из высококачественной нержавеющей стали, снабжены металлической заклёпкой. Закруглённые концы лезвий. Эргономичные 3D-кольца из ударостойкого пластика. Хорошо режут все виды бумаг. Цвет ручек - ассорти: голубой, салатовый, розовый &amp;#40;без возможности выбора&amp;#41;. Длина - 130 мм.</t>
   </si>
   <si>
     <t>1014753</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9be/vuhkcysqq29nba2sxtmd81ix9nspjsw1.jpg</t>
   </si>
   <si>
     <t>Ножницы MAPED  Франция   quot;Zenoa Fit quot;, 130 мм, прорезинные ручки, с цветной печатью, ассорти, 670110</t>
   </si>
   <si>
     <t>Ножницы MAPED &amp;quot;Zenoa Fit&amp;quot; с цветной печатью на лезвиях. Ручки асимметричной формы с мягкими вставками обеспечивают комфортное использование. Эксклюзивный дизайн. Высокое качество разрезов благодаря прочным лезвиям из нержавеющей стали и металлической заклёпке. Закруглённые концы лезвий для повышенной безопасности. Асимметричные кольца с прорезиненной зоной захвата и системой &amp;quot;антишок&amp;quot; для максимального комфорта. Стойкий рисунок не стирается со временем и сохраняет яркость цвета. Цвет – белый с декором-ассорти: синий, оранжевый, сиреневый. Длина – 13 см.</t>
   </si>
   <si>
     <t>1014754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e86/5iiab9khmoi422oeybbn4f4m1aqwlcc5.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause Sea Friends Devilfish less effort, 14.5 см  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Ножницы ErichKrause Sea Friends Devilfish less effort, 14.5 см &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>1016907</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dcd/33oal640znj9300f5hn6nrdzr0qrnxsr.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, коричневые, с цветной печатью  quot;Милые котики quot;, BRAUBERG CUTE CATS, 238957</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;CUTE CATS&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;CUTE CATS&amp;quot; с рисунком на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина составляет всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1017434</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/brauberg/"&gt;BRAUBERG&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/6af/v973rm19vxmbpw2drugk54qlnoy6jzif.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, мятные, с цветной печатью  quot;Аниме quot;, BRAUBERG ANIME, 238956</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;ANIME&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;ANIME&amp;quot; с рисунком на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина составляет всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1017435</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/bb9/ashp7cox4s6ma2muub7xmzmo3jz39b14.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, сиреневые, с цветной печатью  quot;Милые монстры quot;, BRAUBERG CUTE MONSTERS, 238958</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;CUTE MONSTERS&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;CUTE MONSTERS&amp;quot; с рисунком на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина составляет всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>1017436</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -2018,3201 +2203,3579 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J140"/>
+  <dimension ref="A1:M156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G140" sqref="G140"/>
+      <selection pane="bottomRight" activeCell="G156" sqref="G156"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="3" spans="1:10" customHeight="1" ht="18" s="2" customFormat="1">
+    <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="I3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="4" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="K3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A4" s="1" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="G5" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="F5" s="3" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="6" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A6" s="1" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F6" s="3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C7" s="1"/>
       <c r="D7" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E7" s="3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F7" s="3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A8" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G8" s="3" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A13" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A15" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A19" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A20" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A22" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G22" s="3" t="s">
         <v>39</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...68 lines deleted...]
-      <c r="B13" s="1" t="s">
+    </row>
+    <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A23" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F23" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...240 lines deleted...]
-      </c>
       <c r="G23" s="3" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C24" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="D24" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="3" t="s">
+      <c r="F24" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A25" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="F24" s="3" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="3" t="s">
+      <c r="B25" s="1" t="s">
         <v>101</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="F25" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="F25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25" s="3" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A27" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="F26" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D27" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
         <v>114</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>116</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F28" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G28" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="G28" s="3" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+    </row>
+    <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>120</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>122</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>123</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
         <v>124</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>126</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F30" s="3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F31" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G31" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="G34" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A35" s="1" t="s">
         <v>145</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B35" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="C35" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="C35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="D35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="3" t="s">
+      <c r="F35" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A36" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="F35" s="3" t="s">
+      <c r="B36" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="G35" s="3" t="s">
+      <c r="C36" s="1" t="s">
         <v>151</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="D36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="F36" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="G36" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="D36" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="3" t="s">
+    </row>
+    <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A37" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="F36" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="B37" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B37" s="1" t="s">
+      <c r="C37" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="C37" s="1" t="s">
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="D37" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="3" t="s">
+      <c r="F37" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="F37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>14</v>
+        <v>159</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F39" s="3" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>171</v>
+        <v>70</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>174</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E41" s="3" t="s">
         <v>175</v>
       </c>
       <c r="F41" s="3" t="s">
-        <v>171</v>
+        <v>17</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>178</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>179</v>
       </c>
       <c r="F42" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A43" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="G42" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A43" s="1" t="s">
+      <c r="B43" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="D43" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="3" t="s">
+      <c r="F43" s="3" t="s">
         <v>184</v>
       </c>
-      <c r="F43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
         <v>185</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>187</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>191</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F45" s="3" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F46" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G46" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
         <v>202</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>204</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>205</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
         <v>206</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>208</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>201</v>
+        <v>193</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
         <v>210</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>212</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>213</v>
       </c>
       <c r="F50" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F51" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B51" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G51" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E58" s="3" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="F58" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>245</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>251</v>
+        <v>236</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>32</v>
+        <v>214</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F67" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>38</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F68" s="3" t="s">
-        <v>180</v>
-[...5 lines deleted...]
-    <row r="69" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>289</v>
+        <v>193</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>293</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>193</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>193</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>301</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>193</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>303</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>304</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
         <v>305</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>306</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C81" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="F81" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A82" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="B82" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="D81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="3" t="s">
+      <c r="C82" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="F81" s="3" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D82" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>289</v>
-[...5 lines deleted...]
-    <row r="83" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-    <row r="84" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>339</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>291</v>
+        <v>340</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>292</v>
+        <v>341</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>307</v>
+        <v>344</v>
       </c>
       <c r="C85" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="F85" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A86" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="F86" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A87" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="F87" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A88" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="F88" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A89" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F89" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A90" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="B90" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...101 lines deleted...]
-      </c>
       <c r="C90" s="1" t="s">
-        <v>357</v>
+        <v>309</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>180</v>
-[...5 lines deleted...]
-    <row r="91" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>360</v>
+        <v>324</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>360</v>
+        <v>325</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>362</v>
-[...5 lines deleted...]
-    <row r="92" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>364</v>
+        <v>328</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>365</v>
+        <v>329</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>144</v>
-[...5 lines deleted...]
-    <row r="93" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>368</v>
+        <v>336</v>
       </c>
       <c r="C93" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E93" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="D93" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E93" s="3" t="s">
+      <c r="F93" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A94" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="F93" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A94" s="1" t="s">
+      <c r="B94" s="1" t="s">
         <v>371</v>
       </c>
-      <c r="B94" s="1" t="s">
+      <c r="C94" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="D94" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E94" s="3" t="s">
+      <c r="F94" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A95" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="F94" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A95" s="1" t="s">
+      <c r="B95" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="C95" s="1" t="s">
         <v>376</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="3" t="s">
+      <c r="F95" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A96" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="F95" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A96" s="1" t="s">
+      <c r="B96" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="C96" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="C96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="D96" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="3" t="s">
+      <c r="F96" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A97" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="F96" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A97" s="1" t="s">
+      <c r="B97" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="C97" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="C97" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D97" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E97" s="3" t="s">
         <v>385</v>
       </c>
       <c r="F97" s="3" t="s">
-        <v>180</v>
+        <v>70</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>191</v>
+        <v>388</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="F98" s="3" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="F99" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A100" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="F100" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A101" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="F101" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A102" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="F102" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A103" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="F103" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A104" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F104" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A105" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="F105" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A106" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F106" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A107" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="F107" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A108" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="F108" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A109" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="F109" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A110" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="F110" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A111" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="F111" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A112" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="F112" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A113" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="F113" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A114" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="F114" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A115" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="F115" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A116" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F116" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A117" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="F117" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A118" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="F118" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A119" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="F119" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A120" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="F120" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A121" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>388</v>
       </c>
-      <c r="B99" s="1" t="s">
-[...510 lines deleted...]
-      </c>
       <c r="D121" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="F121" s="3" t="s">
-        <v>27</v>
+        <v>193</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>469</v>
+        <v>388</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="F122" s="3" t="s">
-        <v>289</v>
+        <v>193</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>473</v>
+        <v>372</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E123" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="F123" s="3" t="s">
-        <v>289</v>
+        <v>193</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>477</v>
+        <v>388</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="F124" s="3" t="s">
-        <v>289</v>
+        <v>193</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F125" s="3" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F126" s="3" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="F127" s="3" t="s">
-        <v>180</v>
+        <v>17</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E128" s="3" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F128" s="3" t="s">
-        <v>180</v>
+        <v>29</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>497</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>498</v>
       </c>
       <c r="F129" s="3" t="s">
-        <v>180</v>
+        <v>29</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:10" customHeight="1" ht="40" s="1" customFormat="1">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
         <v>499</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C130" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>501</v>
       </c>
-      <c r="D130" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E130" s="3" t="s">
+      <c r="F130" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A131" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="F130" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A131" s="1" t="s">
+      <c r="B131" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="C131" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="F131" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A132" s="1" t="s">
         <v>505</v>
       </c>
-      <c r="D131" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E131" s="3" t="s">
+      <c r="B132" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="F131" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A132" s="1" t="s">
+      <c r="C132" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E132" s="3" t="s">
         <v>507</v>
       </c>
-      <c r="B132" s="1" t="s">
+      <c r="F132" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A133" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="C132" s="1" t="s">
+      <c r="B133" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="D132" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="C133" s="1" t="s">
         <v>510</v>
       </c>
-      <c r="F132" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="1" t="s">
+      <c r="D133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E133" s="3" t="s">
         <v>511</v>
       </c>
-      <c r="B133" s="1" t="s">
+      <c r="F133" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A134" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="C133" s="1" t="s">
+      <c r="B134" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="D133" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E133" s="3" t="s">
+      <c r="C134" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="F133" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A134" s="1" t="s">
+      <c r="D134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E134" s="3" t="s">
         <v>515</v>
       </c>
-      <c r="B134" s="1" t="s">
+      <c r="F134" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A135" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="C134" s="1" t="s">
+      <c r="B135" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="D134" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E134" s="3" t="s">
+      <c r="C135" s="1" t="s">
         <v>518</v>
       </c>
-      <c r="F134" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A135" s="1" t="s">
+      <c r="D135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E135" s="3" t="s">
         <v>519</v>
       </c>
-      <c r="B135" s="1" t="s">
+      <c r="F135" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A136" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="C135" s="1" t="s">
+      <c r="B136" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="D135" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E135" s="3" t="s">
+      <c r="C136" s="1" t="s">
         <v>522</v>
       </c>
-      <c r="F135" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A136" s="1" t="s">
+      <c r="D136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E136" s="3" t="s">
         <v>523</v>
       </c>
-      <c r="B136" s="1" t="s">
+      <c r="F136" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A137" s="1" t="s">
         <v>524</v>
       </c>
-      <c r="C136" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E136" s="3" t="s">
+      <c r="B137" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="F136" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A137" s="1" t="s">
+      <c r="C137" s="1" t="s">
         <v>526</v>
       </c>
-      <c r="B137" s="1" t="s">
+      <c r="D137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E137" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="C137" s="1" t="s">
+      <c r="F137" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A138" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="D137" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E137" s="3" t="s">
+      <c r="B138" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="F137" s="3" t="s">
+      <c r="C138" s="1" t="s">
         <v>530</v>
       </c>
-      <c r="G137" s="3" t="s">
-[...4 lines deleted...]
-      <c r="A138" s="1" t="s">
+      <c r="D138" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E138" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="B138" s="1" t="s">
+      <c r="F138" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A139" s="1" t="s">
         <v>532</v>
       </c>
-      <c r="C138" s="1" t="s">
+      <c r="B139" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="D138" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E138" s="3" t="s">
+      <c r="C139" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="F138" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A139" s="1" t="s">
+      <c r="D139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E139" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="B139" s="1" t="s">
+      <c r="F139" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A140" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="C139" s="1" t="s">
+      <c r="B140" s="1" t="s">
         <v>537</v>
       </c>
-      <c r="D139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E139" s="3" t="s">
+      <c r="C140" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="F139" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A140" s="1" t="s">
+      <c r="D140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="B140" s="1" t="s">
+      <c r="F140" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A141" s="1" t="s">
         <v>540</v>
       </c>
-      <c r="C140" s="1" t="s">
+      <c r="B141" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="3" t="s">
+      <c r="C141" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="F140" s="3" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="D141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="F141" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A142" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E142" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="F142" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A143" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="F143" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A144" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E144" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="F144" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A145" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="F145" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A146" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="F146" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A147" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="F147" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A148" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="F148" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A149" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="F149" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A150" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="F150" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A151" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="F151" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A152" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E152" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="F152" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A153" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="F153" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A154" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="F154" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A155" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E155" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="F155" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
+      <c r="A156" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="F156" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">