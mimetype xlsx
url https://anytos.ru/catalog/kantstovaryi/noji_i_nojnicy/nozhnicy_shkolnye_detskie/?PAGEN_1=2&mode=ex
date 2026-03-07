--- v2 (2026-01-07)
+++ v3 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="605">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="601">
   <si>
     <t>Наименование продукта</t>
   </si>
   <si>
     <t>Описание товара</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>от 50 000 ₽</t>
   </si>
   <si>
     <t>Премиум красная</t>
   </si>
   <si>
     <t>Премиум желтая</t>
   </si>
   <si>
     <t>Премиум зеленая</t>
   </si>
   <si>
     <t>от 10 000 ₽</t>
   </si>
   <si>
@@ -239,59 +239,50 @@
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,5см, в футляре, европодвес MS_11135</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом.</t>
   </si>
   <si>
     <t>338162</t>
   </si>
   <si>
     <t>&lt;a href="/brands/multi-pulti/"&gt;МУЛЬТИ-ПУЛЬТИ&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/0be/0bec7ee591b935ef3ba59da800c1240c.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,5см, с линейкой, европодвес MS_11137</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом.</t>
   </si>
   <si>
     <t>338163</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/2d0/2d010245d56a5eda55163501aa89986c.jpg</t>
-[...7 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/403/403fcd0689867704fb7767436e92e73e.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13,2см, с усилителем, европодвес MS_16126</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы с усилителем изготовлены из высококачественного пластика. Есть слот для имени. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>348442</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/715/7154d1b21e0c27aae2f3ed00410c876f.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13см, с рисунком на лезвиях, ассорти, европодвес MS_16026</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали с разноцветным принтом. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>348965</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fb2/fb21a38bfe598d4a2868ed29cd7454f3.jpg</t>
@@ -509,72 +500,72 @@
   <si>
     <t>Универсальные ножницы ПИФАГОР с линейкой идеально подходят для детского творчества. Предназначены для быстрого и аккуратного разрезания разных видов материалов. Детские ножницы ПИФАГОР предназначены для правшей. Ребенок без труда сможет ими воспользоваться, так как их длина всего 135 мм. Линейка на лезвии поможет ребенку в его творческом процессе, а закругленные концы сделают эти ножницы безопасными в использовании &amp;#40;при условии использования по назначению&amp;#41;. Симметричные ручки из прочного качественного пластика и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в дисплее ассорти - набор ножниц с ручками зеленого, синего и красного цветов.</t>
   </si>
   <si>
     <t>389295</t>
   </si>
   <si>
     <t>&lt;a href="/brands/pifagor/"&gt;ПИФАГОР&lt;/a&gt;</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/9ed/wyw2us16it7v8dh9220sgos210lignu4.jpg</t>
   </si>
   <si>
     <t>Ножницы ПИФАГОР, 135 мм, с линейкой, цвет ассорти, в картонной упаковке с европодвесом, 231163</t>
   </si>
   <si>
     <t>Универсальные ножницы ПИФАГОР с линейкой идеально подходят для детского творчества. Предназначены для быстрого и аккуратного разрезания разных видов материалов. Детские ножницы ПИФАГОР предназначены для правшей. Ребенок без труда сможет ими воспользоваться, так как их длина всего 135 мм. Линейка на лезвии поможет ребенку в его творческом процессе, а закругленные концы сделают эти ножницы безопасными в использовании &amp;#40;при условии использования по назначению&amp;#41;. Симметричные ручки из прочного качественного пластика и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в нескольких цветовых вариантах &amp;#40;без возможности выбора цвета&amp;#41; в картонной упаковке с европодвесом.</t>
   </si>
   <si>
     <t>389296</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/304/90uy1o6rkzu2jhyftkf64morgjisvno7.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы ПИФАГОР, 135 мм, фигурное лезвие, ассорти, в дисплее, 230938</t>
+  </si>
+  <si>
+    <t>Ножницы с фигурным лезвием ПИФАГОР предназначены специально для детского творчества. Используются для вырезания деталей аппликаций и создания фигурного края поделок: открыток, страничек альбомов и блокнотов. Техника работы этим инструментом требует координации обеих рук, так как они одновременно выполняют разные движения. Это положительно влияет на развитие мелкой моторики и образного мышления.Ножницы ПИФАГОР с симметричными ручками имеют удобные отверстия для пальцев, которые позволяют комфортно расположить их в руке. Ребенок без труда сможет пользоваться такими ножницами, так как их длина - 135 мм. Лезвия изготовлены из прочной нержавеющей стали, что обеспечивает максимально долгий срок службы. Закругленные концы и пластиковые накладки гарантируют безопасность при использовании ножниц по назначению. Предназначены для правши. Цвет ножниц - ассорти.</t>
+  </si>
+  <si>
+    <t>389297</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/fac/fac6377fb061e966fa6bbec2ec72f5a7/2979d3570ef0fb62f89aa6e831936631.jpg</t>
   </si>
   <si>
     <t>Ножницы детские для левшей Мульти-Пульти  quot;Приключения Енота quot; 12,5см, европодвес</t>
   </si>
   <si>
     <t>Ножницы для детского творчества выполнены из качественной нержавеющей стали. Закругленные концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена&amp;nbsp;&amp;nbsp;европодвесом. Для детей старше 3-х лет.</t>
   </si>
   <si>
     <t>559584</t>
-  </si>
-[...10 lines deleted...]
-    <t>559585</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c00/g19z5hm5oxcg1k6fbay1oysq99f9dezi.jpg</t>
   </si>
   <si>
     <t>Ножницы детские с принтом на лезвиях Каляка-Маляка 12,5 см резин. встав. европодвес</t>
   </si>
   <si>
     <t>632588</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aae/sdr5x1ek6e90b228bxj3chxc4yglhjqp.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat с возвратным механизмом 13 см</t>
   </si>
   <si>
     <t>632614</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e80/ksf4bjm4in52ntwmkosps77vyo5wv4t1.jpg</t>
   </si>
@@ -853,86 +844,83 @@
     <t>706051</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/d6b/7jporxxngxmfnqv7v53lbeqn60020jgu.jpg</t>
   </si>
   <si>
     <t>Ножницы 17см  quot;Darvish quot; с европодвесом</t>
   </si>
   <si>
     <t>Ножницы 17см &amp;quot;Darvish&amp;quot; с европодвесом&lt;br /&gt;
  Размер упаковки &amp;#40;картонный блистер&amp;#41;: 7х15,3 см</t>
   </si>
   <si>
     <t>706053</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/1d4/tsub1gl40h3howu12wewz5ra0jyxubub.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Kores ABC,120мм,с пластиковыми ручками,тупоконечные, ассорти</t>
   </si>
   <si>
     <t>716637</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/31a/9s108r2fq91ydqzoi2fu8cy1wnfyr2ly.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Kores Birdy,125мм,с пластик. ручками, тупоконечные, ассорти</t>
+  </si>
+  <si>
+    <t>716638</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/91d/eas6gsria8e0sldepv6bl665vte0ynk5.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Artberry  Ergo, 15см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы Artberry Ergo, 15см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>717713</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/4f8/948xm335qcz10oi9s1e6eiuqygypiex1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы Erich Krause Standard,13.5см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы Erich Krause Standard,13.5см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>717717</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/b64/dd2fvu6ocxm1nsbgfhj8jcs9oyi89r1e.jpg</t>
-[...10 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/56e/zjk5j1kg40i41i08eyn09decxowjhogt.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Joy, 13.5см  в блистере по 1 шт. </t>
   </si>
   <si>
     <t>Ножницы ErichKrause® Joy, 13.5см &amp;#40;в блистере по 1 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771921</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/ed3/kah4rv2gr6u7kssoghahbfpb1de5sqkx.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Joy, 13.5см  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>Ножницы ErichKrause® Joy, 13.5см &amp;#40;в тубусе по 24 шт.&amp;#41;</t>
   </si>
   <si>
     <t>771922</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/3a9/sjvofzn9jbxjqtj1o3c50l8113ljhyci.jpg</t>
@@ -998,50 +986,62 @@
     <t>840586</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/f70/3zs9d89l2adgmw24nb3i81ajkuych2lb.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ  quot;SAFECUT quot;, 13.7 см. с защитным чехлом </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ &amp;quot;SAFECUT&amp;quot;, 13.7 см.&amp;#40;с защитным чехлом&amp;#41;</t>
   </si>
   <si>
     <t>840587</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/19f/0vkabkl3340hwjw3nqcpo6y4y0rpoq50.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ  quot;SPRINGCUT quot; 13.5 см.  с возвратным механизмом и окошком для подписи </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ &amp;quot;SPRINGCUT&amp;quot; 13.5 см. &amp;#40;с возвратным механизмом и окошком для подписи&amp;#41;</t>
   </si>
   <si>
     <t>840588</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a87/7j8485g3w1tdsla1aywp2j66ru1r589a.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖНИЦЫ ДЕТСКИЕ ДЛЯ ЛЕВШЕЙ,  quot;LEFTCUT quot; 13.2 см.</t>
+  </si>
+  <si>
+    <t>НОЖНИЦЫ ДЕТСКИЕ ДЛЯ ЛЕВШЕЙ, &amp;quot;LEFTCUT&amp;quot; 13.2 см.</t>
+  </si>
+  <si>
+    <t>840589</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/aba/ndhijr26ewhiyr89oa835e1p0h2qmm1d.jpeg</t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ С ПРИНТОМ,  quot;HAPPYCUT quot; 13.7 см., 4 ВИДА</t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ С ПРИНТОМ, &amp;quot;HAPPYCUT&amp;quot; 13.7 см., 4 ВИДА</t>
   </si>
   <si>
     <t>840590</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/c7a/tna6nyh2r75bmvo0tey8wsz26ah5ml22.jpeg</t>
   </si>
   <si>
     <t>840591</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/56b/5vjr022c7ikztbdjx01auo9ckblriy0d.jpeg</t>
   </si>
   <si>
     <t>840592</t>
   </si>
@@ -1118,50 +1118,56 @@
   <si>
     <t>Ножницы детские Berlingo  quot;Salute quot; 13,5см, ассорти, европодвес</t>
   </si>
   <si>
     <t>Ножницы детские Berlingo «Salute» подходят для работы с бумагой и картоном. Выполнены из качественной нержавеющей стали с разноцветным принтом. Компактный размер 13,5 см легко помещается в пенале. Закруглённые концы лезвий обеспечивают безопасное использование. Ручки удобной формы изготовлены из высококачественного пластика. Красочная картонная упаковка дополнена европодвесом. Товар сертифицирован для детей от 3 лет. Цвет - ассорти.</t>
   </si>
   <si>
     <t>884334</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cf0/w08xig10zzsoz2faos8azwqaippylk6k.jpeg</t>
   </si>
   <si>
     <t>908930</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/04f/6f9t1kndm8oy744z245zsccezf4kmcxg.jpeg</t>
   </si>
   <si>
     <t>908932</t>
   </si>
   <si>
+    <t>http://anytos.ru//upload/iblock/b49/tkzpdgnne4jfvzgg9kefe8lha0f82k79.jpeg</t>
+  </si>
+  <si>
+    <t>908933</t>
+  </si>
+  <si>
     <t>http://anytos.ru//upload/iblock/18a/goj19re1k5aixef0pnj6lkda5c05xl52.jpeg</t>
   </si>
   <si>
     <t>908934</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/5d4/8fcdx2bqk5tavwgtiog3g4876y3ukb23.jpeg</t>
   </si>
   <si>
     <t>908935</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/554/4nsdgwduxrk7ypfct3zfpuq7ce2cp4r1.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Junior, 13см  в тубусе по 24 шт. </t>
   </si>
   <si>
     <t>Ножницы с лезвиями из высококачественной нержавеющей стали с безопасными закругленными концами лезвий. Не ржавеют. Ручки классической формы изготовлены из ударопрочного пластика. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
   </si>
   <si>
     <t>939616</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/cd9/tzuzfsr6qmvye3vmvxmrjkcay191dkoi.jpg</t>
@@ -1178,359 +1184,329 @@
   <si>
     <t>http://anytos.ru//upload/iblock/315/9px0avqnjcq8fuj05l7uu7wu4co6fve7.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot; 13см, фигурные ручки  quot;Панда quot;, в футляре, блистер с европодвесом</t>
   </si>
   <si>
     <t>Ножницы для детского творчества «Мульти-Пульти» выполнены из высококачественного пластика и нержавеющего металла. Предназначены для резания бумаги и картона. Закруглённые концы лезвий обеспечивают безопасное использование. В набор входит пластиковый футляр для лезвий. Компактный размер 13 см легко помещается в пенале. Ручки удобной формы изготовлены из высококачественного пластика с резиновыми вставками. Ножницы упакованы в блистер с европодвесом. Товар сертифицирован для детей от 3 лет.</t>
   </si>
   <si>
     <t>948688</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/a83/ztadz53v09fyfl2ap36m55yraz1zdby2.jpg</t>
   </si>
   <si>
     <t>Ножницы детские пластиковые Мульти-Пульти  quot;Приключения Енота quot; 12см, синий, трай-ми кард с европодвесом</t>
   </si>
   <si>
     <t>Ножницы для детского творчества «Мульти-Пульти» выполнены из высококачественного пластика. Предназначены для резания бумаги и картона. Не режут волосы! Компактный размер 12 см легко помещается в пенале. Веселый и яркий дизайн ножниц превратит процесс вырезания в увлекательную игру! Ножницы упакованы в картонный трай-ми кард с европодвесом. Товар сертифицирован для детей от 3 лет.</t>
   </si>
   <si>
     <t>948689</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/cb9/saa4o9n67oq6qsq9gdmfkhyy395txmxr.jpg</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Ножницы ErichKrause  Junior Decor Color Bricks с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
+    <t>http://anytos.ru//upload/iblock/3bd/y16k9kt1tzgfgtkpvazfm8fwbh9z53yy.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Deli E6068 Neon 135мм сталь ассорти</t>
+  </si>
+  <si>
+    <t>951322</t>
+  </si>
+  <si>
+    <t>&lt;a href="/brands/deli/"&gt;DELI&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/053/or77bwxfyr4p9fgo9ovfwuaea78b9u4c.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED  quot;Essentials quot;, 130 мм, закругленные лезвия, ассорти, 464210</t>
+  </si>
+  <si>
+    <t>Канцелярские ножницы MAPED для использования в школе и дома. Подходят для детей от 4-х лет. Привлекательный дизайн с яркими ручками и узором на лезвии. Цвет ручек - ассорти: голубой, салатовый, розовый. Прочная нержавеющая сталь. Кольца из ударостойкого пластика. Металлическая заклёпка. Закруглённые концы лезвий для повышенной безопасности. Хорошо режут все виды бумаг.</t>
+  </si>
+  <si>
+    <t>953811</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/efa/enwj5cfd5ccr4rxvex6dua9i4yp509nc.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause Junior Protect, с пластиковым чехлом и именным стикером, 13см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Ножницы ErichKrause Junior Protect, с пластиковым чехлом и именным стикером, 13см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>960754</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/e6e/crcuhwknn3jblk0bxj53r6v7004ep7qo.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы для левшей ErichKrause JOY   Pastel, 13.5см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Ножницы для левшей ErichKrause JOY ® Pastel, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>960755</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/27c/7pfk7a9cr1alo3ya36ocq254x9asc31m.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти  quot;Приключения Енота quot;, 16см, синие, автосмыкание, европодвес</t>
+  </si>
+  <si>
+    <t>Ножницы детские Мульти-Пульти &amp;quot;Приключения Енота&amp;quot;, 16см, синие, автосмыкание, европодвес</t>
+  </si>
+  <si>
+    <t>967801</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/3dd/7ytv700ttox0a38z6vuiam1wdpntw46y.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause Приключения Пети и Волка, 16.5см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>978596</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/ef0/c53ua104pz8equgg5oez25thpz86lk09.jpg</t>
+  </si>
+  <si>
+    <t>978597</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/949/xvch4kt2virdtx9no5we62o6niiqjovb.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause Приключения Пети и Волка, 16.5см, ассорти  в дисплее по 24 штуки </t>
+  </si>
+  <si>
+    <t>978598</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/074/bubwznnuf9btgui2jgcc3j6hv2io1gn9.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause Простоквашино, 13см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>978599</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1e9/icyfi9q6pyxhx4o3axfq7t5ob15hadpl.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы Erich Krause Простоквашино, 13см, ассорти  в дисплее по 24 штуки </t>
+  </si>
+  <si>
+    <t>978600</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/1da/j0mepd3ch70s8np5amlba1q1y9u0a5z3.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы пластиковые Erich Krause Sea Friends, 12 см, ассорти  в блистере по 1 штуке </t>
+  </si>
+  <si>
+    <t>Идеальны для обучения ребенка обращению с ножницами. Полностью изготовлены из пластика. Лезвия не повреждают кожу, волосы или одежду. Безопасны при использовании. Режут только бумагу и картон. Не проводят электричество. Товар поставляется в нескольких вариантах цвета/дизайна без возможности выбора.</t>
+  </si>
+  <si>
+    <t>978601</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/776/eswv82ggtt2m1p6vtnty52c1x1b3qdco.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы ЮНЛАНДИЯ 130 мм, с линейкой, цвет ассорти, в дисплее, 238342</t>
+  </si>
+  <si>
+    <t>Ножницы ЮНЛАНДИЯ с симметричными ручками разработаны специально для детского творчества. Ребенок без труда сможет пользоваться такими ножницами, так как их длина 130 мм. Закругленные концы гарантируют безопасность при использовании ножниц по назначению. Лезвия изготовлены из прочной нержавеющей стали, что обеспечивает максимально долгий срок службы и аккуратное разрезание разных видов материалов. Предназначены для правшей.Лезвие визуально оформлено как линейка на 5 см. 3 цвета ассорти: желтый, синий, розовый.</t>
+  </si>
+  <si>
+    <t>985262</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/c7c/4nrlqzw08effg2lkxtvakhi66dxx5c1o.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы ЮНЛАНДИЯ 130 мм, с линейкой, цвет ассорти, в картонной упаковке с европодвесом, 238343</t>
+  </si>
+  <si>
+    <t>985263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/cfb/hi1tw9f5xt4fl8r0i43idh79zel734t8.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, оранжевые, с цветной печатью  quot;Котики quot;, закругленные, BRAUBERG KIDS, 238351</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с котиками на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>994790</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/dd5/o7h16arp9v07x5ytu17k2ugpyvb3jpc5.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, сиреневые, с цветной печатью  quot;Единороги quot;, закругленные, BRAUBERG KIDS, 238350</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;Kid Series&amp;quot; с цветными единорогами на лезвиях предназначены для правшей. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в картонной упаковке с европодвесом.</t>
+  </si>
+  <si>
+    <t>994791</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/03c/fe73aun54eozcpad9god7kgmjssxvoum.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы ЮНЛАНДИЯ, 130 мм, с усилителем и линейкой, эргономичные ручки, голубые, 238344</t>
+  </si>
+  <si>
+    <t>Ножницы ЮНЛАНДИЯ с эргономичными ручками и усилителем разработаны специально для детского творчества. Ребенок без труда сможет пользоваться такими ножницами, так как их длина – 130 мм. Закругленные концы гарантируют безопасность при использовании ножниц по назначению. Лезвия изготовлены из прочной нержавеющей стали, что обеспечивает максимально долгий срок службы и аккуратное разрезание разных видов материалов. Предназначены для правшей.Лезвие визуально оформлено как линейка на 5 см.</t>
+  </si>
+  <si>
+    <t>995025</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d4d/c6oxrcnlbvm8a6j2j9344c6waw3ga7gv.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, фигурные рукоятки с резиновыми вставками  quot;Белочка quot;, с чехлом, BRAUBERG KIDS, 238353</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG KIDS &amp;quot;Белочка&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами в легкое и увлекательное занятие! Яркие детские ножницы с фигурными рукоятками с резиновыми вставками &amp;quot;Белочка&amp;quot; снабжены чехлом. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе.Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>996122</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/d53/kh09iyi94x9j6ttjk2dt4kwmcwrl1mjy.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 130 мм, фигурные рукоятки с резиновыми вставками  quot;Далматин quot;, с чехлом, BRAUBERG KIDS, 238352</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG KIDS &amp;quot;Далматин&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами в легкое и увлекательное занятие! Яркие детские ножницы &amp;quot;Далматин&amp;quot; с фигурными рукоятками с резиновыми вставками снабжены чехлом. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе.Закругленные концы делают ножницы безопасными в использовании &amp;#40;при условии использования их по назначению&amp;#41;. Ручки из пластика повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>996123</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/09d/uz3p3iwf4idd91vdr9sc2n80jo4ik6k7.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы 137 мм, резиновые рукоятки, пастельный мятный, чехол на лезвии, BRAUBERG KIDS, 238354</t>
+  </si>
+  <si>
+    <t>Универсальные ножницы BRAUBERG &amp;quot;KIDS&amp;quot; для работы с бумагой и картоном идеально подойдут для детского творчества, а яркий дизайн превратит работу с ножницами BRAUBERG в легкое и увлекательное занятие! Яркие детские ножницы BRAUBERG &amp;quot;KIDS&amp;quot; с резиновыми рукоятками пастельно-мятного цвета и чехлом. Ребенок без труда сможет ими пользоваться, так как их длина всего 130 мм. Симметричные ручки помогают уменьшить нагрузку на руку ребенка даже при интенсивной и продолжительной работе. Ручки из резины повышенной прочности и лезвия из нержавеющей стали обеспечивают ножницам максимально долгий срок службы. Продаются в блистере с европодвесом.</t>
+  </si>
+  <si>
+    <t>996124</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/950/nqhtu76u8n20wb2mg9dgbabke9oy5y0t.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы MAPED ZENOA FIT 130 мм эргоном. ручки пластиковые с резин. вставками с принтом на лезвиях</t>
+  </si>
+  <si>
+    <t>996263</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/a25/v55zpz1pki2e1cd4g2203vds02tm0jyh.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы для левшей ErichKrause FunCut Space Animals, 12.5см, ассорти</t>
+  </si>
+  <si>
+    <t>Ножницы для левшей ErichKrause FunCut Space Animals, 12.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>998076</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/4f1/qhewe2y3ynthnw0kh5mmestpngzt0kvq.jpg</t>
+  </si>
+  <si>
+    <t>Ножницы для левшей ErichKrause Junior Protect с пластиковым чехлом и именным стикером, 13см, ассорти</t>
+  </si>
+  <si>
+    <t>Ножницы для левшей ErichKrause Junior Protect с пластиковым чехлом и именным стикером, 13см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
+  </si>
+  <si>
+    <t>998077</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/176/y8cgw9x6jdg7vxxnt1f42s3bi9fqlzsk.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ножницы ErichKrause Junior Decor Pointes, с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы с принтом на лезвиях из высококачественной нержавеющей стали с безопасными закругленными концами. Ручки классической формы с противоскользящими резиновыми вставками изготовлены из ударопрочного пластика.</t>
   </si>
   <si>
-    <t>949520</t>
-[...247 lines deleted...]
-  <si>
     <t>999174</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/fcf/2oeca08ffjnqhm201e6ggo59agf3tprb.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Junior Decor Sport DNA, с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>999175</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/e8d/1bvyl4n1lcgd1xgj4wqgkn908fmlwc0r.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Junior Softy Jolly Friends, 13см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>999176</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/33c/2ebml1b4v0lko2u02ezn9tfb6c9hyfe8.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause  Juinior Decor Happy Capy с принтом на лезвиях, 13см  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>999177</t>
   </si>
   <si>
-    <t>http://anytos.ru//upload/iblock/c8e/dq1h05lbiva9a8ea0fcpsy20hmblmdqo.jpg</t>
-[...19 lines deleted...]
-  <si>
     <t>http://anytos.ru//upload/iblock/e02/qti2r2p7pvrh4qc3v2sjady3w83lhfzo.jpg</t>
   </si>
   <si>
     <t>Ножницы детские Каляка-Маляка безопасные 135 мм ручки пластиковые желт. , лезвия металл пластик</t>
   </si>
   <si>
     <t>Ножницы детские Каляка-Маляка безопасные 135 мм ручки пластиковые желт. , лезвия металл&amp;#43;пластик</t>
   </si>
   <si>
     <t>1007128</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/8b0/um7s16ujqodggiuz2eb4wfyma20ozvjq.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat безопасные 130 мм ручки пластиковые ассорти</t>
   </si>
   <si>
     <t>1007129</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/275/navpyu6qipep743o9j4l12dpgzay14zy.jpg</t>
   </si>
   <si>
     <t>Ножницы школьные Schoolformat безопасные 135 мм ручки пластиковые</t>
@@ -1590,50 +1566,62 @@
     <t>1007814</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/7be/1d39gv3bda97skgez8j58n1fv98ax2kt.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;FUNCUT. Машина quot; 13,5 см.  безопасные лезвия, возвратный механизм </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;FUNCUT. Машина&amp;quot; 13,5 см. &amp;#40;безопасные лезвия, возвратный механизм&amp;#41;</t>
   </si>
   <si>
     <t>1007815</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/91f/yweb3cdulzn66fsg3lq0m33szmdmdl1x.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">НОЖНИЦЫ ДЕТСКИЕ,  quot;KAWAII ANIMALS quot; 14.2 см.  эргономичные ручки </t>
   </si>
   <si>
     <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;KAWAII ANIMALS&amp;quot; 14.2 см. &amp;#40;эргономичные ручки&amp;#41;</t>
   </si>
   <si>
     <t>1007816</t>
+  </si>
+  <si>
+    <t>http://anytos.ru//upload/iblock/9db/409ke9txu7qscsmigxri1vbibyzahsfy.jpeg</t>
+  </si>
+  <si>
+    <t>НОЖНИЦЫ ДЕТСКИЕ,  quot;LOVE ME quot; 13.7 см.</t>
+  </si>
+  <si>
+    <t>НОЖНИЦЫ ДЕТСКИЕ, &amp;quot;LOVE ME&amp;quot; 13.7 см.</t>
+  </si>
+  <si>
+    <t>1007817</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/469/k24bl73hltkjj1zhfhxxp6ff6jcleak9.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause Big City Cats, 16.5см, черный  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы ErichKrause Big City Cats, 16.5см, черный &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1011032</t>
   </si>
   <si>
     <t>http://anytos.ru//upload/iblock/411/brji4587ycs3fpqms5kdd1dx53tbgohw.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Ножницы ErichKrause JOY  Magic Pet, 13.5см, ассорти  в блистере по 1 штуке </t>
   </si>
   <si>
     <t>Ножницы ErichKrause JOY® Magic Pet, 13.5см, ассорти &amp;#40;в блистере по 1 штуке&amp;#41;</t>
   </si>
   <si>
     <t>1011033</t>
   </si>
@@ -2203,57 +2191,57 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M156"/>
+  <dimension ref="A1:M155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
-      <selection pane="bottomRight" activeCell="G156" sqref="G156"/>
+      <selection pane="bottomRight" activeCell="G155" sqref="G155"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" customWidth="true" style="0"/>
     <col min="4" max="4" width="24" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
     <col min="6" max="6" width="24" customWidth="true" style="0"/>
     <col min="7" max="7" width="24" customWidth="true" style="0"/>
     <col min="8" max="8" width="24" customWidth="true" style="0"/>
     <col min="9" max="9" width="24" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" customWidth="true" style="0"/>
     <col min="11" max="11" width="24" customWidth="true" style="0"/>
     <col min="12" max="12" width="24" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" customHeight="1" ht="18" s="2" customFormat="1">
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>1</v>
       </c>
@@ -2590,3191 +2578,3162 @@
       </c>
       <c r="C17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>70</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A18" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>70</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A19" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>70</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A20" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>70</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A21" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F21" s="3" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A22" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E22" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A23" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>95</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E23" s="3" t="s">
         <v>96</v>
       </c>
       <c r="F23" s="3" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A24" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F24" s="3" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A25" s="1" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F25" s="3" t="s">
-        <v>104</v>
+        <v>70</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A26" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>70</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A27" s="1" t="s">
         <v>111</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F27" s="3" t="s">
-        <v>70</v>
+        <v>53</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A28" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F28" s="3" t="s">
-        <v>53</v>
+        <v>120</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A29" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F29" s="3" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A30" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F30" s="3" t="s">
         <v>125</v>
-      </c>
-[...10 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A31" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F31" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A32" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F32" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A33" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F33" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A34" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F34" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A35" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F35" s="3" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>25</v>
+        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A36" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="F36" s="3" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A37" s="1" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="B37" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F37" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G37" s="3" t="s">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A38" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F38" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>25</v>
+        <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A39" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>70</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A40" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>171</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="3" t="s">
         <v>172</v>
       </c>
       <c r="F40" s="3" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A41" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="G41" s="3" t="s">
         <v>173</v>
-      </c>
-[...16 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="42" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A42" s="1" t="s">
         <v>177</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F42" s="3" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>176</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A43" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F43" s="3" t="s">
         <v>181</v>
-      </c>
-[...10 lines deleted...]
-        <v>184</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A44" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F44" s="3" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A45" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B45" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="F45" s="3" t="s">
         <v>190</v>
-      </c>
-[...10 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A46" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E46" s="3" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F46" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A47" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F47" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A48" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F48" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A49" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F49" s="3" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
     </row>
     <row r="50" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A50" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B50" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="F50" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="C50" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G50" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="51" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A51" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F51" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="52" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A52" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F52" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="53" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A53" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F53" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="54" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A54" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F54" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="55" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A55" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F55" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="56" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A56" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F56" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="57" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A57" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F57" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="58" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A58" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="59" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A59" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>248</v>
       </c>
       <c r="F59" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="60" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A60" s="1" t="s">
         <v>249</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>250</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="3" t="s">
         <v>251</v>
       </c>
       <c r="F60" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="61" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A61" s="1" t="s">
         <v>252</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>236</v>
+        <v>253</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F61" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="62" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A62" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F62" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="63" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A63" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F63" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="64" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A64" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F64" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="65" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A65" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F65" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="66" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A66" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>273</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>274</v>
       </c>
       <c r="F66" s="3" t="s">
-        <v>214</v>
+        <v>38</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="67" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A67" s="1" t="s">
         <v>275</v>
       </c>
       <c r="B67" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>276</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>277</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>38</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="68" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A68" s="1" t="s">
         <v>278</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>280</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>281</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A69" s="1" t="s">
         <v>282</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>284</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E69" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F69" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G69" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A70" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>288</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>289</v>
       </c>
       <c r="F70" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G70" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A71" s="1" t="s">
         <v>290</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>292</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E71" s="3" t="s">
         <v>293</v>
       </c>
       <c r="F71" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A72" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>296</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>297</v>
       </c>
       <c r="F72" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A73" s="1" t="s">
         <v>298</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>300</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>301</v>
       </c>
       <c r="F73" s="3" t="s">
-        <v>193</v>
+        <v>302</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
     </row>
     <row r="74" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A74" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E74" s="3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F74" s="3" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="75" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A75" s="1" t="s">
         <v>307</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>310</v>
       </c>
       <c r="F75" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="76" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A76" s="1" t="s">
         <v>311</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>313</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>314</v>
       </c>
       <c r="F76" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="77" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A77" s="1" t="s">
         <v>315</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C77" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E77" s="3" t="s">
         <v>318</v>
       </c>
       <c r="F77" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="78" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A78" s="1" t="s">
         <v>319</v>
       </c>
       <c r="B78" s="1" t="s">
         <v>320</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>321</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E78" s="3" t="s">
         <v>322</v>
       </c>
       <c r="F78" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="79" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A79" s="1" t="s">
         <v>323</v>
       </c>
       <c r="B79" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>325</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E79" s="3" t="s">
         <v>326</v>
       </c>
       <c r="F79" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="80" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A80" s="1" t="s">
         <v>327</v>
       </c>
       <c r="B80" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E80" s="3" t="s">
         <v>330</v>
       </c>
       <c r="F80" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="81" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A81" s="1" t="s">
         <v>331</v>
       </c>
       <c r="B81" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E81" s="3" t="s">
         <v>332</v>
       </c>
       <c r="F81" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="82" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A82" s="1" t="s">
         <v>333</v>
       </c>
       <c r="B82" s="1" t="s">
         <v>328</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>329</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>334</v>
       </c>
       <c r="F82" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="83" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A83" s="1" t="s">
         <v>335</v>
       </c>
       <c r="B83" s="1" t="s">
         <v>336</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>337</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E83" s="3" t="s">
         <v>338</v>
       </c>
       <c r="F83" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="84" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A84" s="1" t="s">
         <v>339</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>340</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>341</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E84" s="3" t="s">
         <v>342</v>
       </c>
       <c r="F84" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="85" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A85" s="1" t="s">
         <v>343</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>344</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>344</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>345</v>
       </c>
       <c r="F85" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="86" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A86" s="1" t="s">
         <v>346</v>
       </c>
       <c r="B86" s="1" t="s">
         <v>347</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>347</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>348</v>
       </c>
       <c r="F86" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A87" s="1" t="s">
         <v>349</v>
       </c>
       <c r="B87" s="1" t="s">
         <v>350</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>351</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>352</v>
       </c>
       <c r="F87" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="88" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A88" s="1" t="s">
         <v>353</v>
       </c>
       <c r="B88" s="1" t="s">
         <v>354</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>355</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>356</v>
       </c>
       <c r="F88" s="3" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="89" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A89" s="1" t="s">
         <v>357</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>358</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>359</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>360</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G89" s="3" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="90" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A90" s="1" t="s">
         <v>362</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E90" s="3" t="s">
         <v>363</v>
       </c>
       <c r="F90" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="91" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A91" s="1" t="s">
         <v>364</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E91" s="3" t="s">
         <v>365</v>
       </c>
       <c r="F91" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="92" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A92" s="1" t="s">
         <v>366</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>367</v>
       </c>
       <c r="F92" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="93" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A93" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>337</v>
+        <v>329</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>369</v>
       </c>
       <c r="F93" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="94" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A94" s="1" t="s">
         <v>370</v>
       </c>
       <c r="B94" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E94" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="C94" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F94" s="3" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>173</v>
       </c>
     </row>
     <row r="95" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A95" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C95" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="B95" s="1" t="s">
+      <c r="D95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="C95" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F95" s="3" t="s">
-        <v>153</v>
+        <v>190</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>176</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A96" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C96" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B96" s="1" t="s">
+      <c r="D96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E96" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="C96" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F96" s="3" t="s">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>39</v>
+        <v>173</v>
       </c>
     </row>
     <row r="97" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A97" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C97" s="1" t="s">
         <v>382</v>
       </c>
-      <c r="B97" s="1" t="s">
+      <c r="D97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E97" s="3" t="s">
         <v>383</v>
-      </c>
-[...7 lines deleted...]
-        <v>385</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>70</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="98" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A98" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C98" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="B98" s="1" t="s">
+      <c r="D98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E98" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F98" s="3" t="s">
-        <v>193</v>
+        <v>70</v>
       </c>
       <c r="G98" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A99" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E99" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="B99" s="1" t="s">
+      <c r="F99" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="C99" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G99" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="100" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A100" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="C100" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="B100" s="1" t="s">
+      <c r="D100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E100" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="C100" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F100" s="3" t="s">
-        <v>193</v>
+        <v>150</v>
       </c>
       <c r="G100" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A101" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="C101" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="B101" s="1" t="s">
+      <c r="D101" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E101" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="C101" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F101" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G101" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A102" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C102" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="B102" s="1" t="s">
+      <c r="D102" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E102" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="C102" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F102" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G102" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A103" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C103" s="1" t="s">
         <v>406</v>
       </c>
-      <c r="B103" s="1" t="s">
+      <c r="D103" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="3" t="s">
         <v>407</v>
-      </c>
-[...7 lines deleted...]
-        <v>409</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>70</v>
       </c>
       <c r="G103" s="3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="104" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A104" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E104" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="B104" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F104" s="3" t="s">
-        <v>70</v>
+        <v>190</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A105" s="1" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>416</v>
+        <v>201</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="F105" s="3" t="s">
-        <v>70</v>
+        <v>190</v>
       </c>
       <c r="G105" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A106" s="1" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="F106" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G106" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A107" s="1" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>204</v>
+        <v>374</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="F107" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G107" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A108" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>204</v>
+        <v>374</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="F108" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G108" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A109" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>372</v>
+        <v>424</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="F109" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G109" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A110" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E110" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="B110" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F110" s="3" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="G110" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A111" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E111" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="B111" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F111" s="3" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A112" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>436</v>
       </c>
-      <c r="B112" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F112" s="3" t="s">
-        <v>184</v>
+        <v>125</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A113" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="B113" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F113" s="3" t="s">
-        <v>184</v>
+        <v>125</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A114" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C114" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="D114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E114" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="C114" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F114" s="3" t="s">
-        <v>128</v>
+        <v>181</v>
       </c>
       <c r="G114" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A115" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="C115" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F115" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>25</v>
+        <v>115</v>
       </c>
     </row>
     <row r="116" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A116" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="C116" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="B116" s="1" t="s">
+      <c r="D116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E116" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="C116" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F116" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="117" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A117" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C117" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="B117" s="1" t="s">
+      <c r="D117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="C117" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F117" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
     </row>
     <row r="118" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A118" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E118" s="3" t="s">
         <v>459</v>
       </c>
-      <c r="B118" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F118" s="3" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>118</v>
+        <v>173</v>
       </c>
     </row>
     <row r="119" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A119" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E119" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="B119" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F119" s="3" t="s">
-        <v>153</v>
+        <v>190</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>176</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A120" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="C120" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="B120" s="1" t="s">
+      <c r="D120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="C120" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F120" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G120" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="121" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A121" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C121" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="B121" s="1" t="s">
+      <c r="D121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="C121" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F121" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G121" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A122" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B122" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="B122" s="1" t="s">
+      <c r="C122" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E122" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="C122" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F122" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G122" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A123" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B123" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="B123" s="1" t="s">
+      <c r="C123" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="C123" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F123" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G123" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A124" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B124" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="B124" s="1" t="s">
+      <c r="C124" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>480</v>
       </c>
-      <c r="C124" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F124" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G124" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A125" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="B125" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="B125" s="1" t="s">
+      <c r="C125" s="1" t="s">
         <v>483</v>
       </c>
-      <c r="C125" s="1" t="s">
+      <c r="D125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="3" t="s">
         <v>484</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F125" s="3" t="s">
-        <v>193</v>
+        <v>17</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
     </row>
     <row r="126" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A126" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="B126" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="B126" s="1" t="s">
+      <c r="C126" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E126" s="3" t="s">
         <v>487</v>
       </c>
-      <c r="C126" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F126" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="127" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A127" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B127" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="B127" s="1" t="s">
+      <c r="C127" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E127" s="3" t="s">
         <v>490</v>
       </c>
-      <c r="C127" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F127" s="3" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="128" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A128" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E128" s="3" t="s">
         <v>493</v>
-      </c>
-[...10 lines deleted...]
-        <v>495</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="129" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A129" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E129" s="3" t="s">
         <v>496</v>
-      </c>
-[...10 lines deleted...]
-        <v>498</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="130" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A130" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E130" s="3" t="s">
         <v>499</v>
-      </c>
-[...10 lines deleted...]
-        <v>501</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>29</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="131" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A131" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C131" s="1" t="s">
         <v>502</v>
       </c>
-      <c r="B131" s="1" t="s">
+      <c r="D131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E131" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="C131" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F131" s="3" t="s">
-        <v>29</v>
+        <v>302</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>176</v>
+        <v>25</v>
       </c>
     </row>
     <row r="132" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A132" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="B132" s="1" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>506</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>507</v>
       </c>
       <c r="F132" s="3" t="s">
-        <v>29</v>
+        <v>302</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>176</v>
+        <v>25</v>
       </c>
     </row>
     <row r="133" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A133" s="1" t="s">
         <v>508</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>510</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E133" s="3" t="s">
         <v>511</v>
       </c>
       <c r="F133" s="3" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G133" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A134" s="1" t="s">
         <v>512</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>514</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>515</v>
       </c>
       <c r="F134" s="3" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G134" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A135" s="1" t="s">
         <v>516</v>
       </c>
       <c r="B135" s="1" t="s">
         <v>517</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>518</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>519</v>
       </c>
       <c r="F135" s="3" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="G135" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="136" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A136" s="1" t="s">
         <v>520</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>521</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>522</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>523</v>
       </c>
       <c r="F136" s="3" t="s">
-        <v>306</v>
+        <v>190</v>
       </c>
       <c r="G136" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A137" s="1" t="s">
         <v>524</v>
       </c>
       <c r="B137" s="1" t="s">
         <v>525</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>527</v>
       </c>
       <c r="F137" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G137" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="138" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A138" s="1" t="s">
         <v>528</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>529</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>530</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E138" s="3" t="s">
         <v>531</v>
       </c>
       <c r="F138" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G138" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A139" s="1" t="s">
         <v>532</v>
       </c>
       <c r="B139" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>534</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E139" s="3" t="s">
         <v>535</v>
       </c>
       <c r="F139" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G139" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="140" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A140" s="1" t="s">
         <v>536</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>537</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>538</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E140" s="3" t="s">
         <v>539</v>
       </c>
       <c r="F140" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G140" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="141" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A141" s="1" t="s">
         <v>540</v>
       </c>
       <c r="B141" s="1" t="s">
         <v>541</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>542</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>543</v>
       </c>
       <c r="F141" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G141" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="142" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A142" s="1" t="s">
         <v>544</v>
       </c>
       <c r="B142" s="1" t="s">
         <v>545</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>546</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>547</v>
       </c>
       <c r="F142" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G142" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="143" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A143" s="1" t="s">
         <v>548</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>549</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>550</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E143" s="3" t="s">
         <v>551</v>
       </c>
       <c r="F143" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G143" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="144" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A144" s="1" t="s">
         <v>552</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>554</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>555</v>
       </c>
       <c r="F144" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G144" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A145" s="1" t="s">
         <v>556</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>558</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>559</v>
       </c>
       <c r="F145" s="3" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A146" s="1" t="s">
         <v>560</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>561</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>562</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="3" t="s">
         <v>563</v>
       </c>
       <c r="F146" s="3" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>18</v>
+        <v>173</v>
       </c>
     </row>
     <row r="147" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A147" s="1" t="s">
         <v>564</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>565</v>
       </c>
       <c r="C147" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E147" s="3" t="s">
         <v>566</v>
       </c>
-      <c r="D147" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F147" s="3" t="s">
-        <v>214</v>
+        <v>190</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>176</v>
+        <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A148" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="B148" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="B148" s="1" t="s">
+      <c r="C148" s="1" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E148" s="3" t="s">
         <v>570</v>
       </c>
       <c r="F148" s="3" t="s">
-        <v>193</v>
+        <v>571</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A149" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F149" s="3" t="s">
-        <v>575</v>
+        <v>150</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A150" s="1" t="s">
         <v>576</v>
       </c>
       <c r="B150" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>578</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E150" s="3" t="s">
         <v>579</v>
       </c>
       <c r="F150" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="G150" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A151" s="1" t="s">
         <v>580</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>581</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>582</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E151" s="3" t="s">
         <v>583</v>
       </c>
       <c r="F151" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="152" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A152" s="1" t="s">
         <v>584</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>585</v>
       </c>
       <c r="C152" s="1" t="s">
         <v>586</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>587</v>
       </c>
       <c r="F152" s="3" t="s">
-        <v>153</v>
+        <v>190</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A153" s="1" t="s">
         <v>588</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>589</v>
       </c>
       <c r="C153" s="1" t="s">
         <v>590</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E153" s="3" t="s">
         <v>591</v>
       </c>
       <c r="F153" s="3" t="s">
-        <v>193</v>
+        <v>592</v>
       </c>
       <c r="G153" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="154" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A154" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="F154" s="3" t="s">
         <v>592</v>
-      </c>
-[...13 lines deleted...]
-        <v>596</v>
       </c>
       <c r="G154" s="3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:13" customHeight="1" ht="40" s="1" customFormat="1">
       <c r="A155" s="1" t="s">
         <v>597</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>598</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>599</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E155" s="3" t="s">
         <v>600</v>
       </c>
       <c r="F155" s="3" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>25</v>
-[...21 lines deleted...]
-      <c r="G156" s="3" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>